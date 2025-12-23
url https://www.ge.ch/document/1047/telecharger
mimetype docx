--- v0 (2025-10-07)
+++ v1 (2025-12-23)
@@ -1,1710 +1,2687 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="271D76FB" w14:textId="6A7DBB06" w:rsidR="00764F58" w:rsidRDefault="00764F58"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10208" w:type="dxa"/>
+        <w:tblW w:w="10367" w:type="dxa"/>
         <w:tblInd w:w="-709" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4537"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="4608"/>
+        <w:gridCol w:w="1583"/>
+        <w:gridCol w:w="4176"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidTr="006401C1">
+      <w:tr w:rsidR="006401C1" w:rsidRPr="006401C1" w14:paraId="78426A6B" w14:textId="77777777" w:rsidTr="00764F58">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="5671" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="1418"/>
+          <w:wAfter w:w="5759" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="1291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="00307E32" w:rsidRDefault="00307E32">
+          <w:p w14:paraId="6ABFE7D4" w14:textId="77777777" w:rsidR="00307E32" w:rsidRPr="00307E32" w:rsidRDefault="00307E32">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OfficeLigne3"/>
             <w:bookmarkStart w:id="1" w:name="DeptLigne2"/>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00307E32">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Modèle de facture pour les organismes partenaires : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00674F3F" w:rsidRPr="00674F3F" w:rsidRDefault="00674F3F">
+          <w:p w14:paraId="5F2D98B0" w14:textId="77777777" w:rsidR="00674F3F" w:rsidRPr="00674F3F" w:rsidRDefault="00674F3F">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674F3F">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A REMPLIR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="000D44B6">
+          <w:p w14:paraId="73478E9F" w14:textId="77777777" w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="000D44B6">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nom + adresse de l’organisme</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="006401C1">
+          <w:p w14:paraId="1B375F2D" w14:textId="77777777" w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="006401C1">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="DeptLigne3"/>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
-          <w:p w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="006401C1">
+          <w:p w14:paraId="364B0D1A" w14:textId="77777777" w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="006401C1">
             <w:pPr>
               <w:pStyle w:val="Logo"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="LogoDepartement"/>
             <w:bookmarkStart w:id="4" w:name="LogoService"/>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidTr="006401C1">
+      <w:tr w:rsidR="000D5338" w:rsidRPr="006401C1" w14:paraId="2DAC91C3" w14:textId="77777777" w:rsidTr="00764F58">
         <w:trPr>
-          <w:trHeight w:val="2840"/>
+          <w:trHeight w:val="2586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="000D5338" w:rsidP="00681923">
+          <w:p w14:paraId="26F9921E" w14:textId="77777777" w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="000D5338" w:rsidP="00681923">
             <w:pPr>
               <w:pStyle w:val="Vrf"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1583" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D5338" w:rsidRDefault="000D5338" w:rsidP="00681923">
+          <w:p w14:paraId="4F675D7E" w14:textId="77777777" w:rsidR="000D5338" w:rsidRDefault="000D5338" w:rsidP="00681923">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C08A8" w:rsidRPr="006401C1" w:rsidRDefault="009C08A8" w:rsidP="00681923">
+          <w:p w14:paraId="4B7A8762" w14:textId="77777777" w:rsidR="009C08A8" w:rsidRPr="006401C1" w:rsidRDefault="009C08A8" w:rsidP="00681923">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="4176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006401C1" w:rsidRDefault="002C5CC8" w:rsidP="006401C1">
+          <w:p w14:paraId="36A8A7EC" w14:textId="53FBA293" w:rsidR="006401C1" w:rsidRDefault="002C5CC8" w:rsidP="006401C1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Service de la culture du canton de Genève</w:t>
+              <w:t xml:space="preserve">Service </w:t>
+            </w:r>
+            <w:r w:rsidR="00764F58">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cantonal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la culture </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005062ED" w:rsidRPr="006401C1" w:rsidRDefault="005062ED" w:rsidP="006401C1">
+          <w:p w14:paraId="7F3EE318" w14:textId="77777777" w:rsidR="005062ED" w:rsidRPr="006401C1" w:rsidRDefault="005062ED" w:rsidP="006401C1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A l'attention de Denise Wenger</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="00681923">
+          <w:p w14:paraId="2A9B122C" w14:textId="77777777" w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="00681923">
             <w:pPr>
               <w:pStyle w:val="adresse"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="00821CC8">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:noProof/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>20ans20francs@etat.ge.ch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="002C5CC8">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="000D5338" w:rsidP="006401C1">
+          <w:p w14:paraId="1A14DE9B" w14:textId="77777777" w:rsidR="000D5338" w:rsidRPr="006401C1" w:rsidRDefault="000D5338" w:rsidP="006401C1">
             <w:pPr>
               <w:pStyle w:val="Date10"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006401C1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Genève, le </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006401C1" w:rsidRPr="006401C1" w:rsidRDefault="006401C1" w:rsidP="006401C1">
+    <w:p w14:paraId="31FA6721" w14:textId="202EEF0B" w:rsidR="00467E3C" w:rsidRPr="00764F58" w:rsidRDefault="006401C1" w:rsidP="00F9700F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FACTURE « </w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compensations tarifs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merci de </w:t>
+      </w:r>
+      <w:r w:rsidR="00467E3C" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>joindre un</w:t>
+      </w:r>
+      <w:r w:rsidR="00467E3C" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00467E3C" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>décompte de billetterie détaillé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45943459" w14:textId="77777777" w:rsidR="00467E3C" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006401C1" w:rsidRDefault="006401C1" w:rsidP="006401C1">
+    <w:p w14:paraId="46CA1B69" w14:textId="13DCC9F6" w:rsidR="00467E3C" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Informations générales sur votre politique tarifaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9FB10C" w14:textId="477B846A" w:rsidR="00574EE4" w:rsidRPr="00467E3C" w:rsidRDefault="00574EE4" w:rsidP="006401C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574EE4" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00467E3C" w:rsidRPr="00467E3C" w14:paraId="408C85BC" w14:textId="77777777" w:rsidTr="00467E3C">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9B750B" w14:textId="54C7FBC7" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Tarifs existants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE61AAF" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prix </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="499A96CC" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prix </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A97E72D" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prix </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00467E3C" w:rsidRPr="00467E3C" w14:paraId="47FD8B43" w14:textId="77777777" w:rsidTr="00764F58">
+        <w:trPr>
+          <w:trHeight w:val="568"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F355B6" w14:textId="49EA3DD7" w:rsidR="00467E3C" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Tarif plein</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="372C0DD8" w14:textId="30238F05" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="192CE175">
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1185" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.55pt;margin-top:2.9pt;width:65.5pt;height:22.5pt;z-index:251782144;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1185">
+                    <w:txbxContent>
+                      <w:p w14:paraId="2A1ACBF5" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00574EE4" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301BF26F" w14:textId="5F3284B6" w:rsidR="00CF1C17" w:rsidRPr="00764F58" w:rsidRDefault="00764F58" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="192CE175">
+                <v:shape id="_x0000_s1202" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.3pt;margin-top:2.9pt;width:65.5pt;height:22.5pt;z-index:251786240;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1202">
+                    <w:txbxContent>
+                      <w:p w14:paraId="72D675A4" w14:textId="77777777" w:rsidR="00764F58" w:rsidRPr="00574EE4" w:rsidRDefault="00764F58" w:rsidP="00764F58">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B30536F" w14:textId="77665044" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:pict w14:anchorId="192CE175">
+                <v:shape id="_x0000_s1201" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.95pt;margin-top:1.4pt;width:65.5pt;height:22.5pt;z-index:251785216;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1201">
+                    <w:txbxContent>
+                      <w:p w14:paraId="5DB5862E" w14:textId="77777777" w:rsidR="00764F58" w:rsidRPr="00574EE4" w:rsidRDefault="00764F58" w:rsidP="00764F58">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00467E3C" w:rsidRPr="00467E3C" w14:paraId="4D900B61" w14:textId="77777777" w:rsidTr="00467E3C">
+        <w:trPr>
+          <w:trHeight w:val="667"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4207B7BB" w14:textId="26EE1B80" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Tarif</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1C17" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1C17" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>20ans20francs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D204ABD" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AE00B48" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="5F88931B">
+                <v:shape id="_x0000_s1186" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.05pt;margin-top:6.4pt;width:65.5pt;height:22.5pt;z-index:251783168;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1186">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0DCAAE8E" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00574EE4" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="201D7BBC" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="158062C1">
+                <v:shape id="_x0000_s1183" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.05pt;margin-top:6.4pt;width:65.5pt;height:22.5pt;z-index:251780096;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1183">
+                    <w:txbxContent>
+                      <w:p w14:paraId="339734E2" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00574EE4" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2620A614" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="795947D2">
+                <v:shape id="_x0000_s1179" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.05pt;margin-top:6.4pt;width:65.5pt;height:22.5pt;z-index:251776000;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1179">
+                    <w:txbxContent>
+                      <w:p w14:paraId="4AD49DE3" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00574EE4" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00467E3C" w:rsidRPr="00467E3C" w14:paraId="1D456A7B" w14:textId="77777777" w:rsidTr="00F9700F">
+        <w:trPr>
+          <w:trHeight w:val="508"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B422486" w14:textId="1FDD32B7" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Tarif jeune</w:t>
+            </w:r>
+            <w:r w:rsidR="00467E3C" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (- de 21 ans)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>, étudiant.e, apprenti</w:t>
+            </w:r>
+            <w:r w:rsidR="00467E3C" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33802C1B" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5728D25C" w14:textId="4A36152A" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00F9700F" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="6801DA26">
+                <v:shape id="_x0000_s1205" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.85pt;margin-top:2.55pt;width:62.65pt;height:19.35pt;z-index:251788288;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1205">
+                    <w:txbxContent>
+                      <w:p w14:paraId="24B9E76C" w14:textId="77777777" w:rsidR="00F9700F" w:rsidRPr="00574EE4" w:rsidRDefault="00F9700F" w:rsidP="00F9700F">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="541B095C" w14:textId="0C80F4A5" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00F9700F" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="6801DA26">
+                <v:shape id="_x0000_s1203" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:2.3pt;margin-top:2.55pt;width:62.65pt;height:19.35pt;z-index:251787264;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1203">
+                    <w:txbxContent>
+                      <w:p w14:paraId="30C469A6" w14:textId="77777777" w:rsidR="00F9700F" w:rsidRPr="00574EE4" w:rsidRDefault="00F9700F" w:rsidP="00F9700F">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C42E484" w14:textId="2B7A439F" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="6801DA26">
+                <v:shape id="_x0000_s1180" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.1pt;margin-top:2.05pt;width:62.65pt;height:19.35pt;z-index:251777024;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1180">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0F8BB495" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00574EE4" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+                        <w:pPr>
+                          <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="fr-CH"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1FFBB7FB" w14:textId="0C5A21EF" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00574EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00574EE4" w:rsidRDefault="00AB1488" w:rsidP="00574EE4">
+    <w:p w14:paraId="5C581DD5" w14:textId="051F61E8" w:rsidR="00574EE4" w:rsidRPr="00764F58" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Période de facturation :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7D539D" w14:textId="77777777" w:rsidR="00574EE4" w:rsidRPr="00764F58" w:rsidRDefault="001F4DA6" w:rsidP="00574EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
-[...4 lines deleted...]
-          <v:shape id="_x0000_s1088" type="#_x0000_t202" style="position:absolute;margin-left:3.35pt;margin-top:8.6pt;width:30.6pt;height:27pt;z-index:251721728;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+        <w:pict w14:anchorId="55CE0161">
+          <v:shape id="_x0000_s1088" type="#_x0000_t202" style="position:absolute;margin-left:3.35pt;margin-top:1.6pt;width:30.6pt;height:25pt;z-index:251721728;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1088">
               <w:txbxContent>
-                <w:p w:rsidR="00574EE4" w:rsidRPr="00574EE4" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
+                <w:p w14:paraId="48DAB86A" w14:textId="77777777" w:rsidR="00574EE4" w:rsidRPr="00574EE4" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                       <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     </w:pBdr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00574EE4" w:rsidRDefault="006401C1" w:rsidP="00574EE4">
+    <w:p w14:paraId="260DAD3B" w14:textId="25C2AB36" w:rsidR="00467E3C" w:rsidRPr="00764F58" w:rsidRDefault="006401C1" w:rsidP="00467E3C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006401C1">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00476712" w:rsidRPr="00476712">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00476712" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00397D4B">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00397D4B" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semestre</w:t>
+      </w:r>
+      <w:r w:rsidR="00480EE9" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00574EE4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00574EE4" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>du 1</w:t>
       </w:r>
-      <w:r w:rsidR="00574EE4" w:rsidRPr="00574EE4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00574EE4" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00574EE4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00574EE4" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> janvier au </w:t>
       </w:r>
-      <w:r w:rsidR="00307E32">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00307E32" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">30 </w:t>
       </w:r>
-      <w:r w:rsidR="00574EE4">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00574EE4" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">juin </w:t>
       </w:r>
-      <w:r w:rsidR="004C172D">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004C172D" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00F1222D">
-[...4 lines deleted...]
-        <w:t>25</w:t>
+      <w:r w:rsidR="00F1222D" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1C17" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00574EE4" w:rsidRDefault="00AB1488" w:rsidP="00574EE4">
+    <w:p w14:paraId="058C16F9" w14:textId="5D7D2BFF" w:rsidR="00574EE4" w:rsidRPr="00764F58" w:rsidRDefault="001F4DA6" w:rsidP="00467E3C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="5B17C7F2">
           <v:shape id="_x0000_s1089" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.35pt;margin-top:4.95pt;width:26.85pt;height:27pt;z-index:251722752;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1089">
               <w:txbxContent>
-                <w:p w:rsidR="00574EE4" w:rsidRPr="00574EE4" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
+                <w:p w14:paraId="2EABA481" w14:textId="77777777" w:rsidR="00574EE4" w:rsidRPr="00574EE4" w:rsidRDefault="00574EE4" w:rsidP="00574EE4">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                       <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                     </w:pBdr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006401C1" w:rsidRDefault="006401C1" w:rsidP="00574EE4">
+    <w:p w14:paraId="6A5A114A" w14:textId="13408752" w:rsidR="006401C1" w:rsidRPr="00764F58" w:rsidRDefault="006401C1" w:rsidP="00574EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006401C1">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="006401C1">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="006401C1">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semestre</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00307E32" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>du 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00307E32" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00307E32" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juillet </w:t>
+      </w:r>
+      <w:r w:rsidR="00574EE4" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au </w:t>
+      </w:r>
+      <w:r w:rsidR="00476712" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31 décembre </w:t>
+      </w:r>
+      <w:r w:rsidR="004C172D" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="004C172D">
-[...61 lines deleted...]
-        <w:t>25</w:t>
+      <w:r w:rsidR="00F1222D" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1C17" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00764F58" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00476712" w:rsidRDefault="00AB1488" w:rsidP="00574EE4">
+    <w:p w14:paraId="1C5644FD" w14:textId="77777777" w:rsidR="00476712" w:rsidRPr="00764F58" w:rsidRDefault="001F4DA6" w:rsidP="00574EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="3A5E635C">
           <v:shape id="_x0000_s1136" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.35pt;margin-top:6.65pt;width:26.85pt;height:27pt;z-index:251769856;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1136">
               <w:txbxContent>
-                <w:p w:rsidR="00476712" w:rsidRPr="00574EE4" w:rsidRDefault="00476712" w:rsidP="00476712">
+                <w:p w14:paraId="741FD519" w14:textId="77777777" w:rsidR="00476712" w:rsidRPr="00574EE4" w:rsidRDefault="00476712" w:rsidP="00476712">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                       <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                       <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                     </w:pBdr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00476712" w:rsidRDefault="00543280" w:rsidP="00476712">
+    <w:p w14:paraId="34A1501D" w14:textId="5C01F772" w:rsidR="00476712" w:rsidRPr="00764F58" w:rsidRDefault="00543280" w:rsidP="00476712">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>événement ponctuel 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1C17" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (festival, programmation ponctuelle, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00476712" w:rsidRPr="00764F58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006401C1" w:rsidRDefault="006401C1" w:rsidP="006401C1">
+    <w:p w14:paraId="389176DA" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00467E3C">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:szCs w:val="22"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8B36D6" w14:textId="77777777" w:rsidR="006401C1" w:rsidRPr="00467E3C" w:rsidRDefault="006401C1" w:rsidP="006401C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442A60AE" w14:textId="7DF07C7E" w:rsidR="00467E3C" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="00467E3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Détails compensations demandées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AA87D8" w14:textId="77777777" w:rsidR="00467E3C" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="006401C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="6416" w:type="dxa"/>
-        <w:tblInd w:w="1772" w:type="dxa"/>
+        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2693"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidTr="00307E32">
+      <w:tr w:rsidR="00307E32" w:rsidRPr="00467E3C" w14:paraId="61C2A849" w14:textId="77777777" w:rsidTr="00467E3C">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00307E32" w:rsidP="001F41B9">
+          <w:p w14:paraId="16C38277" w14:textId="5F737FAB" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="001F41B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
-[...38 lines deleted...]
-              <w:t>vendus</w:t>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Type de tarif</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00307E32" w:rsidP="001F41B9">
+          <w:p w14:paraId="6570D716" w14:textId="77777777" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="001F41B9">
             <w:pPr>
-              <w:ind w:right="176"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006401C1">
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Nombre de billets vendus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F84840" w14:textId="77777777" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="00CF1C17">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Montant total</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00307E32" w:rsidP="001F41B9">
+          <w:p w14:paraId="33F89040" w14:textId="660C7EED" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="00CF1C17">
             <w:pPr>
-              <w:ind w:right="176"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006401C1">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
-      <w:tr w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidTr="001F41B9">
+      <w:tr w:rsidR="00307E32" w:rsidRPr="00467E3C" w14:paraId="75D9205D" w14:textId="77777777" w:rsidTr="00764F58">
+        <w:trPr>
+          <w:trHeight w:val="550"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
+          <w:p w14:paraId="4E6A391F" w14:textId="090AA8E3" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00467E3C" w:rsidP="000D44B6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tarif </w:t>
+            </w:r>
+            <w:r w:rsidR="00307E32" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>20ans20francs</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00307E32" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
+          <w:p w14:paraId="5C1E45EF" w14:textId="77777777" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1597" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="106DBC57" w14:textId="70A74A0A" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="17D56599">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1082" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="5CDF1944" w14:textId="03E14E4D" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:ind w:right="176"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="51715546">
+                <v:shape id="_x0000_i1081" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidTr="001F41B9">
+      <w:tr w:rsidR="00307E32" w:rsidRPr="00467E3C" w14:paraId="45B36CF0" w14:textId="77777777" w:rsidTr="00467E3C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
+          <w:p w14:paraId="36EB0473" w14:textId="39D50190" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="00CF1C17">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Tarif jeune</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1C17" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> étudiant</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1C17" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>.e,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apprenti</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1C17" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>,e</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
+          <w:p w14:paraId="26537CE2" w14:textId="397797DA" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006401C1">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1597" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="6BEAC36A" w14:textId="115585C6" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="4995C28D">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="2857A721" w14:textId="5AF7580A" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:ind w:right="176"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="7D30FA18">
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidTr="00307E32">
+      <w:tr w:rsidR="00307E32" w:rsidRPr="00467E3C" w14:paraId="0056CEB7" w14:textId="77777777" w:rsidTr="00467E3C">
         <w:trPr>
           <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="001F41B9" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
+          <w:p w14:paraId="7E54C3C2" w14:textId="77777777" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00307E32" w:rsidP="000D44B6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
-            <w:r w:rsidR="00F1222D">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00F1222D" w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> réel</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F1222D" w:rsidRPr="001F41B9" w:rsidRDefault="00F1222D" w:rsidP="000D44B6">
+          <w:p w14:paraId="14E6D2FB" w14:textId="77777777" w:rsidR="00F1222D" w:rsidRPr="00467E3C" w:rsidRDefault="00F1222D" w:rsidP="000D44B6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1597" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="76389111" w14:textId="570306A2" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="47AD1B74">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00307E32" w:rsidRPr="006401C1" w:rsidRDefault="00AB1488" w:rsidP="001C56F7">
+          <w:p w14:paraId="7322279E" w14:textId="39C7B31A" w:rsidR="00307E32" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="001C56F7">
             <w:pPr>
               <w:ind w:right="176"/>
               <w:rPr>
-                <w:b/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-                  </v:textbox>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="6EA7E34B">
+                <v:shape id="_x0000_i1085" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F1222D" w:rsidRPr="006401C1" w:rsidTr="00EE444C">
+      <w:tr w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w14:paraId="0F11039C" w14:textId="77777777" w:rsidTr="00467E3C">
         <w:trPr>
           <w:trHeight w:val="606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F1222D" w:rsidRPr="001F41B9" w:rsidRDefault="00F1222D" w:rsidP="00F1222D">
+          <w:p w14:paraId="2A2752EC" w14:textId="77777777" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F1222D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Total </w:t>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total facturé </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">des </w:t>
+          </w:p>
+          <w:p w14:paraId="3FDE3670" w14:textId="4120D276" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00CF1C17" w:rsidP="00CF1C17">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00467E3C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>en fonction du montant des compensations attribuées en 202</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F1222D">
-[...5 lines deleted...]
-              <w:t>quotas reçus 2025</w:t>
+            <w:r w:rsidR="001F4DA6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3723" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F1222D" w:rsidRDefault="00F1222D" w:rsidP="001C56F7">
+          <w:p w14:paraId="4ADB4373" w14:textId="219C2570" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="008076DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="68B3D31D">
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B767AB" w14:textId="107C0F62" w:rsidR="00CF1C17" w:rsidRPr="00467E3C" w:rsidRDefault="00764F58" w:rsidP="008076DD">
             <w:pPr>
               <w:ind w:right="176"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00764F58">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:pict w14:anchorId="17A0D79B">
+                <v:shape id="_x0000_i1086" type="#_x0000_t75" style="width:73.5pt;height:23pt">
+                  <v:imagedata r:id="rId8" o:title=""/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006401C1" w:rsidRDefault="006401C1" w:rsidP="006401C1">
+    <w:p w14:paraId="2E38362C" w14:textId="77777777" w:rsidR="007407C8" w:rsidRPr="00467E3C" w:rsidRDefault="001F4DA6" w:rsidP="006401C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1110" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:163.55pt;margin-top:10.15pt;width:303pt;height:30.35pt;z-index:251744256;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+        <w:pict w14:anchorId="731F7183">
+          <v:shape id="_x0000_s1110" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:158.55pt;margin-top:8.15pt;width:308pt;height:21.85pt;z-index:251744256;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1110">
               <w:txbxContent>
-                <w:p w:rsidR="000D44B6" w:rsidRPr="00574EE4" w:rsidRDefault="000D44B6" w:rsidP="000D44B6">
+                <w:p w14:paraId="24696BFC" w14:textId="77777777" w:rsidR="000D44B6" w:rsidRPr="00574EE4" w:rsidRDefault="000D44B6" w:rsidP="000D44B6">
                   <w:pPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                     <w:t>CH</w:t>
                   </w:r>
                   <w:r w:rsidR="00476712">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D44B6" w:rsidRDefault="000D44B6" w:rsidP="006401C1">
+    <w:p w14:paraId="67D4E564" w14:textId="628DFB67" w:rsidR="00F63BCC" w:rsidRPr="00467E3C" w:rsidRDefault="000D44B6" w:rsidP="006401C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A payer svp sur le compte IBAN : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F63BCC" w:rsidRDefault="00AB1488" w:rsidP="006401C1">
+    <w:p w14:paraId="6506287E" w14:textId="77777777" w:rsidR="00F9700F" w:rsidRDefault="00F9700F" w:rsidP="006401C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="5D5660D7" w14:textId="360DC189" w:rsidR="000D44B6" w:rsidRPr="00397D4B" w:rsidRDefault="00F9700F" w:rsidP="006401C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1138" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:122.45pt;margin-top:9.95pt;width:123.75pt;height:17.65pt;z-index:251770880;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+        <w:pict w14:anchorId="1852B025">
+          <v:shape id="_x0000_s1138" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:160.45pt;margin-top:.95pt;width:304.5pt;height:30.05pt;z-index:251770880;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
             <v:textbox style="mso-next-textbox:#_x0000_s1138">
               <w:txbxContent>
-                <w:p w:rsidR="00B81CC9" w:rsidRPr="00B81CC9" w:rsidRDefault="00B81CC9" w:rsidP="00B81CC9">
+                <w:p w14:paraId="3F3797A5" w14:textId="48C674B8" w:rsidR="00B81CC9" w:rsidRPr="00B81CC9" w:rsidRDefault="00F9700F" w:rsidP="00B81CC9">
                   <w:pPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="fr-CH"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00B81CC9" w:rsidRPr="00467E3C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Auprès de la banque</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...63 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="000D44B6" w:rsidRPr="00397D4B" w:rsidSect="00EA1608">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachSect"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="680" w:right="1361" w:bottom="1304" w:left="1361" w:header="425" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00115228" w:rsidRDefault="00115228">
+    <w:p w14:paraId="3D3DCFC2" w14:textId="77777777" w:rsidR="00115228" w:rsidRDefault="00115228">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00115228" w:rsidRDefault="00115228">
+    <w:p w14:paraId="5A6A0B90" w14:textId="77777777" w:rsidR="00115228" w:rsidRDefault="00115228">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00874138" w:rsidRDefault="00874138">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78F5DB2F" w14:textId="77777777" w:rsidR="00874138" w:rsidRDefault="00874138">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00115228" w:rsidRDefault="00115228">
+    <w:p w14:paraId="1B36FB2A" w14:textId="77777777" w:rsidR="00115228" w:rsidRDefault="00115228">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00115228" w:rsidRDefault="00115228">
+    <w:p w14:paraId="01A42447" w14:textId="77777777" w:rsidR="00115228" w:rsidRDefault="00115228">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="70" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9214"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00874138" w:rsidRPr="006A0BF3">
+    <w:tr w:rsidR="00874138" w:rsidRPr="006A0BF3" w14:paraId="3FB8EDA8" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9214" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00874138" w:rsidRPr="006A0BF3" w:rsidRDefault="00874138" w:rsidP="006A0BF3">
+        <w:p w14:paraId="0EDD07C2" w14:textId="44E293B0" w:rsidR="00874138" w:rsidRPr="006A0BF3" w:rsidRDefault="00874138" w:rsidP="006A0BF3">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
           </w:pPr>
           <w:r w:rsidRPr="006A0BF3">
             <w:tab/>
             <w:t xml:space="preserve">Page : </w:t>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:instrText xml:space="preserve">PAGE </w:instrText>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00451967">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:t>/</w:t>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:instrText xml:space="preserve"> SECTIONPAGES </w:instrText>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00451967">
+          <w:r w:rsidR="00F9700F">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="006A0BF3">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00874138" w:rsidRPr="006A0BF3" w:rsidRDefault="00874138" w:rsidP="006A0BF3">
+        <w:p w14:paraId="507F53A6" w14:textId="77777777" w:rsidR="00874138" w:rsidRPr="006A0BF3" w:rsidRDefault="00874138" w:rsidP="006A0BF3">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00874138" w:rsidRDefault="00874138" w:rsidP="00303956">
+  <w:p w14:paraId="34822484" w14:textId="77777777" w:rsidR="00874138" w:rsidRDefault="00874138" w:rsidP="00303956">
     <w:pPr>
       <w:pStyle w:val="En-tte2"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C9F0A7B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="80E2F2A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -1986,217 +2963,221 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5346"/>
         </w:tabs>
         <w:ind w:left="5346" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6066"/>
         </w:tabs>
         <w:ind w:left="6066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="713694741">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="488208993">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="346257101">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1188300765">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1573269627">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="642005576">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1921527093">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1889032534">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="653988425">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="447235416">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="657539293">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="86"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="9" w:dllVersion="512" w:checkStyle="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachSect"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:printColBlack/>
     <w:showBreaksInFrames/>
     <w:suppressSpBfAfterPgBrk/>
     <w:swapBordersFacingPages/>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:noSpaceRaiseLower/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D5338"/>
     <w:rsid w:val="00000A1E"/>
     <w:rsid w:val="00000FA9"/>
     <w:rsid w:val="00002E95"/>
     <w:rsid w:val="000135E4"/>
     <w:rsid w:val="000162A5"/>
     <w:rsid w:val="00062220"/>
     <w:rsid w:val="00072B90"/>
     <w:rsid w:val="00075BBF"/>
     <w:rsid w:val="00086449"/>
     <w:rsid w:val="00093A99"/>
     <w:rsid w:val="0009460F"/>
     <w:rsid w:val="000A22CE"/>
     <w:rsid w:val="000A2C50"/>
     <w:rsid w:val="000A5A56"/>
     <w:rsid w:val="000A7EE7"/>
     <w:rsid w:val="000B2A1A"/>
     <w:rsid w:val="000C28E3"/>
     <w:rsid w:val="000C62E5"/>
     <w:rsid w:val="000D44B6"/>
     <w:rsid w:val="000D5338"/>
     <w:rsid w:val="000E48E2"/>
     <w:rsid w:val="00101E90"/>
     <w:rsid w:val="00111982"/>
     <w:rsid w:val="00115228"/>
     <w:rsid w:val="00120AA1"/>
     <w:rsid w:val="00132D30"/>
     <w:rsid w:val="001455D1"/>
     <w:rsid w:val="001632C4"/>
     <w:rsid w:val="00166D87"/>
     <w:rsid w:val="0019364D"/>
     <w:rsid w:val="0019684B"/>
     <w:rsid w:val="00197B09"/>
     <w:rsid w:val="001A054F"/>
     <w:rsid w:val="001A1E3E"/>
     <w:rsid w:val="001A3D40"/>
     <w:rsid w:val="001A3E68"/>
     <w:rsid w:val="001A70F6"/>
     <w:rsid w:val="001B3BA9"/>
     <w:rsid w:val="001C2414"/>
     <w:rsid w:val="001C45A7"/>
     <w:rsid w:val="001D0F8A"/>
     <w:rsid w:val="001E1143"/>
     <w:rsid w:val="001F1A46"/>
     <w:rsid w:val="001F3447"/>
     <w:rsid w:val="001F41B9"/>
     <w:rsid w:val="001F487C"/>
+    <w:rsid w:val="001F4DA6"/>
     <w:rsid w:val="0020460C"/>
     <w:rsid w:val="00204E1E"/>
     <w:rsid w:val="002078F1"/>
     <w:rsid w:val="002118B5"/>
     <w:rsid w:val="00211F70"/>
     <w:rsid w:val="00215CF5"/>
+    <w:rsid w:val="0022264E"/>
     <w:rsid w:val="00224EC3"/>
     <w:rsid w:val="0022607E"/>
     <w:rsid w:val="00244137"/>
     <w:rsid w:val="0024538B"/>
     <w:rsid w:val="002458DA"/>
     <w:rsid w:val="0025277B"/>
     <w:rsid w:val="00252B86"/>
     <w:rsid w:val="00262814"/>
+    <w:rsid w:val="00266950"/>
     <w:rsid w:val="002670B3"/>
     <w:rsid w:val="00282773"/>
     <w:rsid w:val="002862C3"/>
     <w:rsid w:val="002A0C47"/>
     <w:rsid w:val="002A1F70"/>
     <w:rsid w:val="002A433B"/>
     <w:rsid w:val="002B13C3"/>
     <w:rsid w:val="002B5094"/>
     <w:rsid w:val="002C585A"/>
     <w:rsid w:val="002C5CC8"/>
     <w:rsid w:val="002E3D7C"/>
     <w:rsid w:val="002E5411"/>
     <w:rsid w:val="002E5B2E"/>
     <w:rsid w:val="002E5FC7"/>
     <w:rsid w:val="002E78BD"/>
     <w:rsid w:val="002F29D0"/>
     <w:rsid w:val="002F4A1E"/>
     <w:rsid w:val="00303956"/>
     <w:rsid w:val="00307E32"/>
     <w:rsid w:val="00313D9D"/>
     <w:rsid w:val="003149A3"/>
     <w:rsid w:val="00326970"/>
     <w:rsid w:val="003302A6"/>
     <w:rsid w:val="003310E5"/>
     <w:rsid w:val="003361FB"/>
@@ -2212,137 +3193,142 @@
     <w:rsid w:val="003823B0"/>
     <w:rsid w:val="0038747F"/>
     <w:rsid w:val="00397D4B"/>
     <w:rsid w:val="003A32E0"/>
     <w:rsid w:val="003A6B71"/>
     <w:rsid w:val="003A7303"/>
     <w:rsid w:val="003B1271"/>
     <w:rsid w:val="003B4844"/>
     <w:rsid w:val="003B66EE"/>
     <w:rsid w:val="003B6757"/>
     <w:rsid w:val="003B7CF9"/>
     <w:rsid w:val="003D2062"/>
     <w:rsid w:val="003D42D5"/>
     <w:rsid w:val="003E04EA"/>
     <w:rsid w:val="003F6B8C"/>
     <w:rsid w:val="00405E9B"/>
     <w:rsid w:val="00427FFC"/>
     <w:rsid w:val="00431C79"/>
     <w:rsid w:val="00440E19"/>
     <w:rsid w:val="004413E4"/>
     <w:rsid w:val="00450C22"/>
     <w:rsid w:val="00451967"/>
     <w:rsid w:val="0045316D"/>
     <w:rsid w:val="00457809"/>
     <w:rsid w:val="00457EBB"/>
+    <w:rsid w:val="00467E3C"/>
     <w:rsid w:val="00474F72"/>
     <w:rsid w:val="00476712"/>
     <w:rsid w:val="0048017E"/>
     <w:rsid w:val="004801A4"/>
     <w:rsid w:val="00480EE9"/>
     <w:rsid w:val="004957ED"/>
     <w:rsid w:val="004A0C8E"/>
     <w:rsid w:val="004A1744"/>
     <w:rsid w:val="004A247D"/>
     <w:rsid w:val="004B0D1F"/>
     <w:rsid w:val="004C172D"/>
     <w:rsid w:val="004C26D1"/>
     <w:rsid w:val="004D107F"/>
     <w:rsid w:val="004D1CD1"/>
     <w:rsid w:val="004D4B38"/>
     <w:rsid w:val="004D7DC5"/>
     <w:rsid w:val="004E6913"/>
     <w:rsid w:val="004F282A"/>
     <w:rsid w:val="00505D53"/>
     <w:rsid w:val="005062ED"/>
     <w:rsid w:val="00511112"/>
     <w:rsid w:val="0051200D"/>
+    <w:rsid w:val="00512BB9"/>
     <w:rsid w:val="00513D08"/>
     <w:rsid w:val="005150CE"/>
     <w:rsid w:val="00520540"/>
     <w:rsid w:val="00525797"/>
     <w:rsid w:val="005425A2"/>
     <w:rsid w:val="00543280"/>
     <w:rsid w:val="005510FE"/>
     <w:rsid w:val="00560DC9"/>
     <w:rsid w:val="00574EE4"/>
     <w:rsid w:val="005918FB"/>
     <w:rsid w:val="00594E7A"/>
     <w:rsid w:val="005A3147"/>
     <w:rsid w:val="005B1129"/>
     <w:rsid w:val="005B19BE"/>
     <w:rsid w:val="005B49D0"/>
+    <w:rsid w:val="005C36ED"/>
     <w:rsid w:val="005D081B"/>
     <w:rsid w:val="005D64B0"/>
     <w:rsid w:val="005E1059"/>
     <w:rsid w:val="005F1501"/>
     <w:rsid w:val="005F4E7F"/>
     <w:rsid w:val="005F6F84"/>
     <w:rsid w:val="00605C6E"/>
     <w:rsid w:val="00624975"/>
     <w:rsid w:val="006307FE"/>
     <w:rsid w:val="00631029"/>
     <w:rsid w:val="006363D4"/>
     <w:rsid w:val="00636E84"/>
     <w:rsid w:val="0063743F"/>
     <w:rsid w:val="006401C1"/>
     <w:rsid w:val="0064577F"/>
     <w:rsid w:val="00654512"/>
     <w:rsid w:val="00657BF0"/>
     <w:rsid w:val="00660C91"/>
     <w:rsid w:val="00661642"/>
     <w:rsid w:val="00673941"/>
     <w:rsid w:val="00674F3F"/>
     <w:rsid w:val="00677773"/>
     <w:rsid w:val="00691B1E"/>
     <w:rsid w:val="00692C62"/>
     <w:rsid w:val="0069398A"/>
     <w:rsid w:val="006A0BF3"/>
     <w:rsid w:val="006A227D"/>
     <w:rsid w:val="006B5A8E"/>
     <w:rsid w:val="006B5C88"/>
     <w:rsid w:val="006C2A35"/>
     <w:rsid w:val="006E1CA4"/>
     <w:rsid w:val="006E60E5"/>
     <w:rsid w:val="006F248C"/>
     <w:rsid w:val="00700DD3"/>
     <w:rsid w:val="0070313A"/>
     <w:rsid w:val="00713045"/>
     <w:rsid w:val="0071368A"/>
     <w:rsid w:val="00723741"/>
     <w:rsid w:val="00723DB8"/>
     <w:rsid w:val="007306A7"/>
     <w:rsid w:val="00732436"/>
     <w:rsid w:val="007407C8"/>
     <w:rsid w:val="00741FC5"/>
     <w:rsid w:val="00742B63"/>
     <w:rsid w:val="00746F72"/>
     <w:rsid w:val="007475C5"/>
     <w:rsid w:val="00757210"/>
     <w:rsid w:val="00763D81"/>
+    <w:rsid w:val="00764F58"/>
     <w:rsid w:val="007663DE"/>
     <w:rsid w:val="007707AA"/>
+    <w:rsid w:val="007720C8"/>
     <w:rsid w:val="007A109E"/>
     <w:rsid w:val="007A3BCA"/>
     <w:rsid w:val="007C55FC"/>
     <w:rsid w:val="007C6F69"/>
     <w:rsid w:val="007D1BBD"/>
     <w:rsid w:val="007D2F07"/>
     <w:rsid w:val="007D4D3C"/>
     <w:rsid w:val="007D5E65"/>
     <w:rsid w:val="007E6801"/>
     <w:rsid w:val="007E7E68"/>
     <w:rsid w:val="007F4860"/>
     <w:rsid w:val="007F74C5"/>
     <w:rsid w:val="008449A0"/>
     <w:rsid w:val="008517DB"/>
     <w:rsid w:val="00864721"/>
     <w:rsid w:val="00874138"/>
     <w:rsid w:val="0088213B"/>
     <w:rsid w:val="008822D1"/>
     <w:rsid w:val="00885F6B"/>
     <w:rsid w:val="008A43CF"/>
     <w:rsid w:val="008B0194"/>
     <w:rsid w:val="008B0946"/>
     <w:rsid w:val="008B62D6"/>
     <w:rsid w:val="008B7242"/>
     <w:rsid w:val="008C3B0A"/>
@@ -2460,50 +3446,51 @@
     <w:rsid w:val="00C31A98"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C465C2"/>
     <w:rsid w:val="00C47F03"/>
     <w:rsid w:val="00C55695"/>
     <w:rsid w:val="00C61C11"/>
     <w:rsid w:val="00C65F50"/>
     <w:rsid w:val="00C7340A"/>
     <w:rsid w:val="00C91ED8"/>
     <w:rsid w:val="00C97805"/>
     <w:rsid w:val="00CA0714"/>
     <w:rsid w:val="00CA2C79"/>
     <w:rsid w:val="00CA43F7"/>
     <w:rsid w:val="00CA6A43"/>
     <w:rsid w:val="00CB016B"/>
     <w:rsid w:val="00CB5F42"/>
     <w:rsid w:val="00CB6DC2"/>
     <w:rsid w:val="00CB6DF9"/>
     <w:rsid w:val="00CD18BB"/>
     <w:rsid w:val="00CD70EF"/>
     <w:rsid w:val="00CE0003"/>
     <w:rsid w:val="00CE3A0D"/>
     <w:rsid w:val="00CE3A29"/>
     <w:rsid w:val="00CE59F8"/>
+    <w:rsid w:val="00CF1C17"/>
     <w:rsid w:val="00CF2882"/>
     <w:rsid w:val="00D02C6F"/>
     <w:rsid w:val="00D0715F"/>
     <w:rsid w:val="00D1537C"/>
     <w:rsid w:val="00D429FF"/>
     <w:rsid w:val="00D54C5C"/>
     <w:rsid w:val="00D564C0"/>
     <w:rsid w:val="00D67720"/>
     <w:rsid w:val="00D72033"/>
     <w:rsid w:val="00D804CE"/>
     <w:rsid w:val="00D80C0E"/>
     <w:rsid w:val="00D80D56"/>
     <w:rsid w:val="00D837A9"/>
     <w:rsid w:val="00D8773A"/>
     <w:rsid w:val="00DA3F6F"/>
     <w:rsid w:val="00DA733F"/>
     <w:rsid w:val="00DB0BF0"/>
     <w:rsid w:val="00DB1DA5"/>
     <w:rsid w:val="00DB7B2D"/>
     <w:rsid w:val="00DC1FD7"/>
     <w:rsid w:val="00DD7BA8"/>
     <w:rsid w:val="00DE04CA"/>
     <w:rsid w:val="00DE57C7"/>
     <w:rsid w:val="00E139F4"/>
     <w:rsid w:val="00E14A8F"/>
@@ -2533,96 +3520,97 @@
     <w:rsid w:val="00EB6E5E"/>
     <w:rsid w:val="00EC380A"/>
     <w:rsid w:val="00EC4E0F"/>
     <w:rsid w:val="00ED3445"/>
     <w:rsid w:val="00EE1D72"/>
     <w:rsid w:val="00EF3983"/>
     <w:rsid w:val="00EF6457"/>
     <w:rsid w:val="00F004F4"/>
     <w:rsid w:val="00F032A0"/>
     <w:rsid w:val="00F04377"/>
     <w:rsid w:val="00F07522"/>
     <w:rsid w:val="00F1222D"/>
     <w:rsid w:val="00F302B3"/>
     <w:rsid w:val="00F3510C"/>
     <w:rsid w:val="00F3701E"/>
     <w:rsid w:val="00F441E6"/>
     <w:rsid w:val="00F44562"/>
     <w:rsid w:val="00F51479"/>
     <w:rsid w:val="00F55ECC"/>
     <w:rsid w:val="00F630EE"/>
     <w:rsid w:val="00F63BCC"/>
     <w:rsid w:val="00F663C0"/>
     <w:rsid w:val="00F84653"/>
     <w:rsid w:val="00F84AF2"/>
     <w:rsid w:val="00F925C0"/>
+    <w:rsid w:val="00F9700F"/>
     <w:rsid w:val="00FC1128"/>
     <w:rsid w:val="00FD3112"/>
     <w:rsid w:val="00FF1CF8"/>
     <w:rsid w:val="00FF2F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A4F3B3C"/>
+  <w14:docId w14:val="5E3C06C2"/>
   <w15:docId w15:val="{5F51BC17-4205-449B-8809-74317F640E66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2943,50 +3931,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000A22CE"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:qFormat/>
     <w:rsid w:val="00343A52"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
@@ -4023,72 +5016,72 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:rsid w:val="008822D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:link w:val="Objetducommentaire"/>
     <w:rsid w:val="008822D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1185823998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:20ans20francs@etat.ge.ch" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:20ans20francs@etat.ge.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///R:\modeles2000\SC2\SCC\Lettre_DIP.DOT" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4341,75 +5334,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Lettre_DIP.DOT</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>129</Words>
-  <Characters>713</Characters>
+  <Words>160</Words>
+  <Characters>883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modèle de lettre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CTI - Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>841</CharactersWithSpaces>
+  <CharactersWithSpaces>1041</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modèle de lettre</dc:title>
   <dc:creator>Keckeis Nadia (DIP)</dc:creator>
   <dc:description>Version 12.2
 Modification InsertionsAuto</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="RéfCTI">
     <vt:lpwstr>DIP</vt:lpwstr>
   </property>