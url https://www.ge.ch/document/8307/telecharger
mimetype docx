--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -1,271 +1,272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1042"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="777"/>
         <w:gridCol w:w="73"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="790"/>
         <w:gridCol w:w="977"/>
         <w:gridCol w:w="222"/>
-        <w:gridCol w:w="4174"/>
+        <w:gridCol w:w="1976"/>
+        <w:gridCol w:w="2198"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w:rsidTr="001C6273">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w14:paraId="2143886B" w14:textId="77777777" w:rsidTr="001C6273">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="262626" w:themeFill="text1" w:themeFillTint="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A63836" w:rsidRPr="00A63836" w:rsidRDefault="00CA2AAC" w:rsidP="00A63836">
+          <w:p w14:paraId="4013E8BB" w14:textId="77777777" w:rsidR="00A63836" w:rsidRPr="00A63836" w:rsidRDefault="00CA2AAC" w:rsidP="00A63836">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A63836">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Demande </w:t>
             </w:r>
             <w:r w:rsidR="009E05F5">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>certificat TRACES</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA2AAC" w:rsidRPr="00A63836" w:rsidRDefault="00CA2AAC" w:rsidP="009E05F5">
+          <w:p w14:paraId="56D41557" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRPr="00A63836" w:rsidRDefault="00CA2AAC" w:rsidP="009E05F5">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A63836">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">pour </w:t>
             </w:r>
             <w:r w:rsidR="009E05F5">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>transport de chevaux dans l'Union Européenne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w:rsidTr="00AA5A9C">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w14:paraId="2C41A097" w14:textId="77777777" w:rsidTr="00AA5A9C">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="36D5343C" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w14:paraId="32C92496" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="009E05F5">
+          <w:p w14:paraId="6CBA7C92" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="009E05F5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom et adresse </w:t>
             </w:r>
             <w:r w:rsidR="009E05F5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>du propriétaire</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(en Suisse):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="009E05F5" w:rsidP="009E05F5">
+          <w:p w14:paraId="4949E453" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="009E05F5" w:rsidP="009E05F5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom et adresse du destinataire </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="361ED368" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="698D5F90" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text27"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -316,60 +317,60 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="6F9805AE" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text29"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -418,67 +419,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="55ED63A4" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="57A10589" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text28"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -529,60 +530,60 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="575E40EB" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text30"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -631,67 +632,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="0E19138A" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="0F14767A" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -742,60 +743,60 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="1F11EF61" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text6"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -844,115 +845,115 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5A9C" w:rsidTr="00AA5A9C">
+      <w:tr w:rsidR="00AA5A9C" w14:paraId="0487ABEC" w14:textId="77777777" w:rsidTr="00AA5A9C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="730F4A8E" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>N° Agate :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="2CAC16FC" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="60FA7C84" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Texte4"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1001,94 +1002,94 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="6B30D647" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="63DB39A6" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Téléphone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="6C3F88FE" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text7"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1139,60 +1140,60 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="5C77637F" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text34"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1241,102 +1242,102 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="44B0934C" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="4B994526" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="51FE9740" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text12"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1387,156 +1388,154 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="2EFD40ED" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="4CD9593D" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="450FA439" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="041C01D7" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text11"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
@@ -1546,135 +1545,135 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="417F547F" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E64FC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="006E64FC" w14:paraId="1B492113" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="49414F7A" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Raison du transport : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="6992DEBF" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Texte1"/>
+            <w:bookmarkStart w:id="11" w:name="Texte1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1698,141 +1697,141 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="42784703" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E64FC" w:rsidTr="00DE3F10">
+      <w:tr w:rsidR="006E64FC" w14:paraId="3D083D05" w14:textId="77777777" w:rsidTr="00DE3F10">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="5F86875A" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Exportation définitive (oui/non) : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="47038367" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texte2"/>
+            <w:bookmarkStart w:id="12" w:name="Texte2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -1856,141 +1855,141 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="6CD4DBFC" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w:rsidTr="00DE3F10">
+      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w14:paraId="0683825C" w14:textId="77777777" w:rsidTr="00DE3F10">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="0019C701" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Transport de moins de 65km (oui/non)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="77F43133" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Texte5"/>
+            <w:bookmarkStart w:id="13" w:name="Texte5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -2014,1301 +2013,1617 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="6E106870" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E64FC" w:rsidRPr="00AA5A9C" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="006E64FC" w:rsidRPr="00AA5A9C" w14:paraId="4A4ED29B" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="7E2CA5A9" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4396" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
+          <w:p w14:paraId="11DC44FA" w14:textId="77777777" w:rsidR="006E64FC" w:rsidRDefault="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00A17753" w14:paraId="0BA5212F" w14:textId="77777777" w:rsidTr="00F453AE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="006E64FC">
-[...18 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="4CF26F75" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Nom du cheval :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="006E64FC">
-[...24 lines deleted...]
-            <w:tcW w:w="4396" w:type="dxa"/>
+          <w:p w14:paraId="0BAAAB9B" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Numéro de puce électronique :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="006E64FC" w:rsidP="006E64FC">
-[...18 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="22EA2B13" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753" w:rsidP="006E64FC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Numéro du passeport :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D861374" w14:textId="2C5B777D" w:rsidR="00A17753" w:rsidRDefault="00A17753" w:rsidP="006E64FC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Marque de validation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00A17753" w14:paraId="5904A9C2" w14:textId="77777777" w:rsidTr="00293E9F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="58F6CBF5" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text8"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="14" w:name="Text8"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="0EFB6593" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text9"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="15" w:name="Text9"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...4 lines deleted...]
-            <w:tcW w:w="4396" w:type="dxa"/>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="0F61EC92" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text10"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="16" w:name="Text10"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="16"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D747DA2" w14:textId="1DE65680" w:rsidR="00A17753" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00A17753" w14:paraId="5BF70121" w14:textId="77777777" w:rsidTr="00263DAC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="22F165A0" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text14"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="17" w:name="Text14"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="21D45F0D" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text15"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="18" w:name="Text15"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...4 lines deleted...]
-            <w:tcW w:w="4396" w:type="dxa"/>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="3F9E0F2F" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text22"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="19" w:name="Text22"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="19"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4F4AD7" w14:textId="28914092" w:rsidR="00A17753" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00A17753" w14:paraId="4A38366A" w14:textId="77777777" w:rsidTr="00826793">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="2DF345E7" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text16"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="20" w:name="Text16"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3184" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="68CD6C82" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text19"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="21" w:name="Text19"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...4 lines deleted...]
-            <w:tcW w:w="4396" w:type="dxa"/>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="6C2CCC98" w14:textId="77777777" w:rsidR="00A17753" w:rsidRDefault="00A17753">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text23"/>
-            <w:r w:rsidR="00CA2AAC">
+            <w:bookmarkStart w:id="22" w:name="Text23"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA2AAC">
-[...31 lines deleted...]
-            <w:r w:rsidR="00CA2AAC">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="22"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC89CE8" w14:textId="6766F33C" w:rsidR="00A17753" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="4889D8F8" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="698C5AF2" w14:textId="533FFB15" w:rsidR="00CA2AAC" w:rsidRDefault="00A17753">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Si l’équidé possède une marque de validation merci de l’indiquer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="00BD67DA" w14:paraId="4A3E08F6" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="006E64FC">
+          <w:p w14:paraId="6B5580E0" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="006E64FC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse </w:t>
             </w:r>
             <w:r w:rsidR="000D7868">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r w:rsidR="006E64FC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">stationnement du cheval (adresse de départ) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="6B550CA6" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="48EA9B4F" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text35"/>
+            <w:bookmarkStart w:id="23" w:name="Text35"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3332,92 +3647,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="1852752B" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="38D32C2C" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text36"/>
+            <w:bookmarkStart w:id="24" w:name="Text36"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3441,92 +3756,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="100317D4" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="2E65BCA7" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text37"/>
+            <w:bookmarkStart w:id="25" w:name="Text37"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3550,119 +3865,119 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5A9C" w:rsidTr="00AA5A9C">
+      <w:tr w:rsidR="00AA5A9C" w14:paraId="59E2322D" w14:textId="77777777" w:rsidTr="00AA5A9C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="61B5EC97" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">N° BDTA : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8168" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="1B424F20" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Texte6"/>
+            <w:bookmarkStart w:id="26" w:name="Texte6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3686,120 +4001,120 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w:rsidTr="00AA5A9C">
+      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w14:paraId="5576D64F" w14:textId="77777777" w:rsidTr="00AA5A9C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="55ABC0FD" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Date et heure de départ : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6730" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="39177F2E" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Texte3"/>
+            <w:bookmarkStart w:id="27" w:name="Texte3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3823,120 +4138,120 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w:rsidTr="00AA5A9C">
+      <w:tr w:rsidR="00AA5A9C" w:rsidRPr="00AA5A9C" w14:paraId="7635CCF0" w14:textId="77777777" w:rsidTr="00AA5A9C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="4B08834B" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Immatriculation du véhicule :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6730" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
+          <w:p w14:paraId="20A1B1FC" w14:textId="77777777" w:rsidR="00AA5A9C" w:rsidRDefault="00AA5A9C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Texte7"/>
+            <w:bookmarkStart w:id="28" w:name="Texte7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -3960,488 +4275,488 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F15785" w:rsidRPr="00BD67DA" w:rsidTr="00F15785">
+      <w:tr w:rsidR="00F15785" w:rsidRPr="00BD67DA" w14:paraId="07CCE7B9" w14:textId="77777777" w:rsidTr="00F15785">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F15785" w:rsidRDefault="00F15785">
+          <w:p w14:paraId="0903FC77" w14:textId="77777777" w:rsidR="00F15785" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Conducteur du véhicule: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6730" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F15785" w:rsidRDefault="00B15D0A">
+          <w:p w14:paraId="78F91CA5" w14:textId="77777777" w:rsidR="00F15785" w:rsidRDefault="00B15D0A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">ropriétaire </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="CaseACocher1"/>
+            <w:bookmarkStart w:id="29" w:name="CaseACocher1"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r w:rsidR="00F15785">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">employé de l'écurie </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="CaseACocher2"/>
+            <w:bookmarkStart w:id="30" w:name="CaseACocher2"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r w:rsidR="00F15785">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">entraîneur </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="CaseACocher3"/>
+            <w:bookmarkStart w:id="31" w:name="CaseACocher3"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r w:rsidR="00F15785">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">cavalier </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="CaseACocher4"/>
+            <w:bookmarkStart w:id="32" w:name="CaseACocher4"/>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r w:rsidR="00F15785">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> / autre </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="CaseACocher5"/>
+            <w:bookmarkStart w:id="33" w:name="CaseACocher5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00051932" w:rsidRPr="00BD67DA" w:rsidTr="00051932">
+      <w:tr w:rsidR="00051932" w:rsidRPr="00BD67DA" w14:paraId="42BC3695" w14:textId="77777777" w:rsidTr="00051932">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2764" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00051932" w:rsidRDefault="00051932">
+          <w:p w14:paraId="5AE24865" w14:textId="77777777" w:rsidR="00051932" w:rsidRDefault="00051932">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Si "autre" nom du transporteur : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6446" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00051932" w:rsidRDefault="00051932">
+          <w:p w14:paraId="360040A1" w14:textId="77777777" w:rsidR="00051932" w:rsidRDefault="00051932">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Texte8"/>
+            <w:bookmarkStart w:id="34" w:name="Texte8"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -4465,119 +4780,119 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="35929373" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="4986C0A7" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2795" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="5199AE4B" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text31"/>
+            <w:bookmarkStart w:id="35" w:name="Text31"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -4601,114 +4916,115 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="0FC0551B" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4174" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
+          <w:p w14:paraId="608DA8D3" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="008B1DE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text32"/>
+            <w:bookmarkStart w:id="36" w:name="Text32"/>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -4732,99 +5048,99 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA2AAC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="5E511C24" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="532F72BA" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Observations: </w:t>
             </w:r>
             <w:r w:rsidR="008B1DE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text33"/>
+            <w:bookmarkStart w:id="37" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008B1DE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008B1DE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
@@ -4848,652 +5164,656 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008B1DE0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidTr="0034121F">
+      <w:tr w:rsidR="00CA2AAC" w14:paraId="7A56BFEB" w14:textId="77777777" w:rsidTr="0034121F">
         <w:trPr>
           <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="68B1715C" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC52DE" w:rsidRPr="00BD67DA" w:rsidTr="006E64FC">
+      <w:tr w:rsidR="00FC52DE" w:rsidRPr="00BD67DA" w14:paraId="101C5F3C" w14:textId="77777777" w:rsidTr="006E64FC">
         <w:trPr>
           <w:trHeight w:val="622"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC52DE" w:rsidRDefault="00F15785">
+          <w:p w14:paraId="6D0D90FB" w14:textId="77777777" w:rsidR="00FC52DE" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Il faut compter au minimum 2</w:t>
             </w:r>
             <w:r w:rsidR="00FC52DE" w:rsidRPr="00786B1F">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> jours ouvrables pour le traitement de la demande.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D41D0" w:rsidRDefault="008D41D0" w:rsidP="00F15785">
+          <w:p w14:paraId="3C7FDBB4" w14:textId="77777777" w:rsidR="008D41D0" w:rsidRDefault="008D41D0" w:rsidP="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve">Le </w:t>
             </w:r>
             <w:r w:rsidR="00F15785">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>certificat TRACES est valable 7 jours dès son émission</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="009E05F5" w:rsidTr="00F15785">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="009E05F5" w14:paraId="0EE5C55F" w14:textId="77777777" w:rsidTr="00F15785">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="2B7E4848" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Veuillez envoyer cette demande à:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6163" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00F15785">
+          <w:p w14:paraId="26A7B093" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>SCAV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F15785" w:rsidRDefault="00F15785">
+          <w:p w14:paraId="0A2DB6A5" w14:textId="77777777" w:rsidR="00F15785" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Case postale 76</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F15785" w:rsidRDefault="00F15785">
+          <w:p w14:paraId="16C4971C" w14:textId="77777777" w:rsidR="00F15785" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>1211 Genève 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="0034121F" w:rsidTr="00F15785">
+      <w:tr w:rsidR="00CA2AAC" w:rsidRPr="0034121F" w14:paraId="7FC56B9D" w14:textId="77777777" w:rsidTr="00F15785">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
+          <w:p w14:paraId="1FD189D5" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6163" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F15785" w:rsidRDefault="0095785E">
+          <w:p w14:paraId="44A16C52" w14:textId="77777777" w:rsidR="00F15785" w:rsidRDefault="00F15785">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00F15785" w:rsidRPr="00F112EC">
+              <w:r w:rsidRPr="00F112EC">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="18"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>scav@etat.ge.ch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F15785">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034121F" w:rsidRPr="00BD67DA" w:rsidTr="00F15785">
+      <w:tr w:rsidR="0034121F" w:rsidRPr="00BD67DA" w14:paraId="7528C1ED" w14:textId="77777777" w:rsidTr="00F15785">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0034121F" w:rsidRDefault="0034121F">
+          <w:p w14:paraId="53BE6078" w14:textId="77777777" w:rsidR="0034121F" w:rsidRDefault="0034121F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Le propriétaire vient chercher le TRACES au SCAV :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6163" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="999999"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0034121F" w:rsidRDefault="0034121F" w:rsidP="00051932">
+          <w:p w14:paraId="4987ADF1" w14:textId="77777777" w:rsidR="0034121F" w:rsidRDefault="0034121F" w:rsidP="00051932">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="CaseACocher6"/>
+            <w:bookmarkStart w:id="38" w:name="CaseACocher6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> oui / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="CaseACocher7"/>
+            <w:bookmarkStart w:id="39" w:name="CaseACocher7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0095785E">
-[...5 lines deleted...]
-            <w:r w:rsidR="0095785E">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> non (le TRACES envoyé par </w:t>
             </w:r>
             <w:r w:rsidR="00051932">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>courriel signé électroniquement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="00F15785">
+    <w:p w14:paraId="37A496F6" w14:textId="77777777" w:rsidR="00CA2AAC" w:rsidRDefault="00CA2AAC" w:rsidP="00F15785">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA2AAC" w:rsidSect="0078799B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="907" w:right="1418" w:bottom="907" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zaFV3INZuV635GsHM88Fm2f6qDMGSgQYP4fRGT7QkMOfuv6HUmb91InhYI33ujcksyyvyQEk3X9M2VTBh8nTsw==" w:salt="IjQiBPfdTkvWbEZZhVEWmw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5mpIjJfDoISfKQduDwHZYGqe3BlygGxjfo7zOCKokp2TIpcAaNabgyrDVp4RJzb69IQAKWQf+vioCN8PnhcEgQ==" w:salt="+Dh3iSgiV5E8HrTgFqp/Gg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC52DE"/>
     <w:rsid w:val="00051932"/>
     <w:rsid w:val="000D7868"/>
     <w:rsid w:val="00125F62"/>
     <w:rsid w:val="001C6273"/>
     <w:rsid w:val="001F0838"/>
     <w:rsid w:val="00232753"/>
     <w:rsid w:val="0034121F"/>
     <w:rsid w:val="00391858"/>
     <w:rsid w:val="003C1F44"/>
+    <w:rsid w:val="0045394B"/>
     <w:rsid w:val="004D0740"/>
     <w:rsid w:val="004F6196"/>
     <w:rsid w:val="005516C0"/>
     <w:rsid w:val="00607757"/>
     <w:rsid w:val="00675244"/>
     <w:rsid w:val="006833A1"/>
     <w:rsid w:val="00692838"/>
     <w:rsid w:val="006D5C39"/>
     <w:rsid w:val="006E64FC"/>
     <w:rsid w:val="0078799B"/>
     <w:rsid w:val="008B1DE0"/>
     <w:rsid w:val="008D41D0"/>
     <w:rsid w:val="0095785E"/>
     <w:rsid w:val="009E05F5"/>
+    <w:rsid w:val="00A17753"/>
     <w:rsid w:val="00A63836"/>
     <w:rsid w:val="00A91A16"/>
     <w:rsid w:val="00AA5675"/>
     <w:rsid w:val="00AA5A9C"/>
     <w:rsid w:val="00B15D0A"/>
     <w:rsid w:val="00B727EA"/>
     <w:rsid w:val="00BD67DA"/>
     <w:rsid w:val="00BF3C1E"/>
     <w:rsid w:val="00CA2AAC"/>
     <w:rsid w:val="00D17308"/>
     <w:rsid w:val="00E644DC"/>
+    <w:rsid w:val="00E73D4D"/>
     <w:rsid w:val="00F15785"/>
     <w:rsid w:val="00FC52DE"/>
     <w:rsid w:val="00FD1217"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="67C1A360"/>
+  <w14:docId w14:val="4002B803"/>
   <w15:docId w15:val="{8BEEB1A6-EA4E-4427-AC4B-43DE46BC3614}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5821,50 +6141,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0078799B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0078799B"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -5981,51 +6306,51 @@
     <w:rsid w:val="00F15785"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F15785"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scav@etat.ge.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -6294,74 +6619,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD8AB27-3EF9-403F-A2C3-1A1E58E236D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1573</Characters>
+  <Words>308</Words>
+  <Characters>1694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Name und Adresse des Gesuchsstellers</vt:lpstr>
       <vt:lpstr>Name und Adresse des Gesuchsstellers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1855</CharactersWithSpaces>
+  <CharactersWithSpaces>1999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Name und Adresse des Gesuchsstellers</dc:title>
   <dc:creator>sa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>