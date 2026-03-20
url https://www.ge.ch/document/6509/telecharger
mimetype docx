--- v0 (2025-10-10)
+++ v1 (2026-03-20)
@@ -1,116 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6502E2B8" w14:textId="4C2F8C0D" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="6502E2B8" w14:textId="4C2F8C0D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC08F4D" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3AC08F4D" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08464A61" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="08464A61" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BA010B5" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="0BA010B5" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16AD9C57" w14:textId="06AF16A6" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="16AD9C57" w14:textId="06AF16A6" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D4BA5F4" wp14:editId="22C01663">
                 <wp:extent cx="5904230" cy="1355090"/>
                 <wp:effectExtent l="9525" t="9525" r="10795" b="6985"/>
                 <wp:docPr id="23" name="Text Box 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5904230" cy="1355090"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
@@ -216,112 +213,118 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black"/>
                                 <w:sz w:val="36"/>
                               </w:rPr>
                               <w:t>DE</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black"/>
                                 <w:spacing w:val="-4"/>
                                 <w:sz w:val="36"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black"/>
                                 <w:sz w:val="36"/>
                               </w:rPr>
                               <w:t>GENEVE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="32246ECF" w14:textId="51FD083F" w:rsidR="000851F7" w:rsidRDefault="000851F7">
+                          <w:p w14:paraId="32246ECF" w14:textId="47B5FC7E" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                             <w:pPr>
                               <w:pStyle w:val="Corpsdetexte"/>
                               <w:spacing w:before="3"/>
                               <w:ind w:left="1587" w:right="1587"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Approuvé</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>par</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">le Service cantonal des seniors et de la proche aidance (SeSPA) </w:t>
                             </w:r>
                             <w:r w:rsidRPr="002B542F">
                               <w:t xml:space="preserve">le </w:t>
                             </w:r>
-                            <w:r w:rsidR="004014D4">
+                            <w:r w:rsidR="00A06FEA">
                               <w:t>1</w:t>
                             </w:r>
-                            <w:r w:rsidR="004014D4" w:rsidRPr="005D5B55">
+                            <w:r w:rsidR="00A06FEA" w:rsidRPr="00FA0BC7">
                               <w:rPr>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>er</w:t>
                             </w:r>
-                            <w:r w:rsidR="004014D4">
-                              <w:t xml:space="preserve"> avril 2025</w:t>
+                            <w:r w:rsidR="00A06FEA">
+                              <w:t xml:space="preserve"> avril</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FA0BC7">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00107806">
+                              <w:t>2026</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1D4BA5F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 15" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:464.9pt;height:106.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCG6pw+LwIAAFwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fSTAQCUiVB2006Su&#10;m9TuBxyOQ6w5Ps82JOzX7+wArbrtZRpI1tm++/zdd3dZXvetZgfpvEJT8vEo50wagZUyu5J/e7p7&#10;d8WZD2Aq0GhkyY/S8+vV2zfLzhZygg3qSjpGIMYXnS15E4ItssyLRrbgR2ilocsaXQuBtm6XVQ46&#10;Qm91Nsnzedahq6xDIb2n081wyVcJv66lCF/q2svAdMmJW0irS+s2rtlqCcXOgW2UONGAf2DRgjL0&#10;6AVqAwHY3qnfoFolHHqsw0hgm2FdKyFTDpTNOH+VzWMDVqZcSBxvLzL5/wcrHg5fHVNVySdTzgy0&#10;VKMn2Qf2AXs2nkV9OusLcnu05Bh6Oqc6p1y9vUfx3TOD6wbMTt44h10joSJ+4xiZvQgdcHwE2Xaf&#10;saJ3YB8wAfW1a6N4JAcjdKrT8VKbyEXQ4WyRv59M6UrQ3Xg6m+WLVL0MinO4dT58lNiyaJTcUfET&#10;PBzufYh0oDi7xNc8alXdKa3Txu22a+3YAahRbvP4Txm8ctOGdSWf54v5oMBfIfL0+xNEpLAB3wxP&#10;JRLRDYpWBRoFrdqSX12ioYiC3poquQRQerApF21OCkdRB3lDv+3JMcq+xepIWjscWp5GlIwG3U/O&#10;Omr3kvsfe3CSM/3JUL3ibJwNdza2ZwOMoNCSB84Gcx2GGdpbp3YNIQ8dYfCGalqrpPYzixNPauFU&#10;hNO4xRl5uU9ezx+F1S8AAAD//wMAUEsDBBQABgAIAAAAIQD7syB72gAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3TSR0sZMShA8CUKr6HWbHZOQ7GzIbtvUX+/oRS8Dj/d4&#10;871iO7tBnWgKnWeE5SIBRVx723GD8Pb6dLcGFaJhawbPhHChANvy+qowufVn3tFpHxslJRxyg9DG&#10;OOZah7olZ8LCj8TiffrJmShyarSdzFnK3aDTJFlpZzqWD60Z6bGlut8fHYLvX6rVWrMEqvrrPXvO&#10;+t3lA/H2Zq4eQEWa418YfvAFHUphOvgj26AGBBkSf694m3QjMw4I6TK7B10W+j99+Q0AAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCG6pw+LwIAAFwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7syB72gAAAAUBAAAPAAAAAAAAAAAAAAAAAIkEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" fillcolor="#e0e0e0" strokeweight=".48pt">
+              <v:shape id="Text Box 15" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:464.9pt;height:106.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLUfs2GgIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0k7Wq1R02m0G0Ia&#10;A2nwAy6O01g4PmO7Tcqv5+y0HRrwgkgk6+w7f7777rvVzdBpdpDOKzQln05yzqQRWCuzK/nXL/dv&#10;rjnzAUwNGo0s+VF6frN+/WrV20LOsEVdS8cIxPiityVvQ7BFlnnRyg78BK005GzQdRBo63ZZ7aAn&#10;9E5nszxfZD262joU0ns63Y5Ovk74TSNF+NQ0XgamS065hbS6tFZxzdYrKHYObKvEKQ34hyw6UIYe&#10;vUBtIQDbO/UbVKeEQ49NmAjsMmwaJWSqgaqZ5i+qeWrBylQLkePthSb//2DF4+HJfnYsDO9woAam&#10;Irx9QPHNM4ObFsxO3jqHfSuhpoenkbKst744XY1U+8JHkKr/iDU1GfYBE9DQuC6yQnUyQqcGHC+k&#10;yyEwQYfzZf52dkUuQb7p1XyeL1NbMijO163z4b3EjkWj5I66muDh8OBDTAeKc0h8zaNW9b3SOm3c&#10;rtpoxw5ACrjL458qeBGmDetLvsiXi5GBv0Lk6fsTRExhC74dn0pJjPLqVCCNa9WV/PpyG4pI6J2p&#10;kwIDKD3aVIs2J4YjqSO9YagGCoxMV1gfiWuHo5Zp9sho0f3grCcdl9x/34OTnOkPhvoVRX823Nmo&#10;zgYYQVdLHjgbzU0Yh2Nvndq1hDwqwuAt9bRRie3nLE55kjZTE05zFMX/6z5FPU/7+icAAAD//wMA&#10;UEsDBBQABgAIAAAAIQD7syB72gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3TSR0sZMShA8CUKr6HWbHZOQ7GzIbtvUX+/oRS8Dj/d4871iO7tBnWgKnWeE5SIBRVx723GD&#10;8Pb6dLcGFaJhawbPhHChANvy+qowufVn3tFpHxslJRxyg9DGOOZah7olZ8LCj8TiffrJmShyarSd&#10;zFnK3aDTJFlpZzqWD60Z6bGlut8fHYLvX6rVWrMEqvrrPXvO+t3lA/H2Zq4eQEWa418YfvAFHUph&#10;Ovgj26AGBBkSf694m3QjMw4I6TK7B10W+j99+Q0AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCLUfs2GgIAADUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7syB72gAAAAUBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="#e0e0e0" strokeweight=".48pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="1CDBAA64" w14:textId="77777777" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                       <w:pPr>
                         <w:spacing w:before="343" w:line="295" w:lineRule="auto"/>
                         <w:ind w:left="1262" w:right="1157" w:firstLine="669"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t>CONTRAT-TYPE D'ACCUEIL</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:spacing w:val="1"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
@@ -387,1546 +390,1895 @@
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t>DE</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:spacing w:val="-4"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black"/>
                           <w:sz w:val="36"/>
                         </w:rPr>
                         <w:t>GENEVE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="32246ECF" w14:textId="51FD083F" w:rsidR="000851F7" w:rsidRDefault="000851F7">
+                    <w:p w14:paraId="32246ECF" w14:textId="47B5FC7E" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                       <w:pPr>
                         <w:pStyle w:val="Corpsdetexte"/>
                         <w:spacing w:before="3"/>
                         <w:ind w:left="1587" w:right="1587"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Approuvé</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>par</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">le Service cantonal des seniors et de la proche aidance (SeSPA) </w:t>
                       </w:r>
                       <w:r w:rsidRPr="002B542F">
                         <w:t xml:space="preserve">le </w:t>
                       </w:r>
-                      <w:r w:rsidR="004014D4">
+                      <w:r w:rsidR="00A06FEA">
                         <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="004014D4" w:rsidRPr="005D5B55">
+                      <w:r w:rsidR="00A06FEA" w:rsidRPr="00FA0BC7">
                         <w:rPr>
                           <w:vertAlign w:val="superscript"/>
                         </w:rPr>
                         <w:t>er</w:t>
                       </w:r>
-                      <w:r w:rsidR="004014D4">
-                        <w:t xml:space="preserve"> avril 2025</w:t>
+                      <w:r w:rsidR="00A06FEA">
+                        <w:t xml:space="preserve"> avril</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FA0BC7">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00107806">
+                        <w:t>2026</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D536C01" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="1D536C01" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24633742" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="24633742" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D4BB11A" w14:textId="2AC18E38" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0D4BB11A" w14:textId="2AC18E38" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:ind w:left="238"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Afin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>alourdir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>texte,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>termes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>employés</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pour</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>désigner</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>personnes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sont</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pris</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>au</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sens</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>générique</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ils</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ont</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la fois valeur</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d’un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>féminin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>et d’un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>masculin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD5E8EB" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="2BD5E8EB" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48555B3C" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
-[...19 lines deleted...]
-    <w:p w14:paraId="626BA152" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="626BA152" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56189F21" w14:textId="70AE1A5A" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1B755221" w14:textId="0DA5FEBB" w:rsidR="00107806" w:rsidRDefault="00107806" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Il</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>onformément</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>loi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>genevoise</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sur</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>santé,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>choix</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l'établissement médico-social (EMS) doit correspondre à la volonté </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> résid</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2284F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>les soins</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requis par </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l'état de santé du résid</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nt doivent correspondre à la mission de l'établissement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A3E056" w14:textId="77777777" w:rsidR="00107806" w:rsidRDefault="00107806" w:rsidP="00107806">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="238" w:right="229"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="256C9772" w14:textId="51FE43E1" w:rsidR="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="238" w:right="229"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Le résid</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a droit aux soins </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>qu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B976A4" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>exige son état de santé dans le respect de sa dignité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276EC6A9" w14:textId="77777777" w:rsidR="00107806" w:rsidRDefault="00107806" w:rsidP="00107806">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="238" w:right="229"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56189F21" w14:textId="2C7F6C4F" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="238" w:right="229"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Il est tenu, ainsi que ses proches,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B976A4" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">observer le règlement interne et </w:t>
+      </w:r>
+      <w:r w:rsidR="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>manifester du respect envers le</w:t>
+      </w:r>
+      <w:r w:rsidR="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnel de l’EMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>et les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...134 lines deleted...]
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>autres</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>résid</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96647" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099D94C0" w14:textId="68F01072" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="099D94C0" w14:textId="173CEFB2" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
-        <w:spacing w:before="119" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="119"/>
         <w:ind w:left="238" w:right="227"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Les autres</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>droits et obligations des contractants sont</w:t>
       </w:r>
-      <w:r w:rsidR="00E96647">
-        <w:rPr>
+      <w:r w:rsidR="00E96647" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>définis par le présent contrat,</w:t>
       </w:r>
-      <w:r w:rsidR="0004296B">
-[...8 lines deleted...]
-      <w:r w:rsidR="0089571E">
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la loi fédérale sur l’assurance-maladie du 18 mars 1994</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2670C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(LAMal-RS 832.10), l’ord</w:t>
+      </w:r>
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>onnance sur l’assurance-maladie</w:t>
       </w:r>
-      <w:r w:rsidR="0004296B">
-[...5 lines deleted...]
-      <w:r w:rsidR="0004296B">
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du 27</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2284F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>juin 1995</w:t>
+      </w:r>
+      <w:r w:rsidR="00153CA9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>(OAMal-RS 832.102),</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="0089571E">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la loi sur la gestion des étab</w:t>
+      </w:r>
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>lissements pour personnes âgées</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2284F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>décembre 2009 (LGEPA - J 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>20),</w:t>
       </w:r>
-      <w:r w:rsidR="00D975AE">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D975AE" w:rsidRPr="00A963FA">
+      <w:r w:rsidR="00D975AE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C32" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="00D975AE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00D975AE" w:rsidRPr="00A963FA">
+        <w:r w:rsidR="00D975AE" w:rsidRPr="00107806">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
-            <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="337AB7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Règlement d'application de la loi sur la gestion des établissements pour personnes âgées</w:t>
         </w:r>
-        <w:r w:rsidR="002B5143" w:rsidRPr="00E33BFE">
+        <w:r w:rsidR="002B5143" w:rsidRPr="00107806">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
-            <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="337AB7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve"> du 16 mars 2010</w:t>
         </w:r>
-        <w:r w:rsidR="00D975AE" w:rsidRPr="00A963FA">
+        <w:r w:rsidR="00D975AE" w:rsidRPr="00107806">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
-            <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="337AB7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve"> (RGEPA - J 7 20.01</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002B5143" w:rsidRPr="00A963FA">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002B5143" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">la loi sur la </w:t>
       </w:r>
-      <w:r w:rsidR="0089571E">
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>santé</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> du 7 avril 2006 (LS - K 1 03), le droit de la protection de l'adulte (réglé</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>aux</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>articles</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>360 et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>suivants</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du Code civil suisse -</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CCS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la charte éthique de la fédération</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>genevoise</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>des EMS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>(FEGEMS)</w:t>
       </w:r>
-      <w:r w:rsidR="00D27A9B">
+      <w:r w:rsidR="00D27A9B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00D975AE" w:rsidRPr="00A963FA">
+      <w:r w:rsidR="00D975AE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de l’Association genevoise des EMS (AGEMS)</w:t>
       </w:r>
-      <w:r w:rsidR="00D27A9B" w:rsidRPr="00E33BFE">
+      <w:r w:rsidR="00D27A9B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et des établissements médico-sociaux de droit public</w:t>
       </w:r>
-      <w:r w:rsidR="0089571E">
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (EPA)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D604278" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="7D604278" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E8FAC01" w14:textId="548DABD1" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="0E8FAC01" w14:textId="548DABD1" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="6"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C664C0" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="38C664C0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>présent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contrat</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>conclu</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>entre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E13F10B" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="2E13F10B" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E12FDED" w14:textId="268D3DE3" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="4E12FDED" w14:textId="78884D8D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A963FA">
+      <w:r w:rsidRPr="00107806">
         <w:t>L'établissement</w:t>
       </w:r>
-      <w:r w:rsidR="002B5143" w:rsidRPr="00A963FA">
+      <w:r w:rsidR="002B5143" w:rsidRPr="00107806">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
         <w:t xml:space="preserve">figurant sur </w:t>
       </w:r>
-      <w:r w:rsidR="000C6C32">
+      <w:r w:rsidR="000C6C32" w:rsidRPr="00107806">
         <w:t xml:space="preserve">la liste </w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
         <w:t xml:space="preserve">des EMS </w:t>
       </w:r>
-      <w:r w:rsidR="002B5143" w:rsidRPr="00A963FA">
+      <w:r w:rsidR="002B5143" w:rsidRPr="00107806">
         <w:t>reconnu</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="002B5143" w:rsidRPr="00A963FA">
-[...8 lines deleted...]
-      <w:r w:rsidR="00E33BFE">
+      <w:r w:rsidR="00107806">
+        <w:t xml:space="preserve"> par arrêté du </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C32" w:rsidRPr="00107806">
+        <w:t>Conseil d'Etat</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCAA2A1" w14:textId="77777777" w:rsidR="007B4644" w:rsidRDefault="007B4644">
+    <w:p w14:paraId="7CCAA2A1" w14:textId="77777777" w:rsidR="007B4644" w:rsidRPr="00107806" w:rsidRDefault="007B4644" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49A43926" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="49A43926" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C314EA8" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="3C314EA8" w14:textId="6FE7F885" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="255"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>....................................................................................................................................................................</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ci-après l’établissement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA3536E" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="4AA3536E" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76C478FA" w14:textId="4264AA8E" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="76C478FA" w14:textId="4264AA8E" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>et</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="009C1E3C">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>nt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A61FCBD" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="6A61FCBD" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C29CA7B" w14:textId="494F189B" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="4C29CA7B" w14:textId="494F189B" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Nom</w:t>
       </w:r>
-      <w:r w:rsidR="00170024">
-        <w:rPr>
+      <w:r w:rsidR="00170024" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="94"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidR="00B976A4">
-        <w:rPr>
+      <w:r w:rsidR="00B976A4" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A49B921" w14:textId="231457DB" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="7A49B921" w14:textId="231457DB" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Prénom</w:t>
       </w:r>
-      <w:r w:rsidR="00170024">
-        <w:rPr>
+      <w:r w:rsidR="00170024" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="95"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>.......................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79502F21" w14:textId="5E7B3098" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="79502F21" w14:textId="5E7B3098" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="121"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>naissance</w:t>
       </w:r>
-      <w:r w:rsidR="00170024">
-        <w:rPr>
+      <w:r w:rsidR="00170024" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>......................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142D06D8" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00180917">
+    <w:p w14:paraId="142D06D8" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00180917" w:rsidRPr="00107806">
           <w:headerReference w:type="even" r:id="rId14"/>
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="even" r:id="rId16"/>
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1260" w:right="1180" w:bottom="280" w:left="1180" w:header="724" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E6C37B4" w14:textId="4339945D" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1E6C37B4" w14:textId="4339945D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="82"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:lastRenderedPageBreak/>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>est</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>accueilli</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>dans</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>une</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>chambre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A1C6D0" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="38A1C6D0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3154EBE9" w14:textId="7AFEEC9D" w:rsidR="00180917" w:rsidRDefault="002E0DEF">
+    <w:p w14:paraId="3154EBE9" w14:textId="7AFEEC9D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="002E0DEF" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="528E144F" wp14:editId="56FE53F0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="528E144F" wp14:editId="56FE53F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2781300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>240030</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -1948,66 +2300,67 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="253F8508" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:219pt;margin-top:18.9pt;width:9.25pt;height:9.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjA61UfgIAABQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6p45Tt0mNOkURJ8OA&#10;/RTr9gCMJMfCZEmTlDjdsHcfJSdZul6GYT7IlEiR/MiPur3bd4rshPPS6IrmF2NKhGaGS72p6JfP&#10;q9GMEh9Ac1BGi4o+CU/v5q9f3fa2FBPTGsWFI+hE+7K3FW1DsGWWedaKDvyFsUKjsjGug4Bbt8m4&#10;gx69dyqbjMfXWW8ct84w4T2e1oOSzpP/phEsfGwaLwJRFcXcQlpdWtdxzea3UG4c2FayQxrwD1l0&#10;IDUGPbmqIQDZOvnCVSeZM9404YKZLjNNI5lIGBBNPv4DzWMLViQsWBxvT2Xy/88t+7B7cETyik4o&#10;0dBhiz5h0UBvlCD5ZaxPb32JZo/2wUWE3r4z7Ksn2ixaNBP3zpm+FcAxqzzaZ88uxI3Hq2Tdvzcc&#10;3cM2mFSqfeO66BCLQPapI0+njoh9IAwP83xaTK8oYag6yDEClMfL1vnwRpiORKGiDnNPzmH3zofB&#10;9GgSY2mzkkrhOZRKk76iN3lRpAveKMmjMmF0m/VCObKDSJv0JWSI/twseq7Bt4NdUg2E6mRAVivZ&#10;VXR2ug1lrNJS8xQ+gFSDjGiUjlERNCZ9kAb2/LgZ3yxny1kxKibXy1ExruvR/WpRjK5X+fSqvqwX&#10;izr/GQHkRdlKzoWOGI5Mzou/Y8phpgYOnrj8DKs/L8kqfS9Lkj1PI3UKUR3/CV2iR2TEwKy14U/I&#10;DmeG0cSnBIXWuO+U9DiWFfXftuAEJeqtRobFfsU5TpviajrBjTvXrM81oBm6qmigZBAXYZj9rXVy&#10;02KkPDVfm3tkZSMTYyJjh6wOXMbRSwgOz0Sc7fN9svr9mM1/AQAA//8DAFBLAwQUAAYACAAAACEA&#10;6C5Iad4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgDeVClcSpUwaYr&#10;CFnQnRMPcYQfUeym4e8ZVrAczdW951T71Rq24BxG7wTcbxJg6HqvRjcIaN9f7rbAQpROSeMdCvjG&#10;APv6+qqSpfIX94ZLEwdGJS6UUoCOcSo5D71GK8PGT+jo9+lnKyOd88DVLC9Ubg1/SJKCWzk6WtBy&#10;woPG/qs5WwGn9djKY/I6Zl3/UTwfmkQvphXi9mZ92gGLuMa/MPziEzrUxNT5s1OBGQFZuiWXKCB9&#10;JAUKZHmRA+sE5EUKvK74f4P6BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMDrVR+AgAA&#10;FAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOguSGne&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="739767DC" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:219pt;margin-top:18.9pt;width:9.25pt;height:9.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjA61UfgIAABQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6p45Tt0mNOkURJ8OA&#10;/RTr9gCMJMfCZEmTlDjdsHcfJSdZul6GYT7IlEiR/MiPur3bd4rshPPS6IrmF2NKhGaGS72p6JfP&#10;q9GMEh9Ac1BGi4o+CU/v5q9f3fa2FBPTGsWFI+hE+7K3FW1DsGWWedaKDvyFsUKjsjGug4Bbt8m4&#10;gx69dyqbjMfXWW8ct84w4T2e1oOSzpP/phEsfGwaLwJRFcXcQlpdWtdxzea3UG4c2FayQxrwD1l0&#10;IDUGPbmqIQDZOvnCVSeZM9404YKZLjNNI5lIGBBNPv4DzWMLViQsWBxvT2Xy/88t+7B7cETyik4o&#10;0dBhiz5h0UBvlCD5ZaxPb32JZo/2wUWE3r4z7Ksn2ixaNBP3zpm+FcAxqzzaZ88uxI3Hq2Tdvzcc&#10;3cM2mFSqfeO66BCLQPapI0+njoh9IAwP83xaTK8oYag6yDEClMfL1vnwRpiORKGiDnNPzmH3zofB&#10;9GgSY2mzkkrhOZRKk76iN3lRpAveKMmjMmF0m/VCObKDSJv0JWSI/twseq7Bt4NdUg2E6mRAVivZ&#10;VXR2ug1lrNJS8xQ+gFSDjGiUjlERNCZ9kAb2/LgZ3yxny1kxKibXy1ExruvR/WpRjK5X+fSqvqwX&#10;izr/GQHkRdlKzoWOGI5Mzou/Y8phpgYOnrj8DKs/L8kqfS9Lkj1PI3UKUR3/CV2iR2TEwKy14U/I&#10;DmeG0cSnBIXWuO+U9DiWFfXftuAEJeqtRobFfsU5TpviajrBjTvXrM81oBm6qmigZBAXYZj9rXVy&#10;02KkPDVfm3tkZSMTYyJjh6wOXMbRSwgOz0Sc7fN9svr9mM1/AQAA//8DAFBLAwQUAAYACAAAACEA&#10;6C5Iad4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KgDeVClcSpUwaYr&#10;CFnQnRMPcYQfUeym4e8ZVrAczdW951T71Rq24BxG7wTcbxJg6HqvRjcIaN9f7rbAQpROSeMdCvjG&#10;APv6+qqSpfIX94ZLEwdGJS6UUoCOcSo5D71GK8PGT+jo9+lnKyOd88DVLC9Ubg1/SJKCWzk6WtBy&#10;woPG/qs5WwGn9djKY/I6Zl3/UTwfmkQvphXi9mZ92gGLuMa/MPziEzrUxNT5s1OBGQFZuiWXKCB9&#10;JAUKZHmRA+sE5EUKvK74f4P6BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOMDrVR+AgAA&#10;FAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOguSGne&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="446661FA" wp14:editId="7A3CDFE3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="446661FA" wp14:editId="7A3CDFE3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="22" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2029,123 +2382,145 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6A28E0AA" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRIBe/fgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+79KUbO2ipdPUtAhp&#10;wMTgB7i201g4PmO7TQfiv3N22tKxF4TIg3P2ne/uu/vON7f7TpOddF6BqWh+MaZEGg5CmU1Fv3xe&#10;jWaU+MCMYBqMrOiT9PR2/vrVTW9LOYEWtJCOoBPjy95WtA3BllnmeSs75i/ASoPKBlzHAm7dJhOO&#10;9ei909lkPL7KenDCOuDSezytByWdJ/9NI3n42DReBqIrirmFtLq0ruOazW9YuXHMtoof0mD/kEXH&#10;lMGgJ1c1C4xsnXrhqlPcgYcmXHDoMmgaxWXCgGjy8R9oHltmZcKCxfH2VCb//9zyD7sHR5So6GRC&#10;iWEd9ugTVo2ZjZYkL2KBeutLtHu0Dy5C9PYe+FdPDCxaNJN3zkHfSiYwrTzaZ88uxI3Hq2TdvweB&#10;7tk2QKrVvnFddIhVIPvUkqdTS+Q+EI6HeT4tppeUcFQd5BiBlcfL1vnwVkJHolBRh7kn52x378Ng&#10;ejSJsQyslNZ4zkptSF/R67wo0gUPWomoTBjdZr3QjuxY5E36EjJEf24WPdfMt4NdUg2M6lRAWmvV&#10;VXR2us3KWKWlESl8YEoPMqLRJkZF0Jj0QRro8+N6fL2cLWfFqJhcLUfFuK5Hd6tFMbpa5dPL+k29&#10;WNT5zwggL8pWCSFNxHCkcl78HVUOQzWQ8ETmZ1j9eUlW6XtZkux5GqlTiOr4T+gSPSIjBmatQTwh&#10;OxwMs4lvCQotuO+U9DiXFfXftsxJSvQ7gwyL/YqDnDbF5XSCG3euWZ9rmOHoqqKBkkFchGH4t9ap&#10;TYuR8tR8A3fIykYlxkTGDlkduIyzlxAc3ok43Of7ZPX7NZv/AgAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBRIBe/fgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="5AE14FF5" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRIBe/fgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+79KUbO2ipdPUtAhp&#10;wMTgB7i201g4PmO7TQfiv3N22tKxF4TIg3P2ne/uu/vON7f7TpOddF6BqWh+MaZEGg5CmU1Fv3xe&#10;jWaU+MCMYBqMrOiT9PR2/vrVTW9LOYEWtJCOoBPjy95WtA3BllnmeSs75i/ASoPKBlzHAm7dJhOO&#10;9ei909lkPL7KenDCOuDSezytByWdJ/9NI3n42DReBqIrirmFtLq0ruOazW9YuXHMtoof0mD/kEXH&#10;lMGgJ1c1C4xsnXrhqlPcgYcmXHDoMmgaxWXCgGjy8R9oHltmZcKCxfH2VCb//9zyD7sHR5So6GRC&#10;iWEd9ugTVo2ZjZYkL2KBeutLtHu0Dy5C9PYe+FdPDCxaNJN3zkHfSiYwrTzaZ88uxI3Hq2TdvweB&#10;7tk2QKrVvnFddIhVIPvUkqdTS+Q+EI6HeT4tppeUcFQd5BiBlcfL1vnwVkJHolBRh7kn52x378Ng&#10;ejSJsQyslNZ4zkptSF/R67wo0gUPWomoTBjdZr3QjuxY5E36EjJEf24WPdfMt4NdUg2M6lRAWmvV&#10;VXR2us3KWKWlESl8YEoPMqLRJkZF0Jj0QRro8+N6fL2cLWfFqJhcLUfFuK5Hd6tFMbpa5dPL+k29&#10;WNT5zwggL8pWCSFNxHCkcl78HVUOQzWQ8ETmZ1j9eUlW6XtZkux5GqlTiOr4T+gSPSIjBmatQTwh&#10;OxwMs4lvCQotuO+U9DiXFfXftsxJSvQ7gwyL/YqDnDbF5XSCG3euWZ9rmOHoqqKBkkFchGH4t9ap&#10;TYuR8tR8A3fIykYlxkTGDlkduIyzlxAc3ok43Of7ZPX7NZv/AgAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBRIBe/fgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>chambre</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>simple</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EB1506" w14:textId="199BEDC6" w:rsidR="00180917" w:rsidRPr="0064216B" w:rsidRDefault="002E0DEF" w:rsidP="0064216B">
+    <w:p w14:paraId="21EB1506" w14:textId="199BEDC6" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="002E0DEF" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>unité protégée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529256AE" w14:textId="6DB1DC18" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="529256AE" w14:textId="6DB1DC18" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26C99F58" wp14:editId="0C660576">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26C99F58" wp14:editId="0C660576">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="21" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2167,175 +2542,194 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7B25F335" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/JDEAfgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4Tx1Sp0msOlUUJ9Ok&#10;bqvW7QcQwDEaBgYkTlftv+/ASZauL9M0P+CDO+7uu/uO27tDq9BeOC+NLjG5GmIkNDNc6m2Jv35Z&#10;D6YY+UA1p8poUeIn4fHd/O2b284WYmQao7hwCJxoX3S2xE0ItsgyzxrRUn9lrNCgrI1raYCt22bc&#10;0Q68tyobDYc3WWcct84w4T2cVr0Sz5P/uhYsfKprLwJSJYbcQlpdWjdxzea3tNg6ahvJjmnQf8ii&#10;pVJD0LOrigaKdk6+ctVK5ow3dbhips1MXUsmEgZAQ4Z/oHlsqBUJCxTH23OZ/P9zyz7uHxySvMQj&#10;gpGmLfToM1SN6q0SiFzHAnXWF2D3aB9chOjtvWHfPNJm2YCZWDhnukZQDmmRaJ+9uBA3Hq6iTffB&#10;cHBPd8GkWh1q10aHUAV0SC15OrdEHAJicEjIJJ+MMWKgOsoxAi1Ol63z4Z0wLYpCiR3knpzT/b0P&#10;venJJMbSZi2VgnNaKI26Es9InqcL3ijJozJhdNvNUjm0p5E36UvIAP2lWfRcUd/0dknVM6qVAWit&#10;ZFvi6fk2LWKVVpqn8IFK1cuARukYFUBD0kepp8/zbDhbTVfTfJCPblaDfFhVg8V6mQ9u1mQyrq6r&#10;5bIiPyMAkheN5FzoiOFEZZL/HVWOQ9WT8EzmF1j9ZUnW6XtdkuxlGqlTgOr0T+gSPSIjemZtDH8C&#10;djjTzya8JSA0xv3AqIO5LLH/vqNOYKTea2BY7Fcc5LTJx5MRbNylZnOpoZqBqxIHjHpxGfrh31kn&#10;tw1EIqn52iyAlbVMjImM7bM6chlmLyE4vhNxuC/3yer3azb/BQAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/JDEAfgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="61C8A645" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/JDEAfgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4Tx1Sp0msOlUUJ9Ok&#10;bqvW7QcQwDEaBgYkTlftv+/ASZauL9M0P+CDO+7uu/uO27tDq9BeOC+NLjG5GmIkNDNc6m2Jv35Z&#10;D6YY+UA1p8poUeIn4fHd/O2b284WYmQao7hwCJxoX3S2xE0ItsgyzxrRUn9lrNCgrI1raYCt22bc&#10;0Q68tyobDYc3WWcct84w4T2cVr0Sz5P/uhYsfKprLwJSJYbcQlpdWjdxzea3tNg6ahvJjmnQf8ii&#10;pVJD0LOrigaKdk6+ctVK5ow3dbhips1MXUsmEgZAQ4Z/oHlsqBUJCxTH23OZ/P9zyz7uHxySvMQj&#10;gpGmLfToM1SN6q0SiFzHAnXWF2D3aB9chOjtvWHfPNJm2YCZWDhnukZQDmmRaJ+9uBA3Hq6iTffB&#10;cHBPd8GkWh1q10aHUAV0SC15OrdEHAJicEjIJJ+MMWKgOsoxAi1Ol63z4Z0wLYpCiR3knpzT/b0P&#10;venJJMbSZi2VgnNaKI26Es9InqcL3ijJozJhdNvNUjm0p5E36UvIAP2lWfRcUd/0dknVM6qVAWit&#10;ZFvi6fk2LWKVVpqn8IFK1cuARukYFUBD0kepp8/zbDhbTVfTfJCPblaDfFhVg8V6mQ9u1mQyrq6r&#10;5bIiPyMAkheN5FzoiOFEZZL/HVWOQ9WT8EzmF1j9ZUnW6XtdkuxlGqlTgOr0T+gSPSIjemZtDH8C&#10;djjTzya8JSA0xv3AqIO5LLH/vqNOYKTea2BY7Fcc5LTJx5MRbNylZnOpoZqBqxIHjHpxGfrh31kn&#10;tw1EIqn52iyAlbVMjImM7bM6chlmLyE4vhNxuC/3yer3azb/BQAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/JDEAfgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>chambre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>double</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53142056" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="53142056" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="462955E3" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="462955E3" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Dès</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>le..........................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD0CCB7" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3AD0CCB7" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="774A6DDB" w14:textId="09693B5E" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="774A6DDB" w14:textId="09693B5E" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Dans</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>l'exécution</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>du</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>présent</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>contrat,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0834E328" w14:textId="15AAECD1" w:rsidR="00736D1C" w:rsidRDefault="00736D1C">
+    <w:p w14:paraId="0834E328" w14:textId="15AAECD1" w:rsidR="00736D1C" w:rsidRPr="00107806" w:rsidRDefault="00736D1C" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E656A34" w14:textId="5C6F2AD2" w:rsidR="00185CFD" w:rsidRDefault="0087268B">
+    <w:p w14:paraId="0E656A34" w14:textId="2BD90575" w:rsidR="00185CFD" w:rsidRPr="00107806" w:rsidRDefault="0087268B" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9AF13D" wp14:editId="40EC47B9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C9AF13D" wp14:editId="40EC47B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>5610860</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>21590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2357,66 +2751,66 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5459A7E2" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:441.8pt;margin-top:1.7pt;width:9.25pt;height:9.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnX3jofQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2WUY&#10;KdLAjD5B14jaSY7SNDSoNS4Hv2fzZANEZx41/eqQ0qsa3PjSWt3WnDAoK/ondweC4uAo2rbvNYPw&#10;ZO917NWxsk0ICF1AxziS03Uk/OgRhZ9pOskmI4womM4yVJSQ/HLYWOffct2gIBTYQu0xODk8Ot+5&#10;XlxCLqU3Qso4dalQW+BZmmXxgNNSsGCMGO1uu5IWHUjgTXxCJyDvnVuIXBJXd37R1DGqER5oLUVT&#10;4On1NMlDl9aKxfSeCNnJEFWqkBVAQ9FnqaPPj9lgtp6up1kvG47XvWxQlr3lZpX1xpt0MirflKtV&#10;mf4MANIsrwVjXAUMFyqn2d9R5bxUHQmvZL7D6m5bsonPy5Yk92XEjgGqyzeii/QIjOiYtdXsBOyw&#10;uttNuEtAqLX9jlELe1lg921PLMdIvlPAsDCvsMhRyUaTISj21rK9tRBFIVSBPUaduPLd8u+NFbsa&#10;MqVx+EovgZWViIwJjO2qgrqDArsXEZzvibDct3r0+n2bLX4BAAD//wMAUEsDBBQABgAIAAAAIQBe&#10;dGR53QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqJ20itIQp0IVLJ0g&#10;zQCbEz/iiPg5it00/HvMBOPpTnfflYfVjmzB2Q+OJCQbAQypc3qgXkJzfnnIgfmgSKvREUr4Rg+H&#10;6vamVIV2V3rDpQ49iyXkCyXBhDAVnPvOoFV+4yak6H262aoQ5dxzPatrLLcjT4XIuFUDxQWjJjwa&#10;7L7qi5XwsZ4adRKvw67t3rPnYy3MMjZS3t+tT4/AAq7hLwy/+BEdqsjUugtpz0YJeb7NYlTCdgcs&#10;+nuRJsBaCWmyB16V/P+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBnX3jofQIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBedGR53QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="6FBA63F5" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:441.8pt;margin-top:1.7pt;width:9.25pt;height:9.25pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnX3jofQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2WUY&#10;KdLAjD5B14jaSY7SNDSoNS4Hv2fzZANEZx41/eqQ0qsa3PjSWt3WnDAoK/ondweC4uAo2rbvNYPw&#10;ZO917NWxsk0ICF1AxziS03Uk/OgRhZ9pOskmI4womM4yVJSQ/HLYWOffct2gIBTYQu0xODk8Ot+5&#10;XlxCLqU3Qso4dalQW+BZmmXxgNNSsGCMGO1uu5IWHUjgTXxCJyDvnVuIXBJXd37R1DGqER5oLUVT&#10;4On1NMlDl9aKxfSeCNnJEFWqkBVAQ9FnqaPPj9lgtp6up1kvG47XvWxQlr3lZpX1xpt0MirflKtV&#10;mf4MANIsrwVjXAUMFyqn2d9R5bxUHQmvZL7D6m5bsonPy5Yk92XEjgGqyzeii/QIjOiYtdXsBOyw&#10;uttNuEtAqLX9jlELe1lg921PLMdIvlPAsDCvsMhRyUaTISj21rK9tRBFIVSBPUaduPLd8u+NFbsa&#10;MqVx+EovgZWViIwJjO2qgrqDArsXEZzvibDct3r0+n2bLX4BAAD//wMAUEsDBBQABgAIAAAAIQBe&#10;dGR53QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqJ20itIQp0IVLJ0g&#10;zQCbEz/iiPg5it00/HvMBOPpTnfflYfVjmzB2Q+OJCQbAQypc3qgXkJzfnnIgfmgSKvREUr4Rg+H&#10;6vamVIV2V3rDpQ49iyXkCyXBhDAVnPvOoFV+4yak6H262aoQ5dxzPatrLLcjT4XIuFUDxQWjJjwa&#10;7L7qi5XwsZ4adRKvw67t3rPnYy3MMjZS3t+tT4/AAq7hLwy/+BEdqsjUugtpz0YJeb7NYlTCdgcs&#10;+nuRJsBaCWmyB16V/P+B6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBnX3jofQIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBedGR53QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="582D3E67" wp14:editId="43886577">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="582D3E67" wp14:editId="43886577">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>6429375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>24130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2438,131 +2832,127 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="06DF4FDA" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:506.25pt;margin-top:1.9pt;width:9.25pt;height:9.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1xwnKfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwQr8DDD&#10;SJEGZvQJukbUTnKUpqFBrXE5+D2bJxsgOvOo6VeHlF7V4MaX1uq25oRBWdE/uTsQFAdH0bZ9rxmE&#10;J3uvY6+OlW1CQOgCOsaRnK4j4UePKPxM00k2GWFEwXSWoaKE5JfDxjr/lusGBaHAFmqPwcnh0fnO&#10;9eIScim9EVLGqUuF2gLP0iyLB5yWggVjxGh325W06EACb+ITOgF579xC5JK4uvOLpo5RjfBAayma&#10;Ak+vp0keurRWLKb3RMhOhqhShawAGoo+Sx19fswGs/V0Pc162XC87mWDsuwtN6usN96kk1H5plyt&#10;yvRnAJBmeS0Y4ypguFA5zf6OKuel6kh4JfMdVnfbkk18XrYkuS8jdgxQXb4RXaRHYETHrK1mJ2CH&#10;1d1uwl0CQq3td4xa2MsCu297YjlG8p0ChoV5hUWOSjaaDEGxt5btrYUoCqEK7DHqxJXvln9vrNjV&#10;kCmNw1d6CaysRGRMYGxXFdQdFNi9iOB8T4TlvtWj1+/bbPELAAD//wMAUEsDBBQABgAIAAAAIQD9&#10;TtfJ3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJ0EKhTiVKiCTVeQ&#10;ZgG7SWziCD+i2E3D3zNdwfJqru6cU+1WZ9mi5zgGLyHbCGDa90GNfpDQHl/vHoHFhF6hDV5L+NER&#10;dvX1VYWlCmf/rpcmDYxGfCxRgklpKjmPvdEO4yZM2tPtK8wOE8V54GrGM407y3Mhttzh6OmDwUnv&#10;je6/m5OT8LkeWjyIt/G+6z+2L/tGmMW2Ut7erM9PwJJe018ZLviEDjUxdeHkVWSWssjyB+pKKEjh&#10;UhBFRnadhDwvgNcV/69Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1xwnKfQIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD9TtfJ3QAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="256B85AE" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:506.25pt;margin-top:1.9pt;width:9.25pt;height:9.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1xwnKfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwQr8DDD&#10;SJEGZvQJukbUTnKUpqFBrXE5+D2bJxsgOvOo6VeHlF7V4MaX1uq25oRBWdE/uTsQFAdH0bZ9rxmE&#10;J3uvY6+OlW1CQOgCOsaRnK4j4UePKPxM00k2GWFEwXSWoaKE5JfDxjr/lusGBaHAFmqPwcnh0fnO&#10;9eIScim9EVLGqUuF2gLP0iyLB5yWggVjxGh325W06EACb+ITOgF579xC5JK4uvOLpo5RjfBAayma&#10;Ak+vp0keurRWLKb3RMhOhqhShawAGoo+Sx19fswGs/V0Pc162XC87mWDsuwtN6usN96kk1H5plyt&#10;yvRnAJBmeS0Y4ypguFA5zf6OKuel6kh4JfMdVnfbkk18XrYkuS8jdgxQXb4RXaRHYETHrK1mJ2CH&#10;1d1uwl0CQq3td4xa2MsCu297YjlG8p0ChoV5hUWOSjaaDEGxt5btrYUoCqEK7DHqxJXvln9vrNjV&#10;kCmNw1d6CaysRGRMYGxXFdQdFNi9iOB8T4TlvtWj1+/bbPELAAD//wMAUEsDBBQABgAIAAAAIQD9&#10;TtfJ3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqJ0EKhTiVKiCTVeQ&#10;ZgG7SWziCD+i2E3D3zNdwfJqru6cU+1WZ9mi5zgGLyHbCGDa90GNfpDQHl/vHoHFhF6hDV5L+NER&#10;dvX1VYWlCmf/rpcmDYxGfCxRgklpKjmPvdEO4yZM2tPtK8wOE8V54GrGM407y3Mhttzh6OmDwUnv&#10;je6/m5OT8LkeWjyIt/G+6z+2L/tGmMW2Ut7erM9PwJJe018ZLviEDjUxdeHkVWSWssjyB+pKKEjh&#10;UhBFRnadhDwvgNcV/69Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1xwnKfQIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD9TtfJ3QAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAANcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="000C6C32">
+      <w:r w:rsidR="007F3B20">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:t xml:space="preserve">e résident </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C32" w:rsidRPr="00107806">
         <w:t>est</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t xml:space="preserve"> en mesure de gérer lui-même sa situation financière </w:t>
       </w:r>
-      <w:r w:rsidR="00696716">
+      <w:r w:rsidR="00696716" w:rsidRPr="00107806">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F6DB8">
+      <w:r w:rsidR="008F6DB8" w:rsidRPr="00107806">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">oui       </w:t>
       </w:r>
-      <w:r w:rsidR="00696716">
+      <w:r w:rsidR="00696716" w:rsidRPr="00107806">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidR="008F6DB8">
+      <w:r w:rsidR="008F6DB8" w:rsidRPr="00107806">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="167008F3" w14:textId="77777777" w:rsidR="0013197B" w:rsidRDefault="0013197B">
+    <w:p w14:paraId="167008F3" w14:textId="77777777" w:rsidR="0013197B" w:rsidRPr="00107806" w:rsidRDefault="0013197B" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="238" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D65618B" w14:textId="302C0653" w:rsidR="00180917" w:rsidRDefault="00180917">
-[...10 lines deleted...]
-    <w:p w14:paraId="355BFC6B" w14:textId="631FA73D" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="355BFC6B" w14:textId="631FA73D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF2BF8C" wp14:editId="62A9573A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FF2BF8C" wp14:editId="62A9573A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Rectangle 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2584,133 +2974,169 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0E118CD2" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6zzG3fgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+79KUbO2ipdPUtAhp&#10;wMTgB7i201g4PmO7TQfiv3N22tKxF4TIg3P2ne/uu/vON7f7TpOddF6BqWh+MaZEGg5CmU1Fv3xe&#10;jWaU+MCMYBqMrOiT9PR2/vrVTW9LOYEWtJCOoBPjy95WtA3BllnmeSs75i/ASoPKBlzHAm7dJhOO&#10;9ei909lkPL7KenDCOuDSezytByWdJ/9NI3n42DReBqIrirmFtLq0ruOazW9YuXHMtoof0mD/kEXH&#10;lMGgJ1c1C4xsnXrhqlPcgYcmXHDoMmgaxWXCgGjy8R9oHltmZcKCxfH2VCb//9zyD7sHR5So6ATL&#10;Y1iHPfqEVWNmoyXJJ7FAvfUl2j3aBxchensP/KsnBhYtmsk756BvJROYVh7ts2cX4sbjVbLu34NA&#10;92wbINVq37guOsQqkH1qydOpJXIfCMfDPJ8W00tKOKoOcozAyuNl63x4K6EjUaiow9yTc7a792Ew&#10;PZrEWAZWSms8Z6U2pK/odV4U6YIHrURUJoxus15oR3Ys8iZ9CRmiPzeLnmvm28EuqQZGdSogrbXq&#10;Kjo73WZlrNLSiBQ+MKUHGdFoE6MiaEz6IA30+XE9vl7OlrNiVEyulqNiXNeju9WiGF2t8ull/aZe&#10;LOr8ZwSQF2WrhJAmYjhSOS/+jiqHoRpIeCLzM6z+vCSr9L0sSfY8jdQpRHX8J3SJHpERA7PWIJ6Q&#10;HQ6G2cS3BIUW3HdKepzLivpvW+YkJfqdQYbFfsVBTpvichpp684163MNMxxdVTRQMoiLMAz/1jq1&#10;aTFSnppv4A5Z2ajEmMjYIasDl3H2EoLDOxGH+3yfrH6/ZvNfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6zzG3fgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="782961D3" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6zzG3fgIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+79KUbO2ipdPUtAhp&#10;wMTgB7i201g4PmO7TQfiv3N22tKxF4TIg3P2ne/uu/vON7f7TpOddF6BqWh+MaZEGg5CmU1Fv3xe&#10;jWaU+MCMYBqMrOiT9PR2/vrVTW9LOYEWtJCOoBPjy95WtA3BllnmeSs75i/ASoPKBlzHAm7dJhOO&#10;9ei909lkPL7KenDCOuDSezytByWdJ/9NI3n42DReBqIrirmFtLq0ruOazW9YuXHMtoof0mD/kEXH&#10;lMGgJ1c1C4xsnXrhqlPcgYcmXHDoMmgaxWXCgGjy8R9oHltmZcKCxfH2VCb//9zyD7sHR5So6ATL&#10;Y1iHPfqEVWNmoyXJJ7FAvfUl2j3aBxchensP/KsnBhYtmsk756BvJROYVh7ts2cX4sbjVbLu34NA&#10;92wbINVq37guOsQqkH1qydOpJXIfCMfDPJ8W00tKOKoOcozAyuNl63x4K6EjUaiow9yTc7a792Ew&#10;PZrEWAZWSms8Z6U2pK/odV4U6YIHrURUJoxus15oR3Ys8iZ9CRmiPzeLnmvm28EuqQZGdSogrbXq&#10;Kjo73WZlrNLSiBQ+MKUHGdFoE6MiaEz6IA30+XE9vl7OlrNiVEyulqNiXNeju9WiGF2t8ull/aZe&#10;LOr8ZwSQF2WrhJAmYjhSOS/+jiqHoRpIeCLzM6z+vCSr9L0sSfY8jdQpRHX8J3SJHpERA7PWIJ6Q&#10;HQ6G2cS3BIUW3HdKepzLivpvW+YkJfqdQYbFfsVBTpvichpp684163MNMxxdVTRQMoiLMAz/1jq1&#10;aTFSnppv4A5Z2ajEmMjYIasDl3H2EoLDOxGH+3yfrH6/ZvNfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;V2DSM9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdEiIU4lSogktP&#10;Jc0Bbk5s4gh7HcVuGv6+2xPcZrSj2TfldvGOzWaKQ0AJ65UAZrALesBeQnN8f3gGFpNCrVxAI+HX&#10;RNhWtzelKnQ444eZ69QzKsFYKAk2pbHgPHbWeBVXYTRIt+8weZXITj3XkzpTuXd8I0TOvRqQPlg1&#10;mp013U998hK+ln2j9uIwZG33mb/tamFn10h5f7e8vgBLZkl/YbjiEzpUxNSGE+rIHPksoy2JxPoJ&#10;2DWQb0i0Eh6FAF6V/P+C6gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6zzG3fgIAABUF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBXYNIz3AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="004440C5">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="004440C5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>n'entend</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pas</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>être</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>représenté</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EF7681" w14:textId="60734B08" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="24EF7681" w14:textId="60734B08" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="9"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11A20058" w14:textId="60BB1068" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="11A20058" w14:textId="2A80D603" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EAB29C3" wp14:editId="15843379">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EAB29C3" wp14:editId="15843379">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2732,124 +3158,153 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0FF4E981" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTk2ZlfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2c0w&#10;UqSBGX2CrhG1kxylaWhQa1wOfs/myQaIzjxq+tUhpVc1uPGltbqtOWFQVvRP7g4ExcFRtG3fawbh&#10;yd7r2KtjZZsQELqAjnEkp+tI+NEjCj/TdJJNRhhRMJ1lqCgh+eWwsc6/5bpBQSiwhdpjcHJ4dL5z&#10;vbiEXEpvhJRx6lKhtsCzNMviAaelYMEYMdrddiUtOpDAm/iETkDeO7cQuSSu7vyiqWNUIzzQWoqm&#10;wNPraZKHLq0Vi+k9EbKTIapUISuAhqLPUkefH7PBbD1dT7NeNhyve9mgLHvLzSrrjTfpZFS+KVer&#10;Mv0ZAKRZXgvGuAoYLlROs7+jynmpOhJeyXyH1d22ZBOfly1J7suIHQNUl29EF+kRGNExa6vZCdhh&#10;dbebcJeAUGv7HaMW9rLA7tueWI6RfKeAYWFeYZGjko0mQ1DsrWV7ayGKQqgCe4w6ceW75d8bK3Y1&#10;ZErj8JVeAisrERkTGNtVBXUHBXYvIjjfE2G5b/Xo9fs2W/wCAAD//wMAUEsDBBQABgAIAAAAIQBX&#10;YNIz3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0SIhTiVKiCS08l&#10;zQFuTmziCHsdxW4a/r7bE9xmtKPZN+V28Y7NZopDQAnrlQBmsAt6wF5Cc3x/eAYWk0KtXEAj4ddE&#10;2Fa3N6UqdDjjh5nr1DMqwVgoCTalseA8dtZ4FVdhNEi37zB5lchOPdeTOlO5d3wjRM69GpA+WDWa&#10;nTXdT33yEr6WfaP24jBkbfeZv+1qYWfXSHl/t7y+AEtmSX9huOITOlTE1IYT6sgc+SyjLYnE+gnY&#10;NZBvSLQSHoUAXpX8/4LqAgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFOTZmV9AgAAFQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFdg0jPcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="483EA24B" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTk2ZlfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2c0w&#10;UqSBGX2CrhG1kxylaWhQa1wOfs/myQaIzjxq+tUhpVc1uPGltbqtOWFQVvRP7g4ExcFRtG3fawbh&#10;yd7r2KtjZZsQELqAjnEkp+tI+NEjCj/TdJJNRhhRMJ1lqCgh+eWwsc6/5bpBQSiwhdpjcHJ4dL5z&#10;vbiEXEpvhJRx6lKhtsCzNMviAaelYMEYMdrddiUtOpDAm/iETkDeO7cQuSSu7vyiqWNUIzzQWoqm&#10;wNPraZKHLq0Vi+k9EbKTIapUISuAhqLPUkefH7PBbD1dT7NeNhyve9mgLHvLzSrrjTfpZFS+KVer&#10;Mv0ZAKRZXgvGuAoYLlROs7+jynmpOhJeyXyH1d22ZBOfly1J7suIHQNUl29EF+kRGNExa6vZCdhh&#10;dbebcJeAUGv7HaMW9rLA7tueWI6RfKeAYWFeYZGjko0mQ1DsrWV7ayGKQqgCe4w6ceW75d8bK3Y1&#10;ZErj8JVeAisrERkTGNtVBXUHBXYvIjjfE2G5b/Xo9fs2W/wCAAD//wMAUEsDBBQABgAIAAAAIQBX&#10;YNIz3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0SIhTiVKiCS08l&#10;zQFuTmziCHsdxW4a/r7bE9xmtKPZN+V28Y7NZopDQAnrlQBmsAt6wF5Cc3x/eAYWk0KtXEAj4ddE&#10;2Fa3N6UqdDjjh5nr1DMqwVgoCTalseA8dtZ4FVdhNEi37zB5lchOPdeTOlO5d3wjRM69GpA+WDWa&#10;nTXdT33yEr6WfaP24jBkbfeZv+1qYWfXSHl/t7y+AEtmSX9huOITOlTE1IYT6sgc+SyjLYnE+gnY&#10;NZBvSLQSHoUAXpX8/4LqAgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFOTZmV9AgAAFQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFdg0jPcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="009C1E3C">
+      <w:r w:rsidR="009C1E3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>représenté</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r w:rsidR="00FC25E2">
-[...3 lines deleted...]
-        <w:t>garant de la bonne exécution du contrat (ci-après représentant) (obligatoire) – annexe 1</w:t>
+      <w:r w:rsidR="00FC25E2" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un représentant garant de la bonne exécution du contrat (ci-après représentant) (obligatoire) – annexe 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300D404C" w14:textId="46EBB22A" w:rsidR="00FC25E2" w:rsidRDefault="00FC25E2" w:rsidP="00FC25E2">
+    <w:p w14:paraId="300D404C" w14:textId="46EBB22A" w:rsidR="00FC25E2" w:rsidRPr="00107806" w:rsidRDefault="00FC25E2" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07687728" wp14:editId="0BB775E9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07687728" wp14:editId="0BB775E9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>914400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>73025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="117475" cy="117475"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="117475" cy="117475"/>
                         </a:xfrm>
@@ -2871,12093 +3326,14274 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6AAE4F22" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQx77kfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2UF7&#10;FGlgRp+ga0TtJEdpGhrUGpeD37N5sgGiM4+afnVI6VUNbnxprW5rThiUFf2TuwNBcXAUbdv3mkF4&#10;svc69upY2SYEhC6gYxzJ6ToSfvSIws80nWSTEUYUTGcZKkpIfjlsrPNvuW5QEApsofYYnBwene9c&#10;Ly4hl9IbIWWculSoLfAszbJ4wGkpWDBGjHa3XUmLDiTwJj6hE5D3zi1ELomrO79o6hjVCA+0lqIp&#10;8PR6muShS2vFYnpPhOxkiCpVyAqgoeiz1NHnx2wwW0/X06yXDcfrXjYoy95ys8p64006GZVvytWq&#10;TH8GAGmW14IxrgKGC5XT7O+ocl6qjoRXMt9hdbct2cTnZUuS+zJixwDV5RvRRXoERnTM2mp2AnZY&#10;3e0m3CUg1Np+x6iFvSyw+7YnlmMk3ylgWJhXWOSoZKPJEBR7a9neWoiiEKrAHqNOXPlu+ffGil0N&#10;mdI4fKWXwMpKRMYExnZVQd1Bgd2LCM73RFjuWz16/b7NFr8AAAD//wMAUEsDBBQABgAIAAAAIQBX&#10;YNIz3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0SIhTiVKiCS08l&#10;zQFuTmziCHsdxW4a/r7bE9xmtKPZN+V28Y7NZopDQAnrlQBmsAt6wF5Cc3x/eAYWk0KtXEAj4ddE&#10;2Fa3N6UqdDjjh5nr1DMqwVgoCTalseA8dtZ4FVdhNEi37zB5lchOPdeTOlO5d3wjRM69GpA+WDWa&#10;nTXdT33yEr6WfaP24jBkbfeZv+1qYWfXSHl/t7y+AEtmSX9huOITOlTE1IYT6sgc+SyjLYnE+gnY&#10;NZBvSLQSHoUAXpX8/4LqAgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABDHvuR9AgAAFQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFdg0jPcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokeweight=".72pt">
+              <v:rect w14:anchorId="1874D986" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:5.75pt;width:9.25pt;height:9.25pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQx77kfQIAABUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u0zAMvkfiHaLcb11H91etO5rWDSEd&#10;4IgDD5Al6RqRJiHJ1g3Eu+Ok29g4NwjRi9auHduf/Tnzh2Mj0YFbJ7QqcNofYMQV1UyoXYG/fN70&#10;phg5TxQjUite4BN3+GHx+tW8NTkf6lpLxi2CIMrlrSlw7b3Jk8TRmjfE9bXhCoyVtg3xoNpdwixp&#10;IXojk+FgME5abZmxmnLn4G/ZGfEixq8qTv3HqnLcI1lgqM3Ht43vbXgniznJd5aYWtBzGeQfqmiI&#10;UJD0GqoknqC9FS9CNYJa7XTl+1Q3ia4qQXnEAGjSwR9onmtieMQCzXHm2ib3/8LSD4cniwSD2UF7&#10;FGlgRp+ga0TtJEdpGhrUGpeD37N5sgGiM4+afnVI6VUNbnxprW5rThiUFf2TuwNBcXAUbdv3mkF4&#10;svc69upY2SYEhC6gYxzJ6ToSfvSIws80nWSTEUYUTGcZKkpIfjlsrPNvuW5QEApsofYYnBwene9c&#10;Ly4hl9IbIWWculSoLfAszbJ4wGkpWDBGjHa3XUmLDiTwJj6hE5D3zi1ELomrO79o6hjVCA+0lqIp&#10;8PR6muShS2vFYnpPhOxkiCpVyAqgoeiz1NHnx2wwW0/X06yXDcfrXjYoy95ys8p64006GZVvytWq&#10;TH8GAGmW14IxrgKGC5XT7O+ocl6qjoRXMt9hdbct2cTnZUuS+zJixwDV5RvRRXoERnTM2mp2AnZY&#10;3e0m3CUg1Np+x6iFvSyw+7YnlmMk3ylgWJhXWOSoZKPJEBR7a9neWoiiEKrAHqNOXPlu+ffGil0N&#10;mdI4fKWXwMpKRMYExnZVQd1Bgd2LCM73RFjuWz16/b7NFr8AAAD//wMAUEsDBBQABgAIAAAAIQBX&#10;YNIz3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN0SIhTiVKiCS08l&#10;zQFuTmziCHsdxW4a/r7bE9xmtKPZN+V28Y7NZopDQAnrlQBmsAt6wF5Cc3x/eAYWk0KtXEAj4ddE&#10;2Fa3N6UqdDjjh5nr1DMqwVgoCTalseA8dtZ4FVdhNEi37zB5lchOPdeTOlO5d3wjRM69GpA+WDWa&#10;nTXdT33yEr6WfaP24jBkbfeZv+1qYWfXSHl/t7y+AEtmSX9huOITOlTE1IYT6sgc+SyjLYnE+gnY&#10;NZBvSLQSHoUAXpX8/4LqAgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABDHvuR9AgAAFQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFdg0jPcAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokeweight=".72pt">
                 <w10:wrap anchorx="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résident</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>représenté</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>thérapeutique (document annexé)</w:t>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>par un représentant thérapeutique (document annexé)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03714432" w14:textId="77777777" w:rsidR="00FC25E2" w:rsidRDefault="00FC25E2">
+    <w:p w14:paraId="03714432" w14:textId="77777777" w:rsidR="00FC25E2" w:rsidRPr="00107806" w:rsidRDefault="00FC25E2" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="93"/>
         <w:ind w:left="718"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EF3DC68" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
-[...7 lines deleted...]
-    <w:p w14:paraId="4AF2DA40" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917" w:rsidP="00F96CDB">
+    <w:p w14:paraId="4AF2DA40" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="9"/>
         <w:ind w:right="-666"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61ABAFD3" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00AA5F2C" w:rsidRDefault="00A57603" w:rsidP="00AA5F2C">
+    <w:p w14:paraId="61ABAFD3" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AA5F2C">
+      <w:r w:rsidRPr="00107806">
         <w:t>1.   CONDITIONS FINANCIERES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1285250C" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="1285250C" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="4"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18EAE659" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00514FD7">
+    <w:p w14:paraId="18EAE659" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1" w:after="120"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>L'accueil</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>EMS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>financé</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0693A586" w14:textId="7592AE0F" w:rsidR="00180917" w:rsidRPr="0064216B" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
+    <w:p w14:paraId="0693A586" w14:textId="60BF7E82" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00964687" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:ind w:right="42" w:hanging="425"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e prix de pension journalier facturé au résid</w:t>
+      </w:r>
+      <w:r w:rsidR="0020403C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nt par l'établissement. Il est </w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fixé par le département chargé </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>des établissements médico-sociaux</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>comprend</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>essentiellement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prestations</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>socio-hôtelières</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00497B16">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00497B16" w:rsidRPr="00497B16">
-[...15 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>hébergement, buanderie, nettoyage, restauration, animation et administration).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6941BA34" w14:textId="6244CA14" w:rsidR="00180917" w:rsidRDefault="00BE53A4" w:rsidP="00EF768B">
+    <w:p w14:paraId="6941BA34" w14:textId="4FF5C7CE" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00BE53A4" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="7241"/>
         </w:tabs>
         <w:spacing w:before="61"/>
-        <w:ind w:left="663"/>
+        <w:ind w:left="663" w:right="42"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>A l’admission, l</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>journalier</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>charge</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-[...14 lines deleted...]
-      <w:r w:rsidR="0089571E">
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>…....</w:t>
       </w:r>
-      <w:r w:rsidR="00F46C69">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E33BFE">
+      <w:r w:rsidR="00F46C69" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>francs</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>peut être</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sujet à variations selon décision de l’autorité</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cantonale</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19914365" w14:textId="51EDDEE4" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
+    <w:p w14:paraId="19914365" w14:textId="51EDDEE4" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="118" w:after="120"/>
-        <w:ind w:right="184" w:hanging="425"/>
+        <w:ind w:right="42" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
-        <w:rPr>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidR="009A5E88">
-        <w:rPr>
+      <w:r w:rsidR="009A5E88" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">coût des </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>soins</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
-        <w:rPr>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
-      <w:r w:rsidR="000F7AF0">
-        <w:rPr>
+      <w:r w:rsidR="000F7AF0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
-        <w:rPr>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r w:rsidR="009A5E88">
-        <w:rPr>
+      <w:r w:rsidR="009A5E88" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">couvert par </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67417C38" w14:textId="245DCD04" w:rsidR="00180917" w:rsidRPr="0064216B" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
+    <w:p w14:paraId="67417C38" w14:textId="3D5C0424" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
           <w:tab w:val="left" w:pos="1232"/>
         </w:tabs>
-        <w:ind w:right="176"/>
+        <w:ind w:right="42"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'assureur-maladie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>qui</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>verse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC38EB">
-        <w:rPr>
+      <w:r w:rsidR="00EC38EB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00A14E5B" w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00A14E5B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> forfait jo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>urnali</w:t>
       </w:r>
-      <w:r w:rsidR="00A14E5B" w:rsidRPr="00155848">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00A14E5B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>er (art</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0C4B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A14E5B" w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00A14E5B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7a</w:t>
       </w:r>
-      <w:r w:rsidR="0004296B" w:rsidRPr="0004296B">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OPAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14E5B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00624828">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>selon</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>catégorie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>besoin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="18"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>soins</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>laquelle</w:t>
       </w:r>
-      <w:r w:rsidR="0020403C">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="0020403C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A14E5B" w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00A14E5B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00EC38EB" w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidR="00EC38EB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>trouve</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00E33BFE">
-        <w:rPr>
+      <w:r w:rsidR="00E33BFE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00475DDF">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="008144A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614E2BC2" w14:textId="7C14CE49" w:rsidR="009159D2" w:rsidRDefault="009159D2" w:rsidP="00EF768B">
+    <w:p w14:paraId="7E1E2A3D" w14:textId="2D652329" w:rsidR="00F80ABE" w:rsidRPr="00107806" w:rsidRDefault="00F80ABE" w:rsidP="00964687">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="947"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:right="42" w:hanging="310"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la contribution personnelle journalière du résident </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>aux coûts des soins</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conformément à l’arrêté du Conseil d’Etat en vigueur (art. 25a, al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 LAMal). Cette contribution </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">peut être </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>prise en charge par le Service des Prestations Complémentaires (SPC) pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-53"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00964687">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-53"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>bénéficiaires de prestations complémentaires,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68AE0E1D" w14:textId="7931F832" w:rsidR="00F80ABE" w:rsidRPr="00107806" w:rsidRDefault="00F80ABE" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
         </w:tabs>
         <w:spacing w:before="119"/>
-        <w:ind w:right="178" w:hanging="310"/>
+        <w:ind w:right="42" w:hanging="310"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>le résident, dans le cas où les moyens et appareils auxiliaires LiMA hors catégorie A ne sont remboursés ni par l’assurance-maladie, ni par le canton au titre du financement résiduel</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...58 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0325F319" w14:textId="22DAA3F1" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
-[...256 lines deleted...]
-    <w:p w14:paraId="421EEB52" w14:textId="1B5A7FA7" w:rsidR="00F90C6C" w:rsidRPr="00A963FA" w:rsidRDefault="00F90C6C" w:rsidP="00EF768B">
+    <w:p w14:paraId="614E2BC2" w14:textId="7D10F66C" w:rsidR="009159D2" w:rsidRPr="00107806" w:rsidRDefault="009159D2" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="947"/>
         </w:tabs>
         <w:spacing w:before="119"/>
-        <w:ind w:right="178" w:hanging="310"/>
+        <w:ind w:right="42" w:hanging="310"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>le canton pour le financement résiduel de</w:t>
+      </w:r>
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soins de longue</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3513">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>art. 25a, al. 5 LAMal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262E411E" w14:textId="426A887C" w:rsidR="007178FD" w:rsidRPr="006760AB" w:rsidRDefault="007178FD" w:rsidP="007178FD">
+    <w:p w14:paraId="262E411E" w14:textId="426A887C" w:rsidR="007178FD" w:rsidRPr="00107806" w:rsidRDefault="007178FD" w:rsidP="00964687">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1758"/>
           <w:tab w:val="left" w:pos="1759"/>
         </w:tabs>
         <w:spacing w:before="40"/>
-        <w:rPr>
+        <w:ind w:right="42"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05563DDF" w14:textId="77777777" w:rsidR="00F0757B" w:rsidRDefault="00F0757B" w:rsidP="00F0757B">
-[...13 lines deleted...]
-    <w:p w14:paraId="61EBCB04" w14:textId="7B53E3B9" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="61EBCB04" w14:textId="378A3861" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00964687">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="122"/>
-        <w:ind w:left="238"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="238" w:right="42"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>modifications</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tarifaires</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sont</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>communiquées</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>écrit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>au</w:t>
       </w:r>
-      <w:r w:rsidR="000A465F">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A465F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="000A465F">
+      <w:r w:rsidR="000A465F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAF48AD" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24468542" w14:textId="77777777" w:rsidR="008144A2" w:rsidRDefault="008144A2" w:rsidP="00107806">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="17"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00180917">
-[...8 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11840AF0" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0CCA4DF8" w14:textId="77777777" w:rsidR="008144A2" w:rsidRDefault="008144A2" w:rsidP="00107806">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11840AF0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="82"/>
         <w:ind w:left="238" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00107806">
         <w:t>1.1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Prix</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>pension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A456DB" w14:textId="63A6A3D3" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00514FD7">
+    <w:p w14:paraId="11A456DB" w14:textId="63A6A3D3" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123" w:after="120"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C3869">
-        <w:rPr>
+      <w:r w:rsidR="007C3869" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">journalier </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>charge</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00AA05CD">
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>comprend</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>notamment</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prestations</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>suivantes</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A4D5D7" w14:textId="648B2FDC" w:rsidR="00180917" w:rsidRPr="0068524B" w:rsidRDefault="00A57603" w:rsidP="0068524B">
+    <w:p w14:paraId="68A4D5D7" w14:textId="648B2FDC" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
+        <w:spacing w:after="40"/>
         <w:ind w:left="665"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>mise</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>disposition</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'entretien</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00AA05CD">
-        <w:rPr>
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e la chambre </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>susmentionné</w:t>
       </w:r>
-      <w:r w:rsidR="00AA05CD">
-        <w:rPr>
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(charges</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>comprises),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AC817C" w14:textId="09259597" w:rsidR="00180917" w:rsidRPr="0068524B" w:rsidRDefault="00A57603" w:rsidP="0068524B">
+    <w:p w14:paraId="16AC817C" w14:textId="1B7B403A" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:ind w:right="179" w:hanging="425"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>une alimentation adaptée à l'état de santé, soit trois repas principaux</w:t>
       </w:r>
-      <w:r w:rsidR="00322E40">
-        <w:rPr>
+      <w:r w:rsidR="00322E40" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et deux collations</w:t>
       </w:r>
-      <w:r w:rsidR="00322E40">
-        <w:rPr>
+      <w:r w:rsidR="00F80ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par jour</w:t>
+      </w:r>
+      <w:r w:rsidR="00322E40" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(boissons comprises),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F0267E" w14:textId="699340B8" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="72F0267E" w14:textId="699340B8" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:spacing w:before="58"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="58" w:after="40"/>
+        <w:ind w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'entretien</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>courant</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>linge</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>maison</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vêtements</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>personnels</w:t>
       </w:r>
-      <w:r w:rsidR="0071271B">
-        <w:rPr>
+      <w:r w:rsidR="0071271B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hors nettoyage à sec)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>y compris</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>lors</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d'une</w:t>
       </w:r>
-      <w:r w:rsidR="001C4F3D">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="001C4F3D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00241743">
-        <w:rPr>
+      <w:r w:rsidR="00241743" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>hospitalisation,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0201B5AD" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0201B5AD" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:after="40"/>
         <w:ind w:left="665"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>activités</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d'animation,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A351BE" w14:textId="12054F13" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="16A351BE" w14:textId="12054F13" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:spacing w:before="57"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="57" w:after="40"/>
+        <w:ind w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'utilisation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0071271B">
-        <w:rPr>
+      <w:r w:rsidR="0071271B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">et l’entretien </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>locaux</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>communs,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128399BB" w14:textId="55DC331D" w:rsidR="00180917" w:rsidRPr="00A963FA" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="128399BB" w14:textId="55DC331D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:spacing w:before="120"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:ind w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>appui</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>administratif</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(art.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>let</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>LGEPA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>art.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A963FA">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>RGEPA)</w:t>
       </w:r>
-      <w:r w:rsidR="00D419BF">
-        <w:rPr>
+      <w:r w:rsidR="00D419BF" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28EDD48E" w14:textId="27B5B6C7" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="28EDD48E" w14:textId="27B5B6C7" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B8FBDC2" w14:textId="30823CBA" w:rsidR="00180917" w:rsidRDefault="00ED45EA" w:rsidP="00C50D6F">
+    <w:p w14:paraId="6B8FBDC2" w14:textId="30823CBA" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00ED45EA" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="284"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">L’annexe </w:t>
       </w:r>
-      <w:r w:rsidR="001575C5">
+      <w:r w:rsidR="001575C5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> fixe les prestations et services qui ne sont </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pas</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>compris</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C50D6F">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C50D6F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sont à la charge du résident</w:t>
       </w:r>
-      <w:r w:rsidR="00C50D6F">
+      <w:r w:rsidR="00C50D6F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046FB769" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="046FB769" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38CE096B" w14:textId="70AF1F28" w:rsidR="002C3330" w:rsidRDefault="002C3330" w:rsidP="002C3330">
+    <w:p w14:paraId="38CE096B" w14:textId="70AF1F28" w:rsidR="002C3330" w:rsidRPr="00107806" w:rsidRDefault="002C3330" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="85"/>
         <w:ind w:left="238" w:right="228"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1.2</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>acturation</w:t>
+        <w:t>Facturation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E488A77" w14:textId="7F090B69" w:rsidR="00180917" w:rsidRPr="0054545A" w:rsidRDefault="00693BB9" w:rsidP="00514FD7">
+    <w:p w14:paraId="10074F23" w14:textId="11CC8A84" w:rsidR="00F80ABE" w:rsidRPr="00107806" w:rsidRDefault="00693BB9" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
-        <w:spacing w:before="122"/>
+        <w:spacing w:before="122" w:after="120"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0054545A">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>La facture</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="0054545A">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0054545A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">mensuelle </w:t>
       </w:r>
-      <w:r w:rsidR="00AA05CD" w:rsidRPr="0054545A">
-        <w:rPr>
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">détaillée </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>charge</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00096B57">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603" w:rsidRPr="00C21C15">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00497B16" w:rsidRPr="00C21C15">
-        <w:rPr>
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">est </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t xml:space="preserve">st </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>payable</w:t>
+      </w:r>
+      <w:r w:rsidR="0068524B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>payable</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> selon les modalités de l’EMS</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0461" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elle </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>compren</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00624591" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF4CE39" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="665"/>
+          <w:tab w:val="left" w:pos="666"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>montant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pension,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF4CE39" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00556876" w:rsidRDefault="00A57603" w:rsidP="00AF713D">
+    <w:p w14:paraId="5D983620" w14:textId="33D3ABE1" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00624591" w:rsidP="006431EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="665"/>
+          <w:tab w:val="left" w:pos="666"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a contribution perso</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nelle </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aux</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>soins,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BE7B78" w14:textId="6412E0B9" w:rsidR="00AA05CD" w:rsidRPr="00107806" w:rsidRDefault="00D419BF" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="665"/>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:hanging="425"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2C60">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>le</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-4"/>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0461" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>es dépenses personnelles au sein de l’EMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC32CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>montant</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:t xml:space="preserve">, objet de l’annexe </w:t>
+      </w:r>
+      <w:r w:rsidR="00992418" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>du</w:t>
-[...44 lines deleted...]
-        <w:t>pension,</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D983620" w14:textId="33D3ABE1" w:rsidR="00180917" w:rsidRPr="00556876" w:rsidRDefault="00624591" w:rsidP="00AF713D">
-[...152 lines deleted...]
-    <w:p w14:paraId="3871D126" w14:textId="1E0AAFB4" w:rsidR="00497B16" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="3871D126" w14:textId="50433292" w:rsidR="00497B16" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
-        <w:ind w:left="238" w:right="229"/>
+        <w:ind w:left="238"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00E462B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt ou son</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00EC38EB" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="00EC38EB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">s'engage à payer </w:t>
       </w:r>
-      <w:r w:rsidR="00497B16" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">la facture mensuelle de </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">l'établissement </w:t>
       </w:r>
-      <w:r w:rsidR="00ED3362" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00ED3362" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">sous 30 jours </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>et à</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">affecter les prestations des assurances sociales au </w:t>
       </w:r>
-      <w:r w:rsidR="00497B16" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00497B16" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">règlement </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidR="0047251C">
+      <w:r w:rsidR="0047251C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ladite facture</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318A2166" w14:textId="4B1D1071" w:rsidR="002B3FFC" w:rsidRPr="003C7387" w:rsidRDefault="0054545A" w:rsidP="006A2C60">
+    <w:p w14:paraId="318A2166" w14:textId="7643A511" w:rsidR="002B3FFC" w:rsidRPr="00107806" w:rsidRDefault="0054545A" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
-        <w:ind w:left="238" w:right="229"/>
+        <w:ind w:left="238"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00745195" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00745195" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>n vertu de l’art</w:t>
       </w:r>
-      <w:r w:rsidR="00D419BF">
+      <w:r w:rsidR="00D419BF" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00745195" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00745195" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 42 </w:t>
       </w:r>
-      <w:r w:rsidR="0004296B" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>al.3</w:t>
       </w:r>
-      <w:r w:rsidR="00745195" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00745195" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
-      <w:r w:rsidR="00AA05CD" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00AA05CD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>AM</w:t>
       </w:r>
-      <w:r w:rsidR="00745195" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00745195" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">al, une copie des factures </w:t>
       </w:r>
-      <w:r w:rsidR="00562AE9" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00562AE9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>relatives aux coûts des soins</w:t>
       </w:r>
-      <w:r w:rsidR="00745195" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00745195" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> seront envoyées chaque mois</w:t>
       </w:r>
-      <w:r w:rsidR="0047251C">
+      <w:r w:rsidR="0047251C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> au résident ou à son représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00D419BF">
+      <w:r w:rsidR="00D419BF" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BBA0A29" w14:textId="2605CBB0" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00475DDF">
+    <w:p w14:paraId="79DB07A6" w14:textId="7CD2BE73" w:rsidR="00D46861" w:rsidRDefault="00A57603" w:rsidP="006431EC">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="238"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96647" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5B31" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>résid</w:t>
+      </w:r>
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nt répond du paiement du prix de pension établi selon les tarifs en vigueur sur ses biens, en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>conformité à la loi fédérale sur la poursuite pour dette</w:t>
+      </w:r>
+      <w:r w:rsidR="0089571E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et la faillite (LP). Les factures échues établies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>base</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>présent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>contrat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>valent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reconnaissance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dette</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>au</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l'article 82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>LP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBA0A29" w14:textId="6661165F" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00693BB9" w:rsidP="006431EC">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="238"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Des frais peuvent être facturés, en plus des intérêts de retard (5%), à partir du 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>ème</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rappel </w:t>
+      </w:r>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aux conditions précisées à l’article 106 de la </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7691F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>loi</w:t>
+      </w:r>
+      <w:r w:rsidR="0004296B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fédérale complétant le Code civil</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7691F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suisse, du 30 mars 1911</w:t>
+      </w:r>
+      <w:r w:rsidR="0054545A" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7691F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(RS 220)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00955A4B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Son représentant</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46861">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00955A4B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entreprend toute démarche nécessaire à la bonne exécution des paiements</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46861">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DC4EEC" w14:textId="08F5E32E" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="005620CA" w:rsidP="006431EC">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="238"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C19054B" w14:textId="34FBC438" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="006A492C" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="85"/>
         <w:ind w:left="238" w:right="228"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...229 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Financement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DC4EEC" w14:textId="08F5E32E" w:rsidR="005620CA" w:rsidRDefault="005620CA" w:rsidP="00475DDF">
-[...36 lines deleted...]
-    <w:p w14:paraId="59A0E0B5" w14:textId="13CCF332" w:rsidR="005620CA" w:rsidRDefault="00701D47" w:rsidP="005620CA">
+    <w:p w14:paraId="59A0E0B5" w14:textId="24237639" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="00D46861" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="118"/>
-        <w:ind w:right="229"/>
+        <w:ind w:right="44"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">La rente </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005620CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00701D47" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ente </w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>AVS/AI</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00701D47" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00701D47" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">les prestations </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>les prestations (notamment l'allocation pour impotent et le forfait pour dépenses personnelles)</w:t>
+      </w:r>
+      <w:r w:rsidR="003779EE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>(notamment l'allocation pour impotent et le forfait pour dépenses personnelles)</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4385F0B1" w14:textId="611B9E34" w:rsidR="005620CA" w:rsidRDefault="008C2545" w:rsidP="005620CA">
+    <w:p w14:paraId="4385F0B1" w14:textId="70AB284D" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="00D46861" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="118"/>
-        <w:ind w:right="229"/>
+        <w:ind w:right="44"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ente versée en</w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>application de la loi sur la prévoyance professionnelle, vieillesse, survivants et invalidité, du 25 juin 1982 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00594764" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>LPP-</w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RS 831.40) ou par une autre institution d'assurance</w:t>
+      </w:r>
+      <w:r w:rsidR="003779EE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...115 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AAD4E30" w14:textId="2171F20D" w:rsidR="005620CA" w:rsidRPr="003C7387" w:rsidRDefault="008C2545" w:rsidP="005620CA">
+    <w:p w14:paraId="5AAD4E30" w14:textId="0EF60E70" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="008C2545" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="120"/>
-        <w:ind w:right="224"/>
+        <w:ind w:right="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>autres revenus (rentes viagères, étrangères</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46861">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, fortune personnelle,</w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005620CA" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBF8677" w14:textId="54E675A2" w:rsidR="005620CA" w:rsidRPr="00E462B6" w:rsidRDefault="008C2545" w:rsidP="008C2545">
+    <w:p w14:paraId="2CBF8677" w14:textId="09CC4A0D" w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidRDefault="005620CA" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="120"/>
-        <w:ind w:left="709" w:right="227"/>
+        <w:ind w:left="709" w:right="44"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">domiciliées à l’EMS sur le compte du résident. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prestations complémentaires </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46861">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pour les ayants-droits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710CFD39" w14:textId="78659124" w:rsidR="004B0BD0" w:rsidRPr="007F139F" w:rsidRDefault="004B0BD0" w:rsidP="005620CA">
+    <w:p w14:paraId="657CF192" w14:textId="57BE9A5E" w:rsidR="005620CA" w:rsidRDefault="004B0BD0" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
-        <w:ind w:left="238" w:right="229"/>
+        <w:ind w:left="238" w:right="44"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007F139F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Afin de garantir l'affectation conforme de la rente AVS/AI, de l'allocation pour impotent (API), le résident ou son représentant s'engage </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14583" w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dans la mesure du possible</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14583" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à procéder à un système de recouvrement direct (LSV) ou un ordre permanent afin de garantir le règlement de la facture</w:t>
       </w:r>
-      <w:r w:rsidR="009E361F">
+      <w:r w:rsidR="009E361F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00D46861">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005620CA" w:rsidRPr="00107806" w:rsidDel="0054545A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="657CF192" w14:textId="7863AAB1" w:rsidR="005620CA" w:rsidRDefault="00701D47" w:rsidP="005620CA">
+    <w:p w14:paraId="15F737CC" w14:textId="77777777" w:rsidR="007B3170" w:rsidRPr="00107806" w:rsidRDefault="007B3170" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
-        <w:ind w:left="238" w:right="229"/>
+        <w:ind w:left="238" w:right="44"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F2D4A7E" w14:textId="021F39F3" w:rsidR="009B3145" w:rsidRPr="009B3145" w:rsidRDefault="009B3145" w:rsidP="003468E2">
-[...289 lines deleted...]
-    <w:p w14:paraId="3D972DF0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="3D972DF0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>GARANTIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCA2681" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00180917">
+    <w:p w14:paraId="6BCA2681" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07E4429A" w14:textId="77777777" w:rsidR="00B82236" w:rsidRPr="00E462B6" w:rsidRDefault="00A57603" w:rsidP="00C21C15">
+    <w:p w14:paraId="07E4429A" w14:textId="7577FA79" w:rsidR="00B82236" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238" w:right="228"/>
-        <w:rPr>
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Afin</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00514FD7">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>garantir l'exécution</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>obligations</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>envers</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>découlant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>présent</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D0223" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="005D0223" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C21C15" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00C21C15" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contrat,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépôt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>correspondant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00295112">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEB6EE4" w14:textId="007C4629" w:rsidR="00D628B8" w:rsidRPr="003C7387" w:rsidRDefault="00A57603" w:rsidP="00C03503">
+    <w:p w14:paraId="2BEB6EE4" w14:textId="7EF77073" w:rsidR="00D628B8" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="121"/>
-        <w:ind w:right="228"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>au</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>maximum</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>trois</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>mois</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>peut</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>être</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>demandé</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>au</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="005D0223" w:rsidRPr="003C7387">
+      <w:r w:rsidR="005D0223" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ou</w:t>
       </w:r>
-      <w:r w:rsidR="005D0223" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="005D0223" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D0223" w:rsidRPr="003C7387">
+      <w:r w:rsidR="005D0223" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidR="005D0223" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="005D0223" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00162755" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00594764">
+      <w:r w:rsidR="00594764" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B54BEF4" w14:textId="72D79896" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00D628B8" w:rsidP="00C03503">
+    <w:p w14:paraId="7B54BEF4" w14:textId="35EFC1B4" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00D628B8" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="121"/>
-        <w:ind w:right="228"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">u maximum 300 francs au titre des prestations et services </w:t>
       </w:r>
-      <w:r w:rsidR="00527030">
+      <w:r w:rsidR="00527030" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>non</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>compris</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B82236" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00B82236" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r w:rsidR="00594764">
+      <w:r w:rsidR="00295112">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (annexe 2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00594764" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B60679B" w14:textId="497ACC2E" w:rsidR="00641763" w:rsidRPr="00E462B6" w:rsidRDefault="00A57603" w:rsidP="003468E2">
+    <w:p w14:paraId="6B60679B" w14:textId="497ACC2E" w:rsidR="00641763" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238"/>
+        <w:ind w:left="238" w:right="44"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>montant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépôt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>fait</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>partie</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>fortune</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>selon</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="46"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="47"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dispositions</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="47"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="47"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prestations</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="0004007A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>complémentaires.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4792BA34" w14:textId="17CDF066" w:rsidR="00693BB9" w:rsidRPr="003C7387" w:rsidRDefault="00A57603" w:rsidP="002A04F3">
+    <w:p w14:paraId="4792BA34" w14:textId="17CDF066" w:rsidR="00693BB9" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238" w:right="228"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépôt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>doit</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>être</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>versé</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>avant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'entrée</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="00556220" w:rsidRPr="003C7387">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidR="00556220" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r w:rsidR="00693BB9" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00693BB9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570A75F5" w14:textId="683FC130" w:rsidR="00164C69" w:rsidRPr="003C7387" w:rsidRDefault="00A57603" w:rsidP="002A04F3">
+    <w:p w14:paraId="570A75F5" w14:textId="683FC130" w:rsidR="00164C69" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238" w:right="228"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">L'établissement peut utiliser le montant déposé pour régler </w:t>
       </w:r>
-      <w:r w:rsidR="00693BB9" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00693BB9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">les </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>factures mensuelles</w:t>
       </w:r>
-      <w:r w:rsidR="00164C69" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00164C69" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> après le 1</w:t>
       </w:r>
-      <w:r w:rsidR="00164C69" w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidR="00164C69" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00164C69" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00164C69" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> rappel</w:t>
       </w:r>
-      <w:r w:rsidR="002E07D1" w:rsidRPr="003C7387">
+      <w:r w:rsidR="002E07D1" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EADE8FF" w14:textId="18CD9081" w:rsidR="00180917" w:rsidRPr="00E462B6" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0EADE8FF" w14:textId="18CD9081" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>montant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépôt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>non</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>utilisé</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>déduit</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de la</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dernière</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>facture</w:t>
       </w:r>
-      <w:r w:rsidR="00FE043D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00FE043D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>, le solde est reversé au résid</w:t>
       </w:r>
-      <w:r w:rsidR="0090220D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="0090220D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00FE043D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00FE043D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="00871D5E" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00871D5E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
-      <w:r w:rsidR="00FE043D" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00FE043D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">à la masse successorale </w:t>
       </w:r>
-      <w:r w:rsidR="00474637" w:rsidRPr="00E462B6">
+      <w:r w:rsidR="00474637" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>(art.7)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E462B6">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D032DD" w14:textId="40EEFF4A" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="40D032DD" w14:textId="40EEFF4A" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
-        <w:ind w:left="238"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C7387">
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Dans</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>cas</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>présent,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>montant</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépôt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>correspond</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>somme</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>……….</w:t>
       </w:r>
-      <w:r w:rsidR="00734C89">
-[...2 lines deleted...]
-      <w:r w:rsidR="007C3869" w:rsidRPr="003C7387">
+      <w:r w:rsidR="00734C89" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3869" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>francs</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3C29EC" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0E3C29EC" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="006431EC">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="120"/>
-        <w:ind w:left="238"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006760AB">
+        <w:ind w:left="238" w:right="44"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Les autres garanties sont : .........................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3520E9D9" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3520E9D9" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AB7FCA1" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="4AB7FCA1" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>TEMPS</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>D'ESSAI</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>RESERVATION</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>CHANGEMENT</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>CHAMBRE</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
         <w:t>RESILIATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F637B51" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00180917">
+    <w:p w14:paraId="0F637B51" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="767E8932" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00D874EC" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="767E8932" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D874EC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Temps</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D874EC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D874EC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d'essai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F623AE6" w14:textId="362913EE" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="6F623AE6" w14:textId="362913EE" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...39 lines deleted...]
-      <w:r w:rsidR="00474637">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>La durée du temps d'essai est de 3 mois</w:t>
+      </w:r>
+      <w:r w:rsidR="00474637" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267A6D96" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="267A6D96" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Au</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>cours</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>temps</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>d'essai,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contractants</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>peuvent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="31"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>libérer</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>écrit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>leur</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>engagement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sous</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>préavis</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>jours.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CAD9DA" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="41CAD9DA" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E14492E" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1E14492E" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:lastRenderedPageBreak/>
         <w:t>Réservation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>chambre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681BD18A" w14:textId="18C8B63D" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00D874EC">
+    <w:p w14:paraId="681BD18A" w14:textId="3BBCB1E7" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8806"/>
         </w:tabs>
         <w:spacing w:before="123"/>
-        <w:ind w:left="238"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="238" w:right="44"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Si le</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sans</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>juste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>motif,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>retarde</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>entrée</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="004E025E">
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>établissement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B15AB">
-        <w:rPr>
+      <w:r w:rsidR="002B15AB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">à la date </w:t>
       </w:r>
-      <w:r w:rsidR="003D4330">
-        <w:rPr>
+      <w:r w:rsidR="003D4330" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>fixée</w:t>
       </w:r>
-      <w:r w:rsidR="002B15AB">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="002B15AB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00741C9A" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">ou ne se présente pas </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00741C9A">
+      <w:r w:rsidR="00741C9A" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="00741C9A">
-        <w:rPr>
+      <w:r w:rsidR="00741C9A" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>heures,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="42"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>journalier</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>lui</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B309F">
-        <w:rPr>
+      <w:r w:rsidR="009B309F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>facturé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E4CB3D" w14:textId="77777777" w:rsidR="00796D7A" w:rsidRDefault="00796D7A">
+    <w:p w14:paraId="33E4CB3D" w14:textId="77777777" w:rsidR="00796D7A" w:rsidRPr="00107806" w:rsidRDefault="00796D7A" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
-        <w:ind w:left="238" w:right="228"/>
+        <w:ind w:left="238" w:right="44"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2572D493" w14:textId="79D9AA3E" w:rsidR="00796D7A" w:rsidRDefault="00796D7A">
+    <w:p w14:paraId="2572D493" w14:textId="79D9AA3E" w:rsidR="00796D7A" w:rsidRPr="00107806" w:rsidRDefault="00796D7A" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
-        <w:ind w:left="238" w:right="228"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="238" w:right="44"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Le prix de pension journalier est facturé dès le premier jour d’entrée ou dès réservation de la chambre en vue d’une entrée ultérieure</w:t>
       </w:r>
-      <w:r w:rsidR="00474637">
-        <w:rPr>
+      <w:r w:rsidR="00474637" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006E2C2C">
-        <w:rPr>
+      <w:r w:rsidR="006E2C2C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E428828" w14:textId="50907392" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="0E428828" w14:textId="50907392" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00F430C8">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="238" w:right="44"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>prestations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SPC,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>seules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>les dates d</w:t>
+      </w:r>
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entrée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sortie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>effectives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>prises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>compte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AE7D88" w14:textId="77777777" w:rsidR="00474637" w:rsidRPr="00107806" w:rsidRDefault="00474637" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-[...134 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="50AE7D88" w14:textId="77777777" w:rsidR="00474637" w:rsidRDefault="00474637">
-[...6 lines deleted...]
-    <w:p w14:paraId="018F1D64" w14:textId="4E4C0603" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="018F1D64" w14:textId="4E4C0603" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="82"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Changement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>à</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="004E025E">
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>intérieur</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="004E025E">
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>établissement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A67405F" w14:textId="291B067F" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="6A67405F" w14:textId="04533D18" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="664"/>
         </w:tabs>
-        <w:spacing w:before="123"/>
-        <w:ind w:right="229"/>
+        <w:spacing w:before="123" w:after="40"/>
+        <w:ind w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Un changement de chambre ou d</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>’unité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peut avoir lieu après consultation du</w:t>
+      </w:r>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nt, de </w:t>
       </w:r>
-      <w:r w:rsidR="00162755">
-[...42 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> représentant</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, de ses proches</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="00457840">
-[...30 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>médecin traitant</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3103" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00734C89" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>lorsqu</w:t>
       </w:r>
-      <w:r w:rsidR="00EC3103" w:rsidRPr="006760AB">
-        <w:rPr>
+      <w:r w:rsidR="00EC3103" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>'une problématique clinique le nécessite</w:t>
       </w:r>
-      <w:r w:rsidR="00594DF5" w:rsidRPr="006760AB">
-        <w:rPr>
+      <w:r w:rsidR="00594DF5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EC3103" w:rsidRPr="006760AB">
-        <w:rPr>
+      <w:r w:rsidR="00EC3103" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161D5B73" w14:textId="6ED71F0D" w:rsidR="00180917" w:rsidRPr="006760AB" w:rsidRDefault="00A57603" w:rsidP="00457840">
+    <w:p w14:paraId="161D5B73" w14:textId="79D296F8" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:ind w:left="665" w:right="226" w:hanging="428"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>En cas de décès d'un conjoint, pour un couple de résid</w:t>
       </w:r>
-      <w:r w:rsidR="0042535C">
-        <w:rPr>
+      <w:r w:rsidR="0042535C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="0042535C">
-        <w:rPr>
+      <w:r w:rsidR="0042535C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, un déménagement d</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>conjoint dans une autre chambre sera effectué dans un délai raisonnable, après consultation de celui-ci</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>de ses proches</w:t>
+      </w:r>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou de s</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> représentant</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6BB2" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4A0F09" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="7F4A0F09" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="572FB851" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="572FB851" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Résiliation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>ordinaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBED291" w14:textId="71CB2B48" w:rsidR="00180917" w:rsidRPr="003C7387" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="5CBED291" w14:textId="1C758A04" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="122"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Au terme du temps d'essai, le contrat peut être résilié par le résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">nt </w:t>
       </w:r>
-      <w:r w:rsidR="007C3869">
+      <w:r w:rsidR="007C3869" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">ou son représentant </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>moyennant un préavis de 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D874EC">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>jours,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E462B6">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sauf</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>accord</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contraire</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de l'établissement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA0E808" w14:textId="082ED703" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1FA0E808" w14:textId="082ED703" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003C7387">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>L'établissement</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tenu</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>au</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>même</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>délai.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>La</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résiliation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>peut</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>intervenir</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>lorsque</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07FB465E" w14:textId="77777777" w:rsidR="00D0496E" w:rsidRDefault="00D0496E">
-[...7 lines deleted...]
-    <w:p w14:paraId="7AF24F33" w14:textId="199C6673" w:rsidR="00180917" w:rsidRPr="00734C89" w:rsidRDefault="00A57603" w:rsidP="00457840">
+    <w:p w14:paraId="7AF24F33" w14:textId="364FAF0E" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
-        <w:ind w:right="226"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="663" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la poursuite du séjour n'est plus compatible avec la mission de l'établissement </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>met en péril la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>santé et la sécurité du résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nt et/ou des autres résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nts ainsi que celles du personnel de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r w:rsidR="00594DF5">
-        <w:rPr>
+      <w:r w:rsidR="00594DF5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20131C47" w14:textId="0CB05001" w:rsidR="00734C89" w:rsidRDefault="00734C89" w:rsidP="00734C89">
-[...12 lines deleted...]
-    <w:p w14:paraId="3CD53EA1" w14:textId="704FA04E" w:rsidR="00180917" w:rsidRPr="00457840" w:rsidRDefault="00A57603" w:rsidP="00457840">
+    <w:p w14:paraId="3CD53EA1" w14:textId="5D521214" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00F430C8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="664"/>
         </w:tabs>
-        <w:ind w:left="663" w:right="228" w:hanging="425"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="663" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>le paiement d</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u prix de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pension n'est pas honoré, pour autant que la continuité des soins requis par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'état de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>santé</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>puisse</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>être</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>garantie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD07DEE" w14:textId="54A2B319" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="5BD07DEE" w14:textId="29586CF5" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
         <w:ind w:left="238" w:right="227"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>La résiliation ne peut intervenir qu'après avoir entendu le</w:t>
       </w:r>
-      <w:r w:rsidR="00457840">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">nt, </w:t>
       </w:r>
-      <w:r w:rsidR="00162755">
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, ses proches et</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le médecin traitant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687BEC53" w14:textId="55E66D83" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="687BEC53" w14:textId="55E66D83" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Dans</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tous</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>cas,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résiliation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>signifiée</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>écrit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75261653" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="75261653" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00C83F0A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
+        <w:ind w:left="238"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="513356C0" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="513356C0" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Libération</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>chambre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3993F378" w14:textId="57A4CB0B" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="3993F378" w14:textId="3808B3B1" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="227"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le délai de libération de la chambre est à négocier entre le résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">nt ou </w:t>
       </w:r>
-      <w:r w:rsidR="00F654FB">
+      <w:r w:rsidR="00F654FB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et l'établissement,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>mais</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>doit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>avoir</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>lieu au plus</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tard</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>48 heures</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>après</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>fin du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contrat,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sauf juste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>motifs.</w:t>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>motif.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF015C3" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="7BF015C3" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
         <w:ind w:left="238"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Au</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>terme</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ce</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>délai,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>droit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>facturer</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>journalier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447FCB82" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="447FCB82" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75AF02D4" w14:textId="16A60135" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="75AF02D4" w14:textId="16A60135" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>HOSPITALISATION</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>ET</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>VACANCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560C7F97" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="560C7F97" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3887B85F" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="3887B85F" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Réservation</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>chambre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B8D94C" w14:textId="2D30FAA2" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="49B8D94C" w14:textId="6337E627" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Durant</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'hospitalisation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>d'un</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>s'engage</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>garder</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008B3101" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chambre</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>inoccupée</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00AC0C4B">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pendant 60</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC0C4B">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC0C4B">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>jours.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0748E3BC" w14:textId="5316100D" w:rsidR="00457840" w:rsidRDefault="00457840" w:rsidP="00457840">
+    <w:p w14:paraId="0748E3BC" w14:textId="26BD7096" w:rsidR="00457840" w:rsidRPr="00107806" w:rsidRDefault="00457840" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Lorsque</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>durée</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'hospitalisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>d'un</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résident</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">dépasse 60 jours, une prolongation de la réservation peut être accordée sur demande de l'EMS 15 jours avant la fin </w:t>
       </w:r>
-      <w:r w:rsidR="002D35C0">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">secteur des structures pour seniors (StS) du </w:t>
+      </w:r>
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>service cantonal des seniors et de la proche aidance (SeSPA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pour une</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>période</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>qui</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>peut,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>principe,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>excéder</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidRPr="008154B9">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">jours (formulaire : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00534B9B">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00107806">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://www.ge.ch/document/6496/annexe/0</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0BD2D9" w14:textId="77777777" w:rsidR="00457840" w:rsidRDefault="00457840">
+    <w:p w14:paraId="4B0BD2D9" w14:textId="77777777" w:rsidR="00457840" w:rsidRPr="00107806" w:rsidRDefault="00457840" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BDBE843" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="4BDBE843" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Prix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B189A94" w14:textId="6B76FC34" w:rsidR="00477366" w:rsidRDefault="00477366">
+    <w:p w14:paraId="7B189A94" w14:textId="6B76FC34" w:rsidR="00477366" w:rsidRPr="00107806" w:rsidRDefault="00477366" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk120701257"/>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Durant toute la durée de l’hospitalisation, l</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">’établissement perçoit </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de pension</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC8FC4E" w14:textId="3244CB8B" w:rsidR="009F616B" w:rsidRPr="00B30ADB" w:rsidRDefault="00477366" w:rsidP="00FA7CE2">
+    <w:p w14:paraId="2AC8FC4E" w14:textId="6C842ECD" w:rsidR="009F616B" w:rsidRPr="00107806" w:rsidRDefault="00477366" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:r w:rsidR="00B30ADB">
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contribution person</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00B30ADB">
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>elle au</w:t>
       </w:r>
-      <w:r w:rsidR="00F654FB">
+      <w:r w:rsidR="00F654FB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="00B30ADB">
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> coûts des soins </w:t>
       </w:r>
-      <w:r w:rsidR="007934F3" w:rsidRPr="00B30ADB">
-        <w:rPr>
+      <w:r w:rsidR="007934F3" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">par jour </w:t>
       </w:r>
-      <w:r w:rsidR="00B30ADB">
+      <w:r w:rsidR="00B30ADB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">complet d’absence </w:t>
       </w:r>
-      <w:r w:rsidR="00B738AA">
+      <w:r w:rsidR="00B738AA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
-      <w:r w:rsidR="002D35C0">
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">peut pas </w:t>
       </w:r>
-      <w:r w:rsidR="009F616B" w:rsidRPr="00B30ADB">
-        <w:rPr>
+      <w:r w:rsidR="009F616B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">être </w:t>
       </w:r>
-      <w:r w:rsidR="00B738AA">
-        <w:rPr>
+      <w:r w:rsidR="00B738AA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>facturée</w:t>
       </w:r>
-      <w:r w:rsidR="009F616B" w:rsidRPr="00B30ADB">
-        <w:rPr>
+      <w:r w:rsidR="009F616B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (art. 1 b 3) </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B738AA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>sur</w:t>
       </w:r>
-      <w:r w:rsidR="00EF06EA">
-        <w:rPr>
+      <w:r w:rsidR="00EF06EA" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> la facture mensuelle</w:t>
       </w:r>
-      <w:r w:rsidR="009F616B" w:rsidRPr="00457840">
+      <w:r w:rsidR="009F616B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766B23D0" w14:textId="18859EE1" w:rsidR="003D082E" w:rsidRDefault="009F616B" w:rsidP="00FA7CE2">
+    <w:p w14:paraId="766B23D0" w14:textId="4238B40B" w:rsidR="003D082E" w:rsidRPr="00107806" w:rsidRDefault="009F616B" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk133389635"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
-      <w:r w:rsidR="009E78CE">
-        <w:rPr>
+      <w:r w:rsidR="009E78CE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">coûts </w:t>
       </w:r>
-      <w:r w:rsidR="003D082E">
-        <w:rPr>
+      <w:r w:rsidR="003D082E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">de </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="007A49CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003D082E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008154B9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
         <w:t>frais de séjour d’hospitalisation (alimentation) d</w:t>
       </w:r>
-      <w:r w:rsidR="00460353">
-        <w:rPr>
+      <w:r w:rsidR="00460353" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">oivent être déduits du prix de pension </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00460353">
-        <w:rPr>
+      <w:r w:rsidR="00460353" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">pour un </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">pour un montant forfaitaire de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A543D1" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">montant forfaitaire de </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> francs </w:t>
+      </w:r>
+      <w:r w:rsidR="00460353" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> francs </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>par jour complet d’hospitalisation</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>par jour complet d’hospitalisation</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="008154B9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>art 64, al.5 LAMal et 104</w:t>
+      </w:r>
+      <w:r w:rsidR="00594DF5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008154B9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>OAMal</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3101">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003D082E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>, au sens de l’</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592CDF4D" w14:textId="299695C1" w:rsidR="0074397E" w:rsidRDefault="0074397E" w:rsidP="00FA7CE2">
+    <w:p w14:paraId="592CDF4D" w14:textId="2899DDCD" w:rsidR="0074397E" w:rsidRPr="00107806" w:rsidRDefault="0074397E" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>La contribution forfaitaire de 15 francs n’est pas due pour le jour de sortie par analogie avec l’art. 104 alinéa 1 bis OLAMaL 104 al 1.</w:t>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>a contribution forfaitaire journalière</w:t>
+      </w:r>
+      <w:r w:rsidR="004503B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>de 15 francs n’est pas d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F430C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour le jour de sortie</w:t>
+      </w:r>
+      <w:r w:rsidR="007A49CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par analogie avec l’art. 104</w:t>
+      </w:r>
+      <w:r w:rsidR="00733293">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>, al 1bis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OAMaL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208C79B4" w14:textId="577B990F" w:rsidR="0074397E" w:rsidRDefault="0074397E" w:rsidP="00FA7CE2">
+    <w:p w14:paraId="2177DAAE" w14:textId="53F0FF24" w:rsidR="00CB5662" w:rsidRPr="00107806" w:rsidRDefault="0074397E" w:rsidP="004503B2">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Une éventuelle hospitalisation avec retour à l’EMS le jour même implique le maintien de la facturation du montant forfaitaire de 15 francs par l’EMS</w:t>
       </w:r>
-      <w:r w:rsidR="00880315">
-        <w:rPr>
+      <w:r w:rsidR="00880315" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F87459D" w14:textId="4763EB5D" w:rsidR="00180917" w:rsidRDefault="0074397E" w:rsidP="00EF768B">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4F87459D" w14:textId="6FF0F41A" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="138683A3" w14:textId="1148586B" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="138683A3" w14:textId="1148586B" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Non</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>retour</w:t>
       </w:r>
-      <w:r w:rsidR="00DB040D">
+      <w:r w:rsidR="00DB040D" w:rsidRPr="00107806">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A74B166" w14:textId="7645375C" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="002A04F3">
+    <w:p w14:paraId="2A74B166" w14:textId="7645375C" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00FD7D72">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="47"/>
         </w:numPr>
-        <w:spacing w:before="123"/>
-        <w:ind w:right="229"/>
+        <w:spacing w:before="123" w:after="40"/>
+        <w:ind w:left="709" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Si le</w:t>
       </w:r>
-      <w:r w:rsidR="00457840">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">nt hospitalisé </w:t>
       </w:r>
-      <w:r w:rsidR="00923609">
-[...5 lines deleted...]
-      <w:r w:rsidR="00594DF5">
+      <w:r w:rsidR="00923609" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>renonce à son retour dans l’établissement, il doit résilier son contrat par écrit, en respectant les délais prévus</w:t>
+      </w:r>
+      <w:r w:rsidR="00594DF5" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> à l’art. 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC0C4B">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0AB508" w14:textId="4B556943" w:rsidR="00180917" w:rsidRDefault="001C3906" w:rsidP="006B505A">
+    <w:p w14:paraId="2A0AB508" w14:textId="38E44127" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="001C3906" w:rsidP="00FD7D72">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="47"/>
         </w:numPr>
         <w:spacing w:before="6"/>
-        <w:ind w:right="229"/>
+        <w:ind w:left="709" w:right="229" w:hanging="425"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dans le cas où l'état de santé du résident à la fin de son hospitalisation n'est plus en adéquation avec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la mission de l'établissement, ce</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dernier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>notifiera par écrit la résiliation en joignant une attestation du médecin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">répondant. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B412FF" w14:textId="77777777" w:rsidR="00E75128" w:rsidRDefault="00E75128" w:rsidP="00E75128">
+    <w:p w14:paraId="26B412FF" w14:textId="77777777" w:rsidR="00E75128" w:rsidRPr="00107806" w:rsidRDefault="00E75128" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="6"/>
         <w:ind w:right="229"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77CFC906" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="77CFC906" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Vacances</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E687CD" w14:textId="7DDA9F7B" w:rsidR="00B46297" w:rsidRDefault="00A57603" w:rsidP="006760AB">
+    <w:p w14:paraId="40E687CD" w14:textId="7DDA9F7B" w:rsidR="00B46297" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="289"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Durant les vacances du résid</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3362">
+      <w:r w:rsidR="00ED3362" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">nt, la direction n’accorde pas </w:t>
       </w:r>
-      <w:r w:rsidR="00925C6D">
+      <w:r w:rsidR="00925C6D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>réduction journalière du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>prix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pension</w:t>
       </w:r>
-      <w:r w:rsidR="00B46297">
+      <w:r w:rsidR="00B46297" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FC5BD8">
+      <w:r w:rsidR="00FC5BD8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5089ACBB" w14:textId="5910DB2C" w:rsidR="007329A5" w:rsidRPr="00B30ADB" w:rsidRDefault="007329A5" w:rsidP="007329A5">
+    <w:p w14:paraId="5089ACBB" w14:textId="59FDDD93" w:rsidR="007329A5" w:rsidRPr="00107806" w:rsidRDefault="007329A5" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>La contribution personnelle au</w:t>
       </w:r>
-      <w:r w:rsidR="00923609">
+      <w:r w:rsidR="00923609" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> coûts des soins </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B30ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">par jour </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">complet d’absence </w:t>
       </w:r>
-      <w:r w:rsidR="003F523F">
+      <w:r w:rsidR="003F523F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B30ADB">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>doi</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">doit </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE42E6" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">pas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">être </w:t>
+      </w:r>
+      <w:r w:rsidR="003F523F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">pas </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>facturée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">être </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00551F12" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>facturée</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>par analogie avec l’art. 104 al</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (art. 1 b 3). </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00551F12" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>1 bis OAMaL</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00551F12" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCA11CE" w14:textId="77777777" w:rsidR="00B46297" w:rsidRDefault="00B46297" w:rsidP="002A04F3">
+    <w:p w14:paraId="6FCA11CE" w14:textId="77777777" w:rsidR="00B46297" w:rsidRPr="00107806" w:rsidRDefault="00B46297" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="291"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EA19B81" w14:textId="016BD09D" w:rsidR="00180917" w:rsidRDefault="00EF06EA">
+    <w:p w14:paraId="3EA19B81" w14:textId="016BD09D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00EF06EA" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="82"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
         <w:t>RESTATIONS</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
         <w:t>SOINS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D76A38" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="58D76A38" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B12D5B0" w14:textId="26807E48" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="5B12D5B0" w14:textId="676CCED5" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:ind w:left="665" w:right="226" w:hanging="428"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">libre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>choix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>son</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>médecin</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>traitant,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pour</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>autant</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dernier</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>assure</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ses</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>consultations</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dans</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'établissement.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Il</w:t>
       </w:r>
-      <w:r w:rsidR="00457840">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00457840" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>tenu</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="004E025E">
-        <w:rPr>
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>communiquer le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nom</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="004E025E">
-        <w:rPr>
+      <w:r w:rsidR="004E025E" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>établissement.</w:t>
       </w:r>
-      <w:r w:rsidR="008A7666">
-        <w:rPr>
+      <w:r w:rsidR="008A7666" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pour rappel le représentant thérapeutique est l’interlocuteur direct pour toute décision médico-soignante. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E71DB66" w14:textId="696DEEDA" w:rsidR="00180917" w:rsidRPr="00C35C3F" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1E71DB66" w14:textId="2048CB63" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="118"/>
         <w:ind w:left="665" w:right="229" w:hanging="428"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dans le cadre de ses compétences et sur ordre du</w:t>
       </w:r>
-      <w:r w:rsidR="00A57078">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00A57078" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>médecin traitant, le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>personnel</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>soignant de l'établissement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dispense au</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556876">
-        <w:rPr>
+      <w:r w:rsidR="00556876" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>soins</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>requis</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35C3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35C3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35C3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>son</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35C3F">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35C3F">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>état</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de santé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081410B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B941B75" w14:textId="1CC51BE7" w:rsidR="009F1DF9" w:rsidRDefault="001141C9" w:rsidP="009F1DF9">
+    <w:p w14:paraId="3B941B75" w14:textId="1CC51BE7" w:rsidR="009F1DF9" w:rsidRPr="00107806" w:rsidRDefault="001141C9" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="664"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="663" w:right="229" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les directives anticipées </w:t>
       </w:r>
-      <w:r w:rsidR="00E462B6">
-        <w:rPr>
+      <w:r w:rsidR="00E462B6" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">du résident </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>doivent être respectées</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61844FE8" w14:textId="42489142" w:rsidR="009F1DF9" w:rsidRPr="00E462B6" w:rsidRDefault="004622B3" w:rsidP="009F1DF9">
+    <w:p w14:paraId="61844FE8" w14:textId="42489142" w:rsidR="009F1DF9" w:rsidRPr="00107806" w:rsidRDefault="004622B3" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="664"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="663" w:right="229" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E462B6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">L’établissement propose systématiquement au </w:t>
       </w:r>
-      <w:r w:rsidR="009F1DF9" w:rsidRPr="00E462B6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="009F1DF9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE" w:rsidRPr="00E462B6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="009F1DF9" w:rsidRPr="003C7387">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="009F1DF9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C7387">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou à son représentant </w:t>
       </w:r>
-      <w:r w:rsidR="009F1DF9" w:rsidRPr="003C7387">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="009F1DF9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">son adhésion </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t>son adhésion au Dossier électronique du patient (DEP) CARA</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7387" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">au </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1DF9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dossier électronique du patient (DEP) CARA</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A790F8" w14:textId="7C4A1DA9" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="79A790F8" w14:textId="7C4A1DA9" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0201DCAD" w14:textId="77777777" w:rsidR="00734C89" w:rsidRPr="00734C89" w:rsidRDefault="00734C89">
-[...8 lines deleted...]
-    <w:p w14:paraId="2C7166AB" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="2C7166AB" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>ESPACE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>PRIVATIF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157C693E" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="157C693E" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60DE2F10" w14:textId="4FB180D7" w:rsidR="00180917" w:rsidRDefault="004622B3">
+    <w:p w14:paraId="60DE2F10" w14:textId="4FB180D7" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="004622B3" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238" w:right="226"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>La chambre du résident est considéré</w:t>
       </w:r>
-      <w:r w:rsidR="00883990">
+      <w:r w:rsidR="00883990" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> comme un esp</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ace</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>privatif</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>qui</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>peut</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>être</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>aménagé</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00592631">
+      <w:r w:rsidR="00592631" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">d’entente avec l’établissement </w:t>
       </w:r>
-      <w:r w:rsidR="00644C54">
+      <w:r w:rsidR="00644C54" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">dans la mesure où il est compatible </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>avec les besoins du</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
-        <w:rPr>
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>service</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>, de sa santé et de sa sécurité</w:t>
       </w:r>
-      <w:r w:rsidR="00A57603">
+      <w:r w:rsidR="00A57603" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C053DA" w14:textId="3824EF25" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="46C053DA" w14:textId="3824EF25" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>L'établissement n'est pas responsable des biens du</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="005471D0">
+      <w:r w:rsidR="005471D0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt. Au besoin, ce dernier peut conclure une</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>assurance</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>idoine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5DA045" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917" w:rsidP="00070DD9">
+    <w:p w14:paraId="5B5DA045" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="11"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31DA5B3F" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="31DA5B3F" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>DECES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EB541C" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="20EB541C" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58EA087D" w14:textId="77777777" w:rsidR="008E3809" w:rsidRPr="008E3809" w:rsidRDefault="008E3809" w:rsidP="005A1AF1">
+    <w:p w14:paraId="58EA087D" w14:textId="77777777" w:rsidR="008E3809" w:rsidRPr="00107806" w:rsidRDefault="008E3809" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="663" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Le présent contrat prend fin au jour du décès du résident.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35014C1D" w14:textId="09969883" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="005A1AF1">
+    <w:p w14:paraId="35014C1D" w14:textId="1FFBCC26" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="663" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>L'établissement établit un</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inventaire</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>biens et des</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>effets</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>personnels</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00FD7D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>valeur se trouvant</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dans l'établissement au moment du décès</w:t>
       </w:r>
-      <w:r w:rsidR="00483479">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00483479" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Selon leur nature, ils sont conservés dans un coffre ou </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans un </w:t>
+      </w:r>
+      <w:r w:rsidR="00483479" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>garde-meuble</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3D3C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0598FFF0" w14:textId="67C1FCBE" w:rsidR="0058633A" w:rsidRPr="00D874EC" w:rsidRDefault="0058633A" w:rsidP="00206E06">
+    <w:p w14:paraId="0598FFF0" w14:textId="67C1FCBE" w:rsidR="0058633A" w:rsidRPr="00107806" w:rsidRDefault="0058633A" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="663" w:right="227" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>En cas de décès, les règles en matière d</w:t>
       </w:r>
-      <w:r w:rsidR="002D35C0">
-        <w:rPr>
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>u droit des</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D874EC">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> successions sont applicables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B90C9E" w14:textId="0D9CEF99" w:rsidR="00180917" w:rsidRPr="0050295D" w:rsidRDefault="00A57603" w:rsidP="00D874EC">
+    <w:p w14:paraId="44B90C9E" w14:textId="793D2017" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:left="665" w:right="229" w:hanging="428"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les frais de garde-meuble </w:t>
       </w:r>
-      <w:r w:rsidR="0050295D" w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidR="0050295D" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006D04D9" w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidR="006D04D9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eront </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>facturés à la succession, dès le 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>ème</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mois. </w:t>
       </w:r>
-      <w:r w:rsidR="00A247C0" w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidR="00A247C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>À</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> l'issue de la</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>liquidation de la succession, les héritiers ont un délai d'un mois pour venir chercher les biens. Au-</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>delà</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>délai,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'EMS</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pourra</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>disposer</w:t>
       </w:r>
-      <w:r w:rsidR="00F230BC" w:rsidRPr="0058633A">
-        <w:rPr>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> librement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F230BC" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56186CB2" w14:textId="07F1943E" w:rsidR="00EB2451" w:rsidRPr="005D5B55" w:rsidRDefault="00A57603" w:rsidP="009B7D64">
+    <w:p w14:paraId="56186CB2" w14:textId="5F8ACF1C" w:rsidR="00EB2451" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="666"/>
         </w:tabs>
         <w:spacing w:before="119"/>
         <w:ind w:left="663" w:right="229" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les frais funéraires </w:t>
       </w:r>
-      <w:r w:rsidR="00F74BC8" w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidR="00F74BC8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sont</w:t>
       </w:r>
-      <w:r w:rsidR="00F74BC8" w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidR="00F74BC8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pas </w:t>
       </w:r>
-      <w:r w:rsidR="0081410B" w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidR="0081410B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">à la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">charge </w:t>
       </w:r>
-      <w:r w:rsidR="0081410B" w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidR="0081410B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00F74BC8" w:rsidRPr="00C12300">
-        <w:rPr>
+      <w:r w:rsidR="00F74BC8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’établissement qui ne s’en porte pas garant</w:t>
       </w:r>
-      <w:r w:rsidR="009B7D64">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009B7D64" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460353" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00AF4548" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="00AF4548" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>art. 4</w:t>
       </w:r>
-      <w:r w:rsidR="009B7D64" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="009B7D64" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00AF4548" w:rsidRPr="005D5B55">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00AF4548" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7D64" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00C7691F" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="00C7691F" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e la loi sur les cimetières, du 20 septembre 1876 </w:t>
       </w:r>
-      <w:r w:rsidR="00661AC2" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="00661AC2" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BE1DFD" w:rsidRPr="005D5B55">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00BE1DFD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>LCim</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4548" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> K 1 65</w:t>
       </w:r>
-      <w:r w:rsidR="009B7D64">
-        <w:rPr>
+      <w:r w:rsidR="009B7D64" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00AF4548" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="00AF4548" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidR="00B2744B" w:rsidRPr="005D5B55">
-        <w:rPr>
+      <w:r w:rsidR="00B2744B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DC403B" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="68DC403B" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6498F52B" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="6498F52B" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>ORGANISATION DE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>LA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>VIE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>QUOTIDIENNE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B025560" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="5B025560" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03922D27" w14:textId="2D01C142" w:rsidR="00180917" w:rsidRPr="008778E0" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="03922D27" w14:textId="421AC6CB" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les principes directeurs relatifs à la bonne marche de l'EMS figurent dans le règlement interne de l'établissement annexé au présent contrat, dont il </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Les principes directeurs relatifs à la bonne marche de l'EMS figurent dans le règlement interne de l'établissement annexé au présent contrat</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">fait </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> pour en faire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>partie intégrante.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DAEC84" w14:textId="3838573D" w:rsidR="00180917" w:rsidRPr="008778E0" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="19DAEC84" w14:textId="3838573D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="118"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Par ailleurs, l'établissement s'engage à respecter les aspirations et les activités religieuses, spirituelles, sociales et civiques du résid</w:t>
       </w:r>
-      <w:r w:rsidR="00556220" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="00556220" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nt. Il favorise la participation de</w:t>
       </w:r>
-      <w:r w:rsidR="002D35C0" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="002D35C0" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s pr</w:t>
       </w:r>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oches.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB03208" w14:textId="360E45F6" w:rsidR="00180917" w:rsidRPr="008778E0" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="7EB03208" w14:textId="615097F5" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
         <w:ind w:left="238" w:right="229"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En cas de divergence, le</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nt ou </w:t>
       </w:r>
-      <w:r w:rsidR="00162755" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00EC38EB" w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidR="00EC38EB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008778E0">
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>peut en tout temps s'adresser à la direction de l'établissement.</w:t>
+        <w:t>peu</w:t>
+      </w:r>
+      <w:r w:rsidR="00041A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en tout temps s'adresser à la direction de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>l'établissement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="691D6512" w14:textId="77777777" w:rsidR="008E10FE" w:rsidRDefault="008E10FE">
+    <w:p w14:paraId="691D6512" w14:textId="77777777" w:rsidR="008E10FE" w:rsidRPr="00107806" w:rsidRDefault="008E10FE" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="31"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64608043" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="64608043" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>DISPOSITIONS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>FINALES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652571E4" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="652571E4" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688F12B7" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="688F12B7" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:ind w:hanging="361"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Lieu</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CDDCFB" w14:textId="3FCD61DE" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="006760AB">
+    <w:p w14:paraId="53CDDCFB" w14:textId="2967E0BF" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="289"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Par sa signature, le </w:t>
       </w:r>
-      <w:r w:rsidR="00F15965">
+      <w:r w:rsidR="00F15965" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">résident ou son représentant </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="002C3362">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>prend acte qu</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3170">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e ce premier </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">est accueilli dans l'établissement nommé ci-dessus qui deviendra son </w:t>
+      </w:r>
+      <w:r w:rsidR="002C3362" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>domicile légal</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>contrat.</w:t>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. L'établissement, pour sa part, s'engage à l'accueillir aux conditions du présent contrat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45304A07" w14:textId="77777777" w:rsidR="00661AC2" w:rsidRDefault="00661AC2" w:rsidP="006760AB">
+    <w:p w14:paraId="45304A07" w14:textId="77777777" w:rsidR="00661AC2" w:rsidRPr="00107806" w:rsidRDefault="00661AC2" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238" w:right="289"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68E38EC7" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="68E38EC7" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
         <w:spacing w:before="82"/>
         <w:ind w:hanging="361"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>Droits</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>et</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>obligations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE94F77" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
+    <w:p w14:paraId="7CE94F77" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="007B3170">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238" w:right="228"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>signataires</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>déclarent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>d'accord</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>sur</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>termes</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>présent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contrat</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>droit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>privé</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>s'engagent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>respecter</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>toutes les</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dispositions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9A8D01" w14:textId="5FD47C2E" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00EF768B">
+    <w:p w14:paraId="1D9A8D01" w14:textId="5FD47C2E" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="007B3170">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238"/>
+        <w:ind w:left="238" w:right="328"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00C34D07">
+      <w:r w:rsidR="00C34D07" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00162755">
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4114">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DF4114" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reconnaît avoir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>également</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>pris</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>connaissance</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="49"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>documents</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>annexés</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>accepte</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>les termes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75ACECCA" w14:textId="398C1F25" w:rsidR="00DA50FD" w:rsidRPr="00385179" w:rsidRDefault="00385179" w:rsidP="00EF768B">
+    <w:p w14:paraId="75ACECCA" w14:textId="398C1F25" w:rsidR="00DA50FD" w:rsidRPr="00107806" w:rsidRDefault="00385179" w:rsidP="007B3170">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="121"/>
-        <w:ind w:left="238"/>
+        <w:ind w:left="238" w:right="328"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00DA50FD" w:rsidRPr="00992E50">
-        <w:rPr>
+      <w:r w:rsidR="00DA50FD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>n signant le présent contrat, la personne concernée autorise expressément [</w:t>
       </w:r>
-      <w:r w:rsidR="00DA50FD" w:rsidRPr="00961BE8">
-        <w:rPr>
+      <w:r w:rsidR="00DA50FD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>nom de l'INSTITUTION</w:t>
       </w:r>
-      <w:r w:rsidR="00DA50FD" w:rsidRPr="00992E50">
-        <w:rPr>
+      <w:r w:rsidR="00DA50FD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00961BE8">
-        <w:rPr>
+      <w:r w:rsidR="00961BE8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ..……….. </w:t>
       </w:r>
-      <w:r w:rsidR="00DA50FD" w:rsidRPr="00992E50">
-        <w:rPr>
+      <w:r w:rsidR="00DA50FD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">à traiter les données personnelles communiquées, dans la mesure où cela est prévu et autorisé par la loi ou nécessaire à l'exécution du présent contrat, et tant que la personne concernée </w:t>
       </w:r>
-      <w:r w:rsidR="0051646C">
-        <w:rPr>
+      <w:r w:rsidR="0051646C" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">ou son représentant </w:t>
       </w:r>
-      <w:r w:rsidR="00DA50FD" w:rsidRPr="00992E50">
-        <w:rPr>
+      <w:r w:rsidR="00DA50FD" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>ne s'y oppose pas expressément.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D20341B" w14:textId="54E2769C" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="4D20341B" w14:textId="54E2769C" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EED1225" w14:textId="36D3F54B" w:rsidR="00734C89" w:rsidRDefault="00734C89">
-[...35 lines deleted...]
-    <w:p w14:paraId="677BDA5B" w14:textId="30CDF8EF" w:rsidR="00180917" w:rsidRDefault="00A57603" w:rsidP="00F5626D">
+    <w:p w14:paraId="677BDA5B" w14:textId="30CDF8EF" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="599"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>For</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
         <w:t>juridique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1574BA24" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="1574BA24" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="123"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>droit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>suisse</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>juridique est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Genève.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A15ABD4" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3A15ABD4" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48615482" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="48615482" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="7"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58F3D3F8" w14:textId="02E6277E" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="58F3D3F8" w14:textId="02E6277E" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5201"/>
         </w:tabs>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Fait</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Genève,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Fait</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Genève</w:t>
       </w:r>
-      <w:r w:rsidR="00961BE8">
+      <w:r w:rsidR="00961BE8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="00961BE8">
+      <w:r w:rsidR="00961BE8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> …………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D17BBA5" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917" w:rsidP="00070DD9">
+    <w:p w14:paraId="1D17BBA5" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69437324" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="69437324" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BA5277C" w14:textId="4E87B2A6" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="5BA5277C" w14:textId="4E87B2A6" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5386"/>
         </w:tabs>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE">
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>résid</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE">
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r w:rsidR="00A62AEE">
-        <w:rPr>
+      <w:r w:rsidR="00A62AEE" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00162755">
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
         <w:t>L'établissement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E8A01A" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="69E8A01A" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C530068" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="1C530068" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BC895DD" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="2BC895DD" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="492A19A6" w14:textId="600C7A0A" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="492A19A6" w14:textId="600C7A0A" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22B5611D" wp14:editId="18333407">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22B5611D" wp14:editId="18333407">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>822960</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>119069</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2592323" cy="6096"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25" cstate="print"/>
+                    <a:blip r:embed="rId21" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2592323" cy="6096"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04203AD2" wp14:editId="7F5FB5D9">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04203AD2" wp14:editId="7F5FB5D9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>4091940</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>119069</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2638043" cy="6096"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="3" name="image2.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="image2.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26" cstate="print"/>
+                    <a:blip r:embed="rId22" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2638043" cy="6096"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7416EAA4" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="7416EAA4" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33B8D010" w14:textId="1B71FA3A" w:rsidR="00070DD9" w:rsidRDefault="00A57603" w:rsidP="000C6ACD">
+    <w:p w14:paraId="33B8D010" w14:textId="1B71FA3A" w:rsidR="00070DD9" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93"/>
         <w:ind w:left="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
-      <w:r w:rsidR="00DD56B8" w:rsidRPr="003B033E">
-        <w:rPr>
+      <w:r w:rsidR="00DD56B8" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> obligatoires</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D32C222" w14:textId="77777777" w:rsidR="008F35C9" w:rsidRDefault="008F35C9" w:rsidP="008F35C9">
+    <w:p w14:paraId="6D32C222" w14:textId="77777777" w:rsidR="008F35C9" w:rsidRPr="00107806" w:rsidRDefault="008F35C9" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
         <w:ind w:left="1003" w:hanging="357"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>procuration représentant administratif</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C65E6C" w14:textId="59D0BD21" w:rsidR="008F35C9" w:rsidRDefault="008F35C9" w:rsidP="008F35C9">
+    <w:p w14:paraId="14C65E6C" w14:textId="59D0BD21" w:rsidR="008F35C9" w:rsidRPr="00107806" w:rsidRDefault="008F35C9" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
         <w:ind w:left="1003" w:hanging="357"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>liste d</w:t>
       </w:r>
-      <w:r w:rsidR="002D7F2B">
+      <w:r w:rsidR="002D7F2B" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">’exemples de </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dépenses personnelles non remboursées</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19210C16" w14:textId="6DE370E6" w:rsidR="008F35C9" w:rsidRDefault="00EC51BD" w:rsidP="00045848">
+    <w:p w14:paraId="19210C16" w14:textId="6DE370E6" w:rsidR="008F35C9" w:rsidRPr="00107806" w:rsidRDefault="00EC51BD" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="1" w:after="120"/>
         <w:ind w:left="1003" w:right="227" w:hanging="357"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>règlement</w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
-        <w:rPr>
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>interne</w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
-        <w:rPr>
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
-        <w:rPr>
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F35C9">
+      <w:r w:rsidR="008F35C9" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D959F9" w14:textId="7964983D" w:rsidR="008F35C9" w:rsidRDefault="008F35C9" w:rsidP="008F35C9">
+    <w:p w14:paraId="23D959F9" w14:textId="7964983D" w:rsidR="008F35C9" w:rsidRPr="00107806" w:rsidRDefault="008F35C9" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1003" w:hanging="357"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>directive</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>départementale</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="31"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>relative</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>procédure</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="31"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00873E52" w:rsidRPr="00873E52">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">réclamation dans </w:t>
+      </w:r>
+      <w:r w:rsidR="00873E52" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="002A5866">
+      <w:r w:rsidR="002A5866" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="00873E52">
+      <w:r w:rsidR="00873E52" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>EMS</w:t>
       </w:r>
-      <w:r w:rsidR="001D1E92">
+      <w:r w:rsidR="001D1E92" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (EMS 004)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645D5EDA" w14:textId="7E59FF02" w:rsidR="008F35C9" w:rsidRDefault="008F35C9" w:rsidP="008F35C9">
-[...22 lines deleted...]
-    <w:p w14:paraId="4C9A14AC" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRDefault="00AA640F" w:rsidP="00045848">
+    <w:p w14:paraId="4C9A14AC" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00107806" w:rsidRDefault="00AA640F" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93"/>
         <w:ind w:left="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Documents de référence</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC3885">
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E17E479" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00045848" w:rsidRDefault="00AA640F" w:rsidP="00045848">
+    <w:p w14:paraId="1DC92CF2" w14:textId="77777777" w:rsidR="009716C0" w:rsidRPr="00DE7B6F" w:rsidRDefault="009716C0" w:rsidP="00041A9F">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1656"/>
+          <w:tab w:val="left" w:pos="1939"/>
+        </w:tabs>
+        <w:spacing w:before="93" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>procuration représentant thérapeutique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA1ECD3" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00107806" w:rsidRDefault="00AA640F" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>formulaire de demande de domiciliation de prestations - TPAE</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>directives anticipées</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A4D592" w14:textId="71C857B4" w:rsidR="00AA640F" w:rsidRDefault="00AA640F" w:rsidP="00045848">
+    <w:p w14:paraId="220729A1" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00107806" w:rsidRDefault="00AA640F" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>lettre type levée curatelle</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>formulaire CARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC92CF2" w14:textId="77777777" w:rsidR="009716C0" w:rsidRDefault="009716C0" w:rsidP="009716C0">
-[...15 lines deleted...]
-    <w:p w14:paraId="1FA1ECD3" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00045848" w:rsidRDefault="00AA640F" w:rsidP="00045848">
+    <w:p w14:paraId="07D4CA34" w14:textId="5CA95E72" w:rsidR="00AA640F" w:rsidRPr="00107806" w:rsidRDefault="00AA640F" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>directives anticipées</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>document « Successions</w:t>
+      </w:r>
+      <w:r w:rsidR="00734C89" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – La justice pratique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> » du pouvoir judiciaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220729A1" w14:textId="77777777" w:rsidR="00AA640F" w:rsidRPr="00045848" w:rsidRDefault="00AA640F" w:rsidP="00045848">
-[...39 lines deleted...]
-    <w:p w14:paraId="04CA6484" w14:textId="77777777" w:rsidR="00DD56B8" w:rsidRDefault="00DD56B8" w:rsidP="00045848">
+    <w:p w14:paraId="04CA6484" w14:textId="77777777" w:rsidR="00DD56B8" w:rsidRPr="00107806" w:rsidRDefault="00DD56B8" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
           <w:tab w:val="left" w:pos="1939"/>
         </w:tabs>
         <w:spacing w:before="93" w:after="120"/>
         <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE70899" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3AE70899" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10C81ED4" w14:textId="3BA7F3A7" w:rsidR="00180917" w:rsidRPr="0050295D" w:rsidRDefault="00A57603" w:rsidP="00EC38EB">
+    <w:p w14:paraId="10C81ED4" w14:textId="3BA7F3A7" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238" w:right="228"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Le</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>présent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>contrat</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>est</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>établi en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>deux</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>exemplaires,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>dont</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>reste</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>mains</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'établissement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>et</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>l'autre</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>mains du</w:t>
       </w:r>
-      <w:r w:rsidR="006F3694">
-[...2 lines deleted...]
-      <w:r w:rsidR="00040254">
+      <w:r w:rsidR="006F3694" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00040254" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ésid</w:t>
       </w:r>
-      <w:r w:rsidR="00040254">
+      <w:r w:rsidR="00040254" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>nt</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidR="00162755">
+      <w:r w:rsidR="00162755" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>son représentant</w:t>
       </w:r>
-      <w:r w:rsidR="00661AC2">
+      <w:r w:rsidR="00661AC2" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EC38EB" w:rsidRPr="00621130">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00EC38EB" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685370D9" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="685370D9" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A8FB8FC" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="3A8FB8FC" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36B85E89" w14:textId="77777777" w:rsidR="00180917" w:rsidRDefault="00180917">
+    <w:p w14:paraId="36B85E89" w14:textId="77777777" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00180917" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0F7014" w14:textId="18913036" w:rsidR="00180917" w:rsidRDefault="00A57603">
+    <w:p w14:paraId="5A0F7014" w14:textId="6D26125D" w:rsidR="00180917" w:rsidRPr="00107806" w:rsidRDefault="00A57603" w:rsidP="00107806">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="238"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Contrat-type</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>d’accueil</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>entré</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>vigueur</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidR="00572EC1">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00041A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00041A9F" w:rsidRPr="00041A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="004014D4">
-[...8 lines deleted...]
-      <w:r w:rsidR="00734C89">
+      <w:r w:rsidR="00041A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avril 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00734C89" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00734C89" w:rsidRPr="00107806">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00180917" w:rsidSect="000E227F">
+    <w:sectPr w:rsidR="00180917" w:rsidRPr="00107806" w:rsidSect="000E227F">
+      <w:headerReference w:type="even" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1259" w:right="1179" w:bottom="522" w:left="1179" w:header="726" w:footer="340" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A669447" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9">
+    <w:p w14:paraId="464AAEFC" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="252E65CE" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9">
+    <w:p w14:paraId="24137814" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="409C8E75" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9"/>
+    <w:p w14:paraId="03EFD5BC" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Roboto">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="6AB03691" w14:textId="77777777" w:rsidR="0079249D" w:rsidRDefault="0079249D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33E7A613" w14:textId="77777777" w:rsidR="00A33F31" w:rsidRDefault="00A33F31">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="42DA55D8" w14:textId="77777777" w:rsidR="0079249D" w:rsidRDefault="0079249D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64DDA903" w14:textId="77777777" w:rsidR="00A33F31" w:rsidRDefault="00A33F31">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="19A62E17" w14:textId="77777777" w:rsidR="0079249D" w:rsidRDefault="0079249D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60FC92AF" w14:textId="77777777" w:rsidR="00A33F31" w:rsidRDefault="00A33F31">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="2949F65A" w14:textId="120D2970" w:rsidR="000851F7" w:rsidRDefault="000851F7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1674723183"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="3F4239B9" w14:textId="1F991EE8" w:rsidR="006462C9" w:rsidRDefault="006462C9">
+        <w:pPr>
+          <w:pStyle w:val="Pieddepage"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="2949F65A" w14:textId="28BEEACB" w:rsidR="000851F7" w:rsidRDefault="000851F7">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
-    <w:r>
-[...452 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C478EEC" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9">
+    <w:p w14:paraId="4F5F8AD6" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F8A3E6B" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9">
+    <w:p w14:paraId="77894FCC" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0194760A" w14:textId="77777777" w:rsidR="00D91BB9" w:rsidRDefault="00D91BB9"/>
+    <w:p w14:paraId="1A033F1C" w14:textId="77777777" w:rsidR="00CB77C0" w:rsidRDefault="00CB77C0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="2D2CA4BF" w14:textId="77777777" w:rsidR="0079249D" w:rsidRDefault="0079249D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47C4C2B2" w14:textId="77777777" w:rsidR="00A33F31" w:rsidRDefault="00A33F31">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51CD57D3" w14:textId="1886753C" w:rsidR="000851F7" w:rsidRDefault="000851F7">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31243E41" wp14:editId="32C27097">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31243E41" wp14:editId="32C27097">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>887730</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>447040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1494155" cy="182245"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1494155" cy="182245"/>
                       </a:xfrm>
@@ -15018,128 +17654,128 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="31243E41" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:69.9pt;margin-top:35.2pt;width:117.65pt;height:14.35pt;z-index:-251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgDMTpqwIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8rLIAVUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNX++84mJGmrSdM2PliHfX7unrvHd3U9di3aU6mY4Bn2LzyMKC9Fxfg2w18f&#10;CifGSGnCK9IKTjP8SBW+Xr59czX0KQ1EI9qKSgQgXKVDn+FG6z51XVU2tCPqQvSUw2EtZEc0/Mqt&#10;W0kyAHrXuoHnLdxByKqXoqRKwW4+HeKlxa9rWurPda2oRm2GITdtV2nXjVnd5RVJt5L0DSsPaZC/&#10;yKIjjEPQI1RONEE7yV5BdayUQolaX5Sic0Vds5JaDsDG916wuW9ITy0XKI7qj2VS/w+2/LT/IhGr&#10;MpxgxEkHLXqgo0a3YkQLU52hVyk43ffgpkfYhi5bpqq/E+U3hbhYNYRv6Y2UYmgoqSA739x0z65O&#10;OMqAbIaPooIwZKeFBRpr2ZnSQTEQoEOXHo+dMamUJmSYhH4UYVTCmR8HQRjZECSdb/dS6fdUdMgY&#10;GZbQeYtO9ndKm2xIOruYYFwUrG1t91v+bAMcpx2IDVfNmcnCNvMp8ZJ1vI5DJwwWayf08ty5KVah&#10;syj8yyh/l69Wuf/TxPXDtGFVRbkJMwvLD/+scQeJT5I4SkuJllUGzqSk5HazaiXaExB2Yb9DQc7c&#10;3Odp2CIAlxeU/CD0boPEKRbxpRMWYeQkl17seH5ymyw8KHxePKd0xzj9d0poAM1FQTSJ6bfcPPu9&#10;5kbSjmkYHS3rMhwfnUhqJLjmlW2tJqyd7LNSmPRPpYB2z422gjUandSqx80IKEbFG1E9gnSlAGWB&#10;PmHegdEI+QOjAWZHhtX3HZEUo/YDB/mbQTMbcjY2s0F4CVczrDGazJWeBtKul2zbAPL0wLi4gSdS&#10;M6veUxaHhwXzwJI4zC4zcM7/rddpwi5/AQAA//8DAFBLAwQUAAYACAAAACEAzH7tgN8AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgdCi0JcaoKwQkJkYYDRyfeJlHjdYjd&#10;Nvw9ywmOoxnNvMk3sxvECafQe9KQLBQIpMbbnloNH9XLzQOIEA1ZM3hCDd8YYFNcXuQms/5MJZ52&#10;sRVcQiEzGroYx0zK0HToTFj4EYm9vZ+ciSynVtrJnLncDfJWqZV0pide6MyITx02h93Radh+Uvnc&#10;f73V7+W+7KsqVfS6Omh9fTVvH0FEnONfGH7xGR0KZqr9kWwQA+tlyuhRw1rdgeDAcn2fgKg1pGkC&#10;ssjl/wfFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgDMTpqwIAAKkFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDMfu2A3wAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAAUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:69.9pt;margin-top:35.2pt;width:117.65pt;height:14.35pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7Wh1F1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgOkqEz4hRdiw4D&#10;ugvQ9QMYWbKN2aJGKbGzrx8lx+nWvQ17ESiJOjznkNpej30njpp8i7aU+WIphbYKq9bWpXz6dv/m&#10;SgofwFbQodWlPGkvr3evX20HV+gVNthVmgSDWF8MrpRNCK7IMq8a3YNfoNOWLw1SD4G3VGcVwcDo&#10;fZetlsu32YBUOUKlvefTu+lS7hK+MVqFL8Z4HURXSuYW0kpp3cc1222hqAlc06ozDfgHFj20lote&#10;oO4ggDhQ+xdU3ypCjyYsFPYZGtMqnTSwmnz5Qs1jA04nLWyOdxeb/P+DVZ+Pj+4riTC+x5EbmER4&#10;94DquxcWbxuwtb4hwqHRUHHhPFqWDc4X56fRal/4CLIfPmHFTYZDwAQ0GuqjK6xTMDo34HQxXY9B&#10;qFhy/W6dbzZSKL7Lr1ar9SaVgGJ+7ciHDxp7EYNSEjc1ocPxwYfIBoo5JRazeN92XWpsZ/844MR4&#10;kthHwhP1MO5Hzo4q9lidWAfhNCc81xw0SD+lGHhGSul/HIC0FN1Hy17EgZoDmoP9HIBV/LSUQYop&#10;vA3T4B0ctXXDyJPbFm/YL9MmKc8szjy570nheUbjYP2+T1nPP2n3CwAA//8DAFBLAwQUAAYACAAA&#10;ACEAzH7tgN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgdCi0JcaoK&#10;wQkJkYYDRyfeJlHjdYjdNvw9ywmOoxnNvMk3sxvECafQe9KQLBQIpMbbnloNH9XLzQOIEA1ZM3hC&#10;Dd8YYFNcXuQms/5MJZ52sRVcQiEzGroYx0zK0HToTFj4EYm9vZ+ciSynVtrJnLncDfJWqZV0pide&#10;6MyITx02h93Radh+Uvncf73V7+W+7KsqVfS6Omh9fTVvH0FEnONfGH7xGR0KZqr9kWwQA+tlyuhR&#10;w1rdgeDAcn2fgKg1pGkCssjl/wfFDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7Wh1F&#10;1gEAAJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDM&#10;fu2A3wAAAAkBAAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3AA9DC83" w14:textId="77777777" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                     <w:pPr>
                       <w:spacing w:before="13"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Logo</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>de</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>l’établissement</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="49CA3FF5" w14:textId="77777777" w:rsidR="0079249D" w:rsidRDefault="0079249D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5A82C1F2" w14:textId="77777777" w:rsidR="00A33F31" w:rsidRDefault="00A33F31">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="761491CB" w14:textId="7E4515AA" w:rsidR="000851F7" w:rsidRDefault="000851F7">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F49A8EE" w14:textId="3B5D09E1" w:rsidR="000851F7" w:rsidRDefault="000851F7">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648000" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5675016E" wp14:editId="0C9C4D02">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5675016E" wp14:editId="0C9C4D02">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>882650</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>615950</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5797550" cy="6350"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Rectangle 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5797550" cy="6350"/>
                       </a:xfrm>
@@ -15160,66 +17796,66 @@
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="386DB3C4" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.5pt;margin-top:48.5pt;width:456.5pt;height:.5pt;z-index:-251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIPOpncwIAAPkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+b5OUpF2ipdO2UoRU&#10;YGLwA1zbaSwc29hu0w7x3zk7bengZUL0wfXlzp+/u/vO1zf7TqIdt05oVeNsnGLEFdVMqE2Nv35Z&#10;jq4wcp4oRqRWvMYH7vDN/PWr695UfKJbLRm3CECUq3pT49Z7UyWJoy3viBtrwxU4G2074sG0m4RZ&#10;0gN6J5NJmk6TXltmrKbcOfi6GJx4HvGbhlP/qWkc90jWGLj5uNq4rsOazK9JtbHEtIIeaZB/YNER&#10;oeDSM9SCeIK2VvwF1QlqtdONH1PdJbppBOUxB8gmS//I5rElhsdcoDjOnMvk/h8s/bh7sEiwGkOj&#10;FOmgRZ+haERtJEdFKE9vXAVRj+bBhgSdWWn6zSGl71uI4rfW6r7lhAGpLMQnzw4Ew8FRtO4/aAbo&#10;ZOt1rNS+sV0AhBqgfWzI4dwQvveIwsdiVs6KAvpGwTd9A7twAalOZ411/h3XHQqbGltgHrHJbuX8&#10;EHoKidy1FGwppIyG3azvpUU7EqQRf0d0dxkmVQhWOhwbEIcvQBHuCL5ANrb6R5lN8vRuUo6W06vZ&#10;KF/mxaicpVejNCvvymmal/li+TMQzPKqFYxxtRKKn2SX5S9r63EABsFE4aG+xmUxKWLuz9i7lyXZ&#10;CQ9TKEUHMjhXglShrW8Vg7RJ5YmQwz55Tj82BGpw+o9ViSIIfR/0s9bsABqwGpoE3YT3Ajattk8Y&#10;9TB7NXbft8RyjOR7BToqszwPwxqNvJhNwLCXnvWlhygKUDX2GA3bez8M+NZYsWnhpiwWRulb0F4j&#10;ojCCLgdWR8XCfMUMjm9BGOBLO0b9frHmvwAAAP//AwBQSwMEFAAGAAgAAAAhABE+bUrdAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMT01PwzAMvSPxHyIjcWMJhbG2NJ0YEkckNjhst7QxbbXGKU22&#10;FX493glO9rOf3kexnFwvjjiGzpOG25kCgVR721Gj4eP95SYFEaIha3pPqOEbAyzLy4vC5NafaI3H&#10;TWwEi1DIjYY2xiGXMtQtOhNmfkDi36cfnYkMx0ba0ZxY3PUyUepBOtMRO7RmwOcW6/3m4DSssnT1&#10;9XZPrz/raoe7bbWfJ6PS+vpqenoEEXGKf2Q4x+foUHKmyh/IBtEzvsu4S9SQLXieCWqe8FbxJVUg&#10;y0L+r1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIg86mdzAgAA+QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABE+bUrdAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAzQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" fillcolor="black" stroked="f">
+            <v:rect w14:anchorId="473BDC4E" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.5pt;margin-top:48.5pt;width:456.5pt;height:.5pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIPOpncwIAAPkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+b5OUpF2ipdO2UoRU&#10;YGLwA1zbaSwc29hu0w7x3zk7bengZUL0wfXlzp+/u/vO1zf7TqIdt05oVeNsnGLEFdVMqE2Nv35Z&#10;jq4wcp4oRqRWvMYH7vDN/PWr695UfKJbLRm3CECUq3pT49Z7UyWJoy3viBtrwxU4G2074sG0m4RZ&#10;0gN6J5NJmk6TXltmrKbcOfi6GJx4HvGbhlP/qWkc90jWGLj5uNq4rsOazK9JtbHEtIIeaZB/YNER&#10;oeDSM9SCeIK2VvwF1QlqtdONH1PdJbppBOUxB8gmS//I5rElhsdcoDjOnMvk/h8s/bh7sEiwGkOj&#10;FOmgRZ+haERtJEdFKE9vXAVRj+bBhgSdWWn6zSGl71uI4rfW6r7lhAGpLMQnzw4Ew8FRtO4/aAbo&#10;ZOt1rNS+sV0AhBqgfWzI4dwQvveIwsdiVs6KAvpGwTd9A7twAalOZ411/h3XHQqbGltgHrHJbuX8&#10;EHoKidy1FGwppIyG3azvpUU7EqQRf0d0dxkmVQhWOhwbEIcvQBHuCL5ANrb6R5lN8vRuUo6W06vZ&#10;KF/mxaicpVejNCvvymmal/li+TMQzPKqFYxxtRKKn2SX5S9r63EABsFE4aG+xmUxKWLuz9i7lyXZ&#10;CQ9TKEUHMjhXglShrW8Vg7RJ5YmQwz55Tj82BGpw+o9ViSIIfR/0s9bsABqwGpoE3YT3Ajattk8Y&#10;9TB7NXbft8RyjOR7BToqszwPwxqNvJhNwLCXnvWlhygKUDX2GA3bez8M+NZYsWnhpiwWRulb0F4j&#10;ojCCLgdWR8XCfMUMjm9BGOBLO0b9frHmvwAAAP//AwBQSwMEFAAGAAgAAAAhABE+bUrdAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMT01PwzAMvSPxHyIjcWMJhbG2NJ0YEkckNjhst7QxbbXGKU22&#10;FX493glO9rOf3kexnFwvjjiGzpOG25kCgVR721Gj4eP95SYFEaIha3pPqOEbAyzLy4vC5NafaI3H&#10;TWwEi1DIjYY2xiGXMtQtOhNmfkDi36cfnYkMx0ba0ZxY3PUyUepBOtMRO7RmwOcW6/3m4DSssnT1&#10;9XZPrz/raoe7bbWfJ6PS+vpqenoEEXGKf2Q4x+foUHKmyh/IBtEzvsu4S9SQLXieCWqe8FbxJVUg&#10;y0L+r1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIg86mdzAgAA+QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABE+bUrdAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAzQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" fillcolor="black" stroked="f">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C4AD2E" wp14:editId="424F8F41">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61C4AD2E" wp14:editId="424F8F41">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>887730</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>447040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1353185" cy="167005"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1353185" cy="167005"/>
                       </a:xfrm>
@@ -15289,51 +17925,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="61C4AD2E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:69.9pt;margin-top:35.2pt;width:106.55pt;height:13.15pt;z-index:-251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+xl+BrwIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8HydwokkAAKqdoQpknd&#10;i9TuBzhggjWwme0Eumn/fWcT0rTVpGkbH6zDPj93z93jW10PbYOOVComeIr9Kw8jygtRMr5P8ZeH&#10;3IkwUprwkjSC0xQ/UoWv12/frPouoTNRi6akEgEIV0nfpbjWuktcVxU1bYm6Eh3lcFgJ2RINv3Lv&#10;lpL0gN427szzFm4vZNlJUVClYDcbD/Ha4lcVLfSnqlJUoybFkJu2q7TrzqzuekWSvSRdzYpTGuQv&#10;smgJ4xD0DJURTdBBsldQLSukUKLSV4VoXVFVrKCWA7DxvRds7mvSUcsFiqO6c5nU/4MtPh4/S8TK&#10;FC8x4qSFFj3QQaNbMaDAVKfvVAJO9x246QG2ocuWqeruRPFVIS42NeF7eiOl6GtKSsjONzfdi6sj&#10;jjIgu/6DKCEMOWhhgYZKtqZ0UAwE6NClx3NnTCqFCTkP534UYlTAmb9Yel5oQ5Bkut1Jpd9R0SJj&#10;pFhC5y06Od4pbbIhyeRignGRs6ax3W/4sw1wHHcgNlw1ZyYL28wfsRdvo20UOMFssXUCL8ucm3wT&#10;OIvcX4bZPNtsMv+niesHSc3KknITZhKWH/xZ404SHyVxlpYSDSsNnElJyf1u00h0JCDs3H6ngly4&#10;uc/TsEUALi8o+bPAu53FTr6Ilk6QB6ETL73I8fz4Nl54QRxk+XNKd4zTf6eE+hTH4SwcxfRbbp79&#10;XnMjScs0jI6GtSmOzk4kMRLc8tK2VhPWjPZFKUz6T6WAdk+NtoI1Gh3VqofdYF+GVbMR806Uj6Bg&#10;KUBgIFMYe2DUQn7HqIcRkmL17UAkxah5z+EVmHkzGXIydpNBeAFXU6wxGs2NHufSoZNsXwPy+M64&#10;uIGXUjEr4qcsTu8LxoLlchphZu5c/luvp0G7/gUAAP//AwBQSwMEFAAGAAgAAAAhAG+SKmHfAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTQspCXGqCsEJCZGGA0cn3iZR&#10;43WI3Tb8PcsJjqMZzbzJN7MbxAmn0HvScLtQIJAab3tqNXxULzcPIEI0ZM3gCTV8Y4BNcXmRm8z6&#10;M5V42sVWcAmFzGjoYhwzKUPToTNh4Uck9vZ+ciaynFppJ3PmcjfIpVKJdKYnXujMiE8dNofd0WnY&#10;flL53H+91e/lvuyrKlX0mhy0vr6at48gIs7xLwy/+IwOBTPV/kg2iIH1KmX0qGGt7kBwYHW/TEHU&#10;GtJkDbLI5f8HxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfsZfga8CAACwBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAb5IqYd8AAAAJAQAA&#10;DwAAAAAAAAAAAAAAAAAJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABUGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:69.9pt;margin-top:35.2pt;width:106.55pt;height:13.15pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtU9s22AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s0labamizValVRFS&#10;gUqFD3AcO7FIPGbs3WT5esZOsuXyhnixJr6cOefMye5mGnp2VOgN2IoXm5wzZSU0xrYV//rl4c01&#10;Zz4I24gerKr4SXl+s3/9aje6Ul1AB32jkBGI9eXoKt6F4Mos87JTg/AbcMrSoQYcRKBPbLMGxUjo&#10;Q59d5PlVNgI2DkEq72n3fj7k+4SvtZLhs9ZeBdZXnLiFtGJa67hm+50oWxSuM3KhIf6BxSCMpaZn&#10;qHsRBDug+QtqMBLBgw4bCUMGWhupkgZSU+R/qHnuhFNJC5nj3dkm//9g5afjs3tCFqZ3MNEAkwjv&#10;HkF+88zCXSdsq24RYeyUaKhxES3LRufL5Wm02pc+gtTjR2hoyOIQIAFNGofoCulkhE4DOJ1NV1Ng&#10;Mra83F4W11vOJJ0VV2/zfJtaiHJ97dCH9woGFouKIw01oYvjow+RjSjXK7GZhQfT92mwvf1tgy7G&#10;ncQ+Ep6ph6memGkWaVFMDc2J5CDMcaF4U9EB/uBspKhU3H8/CFSc9R8sWRJztRa4FvVaCCvpacUD&#10;Z3N5F+b8HRyatiPk2XQLt2SbNknRC4uFLo0/CV2iGvP163e69fJD7X8CAAD//wMAUEsDBBQABgAI&#10;AAAAIQBvkiph3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE0LKQlx&#10;qgrBCQmRhgNHJ94mUeN1iN02/D3LCY6jGc28yTezG8QJp9B70nC7UCCQGm97ajV8VC83DyBCNGTN&#10;4Ak1fGOATXF5kZvM+jOVeNrFVnAJhcxo6GIcMylD06EzYeFHJPb2fnImspxaaSdz5nI3yKVSiXSm&#10;J17ozIhPHTaH3dFp2H5S+dx/vdXv5b7sqypV9JoctL6+mrePICLO8S8Mv/iMDgUz1f5INoiB9Spl&#10;9Khhre5AcGB1v0xB1BrSZA2yyOX/B8UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO1T&#10;2zbYAQAAmAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AG+SKmHfAAAACQEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="64B62475" w14:textId="77777777" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                     <w:pPr>
                       <w:spacing w:before="12"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>Contrat-type</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:b/>
                         <w:spacing w:val="-10"/>
@@ -15344,51 +17980,51 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>d'accueil</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51349DD8" wp14:editId="219F15DD">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51349DD8" wp14:editId="219F15DD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5210175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>447040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1437640" cy="167005"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1437640" cy="167005"/>
                       </a:xfrm>
@@ -15471,51 +18107,51 @@
                               <w:b/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>l'établissement</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="51349DD8" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:410.25pt;margin-top:35.2pt;width:113.2pt;height:13.15pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQIKFbrwIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLCAkopGpDmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfLAO+/zcPXePb3U9tA06UqmY4Cn2rzyMKC9Eyfg+xV8e&#10;cmeJkdKEl6QRnKb4kSp8vX77ZtV3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXqSnSUw2ElZEs0/Mq9&#10;W0rSA3rbuIHnRW4vZNlJUVClYDcbD/Ha4lcVLfSnqlJUoybFkJu2q7TrzqzuekWSvSRdzYpTGuQv&#10;smgJ4xD0DJURTdBBsldQLSukUKLSV4VoXVFVrKCWA7DxvRds7mvSUcsFiqO6c5nU/4MtPh4/S8TK&#10;FEcYcdJCix7ooNGtGNDMVKfvVAJO9x246QG2ocuWqeruRPFVIS42NeF7eiOl6GtKSsjONzfdi6sj&#10;jjIgu/6DKCEMOWhhgYZKtqZ0UAwE6NClx3NnTCqFCRnOFlEIRwWc+dHC8+Y2BEmm251U+h0VLTJG&#10;iiV03qKT453SJhuSTC4mGBc5axrb/YY/2wDHcQdiw1VzZrKwzfwRe/F2uV2GThhEWyf0ssy5yTeh&#10;E+X+Yp7Nss0m83+auH6Y1KwsKTdhJmH54Z817iTxURJnaSnRsNLAmZSU3O82jURHAsLO7XcqyIWb&#10;+zwNWwTg8oKSH4TebRA7ebRcOGEezp144S0dz49v48gL4zDLn1O6Y5z+OyXUpzieB/NRTL/l5tnv&#10;NTeStEzD6GhYm+Ll2YkkRoJbXtrWasKa0b4ohUn/qRTQ7qnRVrBGo6Na9bAb7MsITHQj5p0oH0HB&#10;UoDAQIsw9sCohfyOUQ8jJMXq24FIilHznsMrMPNmMuRk7CaD8AKuplhjNJobPc6lQyfZvgbk8Z1x&#10;cQMvpWJWxE9ZnN4XjAXL5TTCzNy5/LdeT4N2/QsAAP//AwBQSwMEFAAGAAgAAAAhAIhEARLgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRu1VJmxCnqhCckBBpOHB04m1i&#10;NV6H2G3D3+OeynE1TzNv8+1ke3bG0RtHEhZzAQypcdpQK+GrenvcAPNBkVa9I5Twix62xf1drjLt&#10;LlTieR9aFkvIZ0pCF8KQce6bDq3yczcgxezgRqtCPMeW61FdYrnt+VKIhFtlKC50asCXDpvj/mQl&#10;7L6pfDU/H/VneShNVaWC3pOjlA+zafcMLOAUbjBc9aM6FNGpdifSnvUSNkvxFFEJa7ECdgXEKkmB&#10;1RLSZA28yPn/F4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFAgoVuvAgAAsAUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIhEARLgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAACQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="51349DD8" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:410.25pt;margin-top:35.2pt;width:113.2pt;height:13.15pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8RIP32gEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0nL6FDUdBqbhpAG&#10;Qxr7ARfHaSwSnzm7Tcqv5+w0HbA3xIt19tnffd93583V2HfioMkbtKVcLnIptFVYG7sr5dO3uzfv&#10;pfABbA0dWl3Ko/byavv61WZwhV5hi12tSTCI9cXgStmG4Ios86rVPfgFOm052SD1EHhLu6wmGBi9&#10;77JVnq+zAal2hEp7z6e3U1JuE37TaBUemsbrILpSMreQVkprFddsu4FiR+Bao0404B9Y9GAsFz1D&#10;3UIAsSfzAqo3itBjExYK+wybxiidNLCaZf6XmscWnE5a2Bzvzjb5/wervhwe3VcSYfyAIzcwifDu&#10;HtV3LyzetGB3+poIh1ZDzYWX0bJscL44PY1W+8JHkGr4jDU3GfYBE9DYUB9dYZ2C0bkBx7PpegxC&#10;xZIXby/XF5xSnFuuL/P8XSoBxfzakQ8fNfYiBqUkbmpCh8O9D5ENFPOVWMzinem61NjO/nHAF+NJ&#10;Yh8JT9TDWI3C1KVcxbpRTIX1keUQTuPC481Bi/RTioFHpZT+xx5IS9F9smxJnKs5oDmo5gCs4qel&#10;DFJM4U2Y5m/vyOxaRp5Mt3jNtjUmKXpmcaLL7U9CT6Ma5+v3fbr1/KG2vwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAIhEARLgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRu1VJ&#10;mxCnqhCckBBpOHB04m1iNV6H2G3D3+OeynE1TzNv8+1ke3bG0RtHEhZzAQypcdpQK+GrenvcAPNB&#10;kVa9I5Twix62xf1drjLtLlTieR9aFkvIZ0pCF8KQce6bDq3yczcgxezgRqtCPMeW61FdYrnt+VKI&#10;hFtlKC50asCXDpvj/mQl7L6pfDU/H/VneShNVaWC3pOjlA+zafcMLOAUbjBc9aM6FNGpdifSnvUS&#10;NkvxFFEJa7ECdgXEKkmB1RLSZA28yPn/F4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADxEg/faAQAAmAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAIhEARLgAAAACgEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="60991061" w14:textId="77777777" w:rsidR="000851F7" w:rsidRDefault="000851F7">
                     <w:pPr>
                       <w:spacing w:before="12"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>Nom</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:b/>
                         <w:spacing w:val="-5"/>
@@ -15540,61 +18176,61 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>l'établissement</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="746AABB5" w14:textId="794C46CD" w:rsidR="000851F7" w:rsidRDefault="000851F7">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06355210"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA7C7E9A"/>
     <w:lvl w:ilvl="0" w:tplc="808041DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="663" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="410A6FA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1548" w:hanging="428"/>
@@ -17115,50 +19751,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="68DEAB72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EEE09B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDFCE5AC"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="958" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1678" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2398" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3118" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3838" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4558" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5278" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5998" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="318E54B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82F6B9DE"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="958" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1678" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -17203,51 +19925,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5278" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6718" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35437F4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AF63ACC"/>
     <w:lvl w:ilvl="0" w:tplc="100C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17289,51 +20011,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="358B4998"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39C6B34E"/>
     <w:lvl w:ilvl="0" w:tplc="100C0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="958" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1678" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17375,51 +20097,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5278" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6718" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35A94182"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB205952"/>
     <w:lvl w:ilvl="0" w:tplc="100C0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="958" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1678" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17461,51 +20183,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5278" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6718" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38403A6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB48D1B8"/>
     <w:lvl w:ilvl="0" w:tplc="100C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1318" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17547,51 +20269,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4918" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5638" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6358" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38DA37DD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9CF4D054"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17670,51 +20392,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C234464"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA14E6CC"/>
     <w:lvl w:ilvl="0" w:tplc="7AEA0602">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1318" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -17759,51 +20481,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4918" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5638" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6358" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F4E6594"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BB12281C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -17886,51 +20608,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6690" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FF44065"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A081FAE"/>
     <w:lvl w:ilvl="0" w:tplc="CD12CAC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1223" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="100"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="01B83942">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18000,51 +20722,51 @@
     <w:lvl w:ilvl="7" w:tplc="49F464A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8266" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F966448E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9273" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42F621D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACF4BF0A"/>
     <w:lvl w:ilvl="0" w:tplc="71703E30">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="02E42380">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -18113,51 +20835,51 @@
     <w:lvl w:ilvl="7" w:tplc="EFE277BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F21A68D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44D72708"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F0E9B00"/>
     <w:lvl w:ilvl="0" w:tplc="F3FC919E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EF9CD3E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -18226,51 +20948,51 @@
     <w:lvl w:ilvl="7" w:tplc="2280FC2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6848F63C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BB816F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26F6FF92"/>
     <w:lvl w:ilvl="0" w:tplc="EC32EF98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -18338,51 +21060,51 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD70E41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F59AA4A6"/>
     <w:lvl w:ilvl="0" w:tplc="0E809AE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="665" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5A666C68">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18456,51 +21178,51 @@
     <w:lvl w:ilvl="7" w:tplc="9E0CCFC6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6876" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C82EC4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7764" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50F875F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC5C6B4C"/>
     <w:lvl w:ilvl="0" w:tplc="100C0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -18545,51 +21267,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="510629E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E58EFB84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -18669,51 +21391,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9049" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53745CB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D403F88"/>
     <w:lvl w:ilvl="0" w:tplc="937A3050">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="663" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B808B440">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -18795,51 +21517,51 @@
     <w:lvl w:ilvl="7" w:tplc="08FCF10C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6427" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="05DC1CC2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7465" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="549A4DEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A763050"/>
     <w:lvl w:ilvl="0" w:tplc="BA667D48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1756" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:color w:val="006FC0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CE8C74FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2712" w:hanging="358"/>
@@ -18912,51 +21634,51 @@
     <w:lvl w:ilvl="7" w:tplc="0AB08322">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8428" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1F3C9E16">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9381" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58295EF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26725348"/>
     <w:lvl w:ilvl="0" w:tplc="7ABAC258">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1318" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -19001,51 +21723,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4918" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5638" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6358" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F63144C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4E1D84"/>
     <w:lvl w:ilvl="0" w:tplc="D80AA66C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F4F4EE06">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -19114,51 +21836,51 @@
     <w:lvl w:ilvl="7" w:tplc="A6BE6E70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="252A0A6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692D3FB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ACE6764"/>
     <w:lvl w:ilvl="0" w:tplc="F8C05E6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1396C1A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -19227,51 +21949,51 @@
     <w:lvl w:ilvl="7" w:tplc="66B801B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7D8CFFBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="701A7676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA348EEC"/>
     <w:lvl w:ilvl="0" w:tplc="721AE1A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="003A31A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -19340,51 +22062,51 @@
     <w:lvl w:ilvl="7" w:tplc="3B78B2FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C28C974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E62AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E8425FC"/>
     <w:lvl w:ilvl="0" w:tplc="B5E0F744">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="665" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="95C4193E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19458,51 +22180,51 @@
     <w:lvl w:ilvl="7" w:tplc="8278B43A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6876" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AA786334">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7764" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742208AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F4484D4"/>
     <w:lvl w:ilvl="0" w:tplc="2B7A55D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1223" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="66845408">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -19582,51 +22304,51 @@
     <w:lvl w:ilvl="7" w:tplc="9C04BEBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7729" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="78024540">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8914" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="743D0970"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8AA8ED9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19695,51 +22417,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7501708B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="969077BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19816,51 +22538,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AA7689"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7188F73E"/>
     <w:lvl w:ilvl="0" w:tplc="8BF246EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="50B24FDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -19929,51 +22651,51 @@
     <w:lvl w:ilvl="7" w:tplc="7DEC54EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="23D27844">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795C0838"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBEAFA48"/>
     <w:lvl w:ilvl="0" w:tplc="100C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
@@ -20018,51 +22740,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79854106"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="969077BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -20139,51 +22861,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BDB5946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24788A8A"/>
     <w:lvl w:ilvl="0" w:tplc="60504BFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A0DE0C3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -20252,481 +22974,502 @@
     <w:lvl w:ilvl="7" w:tplc="AC18ACCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8BAEFBEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="611858688">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="903416728">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="212347797">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="351034318">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1058826524">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="499808673">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1743597567">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1999840042">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="724331929">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1704820391">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1948005766">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2101482235">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="110905015">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="2">
-[...35 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2130467351">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1070152093">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="991174172">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2039234771">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="623536384">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="931399743">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1770540820">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="263614906">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="476340613">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2050839450">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1055347373">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1230385573">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="179049957">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1270771236">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1182476328">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="486098470">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30" w16cid:durableId="246890924">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17">
-[...35 lines deleted...]
-  <w:num w:numId="29">
+  <w:num w:numId="31" w16cid:durableId="802649487">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="30">
-[...5 lines deleted...]
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1742673860">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="33" w16cid:durableId="161816132">
+    <w:abstractNumId w:val="39"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="853303371">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="230624334">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1167208932">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="37">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="37" w16cid:durableId="503327956">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="38">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="38" w16cid:durableId="1410880742">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1743942895">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1422683950">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="489520859">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="897975130">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="145754716">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="44">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="44" w16cid:durableId="2055494757">
+    <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1628581522">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="497502813">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="865294857">
     <w:abstractNumId w:val="15"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00180917"/>
     <w:rsid w:val="00002B09"/>
     <w:rsid w:val="000033F3"/>
     <w:rsid w:val="00021E78"/>
     <w:rsid w:val="00032E68"/>
     <w:rsid w:val="00035DD7"/>
+    <w:rsid w:val="0004007A"/>
     <w:rsid w:val="00040254"/>
+    <w:rsid w:val="00041A9F"/>
     <w:rsid w:val="0004296B"/>
     <w:rsid w:val="00045848"/>
+    <w:rsid w:val="00065499"/>
+    <w:rsid w:val="00066EAD"/>
     <w:rsid w:val="00070DD9"/>
+    <w:rsid w:val="00074AEB"/>
     <w:rsid w:val="0007679A"/>
     <w:rsid w:val="00082CBC"/>
     <w:rsid w:val="00085131"/>
     <w:rsid w:val="000851F7"/>
     <w:rsid w:val="00096B57"/>
     <w:rsid w:val="000A465F"/>
     <w:rsid w:val="000A70EA"/>
     <w:rsid w:val="000C04A9"/>
     <w:rsid w:val="000C1A0C"/>
     <w:rsid w:val="000C1DB0"/>
     <w:rsid w:val="000C24D0"/>
+    <w:rsid w:val="000C3513"/>
     <w:rsid w:val="000C4280"/>
     <w:rsid w:val="000C43E6"/>
     <w:rsid w:val="000C6ACD"/>
     <w:rsid w:val="000C6C32"/>
     <w:rsid w:val="000C7F1F"/>
     <w:rsid w:val="000D650B"/>
     <w:rsid w:val="000D77B3"/>
     <w:rsid w:val="000E227F"/>
     <w:rsid w:val="000E5DA6"/>
     <w:rsid w:val="000F0206"/>
     <w:rsid w:val="000F1DB0"/>
     <w:rsid w:val="000F38F8"/>
     <w:rsid w:val="000F4991"/>
     <w:rsid w:val="000F7AF0"/>
     <w:rsid w:val="001022F9"/>
     <w:rsid w:val="001061DE"/>
+    <w:rsid w:val="00107806"/>
     <w:rsid w:val="00112AFF"/>
     <w:rsid w:val="001141C9"/>
+    <w:rsid w:val="001241CE"/>
     <w:rsid w:val="001301FC"/>
+    <w:rsid w:val="00130CCE"/>
     <w:rsid w:val="0013197B"/>
     <w:rsid w:val="00133C6C"/>
     <w:rsid w:val="001477B0"/>
     <w:rsid w:val="00147D3C"/>
     <w:rsid w:val="00153CA9"/>
     <w:rsid w:val="00153CFE"/>
     <w:rsid w:val="00155199"/>
     <w:rsid w:val="00155848"/>
     <w:rsid w:val="001575C5"/>
     <w:rsid w:val="001605E1"/>
     <w:rsid w:val="00162755"/>
     <w:rsid w:val="00164C69"/>
     <w:rsid w:val="00170024"/>
+    <w:rsid w:val="00173690"/>
     <w:rsid w:val="00180917"/>
     <w:rsid w:val="00185CFD"/>
     <w:rsid w:val="00193224"/>
+    <w:rsid w:val="00193DC9"/>
     <w:rsid w:val="001A0026"/>
     <w:rsid w:val="001A15E6"/>
     <w:rsid w:val="001B3EBB"/>
     <w:rsid w:val="001C3906"/>
     <w:rsid w:val="001C4F3D"/>
     <w:rsid w:val="001D1E92"/>
     <w:rsid w:val="001E1352"/>
     <w:rsid w:val="001E44EF"/>
     <w:rsid w:val="001E7263"/>
     <w:rsid w:val="001F049D"/>
     <w:rsid w:val="001F0AF5"/>
     <w:rsid w:val="00202DC7"/>
     <w:rsid w:val="0020403C"/>
     <w:rsid w:val="00206E06"/>
     <w:rsid w:val="0020788A"/>
     <w:rsid w:val="00216803"/>
     <w:rsid w:val="00220733"/>
     <w:rsid w:val="0023285B"/>
     <w:rsid w:val="002411BC"/>
     <w:rsid w:val="00241743"/>
+    <w:rsid w:val="00243994"/>
     <w:rsid w:val="00245CD1"/>
+    <w:rsid w:val="00265C34"/>
     <w:rsid w:val="0027048F"/>
     <w:rsid w:val="00276C66"/>
     <w:rsid w:val="00282393"/>
     <w:rsid w:val="00285170"/>
+    <w:rsid w:val="00295112"/>
     <w:rsid w:val="00295CE1"/>
     <w:rsid w:val="002A04F3"/>
     <w:rsid w:val="002A14AF"/>
     <w:rsid w:val="002A1ED2"/>
     <w:rsid w:val="002A1F91"/>
     <w:rsid w:val="002A5866"/>
     <w:rsid w:val="002B0461"/>
     <w:rsid w:val="002B15AB"/>
+    <w:rsid w:val="002B37EE"/>
+    <w:rsid w:val="002B3917"/>
     <w:rsid w:val="002B3FFC"/>
     <w:rsid w:val="002B5143"/>
     <w:rsid w:val="002B542F"/>
     <w:rsid w:val="002B7997"/>
     <w:rsid w:val="002C3330"/>
     <w:rsid w:val="002C3362"/>
     <w:rsid w:val="002C6FB4"/>
     <w:rsid w:val="002D2ED5"/>
     <w:rsid w:val="002D35C0"/>
+    <w:rsid w:val="002D73D9"/>
     <w:rsid w:val="002D7F2B"/>
     <w:rsid w:val="002E07D1"/>
     <w:rsid w:val="002E0DEF"/>
     <w:rsid w:val="002E1B28"/>
     <w:rsid w:val="002E3548"/>
     <w:rsid w:val="002F101F"/>
     <w:rsid w:val="002F18D8"/>
     <w:rsid w:val="002F6692"/>
     <w:rsid w:val="002F6A17"/>
     <w:rsid w:val="003026B0"/>
     <w:rsid w:val="003070A2"/>
     <w:rsid w:val="00311D7D"/>
     <w:rsid w:val="003136B4"/>
     <w:rsid w:val="00315F00"/>
     <w:rsid w:val="00322E40"/>
     <w:rsid w:val="00324647"/>
     <w:rsid w:val="0033124B"/>
     <w:rsid w:val="003468E2"/>
     <w:rsid w:val="00350FD9"/>
     <w:rsid w:val="003564DC"/>
     <w:rsid w:val="00360693"/>
     <w:rsid w:val="003610DF"/>
     <w:rsid w:val="00366865"/>
     <w:rsid w:val="00370C2A"/>
     <w:rsid w:val="00371A46"/>
@@ -20740,546 +23483,611 @@
     <w:rsid w:val="003B098B"/>
     <w:rsid w:val="003B1F10"/>
     <w:rsid w:val="003C7387"/>
     <w:rsid w:val="003D082E"/>
     <w:rsid w:val="003D3BCD"/>
     <w:rsid w:val="003D4330"/>
     <w:rsid w:val="003D52EC"/>
     <w:rsid w:val="003D5B31"/>
     <w:rsid w:val="003E1A66"/>
     <w:rsid w:val="003E33E5"/>
     <w:rsid w:val="003E7A53"/>
     <w:rsid w:val="003F4F9E"/>
     <w:rsid w:val="003F523F"/>
     <w:rsid w:val="00400931"/>
     <w:rsid w:val="004014D4"/>
     <w:rsid w:val="004027B9"/>
     <w:rsid w:val="00404EBC"/>
     <w:rsid w:val="00410BD2"/>
     <w:rsid w:val="00413742"/>
     <w:rsid w:val="00414A26"/>
     <w:rsid w:val="0042535C"/>
     <w:rsid w:val="0043400C"/>
     <w:rsid w:val="00437BE2"/>
     <w:rsid w:val="004401D3"/>
     <w:rsid w:val="004440C5"/>
+    <w:rsid w:val="00446723"/>
     <w:rsid w:val="00447C1C"/>
+    <w:rsid w:val="004503B2"/>
     <w:rsid w:val="0045457F"/>
     <w:rsid w:val="0045726C"/>
     <w:rsid w:val="00457840"/>
     <w:rsid w:val="00460353"/>
     <w:rsid w:val="004622B3"/>
     <w:rsid w:val="00465EBD"/>
     <w:rsid w:val="00471FEA"/>
     <w:rsid w:val="0047251C"/>
     <w:rsid w:val="0047400A"/>
     <w:rsid w:val="00474637"/>
     <w:rsid w:val="00475736"/>
     <w:rsid w:val="00475DDF"/>
     <w:rsid w:val="00477366"/>
     <w:rsid w:val="00483479"/>
     <w:rsid w:val="00494540"/>
     <w:rsid w:val="00497449"/>
     <w:rsid w:val="00497B16"/>
     <w:rsid w:val="004A0708"/>
     <w:rsid w:val="004A2EFA"/>
+    <w:rsid w:val="004A38CA"/>
     <w:rsid w:val="004B0BD0"/>
     <w:rsid w:val="004B29E4"/>
     <w:rsid w:val="004C79A8"/>
     <w:rsid w:val="004D7A7C"/>
     <w:rsid w:val="004E025E"/>
     <w:rsid w:val="004E3A5A"/>
     <w:rsid w:val="004E4D9E"/>
+    <w:rsid w:val="004E6825"/>
     <w:rsid w:val="004E6BB2"/>
     <w:rsid w:val="004F2E2A"/>
     <w:rsid w:val="004F4B7B"/>
     <w:rsid w:val="0050295D"/>
     <w:rsid w:val="00502AFF"/>
     <w:rsid w:val="005142DD"/>
     <w:rsid w:val="00514FD7"/>
     <w:rsid w:val="0051646C"/>
     <w:rsid w:val="0052173C"/>
     <w:rsid w:val="00526595"/>
     <w:rsid w:val="00527030"/>
     <w:rsid w:val="00542490"/>
     <w:rsid w:val="0054545A"/>
     <w:rsid w:val="00546413"/>
     <w:rsid w:val="005471D0"/>
     <w:rsid w:val="00550C0B"/>
+    <w:rsid w:val="00551F12"/>
     <w:rsid w:val="00556220"/>
     <w:rsid w:val="00556876"/>
     <w:rsid w:val="005613BA"/>
     <w:rsid w:val="005620CA"/>
     <w:rsid w:val="00562AE9"/>
     <w:rsid w:val="00562D6D"/>
     <w:rsid w:val="00565FC8"/>
+    <w:rsid w:val="00570945"/>
     <w:rsid w:val="00570E7A"/>
     <w:rsid w:val="00571CDF"/>
     <w:rsid w:val="00572EC1"/>
     <w:rsid w:val="0057597B"/>
     <w:rsid w:val="00577E78"/>
     <w:rsid w:val="00581661"/>
     <w:rsid w:val="00581B9F"/>
     <w:rsid w:val="0058633A"/>
     <w:rsid w:val="00592631"/>
     <w:rsid w:val="00594764"/>
     <w:rsid w:val="00594DF5"/>
+    <w:rsid w:val="00597D50"/>
     <w:rsid w:val="005A1AF1"/>
     <w:rsid w:val="005A2D79"/>
     <w:rsid w:val="005A4739"/>
     <w:rsid w:val="005A6649"/>
     <w:rsid w:val="005B2ABD"/>
     <w:rsid w:val="005C34FB"/>
     <w:rsid w:val="005C5AC8"/>
     <w:rsid w:val="005D0223"/>
     <w:rsid w:val="005D0F53"/>
     <w:rsid w:val="005D5639"/>
     <w:rsid w:val="005D5B55"/>
     <w:rsid w:val="005D5FDB"/>
     <w:rsid w:val="005E15CC"/>
     <w:rsid w:val="005E2EA5"/>
     <w:rsid w:val="005E35BC"/>
     <w:rsid w:val="00604AAF"/>
     <w:rsid w:val="0060695D"/>
     <w:rsid w:val="00620527"/>
     <w:rsid w:val="0062452D"/>
     <w:rsid w:val="00624591"/>
+    <w:rsid w:val="00624828"/>
     <w:rsid w:val="006342B3"/>
     <w:rsid w:val="00641763"/>
     <w:rsid w:val="00641F00"/>
     <w:rsid w:val="0064216B"/>
+    <w:rsid w:val="006431EC"/>
     <w:rsid w:val="00644C54"/>
     <w:rsid w:val="0064545D"/>
     <w:rsid w:val="006456AA"/>
+    <w:rsid w:val="006462C9"/>
     <w:rsid w:val="00661AC2"/>
     <w:rsid w:val="006630DF"/>
     <w:rsid w:val="006760AB"/>
     <w:rsid w:val="0068524B"/>
     <w:rsid w:val="0068555F"/>
     <w:rsid w:val="006872E1"/>
     <w:rsid w:val="006916F9"/>
     <w:rsid w:val="00693BB9"/>
     <w:rsid w:val="00696716"/>
     <w:rsid w:val="00696BB3"/>
     <w:rsid w:val="006975AC"/>
     <w:rsid w:val="006A076B"/>
     <w:rsid w:val="006A2C60"/>
     <w:rsid w:val="006A492C"/>
+    <w:rsid w:val="006B4498"/>
     <w:rsid w:val="006B505A"/>
     <w:rsid w:val="006B6C5C"/>
     <w:rsid w:val="006D04D9"/>
     <w:rsid w:val="006E2C2C"/>
     <w:rsid w:val="006E3A66"/>
+    <w:rsid w:val="006E66DC"/>
     <w:rsid w:val="006F2C41"/>
     <w:rsid w:val="006F2CEB"/>
     <w:rsid w:val="006F3694"/>
     <w:rsid w:val="006F739B"/>
     <w:rsid w:val="00701D47"/>
     <w:rsid w:val="0070797A"/>
     <w:rsid w:val="007111E4"/>
     <w:rsid w:val="0071208B"/>
     <w:rsid w:val="0071271B"/>
+    <w:rsid w:val="007166E6"/>
     <w:rsid w:val="007178FD"/>
     <w:rsid w:val="00722AF0"/>
     <w:rsid w:val="007271DA"/>
     <w:rsid w:val="007277EE"/>
+    <w:rsid w:val="00731151"/>
     <w:rsid w:val="007328F4"/>
     <w:rsid w:val="007329A5"/>
+    <w:rsid w:val="00733293"/>
     <w:rsid w:val="00733BD7"/>
     <w:rsid w:val="00734C89"/>
     <w:rsid w:val="00736D1C"/>
     <w:rsid w:val="00741C9A"/>
     <w:rsid w:val="0074396D"/>
     <w:rsid w:val="0074397E"/>
     <w:rsid w:val="00745195"/>
     <w:rsid w:val="00750749"/>
     <w:rsid w:val="007516B2"/>
     <w:rsid w:val="00762F43"/>
     <w:rsid w:val="007653B4"/>
     <w:rsid w:val="00766E43"/>
     <w:rsid w:val="007760AE"/>
+    <w:rsid w:val="00787B69"/>
     <w:rsid w:val="0079249D"/>
     <w:rsid w:val="007934F3"/>
     <w:rsid w:val="007951E7"/>
     <w:rsid w:val="00796D7A"/>
+    <w:rsid w:val="007A49CE"/>
     <w:rsid w:val="007B0CA5"/>
     <w:rsid w:val="007B143E"/>
     <w:rsid w:val="007B2179"/>
+    <w:rsid w:val="007B3170"/>
     <w:rsid w:val="007B4644"/>
     <w:rsid w:val="007B479A"/>
     <w:rsid w:val="007B5B91"/>
     <w:rsid w:val="007C3869"/>
     <w:rsid w:val="007C4341"/>
     <w:rsid w:val="007C43F4"/>
     <w:rsid w:val="007C44C4"/>
     <w:rsid w:val="007C48C3"/>
     <w:rsid w:val="007D5367"/>
     <w:rsid w:val="007E2A52"/>
     <w:rsid w:val="007E4D8D"/>
+    <w:rsid w:val="007E5638"/>
     <w:rsid w:val="007F113A"/>
     <w:rsid w:val="007F139F"/>
+    <w:rsid w:val="007F3B20"/>
+    <w:rsid w:val="007F3E2F"/>
     <w:rsid w:val="0081410B"/>
+    <w:rsid w:val="008144A2"/>
     <w:rsid w:val="008154B9"/>
     <w:rsid w:val="0081626B"/>
+    <w:rsid w:val="00823F5D"/>
     <w:rsid w:val="008244D5"/>
     <w:rsid w:val="008400C0"/>
     <w:rsid w:val="008428B7"/>
     <w:rsid w:val="00847119"/>
     <w:rsid w:val="008518CF"/>
     <w:rsid w:val="008664F9"/>
     <w:rsid w:val="00871D5E"/>
     <w:rsid w:val="0087268B"/>
     <w:rsid w:val="00873E52"/>
     <w:rsid w:val="008778E0"/>
     <w:rsid w:val="00880315"/>
     <w:rsid w:val="0088165E"/>
+    <w:rsid w:val="008824E0"/>
     <w:rsid w:val="00883990"/>
     <w:rsid w:val="008848A2"/>
     <w:rsid w:val="008956CF"/>
     <w:rsid w:val="0089571E"/>
     <w:rsid w:val="008A07C0"/>
     <w:rsid w:val="008A7666"/>
+    <w:rsid w:val="008B3101"/>
     <w:rsid w:val="008B6F0A"/>
     <w:rsid w:val="008C0010"/>
     <w:rsid w:val="008C2545"/>
     <w:rsid w:val="008C6093"/>
     <w:rsid w:val="008D16A4"/>
     <w:rsid w:val="008D6D20"/>
     <w:rsid w:val="008D75AF"/>
     <w:rsid w:val="008E10FE"/>
     <w:rsid w:val="008E3809"/>
     <w:rsid w:val="008F004D"/>
     <w:rsid w:val="008F205A"/>
     <w:rsid w:val="008F35C9"/>
     <w:rsid w:val="008F6DB8"/>
     <w:rsid w:val="008F77CC"/>
     <w:rsid w:val="00901EE6"/>
     <w:rsid w:val="0090220D"/>
+    <w:rsid w:val="009051C0"/>
     <w:rsid w:val="00906E1B"/>
     <w:rsid w:val="00907BC0"/>
     <w:rsid w:val="00910273"/>
     <w:rsid w:val="009159D2"/>
     <w:rsid w:val="00921828"/>
     <w:rsid w:val="00923609"/>
     <w:rsid w:val="00925C6D"/>
     <w:rsid w:val="00937352"/>
+    <w:rsid w:val="00944476"/>
     <w:rsid w:val="009458CC"/>
+    <w:rsid w:val="00951AF6"/>
     <w:rsid w:val="00955A4B"/>
     <w:rsid w:val="00956792"/>
     <w:rsid w:val="00956AF1"/>
     <w:rsid w:val="00961BE8"/>
+    <w:rsid w:val="00964687"/>
     <w:rsid w:val="009716C0"/>
     <w:rsid w:val="00992381"/>
     <w:rsid w:val="00992418"/>
     <w:rsid w:val="00992E50"/>
+    <w:rsid w:val="00993799"/>
     <w:rsid w:val="0099407B"/>
     <w:rsid w:val="00995D49"/>
     <w:rsid w:val="009A409E"/>
     <w:rsid w:val="009A5E88"/>
     <w:rsid w:val="009B309F"/>
     <w:rsid w:val="009B3145"/>
     <w:rsid w:val="009B5C37"/>
+    <w:rsid w:val="009B7C4A"/>
     <w:rsid w:val="009B7D64"/>
     <w:rsid w:val="009C1E3C"/>
     <w:rsid w:val="009C42ED"/>
+    <w:rsid w:val="009D3705"/>
     <w:rsid w:val="009E0DC1"/>
     <w:rsid w:val="009E361F"/>
     <w:rsid w:val="009E4BA6"/>
     <w:rsid w:val="009E78CE"/>
     <w:rsid w:val="009F089E"/>
     <w:rsid w:val="009F1DF9"/>
     <w:rsid w:val="009F616B"/>
+    <w:rsid w:val="00A00F69"/>
     <w:rsid w:val="00A05936"/>
+    <w:rsid w:val="00A06FEA"/>
     <w:rsid w:val="00A14E5B"/>
     <w:rsid w:val="00A2268F"/>
+    <w:rsid w:val="00A23CC7"/>
     <w:rsid w:val="00A247C0"/>
     <w:rsid w:val="00A27977"/>
+    <w:rsid w:val="00A33F31"/>
     <w:rsid w:val="00A37874"/>
     <w:rsid w:val="00A428FD"/>
     <w:rsid w:val="00A42F53"/>
     <w:rsid w:val="00A45DDB"/>
     <w:rsid w:val="00A543D1"/>
     <w:rsid w:val="00A57078"/>
     <w:rsid w:val="00A57603"/>
     <w:rsid w:val="00A62AEE"/>
     <w:rsid w:val="00A645A6"/>
     <w:rsid w:val="00A649A1"/>
     <w:rsid w:val="00A65EFC"/>
     <w:rsid w:val="00A70B4F"/>
     <w:rsid w:val="00A7538C"/>
     <w:rsid w:val="00A77457"/>
+    <w:rsid w:val="00A8662D"/>
+    <w:rsid w:val="00A92E36"/>
     <w:rsid w:val="00A963FA"/>
     <w:rsid w:val="00AA05CD"/>
     <w:rsid w:val="00AA5F2C"/>
     <w:rsid w:val="00AA640F"/>
     <w:rsid w:val="00AA7411"/>
     <w:rsid w:val="00AB0A4A"/>
     <w:rsid w:val="00AB197B"/>
     <w:rsid w:val="00AB5560"/>
+    <w:rsid w:val="00AC03D9"/>
     <w:rsid w:val="00AC0C4B"/>
     <w:rsid w:val="00AC14D5"/>
     <w:rsid w:val="00AC523E"/>
     <w:rsid w:val="00AD56C4"/>
     <w:rsid w:val="00AE1330"/>
     <w:rsid w:val="00AE2FEA"/>
     <w:rsid w:val="00AE6D74"/>
     <w:rsid w:val="00AE7D49"/>
     <w:rsid w:val="00AF4548"/>
     <w:rsid w:val="00AF713D"/>
     <w:rsid w:val="00B10457"/>
     <w:rsid w:val="00B112CA"/>
     <w:rsid w:val="00B1214B"/>
     <w:rsid w:val="00B13A1B"/>
     <w:rsid w:val="00B13E7E"/>
     <w:rsid w:val="00B14583"/>
     <w:rsid w:val="00B21A06"/>
     <w:rsid w:val="00B23D4C"/>
     <w:rsid w:val="00B2744B"/>
     <w:rsid w:val="00B27E2F"/>
     <w:rsid w:val="00B30ADB"/>
     <w:rsid w:val="00B34CCE"/>
     <w:rsid w:val="00B42DBF"/>
     <w:rsid w:val="00B46297"/>
     <w:rsid w:val="00B5630D"/>
     <w:rsid w:val="00B579E8"/>
     <w:rsid w:val="00B65842"/>
     <w:rsid w:val="00B738AA"/>
     <w:rsid w:val="00B7429D"/>
+    <w:rsid w:val="00B75FC5"/>
     <w:rsid w:val="00B82236"/>
     <w:rsid w:val="00B83078"/>
     <w:rsid w:val="00B85BAD"/>
     <w:rsid w:val="00B96F21"/>
     <w:rsid w:val="00B976A4"/>
+    <w:rsid w:val="00BA7466"/>
+    <w:rsid w:val="00BB7DAE"/>
     <w:rsid w:val="00BC094D"/>
     <w:rsid w:val="00BC1B09"/>
     <w:rsid w:val="00BC41C9"/>
+    <w:rsid w:val="00BC4AFC"/>
     <w:rsid w:val="00BD56B5"/>
     <w:rsid w:val="00BD736E"/>
     <w:rsid w:val="00BD737A"/>
     <w:rsid w:val="00BE1202"/>
     <w:rsid w:val="00BE1DFD"/>
     <w:rsid w:val="00BE350F"/>
     <w:rsid w:val="00BE53A4"/>
     <w:rsid w:val="00BF0DE4"/>
     <w:rsid w:val="00BF156C"/>
     <w:rsid w:val="00C00736"/>
     <w:rsid w:val="00C0309C"/>
     <w:rsid w:val="00C03503"/>
     <w:rsid w:val="00C0462D"/>
     <w:rsid w:val="00C04A2C"/>
     <w:rsid w:val="00C11FE6"/>
     <w:rsid w:val="00C12300"/>
     <w:rsid w:val="00C1436E"/>
     <w:rsid w:val="00C15040"/>
     <w:rsid w:val="00C21C15"/>
     <w:rsid w:val="00C21FB7"/>
     <w:rsid w:val="00C22F12"/>
     <w:rsid w:val="00C235E4"/>
     <w:rsid w:val="00C2717D"/>
     <w:rsid w:val="00C3324B"/>
     <w:rsid w:val="00C3361F"/>
     <w:rsid w:val="00C33E4F"/>
     <w:rsid w:val="00C34D07"/>
     <w:rsid w:val="00C35C3F"/>
     <w:rsid w:val="00C507BD"/>
     <w:rsid w:val="00C50D6F"/>
     <w:rsid w:val="00C5225B"/>
     <w:rsid w:val="00C54B72"/>
     <w:rsid w:val="00C63615"/>
     <w:rsid w:val="00C66827"/>
     <w:rsid w:val="00C73EC4"/>
     <w:rsid w:val="00C74C57"/>
     <w:rsid w:val="00C7691F"/>
     <w:rsid w:val="00C81656"/>
+    <w:rsid w:val="00C83F0A"/>
     <w:rsid w:val="00C84881"/>
     <w:rsid w:val="00C852F7"/>
     <w:rsid w:val="00C91F11"/>
     <w:rsid w:val="00CA1BF6"/>
     <w:rsid w:val="00CA6584"/>
+    <w:rsid w:val="00CB5662"/>
+    <w:rsid w:val="00CB77C0"/>
     <w:rsid w:val="00CC1E0C"/>
+    <w:rsid w:val="00CC4931"/>
     <w:rsid w:val="00CC7EB6"/>
     <w:rsid w:val="00CD36EC"/>
     <w:rsid w:val="00CD59AC"/>
+    <w:rsid w:val="00CD5F9B"/>
     <w:rsid w:val="00D02284"/>
     <w:rsid w:val="00D03074"/>
     <w:rsid w:val="00D0496E"/>
     <w:rsid w:val="00D04E25"/>
     <w:rsid w:val="00D20EDE"/>
     <w:rsid w:val="00D218BB"/>
+    <w:rsid w:val="00D2284F"/>
     <w:rsid w:val="00D27A9B"/>
     <w:rsid w:val="00D37CC0"/>
     <w:rsid w:val="00D40341"/>
     <w:rsid w:val="00D419BF"/>
     <w:rsid w:val="00D4420B"/>
+    <w:rsid w:val="00D46861"/>
     <w:rsid w:val="00D478BE"/>
     <w:rsid w:val="00D501AA"/>
     <w:rsid w:val="00D51408"/>
     <w:rsid w:val="00D5591B"/>
     <w:rsid w:val="00D60DC3"/>
     <w:rsid w:val="00D628B8"/>
     <w:rsid w:val="00D67CAD"/>
     <w:rsid w:val="00D71F3F"/>
+    <w:rsid w:val="00D73CC0"/>
     <w:rsid w:val="00D81264"/>
     <w:rsid w:val="00D8536A"/>
+    <w:rsid w:val="00D85753"/>
     <w:rsid w:val="00D874EC"/>
     <w:rsid w:val="00D91BB9"/>
     <w:rsid w:val="00D953E6"/>
     <w:rsid w:val="00D975AE"/>
     <w:rsid w:val="00DA020C"/>
     <w:rsid w:val="00DA0D3D"/>
     <w:rsid w:val="00DA50FD"/>
     <w:rsid w:val="00DA751F"/>
     <w:rsid w:val="00DB040D"/>
     <w:rsid w:val="00DB5B61"/>
     <w:rsid w:val="00DC167E"/>
     <w:rsid w:val="00DD56B8"/>
     <w:rsid w:val="00DE42E6"/>
+    <w:rsid w:val="00DE7B6F"/>
     <w:rsid w:val="00DF024D"/>
+    <w:rsid w:val="00DF17DF"/>
     <w:rsid w:val="00DF4114"/>
     <w:rsid w:val="00DF531B"/>
     <w:rsid w:val="00E026B2"/>
     <w:rsid w:val="00E11F88"/>
     <w:rsid w:val="00E11FB4"/>
     <w:rsid w:val="00E16D33"/>
     <w:rsid w:val="00E17EE1"/>
     <w:rsid w:val="00E2670C"/>
+    <w:rsid w:val="00E338B9"/>
     <w:rsid w:val="00E33BFE"/>
     <w:rsid w:val="00E462B6"/>
     <w:rsid w:val="00E471E6"/>
     <w:rsid w:val="00E55DDF"/>
     <w:rsid w:val="00E658CA"/>
     <w:rsid w:val="00E7301C"/>
     <w:rsid w:val="00E74F30"/>
     <w:rsid w:val="00E75128"/>
     <w:rsid w:val="00E8362F"/>
     <w:rsid w:val="00E8377B"/>
     <w:rsid w:val="00E96647"/>
+    <w:rsid w:val="00E973FF"/>
     <w:rsid w:val="00EA27E5"/>
     <w:rsid w:val="00EA27FB"/>
     <w:rsid w:val="00EB2451"/>
     <w:rsid w:val="00EC3103"/>
     <w:rsid w:val="00EC32CA"/>
     <w:rsid w:val="00EC38EB"/>
     <w:rsid w:val="00EC51BD"/>
     <w:rsid w:val="00EC6098"/>
+    <w:rsid w:val="00EC630E"/>
+    <w:rsid w:val="00EC779F"/>
     <w:rsid w:val="00ED0776"/>
     <w:rsid w:val="00ED3362"/>
     <w:rsid w:val="00ED43E2"/>
+    <w:rsid w:val="00ED45C6"/>
     <w:rsid w:val="00ED45EA"/>
     <w:rsid w:val="00EE7550"/>
     <w:rsid w:val="00EF06EA"/>
     <w:rsid w:val="00EF3D3C"/>
     <w:rsid w:val="00EF5BDC"/>
     <w:rsid w:val="00EF768B"/>
     <w:rsid w:val="00F0304C"/>
     <w:rsid w:val="00F071AD"/>
     <w:rsid w:val="00F0757B"/>
     <w:rsid w:val="00F15965"/>
     <w:rsid w:val="00F230BC"/>
     <w:rsid w:val="00F27946"/>
     <w:rsid w:val="00F3592C"/>
     <w:rsid w:val="00F42511"/>
+    <w:rsid w:val="00F430C8"/>
+    <w:rsid w:val="00F43371"/>
     <w:rsid w:val="00F44BFE"/>
     <w:rsid w:val="00F46C69"/>
     <w:rsid w:val="00F52FD5"/>
     <w:rsid w:val="00F5626D"/>
     <w:rsid w:val="00F57127"/>
     <w:rsid w:val="00F654FB"/>
     <w:rsid w:val="00F656E3"/>
     <w:rsid w:val="00F7350C"/>
     <w:rsid w:val="00F74BC8"/>
+    <w:rsid w:val="00F80ABE"/>
     <w:rsid w:val="00F812F9"/>
     <w:rsid w:val="00F8371D"/>
     <w:rsid w:val="00F90C6C"/>
     <w:rsid w:val="00F96CDB"/>
+    <w:rsid w:val="00FA0BC7"/>
     <w:rsid w:val="00FA35A5"/>
     <w:rsid w:val="00FA7CE2"/>
     <w:rsid w:val="00FB1AD6"/>
     <w:rsid w:val="00FC1AA6"/>
     <w:rsid w:val="00FC2518"/>
     <w:rsid w:val="00FC25E2"/>
     <w:rsid w:val="00FC4D1E"/>
     <w:rsid w:val="00FC5579"/>
     <w:rsid w:val="00FC5BD8"/>
     <w:rsid w:val="00FD0727"/>
     <w:rsid w:val="00FD1DCC"/>
     <w:rsid w:val="00FD4C12"/>
     <w:rsid w:val="00FD6FD0"/>
+    <w:rsid w:val="00FD7D72"/>
     <w:rsid w:val="00FE043D"/>
     <w:rsid w:val="00FF02B0"/>
     <w:rsid w:val="00FF1E4E"/>
+    <w:rsid w:val="00FF1EAE"/>
     <w:rsid w:val="00FF4538"/>
     <w:rsid w:val="40CCF3C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="351E238F"/>
   <w15:docId w15:val="{6D3B2F38-84E4-47F8-9912-25537F1A34A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21607,50 +24415,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AA5F2C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="598" w:hanging="361"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
@@ -21925,52 +24738,52 @@
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00164C69"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00164C69"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mentionnonrsolue2">
+    <w:name w:val="Mention non résolue2"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE1202"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="NormalTable0">
     <w:name w:val="Normal Table0"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00370C2A"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
@@ -22011,51 +24824,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701D47"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00FC25E2"/>
     <w:pPr>
       <w:widowControl/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="44567657">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="64649590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22291,51 +25104,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2008827727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://silgeneve.ch/legis/data/rsg_J7_20p01.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ge.ch/document/6496/annexe/0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://silgeneve.ch/legis/data/rsg_J7_20p01.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ge.ch/document/6496/annexe/0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22602,142 +25415,151 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <n9444f80993c4e3f8fce80e0c94d8958 xmlns="41c5823a-bf9d-4608-9a0b-e09c3b784f89">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Autre</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">eb319492-f23d-4101-9aaa-8c4127376352</TermId>
+        </TermInfo>
+      </Terms>
+    </n9444f80993c4e3f8fce80e0c94d8958>
+    <Projet_x0020_SRS xmlns="41c5823a-bf9d-4608-9a0b-e09c3b784f89">Autre</Projet_x0020_SRS>
+    <i61eb5a6954448969c3109ea50bda246 xmlns="41c5823a-bf9d-4608-9a0b-e09c3b784f89">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Confidentiel</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">39113822-6bfa-449e-a5ab-3bf00cc0573c</TermId>
+        </TermInfo>
+      </Terms>
+    </i61eb5a6954448969c3109ea50bda246>
+    <TaxCatchAll xmlns="16618668-4539-4bb0-a4c5-d868b30b6c7d">
+      <Value>5</Value>
+      <Value>6</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="16618668-4539-4bb0-a4c5-d868b30b6c7d">SZH5WZEKH2TC-522375111-46</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="16618668-4539-4bb0-a4c5-d868b30b6c7d">
+      <Url>https://ecd.ge.ch/gescoll/SRS/_layouts/15/DocIdRedir.aspx?ID=SZH5WZEKH2TC-522375111-46</Url>
+      <Description>SZH5WZEKH2TC-522375111-46</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="2a49067f-56fa-4220-988a-fc9f5346553f" ContentTypeId="0x0101" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100779C5AC4D9A291448B42C27390F8690F" ma:contentTypeVersion="6" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="d211cd2ec4f8b503a19c7123adea9bdd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="16618668-4539-4bb0-a4c5-d868b30b6c7d" xmlns:ns3="41c5823a-bf9d-4608-9a0b-e09c3b784f89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9323fe1039e8840e0dc2610e64ab4331" ns2:_="" ns3:_="">
     <xsd:import namespace="16618668-4539-4bb0-a4c5-d868b30b6c7d"/>
     <xsd:import namespace="41c5823a-bf9d-4608-9a0b-e09c3b784f89"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:n9444f80993c4e3f8fce80e0c94d8958" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:i61eb5a6954448969c3109ea50bda246" minOccurs="0"/>
                 <xsd:element ref="ns3:Projet_x0020_SRS" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="16618668-4539-4bb0-a4c5-d868b30b6c7d" elementFormDefault="qualified">
@@ -22881,209 +25703,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E190ED9-DBD8-4A03-864B-91888A8105CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CFFA1AA-6C47-40D4-B4E0-ED8E25BD40B6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A569B0AA-CB1F-4B32-9997-9D208421C545}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A5038B2-3F39-4E71-A7C9-9B0B625059E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A569B0AA-CB1F-4B32-9997-9D208421C545}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E190ED9-DBD8-4A03-864B-91888A8105CE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41c5823a-bf9d-4608-9a0b-e09c3b784f89"/>
+    <ds:schemaRef ds:uri="16618668-4539-4bb0-a4c5-d868b30b6c7d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38CBA18E-9617-4B09-865D-6484C6F374D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C8FE52F-B06D-4B46-8A2E-7BC2B4C580AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="16618668-4539-4bb0-a4c5-d868b30b6c7d"/>
     <ds:schemaRef ds:uri="41c5823a-bf9d-4608-9a0b-e09c3b784f89"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15007</Characters>
+  <Pages>6</Pages>
+  <Words>2523</Words>
+  <Characters>13879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Contrat- type d'accueil _Dt_de protection 2013_ATF_FDP_VO</vt:lpstr>
-      <vt:lpstr>L'établissement (figurant sur la liste des EMS reconnus par le Conseil d'Etat)</vt:lpstr>
-[...25 lines deleted...]
-      <vt:lpstr>For juridique</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17700</CharactersWithSpaces>
+  <CharactersWithSpaces>16370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Contrat- type d'accueil _Dt_de protection 2013_ATF_FDP_VO</dc:title>
   <dc:creator>repond-busche</dc:creator>
   <cp:keywords>()</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-05-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PDFCreator Version 1.6.2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-09-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x010100779C5AC4D9A291448B42C27390F8690F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>22b66c37-9202-4b84-81a6-6ef8f9962ed5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Type de document">
     <vt:lpwstr>5;#Autre|eb319492-f23d-4101-9aaa-8c4127376352</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Classification">
     <vt:lpwstr>6;#Confidentiel|39113822-6bfa-449e-a5ab-3bf00cc0573c</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_NewReviewCycle">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>