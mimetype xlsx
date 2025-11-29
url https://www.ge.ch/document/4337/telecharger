--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -9,106 +9,105 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2785\14_Immobilier\LDTR\LDTR Doc types, archivage TDB, pratiques, clef-SI\FORMULAIRES pour autorisation\_EN LIGNE ACTUELLEMENT\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2785\14_Immobilier\LDTR\17_Doc_types_archives_pratiques_clef-SI\FORMULAIRES pour autorisation\_EN LIGNE ACTUELLEMENT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{13C1E50B-1F1A-4F8B-85A9-866ABBE41C3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98B36B1A-085E-430A-839D-FEB1A0826F5E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire" sheetId="1" r:id="rId1"/>
     <sheet name="Annexe" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Formulaire!$A$1:$F$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Formulaire!$A$1:$F$65</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F50" i="1" l="1"/>
   <c r="F14" i="1" l="1"/>
-  <c r="F56" i="1" s="1"/>
   <c r="A17" i="1"/>
-  <c r="F15" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="F53" i="1" s="1"/>
+  <c r="F56" i="1" l="1"/>
+  <c r="F15" i="1"/>
+  <c r="C64" i="1" s="1"/>
+  <c r="F53" i="1"/>
   <c r="F41" i="1" l="1"/>
   <c r="C46" i="1" s="1"/>
   <c r="C48" i="1" s="1"/>
-  <c r="C50" i="1" s="1"/>
   <c r="C52" i="1" l="1"/>
+  <c r="C50" i="1"/>
   <c r="C51" i="1"/>
   <c r="C53" i="1" l="1"/>
-  <c r="C54" i="1" s="1"/>
-  <c r="H68" i="1" l="1"/>
+  <c r="C54" i="1" l="1"/>
   <c r="H67" i="1" s="1"/>
+  <c r="H66" i="1" s="1"/>
   <c r="C57" i="1"/>
   <c r="C58" i="1" s="1"/>
   <c r="H65" i="1" l="1"/>
-  <c r="H66" i="1"/>
-  <c r="H64" i="1" l="1"/>
+  <c r="H64" i="1" s="1"/>
   <c r="H63" i="1" s="1"/>
-  <c r="C64" i="1" s="1"/>
   <c r="C63" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Christe Mercedes (DT)</author>
   </authors>
   <commentList>
     <comment ref="A17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>https://www.ge.ch/logements-controles-documentation-professionnels/formulaires-direction-immobiliere</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -134,53 +133,50 @@
   <si>
     <t>Coût total des travaux:</t>
   </si>
   <si>
     <t>Sous-total:</t>
   </si>
   <si>
     <t>Amortissement des travaux:</t>
   </si>
   <si>
     <t>Frais d'entretien:</t>
   </si>
   <si>
     <t>Hausse totale théorique:</t>
   </si>
   <si>
     <t>Loyer net théorique:</t>
   </si>
   <si>
     <t>Soit:</t>
   </si>
   <si>
     <t>Loyer après travaux:</t>
   </si>
   <si>
-    <t xml:space="preserve">Intérêts sur travaux: </t>
-[...1 lines deleted...]
-  <si>
     <t>Plafond de loyer admissible:</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
     <r>
       <t>N° d'appartement</t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (SIG ou bail)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -410,63 +406,54 @@
       </rPr>
       <t xml:space="preserve">Nombre de pièces selon </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">RGL </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">*2 Loyer annuel net (hors frais de chauffage et d'eau chaude) appliqué au moment de la dépose de la demande d'autorisation de construire, et correspondant au loyer du dernier avis de majoration. </t>
   </si>
   <si>
-    <t>Loyer annuel net à la pièce LDTR:                F/p/an</t>
-[...4 lines deleted...]
-  <si>
     <t>*1 Ne pas remplir si l'appartement sera occupé par le même locataire après les travaux. Joindre document D07: copie du dernier bail et du dernier avis de majoration de loyer, et les échanges de courriers/courriels démontrant que le locataire est au courant des travaux prévus selon article 43 LDTR (travaux prévus, impact sur loyer, nécessité de départ temporaire du locataire, 30 jours pour suggestions).</t>
   </si>
   <si>
     <t>Description exhaustive des travaux et pièce/local concerné</t>
-  </si>
-[...1 lines deleted...]
-    <t>version 15.09.2025</t>
   </si>
   <si>
     <r>
       <t>*3 Moyenne des 3 dernières années des frais accessoires (</t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>hors charges de chauffage et d'eau chaude</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">) pour ce logement, </t>
@@ -559,50 +546,62 @@
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="6"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(hors charges*3)</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Intérêts sur travaux: (tx hyp+0.5)/2: </t>
+  </si>
+  <si>
+    <t>Loyer annuel net à la pièce LDTR:            F/p/an</t>
+  </si>
+  <si>
+    <t>Loyer de référence LDTR                            F/an</t>
+  </si>
+  <si>
+    <t>version 31.10.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="dd/mmm/yyyy"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1491,105 +1490,101 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="26" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="26" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="8" fillId="4" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="4" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="8" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="167" fontId="8" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="10" fontId="25" fillId="4" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0" hidden="1"/>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
@@ -1682,50 +1677,54 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2051,1082 +2050,1068 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ge.ch/legislation/rsg/f/rsg_i4_05p01.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I72"/>
+  <dimension ref="A1:I71"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
-      <selection activeCell="J15" sqref="J15"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A11" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="K26" sqref="K26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.5703125" customWidth="1"/>
     <col min="2" max="3" width="14.5703125" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="26.85546875" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="12.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="3"/>
       <c r="B1" s="4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
     </row>
     <row r="2" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3"/>
       <c r="B2" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="3"/>
       <c r="B3" s="8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
     </row>
     <row r="5" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="104" t="s">
-[...6 lines deleted...]
-      <c r="F5" s="106"/>
+      <c r="A5" s="103" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" s="104"/>
+      <c r="C5" s="104"/>
+      <c r="D5" s="104"/>
+      <c r="E5" s="104"/>
+      <c r="F5" s="105"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="3"/>
     </row>
     <row r="6" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="107" t="s">
-[...6 lines deleted...]
-      <c r="F6" s="107"/>
+      <c r="A6" s="106" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="106"/>
+      <c r="C6" s="106"/>
+      <c r="D6" s="106"/>
+      <c r="E6" s="106"/>
+      <c r="F6" s="106"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="108" t="s">
-[...6 lines deleted...]
-      <c r="F7" s="108"/>
+      <c r="A7" s="107" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="107"/>
+      <c r="C7" s="107"/>
+      <c r="D7" s="107"/>
+      <c r="E7" s="107"/>
+      <c r="F7" s="107"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="3"/>
     </row>
     <row r="8" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B8" s="12"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="13"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="3"/>
     </row>
     <row r="9" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14"/>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
       <c r="F9" s="14"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B10" s="120"/>
-      <c r="C10" s="121"/>
+      <c r="B10" s="119"/>
+      <c r="C10" s="120"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="98"/>
+      <c r="F10" s="97"/>
       <c r="G10" s="18"/>
       <c r="H10" s="18"/>
       <c r="I10" s="19"/>
     </row>
     <row r="11" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="20"/>
       <c r="C11" s="83"/>
       <c r="D11" s="17"/>
       <c r="E11" s="21" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F11" s="85"/>
       <c r="G11" s="18"/>
       <c r="H11" s="18"/>
       <c r="I11" s="19"/>
     </row>
     <row r="12" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B12" s="20"/>
       <c r="C12" s="84"/>
       <c r="D12" s="23"/>
       <c r="E12" s="24" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F12" s="92"/>
+        <v>48</v>
+      </c>
+      <c r="F12" s="91"/>
       <c r="G12" s="18"/>
       <c r="H12" s="18"/>
       <c r="I12" s="19"/>
     </row>
     <row r="13" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B13" s="20"/>
-      <c r="C13" s="97"/>
+      <c r="C13" s="96"/>
       <c r="D13" s="23"/>
       <c r="E13" s="26" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F13" s="93"/>
+        <v>55</v>
+      </c>
+      <c r="F13" s="92"/>
       <c r="G13" s="18"/>
       <c r="H13" s="18"/>
       <c r="I13" s="19"/>
     </row>
     <row r="14" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16"/>
       <c r="B14" s="27"/>
       <c r="C14" s="28"/>
       <c r="D14" s="23"/>
       <c r="E14" s="29" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F14" s="94">
+        <v>58</v>
+      </c>
+      <c r="F14" s="93">
         <f>F12+F13</f>
         <v>0</v>
       </c>
       <c r="G14" s="18"/>
       <c r="H14" s="18"/>
       <c r="I14" s="19"/>
     </row>
     <row r="15" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="19"/>
       <c r="B15" s="30"/>
       <c r="C15" s="31"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F15" s="95" t="e">
+        <v>57</v>
+      </c>
+      <c r="F15" s="94" t="e">
         <f>F14/C13</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="32"/>
       <c r="I15" s="19"/>
     </row>
     <row r="16" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="33"/>
       <c r="B16" s="34"/>
       <c r="C16" s="31"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F16" s="85" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G16" s="18"/>
       <c r="H16" s="32"/>
       <c r="I16" s="19"/>
     </row>
     <row r="17" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="125" t="str">
+      <c r="A17" s="124" t="str">
         <f>IF(F16="Oui", "Attention: formulaire non-valable s'il s'agit de la régularisation de travaux déjà exécutés sans autorisation.
 Dans ce cas, veuillez remplir le formulaire D16 (site de l'OCLPF) et l'ajouter au dossier","")</f>
         <v/>
       </c>
-      <c r="B17" s="125"/>
-[...3 lines deleted...]
-      <c r="F17" s="125"/>
+      <c r="B17" s="124"/>
+      <c r="C17" s="124"/>
+      <c r="D17" s="124"/>
+      <c r="E17" s="124"/>
+      <c r="F17" s="124"/>
       <c r="G17" s="35"/>
       <c r="H17" s="36"/>
       <c r="I17" s="3"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="111" t="s">
+      <c r="A18" s="110" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="112"/>
-[...3 lines deleted...]
-      <c r="F18" s="113"/>
+      <c r="B18" s="111"/>
+      <c r="C18" s="111"/>
+      <c r="D18" s="111"/>
+      <c r="E18" s="111"/>
+      <c r="F18" s="112"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="3"/>
     </row>
     <row r="19" spans="1:9" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A19" s="117" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="119"/>
+      <c r="A19" s="116" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="117"/>
+      <c r="C19" s="117"/>
+      <c r="D19" s="117"/>
+      <c r="E19" s="118"/>
       <c r="F19" s="37" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="3"/>
     </row>
     <row r="20" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="122"/>
-[...4 lines deleted...]
-      <c r="F20" s="99"/>
+      <c r="A20" s="121"/>
+      <c r="B20" s="122"/>
+      <c r="C20" s="122"/>
+      <c r="D20" s="122"/>
+      <c r="E20" s="123"/>
+      <c r="F20" s="98"/>
       <c r="G20" s="38"/>
       <c r="H20" s="38"/>
       <c r="I20" s="3"/>
     </row>
     <row r="21" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="114"/>
-[...4 lines deleted...]
-      <c r="F21" s="100"/>
+      <c r="A21" s="113"/>
+      <c r="B21" s="114"/>
+      <c r="C21" s="114"/>
+      <c r="D21" s="114"/>
+      <c r="E21" s="115"/>
+      <c r="F21" s="99"/>
       <c r="G21" s="38"/>
       <c r="H21" s="38"/>
       <c r="I21" s="3"/>
     </row>
     <row r="22" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="114"/>
-[...4 lines deleted...]
-      <c r="F22" s="100"/>
+      <c r="A22" s="113"/>
+      <c r="B22" s="114"/>
+      <c r="C22" s="114"/>
+      <c r="D22" s="114"/>
+      <c r="E22" s="115"/>
+      <c r="F22" s="99"/>
       <c r="G22" s="38"/>
       <c r="H22" s="38"/>
       <c r="I22" s="3"/>
     </row>
     <row r="23" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="114"/>
-[...4 lines deleted...]
-      <c r="F23" s="100"/>
+      <c r="A23" s="113"/>
+      <c r="B23" s="114"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
+      <c r="E23" s="115"/>
+      <c r="F23" s="99"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="3"/>
     </row>
     <row r="24" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="114"/>
-[...4 lines deleted...]
-      <c r="F24" s="100"/>
+      <c r="A24" s="113"/>
+      <c r="B24" s="114"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="115"/>
+      <c r="F24" s="99"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="3"/>
     </row>
     <row r="25" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="114"/>
-[...4 lines deleted...]
-      <c r="F25" s="100"/>
+      <c r="A25" s="113"/>
+      <c r="B25" s="114"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="115"/>
+      <c r="F25" s="99"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="3"/>
     </row>
     <row r="26" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="114"/>
-[...4 lines deleted...]
-      <c r="F26" s="100"/>
+      <c r="A26" s="113"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="115"/>
+      <c r="F26" s="99"/>
       <c r="G26" s="38"/>
       <c r="H26" s="38"/>
       <c r="I26" s="3"/>
     </row>
     <row r="27" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="114"/>
-[...4 lines deleted...]
-      <c r="F27" s="100"/>
+      <c r="A27" s="113"/>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="115"/>
+      <c r="F27" s="99"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="3"/>
     </row>
     <row r="28" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="114"/>
-[...4 lines deleted...]
-      <c r="F28" s="100"/>
+      <c r="A28" s="113"/>
+      <c r="B28" s="114"/>
+      <c r="C28" s="114"/>
+      <c r="D28" s="114"/>
+      <c r="E28" s="115"/>
+      <c r="F28" s="99"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="3"/>
     </row>
     <row r="29" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="114"/>
-[...4 lines deleted...]
-      <c r="F29" s="100"/>
+      <c r="A29" s="113"/>
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="115"/>
+      <c r="F29" s="99"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="3"/>
     </row>
     <row r="30" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="114"/>
-[...4 lines deleted...]
-      <c r="F30" s="100"/>
+      <c r="A30" s="113"/>
+      <c r="B30" s="114"/>
+      <c r="C30" s="114"/>
+      <c r="D30" s="114"/>
+      <c r="E30" s="115"/>
+      <c r="F30" s="99"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="3"/>
     </row>
     <row r="31" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="114"/>
-[...4 lines deleted...]
-      <c r="F31" s="100"/>
+      <c r="A31" s="113"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="115"/>
+      <c r="F31" s="99"/>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="3"/>
     </row>
     <row r="32" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="114"/>
-[...4 lines deleted...]
-      <c r="F32" s="100"/>
+      <c r="A32" s="113"/>
+      <c r="B32" s="114"/>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="115"/>
+      <c r="F32" s="99"/>
       <c r="G32" s="38"/>
       <c r="H32" s="38"/>
       <c r="I32" s="3"/>
     </row>
     <row r="33" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="114"/>
-[...4 lines deleted...]
-      <c r="F33" s="100"/>
+      <c r="A33" s="113"/>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="115"/>
+      <c r="F33" s="99"/>
       <c r="G33" s="38"/>
       <c r="H33" s="38"/>
       <c r="I33" s="3"/>
     </row>
     <row r="34" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="114"/>
-[...4 lines deleted...]
-      <c r="F34" s="100"/>
+      <c r="A34" s="113"/>
+      <c r="B34" s="114"/>
+      <c r="C34" s="114"/>
+      <c r="D34" s="114"/>
+      <c r="E34" s="115"/>
+      <c r="F34" s="99"/>
       <c r="G34" s="38"/>
       <c r="H34" s="38"/>
       <c r="I34" s="3"/>
     </row>
     <row r="35" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="114"/>
-[...4 lines deleted...]
-      <c r="F35" s="100"/>
+      <c r="A35" s="113"/>
+      <c r="B35" s="114"/>
+      <c r="C35" s="114"/>
+      <c r="D35" s="114"/>
+      <c r="E35" s="115"/>
+      <c r="F35" s="99"/>
       <c r="G35" s="38"/>
       <c r="H35" s="38"/>
       <c r="I35" s="3"/>
     </row>
     <row r="36" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="114"/>
-[...4 lines deleted...]
-      <c r="F36" s="100"/>
+      <c r="A36" s="113"/>
+      <c r="B36" s="114"/>
+      <c r="C36" s="114"/>
+      <c r="D36" s="114"/>
+      <c r="E36" s="115"/>
+      <c r="F36" s="99"/>
       <c r="G36" s="38"/>
       <c r="H36" s="38"/>
       <c r="I36" s="3"/>
     </row>
     <row r="37" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="114"/>
-[...4 lines deleted...]
-      <c r="F37" s="100"/>
+      <c r="A37" s="113"/>
+      <c r="B37" s="114"/>
+      <c r="C37" s="114"/>
+      <c r="D37" s="114"/>
+      <c r="E37" s="115"/>
+      <c r="F37" s="99"/>
       <c r="G37" s="38"/>
       <c r="H37" s="38"/>
       <c r="I37" s="3"/>
     </row>
     <row r="38" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="114"/>
-[...4 lines deleted...]
-      <c r="F38" s="100"/>
+      <c r="A38" s="113"/>
+      <c r="B38" s="114"/>
+      <c r="C38" s="114"/>
+      <c r="D38" s="114"/>
+      <c r="E38" s="115"/>
+      <c r="F38" s="99"/>
       <c r="G38" s="38"/>
       <c r="H38" s="38"/>
       <c r="I38" s="3"/>
     </row>
     <row r="39" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="114"/>
-[...4 lines deleted...]
-      <c r="F39" s="100"/>
+      <c r="A39" s="113"/>
+      <c r="B39" s="114"/>
+      <c r="C39" s="114"/>
+      <c r="D39" s="114"/>
+      <c r="E39" s="115"/>
+      <c r="F39" s="99"/>
       <c r="G39" s="38"/>
       <c r="H39" s="38"/>
       <c r="I39" s="3"/>
     </row>
     <row r="40" spans="1:9" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="130"/>
-[...4 lines deleted...]
-      <c r="F40" s="101"/>
+      <c r="A40" s="129"/>
+      <c r="B40" s="130"/>
+      <c r="C40" s="130"/>
+      <c r="D40" s="130"/>
+      <c r="E40" s="131"/>
+      <c r="F40" s="100"/>
       <c r="G40" s="38"/>
       <c r="H40" s="38"/>
       <c r="I40" s="3"/>
     </row>
     <row r="41" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="133" t="s">
-[...6 lines deleted...]
-      <c r="F41" s="102">
+      <c r="A41" s="132" t="s">
+        <v>34</v>
+      </c>
+      <c r="B41" s="133"/>
+      <c r="C41" s="133"/>
+      <c r="D41" s="133"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="101">
         <f>SUM(F20:F40)</f>
         <v>0</v>
       </c>
       <c r="G41" s="35"/>
       <c r="H41" s="35"/>
       <c r="I41" s="3"/>
     </row>
     <row r="42" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="39"/>
       <c r="B42" s="39"/>
       <c r="C42" s="39"/>
       <c r="D42" s="39"/>
       <c r="E42" s="39"/>
       <c r="F42" s="39"/>
       <c r="G42" s="35"/>
       <c r="H42" s="35"/>
       <c r="I42" s="3"/>
     </row>
     <row r="43" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="136" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="137"/>
+      <c r="A43" s="135" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="135"/>
+      <c r="C43" s="135"/>
+      <c r="D43" s="135"/>
+      <c r="E43" s="136"/>
       <c r="F43" s="22" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G43" s="35"/>
       <c r="H43" s="35"/>
       <c r="I43" s="3"/>
     </row>
     <row r="44" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="38"/>
       <c r="B44" s="38"/>
       <c r="C44" s="38"/>
       <c r="D44" s="38"/>
       <c r="E44" s="38"/>
       <c r="F44" s="38"/>
       <c r="G44" s="35"/>
       <c r="H44" s="40"/>
       <c r="I44" s="3"/>
     </row>
     <row r="45" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="111" t="s">
-[...6 lines deleted...]
-      <c r="F45" s="113"/>
+      <c r="A45" s="110" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" s="111"/>
+      <c r="C45" s="111"/>
+      <c r="D45" s="111"/>
+      <c r="E45" s="111"/>
+      <c r="F45" s="112"/>
       <c r="G45" s="41"/>
       <c r="H45" s="40"/>
       <c r="I45" s="19"/>
     </row>
     <row r="46" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B46" s="42"/>
       <c r="C46" s="43">
         <f>F41</f>
         <v>0</v>
       </c>
       <c r="D46" s="44"/>
-      <c r="E46" s="127"/>
-      <c r="F46" s="127"/>
+      <c r="E46" s="126"/>
+      <c r="F46" s="126"/>
       <c r="G46" s="45"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
     </row>
     <row r="47" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="16" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B47" s="20"/>
       <c r="C47" s="86">
         <v>0.7</v>
       </c>
       <c r="D47" s="46"/>
-      <c r="E47" s="128"/>
-      <c r="F47" s="128"/>
+      <c r="E47" s="127"/>
+      <c r="F47" s="127"/>
       <c r="G47" s="45"/>
       <c r="H47" s="19"/>
       <c r="I47" s="19"/>
     </row>
     <row r="48" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="47" t="s">
         <v>6</v>
       </c>
       <c r="B48" s="48"/>
       <c r="C48" s="49">
         <f>C46*C47</f>
         <v>0</v>
       </c>
       <c r="D48" s="50"/>
-      <c r="E48" s="129"/>
-      <c r="F48" s="129"/>
+      <c r="E48" s="128"/>
+      <c r="F48" s="128"/>
       <c r="G48" s="45"/>
       <c r="H48" s="19"/>
       <c r="I48" s="19"/>
     </row>
     <row r="49" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="19"/>
       <c r="B49" s="18"/>
       <c r="C49" s="48"/>
       <c r="D49" s="48"/>
       <c r="E49" s="51" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F49" s="103">
+        <v>24</v>
+      </c>
+      <c r="F49" s="88">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="G49" s="45"/>
       <c r="H49" s="19"/>
       <c r="I49" s="19"/>
     </row>
     <row r="50" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="52" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B50" s="52"/>
       <c r="C50" s="43">
         <f>C48*F50</f>
         <v>0</v>
       </c>
       <c r="D50" s="53"/>
       <c r="E50" s="51" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="F50" s="54">
         <f>(F49+0.5%)/2</f>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="G50" s="45"/>
       <c r="H50" s="19"/>
       <c r="I50" s="19"/>
     </row>
     <row r="51" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="52" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="52"/>
       <c r="C51" s="43">
         <f>C48*F51</f>
         <v>0</v>
       </c>
       <c r="D51" s="44"/>
       <c r="E51" s="51" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F51" s="88">
         <v>0.05</v>
       </c>
       <c r="G51" s="45"/>
       <c r="H51" s="40"/>
       <c r="I51" s="19"/>
     </row>
     <row r="52" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A52" s="52" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="52"/>
       <c r="C52" s="55">
         <f>C48*F52</f>
         <v>0</v>
       </c>
       <c r="D52" s="56"/>
       <c r="E52" s="57" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="F52" s="91">
+        <v>28</v>
+      </c>
+      <c r="F52" s="90">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="G52" s="45"/>
       <c r="H52" s="40"/>
       <c r="I52" s="19"/>
     </row>
     <row r="53" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="52" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="52"/>
       <c r="C53" s="49">
         <f>SUM(C50:C52)</f>
         <v>0</v>
       </c>
       <c r="D53" s="58" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E53" s="57" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F53" s="59">
         <f>SUM(F50:F52)</f>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="G53" s="45"/>
       <c r="H53" s="40"/>
       <c r="I53" s="19"/>
     </row>
     <row r="54" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="52" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="18"/>
       <c r="C54" s="49" t="e">
         <f>C53/C56</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D54" s="58" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E54" s="60"/>
       <c r="F54" s="61"/>
       <c r="G54" s="45"/>
       <c r="H54" s="40"/>
       <c r="I54" s="19"/>
     </row>
     <row r="55" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="52"/>
       <c r="B55" s="18"/>
       <c r="C55" s="62" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D55" s="48"/>
       <c r="E55" s="63"/>
       <c r="F55" s="45"/>
       <c r="G55" s="45"/>
       <c r="H55" s="40"/>
       <c r="I55" s="19"/>
     </row>
     <row r="56" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="64" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B56" s="18"/>
       <c r="C56" s="87"/>
       <c r="D56" s="65"/>
       <c r="E56" s="63" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F56" s="96" t="e">
+        <v>32</v>
+      </c>
+      <c r="F56" s="95" t="e">
         <f>F14/C56</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="40"/>
       <c r="I56" s="19"/>
     </row>
     <row r="57" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="66" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="18"/>
-      <c r="C57" s="67">
-        <f>F12+C53</f>
+      <c r="C57" s="102">
+        <f>F14+C53</f>
         <v>0</v>
       </c>
       <c r="D57" s="68" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E57" s="42"/>
       <c r="F57" s="68"/>
       <c r="G57" s="2"/>
       <c r="H57" s="40"/>
       <c r="I57" s="19"/>
     </row>
     <row r="58" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="18"/>
       <c r="C58" s="69" t="e">
         <f>C57/C56</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D58" s="68" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E58" s="42"/>
       <c r="F58" s="68"/>
       <c r="G58" s="70"/>
       <c r="H58" s="40"/>
       <c r="I58" s="19"/>
     </row>
     <row r="59" spans="1:9" s="1" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="16"/>
       <c r="B59" s="16"/>
       <c r="C59" s="67"/>
       <c r="D59" s="68"/>
       <c r="E59" s="42"/>
       <c r="F59" s="68"/>
       <c r="G59" s="70"/>
       <c r="H59" s="40"/>
       <c r="I59" s="19"/>
     </row>
     <row r="60" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="111" t="s">
-[...6 lines deleted...]
-      <c r="F60" s="113"/>
+      <c r="A60" s="110" t="s">
+        <v>20</v>
+      </c>
+      <c r="B60" s="111"/>
+      <c r="C60" s="111"/>
+      <c r="D60" s="111"/>
+      <c r="E60" s="111"/>
+      <c r="F60" s="112"/>
       <c r="G60" s="41"/>
       <c r="H60" s="71" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I60" s="19"/>
     </row>
     <row r="61" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="109" t="s">
-[...4 lines deleted...]
-        <v>3528</v>
+      <c r="A61" s="108" t="s">
+        <v>13</v>
+      </c>
+      <c r="B61" s="109"/>
+      <c r="C61" s="137">
+        <v>3724</v>
       </c>
       <c r="D61" s="72" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E61" s="42"/>
       <c r="F61" s="73"/>
       <c r="G61" s="70"/>
       <c r="H61" s="40" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I61" s="19"/>
     </row>
     <row r="62" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="48"/>
       <c r="B62" s="48"/>
       <c r="C62" s="48"/>
       <c r="D62" s="48"/>
       <c r="E62" s="48"/>
       <c r="F62" s="48"/>
       <c r="G62" s="70"/>
       <c r="H62" s="40" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I62" s="19"/>
     </row>
     <row r="63" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="48" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="48"/>
       <c r="C63" s="40" t="e">
         <f>IF(C64=H61,"-",C64*C56)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D63" s="74" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E63" s="48"/>
       <c r="F63" s="75"/>
       <c r="G63" s="70"/>
       <c r="H63" s="40" t="e">
-        <f>IF(C13&gt;7,H67,H64)</f>
+        <f>IF(C13&gt;7,H66,H64)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I63" s="19"/>
     </row>
     <row r="64" spans="1:9" s="1" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="48" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="76"/>
       <c r="C64" s="77" t="e">
-        <f>IF(F15&gt;8819,H61,H63)</f>
+        <f>IF(F15&gt;9309,H61,H63)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D64" s="74" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E64" s="48"/>
       <c r="F64" s="75"/>
       <c r="G64" s="70"/>
       <c r="H64" s="40" t="e">
-        <f>IF(F43="Oui",H67,H65)</f>
+        <f>IF(F43="Oui",H66,H65)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I64" s="78"/>
     </row>
     <row r="65" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="42"/>
       <c r="B65" s="42"/>
       <c r="C65" s="42"/>
       <c r="D65" s="42"/>
-      <c r="E65" s="48"/>
-      <c r="F65" s="42"/>
+      <c r="E65" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="F65" s="89"/>
       <c r="G65" s="70"/>
       <c r="H65" s="40" t="e">
-        <f>IF(C56&gt;7,H62,H67)</f>
+        <f>IF(C56&gt;7,H62,H66)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I65" s="19"/>
     </row>
     <row r="66" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="16" t="s">
-[...3 lines deleted...]
-      <c r="C66" s="77"/>
+      <c r="A66" s="42"/>
+      <c r="B66" s="42"/>
+      <c r="C66" s="42"/>
       <c r="D66" s="42"/>
-      <c r="E66" s="48"/>
+      <c r="E66" s="42"/>
       <c r="F66" s="42"/>
       <c r="G66" s="70"/>
       <c r="H66" s="40" t="e">
-        <f>IF(C56&gt;7,H62,H67)</f>
+        <f>IF(F56&gt;=C61,F56,H67)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I66" s="19"/>
     </row>
-    <row r="67" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="H68" s="80" t="e">
+    <row r="67" spans="1:9" s="1" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="125" t="s">
+        <v>51</v>
+      </c>
+      <c r="B67" s="125"/>
+      <c r="C67" s="125"/>
+      <c r="D67" s="125"/>
+      <c r="E67" s="125"/>
+      <c r="F67" s="125"/>
+      <c r="G67" s="79"/>
+      <c r="H67" s="80" t="e">
         <f>IF((F56+C54)&lt;C61,F56+C54,C61)</f>
         <v>#DIV/0!</v>
       </c>
+      <c r="I67" s="19"/>
+    </row>
+    <row r="68" spans="1:9" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="125" t="s">
+        <v>50</v>
+      </c>
+      <c r="B68" s="125"/>
+      <c r="C68" s="125"/>
+      <c r="D68" s="125"/>
+      <c r="E68" s="125"/>
+      <c r="F68" s="125"/>
+      <c r="G68" s="79"/>
+      <c r="H68" s="81"/>
       <c r="I68" s="19"/>
     </row>
-    <row r="69" spans="1:9" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="H69" s="81"/>
+    <row r="69" spans="1:9" s="1" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="125" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" s="125"/>
+      <c r="C69" s="125"/>
+      <c r="D69" s="125"/>
+      <c r="E69" s="125"/>
+      <c r="F69" s="125"/>
+      <c r="G69" s="70"/>
+      <c r="H69" s="82"/>
       <c r="I69" s="19"/>
     </row>
-    <row r="70" spans="1:9" s="1" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="F71" s="126"/>
+    <row r="70" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="125" t="s">
+        <v>54</v>
+      </c>
+      <c r="B70" s="125"/>
+      <c r="C70" s="125"/>
+      <c r="D70" s="125"/>
+      <c r="E70" s="125"/>
+      <c r="F70" s="125"/>
+      <c r="G70" s="3"/>
+      <c r="H70" s="3"/>
+      <c r="I70" s="3"/>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A71" s="38"/>
+      <c r="B71" s="38"/>
+      <c r="C71" s="38"/>
+      <c r="D71" s="38"/>
+      <c r="E71" s="38"/>
+      <c r="F71" s="38"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
     </row>
-    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="EIV9JH7Wi+0cNqf7ZoluUDsaAV3NfEKF3kBMA/l+ZkjORT+2T6R1A4xSp1lEt7EuF9DBm5Ntzhr1PfnfEO2qGg==" saltValue="65hxHRmBI6Qx5qEHyOYibw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Km7+zYjq3Ey7OuzHf+Mt+RDr4qjHETSmz7fn+zxMB3mZ7B1DyzUVLl56bwjzkoxu0vcZ3A1uqKXARkglgtmp4g==" saltValue="es1JuREpzEap7aaBVjso5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="40">
+    <mergeCell ref="A69:F69"/>
     <mergeCell ref="A70:F70"/>
-    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A67:F67"/>
     <mergeCell ref="A68:F68"/>
-    <mergeCell ref="A69:F69"/>
     <mergeCell ref="A38:E38"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A45:F45"/>
     <mergeCell ref="E46:F46"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="E48:F48"/>
     <mergeCell ref="A40:E40"/>
     <mergeCell ref="A41:E41"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A36:E36"/>
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A18:F18"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A21:E21"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A17:F17"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A61:B61"/>
     <mergeCell ref="A60:F60"/>
@@ -3155,56 +3140,56 @@
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Annexe!$B$3:$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>F16 F43</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B3:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="N58" sqref="N58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="n/Ln+s2C1VAyb+PfBaAQXJwNnDSJ1f5BY2WDytTDIWO98mMWpyeuDFRWvaQ1W0/JfgF/2ofLy2EXswFlCSuB2Q==" saltValue="rD3O46ofytcA/1doM84gyw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
@@ -3218,44 +3203,44 @@
       <vt:lpstr>Annexe</vt:lpstr>
       <vt:lpstr>Formulaire!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Christe Mercedes (DT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>1325684157</vt:i4>
+    <vt:i4>243103703</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>D12 d'octobre</vt:lpwstr>
+    <vt:lpwstr>D12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>mercedes.christe@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Christe Mercedes (DT)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_PreviousAdHocReviewCycleID">
     <vt:i4>168782029</vt:i4>
   </property>
 </Properties>
 </file>