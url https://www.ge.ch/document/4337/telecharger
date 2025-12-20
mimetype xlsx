--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -12,102 +12,102 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2785\14_Immobilier\LDTR\17_Doc_types_archives_pratiques_clef-SI\FORMULAIRES pour autorisation\_EN LIGNE ACTUELLEMENT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98B36B1A-085E-430A-839D-FEB1A0826F5E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F28B2294-3941-4751-B62B-F6FE4CB2ECFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8280" yWindow="570" windowWidth="21540" windowHeight="19215" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire" sheetId="1" r:id="rId1"/>
     <sheet name="Annexe" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Formulaire!$A$1:$F$65</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F50" i="1" l="1"/>
   <c r="F14" i="1" l="1"/>
   <c r="A17" i="1"/>
   <c r="F56" i="1" l="1"/>
   <c r="F15" i="1"/>
-  <c r="C64" i="1" s="1"/>
   <c r="F53" i="1"/>
   <c r="F41" i="1" l="1"/>
   <c r="C46" i="1" s="1"/>
   <c r="C48" i="1" s="1"/>
   <c r="C52" i="1" l="1"/>
   <c r="C50" i="1"/>
   <c r="C51" i="1"/>
   <c r="C53" i="1" l="1"/>
   <c r="C54" i="1" l="1"/>
   <c r="H67" i="1" s="1"/>
   <c r="H66" i="1" s="1"/>
   <c r="C57" i="1"/>
   <c r="C58" i="1" s="1"/>
   <c r="H65" i="1" l="1"/>
   <c r="H64" i="1" s="1"/>
   <c r="H63" i="1" s="1"/>
+  <c r="C64" i="1" l="1"/>
   <c r="C63" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Christe Mercedes (DT)</author>
   </authors>
   <commentList>
     <comment ref="A17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>https://www.ge.ch/logements-controles-documentation-professionnels/formulaires-direction-immobiliere</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -1222,54 +1222,50 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1542,189 +1538,193 @@
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="4" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...36 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="3" fontId="12" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...30 lines deleted...]
-      <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2052,52 +2052,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ge.ch/legislation/rsg/f/rsg_i4_05p01.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I71"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A11" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="K26" sqref="K26"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A42" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="F65" sqref="A1:F65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.5703125" customWidth="1"/>
     <col min="2" max="3" width="14.5703125" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" customWidth="1"/>
     <col min="5" max="5" width="32.7109375" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="26.85546875" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="12.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="3"/>
       <c r="B1" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="5" t="s">
         <v>14</v>
       </c>
@@ -2125,1041 +2125,1041 @@
       <c r="B3" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
     </row>
     <row r="5" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="103" t="s">
+      <c r="A5" s="127" t="s">
         <v>46</v>
       </c>
-      <c r="B5" s="104"/>
-[...3 lines deleted...]
-      <c r="F5" s="105"/>
+      <c r="B5" s="128"/>
+      <c r="C5" s="128"/>
+      <c r="D5" s="128"/>
+      <c r="E5" s="128"/>
+      <c r="F5" s="129"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="3"/>
     </row>
     <row r="6" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="106" t="s">
+      <c r="A6" s="130" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="106"/>
-[...3 lines deleted...]
-      <c r="F6" s="106"/>
+      <c r="B6" s="130"/>
+      <c r="C6" s="130"/>
+      <c r="D6" s="130"/>
+      <c r="E6" s="130"/>
+      <c r="F6" s="130"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="107" t="s">
+      <c r="A7" s="131" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="107"/>
-[...3 lines deleted...]
-      <c r="F7" s="107"/>
+      <c r="B7" s="131"/>
+      <c r="C7" s="131"/>
+      <c r="D7" s="131"/>
+      <c r="E7" s="131"/>
+      <c r="F7" s="131"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="3"/>
     </row>
     <row r="8" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="12"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="13"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="3"/>
     </row>
     <row r="9" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14"/>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
       <c r="F9" s="14"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B10" s="119"/>
-      <c r="C10" s="120"/>
+      <c r="B10" s="121"/>
+      <c r="C10" s="122"/>
       <c r="D10" s="17"/>
       <c r="E10" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="97"/>
+      <c r="F10" s="96"/>
       <c r="G10" s="18"/>
       <c r="H10" s="18"/>
       <c r="I10" s="19"/>
     </row>
     <row r="11" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="20"/>
-      <c r="C11" s="83"/>
+      <c r="C11" s="82"/>
       <c r="D11" s="17"/>
       <c r="E11" s="21" t="s">
         <v>47</v>
       </c>
-      <c r="F11" s="85"/>
+      <c r="F11" s="84"/>
       <c r="G11" s="18"/>
       <c r="H11" s="18"/>
       <c r="I11" s="19"/>
     </row>
     <row r="12" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="20"/>
-      <c r="C12" s="84"/>
-[...1 lines deleted...]
-      <c r="E12" s="24" t="s">
+      <c r="C12" s="83"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="23" t="s">
         <v>48</v>
       </c>
-      <c r="F12" s="91"/>
+      <c r="F12" s="90"/>
       <c r="G12" s="18"/>
       <c r="H12" s="18"/>
       <c r="I12" s="19"/>
     </row>
     <row r="13" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="25" t="s">
+      <c r="A13" s="24" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="20"/>
-      <c r="C13" s="96"/>
-[...1 lines deleted...]
-      <c r="E13" s="26" t="s">
+      <c r="C13" s="95"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="F13" s="92"/>
+      <c r="F13" s="91"/>
       <c r="G13" s="18"/>
       <c r="H13" s="18"/>
       <c r="I13" s="19"/>
     </row>
     <row r="14" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16"/>
-      <c r="B14" s="27"/>
-[...2 lines deleted...]
-      <c r="E14" s="29" t="s">
+      <c r="B14" s="26"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="28" t="s">
         <v>58</v>
       </c>
-      <c r="F14" s="93">
+      <c r="F14" s="92">
         <f>F12+F13</f>
         <v>0</v>
       </c>
       <c r="G14" s="18"/>
       <c r="H14" s="18"/>
       <c r="I14" s="19"/>
     </row>
     <row r="15" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="19"/>
-      <c r="B15" s="30"/>
-      <c r="C15" s="31"/>
+      <c r="B15" s="29"/>
+      <c r="C15" s="30"/>
       <c r="D15" s="17"/>
       <c r="E15" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="F15" s="94" t="e">
+      <c r="F15" s="93" t="e">
         <f>F14/C13</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G15" s="18"/>
-      <c r="H15" s="32"/>
+      <c r="H15" s="31"/>
       <c r="I15" s="19"/>
     </row>
     <row r="16" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="33"/>
-[...1 lines deleted...]
-      <c r="C16" s="31"/>
+      <c r="A16" s="32"/>
+      <c r="B16" s="33"/>
+      <c r="C16" s="30"/>
       <c r="D16" s="17"/>
       <c r="E16" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="F16" s="85" t="s">
+      <c r="F16" s="84" t="s">
         <v>43</v>
       </c>
       <c r="G16" s="18"/>
-      <c r="H16" s="32"/>
+      <c r="H16" s="31"/>
       <c r="I16" s="19"/>
     </row>
     <row r="17" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="124" t="str">
+      <c r="A17" s="126" t="str">
         <f>IF(F16="Oui", "Attention: formulaire non-valable s'il s'agit de la régularisation de travaux déjà exécutés sans autorisation.
 Dans ce cas, veuillez remplir le formulaire D16 (site de l'OCLPF) et l'ajouter au dossier","")</f>
         <v/>
       </c>
-      <c r="B17" s="124"/>
-[...5 lines deleted...]
-      <c r="H17" s="36"/>
+      <c r="B17" s="126"/>
+      <c r="C17" s="126"/>
+      <c r="D17" s="126"/>
+      <c r="E17" s="126"/>
+      <c r="F17" s="126"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="35"/>
       <c r="I17" s="3"/>
     </row>
     <row r="18" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="110" t="s">
+      <c r="A18" s="107" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="111"/>
-[...3 lines deleted...]
-      <c r="F18" s="112"/>
+      <c r="B18" s="108"/>
+      <c r="C18" s="108"/>
+      <c r="D18" s="108"/>
+      <c r="E18" s="108"/>
+      <c r="F18" s="109"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="3"/>
     </row>
     <row r="19" spans="1:9" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A19" s="116" t="s">
+      <c r="A19" s="134" t="s">
         <v>52</v>
       </c>
-      <c r="B19" s="117"/>
-[...3 lines deleted...]
-      <c r="F19" s="37" t="s">
+      <c r="B19" s="135"/>
+      <c r="C19" s="135"/>
+      <c r="D19" s="135"/>
+      <c r="E19" s="136"/>
+      <c r="F19" s="36" t="s">
         <v>33</v>
       </c>
-      <c r="G19" s="35"/>
-      <c r="H19" s="35"/>
+      <c r="G19" s="34"/>
+      <c r="H19" s="34"/>
       <c r="I19" s="3"/>
     </row>
     <row r="20" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="121"/>
-[...6 lines deleted...]
-      <c r="H20" s="38"/>
+      <c r="A20" s="123"/>
+      <c r="B20" s="124"/>
+      <c r="C20" s="124"/>
+      <c r="D20" s="124"/>
+      <c r="E20" s="125"/>
+      <c r="F20" s="97"/>
+      <c r="G20" s="37"/>
+      <c r="H20" s="37"/>
       <c r="I20" s="3"/>
     </row>
     <row r="21" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="113"/>
-[...6 lines deleted...]
-      <c r="H21" s="38"/>
+      <c r="A21" s="104"/>
+      <c r="B21" s="105"/>
+      <c r="C21" s="105"/>
+      <c r="D21" s="105"/>
+      <c r="E21" s="106"/>
+      <c r="F21" s="98"/>
+      <c r="G21" s="37"/>
+      <c r="H21" s="37"/>
       <c r="I21" s="3"/>
     </row>
     <row r="22" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="113"/>
-[...6 lines deleted...]
-      <c r="H22" s="38"/>
+      <c r="A22" s="104"/>
+      <c r="B22" s="105"/>
+      <c r="C22" s="105"/>
+      <c r="D22" s="105"/>
+      <c r="E22" s="106"/>
+      <c r="F22" s="98"/>
+      <c r="G22" s="37"/>
+      <c r="H22" s="37"/>
       <c r="I22" s="3"/>
     </row>
     <row r="23" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="113"/>
-[...6 lines deleted...]
-      <c r="H23" s="38"/>
+      <c r="A23" s="104"/>
+      <c r="B23" s="105"/>
+      <c r="C23" s="105"/>
+      <c r="D23" s="105"/>
+      <c r="E23" s="106"/>
+      <c r="F23" s="98"/>
+      <c r="G23" s="37"/>
+      <c r="H23" s="37"/>
       <c r="I23" s="3"/>
     </row>
     <row r="24" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="113"/>
-[...6 lines deleted...]
-      <c r="H24" s="38"/>
+      <c r="A24" s="104"/>
+      <c r="B24" s="105"/>
+      <c r="C24" s="105"/>
+      <c r="D24" s="105"/>
+      <c r="E24" s="106"/>
+      <c r="F24" s="98"/>
+      <c r="G24" s="37"/>
+      <c r="H24" s="37"/>
       <c r="I24" s="3"/>
     </row>
     <row r="25" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="113"/>
-[...6 lines deleted...]
-      <c r="H25" s="38"/>
+      <c r="A25" s="104"/>
+      <c r="B25" s="105"/>
+      <c r="C25" s="105"/>
+      <c r="D25" s="105"/>
+      <c r="E25" s="106"/>
+      <c r="F25" s="98"/>
+      <c r="G25" s="37"/>
+      <c r="H25" s="37"/>
       <c r="I25" s="3"/>
     </row>
     <row r="26" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="113"/>
-[...6 lines deleted...]
-      <c r="H26" s="38"/>
+      <c r="A26" s="104"/>
+      <c r="B26" s="105"/>
+      <c r="C26" s="105"/>
+      <c r="D26" s="105"/>
+      <c r="E26" s="106"/>
+      <c r="F26" s="98"/>
+      <c r="G26" s="37"/>
+      <c r="H26" s="37"/>
       <c r="I26" s="3"/>
     </row>
     <row r="27" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="113"/>
-[...6 lines deleted...]
-      <c r="H27" s="38"/>
+      <c r="A27" s="104"/>
+      <c r="B27" s="105"/>
+      <c r="C27" s="105"/>
+      <c r="D27" s="105"/>
+      <c r="E27" s="106"/>
+      <c r="F27" s="98"/>
+      <c r="G27" s="37"/>
+      <c r="H27" s="37"/>
       <c r="I27" s="3"/>
     </row>
     <row r="28" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="113"/>
-[...6 lines deleted...]
-      <c r="H28" s="38"/>
+      <c r="A28" s="104"/>
+      <c r="B28" s="105"/>
+      <c r="C28" s="105"/>
+      <c r="D28" s="105"/>
+      <c r="E28" s="106"/>
+      <c r="F28" s="98"/>
+      <c r="G28" s="37"/>
+      <c r="H28" s="37"/>
       <c r="I28" s="3"/>
     </row>
     <row r="29" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="113"/>
-[...6 lines deleted...]
-      <c r="H29" s="38"/>
+      <c r="A29" s="104"/>
+      <c r="B29" s="105"/>
+      <c r="C29" s="105"/>
+      <c r="D29" s="105"/>
+      <c r="E29" s="106"/>
+      <c r="F29" s="98"/>
+      <c r="G29" s="37"/>
+      <c r="H29" s="37"/>
       <c r="I29" s="3"/>
     </row>
     <row r="30" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="113"/>
-[...6 lines deleted...]
-      <c r="H30" s="38"/>
+      <c r="A30" s="104"/>
+      <c r="B30" s="105"/>
+      <c r="C30" s="105"/>
+      <c r="D30" s="105"/>
+      <c r="E30" s="106"/>
+      <c r="F30" s="98"/>
+      <c r="G30" s="37"/>
+      <c r="H30" s="37"/>
       <c r="I30" s="3"/>
     </row>
     <row r="31" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="113"/>
-[...6 lines deleted...]
-      <c r="H31" s="38"/>
+      <c r="A31" s="104"/>
+      <c r="B31" s="105"/>
+      <c r="C31" s="105"/>
+      <c r="D31" s="105"/>
+      <c r="E31" s="106"/>
+      <c r="F31" s="98"/>
+      <c r="G31" s="37"/>
+      <c r="H31" s="37"/>
       <c r="I31" s="3"/>
     </row>
     <row r="32" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="113"/>
-[...6 lines deleted...]
-      <c r="H32" s="38"/>
+      <c r="A32" s="104"/>
+      <c r="B32" s="105"/>
+      <c r="C32" s="105"/>
+      <c r="D32" s="105"/>
+      <c r="E32" s="106"/>
+      <c r="F32" s="98"/>
+      <c r="G32" s="37"/>
+      <c r="H32" s="37"/>
       <c r="I32" s="3"/>
     </row>
     <row r="33" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="113"/>
-[...6 lines deleted...]
-      <c r="H33" s="38"/>
+      <c r="A33" s="104"/>
+      <c r="B33" s="105"/>
+      <c r="C33" s="105"/>
+      <c r="D33" s="105"/>
+      <c r="E33" s="106"/>
+      <c r="F33" s="98"/>
+      <c r="G33" s="37"/>
+      <c r="H33" s="37"/>
       <c r="I33" s="3"/>
     </row>
     <row r="34" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="113"/>
-[...6 lines deleted...]
-      <c r="H34" s="38"/>
+      <c r="A34" s="104"/>
+      <c r="B34" s="105"/>
+      <c r="C34" s="105"/>
+      <c r="D34" s="105"/>
+      <c r="E34" s="106"/>
+      <c r="F34" s="98"/>
+      <c r="G34" s="37"/>
+      <c r="H34" s="37"/>
       <c r="I34" s="3"/>
     </row>
     <row r="35" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="113"/>
-[...6 lines deleted...]
-      <c r="H35" s="38"/>
+      <c r="A35" s="104"/>
+      <c r="B35" s="105"/>
+      <c r="C35" s="105"/>
+      <c r="D35" s="105"/>
+      <c r="E35" s="106"/>
+      <c r="F35" s="98"/>
+      <c r="G35" s="37"/>
+      <c r="H35" s="37"/>
       <c r="I35" s="3"/>
     </row>
     <row r="36" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="113"/>
-[...6 lines deleted...]
-      <c r="H36" s="38"/>
+      <c r="A36" s="104"/>
+      <c r="B36" s="105"/>
+      <c r="C36" s="105"/>
+      <c r="D36" s="105"/>
+      <c r="E36" s="106"/>
+      <c r="F36" s="98"/>
+      <c r="G36" s="37"/>
+      <c r="H36" s="37"/>
       <c r="I36" s="3"/>
     </row>
     <row r="37" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="113"/>
-[...6 lines deleted...]
-      <c r="H37" s="38"/>
+      <c r="A37" s="104"/>
+      <c r="B37" s="105"/>
+      <c r="C37" s="105"/>
+      <c r="D37" s="105"/>
+      <c r="E37" s="106"/>
+      <c r="F37" s="98"/>
+      <c r="G37" s="37"/>
+      <c r="H37" s="37"/>
       <c r="I37" s="3"/>
     </row>
     <row r="38" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="113"/>
-[...6 lines deleted...]
-      <c r="H38" s="38"/>
+      <c r="A38" s="104"/>
+      <c r="B38" s="105"/>
+      <c r="C38" s="105"/>
+      <c r="D38" s="105"/>
+      <c r="E38" s="106"/>
+      <c r="F38" s="98"/>
+      <c r="G38" s="37"/>
+      <c r="H38" s="37"/>
       <c r="I38" s="3"/>
     </row>
     <row r="39" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="113"/>
-[...6 lines deleted...]
-      <c r="H39" s="38"/>
+      <c r="A39" s="104"/>
+      <c r="B39" s="105"/>
+      <c r="C39" s="105"/>
+      <c r="D39" s="105"/>
+      <c r="E39" s="106"/>
+      <c r="F39" s="98"/>
+      <c r="G39" s="37"/>
+      <c r="H39" s="37"/>
       <c r="I39" s="3"/>
     </row>
     <row r="40" spans="1:9" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="129"/>
-[...6 lines deleted...]
-      <c r="H40" s="38"/>
+      <c r="A40" s="113"/>
+      <c r="B40" s="114"/>
+      <c r="C40" s="114"/>
+      <c r="D40" s="114"/>
+      <c r="E40" s="115"/>
+      <c r="F40" s="99"/>
+      <c r="G40" s="37"/>
+      <c r="H40" s="37"/>
       <c r="I40" s="3"/>
     </row>
     <row r="41" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="132" t="s">
+      <c r="A41" s="116" t="s">
         <v>34</v>
       </c>
-      <c r="B41" s="133"/>
-[...3 lines deleted...]
-      <c r="F41" s="101">
+      <c r="B41" s="117"/>
+      <c r="C41" s="117"/>
+      <c r="D41" s="117"/>
+      <c r="E41" s="118"/>
+      <c r="F41" s="100">
         <f>SUM(F20:F40)</f>
         <v>0</v>
       </c>
-      <c r="G41" s="35"/>
-      <c r="H41" s="35"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="34"/>
       <c r="I41" s="3"/>
     </row>
     <row r="42" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="39"/>
-[...6 lines deleted...]
-      <c r="H42" s="35"/>
+      <c r="A42" s="38"/>
+      <c r="B42" s="38"/>
+      <c r="C42" s="38"/>
+      <c r="D42" s="38"/>
+      <c r="E42" s="38"/>
+      <c r="F42" s="38"/>
+      <c r="G42" s="34"/>
+      <c r="H42" s="34"/>
       <c r="I42" s="3"/>
     </row>
     <row r="43" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="135" t="s">
+      <c r="A43" s="119" t="s">
         <v>44</v>
       </c>
-      <c r="B43" s="135"/>
-[...3 lines deleted...]
-      <c r="F43" s="22" t="s">
+      <c r="B43" s="119"/>
+      <c r="C43" s="119"/>
+      <c r="D43" s="119"/>
+      <c r="E43" s="120"/>
+      <c r="F43" s="137" t="s">
         <v>43</v>
       </c>
-      <c r="G43" s="35"/>
-      <c r="H43" s="35"/>
+      <c r="G43" s="34"/>
+      <c r="H43" s="34"/>
       <c r="I43" s="3"/>
     </row>
     <row r="44" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="38"/>
-[...6 lines deleted...]
-      <c r="H44" s="40"/>
+      <c r="A44" s="37"/>
+      <c r="B44" s="37"/>
+      <c r="C44" s="37"/>
+      <c r="D44" s="37"/>
+      <c r="E44" s="37"/>
+      <c r="F44" s="37"/>
+      <c r="G44" s="34"/>
+      <c r="H44" s="39"/>
       <c r="I44" s="3"/>
     </row>
     <row r="45" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="110" t="s">
+      <c r="A45" s="107" t="s">
         <v>16</v>
       </c>
-      <c r="B45" s="111"/>
-[...5 lines deleted...]
-      <c r="H45" s="40"/>
+      <c r="B45" s="108"/>
+      <c r="C45" s="108"/>
+      <c r="D45" s="108"/>
+      <c r="E45" s="108"/>
+      <c r="F45" s="109"/>
+      <c r="G45" s="40"/>
+      <c r="H45" s="39"/>
       <c r="I45" s="19"/>
     </row>
     <row r="46" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="B46" s="42"/>
-      <c r="C46" s="43">
+      <c r="B46" s="41"/>
+      <c r="C46" s="42">
         <f>F41</f>
         <v>0</v>
       </c>
-      <c r="D46" s="44"/>
-[...2 lines deleted...]
-      <c r="G46" s="45"/>
+      <c r="D46" s="43"/>
+      <c r="E46" s="110"/>
+      <c r="F46" s="110"/>
+      <c r="G46" s="44"/>
       <c r="H46" s="19"/>
       <c r="I46" s="19"/>
     </row>
     <row r="47" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="20"/>
-      <c r="C47" s="86">
+      <c r="C47" s="85">
         <v>0.7</v>
       </c>
-      <c r="D47" s="46"/>
-[...2 lines deleted...]
-      <c r="G47" s="45"/>
+      <c r="D47" s="45"/>
+      <c r="E47" s="111"/>
+      <c r="F47" s="111"/>
+      <c r="G47" s="44"/>
       <c r="H47" s="19"/>
       <c r="I47" s="19"/>
     </row>
     <row r="48" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="47" t="s">
+      <c r="A48" s="46" t="s">
         <v>6</v>
       </c>
-      <c r="B48" s="48"/>
-      <c r="C48" s="49">
+      <c r="B48" s="47"/>
+      <c r="C48" s="48">
         <f>C46*C47</f>
         <v>0</v>
       </c>
-      <c r="D48" s="50"/>
-[...2 lines deleted...]
-      <c r="G48" s="45"/>
+      <c r="D48" s="49"/>
+      <c r="E48" s="112"/>
+      <c r="F48" s="112"/>
+      <c r="G48" s="44"/>
       <c r="H48" s="19"/>
       <c r="I48" s="19"/>
     </row>
     <row r="49" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="19"/>
       <c r="B49" s="18"/>
-      <c r="C49" s="48"/>
-[...1 lines deleted...]
-      <c r="E49" s="51" t="s">
+      <c r="C49" s="47"/>
+      <c r="D49" s="47"/>
+      <c r="E49" s="50" t="s">
         <v>24</v>
       </c>
-      <c r="F49" s="88">
+      <c r="F49" s="87">
         <v>1.2500000000000001E-2</v>
       </c>
-      <c r="G49" s="45"/>
+      <c r="G49" s="44"/>
       <c r="H49" s="19"/>
       <c r="I49" s="19"/>
     </row>
     <row r="50" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="52" t="s">
+      <c r="A50" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="B50" s="52"/>
-      <c r="C50" s="43">
+      <c r="B50" s="51"/>
+      <c r="C50" s="42">
         <f>C48*F50</f>
         <v>0</v>
       </c>
-      <c r="D50" s="53"/>
-      <c r="E50" s="51" t="s">
+      <c r="D50" s="52"/>
+      <c r="E50" s="50" t="s">
         <v>56</v>
       </c>
-      <c r="F50" s="54">
+      <c r="F50" s="53">
         <f>(F49+0.5%)/2</f>
         <v>8.7500000000000008E-3</v>
       </c>
-      <c r="G50" s="45"/>
+      <c r="G50" s="44"/>
       <c r="H50" s="19"/>
       <c r="I50" s="19"/>
     </row>
     <row r="51" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="52" t="s">
+      <c r="A51" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="B51" s="52"/>
-      <c r="C51" s="43">
+      <c r="B51" s="51"/>
+      <c r="C51" s="42">
         <f>C48*F51</f>
         <v>0</v>
       </c>
-      <c r="D51" s="44"/>
-      <c r="E51" s="51" t="s">
+      <c r="D51" s="43"/>
+      <c r="E51" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="F51" s="88">
+      <c r="F51" s="87">
         <v>0.05</v>
       </c>
-      <c r="G51" s="45"/>
-      <c r="H51" s="40"/>
+      <c r="G51" s="44"/>
+      <c r="H51" s="39"/>
       <c r="I51" s="19"/>
     </row>
     <row r="52" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="52" t="s">
+      <c r="A52" s="51" t="s">
         <v>8</v>
       </c>
-      <c r="B52" s="52"/>
-      <c r="C52" s="55">
+      <c r="B52" s="51"/>
+      <c r="C52" s="54">
         <f>C48*F52</f>
         <v>0</v>
       </c>
-      <c r="D52" s="56"/>
-      <c r="E52" s="57" t="s">
+      <c r="D52" s="55"/>
+      <c r="E52" s="56" t="s">
         <v>28</v>
       </c>
-      <c r="F52" s="90">
+      <c r="F52" s="89">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="G52" s="45"/>
-      <c r="H52" s="40"/>
+      <c r="G52" s="44"/>
+      <c r="H52" s="39"/>
       <c r="I52" s="19"/>
     </row>
     <row r="53" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="52" t="s">
+      <c r="A53" s="51" t="s">
         <v>9</v>
       </c>
-      <c r="B53" s="52"/>
-      <c r="C53" s="49">
+      <c r="B53" s="51"/>
+      <c r="C53" s="48">
         <f>SUM(C50:C52)</f>
         <v>0</v>
       </c>
-      <c r="D53" s="58" t="s">
+      <c r="D53" s="57" t="s">
         <v>25</v>
       </c>
-      <c r="E53" s="57" t="s">
+      <c r="E53" s="56" t="s">
         <v>35</v>
       </c>
-      <c r="F53" s="59">
+      <c r="F53" s="58">
         <f>SUM(F50:F52)</f>
         <v>7.375000000000001E-2</v>
       </c>
-      <c r="G53" s="45"/>
-      <c r="H53" s="40"/>
+      <c r="G53" s="44"/>
+      <c r="H53" s="39"/>
       <c r="I53" s="19"/>
     </row>
     <row r="54" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="52" t="s">
+      <c r="A54" s="51" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="18"/>
-      <c r="C54" s="49" t="e">
+      <c r="C54" s="48" t="e">
         <f>C53/C56</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D54" s="58" t="s">
+      <c r="D54" s="57" t="s">
         <v>26</v>
       </c>
-      <c r="E54" s="60"/>
-[...2 lines deleted...]
-      <c r="H54" s="40"/>
+      <c r="E54" s="59"/>
+      <c r="F54" s="60"/>
+      <c r="G54" s="44"/>
+      <c r="H54" s="39"/>
       <c r="I54" s="19"/>
     </row>
     <row r="55" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="52"/>
+      <c r="A55" s="51"/>
       <c r="B55" s="18"/>
-      <c r="C55" s="62" t="s">
+      <c r="C55" s="61" t="s">
         <v>19</v>
       </c>
-      <c r="D55" s="48"/>
-[...3 lines deleted...]
-      <c r="H55" s="40"/>
+      <c r="D55" s="47"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="44"/>
+      <c r="G55" s="44"/>
+      <c r="H55" s="39"/>
       <c r="I55" s="19"/>
     </row>
     <row r="56" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="64" t="s">
+      <c r="A56" s="63" t="s">
         <v>38</v>
       </c>
       <c r="B56" s="18"/>
-      <c r="C56" s="87"/>
-[...1 lines deleted...]
-      <c r="E56" s="63" t="s">
+      <c r="C56" s="86"/>
+      <c r="D56" s="64"/>
+      <c r="E56" s="62" t="s">
         <v>32</v>
       </c>
-      <c r="F56" s="95" t="e">
+      <c r="F56" s="94" t="e">
         <f>F14/C56</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G56" s="2"/>
-      <c r="H56" s="40"/>
+      <c r="H56" s="39"/>
       <c r="I56" s="19"/>
     </row>
     <row r="57" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="66" t="s">
+      <c r="A57" s="65" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="18"/>
-      <c r="C57" s="102">
+      <c r="C57" s="101">
         <f>F14+C53</f>
         <v>0</v>
       </c>
-      <c r="D57" s="68" t="s">
+      <c r="D57" s="67" t="s">
         <v>25</v>
       </c>
-      <c r="E57" s="42"/>
-      <c r="F57" s="68"/>
+      <c r="E57" s="41"/>
+      <c r="F57" s="67"/>
       <c r="G57" s="2"/>
-      <c r="H57" s="40"/>
+      <c r="H57" s="39"/>
       <c r="I57" s="19"/>
     </row>
     <row r="58" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="18"/>
-      <c r="C58" s="69" t="e">
+      <c r="C58" s="68" t="e">
         <f>C57/C56</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D58" s="68" t="s">
+      <c r="D58" s="67" t="s">
         <v>26</v>
       </c>
-      <c r="E58" s="42"/>
-[...2 lines deleted...]
-      <c r="H58" s="40"/>
+      <c r="E58" s="41"/>
+      <c r="F58" s="67"/>
+      <c r="G58" s="69"/>
+      <c r="H58" s="39"/>
       <c r="I58" s="19"/>
     </row>
     <row r="59" spans="1:9" s="1" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="16"/>
       <c r="B59" s="16"/>
-      <c r="C59" s="67"/>
-[...4 lines deleted...]
-      <c r="H59" s="40"/>
+      <c r="C59" s="66"/>
+      <c r="D59" s="67"/>
+      <c r="E59" s="41"/>
+      <c r="F59" s="67"/>
+      <c r="G59" s="69"/>
+      <c r="H59" s="39"/>
       <c r="I59" s="19"/>
     </row>
     <row r="60" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="110" t="s">
+      <c r="A60" s="107" t="s">
         <v>20</v>
       </c>
-      <c r="B60" s="111"/>
-[...5 lines deleted...]
-      <c r="H60" s="71" t="s">
+      <c r="B60" s="108"/>
+      <c r="C60" s="108"/>
+      <c r="D60" s="108"/>
+      <c r="E60" s="108"/>
+      <c r="F60" s="109"/>
+      <c r="G60" s="40"/>
+      <c r="H60" s="70" t="s">
         <v>40</v>
       </c>
       <c r="I60" s="19"/>
     </row>
     <row r="61" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="108" t="s">
+      <c r="A61" s="132" t="s">
         <v>13</v>
       </c>
-      <c r="B61" s="109"/>
-      <c r="C61" s="137">
+      <c r="B61" s="133"/>
+      <c r="C61" s="102">
         <v>3724</v>
       </c>
-      <c r="D61" s="72" t="s">
+      <c r="D61" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="E61" s="42"/>
-[...2 lines deleted...]
-      <c r="H61" s="40" t="s">
+      <c r="E61" s="41"/>
+      <c r="F61" s="72"/>
+      <c r="G61" s="69"/>
+      <c r="H61" s="39" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="19"/>
     </row>
     <row r="62" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="48"/>
-[...6 lines deleted...]
-      <c r="H62" s="40" t="s">
+      <c r="A62" s="47"/>
+      <c r="B62" s="47"/>
+      <c r="C62" s="47"/>
+      <c r="D62" s="47"/>
+      <c r="E62" s="47"/>
+      <c r="F62" s="47"/>
+      <c r="G62" s="69"/>
+      <c r="H62" s="39" t="s">
         <v>41</v>
       </c>
       <c r="I62" s="19"/>
     </row>
     <row r="63" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="48" t="s">
+      <c r="A63" s="47" t="s">
         <v>12</v>
       </c>
-      <c r="B63" s="48"/>
-      <c r="C63" s="40" t="e">
+      <c r="B63" s="47"/>
+      <c r="C63" s="39" t="e">
         <f>IF(C64=H61,"-",C64*C56)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D63" s="74" t="s">
+      <c r="D63" s="73" t="s">
         <v>25</v>
       </c>
-      <c r="E63" s="48"/>
-[...2 lines deleted...]
-      <c r="H63" s="40" t="e">
+      <c r="E63" s="47"/>
+      <c r="F63" s="74"/>
+      <c r="G63" s="69"/>
+      <c r="H63" s="39" t="e">
         <f>IF(C13&gt;7,H66,H64)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I63" s="19"/>
     </row>
     <row r="64" spans="1:9" s="1" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="48" t="s">
+      <c r="A64" s="47" t="s">
         <v>11</v>
       </c>
-      <c r="B64" s="76"/>
-      <c r="C64" s="77" t="e">
+      <c r="B64" s="75"/>
+      <c r="C64" s="76" t="e">
         <f>IF(F15&gt;9309,H61,H63)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D64" s="74" t="s">
+      <c r="D64" s="73" t="s">
         <v>26</v>
       </c>
-      <c r="E64" s="48"/>
-[...2 lines deleted...]
-      <c r="H64" s="40" t="e">
+      <c r="E64" s="47"/>
+      <c r="F64" s="74"/>
+      <c r="G64" s="69"/>
+      <c r="H64" s="39" t="e">
         <f>IF(F43="Oui",H66,H65)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="I64" s="78"/>
+      <c r="I64" s="77"/>
     </row>
     <row r="65" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="42"/>
-[...2 lines deleted...]
-      <c r="D65" s="42"/>
+      <c r="A65" s="41"/>
+      <c r="B65" s="41"/>
+      <c r="C65" s="41"/>
+      <c r="D65" s="41"/>
       <c r="E65" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="F65" s="89"/>
-[...1 lines deleted...]
-      <c r="H65" s="40" t="e">
+      <c r="F65" s="88"/>
+      <c r="G65" s="69"/>
+      <c r="H65" s="39" t="e">
         <f>IF(C56&gt;7,H62,H66)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I65" s="19"/>
     </row>
     <row r="66" spans="1:9" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="42"/>
-[...6 lines deleted...]
-      <c r="H66" s="40" t="e">
+      <c r="A66" s="41"/>
+      <c r="B66" s="41"/>
+      <c r="C66" s="41"/>
+      <c r="D66" s="41"/>
+      <c r="E66" s="41"/>
+      <c r="F66" s="41"/>
+      <c r="G66" s="69"/>
+      <c r="H66" s="39" t="e">
         <f>IF(F56&gt;=C61,F56,H67)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I66" s="19"/>
     </row>
     <row r="67" spans="1:9" s="1" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="125" t="s">
+      <c r="A67" s="103" t="s">
         <v>51</v>
       </c>
-      <c r="B67" s="125"/>
-[...5 lines deleted...]
-      <c r="H67" s="80" t="e">
+      <c r="B67" s="103"/>
+      <c r="C67" s="103"/>
+      <c r="D67" s="103"/>
+      <c r="E67" s="103"/>
+      <c r="F67" s="103"/>
+      <c r="G67" s="78"/>
+      <c r="H67" s="79" t="e">
         <f>IF((F56+C54)&lt;C61,F56+C54,C61)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I67" s="19"/>
     </row>
     <row r="68" spans="1:9" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="125" t="s">
+      <c r="A68" s="103" t="s">
         <v>50</v>
       </c>
-      <c r="B68" s="125"/>
-[...5 lines deleted...]
-      <c r="H68" s="81"/>
+      <c r="B68" s="103"/>
+      <c r="C68" s="103"/>
+      <c r="D68" s="103"/>
+      <c r="E68" s="103"/>
+      <c r="F68" s="103"/>
+      <c r="G68" s="78"/>
+      <c r="H68" s="80"/>
       <c r="I68" s="19"/>
     </row>
     <row r="69" spans="1:9" s="1" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="125" t="s">
+      <c r="A69" s="103" t="s">
         <v>53</v>
       </c>
-      <c r="B69" s="125"/>
-[...5 lines deleted...]
-      <c r="H69" s="82"/>
+      <c r="B69" s="103"/>
+      <c r="C69" s="103"/>
+      <c r="D69" s="103"/>
+      <c r="E69" s="103"/>
+      <c r="F69" s="103"/>
+      <c r="G69" s="69"/>
+      <c r="H69" s="81"/>
       <c r="I69" s="19"/>
     </row>
     <row r="70" spans="1:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="125" t="s">
+      <c r="A70" s="103" t="s">
         <v>54</v>
       </c>
-      <c r="B70" s="125"/>
-[...3 lines deleted...]
-      <c r="F70" s="125"/>
+      <c r="B70" s="103"/>
+      <c r="C70" s="103"/>
+      <c r="D70" s="103"/>
+      <c r="E70" s="103"/>
+      <c r="F70" s="103"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A71" s="38"/>
-[...4 lines deleted...]
-      <c r="F71" s="38"/>
+      <c r="A71" s="37"/>
+      <c r="B71" s="37"/>
+      <c r="C71" s="37"/>
+      <c r="D71" s="37"/>
+      <c r="E71" s="37"/>
+      <c r="F71" s="37"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Km7+zYjq3Ey7OuzHf+Mt+RDr4qjHETSmz7fn+zxMB3mZ7B1DyzUVLl56bwjzkoxu0vcZ3A1uqKXARkglgtmp4g==" saltValue="es1JuREpzEap7aaBVjso5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="8mtrNJGVw/kbmgkbcrUOf8Jk4bnkMe5SGb0hFnfCqMLd8yMXXUv6qCdkAIFKIGknZNjVir+ABHUNZf3fNqk/+g==" saltValue="wLhRQlWEuytO5IIL/JFlZg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="40">
-    <mergeCell ref="A69:F69"/>
-[...22 lines deleted...]
-    <mergeCell ref="A17:F17"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A61:B61"/>
     <mergeCell ref="A60:F60"/>
     <mergeCell ref="A33:E33"/>
     <mergeCell ref="A34:E34"/>
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="A31:E31"/>
     <mergeCell ref="A32:E32"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:E25"/>
     <mergeCell ref="A26:E26"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A21:E21"/>
+    <mergeCell ref="A22:E22"/>
+    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A27:E27"/>
+    <mergeCell ref="A29:E29"/>
+    <mergeCell ref="A35:E35"/>
+    <mergeCell ref="A36:E36"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A45:F45"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A43:E43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A56" r:id="rId1" tooltip="RGL - I 4 05.01" display="Nbre de pièces RGL futures:" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Annexe!$B$3:$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>F16 F43</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B3:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="N58" sqref="N58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B3" t="s">
         <v>42</v>
@@ -3209,38 +3209,38 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Christe Mercedes (DT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>243103703</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>D12</vt:lpwstr>
+    <vt:lpwstr>D12 à remplacer</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>mercedes.christe@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Christe Mercedes (DT)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_PreviousAdHocReviewCycleID">
     <vt:i4>168782029</vt:i4>
   </property>
 </Properties>
 </file>