--- v0 (2025-12-11)
+++ v1 (2026-03-21)
@@ -1,1785 +1,4971 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:body>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4957"/>
+        <w:gridCol w:w="4105"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="6A504A5E" w14:textId="77777777" w:rsidTr="004509C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6851F296" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:spacing w:before="1" w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:noProof/>
+                <w:spacing w:val="-8"/>
+                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C82D25B" wp14:editId="51CCD702">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-262255</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>9575</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="389614" cy="547189"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2" name="Image 2"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2" name="Image 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="389614" cy="547189"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD440F5" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRPr="0056080F" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:spacing w:before="1" w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>REPUBLIQUE ET CANTON DE GENEVE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BCCB007" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRPr="0056080F" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:spacing w:before="1" w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>partement de la sant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et des mobilit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6689B8C9" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRPr="0056080F" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:spacing w:before="1" w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Office cantonal de la sant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0056080F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78CCBF88" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DCAFC7" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="2ACE05AE" w14:textId="77777777" w:rsidTr="004509C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2541F9A0" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2906E1FF" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Expditeur"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="ExpLigneAdr1"/>
+            <w:r>
+              <w:t>OCS - DSM</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="0818A95D" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Expditeur"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="ExpLigneAdr2"/>
+            <w:r>
+              <w:t>Direction</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w14:paraId="35261154" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Expditeur"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="ExpLigneAdr3"/>
+            <w:r>
+              <w:t>Rue Adrien-Lachenal 8</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="1073945E" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Expditeur"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="ExpLigneAdr4"/>
+            <w:r>
+              <w:t>1207 Genève</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+          <w:p w14:paraId="6F12442B" w14:textId="0DBDF1E1" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="00F4A58A" w14:textId="77777777" w:rsidR="00F36260" w:rsidRDefault="00F36260"/>
+    <w:p w14:paraId="23D0E884" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+    <w:p w14:paraId="74CECB13" w14:textId="7A9B21C3" w:rsidR="00F33BDE" w:rsidRDefault="001E56B3" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Titre"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Recensement annuel</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33BDE" w:rsidRPr="00F33BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> équipement médico-technique lourd </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(EMTL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197CA215" w14:textId="31AE3FC1" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B55577C" w14:textId="77777777" w:rsidR="001E56B3" w:rsidRDefault="001E56B3" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F049AC" w14:textId="77777777" w:rsidR="00FE4982" w:rsidRDefault="00FE4982" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A73A1F" w14:textId="77777777" w:rsidR="00FE4982" w:rsidRDefault="00FE4982" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8EFFA6" w14:textId="77777777" w:rsidR="00FE4982" w:rsidRPr="00C139F5" w:rsidRDefault="00FE4982" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC9AA01" w14:textId="1D9DAD7F" w:rsidR="00C139F5" w:rsidRPr="00F930D6" w:rsidRDefault="00937AE2" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ce formulaire est destiné à la déclaration de recensement des équipements médico-techniques lourds de votre institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE9115D" w14:textId="77777777" w:rsidR="001E56B3" w:rsidRPr="00C139F5" w:rsidRDefault="001E56B3" w:rsidP="00C139F5">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE855F1" w14:textId="77777777" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Instructions et Soumission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA72F79" w14:textId="77777777" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Règle de remplissage :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Une seule déclaration doit être soumise pour l'ensemble des équipements de l'institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A5779C" w14:textId="3F021E2A" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Pièces jointes :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Veuillez joindre le fichier Excel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0F40A5" w14:textId="3508E720" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Période de validité :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F930D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les déclarations de recensement annuel sont acceptées exclusivement entre le 1er mai et le 30 juin inclus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232FE7CA" w14:textId="77777777" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C139F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Envoi par courriel :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C139F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adressez le formulaire complété et l'ensemble des justificatifs à : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00F930D6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ocs-emtl@etat.ge.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="689DC57A" w14:textId="77777777" w:rsidR="00F930D6" w:rsidRPr="00F930D6" w:rsidRDefault="00F930D6" w:rsidP="00F930D6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE4AA2C" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk213224062"/>
+    </w:p>
+    <w:p w14:paraId="4203E2D1" w14:textId="6158426C" w:rsidR="00CA10F0" w:rsidRDefault="00F33BDE" w:rsidP="004509C6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA10F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>générale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22817C0D" w14:textId="77777777" w:rsidR="00CA10F0" w:rsidRDefault="00CA10F0" w:rsidP="00CA10F0">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5381"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CA10F0" w14:paraId="78EBD9FC" w14:textId="77777777" w:rsidTr="00AF70AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="521A9475" w14:textId="2AB0DC30" w:rsidR="00CA10F0" w:rsidRPr="003C7CD5" w:rsidRDefault="00CA10F0" w:rsidP="00AF70AE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date de la demande</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BE2059" w14:textId="77777777" w:rsidR="00CA10F0" w:rsidRDefault="00CA10F0" w:rsidP="00AF70AE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="4"/>
+    </w:tbl>
+    <w:p w14:paraId="5933853C" w14:textId="77777777" w:rsidR="00CA10F0" w:rsidRDefault="00CA10F0" w:rsidP="00CA10F0">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02209329" w14:textId="77777777" w:rsidR="00CA10F0" w:rsidRDefault="00CA10F0" w:rsidP="00CA10F0">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2920EE6B" w14:textId="4D2C272E" w:rsidR="00F33BDE" w:rsidRPr="00F33BDE" w:rsidRDefault="00CA10F0" w:rsidP="004509C6">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformations </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33BDE" w:rsidRPr="00F33BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>sur l'institution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B984823" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5381"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="3EB52C81" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="448CCFA4" w14:textId="0DD93966" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nom de l’institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6906A357" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="4B2D50B1" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="477919EB" w14:textId="5B80E24F" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro REG de l'institution</w:t>
+            </w:r>
+            <w:r w:rsidR="004509C6" w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE42A09" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="64C2229A" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="247D83B3" w14:textId="02C1DF1F" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Département ou service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3224FE" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B00263" w14:paraId="79889796" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371E3117" w14:textId="0DA58F32" w:rsidR="00B00263" w:rsidRPr="003C7CD5" w:rsidRDefault="00B00263" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Complément d’adresse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4E0E55" w14:textId="77777777" w:rsidR="00B00263" w:rsidRDefault="00B00263" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="77937A1C" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA4C47C" w14:textId="636B9933" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78127806" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="4A231BAF" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC06ECB" w14:textId="694D6565" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44674DDE" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="08E7948F" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B0BEDD" w14:textId="1E678980" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Code postal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9706AB" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="4B0E96F0" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AC338C" w14:textId="2DC87B5D" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ville</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D427EFE" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE">
+            <w:pPr>
+              <w:pStyle w:val="Corpsdetexte"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39F27B98" w14:textId="7A4135E4" w:rsidR="00F33BDE" w:rsidRPr="004509C6" w:rsidRDefault="002E163B" w:rsidP="002E163B">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33BDE" w:rsidRPr="004509C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Vous</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F33BDE" w:rsidRPr="004509C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouvez trouver votre numéro REG en consultant le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="/rechercher" w:history="1">
+        <w:r w:rsidR="00F33BDE" w:rsidRPr="004509C6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>Répertoire des Entreprises Genevoises</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F16ED51" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRPr="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="00F33BDE"/>
+    <w:p w14:paraId="011F83E4" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="005E1EB9">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1EB9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Informations sur la personne responsable </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569AA2F8" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5381"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005E1EB9" w14:paraId="51064E78" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31136A71" w14:textId="12F91978" w:rsidR="005E1EB9" w:rsidRPr="003C7CD5" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro GLN de la personne responsable (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E735C3" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1EB9" w14:paraId="20BBD30A" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FD44D5" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="003C7CD5" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04468729" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1EB9" w14:paraId="4FCB9840" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609BE160" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="003C7CD5" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prénom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5722094C" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1EB9" w14:paraId="0B98CADB" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="509CC1D1" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="003C7CD5" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro de téléphone professionnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C43E5A" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1EB9" w14:paraId="2305A280" w14:textId="77777777" w:rsidTr="005E1EB9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAAE3F5" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="003C7CD5" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> professionnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F83B3E" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="002E163B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BD8C210" w14:textId="444D74AB" w:rsidR="00374CD2" w:rsidRPr="002E163B" w:rsidRDefault="002E163B" w:rsidP="002E163B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00374CD2" w:rsidRPr="002E163B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vous</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00374CD2" w:rsidRPr="002E163B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouvez trouver le GLN de la personne responsable par l'intermédiaire du </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00374CD2" w:rsidRPr="002E163B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">registre </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00374CD2" w:rsidRPr="002E163B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>MedReg</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidR="00374CD2" w:rsidRPr="002E163B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156DE527" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="00374CD2" w:rsidRDefault="005E1EB9" w:rsidP="005E1EB9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A9EBCB" w14:textId="407384A0" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="005E1EB9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33BDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>La personne effectuant cette déclaration est également la personne responsable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1EB9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="421"/>
+        <w:gridCol w:w="8641"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w14:paraId="1506CE45" w14:textId="77777777" w:rsidTr="00801F8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DA63A6" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1EB9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F02A"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8641" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532D89A8" w14:textId="53C52D67" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1EB9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w14:paraId="2E626491" w14:textId="77777777" w:rsidTr="00801F8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4123F78C" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1EB9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F02A"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8641" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EC7571" w14:textId="2FDAEA00" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1EB9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+              <w:t>Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="643B6B3B" w14:textId="2BFFC161" w:rsidR="005E1EB9" w:rsidRPr="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="005E1EB9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1EB9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Merci de remplir la section ci-dessous si le responsable est différent du déclarant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BED0B64" w14:textId="77777777" w:rsidR="005E1EB9" w:rsidRDefault="005E1EB9" w:rsidP="005E1EB9"/>
+    <w:p w14:paraId="0736307C" w14:textId="66A8DD1D" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE" w:rsidP="005E1EB9">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1EB9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Informations sur le déclarant </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2ADA4C" w14:textId="77777777" w:rsidR="002E163B" w:rsidRPr="005E1EB9" w:rsidRDefault="002E163B" w:rsidP="002E163B">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5381"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="6ED93F19" w14:textId="77777777" w:rsidTr="00374CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004DEDF6" w14:textId="124EF629" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AEA413" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="5AB183A3" w14:textId="77777777" w:rsidTr="00374CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F569446" w14:textId="571C81E1" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prénom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57831460" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="73A8EF14" w14:textId="77777777" w:rsidTr="00374CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6713D91B" w14:textId="2A19AFC9" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro de téléphone professionnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7CD94A" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F33BDE" w14:paraId="2142D9E7" w14:textId="77777777" w:rsidTr="00374CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E8D491" w14:textId="3C6B9880" w:rsidR="00F33BDE" w:rsidRPr="003C7CD5" w:rsidRDefault="00F33BDE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C7CD5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> professionnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292F93B9" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DB31F84" w14:textId="77777777" w:rsidR="00F33BDE" w:rsidRDefault="00F33BDE"/>
+    <w:p w14:paraId="288D7D00" w14:textId="5AB5DAAE" w:rsidR="00F33BDE" w:rsidRPr="00374CD2" w:rsidRDefault="00B00263" w:rsidP="00374CD2">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Équipements recensés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A5FF55" w14:textId="77777777" w:rsidR="003C7CD5" w:rsidRDefault="003C7CD5" w:rsidP="00F41F74">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2297F5CE" w14:textId="3A8D07E4" w:rsidR="00B00263" w:rsidRDefault="00B00263" w:rsidP="00F41F74">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veuillez remplir le fichier Excel et l’envoyer avec le présent formulaire à l’adresse : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00F930D6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ocs-emtl@etat.ge.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3164ADBB" w14:textId="77777777" w:rsidR="00F41F74" w:rsidRDefault="00F41F74" w:rsidP="00F41F74">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5A10EB" w14:textId="0017B802" w:rsidR="00F41F74" w:rsidRPr="003C7CD5" w:rsidRDefault="00F41F74" w:rsidP="003C7CD5">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C7CD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Informations utiles complémentaires</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A86EDE" w14:textId="77777777" w:rsidR="003C7CD5" w:rsidRDefault="00F41F74" w:rsidP="003C7CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41F74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C7CD5" w14:paraId="57B36BB1" w14:textId="77777777" w:rsidTr="00801F8E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B22917" w14:textId="77777777" w:rsidR="003C7CD5" w:rsidRDefault="003C7CD5" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EDF4DAA" w14:textId="77777777" w:rsidR="003C7CD5" w:rsidRDefault="003C7CD5" w:rsidP="00801F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="fr-CH"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B46B145" w14:textId="193745BC" w:rsidR="003C7CD5" w:rsidRDefault="003C7CD5" w:rsidP="003C7CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36391441" w14:textId="6523C920" w:rsidR="00F41F74" w:rsidRPr="00F41F74" w:rsidRDefault="00F41F74" w:rsidP="00F41F74">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F41F74" w:rsidRPr="00F41F74">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...272 lines deleted...]
-</styleSheet>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00F6027C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE6A3124"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="056F2B86"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED708F96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20951FBF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C47EAD4A"/>
+    <w:lvl w:ilvl="0" w:tplc="79448F74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E8F617A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C7280264"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416871D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7788332C"/>
+    <w:lvl w:ilvl="0" w:tplc="79448F74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E251524"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C47EAD4A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="713B3528"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E56791A"/>
+    <w:lvl w:ilvl="0" w:tplc="EA462616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1142964304">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="603995010">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1145856668">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="506866972">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="26954244">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2114855867">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1652907817">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
+  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F33BDE"/>
+    <w:rsid w:val="001B4FAA"/>
+    <w:rsid w:val="001E56B3"/>
+    <w:rsid w:val="002706AF"/>
+    <w:rsid w:val="002E163B"/>
+    <w:rsid w:val="00374CD2"/>
+    <w:rsid w:val="003C7CD5"/>
+    <w:rsid w:val="00400D66"/>
+    <w:rsid w:val="004509C6"/>
+    <w:rsid w:val="004A1DE5"/>
+    <w:rsid w:val="004B2D6B"/>
+    <w:rsid w:val="005B04B6"/>
+    <w:rsid w:val="005E1EB9"/>
+    <w:rsid w:val="006C6CBE"/>
+    <w:rsid w:val="0074304F"/>
+    <w:rsid w:val="00836BD0"/>
+    <w:rsid w:val="008C1AAC"/>
+    <w:rsid w:val="00937AE2"/>
+    <w:rsid w:val="00AB433C"/>
+    <w:rsid w:val="00B00263"/>
+    <w:rsid w:val="00B12503"/>
+    <w:rsid w:val="00B176FC"/>
+    <w:rsid w:val="00C139F5"/>
+    <w:rsid w:val="00CA10F0"/>
+    <w:rsid w:val="00E94B4B"/>
+    <w:rsid w:val="00ED32FE"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rsid w:val="00F36260"/>
+    <w:rsid w:val="00F41F74"/>
+    <w:rsid w:val="00F666F4"/>
+    <w:rsid w:val="00F930D6"/>
+    <w:rsid w:val="00FC4F98"/>
+    <w:rsid w:val="00FE4982"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="fr-CH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7228D151"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9EFDF1B0-D9EE-4A38-9BD7-6B652979E3B5}"/>
+</w:settings>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F36260"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre5Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre6Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre7Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre8Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre9Car"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
+    <w:name w:val="Titre 7 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre7"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
+    <w:name w:val="Titre 8 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre8"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
+    <w:name w:val="Titre 9 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitreCar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
+    <w:name w:val="Titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sous-titre">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Sous-titreCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
+    <w:name w:val="Sous-titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sous-titre"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citation">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuationintense">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citationintense">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationintenseCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
+    <w:name w:val="Citation intense Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citationintense"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rfrenceintense">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpsdetexteCar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
+    <w:name w:val="Corps de texte Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Expditeur">
+    <w:name w:val="Expéditeur"/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:right="1848"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F33BDE"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00937AE2"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...370 lines deleted...]
-</xdr:wsDr>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="46035559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="162402184">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="252739486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="507869668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="518937217">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="496073971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="525872419">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="555166760">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="603617201">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="631406519">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="326859001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="696582795">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="637689962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="735279243">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="809445114">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="950741316">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1020472375">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1167207115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1336419773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1366251671">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1502889968">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1514958457">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="138154738">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1710642352">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1564871897">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1631322998">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1578055740">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1820074282">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1655060739">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1886747333">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1912425397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1927033351">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1947427095">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app2.ge.ch/ecoregpublic/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocs-emtl@etat.ge.ch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocs-emtl@etat.ge.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.healthreg-public.admin.ch/medreg/search" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...588 lines deleted...]
-</worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <titus xmlns="http://schemas.titus.com/TitusProperties/">
-  <TitusGUID xmlns="">983523a1-7227-4b14-965e-467eee7cf723</TitusGUID>
+  <TitusGUID xmlns="">f49e1526-bbc5-4502-a2ea-4620ea21d108</TitusGUID>
   <TitusMetadata xmlns="">eyJucyI6Imh0dHBzOlwvXC93d3cuZ2UuY2giLCJwcm9wcyI6W3sibiI6IkVHRTEwMTIiLCJ2YWxzIjpbeyJ2YWx1ZSI6IkVHRTEwMTItMjAxRjAzNTU5MiJ9XX1dfQ==</TitusMetadata>
 </titus>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6932D177-ECC2-493A-A141-D5302615E2C8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91FC20CC-E123-4225-9586-F61850B7D138}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>314</Words>
+  <Characters>1728</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Feuilles de calcul</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Plages nommées</vt:lpstr>
+        <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>type_emtl</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Geneve</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ortolland Céline (DSM)</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Dauve-Raeis Véronique (DSPS)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
-    <vt:lpwstr>983523a1-7227-4b14-965e-467eee7cf723</vt:lpwstr>
+    <vt:lpwstr>3cfb66c5-b56d-4520-8092-cfd624bc2842</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EGE1012">
     <vt:lpwstr>EGE1012-201F035592</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AdHocReviewCycleID">
-    <vt:i4>1974341541</vt:i4>
+    <vt:i4>-1542274771</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_EmailSubject">
-    <vt:lpwstr>Modifications page livret EMTL</vt:lpwstr>
+    <vt:lpwstr>EMTL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_AuthorEmail">
-    <vt:lpwstr>veronique.dauve-raeis@etat.ge.ch</vt:lpwstr>
+    <vt:lpwstr>veronique.dauve@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_AuthorEmailDisplayName">
-    <vt:lpwstr>Dauve-Raeis Véronique (DSM)</vt:lpwstr>
-[...8 lines deleted...]
-    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+    <vt:lpwstr>Dauvé Véronique (DSM)</vt:lpwstr>
   </property>
 </Properties>
 </file>