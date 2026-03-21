--- v0 (2026-01-13)
+++ v1 (2026-03-21)
@@ -1,4980 +1,1785 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...2147 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\DAUVERAEISV\Desktop\EMTL\A transmettre\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4412A68-0459-4557-9BC4-88CD863F1780}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E81E27C6-3C7E-4807-95A6-554E29A3CB3D}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Feuil2" sheetId="2" state="hidden" r:id="rId2"/>
+  </sheets>
+  <definedNames>
+    <definedName name="type_emtl">Feuil2!$A$1:$A$9</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+  <si>
+    <t>Marque et modèle</t>
+  </si>
+  <si>
+    <t>N° de série</t>
+  </si>
+  <si>
+    <t>Date d'acquisition</t>
+  </si>
+  <si>
+    <t>Date mise en service</t>
+  </si>
+  <si>
+    <t>Type d'appareil</t>
+  </si>
+  <si>
+    <t>IRM</t>
+  </si>
+  <si>
+    <t>Angiographie</t>
+  </si>
+  <si>
+    <t>Robots chirurgicaux</t>
+  </si>
+  <si>
+    <t>PET</t>
+  </si>
+  <si>
+    <t>SPECT</t>
+  </si>
+  <si>
+    <t>Scanner à rayon X</t>
+  </si>
+  <si>
+    <t>Minéralométrie à rayons X</t>
+  </si>
+  <si>
+    <t>Scintigraphie</t>
+  </si>
+  <si>
+    <t>Autre (veuillez spécifier dans la colonne commentaires)</t>
+  </si>
+  <si>
+    <t>Commentaires</t>
+  </si>
+  <si>
+    <t>Nombre d'examens annuels</t>
+  </si>
+  <si>
+    <t>Nom de l'institution</t>
+  </si>
+  <si>
+    <t>Numéro REG de l'institution</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...792 lines deleted...]
-</w:numbering>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="3" x14ac:knownFonts="1">
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+  </fonts>
+  <fills count="4">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="11">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="22">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...76 lines deleted...]
-</w:settings>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...1030 lines deleted...]
-</w:styles>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...442 lines deleted...]
-</w:webSettings>
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>295275</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>638175</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>828675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="ZoneTexte 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{030DE394-AE3A-4D0C-A720-4161C010F64C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1057275" y="0"/>
+          <a:ext cx="2628900" cy="828675"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr hangingPunct="0"/>
+          <a:endParaRPr lang="fr-FR" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr hangingPunct="0"/>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1000" cap="all">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>republique et canton de geneve</a:t>
+          </a:r>
+          <a:endParaRPr lang="fr-CH" sz="1000">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr hangingPunct="0"/>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Département d</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="fr-CH" sz="1000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>e</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="fr-CH" sz="1000" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> la santé et des mobilités</a:t>
+          </a:r>
+          <a:endParaRPr lang="fr-CH" sz="1000">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr hangingPunct="0"/>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1000" b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Office</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1000" b="1" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> cantonal</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1000" b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> de la santé</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr hangingPunct="0"/>
+          <a:endParaRPr lang="fr-CH" sz="1000" b="1">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fr-FR" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fr-FR" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fr-FR" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fr-CH" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="fr-CH" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1133475</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="ZoneTexte 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54AEA58D-1C80-4002-90C9-3F6AD478E2C6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="57150" y="1133475"/>
+          <a:ext cx="37376100" cy="314325"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="fr-CH" sz="1100" b="1" i="1" baseline="0"/>
+            <a:t>LE NOMBRE D'EQUIPEMENTS PAR ETABLISSEMENT </a:t>
+          </a:r>
+          <a:endParaRPr lang="fr-CH" sz="1100" b="1" i="1"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>981075</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>788194</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Image 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5EC9FCF-C811-0A20-D908-6DA9460EB51C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="57150" y="95250"/>
+          <a:ext cx="923925" cy="692944"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F89376F-AE89-4103-9918-105885FA96E6}">
+  <dimension ref="A1:G52"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:B1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="26.42578125" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A1" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A2" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+    </row>
+    <row r="3" spans="1:7" ht="67.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="19"/>
+      <c r="B3" s="19"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+    </row>
+    <row r="4" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="8"/>
+      <c r="B5" s="4"/>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="9"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="8"/>
+      <c r="B6" s="4"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="9"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="8"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="4"/>
+      <c r="G7" s="9"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A8" s="8"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="9"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="8"/>
+      <c r="B9" s="4"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4"/>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4"/>
+      <c r="G9" s="9"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="8"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="9"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="8"/>
+      <c r="B11" s="4"/>
+      <c r="C11" s="4"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="9"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A12" s="8"/>
+      <c r="B12" s="4"/>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="4"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="9"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A13" s="8"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="4"/>
+      <c r="G13" s="9"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="8"/>
+      <c r="B14" s="4"/>
+      <c r="C14" s="4"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="9"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A15" s="8"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="9"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A16" s="8"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="9"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A17" s="8"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="9"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A18" s="8"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="9"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A19" s="8"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="9"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A20" s="8"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="9"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A21" s="8"/>
+      <c r="B21" s="4"/>
+      <c r="C21" s="4"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="9"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A22" s="8"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="9"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A23" s="8"/>
+      <c r="B23" s="4"/>
+      <c r="C23" s="4"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="4"/>
+      <c r="G23" s="9"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A24" s="8"/>
+      <c r="B24" s="4"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="9"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A25" s="8"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="9"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A26" s="8"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="9"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A27" s="8"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="9"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A28" s="8"/>
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="9"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A29" s="8"/>
+      <c r="B29" s="4"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="9"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A30" s="8"/>
+      <c r="B30" s="4"/>
+      <c r="C30" s="4"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="4"/>
+      <c r="G30" s="9"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A31" s="8"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="9"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A32" s="8"/>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4"/>
+      <c r="E32" s="4"/>
+      <c r="F32" s="4"/>
+      <c r="G32" s="9"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A33" s="8"/>
+      <c r="B33" s="4"/>
+      <c r="C33" s="4"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="9"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A34" s="8"/>
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="9"/>
+    </row>
+    <row r="35" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="10"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="11"/>
+    </row>
+    <row r="36" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="5"/>
+      <c r="C36" s="5"/>
+      <c r="D36" s="5"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="11"/>
+    </row>
+    <row r="37" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="12"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="11"/>
+    </row>
+    <row r="38" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A38" s="13"/>
+      <c r="B38" s="5"/>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="11"/>
+    </row>
+    <row r="39" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="5"/>
+      <c r="D39" s="5"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="11"/>
+    </row>
+    <row r="40" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A40" s="12"/>
+      <c r="B40" s="5"/>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="11"/>
+    </row>
+    <row r="41" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A41" s="12"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="11"/>
+    </row>
+    <row r="42" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A42" s="10"/>
+      <c r="B42" s="5"/>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="11"/>
+    </row>
+    <row r="43" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A43" s="12"/>
+      <c r="B43" s="5"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="5"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="11"/>
+    </row>
+    <row r="44" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A44" s="12"/>
+      <c r="B44" s="5"/>
+      <c r="C44" s="5"/>
+      <c r="D44" s="5"/>
+      <c r="E44" s="6"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="11"/>
+    </row>
+    <row r="45" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A45" s="13"/>
+      <c r="B45" s="5"/>
+      <c r="C45" s="5"/>
+      <c r="D45" s="5"/>
+      <c r="E45" s="6"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="11"/>
+    </row>
+    <row r="46" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="12"/>
+      <c r="B46" s="5"/>
+      <c r="C46" s="5"/>
+      <c r="D46" s="5"/>
+      <c r="E46" s="6"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="11"/>
+    </row>
+    <row r="47" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="10"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
+      <c r="E47" s="6"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="11"/>
+    </row>
+    <row r="48" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="12"/>
+      <c r="B48" s="5"/>
+      <c r="C48" s="5"/>
+      <c r="D48" s="5"/>
+      <c r="E48" s="6"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="11"/>
+    </row>
+    <row r="49" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A49" s="12"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="5"/>
+      <c r="D49" s="5"/>
+      <c r="E49" s="6"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="11"/>
+    </row>
+    <row r="50" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="13"/>
+      <c r="B50" s="5"/>
+      <c r="C50" s="5"/>
+      <c r="D50" s="5"/>
+      <c r="E50" s="6"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="11"/>
+    </row>
+    <row r="51" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A51" s="12"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="5"/>
+      <c r="D51" s="5"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="11"/>
+    </row>
+    <row r="52" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="14"/>
+      <c r="B52" s="15"/>
+      <c r="C52" s="15"/>
+      <c r="D52" s="15"/>
+      <c r="E52" s="16"/>
+      <c r="F52" s="17"/>
+      <c r="G52" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A3:F3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{79AFAF6E-F27B-4679-9C50-EB0EA2BD18BC}">
+          <x14:formula1>
+            <xm:f>Feuil2!$A$1:$A$20</xm:f>
+          </x14:formula1>
+          <xm:sqref>A5:A52</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55FF9F54-81B0-4137-ABCB-170D22622426}">
+  <dimension ref="A1:A9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:A9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="47.42578125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:A8">
+    <sortCondition ref="A1:A8"/>
+  </sortState>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <titus xmlns="http://schemas.titus.com/TitusProperties/">
-  <TitusGUID xmlns="">3cfb66c5-b56d-4520-8092-cfd624bc2842</TitusGUID>
+  <TitusGUID xmlns="">983523a1-7227-4b14-965e-467eee7cf723</TitusGUID>
   <TitusMetadata xmlns="">eyJucyI6Imh0dHBzOlwvXC93d3cuZ2UuY2giLCJwcm9wcyI6W3sibiI6IkVHRTEwMTIiLCJ2YWxzIjpbeyJ2YWx1ZSI6IkVHRTEwMTItMjAxRjAzNTU5MiJ9XX1dfQ==</TitusMetadata>
 </titus>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91FC20CC-E123-4225-9586-F61850B7D138}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6932D177-ECC2-493A-A141-D5302615E2C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.titus.com/TitusProperties/"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titre</vt:lpstr>
+        <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Feuil1</vt:lpstr>
+      <vt:lpstr>Feuil2</vt:lpstr>
+      <vt:lpstr>type_emtl</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Geneve</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Ortolland Céline (DSM)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
-    <vt:lpwstr>3cfb66c5-b56d-4520-8092-cfd624bc2842</vt:lpwstr>
+    <vt:lpwstr>983523a1-7227-4b14-965e-467eee7cf723</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EGE1012">
     <vt:lpwstr>EGE1012-201F035592</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AdHocReviewCycleID">
-    <vt:i4>-1484511917</vt:i4>
+    <vt:i4>1974341541</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_EmailSubject">
-    <vt:lpwstr>Modifications page livret EMTL</vt:lpwstr>
+    <vt:lpwstr>EMTL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_AuthorEmail">
-    <vt:lpwstr>veronique.dauve-raeis@etat.ge.ch</vt:lpwstr>
+    <vt:lpwstr>veronique.dauve@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_AuthorEmailDisplayName">
-    <vt:lpwstr>Dauve-Raeis Véronique (DSM)</vt:lpwstr>
+    <vt:lpwstr>Dauvé Véronique (DSM)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_PreviousAdHocReviewCycleID">
-    <vt:i4>-860848844</vt:i4>
+    <vt:i4>-210110253</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
 </Properties>
 </file>