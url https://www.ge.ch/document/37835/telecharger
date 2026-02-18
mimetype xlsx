--- v0 (2025-10-06)
+++ v1 (2026-02-18)
@@ -1,724 +1,929 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <workbookPr filterPrivacy="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C0BFF99-0E4C-48D0-A2D7-69599F341EB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6945"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="A compléter" sheetId="1" r:id="rId1"/>
+    <sheet name="Exemple" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G22" i="1" l="1"/>
-  <c r="J22" i="1" s="1"/>
+  <c r="L22" i="2" l="1"/>
+  <c r="K22" i="2"/>
+  <c r="H22" i="2"/>
+  <c r="C22" i="2"/>
+  <c r="K20" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="K19" i="2" s="1"/>
+  <c r="H18" i="2"/>
+  <c r="K18" i="2" s="1"/>
+  <c r="K17" i="2"/>
+  <c r="H17" i="2"/>
+  <c r="K16" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="K15" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="K14" i="2"/>
+  <c r="H14" i="2"/>
+  <c r="K13" i="2"/>
+  <c r="H13" i="2"/>
+  <c r="H12" i="2"/>
+  <c r="K12" i="2" s="1"/>
+  <c r="K11" i="2"/>
+  <c r="H11" i="2"/>
+  <c r="C11" i="2"/>
+  <c r="C11" i="1"/>
+  <c r="H22" i="1"/>
   <c r="K22" i="1" s="1"/>
+  <c r="L22" i="1" s="1"/>
   <c r="C22" i="1"/>
-  <c r="G12" i="1"/>
-[...20 lines deleted...]
-  <c r="K11" i="1" l="1"/>
+  <c r="H12" i="1"/>
+  <c r="H13" i="1"/>
+  <c r="H14" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="H16" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="H19" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="H11" i="1"/>
+  <c r="L11" i="2" l="1"/>
+  <c r="K12" i="1"/>
+  <c r="K20" i="1" l="1"/>
+  <c r="K13" i="1"/>
+  <c r="K14" i="1"/>
+  <c r="K15" i="1"/>
+  <c r="K16" i="1"/>
+  <c r="K17" i="1"/>
+  <c r="K18" i="1"/>
+  <c r="K19" i="1"/>
+  <c r="K11" i="1"/>
+  <c r="L11" i="1" l="1"/>
 </calcChain>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>tc={64B10B9F-C52F-4F3B-98D3-DFEA28DB4BAD}</author>
+  </authors>
+  <commentList>
+    <comment ref="J10" authorId="0" shapeId="0" xr:uid="{64B10B9F-C52F-4F3B-98D3-DFEA28DB4BAD}">
+      <text>
+        <t>[Commentaire à thread]
+Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
+Commentaire :
+    * Indiquez 25, (si RC-C25) ou 50 (si RC-C50), ou le % exact de granulats recyclés prévu (si béton à propriétés spécifiées notamment) .</t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>tc={F7109BD9-70AB-40F5-B940-6826A0939F61}</author>
+  </authors>
+  <commentList>
+    <comment ref="J10" authorId="0" shapeId="0" xr:uid="{F7109BD9-70AB-40F5-B940-6826A0939F61}">
+      <text>
+        <t>[Commentaire à thread]
+Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
+Commentaire :
+    * Indiquez 25, (si RC-C25) ou 50 (si RC-C50), ou le % exact de granulats recyclés prévu (si béton à propriétés spécifiées notamment) .</t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="60">
   <si>
-    <t xml:space="preserve">Classe d'exposition </t>
-[...26 lines deleted...]
-    <t>Dalles extérieures</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Volume</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> béton démolition                     (m3)</t>
+    </r>
   </si>
   <si>
     <t>Elements constructifs</t>
-  </si>
-[...16 lines deleted...]
-    <t>Poteaux porteurs extérieurs</t>
   </si>
   <si>
     <r>
       <t>Volume béton prévu (m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
-    </r>
-[...57 lines deleted...]
-      <t xml:space="preserve">                     (t)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Psable + granulat (0-22mm)                                = </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>béton prévu X 2.0 t/m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                        (t)</t>
     </r>
   </si>
   <si>
-    <t>2- Ne pas modifier les formules des colonnes C, G, J et K</t>
+    <t xml:space="preserve">Classe d'exposition </t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    </r>
+    <t xml:space="preserve">Quantité de matériaux recyclés incorporés            (t) </t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    </r>
+    <t>Radiers</t>
   </si>
   <si>
-    <t xml:space="preserve">% béton recyclé           RC-C </t>
+    <t>XC1</t>
   </si>
   <si>
-    <t xml:space="preserve">% béton recyclé                    RC-M </t>
+    <t>Murs porteurs intérieurs</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-    </r>
+    <t>Murs porteurs extérieurs</t>
+  </si>
+  <si>
+    <t>XC4, XF1</t>
+  </si>
+  <si>
+    <t>Murs non-porteurs intérieurs</t>
+  </si>
+  <si>
+    <t>Murs non-porteurs extérieurs</t>
+  </si>
+  <si>
+    <t>XC4, XD1, XF1</t>
+  </si>
+  <si>
+    <t>Poteaux porteurs intérieurs</t>
+  </si>
+  <si>
+    <t>Poteaux porteurs extérieurs</t>
+  </si>
+  <si>
+    <t>Dalles intérieures</t>
+  </si>
+  <si>
+    <t>Dalles extérieures</t>
+  </si>
+  <si>
+    <t>XC4, XF3</t>
+  </si>
+  <si>
+    <t>Dallage aménagements ext.</t>
+  </si>
+  <si>
+    <t>XC4, XD3, XF4</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Volume</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> matériaux démolition non triés                                                                        (m3)</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
-      <t xml:space="preserve">Chantier de démolition d'un bâtiment (M ou MPA) suivi d'une construction (DD ou APA) </t>
+      <t>Volume béton maigre, enrobage prévu (m</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...123 lines deleted...]
-        <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
-        <color rgb="FFFF0000"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="14"/>
-        <color rgb="FFFF0000"/>
-[...33 lines deleted...]
-        <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">:                                                            Poids total de matériaux recyclés </t>
-[...65 lines deleted...]
-      <t xml:space="preserve"> Une villa est démolie et un immeuble principalement en bois et structure métallique sera reconstruit</t>
+      <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t>Psable + granulat (0-22mm)                                =</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> V</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>béton maigre, enrobage X 1.5 t/m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                        (t)</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve">Quantité de matériaux recyclés incorporés           (t) </t>
+  </si>
+  <si>
+    <t>Béton maigre et/ou Béton d'enrobage</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> %</t>
+  </si>
+  <si>
+    <t>1-</t>
+  </si>
+  <si>
+    <t>2-</t>
+  </si>
+  <si>
     <r>
-      <t>Volume béton maigre, enrobage prévu (m</t>
+      <t>DECONSTRUCTION</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <sz val="24"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (Incrire n°M ou MPA)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Poids total de granulats de béton recyclés réincorporés               (t) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poids total de granulats de matériaux minéraux non triés recyclés réincorporés               (t) </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">NOUVELLE CONSTRUCTION </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="20"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="24"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Incrire n°DD ou APA)</t>
+    </r>
+  </si>
+  <si>
+    <t>Justificatif à rédiger !</t>
+  </si>
+  <si>
+    <t>X0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">% granulats de mat. min. non triés recyclé                    RC-M </t>
+  </si>
+  <si>
+    <t>xx</t>
+  </si>
+  <si>
+    <t>Confirmez-vous que les % de matériaux recyclés ont été optimisés SANS surdosage en ciment ni surdimensionnement des éléments constructifs ?</t>
+  </si>
+  <si>
+    <t>OUI</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Poids                                                           = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>V</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>mat. dém. non triés X 1,8 t/m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
-        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
+        <b/>
         <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">    (t)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Poids (t) =
+ </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="18"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>V</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>béton dém X 2,4 t/m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <t>Remplir toutes les cellules jaunes selon les spécificités de votre projet (les valeurs inscrites ici sont à titre d'exemple)</t>
+  </si>
+  <si>
+    <t>Répondez aux questions suivantes</t>
+  </si>
+  <si>
+    <t>Quelle part du béton total de la construction (DD ou APA) contient des granulats de béton recyclé ?</t>
+  </si>
+  <si>
+    <t>Confirmez-vous que les quantités totales de matériaux minéraux de déconstruction seront évacuées en installation de traitement de déchets minéraux de chantier autorisée en vue d'un recyclage sous forme liée ?</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="26"/>
+        <color theme="5"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Chantier de démolition d'un bâtiment (M ou MPA) suivi d'une construction (DD ou APA) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="5"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                               Justificatif du recyclage des matériaux minéraux de déconstruction dans la nouvelle construction: Démontrer, qu'au minimum, les quantités équivalentes de </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="26"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>béton de démolition</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> et de </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="26"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>matériaux de démolition non triés</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> seront bien réincorporées </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="26"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>sous forme liée</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="8" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dans la nouvelle construction. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Répondez aux points 1 à 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Justifications si: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>)</t>
+      <t xml:space="preserve">Poids total de matériaux recyclés </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>&lt;</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Poids total de matériaux démolis </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(cellule L11) &lt; (cellule C11)  OU  (cellule L22)  &lt; (cellule C22)                                                                                                          </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Exemple: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Une villa est démolie et un immeuble principalement en bois et structure métallique sera reconstruit</t>
     </r>
   </si>
   <si>
-    <t>Béton maigre et/ou Béton d'enrobage</t>
+    <t xml:space="preserve">3- </t>
+  </si>
+  <si>
+    <t>4-</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">% granulats de béton recyclé </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="24"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                  RC-C                </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">* Indiquez 25, (si RC-C 25) ou 50 (si RC-C 50) ou le % exact de granulats recyclés prévu (notamment si béton à propriétés spécifiées) </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Si les valeurs des cellules L11 et L22 sont respectivement inférieures à celles de C11 et C22, alors vous devez </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="25"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">impérativement justifier le non-respect de la condition de l'autorisation au point 3 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ci-dessous.</t>
+    </r>
+  </si>
+  <si>
+    <t>Quelle part du béton maigre total de la construction (DD ou APA) contient des granulats de matériaux minéraux non triés recyclés ?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commentaires le cas échéant: </t>
+  </si>
+  <si>
+    <t>Commentaires le cas échéant: RAS</t>
+  </si>
+  <si>
+    <t>RAS</t>
+  </si>
+  <si>
+    <r>
+      <t>DECONSTRUCTION</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="24"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (M 123'456)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">NOUVELLE CONSTRUCTION </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="20"/>
+        <color theme="5" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="24"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(DD 123'456)</t>
+    </r>
+  </si>
+  <si>
+    <t>Autre</t>
+  </si>
+  <si>
+    <t>…</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="29" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF00B050"/>
@@ -738,140 +943,76 @@
       <vertAlign val="superscript"/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...15 lines deleted...]
-      <b/>
       <sz val="22"/>
       <color theme="8" tint="-0.249977111117893"/>
-      <name val="Calibri"/>
-[...14 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="22"/>
-      <color theme="5"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
-      <name val="Calibri"/>
-[...14 lines deleted...]
-      <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -901,78 +1042,179 @@
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="5" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="22"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="25"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="22"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="22"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="24">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -1209,411 +1451,649 @@
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="30" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="30" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="30" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...146 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>118041</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>242453</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>51960</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>69272</xdr:rowOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>3238499</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="4" name="Groupe 3"/>
+        <xdr:cNvPr id="4" name="Groupe 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7308273" y="9764268"/>
-[...2 lines deleted...]
-          <a:chExt cx="10806545" cy="8489095"/>
+          <a:off x="242453" y="16798642"/>
+          <a:ext cx="10875819" cy="8451267"/>
+          <a:chOff x="6269182" y="8881041"/>
+          <a:chExt cx="10737272" cy="8489095"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="2" name="Image 1"/>
+          <xdr:cNvPr id="2" name="Image 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-          <a:srcRect l="65811" t="34225" r="16145" b="22846"/>
+          <a:srcRect l="66252" t="34225" r="16586" b="22846"/>
           <a:stretch/>
         </xdr:blipFill>
         <xdr:spPr>
           <a:xfrm>
-            <a:off x="6217227" y="8881041"/>
-            <a:ext cx="10806545" cy="7251759"/>
+            <a:off x="6481159" y="8881041"/>
+            <a:ext cx="10278682" cy="7251759"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </xdr:spPr>
       </xdr:pic>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="3" name="Image 2"/>
+          <xdr:cNvPr id="3" name="Image 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
           <a:srcRect l="65638" t="20067" r="18114" b="72770"/>
           <a:stretch/>
         </xdr:blipFill>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="6269182" y="16038713"/>
             <a:ext cx="10737272" cy="1331423"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>242453</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>51960</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1922317</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>69273</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="2" name="Groupe 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D239364E-1D17-4A72-811B-E2B91C5DE1C0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr/>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr>
+        <a:xfrm>
+          <a:off x="242453" y="16798642"/>
+          <a:ext cx="9559637" cy="8520540"/>
+          <a:chOff x="6269182" y="8881041"/>
+          <a:chExt cx="10737272" cy="8489095"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:pic>
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="3" name="Image 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96342BC6-0483-FCD3-A5DD-8F36EF192E89}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+          <a:srcRect l="66252" t="34225" r="16586" b="22846"/>
+          <a:stretch/>
+        </xdr:blipFill>
+        <xdr:spPr>
+          <a:xfrm>
+            <a:off x="6481159" y="8881041"/>
+            <a:ext cx="10278682" cy="7251759"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </xdr:spPr>
+      </xdr:pic>
+      <xdr:pic>
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="4" name="Image 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F8C3457-B857-5590-C7C7-444988DE6D44}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+          <a:srcRect l="65638" t="20067" r="18114" b="72770"/>
+          <a:stretch/>
+        </xdr:blipFill>
+        <xdr:spPr>
+          <a:xfrm>
+            <a:off x="6269182" y="16038713"/>
+            <a:ext cx="10737272" cy="1331423"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1833,981 +2313,3904 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
+<ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="J10" dT="2026-01-15T15:21:00.69" personId="{00000000-0000-0000-0000-000000000000}" id="{64B10B9F-C52F-4F3B-98D3-DFEA28DB4BAD}">
+    <text>* Indiquez 25, (si RC-C25) ou 50 (si RC-C50), ou le % exact de granulats recyclés prévu (si béton à propriétés spécifiées notamment) .</text>
+  </threadedComment>
+</ThreadedComments>
+</file>
+
+<file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
+<ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="J10" dT="2026-01-15T15:21:00.69" personId="{00000000-0000-0000-0000-000000000000}" id="{F7109BD9-70AB-40F5-B940-6826A0939F61}">
+    <text>* Indiquez 25, (si RC-C25) ou 50 (si RC-C50), ou le % exact de granulats recyclés prévu (si béton à propriétés spécifiées notamment) .</text>
+  </threadedComment>
+</ThreadedComments>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:U43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:V99"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="L10" sqref="L10"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="B11" sqref="B11:B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="0.5703125" customWidth="1"/>
+    <col min="1" max="1" width="7" customWidth="1"/>
     <col min="2" max="2" width="46.140625" customWidth="1"/>
     <col min="3" max="3" width="53" customWidth="1"/>
-    <col min="4" max="4" width="6" style="3" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="21" max="21" width="9.140625" style="4"/>
+    <col min="4" max="5" width="6" style="2" customWidth="1"/>
+    <col min="6" max="6" width="55.140625" customWidth="1"/>
+    <col min="7" max="7" width="29.28515625" customWidth="1"/>
+    <col min="8" max="8" width="67.85546875" customWidth="1"/>
+    <col min="9" max="9" width="25.42578125" customWidth="1"/>
+    <col min="10" max="10" width="32.7109375" customWidth="1"/>
+    <col min="11" max="11" width="31.28515625" customWidth="1"/>
+    <col min="12" max="12" width="27.42578125" customWidth="1"/>
+    <col min="13" max="13" width="121.28515625" customWidth="1"/>
+    <col min="14" max="21" width="9.140625" style="2"/>
+    <col min="22" max="22" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:21" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C1" s="63" t="s">
+    <row r="1" spans="1:22" s="27" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="N1" s="44"/>
+      <c r="O1" s="44"/>
+      <c r="P1" s="44"/>
+      <c r="Q1" s="44"/>
+      <c r="R1" s="44"/>
+      <c r="S1" s="44"/>
+      <c r="T1" s="44"/>
+      <c r="U1" s="44"/>
+      <c r="V1" s="44"/>
+    </row>
+    <row r="2" spans="1:22" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="27"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="106" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="107"/>
+      <c r="E2" s="107"/>
+      <c r="F2" s="107"/>
+      <c r="G2" s="107"/>
+      <c r="H2" s="107"/>
+      <c r="I2" s="107"/>
+      <c r="J2" s="107"/>
+      <c r="K2" s="107"/>
+      <c r="L2" s="108"/>
+      <c r="M2" s="27"/>
+    </row>
+    <row r="3" spans="1:22" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="28"/>
+      <c r="C3" s="109"/>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="27"/>
+    </row>
+    <row r="4" spans="1:22" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="8"/>
+      <c r="C4" s="112"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="113"/>
+      <c r="F4" s="113"/>
+      <c r="G4" s="113"/>
+      <c r="H4" s="113"/>
+      <c r="I4" s="113"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="113"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="27"/>
+    </row>
+    <row r="5" spans="1:22" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="27"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="29"/>
+      <c r="I5" s="29"/>
+      <c r="J5" s="29"/>
+      <c r="K5" s="29"/>
+      <c r="L5" s="29"/>
+      <c r="M5" s="27"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2"/>
+      <c r="S5" s="2"/>
+      <c r="T5" s="2"/>
+      <c r="U5" s="2"/>
+      <c r="V5" s="2"/>
+    </row>
+    <row r="6" spans="1:22" s="24" customFormat="1" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A6" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="31"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="31"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="33"/>
+      <c r="I6" s="33"/>
+      <c r="J6" s="33"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="35"/>
+      <c r="M6" s="35"/>
+      <c r="N6" s="25"/>
+      <c r="O6" s="25"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="25"/>
+      <c r="R6" s="25"/>
+      <c r="S6" s="25"/>
+      <c r="T6" s="25"/>
+      <c r="U6" s="25"/>
+      <c r="V6" s="26"/>
+    </row>
+    <row r="7" spans="1:22" s="23" customFormat="1" ht="32.25" x14ac:dyDescent="0.5">
+      <c r="A7" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="31"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="31"/>
+      <c r="J7" s="31"/>
+      <c r="K7" s="31"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
+    </row>
+    <row r="8" spans="1:22" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A8" s="27"/>
+      <c r="B8" s="37"/>
+      <c r="C8" s="37"/>
+      <c r="D8" s="38"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="37"/>
+      <c r="G8" s="37"/>
+      <c r="H8" s="37"/>
+      <c r="I8" s="37"/>
+      <c r="J8" s="37"/>
+      <c r="K8" s="37"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="27"/>
+    </row>
+    <row r="9" spans="1:22" s="22" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="45"/>
+      <c r="B9" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="82"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="39"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="20"/>
+      <c r="Q9" s="20"/>
+      <c r="R9" s="20"/>
+      <c r="S9" s="20"/>
+      <c r="T9" s="20"/>
+      <c r="U9" s="20"/>
+      <c r="V9" s="21"/>
+    </row>
+    <row r="10" spans="1:22" s="1" customFormat="1" ht="102" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="40"/>
+      <c r="B10" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="42"/>
+      <c r="E10" s="42"/>
+      <c r="F10" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="J10" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L10" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="D1" s="64"/>
-[...130 lines deleted...]
-      <c r="E10" s="35" t="s">
+      <c r="M10" s="40"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="5"/>
+      <c r="P10" s="5"/>
+      <c r="Q10" s="5"/>
+      <c r="R10" s="5"/>
+      <c r="S10" s="5"/>
+      <c r="T10" s="5"/>
+      <c r="U10" s="5"/>
+      <c r="V10" s="6"/>
+    </row>
+    <row r="11" spans="1:22" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="27"/>
+      <c r="B11" s="88">
+        <v>0</v>
+      </c>
+      <c r="C11" s="84">
+        <f>B11*2.4</f>
+        <v>0</v>
+      </c>
+      <c r="D11" s="43"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="56" t="s">
+        <v>6</v>
+      </c>
+      <c r="G11" s="57">
+        <v>0</v>
+      </c>
+      <c r="H11" s="10">
+        <f>G11*2</f>
+        <v>0</v>
+      </c>
+      <c r="I11" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="J11" s="57">
+        <v>0</v>
+      </c>
+      <c r="K11" s="10">
+        <f t="shared" ref="K11:K20" si="0">(J11/100)*(H11)</f>
+        <v>0</v>
+      </c>
+      <c r="L11" s="86">
+        <f>SUM(K11:K20)</f>
+        <v>0</v>
+      </c>
+      <c r="M11" s="27"/>
+    </row>
+    <row r="12" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A12" s="27"/>
+      <c r="B12" s="89"/>
+      <c r="C12" s="85"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="58" t="s">
+        <v>8</v>
+      </c>
+      <c r="G12" s="59">
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" ref="H12:H18" si="1">G12*2</f>
+        <v>0</v>
+      </c>
+      <c r="I12" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J12" s="59">
+        <v>0</v>
+      </c>
+      <c r="K12" s="7">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L12" s="87"/>
+      <c r="M12" s="27"/>
+    </row>
+    <row r="13" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A13" s="27"/>
+      <c r="B13" s="89"/>
+      <c r="C13" s="85"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="58" t="s">
+        <v>9</v>
+      </c>
+      <c r="G13" s="59">
+        <v>0</v>
+      </c>
+      <c r="H13" s="7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I13" s="59" t="s">
         <v>10</v>
       </c>
-      <c r="F10" s="16" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="29" t="s">
+      <c r="J13" s="59">
         <v>0</v>
       </c>
-      <c r="I10" s="88" t="s">
-[...56 lines deleted...]
-      <c r="E12" s="37" t="s">
+      <c r="K13" s="7">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L13" s="87"/>
+      <c r="M13" s="27"/>
+    </row>
+    <row r="14" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A14" s="27"/>
+      <c r="B14" s="89"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="59">
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I14" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J14" s="59">
+        <v>0</v>
+      </c>
+      <c r="K14" s="7">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L14" s="87"/>
+      <c r="M14" s="27"/>
+    </row>
+    <row r="15" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A15" s="27"/>
+      <c r="B15" s="89"/>
+      <c r="C15" s="85"/>
+      <c r="D15" s="43"/>
+      <c r="E15" s="43"/>
+      <c r="F15" s="58" t="s">
         <v>12</v>
       </c>
-      <c r="F12" s="12">
-[...12 lines deleted...]
-      <c r="J12" s="8">
+      <c r="G15" s="59">
+        <v>0</v>
+      </c>
+      <c r="H15" s="7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I15" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="59">
+        <v>0</v>
+      </c>
+      <c r="K15" s="7">
         <f t="shared" si="0"/>
-        <v>400</v>
-[...13 lines deleted...]
-      <c r="G13" s="8">
+        <v>0</v>
+      </c>
+      <c r="L15" s="87"/>
+      <c r="M15" s="27"/>
+    </row>
+    <row r="16" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A16" s="27"/>
+      <c r="B16" s="89"/>
+      <c r="C16" s="85"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="59">
+        <v>0</v>
+      </c>
+      <c r="H16" s="7">
         <f t="shared" si="1"/>
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="H13" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="I16" s="59" t="s">
         <v>7</v>
       </c>
-      <c r="I13" s="13">
-[...2 lines deleted...]
-      <c r="J13" s="8">
+      <c r="J16" s="59">
+        <v>0</v>
+      </c>
+      <c r="K16" s="7">
         <f t="shared" si="0"/>
-        <v>50</v>
-[...7 lines deleted...]
-      <c r="E14" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="L16" s="87"/>
+      <c r="M16" s="27"/>
+    </row>
+    <row r="17" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A17" s="27"/>
+      <c r="B17" s="89"/>
+      <c r="C17" s="85"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" s="59">
+        <v>0</v>
+      </c>
+      <c r="H17" s="7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I17" s="59" t="s">
         <v>13</v>
       </c>
-      <c r="F14" s="12">
-[...2 lines deleted...]
-      <c r="G14" s="8">
+      <c r="J17" s="59">
+        <v>0</v>
+      </c>
+      <c r="K17" s="7">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L17" s="87"/>
+      <c r="M17" s="27"/>
+    </row>
+    <row r="18" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A18" s="27"/>
+      <c r="B18" s="89"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="43"/>
+      <c r="E18" s="43"/>
+      <c r="F18" s="58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="59">
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
         <f t="shared" si="1"/>
-        <v>100</v>
-[...7 lines deleted...]
-      <c r="J14" s="8">
+        <v>0</v>
+      </c>
+      <c r="I18" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J18" s="59">
+        <v>0</v>
+      </c>
+      <c r="K18" s="7">
         <f t="shared" si="0"/>
-        <v>80</v>
-[...106 lines deleted...]
-      <c r="M18"/>
+        <v>0</v>
+      </c>
+      <c r="L18" s="87"/>
+      <c r="M18" s="27"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
-    </row>
-[...20 lines deleted...]
-      <c r="J19" s="8">
+      <c r="V18"/>
+    </row>
+    <row r="19" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A19" s="27"/>
+      <c r="B19" s="89"/>
+      <c r="C19" s="85"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="43"/>
+      <c r="F19" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="59">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <f>G19*2</f>
+        <v>0</v>
+      </c>
+      <c r="I19" s="59" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" s="59">
+        <v>0</v>
+      </c>
+      <c r="K19" s="7">
         <f t="shared" si="0"/>
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="M19"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="87"/>
+      <c r="M19" s="27"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
-    </row>
-[...20 lines deleted...]
-      <c r="J20" s="23">
+      <c r="V19"/>
+    </row>
+    <row r="20" spans="1:22" ht="24" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="27"/>
+      <c r="B20" s="90"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="60" t="s">
+        <v>58</v>
+      </c>
+      <c r="G20" s="61">
+        <v>0</v>
+      </c>
+      <c r="H20" s="11">
+        <f>G20*2</f>
+        <v>0</v>
+      </c>
+      <c r="I20" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="J20" s="61">
+        <v>0</v>
+      </c>
+      <c r="K20" s="11">
         <f t="shared" si="0"/>
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="M20"/>
+        <v>0</v>
+      </c>
+      <c r="L20" s="87"/>
+      <c r="M20" s="27"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
-    </row>
-[...14 lines deleted...]
-      <c r="G21" s="30" t="s">
+      <c r="V20"/>
+    </row>
+    <row r="21" spans="1:22" ht="139.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="27"/>
+      <c r="B21" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="42"/>
+      <c r="E21" s="42"/>
+      <c r="F21" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="I21" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J21" s="67" t="s">
         <v>35</v>
       </c>
-      <c r="H21" s="31" t="s">
-[...11 lines deleted...]
-      <c r="M21"/>
+      <c r="K21" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="M21" s="27"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
-    </row>
-[...4 lines deleted...]
-      <c r="C22" s="54">
+      <c r="V21"/>
+    </row>
+    <row r="22" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="27"/>
+      <c r="B22" s="97">
+        <v>0</v>
+      </c>
+      <c r="C22" s="100">
         <f>B22*1.8</f>
-        <v>144</v>
-[...24 lines deleted...]
-      <c r="M22"/>
+        <v>0</v>
+      </c>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="103" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" s="97">
+        <v>0</v>
+      </c>
+      <c r="H22" s="78">
+        <f>G22*1.5</f>
+        <v>0</v>
+      </c>
+      <c r="I22" s="91" t="s">
+        <v>34</v>
+      </c>
+      <c r="J22" s="91">
+        <v>0</v>
+      </c>
+      <c r="K22" s="78">
+        <f>(J22/100)*H22</f>
+        <v>0</v>
+      </c>
+      <c r="L22" s="86">
+        <f>K22</f>
+        <v>0</v>
+      </c>
+      <c r="M22" s="27"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
-    </row>
-[...11 lines deleted...]
-      <c r="M23"/>
+      <c r="V22"/>
+    </row>
+    <row r="23" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="27"/>
+      <c r="B23" s="98"/>
+      <c r="C23" s="101"/>
+      <c r="D23" s="43"/>
+      <c r="E23" s="43"/>
+      <c r="F23" s="104"/>
+      <c r="G23" s="98"/>
+      <c r="H23" s="79"/>
+      <c r="I23" s="92"/>
+      <c r="J23" s="92"/>
+      <c r="K23" s="79"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="27"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
-    </row>
-[...11 lines deleted...]
-      <c r="M24"/>
+      <c r="V23"/>
+    </row>
+    <row r="24" spans="1:22" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="27"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="102"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="105"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="80"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="80"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="27"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
-    </row>
-[...1 lines deleted...]
-      <c r="M25"/>
+      <c r="V24"/>
+    </row>
+    <row r="25" spans="1:22" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27"/>
+      <c r="B25" s="27"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="115" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" s="115"/>
+      <c r="H25" s="115"/>
+      <c r="I25" s="115"/>
+      <c r="J25" s="115"/>
+      <c r="K25" s="115"/>
+      <c r="L25" s="115"/>
+      <c r="M25" s="27"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
-    </row>
-[...6 lines deleted...]
-      <c r="M26"/>
+      <c r="V25"/>
+    </row>
+    <row r="26" spans="1:22" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="B26" s="95" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="96"/>
+      <c r="D26" s="96"/>
+      <c r="E26" s="96"/>
+      <c r="F26" s="96"/>
+      <c r="G26" s="96"/>
+      <c r="H26" s="96"/>
+      <c r="I26" s="96"/>
+      <c r="J26" s="96"/>
+      <c r="K26" s="96"/>
+      <c r="L26" s="96"/>
+      <c r="M26" s="27"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
-    </row>
-[...4 lines deleted...]
-      <c r="M27"/>
+      <c r="V26"/>
+    </row>
+    <row r="27" spans="1:22" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="27"/>
+      <c r="B27" s="68" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="69"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="69"/>
+      <c r="F27" s="69"/>
+      <c r="G27" s="69"/>
+      <c r="H27" s="69"/>
+      <c r="I27" s="69"/>
+      <c r="J27" s="69"/>
+      <c r="K27" s="69"/>
+      <c r="L27" s="70"/>
+      <c r="M27" s="27"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
-    </row>
-[...4 lines deleted...]
-      <c r="M28"/>
+      <c r="V27"/>
+    </row>
+    <row r="28" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="27"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+      <c r="E28" s="55"/>
+      <c r="F28" s="55"/>
+      <c r="G28" s="55"/>
+      <c r="H28" s="55"/>
+      <c r="I28" s="55"/>
+      <c r="J28" s="55"/>
+      <c r="K28" s="55"/>
+      <c r="L28" s="55"/>
+      <c r="M28" s="44"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
-    </row>
-[...59 lines deleted...]
-      <c r="B33" s="71"/>
+      <c r="V28"/>
+    </row>
+    <row r="29" spans="1:22" s="27" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="46" t="s">
+        <v>48</v>
+      </c>
+      <c r="B29" s="77" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
+      <c r="F29" s="44"/>
+      <c r="I29" s="54"/>
+      <c r="J29" s="44"/>
+      <c r="K29" s="44"/>
+      <c r="L29" s="44"/>
+    </row>
+    <row r="30" spans="1:22" s="27" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="65">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="B30" s="74" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="75"/>
+      <c r="D30" s="75"/>
+      <c r="E30" s="75"/>
+      <c r="F30" s="75"/>
+      <c r="G30" s="75"/>
+      <c r="H30" s="75"/>
+      <c r="I30" s="76"/>
+      <c r="J30" s="62" t="s">
+        <v>36</v>
+      </c>
+      <c r="K30" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="L30" s="44"/>
+    </row>
+    <row r="31" spans="1:22" s="27" customFormat="1" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="65">
+        <v>4.2</v>
+      </c>
+      <c r="B31" s="74" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="75"/>
+      <c r="D31" s="75"/>
+      <c r="E31" s="75"/>
+      <c r="F31" s="75"/>
+      <c r="G31" s="75"/>
+      <c r="H31" s="75"/>
+      <c r="I31" s="76"/>
+      <c r="J31" s="63" t="s">
+        <v>36</v>
+      </c>
+      <c r="K31" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="44"/>
+    </row>
+    <row r="32" spans="1:22" s="27" customFormat="1" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="65">
+        <v>4.3</v>
+      </c>
+      <c r="B32" s="74" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="75"/>
+      <c r="D32" s="75"/>
+      <c r="E32" s="75"/>
+      <c r="F32" s="75"/>
+      <c r="G32" s="75"/>
+      <c r="H32" s="75"/>
+      <c r="I32" s="76"/>
+      <c r="J32" s="64" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" s="44"/>
+      <c r="L32" s="44"/>
+    </row>
+    <row r="33" spans="1:22" s="27" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="65">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="B33" s="71" t="s">
+        <v>44</v>
+      </c>
       <c r="C33" s="72"/>
-      <c r="D33" s="43"/>
-[...28 lines deleted...]
-      <c r="M35"/>
+      <c r="D33" s="72"/>
+      <c r="E33" s="72"/>
+      <c r="F33" s="72"/>
+      <c r="G33" s="72"/>
+      <c r="H33" s="72"/>
+      <c r="I33" s="73"/>
+      <c r="J33" s="64" t="s">
+        <v>38</v>
+      </c>
+      <c r="K33" s="44"/>
+      <c r="L33" s="44"/>
+    </row>
+    <row r="34" spans="1:22" s="44" customFormat="1" ht="68.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="65">
+        <v>4.5</v>
+      </c>
+      <c r="B34" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="C34" s="69"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="69"/>
+      <c r="F34" s="69"/>
+      <c r="G34" s="69"/>
+      <c r="H34" s="69"/>
+      <c r="I34" s="69"/>
+      <c r="J34" s="70"/>
+    </row>
+    <row r="35" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="27"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="52"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="44"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="27"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
-    </row>
-[...4 lines deleted...]
-      <c r="M36"/>
+      <c r="V35"/>
+    </row>
+    <row r="36" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="27"/>
+      <c r="B36" s="52"/>
+      <c r="C36" s="52"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="47"/>
+      <c r="F36" s="44"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="44"/>
+      <c r="K36" s="44"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="27"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
-    </row>
-[...96 lines deleted...]
-      <c r="U43"/>
+      <c r="V36"/>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A37" s="27"/>
+      <c r="B37" s="44"/>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
+      <c r="E37" s="44"/>
+      <c r="F37" s="44"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="44"/>
+      <c r="J37" s="44"/>
+      <c r="K37" s="44"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="27"/>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A38" s="27"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="44"/>
+      <c r="E38" s="44"/>
+      <c r="F38" s="27"/>
+      <c r="G38" s="27"/>
+      <c r="H38" s="27"/>
+      <c r="I38" s="27"/>
+      <c r="J38" s="27"/>
+      <c r="K38" s="27"/>
+      <c r="L38" s="27"/>
+      <c r="M38" s="27"/>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A39" s="27"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="44"/>
+      <c r="E39" s="44"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="27"/>
+      <c r="I39" s="27"/>
+      <c r="J39" s="27"/>
+      <c r="K39" s="27"/>
+      <c r="L39" s="27"/>
+      <c r="M39" s="27"/>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A40" s="27"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="44"/>
+      <c r="E40" s="44"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="27"/>
+      <c r="J40" s="27"/>
+      <c r="K40" s="27"/>
+      <c r="L40" s="27"/>
+      <c r="M40" s="27"/>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A41" s="27"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27"/>
+      <c r="H41" s="27"/>
+      <c r="I41" s="27"/>
+      <c r="J41" s="27"/>
+      <c r="K41" s="27"/>
+      <c r="L41" s="27"/>
+      <c r="M41" s="27"/>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A42" s="27"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="44"/>
+      <c r="E42" s="44"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
+      <c r="H42" s="27"/>
+      <c r="I42" s="27"/>
+      <c r="J42" s="27"/>
+      <c r="K42" s="27"/>
+      <c r="L42" s="27"/>
+      <c r="M42" s="27"/>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A43" s="27"/>
+      <c r="B43" s="27"/>
+      <c r="C43" s="27"/>
+      <c r="D43" s="44"/>
+      <c r="E43" s="44"/>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27"/>
+      <c r="H43" s="27"/>
+      <c r="I43" s="27"/>
+      <c r="J43" s="27"/>
+      <c r="K43" s="27"/>
+      <c r="L43" s="27"/>
+      <c r="M43" s="27"/>
+    </row>
+    <row r="44" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="27"/>
+      <c r="B44" s="27"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="27"/>
+      <c r="G44" s="27"/>
+      <c r="H44" s="27"/>
+      <c r="I44" s="27"/>
+      <c r="J44" s="27"/>
+      <c r="K44" s="27"/>
+      <c r="L44" s="27"/>
+      <c r="M44" s="27"/>
+    </row>
+    <row r="45" spans="1:22" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="44"/>
+      <c r="E45" s="44"/>
+      <c r="F45" s="27"/>
+      <c r="G45" s="27"/>
+      <c r="H45" s="27"/>
+      <c r="I45" s="27"/>
+      <c r="J45" s="27"/>
+      <c r="K45" s="27"/>
+      <c r="L45" s="27"/>
+      <c r="M45" s="27"/>
+    </row>
+    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A46" s="27"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="44"/>
+      <c r="E46" s="44"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27"/>
+      <c r="H46" s="27"/>
+      <c r="I46" s="27"/>
+      <c r="J46" s="27"/>
+      <c r="K46" s="27"/>
+      <c r="L46" s="27"/>
+      <c r="M46" s="27"/>
+    </row>
+    <row r="47" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A47" s="27"/>
+      <c r="B47" s="27"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="44"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="27"/>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A48" s="27"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="44"/>
+      <c r="E48" s="44"/>
+      <c r="F48" s="27"/>
+      <c r="G48" s="27"/>
+      <c r="H48" s="27"/>
+      <c r="I48" s="27"/>
+      <c r="J48" s="27"/>
+      <c r="K48" s="27"/>
+      <c r="L48" s="27"/>
+      <c r="M48" s="27"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="44"/>
+      <c r="E49" s="44"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="27"/>
+      <c r="H49" s="27"/>
+      <c r="I49" s="27"/>
+      <c r="J49" s="27"/>
+      <c r="K49" s="27"/>
+      <c r="L49" s="27"/>
+      <c r="M49" s="27"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="27"/>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="44"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="27"/>
+      <c r="B51" s="27"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="44"/>
+      <c r="E51" s="44"/>
+      <c r="F51" s="27"/>
+      <c r="G51" s="27"/>
+      <c r="H51" s="27"/>
+      <c r="I51" s="27"/>
+      <c r="J51" s="27"/>
+      <c r="K51" s="27"/>
+      <c r="L51" s="27"/>
+      <c r="M51" s="27"/>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="27"/>
+      <c r="B52" s="27"/>
+      <c r="C52" s="27"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="44"/>
+      <c r="F52" s="27"/>
+      <c r="G52" s="27"/>
+      <c r="H52" s="27"/>
+      <c r="I52" s="27"/>
+      <c r="J52" s="27"/>
+      <c r="K52" s="27"/>
+      <c r="L52" s="27"/>
+      <c r="M52" s="27"/>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="27"/>
+      <c r="B53" s="27"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="44"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+      <c r="I53" s="27"/>
+      <c r="J53" s="27"/>
+      <c r="K53" s="27"/>
+      <c r="L53" s="27"/>
+      <c r="M53" s="27"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="27"/>
+      <c r="B54" s="27"/>
+      <c r="C54" s="27"/>
+      <c r="D54" s="44"/>
+      <c r="E54" s="44"/>
+      <c r="F54" s="27"/>
+      <c r="G54" s="27"/>
+      <c r="H54" s="27"/>
+      <c r="I54" s="27"/>
+      <c r="J54" s="27"/>
+      <c r="K54" s="27"/>
+      <c r="L54" s="27"/>
+      <c r="M54" s="27"/>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="27"/>
+      <c r="B55" s="27"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="44"/>
+      <c r="E55" s="44"/>
+      <c r="F55" s="27"/>
+      <c r="G55" s="27"/>
+      <c r="H55" s="27"/>
+      <c r="I55" s="27"/>
+      <c r="J55" s="27"/>
+      <c r="K55" s="27"/>
+      <c r="L55" s="27"/>
+      <c r="M55" s="27"/>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="27"/>
+      <c r="B56" s="27"/>
+      <c r="C56" s="27"/>
+      <c r="D56" s="44"/>
+      <c r="E56" s="44"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="27"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="27"/>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="27"/>
+      <c r="B57" s="27"/>
+      <c r="C57" s="27"/>
+      <c r="D57" s="44"/>
+      <c r="E57" s="44"/>
+      <c r="F57" s="27"/>
+      <c r="G57" s="27"/>
+      <c r="H57" s="27"/>
+      <c r="I57" s="27"/>
+      <c r="J57" s="27"/>
+      <c r="K57" s="27"/>
+      <c r="L57" s="27"/>
+      <c r="M57" s="27"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="27"/>
+      <c r="B58" s="27"/>
+      <c r="C58" s="27"/>
+      <c r="D58" s="44"/>
+      <c r="E58" s="44"/>
+      <c r="F58" s="27"/>
+      <c r="G58" s="27"/>
+      <c r="H58" s="27"/>
+      <c r="I58" s="27"/>
+      <c r="J58" s="27"/>
+      <c r="K58" s="27"/>
+      <c r="L58" s="27"/>
+      <c r="M58" s="27"/>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="27"/>
+      <c r="B59" s="27"/>
+      <c r="C59" s="27"/>
+      <c r="D59" s="44"/>
+      <c r="E59" s="44"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="I59" s="27"/>
+      <c r="J59" s="27"/>
+      <c r="K59" s="27"/>
+      <c r="L59" s="27"/>
+      <c r="M59" s="27"/>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A60" s="27"/>
+      <c r="B60" s="27"/>
+      <c r="C60" s="27"/>
+      <c r="D60" s="44"/>
+      <c r="E60" s="44"/>
+      <c r="F60" s="27"/>
+      <c r="G60" s="27"/>
+      <c r="H60" s="27"/>
+      <c r="I60" s="27"/>
+      <c r="J60" s="27"/>
+      <c r="K60" s="27"/>
+      <c r="L60" s="27"/>
+      <c r="M60" s="27"/>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A61" s="27"/>
+      <c r="B61" s="27"/>
+      <c r="C61" s="27"/>
+      <c r="D61" s="44"/>
+      <c r="E61" s="44"/>
+      <c r="F61" s="27"/>
+      <c r="G61" s="27"/>
+      <c r="H61" s="27"/>
+      <c r="I61" s="27"/>
+      <c r="J61" s="27"/>
+      <c r="K61" s="27"/>
+      <c r="L61" s="27"/>
+      <c r="M61" s="27"/>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A62" s="27"/>
+      <c r="B62" s="27"/>
+      <c r="C62" s="27"/>
+      <c r="D62" s="44"/>
+      <c r="E62" s="44"/>
+      <c r="F62" s="27"/>
+      <c r="G62" s="27"/>
+      <c r="H62" s="27"/>
+      <c r="I62" s="27"/>
+      <c r="J62" s="27"/>
+      <c r="K62" s="27"/>
+      <c r="L62" s="27"/>
+      <c r="M62" s="27"/>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A63" s="27"/>
+      <c r="B63" s="27"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="44"/>
+      <c r="E63" s="44"/>
+      <c r="F63" s="27"/>
+      <c r="G63" s="27"/>
+      <c r="H63" s="27"/>
+      <c r="I63" s="27"/>
+      <c r="J63" s="27"/>
+      <c r="K63" s="27"/>
+      <c r="L63" s="27"/>
+      <c r="M63" s="27"/>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A64" s="27"/>
+      <c r="B64" s="27"/>
+      <c r="C64" s="27"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="44"/>
+      <c r="F64" s="27"/>
+      <c r="G64" s="27"/>
+      <c r="H64" s="27"/>
+      <c r="I64" s="27"/>
+      <c r="J64" s="27"/>
+      <c r="K64" s="27"/>
+      <c r="L64" s="27"/>
+      <c r="M64" s="27"/>
+    </row>
+    <row r="65" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A65" s="27"/>
+      <c r="B65" s="27"/>
+      <c r="C65" s="27"/>
+      <c r="D65" s="44"/>
+      <c r="E65" s="44"/>
+      <c r="F65" s="27"/>
+      <c r="G65" s="27"/>
+      <c r="H65" s="27"/>
+      <c r="I65" s="27"/>
+      <c r="J65" s="27"/>
+      <c r="K65" s="27"/>
+      <c r="L65" s="27"/>
+      <c r="M65" s="27"/>
+    </row>
+    <row r="66" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A66" s="27"/>
+      <c r="B66" s="27"/>
+      <c r="C66" s="27"/>
+      <c r="D66" s="44"/>
+      <c r="E66" s="44"/>
+      <c r="F66" s="27"/>
+      <c r="G66" s="27"/>
+      <c r="H66" s="27"/>
+      <c r="I66" s="27"/>
+      <c r="J66" s="27"/>
+      <c r="K66" s="27"/>
+      <c r="L66" s="27"/>
+      <c r="M66" s="27"/>
+    </row>
+    <row r="67" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A67" s="27"/>
+      <c r="B67" s="27"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="44"/>
+      <c r="E67" s="44"/>
+      <c r="F67" s="27"/>
+      <c r="G67" s="27"/>
+      <c r="H67" s="27"/>
+      <c r="I67" s="27"/>
+      <c r="J67" s="27"/>
+      <c r="K67" s="27"/>
+      <c r="L67" s="27"/>
+      <c r="M67" s="27"/>
+    </row>
+    <row r="68" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A68" s="27"/>
+      <c r="B68" s="27"/>
+      <c r="C68" s="27"/>
+      <c r="D68" s="44"/>
+      <c r="E68" s="44"/>
+      <c r="F68" s="27"/>
+      <c r="G68" s="27"/>
+      <c r="H68" s="27"/>
+      <c r="I68" s="27"/>
+      <c r="J68" s="27"/>
+      <c r="K68" s="27"/>
+      <c r="L68" s="27"/>
+      <c r="M68" s="27"/>
+    </row>
+    <row r="69" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A69" s="27"/>
+      <c r="B69" s="27"/>
+      <c r="C69" s="27"/>
+      <c r="D69" s="44"/>
+      <c r="E69" s="44"/>
+      <c r="F69" s="27"/>
+      <c r="G69" s="27"/>
+      <c r="H69" s="27"/>
+      <c r="I69" s="27"/>
+      <c r="J69" s="27"/>
+      <c r="K69" s="27"/>
+      <c r="L69" s="27"/>
+      <c r="M69" s="27"/>
+    </row>
+    <row r="70" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A70" s="27"/>
+      <c r="B70" s="27"/>
+      <c r="C70" s="27"/>
+      <c r="D70" s="44"/>
+      <c r="E70" s="44"/>
+      <c r="F70" s="27"/>
+      <c r="G70" s="27"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="27"/>
+      <c r="J70" s="27"/>
+      <c r="K70" s="27"/>
+      <c r="L70" s="27"/>
+      <c r="M70" s="27"/>
+    </row>
+    <row r="71" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A71" s="27"/>
+      <c r="B71" s="27"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="44"/>
+      <c r="E71" s="44"/>
+      <c r="F71" s="27"/>
+      <c r="G71" s="27"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="27"/>
+      <c r="J71" s="27"/>
+      <c r="K71" s="27"/>
+      <c r="L71" s="27"/>
+      <c r="M71" s="27"/>
+    </row>
+    <row r="72" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D72" s="44"/>
+      <c r="E72" s="44"/>
+      <c r="N72" s="44"/>
+      <c r="O72" s="44"/>
+      <c r="P72" s="44"/>
+      <c r="Q72" s="44"/>
+      <c r="R72" s="44"/>
+      <c r="S72" s="44"/>
+      <c r="T72" s="44"/>
+      <c r="U72" s="44"/>
+      <c r="V72" s="44"/>
+    </row>
+    <row r="73" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D73" s="44"/>
+      <c r="E73" s="44"/>
+      <c r="N73" s="44"/>
+      <c r="O73" s="44"/>
+      <c r="P73" s="44"/>
+      <c r="Q73" s="44"/>
+      <c r="R73" s="44"/>
+      <c r="S73" s="44"/>
+      <c r="T73" s="44"/>
+      <c r="U73" s="44"/>
+      <c r="V73" s="44"/>
+    </row>
+    <row r="74" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D74" s="44"/>
+      <c r="E74" s="44"/>
+      <c r="N74" s="44"/>
+      <c r="O74" s="44"/>
+      <c r="P74" s="44"/>
+      <c r="Q74" s="44"/>
+      <c r="R74" s="44"/>
+      <c r="S74" s="44"/>
+      <c r="T74" s="44"/>
+      <c r="U74" s="44"/>
+      <c r="V74" s="44"/>
+    </row>
+    <row r="75" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D75" s="44"/>
+      <c r="E75" s="44"/>
+      <c r="N75" s="44"/>
+      <c r="O75" s="44"/>
+      <c r="P75" s="44"/>
+      <c r="Q75" s="44"/>
+      <c r="R75" s="44"/>
+      <c r="S75" s="44"/>
+      <c r="T75" s="44"/>
+      <c r="U75" s="44"/>
+      <c r="V75" s="44"/>
+    </row>
+    <row r="76" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D76" s="44"/>
+      <c r="E76" s="44"/>
+      <c r="N76" s="44"/>
+      <c r="O76" s="44"/>
+      <c r="P76" s="44"/>
+      <c r="Q76" s="44"/>
+      <c r="R76" s="44"/>
+      <c r="S76" s="44"/>
+      <c r="T76" s="44"/>
+      <c r="U76" s="44"/>
+      <c r="V76" s="44"/>
+    </row>
+    <row r="77" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="N77" s="44"/>
+      <c r="O77" s="44"/>
+      <c r="P77" s="44"/>
+      <c r="Q77" s="44"/>
+      <c r="R77" s="44"/>
+      <c r="S77" s="44"/>
+      <c r="T77" s="44"/>
+      <c r="U77" s="44"/>
+      <c r="V77" s="44"/>
+    </row>
+    <row r="78" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D78" s="44"/>
+      <c r="E78" s="44"/>
+      <c r="N78" s="44"/>
+      <c r="O78" s="44"/>
+      <c r="P78" s="44"/>
+      <c r="Q78" s="44"/>
+      <c r="R78" s="44"/>
+      <c r="S78" s="44"/>
+      <c r="T78" s="44"/>
+      <c r="U78" s="44"/>
+      <c r="V78" s="44"/>
+    </row>
+    <row r="79" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D79" s="44"/>
+      <c r="E79" s="44"/>
+      <c r="N79" s="44"/>
+      <c r="O79" s="44"/>
+      <c r="P79" s="44"/>
+      <c r="Q79" s="44"/>
+      <c r="R79" s="44"/>
+      <c r="S79" s="44"/>
+      <c r="T79" s="44"/>
+      <c r="U79" s="44"/>
+      <c r="V79" s="44"/>
+    </row>
+    <row r="80" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D80" s="44"/>
+      <c r="E80" s="44"/>
+      <c r="N80" s="44"/>
+      <c r="O80" s="44"/>
+      <c r="P80" s="44"/>
+      <c r="Q80" s="44"/>
+      <c r="R80" s="44"/>
+      <c r="S80" s="44"/>
+      <c r="T80" s="44"/>
+      <c r="U80" s="44"/>
+      <c r="V80" s="44"/>
+    </row>
+    <row r="81" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D81" s="44"/>
+      <c r="E81" s="44"/>
+      <c r="N81" s="44"/>
+      <c r="O81" s="44"/>
+      <c r="P81" s="44"/>
+      <c r="Q81" s="44"/>
+      <c r="R81" s="44"/>
+      <c r="S81" s="44"/>
+      <c r="T81" s="44"/>
+      <c r="U81" s="44"/>
+      <c r="V81" s="44"/>
+    </row>
+    <row r="82" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D82" s="44"/>
+      <c r="E82" s="44"/>
+      <c r="N82" s="44"/>
+      <c r="O82" s="44"/>
+      <c r="P82" s="44"/>
+      <c r="Q82" s="44"/>
+      <c r="R82" s="44"/>
+      <c r="S82" s="44"/>
+      <c r="T82" s="44"/>
+      <c r="U82" s="44"/>
+      <c r="V82" s="44"/>
+    </row>
+    <row r="83" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D83" s="44"/>
+      <c r="E83" s="44"/>
+      <c r="N83" s="44"/>
+      <c r="O83" s="44"/>
+      <c r="P83" s="44"/>
+      <c r="Q83" s="44"/>
+      <c r="R83" s="44"/>
+      <c r="S83" s="44"/>
+      <c r="T83" s="44"/>
+      <c r="U83" s="44"/>
+      <c r="V83" s="44"/>
+    </row>
+    <row r="84" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D84" s="44"/>
+      <c r="E84" s="44"/>
+      <c r="N84" s="44"/>
+      <c r="O84" s="44"/>
+      <c r="P84" s="44"/>
+      <c r="Q84" s="44"/>
+      <c r="R84" s="44"/>
+      <c r="S84" s="44"/>
+      <c r="T84" s="44"/>
+      <c r="U84" s="44"/>
+      <c r="V84" s="44"/>
+    </row>
+    <row r="85" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D85" s="44"/>
+      <c r="E85" s="44"/>
+      <c r="N85" s="44"/>
+      <c r="O85" s="44"/>
+      <c r="P85" s="44"/>
+      <c r="Q85" s="44"/>
+      <c r="R85" s="44"/>
+      <c r="S85" s="44"/>
+      <c r="T85" s="44"/>
+      <c r="U85" s="44"/>
+      <c r="V85" s="44"/>
+    </row>
+    <row r="86" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D86" s="44"/>
+      <c r="E86" s="44"/>
+      <c r="N86" s="44"/>
+      <c r="O86" s="44"/>
+      <c r="P86" s="44"/>
+      <c r="Q86" s="44"/>
+      <c r="R86" s="44"/>
+      <c r="S86" s="44"/>
+      <c r="T86" s="44"/>
+      <c r="U86" s="44"/>
+      <c r="V86" s="44"/>
+    </row>
+    <row r="87" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D87" s="44"/>
+      <c r="E87" s="44"/>
+      <c r="N87" s="44"/>
+      <c r="O87" s="44"/>
+      <c r="P87" s="44"/>
+      <c r="Q87" s="44"/>
+      <c r="R87" s="44"/>
+      <c r="S87" s="44"/>
+      <c r="T87" s="44"/>
+      <c r="U87" s="44"/>
+      <c r="V87" s="44"/>
+    </row>
+    <row r="88" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D88" s="44"/>
+      <c r="E88" s="44"/>
+      <c r="N88" s="44"/>
+      <c r="O88" s="44"/>
+      <c r="P88" s="44"/>
+      <c r="Q88" s="44"/>
+      <c r="R88" s="44"/>
+      <c r="S88" s="44"/>
+      <c r="T88" s="44"/>
+      <c r="U88" s="44"/>
+      <c r="V88" s="44"/>
+    </row>
+    <row r="89" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="N89" s="44"/>
+      <c r="O89" s="44"/>
+      <c r="P89" s="44"/>
+      <c r="Q89" s="44"/>
+      <c r="R89" s="44"/>
+      <c r="S89" s="44"/>
+      <c r="T89" s="44"/>
+      <c r="U89" s="44"/>
+      <c r="V89" s="44"/>
+    </row>
+    <row r="90" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D90" s="44"/>
+      <c r="E90" s="44"/>
+      <c r="N90" s="44"/>
+      <c r="O90" s="44"/>
+      <c r="P90" s="44"/>
+      <c r="Q90" s="44"/>
+      <c r="R90" s="44"/>
+      <c r="S90" s="44"/>
+      <c r="T90" s="44"/>
+      <c r="U90" s="44"/>
+      <c r="V90" s="44"/>
+    </row>
+    <row r="91" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D91" s="44"/>
+      <c r="E91" s="44"/>
+      <c r="N91" s="44"/>
+      <c r="O91" s="44"/>
+      <c r="P91" s="44"/>
+      <c r="Q91" s="44"/>
+      <c r="R91" s="44"/>
+      <c r="S91" s="44"/>
+      <c r="T91" s="44"/>
+      <c r="U91" s="44"/>
+      <c r="V91" s="44"/>
+    </row>
+    <row r="92" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D92" s="44"/>
+      <c r="E92" s="44"/>
+      <c r="N92" s="44"/>
+      <c r="O92" s="44"/>
+      <c r="P92" s="44"/>
+      <c r="Q92" s="44"/>
+      <c r="R92" s="44"/>
+      <c r="S92" s="44"/>
+      <c r="T92" s="44"/>
+      <c r="U92" s="44"/>
+      <c r="V92" s="44"/>
+    </row>
+    <row r="93" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="44"/>
+      <c r="E93" s="44"/>
+      <c r="N93" s="44"/>
+      <c r="O93" s="44"/>
+      <c r="P93" s="44"/>
+      <c r="Q93" s="44"/>
+      <c r="R93" s="44"/>
+      <c r="S93" s="44"/>
+      <c r="T93" s="44"/>
+      <c r="U93" s="44"/>
+      <c r="V93" s="44"/>
+    </row>
+    <row r="94" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D94" s="44"/>
+      <c r="E94" s="44"/>
+      <c r="N94" s="44"/>
+      <c r="O94" s="44"/>
+      <c r="P94" s="44"/>
+      <c r="Q94" s="44"/>
+      <c r="R94" s="44"/>
+      <c r="S94" s="44"/>
+      <c r="T94" s="44"/>
+      <c r="U94" s="44"/>
+      <c r="V94" s="44"/>
+    </row>
+    <row r="95" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D95" s="44"/>
+      <c r="E95" s="44"/>
+      <c r="N95" s="44"/>
+      <c r="O95" s="44"/>
+      <c r="P95" s="44"/>
+      <c r="Q95" s="44"/>
+      <c r="R95" s="44"/>
+      <c r="S95" s="44"/>
+      <c r="T95" s="44"/>
+      <c r="U95" s="44"/>
+      <c r="V95" s="44"/>
+    </row>
+    <row r="96" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D96" s="44"/>
+      <c r="E96" s="44"/>
+      <c r="N96" s="44"/>
+      <c r="O96" s="44"/>
+      <c r="P96" s="44"/>
+      <c r="Q96" s="44"/>
+      <c r="R96" s="44"/>
+      <c r="S96" s="44"/>
+      <c r="T96" s="44"/>
+      <c r="U96" s="44"/>
+      <c r="V96" s="44"/>
+    </row>
+    <row r="97" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D97" s="44"/>
+      <c r="E97" s="44"/>
+      <c r="N97" s="44"/>
+      <c r="O97" s="44"/>
+      <c r="P97" s="44"/>
+      <c r="Q97" s="44"/>
+      <c r="R97" s="44"/>
+      <c r="S97" s="44"/>
+      <c r="T97" s="44"/>
+      <c r="U97" s="44"/>
+      <c r="V97" s="44"/>
+    </row>
+    <row r="98" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D98" s="44"/>
+      <c r="E98" s="44"/>
+      <c r="N98" s="44"/>
+      <c r="O98" s="44"/>
+      <c r="P98" s="44"/>
+      <c r="Q98" s="44"/>
+      <c r="R98" s="44"/>
+      <c r="S98" s="44"/>
+      <c r="T98" s="44"/>
+      <c r="U98" s="44"/>
+      <c r="V98" s="44"/>
+    </row>
+    <row r="99" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D99" s="44"/>
+      <c r="E99" s="44"/>
+      <c r="N99" s="44"/>
+      <c r="O99" s="44"/>
+      <c r="P99" s="44"/>
+      <c r="Q99" s="44"/>
+      <c r="R99" s="44"/>
+      <c r="S99" s="44"/>
+      <c r="T99" s="44"/>
+      <c r="U99" s="44"/>
+      <c r="V99" s="44"/>
     </row>
   </sheetData>
-  <mergeCells count="17">
-[...1 lines deleted...]
-    <mergeCell ref="B27:C43"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
+  <mergeCells count="24">
+    <mergeCell ref="B26:L26"/>
+    <mergeCell ref="B22:B24"/>
+    <mergeCell ref="C22:C24"/>
+    <mergeCell ref="F22:F24"/>
+    <mergeCell ref="C2:L4"/>
+    <mergeCell ref="F25:L25"/>
+    <mergeCell ref="G22:G24"/>
+    <mergeCell ref="H22:H24"/>
     <mergeCell ref="B9:C9"/>
-    <mergeCell ref="E9:K9"/>
+    <mergeCell ref="F9:L9"/>
     <mergeCell ref="C11:C20"/>
-    <mergeCell ref="K11:K20"/>
+    <mergeCell ref="L11:L20"/>
     <mergeCell ref="B11:B20"/>
-    <mergeCell ref="H22:H24"/>
     <mergeCell ref="I22:I24"/>
     <mergeCell ref="J22:J24"/>
     <mergeCell ref="K22:K24"/>
-    <mergeCell ref="B26:C26"/>
-[...4 lines deleted...]
-    <mergeCell ref="G22:G24"/>
+    <mergeCell ref="L22:L24"/>
+    <mergeCell ref="B34:J34"/>
+    <mergeCell ref="B33:I33"/>
+    <mergeCell ref="B27:L27"/>
+    <mergeCell ref="B30:I30"/>
+    <mergeCell ref="B31:I31"/>
+    <mergeCell ref="B32:I32"/>
+    <mergeCell ref="B29:D29"/>
   </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J32:J33" xr:uid="{23170E69-8382-4E57-84D1-EE549212D493}">
+      <formula1>"OUI, NON"</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A17309D-4D1C-4399-AB11-807102F7FFCC}">
+  <dimension ref="A1:V99"/>
+  <sheetViews>
+    <sheetView topLeftCell="A7" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="L30" sqref="L30"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7" customWidth="1"/>
+    <col min="2" max="2" width="46.140625" customWidth="1"/>
+    <col min="3" max="3" width="53" customWidth="1"/>
+    <col min="4" max="5" width="6" style="2" customWidth="1"/>
+    <col min="6" max="6" width="55.140625" customWidth="1"/>
+    <col min="7" max="7" width="29.28515625" customWidth="1"/>
+    <col min="8" max="8" width="67.85546875" customWidth="1"/>
+    <col min="9" max="9" width="25.42578125" customWidth="1"/>
+    <col min="10" max="10" width="32.7109375" customWidth="1"/>
+    <col min="11" max="11" width="31.28515625" customWidth="1"/>
+    <col min="12" max="12" width="27.42578125" customWidth="1"/>
+    <col min="13" max="13" width="121.28515625" customWidth="1"/>
+    <col min="14" max="21" width="9.140625" style="2"/>
+    <col min="22" max="22" width="9.140625" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:22" s="27" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="N1" s="44"/>
+      <c r="O1" s="44"/>
+      <c r="P1" s="44"/>
+      <c r="Q1" s="44"/>
+      <c r="R1" s="44"/>
+      <c r="S1" s="44"/>
+      <c r="T1" s="44"/>
+      <c r="U1" s="44"/>
+      <c r="V1" s="44"/>
+    </row>
+    <row r="2" spans="1:22" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="27"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="106" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="107"/>
+      <c r="E2" s="107"/>
+      <c r="F2" s="107"/>
+      <c r="G2" s="107"/>
+      <c r="H2" s="107"/>
+      <c r="I2" s="107"/>
+      <c r="J2" s="107"/>
+      <c r="K2" s="107"/>
+      <c r="L2" s="108"/>
+      <c r="M2" s="27"/>
+    </row>
+    <row r="3" spans="1:22" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="28"/>
+      <c r="C3" s="109"/>
+      <c r="D3" s="110"/>
+      <c r="E3" s="110"/>
+      <c r="F3" s="110"/>
+      <c r="G3" s="110"/>
+      <c r="H3" s="110"/>
+      <c r="I3" s="110"/>
+      <c r="J3" s="110"/>
+      <c r="K3" s="110"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="27"/>
+    </row>
+    <row r="4" spans="1:22" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="8"/>
+      <c r="C4" s="112"/>
+      <c r="D4" s="113"/>
+      <c r="E4" s="113"/>
+      <c r="F4" s="113"/>
+      <c r="G4" s="113"/>
+      <c r="H4" s="113"/>
+      <c r="I4" s="113"/>
+      <c r="J4" s="113"/>
+      <c r="K4" s="113"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="27"/>
+    </row>
+    <row r="5" spans="1:22" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="27"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="29"/>
+      <c r="I5" s="29"/>
+      <c r="J5" s="29"/>
+      <c r="K5" s="29"/>
+      <c r="L5" s="29"/>
+      <c r="M5" s="27"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2"/>
+      <c r="S5" s="2"/>
+      <c r="T5" s="2"/>
+      <c r="U5" s="2"/>
+      <c r="V5" s="2"/>
+    </row>
+    <row r="6" spans="1:22" s="24" customFormat="1" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="A6" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="31"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="31"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="33"/>
+      <c r="I6" s="33"/>
+      <c r="J6" s="33"/>
+      <c r="K6" s="34"/>
+      <c r="L6" s="35"/>
+      <c r="M6" s="35"/>
+      <c r="N6" s="25"/>
+      <c r="O6" s="25"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="25"/>
+      <c r="R6" s="25"/>
+      <c r="S6" s="25"/>
+      <c r="T6" s="25"/>
+      <c r="U6" s="25"/>
+      <c r="V6" s="26"/>
+    </row>
+    <row r="7" spans="1:22" s="23" customFormat="1" ht="32.25" x14ac:dyDescent="0.5">
+      <c r="A7" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="31"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="31"/>
+      <c r="J7" s="31"/>
+      <c r="K7" s="31"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
+    </row>
+    <row r="8" spans="1:22" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A8" s="27"/>
+      <c r="B8" s="37"/>
+      <c r="C8" s="37"/>
+      <c r="D8" s="38"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="37"/>
+      <c r="G8" s="37"/>
+      <c r="H8" s="37"/>
+      <c r="I8" s="37"/>
+      <c r="J8" s="37"/>
+      <c r="K8" s="37"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="27"/>
+    </row>
+    <row r="9" spans="1:22" s="22" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="45"/>
+      <c r="B9" s="81" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" s="82"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="81" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="82"/>
+      <c r="M9" s="39"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="20"/>
+      <c r="Q9" s="20"/>
+      <c r="R9" s="20"/>
+      <c r="S9" s="20"/>
+      <c r="T9" s="20"/>
+      <c r="U9" s="20"/>
+      <c r="V9" s="21"/>
+    </row>
+    <row r="10" spans="1:22" s="1" customFormat="1" ht="102" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="40"/>
+      <c r="B10" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" s="42"/>
+      <c r="E10" s="42"/>
+      <c r="F10" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="J10" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="L10" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" s="40"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="5"/>
+      <c r="P10" s="5"/>
+      <c r="Q10" s="5"/>
+      <c r="R10" s="5"/>
+      <c r="S10" s="5"/>
+      <c r="T10" s="5"/>
+      <c r="U10" s="5"/>
+      <c r="V10" s="6"/>
+    </row>
+    <row r="11" spans="1:22" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="27"/>
+      <c r="B11" s="88">
+        <v>300</v>
+      </c>
+      <c r="C11" s="84">
+        <f>B11*2.4</f>
+        <v>720</v>
+      </c>
+      <c r="D11" s="43"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="56" t="s">
+        <v>6</v>
+      </c>
+      <c r="G11" s="57">
+        <v>160</v>
+      </c>
+      <c r="H11" s="10">
+        <f>G11*2</f>
+        <v>320</v>
+      </c>
+      <c r="I11" s="57" t="s">
+        <v>7</v>
+      </c>
+      <c r="J11" s="57">
+        <v>25</v>
+      </c>
+      <c r="K11" s="10">
+        <f t="shared" ref="K11:K20" si="0">(J11/100)*(H11)</f>
+        <v>80</v>
+      </c>
+      <c r="L11" s="86">
+        <f>SUM(K11:K20)</f>
+        <v>901.3</v>
+      </c>
+      <c r="M11" s="27"/>
+    </row>
+    <row r="12" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A12" s="27"/>
+      <c r="B12" s="89"/>
+      <c r="C12" s="85"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="58" t="s">
+        <v>8</v>
+      </c>
+      <c r="G12" s="59">
+        <v>650</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" ref="H12:H18" si="1">G12*2</f>
+        <v>1300</v>
+      </c>
+      <c r="I12" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J12" s="59">
+        <v>25</v>
+      </c>
+      <c r="K12" s="7">
+        <f t="shared" si="0"/>
+        <v>325</v>
+      </c>
+      <c r="L12" s="87"/>
+      <c r="M12" s="27"/>
+    </row>
+    <row r="13" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A13" s="27"/>
+      <c r="B13" s="89"/>
+      <c r="C13" s="85"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="58" t="s">
+        <v>9</v>
+      </c>
+      <c r="G13" s="59">
+        <v>50</v>
+      </c>
+      <c r="H13" s="7">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+      <c r="I13" s="59" t="s">
+        <v>10</v>
+      </c>
+      <c r="J13" s="59">
+        <v>20</v>
+      </c>
+      <c r="K13" s="7">
+        <f t="shared" si="0"/>
+        <v>20</v>
+      </c>
+      <c r="L13" s="87"/>
+      <c r="M13" s="27"/>
+    </row>
+    <row r="14" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A14" s="27"/>
+      <c r="B14" s="89"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="59">
+        <v>50</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>100</v>
+      </c>
+      <c r="I14" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J14" s="59">
+        <v>50</v>
+      </c>
+      <c r="K14" s="7">
+        <f t="shared" si="0"/>
+        <v>50</v>
+      </c>
+      <c r="L14" s="87"/>
+      <c r="M14" s="27"/>
+    </row>
+    <row r="15" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A15" s="27"/>
+      <c r="B15" s="89"/>
+      <c r="C15" s="85"/>
+      <c r="D15" s="43"/>
+      <c r="E15" s="43"/>
+      <c r="F15" s="58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="59">
+        <v>20</v>
+      </c>
+      <c r="H15" s="7">
+        <f t="shared" si="1"/>
+        <v>40</v>
+      </c>
+      <c r="I15" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="59">
+        <v>20</v>
+      </c>
+      <c r="K15" s="7">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="L15" s="87"/>
+      <c r="M15" s="27"/>
+    </row>
+    <row r="16" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A16" s="27"/>
+      <c r="B16" s="89"/>
+      <c r="C16" s="85"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="58" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="59">
+        <v>20</v>
+      </c>
+      <c r="H16" s="7">
+        <f t="shared" si="1"/>
+        <v>40</v>
+      </c>
+      <c r="I16" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J16" s="59">
+        <v>25</v>
+      </c>
+      <c r="K16" s="7">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="L16" s="87"/>
+      <c r="M16" s="27"/>
+    </row>
+    <row r="17" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A17" s="27"/>
+      <c r="B17" s="89"/>
+      <c r="C17" s="85"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" s="59">
+        <v>2</v>
+      </c>
+      <c r="H17" s="7">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="I17" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" s="59">
+        <v>20</v>
+      </c>
+      <c r="K17" s="7">
+        <f t="shared" si="0"/>
+        <v>0.8</v>
+      </c>
+      <c r="L17" s="87"/>
+      <c r="M17" s="27"/>
+    </row>
+    <row r="18" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A18" s="27"/>
+      <c r="B18" s="89"/>
+      <c r="C18" s="85"/>
+      <c r="D18" s="43"/>
+      <c r="E18" s="43"/>
+      <c r="F18" s="58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="59">
+        <v>400</v>
+      </c>
+      <c r="H18" s="7">
+        <f t="shared" si="1"/>
+        <v>800</v>
+      </c>
+      <c r="I18" s="59" t="s">
+        <v>7</v>
+      </c>
+      <c r="J18" s="59">
+        <v>50</v>
+      </c>
+      <c r="K18" s="7">
+        <f t="shared" si="0"/>
+        <v>400</v>
+      </c>
+      <c r="L18" s="87"/>
+      <c r="M18" s="27"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+    </row>
+    <row r="19" spans="1:22" ht="23.25" x14ac:dyDescent="0.3">
+      <c r="A19" s="27"/>
+      <c r="B19" s="89"/>
+      <c r="C19" s="85"/>
+      <c r="D19" s="43"/>
+      <c r="E19" s="43"/>
+      <c r="F19" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="59">
+        <v>344</v>
+      </c>
+      <c r="H19" s="7">
+        <f>G19*2</f>
+        <v>688</v>
+      </c>
+      <c r="I19" s="59" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" s="59">
+        <v>0</v>
+      </c>
+      <c r="K19" s="7">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="87"/>
+      <c r="M19" s="27"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+    </row>
+    <row r="20" spans="1:22" ht="24" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="27"/>
+      <c r="B20" s="90"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="43"/>
+      <c r="F20" s="60" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="61">
+        <v>25</v>
+      </c>
+      <c r="H20" s="11">
+        <f>G20*2</f>
+        <v>50</v>
+      </c>
+      <c r="I20" s="61" t="s">
+        <v>20</v>
+      </c>
+      <c r="J20" s="61">
+        <v>15</v>
+      </c>
+      <c r="K20" s="11">
+        <f t="shared" si="0"/>
+        <v>7.5</v>
+      </c>
+      <c r="L20" s="87"/>
+      <c r="M20" s="27"/>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20"/>
+    </row>
+    <row r="21" spans="1:22" ht="139.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="27"/>
+      <c r="B21" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="42"/>
+      <c r="E21" s="42"/>
+      <c r="F21" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="I21" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="J21" s="67" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="M21" s="27"/>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21"/>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21"/>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21"/>
+    </row>
+    <row r="22" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="27"/>
+      <c r="B22" s="97">
+        <v>80</v>
+      </c>
+      <c r="C22" s="100">
+        <f>B22*1.8</f>
+        <v>144</v>
+      </c>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="103" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" s="97">
+        <v>200</v>
+      </c>
+      <c r="H22" s="78">
+        <f>G22*1.5</f>
+        <v>300</v>
+      </c>
+      <c r="I22" s="91" t="s">
+        <v>34</v>
+      </c>
+      <c r="J22" s="91">
+        <v>100</v>
+      </c>
+      <c r="K22" s="78">
+        <f>(J22/100)*H22</f>
+        <v>300</v>
+      </c>
+      <c r="L22" s="86">
+        <f>K22</f>
+        <v>300</v>
+      </c>
+      <c r="M22" s="27"/>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22"/>
+    </row>
+    <row r="23" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="27"/>
+      <c r="B23" s="98"/>
+      <c r="C23" s="101"/>
+      <c r="D23" s="43"/>
+      <c r="E23" s="43"/>
+      <c r="F23" s="104"/>
+      <c r="G23" s="98"/>
+      <c r="H23" s="79"/>
+      <c r="I23" s="92"/>
+      <c r="J23" s="92"/>
+      <c r="K23" s="79"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="27"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23"/>
+    </row>
+    <row r="24" spans="1:22" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="27"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="102"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="105"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="80"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="80"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="27"/>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24"/>
+    </row>
+    <row r="25" spans="1:22" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27"/>
+      <c r="B25" s="27"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="115" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" s="115"/>
+      <c r="H25" s="115"/>
+      <c r="I25" s="115"/>
+      <c r="J25" s="115"/>
+      <c r="K25" s="115"/>
+      <c r="L25" s="115"/>
+      <c r="M25" s="27"/>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25"/>
+    </row>
+    <row r="26" spans="1:22" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="B26" s="95" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="96"/>
+      <c r="D26" s="96"/>
+      <c r="E26" s="96"/>
+      <c r="F26" s="96"/>
+      <c r="G26" s="96"/>
+      <c r="H26" s="96"/>
+      <c r="I26" s="96"/>
+      <c r="J26" s="96"/>
+      <c r="K26" s="96"/>
+      <c r="L26" s="96"/>
+      <c r="M26" s="27"/>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26"/>
+      <c r="U26"/>
+      <c r="V26"/>
+    </row>
+    <row r="27" spans="1:22" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="27"/>
+      <c r="B27" s="68" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="69"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="69"/>
+      <c r="F27" s="69"/>
+      <c r="G27" s="69"/>
+      <c r="H27" s="69"/>
+      <c r="I27" s="69"/>
+      <c r="J27" s="69"/>
+      <c r="K27" s="69"/>
+      <c r="L27" s="70"/>
+      <c r="M27" s="27"/>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27"/>
+    </row>
+    <row r="28" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="27"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+      <c r="E28" s="55"/>
+      <c r="F28" s="55"/>
+      <c r="G28" s="55"/>
+      <c r="H28" s="55"/>
+      <c r="I28" s="55"/>
+      <c r="J28" s="55"/>
+      <c r="K28" s="55"/>
+      <c r="L28" s="55"/>
+      <c r="M28" s="44"/>
+      <c r="N28"/>
+      <c r="O28"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+      <c r="R28"/>
+      <c r="S28"/>
+      <c r="T28"/>
+      <c r="U28"/>
+      <c r="V28"/>
+    </row>
+    <row r="29" spans="1:22" s="27" customFormat="1" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="46" t="s">
+        <v>48</v>
+      </c>
+      <c r="B29" s="77" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
+      <c r="F29" s="44"/>
+      <c r="I29" s="54"/>
+      <c r="J29" s="44"/>
+      <c r="K29" s="44"/>
+      <c r="L29" s="44"/>
+    </row>
+    <row r="30" spans="1:22" s="27" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="65">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="B30" s="74" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="75"/>
+      <c r="D30" s="75"/>
+      <c r="E30" s="75"/>
+      <c r="F30" s="75"/>
+      <c r="G30" s="75"/>
+      <c r="H30" s="75"/>
+      <c r="I30" s="76"/>
+      <c r="J30" s="62">
+        <v>80</v>
+      </c>
+      <c r="K30" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="L30" s="44"/>
+    </row>
+    <row r="31" spans="1:22" s="27" customFormat="1" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="65">
+        <v>4.2</v>
+      </c>
+      <c r="B31" s="74" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="75"/>
+      <c r="D31" s="75"/>
+      <c r="E31" s="75"/>
+      <c r="F31" s="75"/>
+      <c r="G31" s="75"/>
+      <c r="H31" s="75"/>
+      <c r="I31" s="76"/>
+      <c r="J31" s="63">
+        <v>100</v>
+      </c>
+      <c r="K31" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="44"/>
+    </row>
+    <row r="32" spans="1:22" s="27" customFormat="1" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="65">
+        <v>4.3</v>
+      </c>
+      <c r="B32" s="74" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="75"/>
+      <c r="D32" s="75"/>
+      <c r="E32" s="75"/>
+      <c r="F32" s="75"/>
+      <c r="G32" s="75"/>
+      <c r="H32" s="75"/>
+      <c r="I32" s="76"/>
+      <c r="J32" s="64" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" s="44"/>
+      <c r="L32" s="44"/>
+    </row>
+    <row r="33" spans="1:22" s="27" customFormat="1" ht="57.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="65">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="B33" s="71" t="s">
+        <v>44</v>
+      </c>
+      <c r="C33" s="72"/>
+      <c r="D33" s="72"/>
+      <c r="E33" s="72"/>
+      <c r="F33" s="72"/>
+      <c r="G33" s="72"/>
+      <c r="H33" s="72"/>
+      <c r="I33" s="73"/>
+      <c r="J33" s="64" t="s">
+        <v>38</v>
+      </c>
+      <c r="K33" s="44"/>
+      <c r="L33" s="44"/>
+    </row>
+    <row r="34" spans="1:22" s="44" customFormat="1" ht="68.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="65">
+        <v>4.5</v>
+      </c>
+      <c r="B34" s="68" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="69"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="69"/>
+      <c r="F34" s="69"/>
+      <c r="G34" s="69"/>
+      <c r="H34" s="69"/>
+      <c r="I34" s="69"/>
+      <c r="J34" s="70"/>
+    </row>
+    <row r="35" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="27"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="52"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="44"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="27"/>
+      <c r="N35"/>
+      <c r="O35"/>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35"/>
+    </row>
+    <row r="36" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="27"/>
+      <c r="B36" s="52"/>
+      <c r="C36" s="52"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="47"/>
+      <c r="F36" s="44"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="44"/>
+      <c r="K36" s="44"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="27"/>
+      <c r="N36"/>
+      <c r="O36"/>
+      <c r="P36"/>
+      <c r="Q36"/>
+      <c r="R36"/>
+      <c r="S36"/>
+      <c r="T36"/>
+      <c r="U36"/>
+      <c r="V36"/>
+    </row>
+    <row r="37" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A37" s="27"/>
+      <c r="B37" s="44"/>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
+      <c r="E37" s="44"/>
+      <c r="F37" s="44"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="44"/>
+      <c r="J37" s="44"/>
+      <c r="K37" s="44"/>
+      <c r="L37" s="44"/>
+      <c r="M37" s="27"/>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A38" s="27"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="44"/>
+      <c r="E38" s="44"/>
+      <c r="F38" s="27"/>
+      <c r="G38" s="27"/>
+      <c r="H38" s="27"/>
+      <c r="I38" s="27"/>
+      <c r="J38" s="27"/>
+      <c r="K38" s="27"/>
+      <c r="L38" s="27"/>
+      <c r="M38" s="27"/>
+    </row>
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A39" s="27"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="44"/>
+      <c r="E39" s="44"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="27"/>
+      <c r="I39" s="27"/>
+      <c r="J39" s="27"/>
+      <c r="K39" s="27"/>
+      <c r="L39" s="27"/>
+      <c r="M39" s="27"/>
+    </row>
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A40" s="27"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="44"/>
+      <c r="E40" s="44"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="27"/>
+      <c r="J40" s="27"/>
+      <c r="K40" s="27"/>
+      <c r="L40" s="27"/>
+      <c r="M40" s="27"/>
+    </row>
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A41" s="27"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27"/>
+      <c r="H41" s="27"/>
+      <c r="I41" s="27"/>
+      <c r="J41" s="27"/>
+      <c r="K41" s="27"/>
+      <c r="L41" s="27"/>
+      <c r="M41" s="27"/>
+    </row>
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A42" s="27"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="44"/>
+      <c r="E42" s="44"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
+      <c r="H42" s="27"/>
+      <c r="I42" s="27"/>
+      <c r="J42" s="27"/>
+      <c r="K42" s="27"/>
+      <c r="L42" s="27"/>
+      <c r="M42" s="27"/>
+    </row>
+    <row r="43" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A43" s="27"/>
+      <c r="B43" s="27"/>
+      <c r="C43" s="27"/>
+      <c r="D43" s="44"/>
+      <c r="E43" s="44"/>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27"/>
+      <c r="H43" s="27"/>
+      <c r="I43" s="27"/>
+      <c r="J43" s="27"/>
+      <c r="K43" s="27"/>
+      <c r="L43" s="27"/>
+      <c r="M43" s="27"/>
+    </row>
+    <row r="44" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="27"/>
+      <c r="B44" s="27"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="27"/>
+      <c r="G44" s="27"/>
+      <c r="H44" s="27"/>
+      <c r="I44" s="27"/>
+      <c r="J44" s="27"/>
+      <c r="K44" s="27"/>
+      <c r="L44" s="27"/>
+      <c r="M44" s="27"/>
+    </row>
+    <row r="45" spans="1:22" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="44"/>
+      <c r="E45" s="44"/>
+      <c r="F45" s="27"/>
+      <c r="G45" s="27"/>
+      <c r="H45" s="27"/>
+      <c r="I45" s="27"/>
+      <c r="J45" s="27"/>
+      <c r="K45" s="27"/>
+      <c r="L45" s="27"/>
+      <c r="M45" s="27"/>
+    </row>
+    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A46" s="27"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="44"/>
+      <c r="E46" s="44"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27"/>
+      <c r="H46" s="27"/>
+      <c r="I46" s="27"/>
+      <c r="J46" s="27"/>
+      <c r="K46" s="27"/>
+      <c r="L46" s="27"/>
+      <c r="M46" s="27"/>
+    </row>
+    <row r="47" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A47" s="27"/>
+      <c r="B47" s="27"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="44"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="27"/>
+    </row>
+    <row r="48" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A48" s="27"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="44"/>
+      <c r="E48" s="44"/>
+      <c r="F48" s="27"/>
+      <c r="G48" s="27"/>
+      <c r="H48" s="27"/>
+      <c r="I48" s="27"/>
+      <c r="J48" s="27"/>
+      <c r="K48" s="27"/>
+      <c r="L48" s="27"/>
+      <c r="M48" s="27"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="44"/>
+      <c r="E49" s="44"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="27"/>
+      <c r="H49" s="27"/>
+      <c r="I49" s="27"/>
+      <c r="J49" s="27"/>
+      <c r="K49" s="27"/>
+      <c r="L49" s="27"/>
+      <c r="M49" s="27"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A50" s="27"/>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="44"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="27"/>
+      <c r="M50" s="27"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A51" s="27"/>
+      <c r="B51" s="27"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="44"/>
+      <c r="E51" s="44"/>
+      <c r="F51" s="27"/>
+      <c r="G51" s="27"/>
+      <c r="H51" s="27"/>
+      <c r="I51" s="27"/>
+      <c r="J51" s="27"/>
+      <c r="K51" s="27"/>
+      <c r="L51" s="27"/>
+      <c r="M51" s="27"/>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A52" s="27"/>
+      <c r="B52" s="27"/>
+      <c r="C52" s="27"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="44"/>
+      <c r="F52" s="27"/>
+      <c r="G52" s="27"/>
+      <c r="H52" s="27"/>
+      <c r="I52" s="27"/>
+      <c r="J52" s="27"/>
+      <c r="K52" s="27"/>
+      <c r="L52" s="27"/>
+      <c r="M52" s="27"/>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A53" s="27"/>
+      <c r="B53" s="27"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="44"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+      <c r="I53" s="27"/>
+      <c r="J53" s="27"/>
+      <c r="K53" s="27"/>
+      <c r="L53" s="27"/>
+      <c r="M53" s="27"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A54" s="27"/>
+      <c r="B54" s="27"/>
+      <c r="C54" s="27"/>
+      <c r="D54" s="44"/>
+      <c r="E54" s="44"/>
+      <c r="F54" s="27"/>
+      <c r="G54" s="27"/>
+      <c r="H54" s="27"/>
+      <c r="I54" s="27"/>
+      <c r="J54" s="27"/>
+      <c r="K54" s="27"/>
+      <c r="L54" s="27"/>
+      <c r="M54" s="27"/>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A55" s="27"/>
+      <c r="B55" s="27"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="44"/>
+      <c r="E55" s="44"/>
+      <c r="F55" s="27"/>
+      <c r="G55" s="27"/>
+      <c r="H55" s="27"/>
+      <c r="I55" s="27"/>
+      <c r="J55" s="27"/>
+      <c r="K55" s="27"/>
+      <c r="L55" s="27"/>
+      <c r="M55" s="27"/>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A56" s="27"/>
+      <c r="B56" s="27"/>
+      <c r="C56" s="27"/>
+      <c r="D56" s="44"/>
+      <c r="E56" s="44"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="27"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="27"/>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A57" s="27"/>
+      <c r="B57" s="27"/>
+      <c r="C57" s="27"/>
+      <c r="D57" s="44"/>
+      <c r="E57" s="44"/>
+      <c r="F57" s="27"/>
+      <c r="G57" s="27"/>
+      <c r="H57" s="27"/>
+      <c r="I57" s="27"/>
+      <c r="J57" s="27"/>
+      <c r="K57" s="27"/>
+      <c r="L57" s="27"/>
+      <c r="M57" s="27"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A58" s="27"/>
+      <c r="B58" s="27"/>
+      <c r="C58" s="27"/>
+      <c r="D58" s="44"/>
+      <c r="E58" s="44"/>
+      <c r="F58" s="27"/>
+      <c r="G58" s="27"/>
+      <c r="H58" s="27"/>
+      <c r="I58" s="27"/>
+      <c r="J58" s="27"/>
+      <c r="K58" s="27"/>
+      <c r="L58" s="27"/>
+      <c r="M58" s="27"/>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A59" s="27"/>
+      <c r="B59" s="27"/>
+      <c r="C59" s="27"/>
+      <c r="D59" s="44"/>
+      <c r="E59" s="44"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="I59" s="27"/>
+      <c r="J59" s="27"/>
+      <c r="K59" s="27"/>
+      <c r="L59" s="27"/>
+      <c r="M59" s="27"/>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A60" s="27"/>
+      <c r="B60" s="27"/>
+      <c r="C60" s="27"/>
+      <c r="D60" s="44"/>
+      <c r="E60" s="44"/>
+      <c r="F60" s="27"/>
+      <c r="G60" s="27"/>
+      <c r="H60" s="27"/>
+      <c r="I60" s="27"/>
+      <c r="J60" s="27"/>
+      <c r="K60" s="27"/>
+      <c r="L60" s="27"/>
+      <c r="M60" s="27"/>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A61" s="27"/>
+      <c r="B61" s="27"/>
+      <c r="C61" s="27"/>
+      <c r="D61" s="44"/>
+      <c r="E61" s="44"/>
+      <c r="F61" s="27"/>
+      <c r="G61" s="27"/>
+      <c r="H61" s="27"/>
+      <c r="I61" s="27"/>
+      <c r="J61" s="27"/>
+      <c r="K61" s="27"/>
+      <c r="L61" s="27"/>
+      <c r="M61" s="27"/>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A62" s="27"/>
+      <c r="B62" s="27"/>
+      <c r="C62" s="27"/>
+      <c r="D62" s="44"/>
+      <c r="E62" s="44"/>
+      <c r="F62" s="27"/>
+      <c r="G62" s="27"/>
+      <c r="H62" s="27"/>
+      <c r="I62" s="27"/>
+      <c r="J62" s="27"/>
+      <c r="K62" s="27"/>
+      <c r="L62" s="27"/>
+      <c r="M62" s="27"/>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A63" s="27"/>
+      <c r="B63" s="27"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="44"/>
+      <c r="E63" s="44"/>
+      <c r="F63" s="27"/>
+      <c r="G63" s="27"/>
+      <c r="H63" s="27"/>
+      <c r="I63" s="27"/>
+      <c r="J63" s="27"/>
+      <c r="K63" s="27"/>
+      <c r="L63" s="27"/>
+      <c r="M63" s="27"/>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A64" s="27"/>
+      <c r="B64" s="27"/>
+      <c r="C64" s="27"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="44"/>
+      <c r="F64" s="27"/>
+      <c r="G64" s="27"/>
+      <c r="H64" s="27"/>
+      <c r="I64" s="27"/>
+      <c r="J64" s="27"/>
+      <c r="K64" s="27"/>
+      <c r="L64" s="27"/>
+      <c r="M64" s="27"/>
+    </row>
+    <row r="65" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A65" s="27"/>
+      <c r="B65" s="27"/>
+      <c r="C65" s="27"/>
+      <c r="D65" s="44"/>
+      <c r="E65" s="44"/>
+      <c r="F65" s="27"/>
+      <c r="G65" s="27"/>
+      <c r="H65" s="27"/>
+      <c r="I65" s="27"/>
+      <c r="J65" s="27"/>
+      <c r="K65" s="27"/>
+      <c r="L65" s="27"/>
+      <c r="M65" s="27"/>
+    </row>
+    <row r="66" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A66" s="27"/>
+      <c r="B66" s="27"/>
+      <c r="C66" s="27"/>
+      <c r="D66" s="44"/>
+      <c r="E66" s="44"/>
+      <c r="F66" s="27"/>
+      <c r="G66" s="27"/>
+      <c r="H66" s="27"/>
+      <c r="I66" s="27"/>
+      <c r="J66" s="27"/>
+      <c r="K66" s="27"/>
+      <c r="L66" s="27"/>
+      <c r="M66" s="27"/>
+    </row>
+    <row r="67" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A67" s="27"/>
+      <c r="B67" s="27"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="44"/>
+      <c r="E67" s="44"/>
+      <c r="F67" s="27"/>
+      <c r="G67" s="27"/>
+      <c r="H67" s="27"/>
+      <c r="I67" s="27"/>
+      <c r="J67" s="27"/>
+      <c r="K67" s="27"/>
+      <c r="L67" s="27"/>
+      <c r="M67" s="27"/>
+    </row>
+    <row r="68" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A68" s="27"/>
+      <c r="B68" s="27"/>
+      <c r="C68" s="27"/>
+      <c r="D68" s="44"/>
+      <c r="E68" s="44"/>
+      <c r="F68" s="27"/>
+      <c r="G68" s="27"/>
+      <c r="H68" s="27"/>
+      <c r="I68" s="27"/>
+      <c r="J68" s="27"/>
+      <c r="K68" s="27"/>
+      <c r="L68" s="27"/>
+      <c r="M68" s="27"/>
+    </row>
+    <row r="69" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A69" s="27"/>
+      <c r="B69" s="27"/>
+      <c r="C69" s="27"/>
+      <c r="D69" s="44"/>
+      <c r="E69" s="44"/>
+      <c r="F69" s="27"/>
+      <c r="G69" s="27"/>
+      <c r="H69" s="27"/>
+      <c r="I69" s="27"/>
+      <c r="J69" s="27"/>
+      <c r="K69" s="27"/>
+      <c r="L69" s="27"/>
+      <c r="M69" s="27"/>
+    </row>
+    <row r="70" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A70" s="27"/>
+      <c r="B70" s="27"/>
+      <c r="C70" s="27"/>
+      <c r="D70" s="44"/>
+      <c r="E70" s="44"/>
+      <c r="F70" s="27"/>
+      <c r="G70" s="27"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="27"/>
+      <c r="J70" s="27"/>
+      <c r="K70" s="27"/>
+      <c r="L70" s="27"/>
+      <c r="M70" s="27"/>
+    </row>
+    <row r="71" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A71" s="27"/>
+      <c r="B71" s="27"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="44"/>
+      <c r="E71" s="44"/>
+      <c r="F71" s="27"/>
+      <c r="G71" s="27"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="27"/>
+      <c r="J71" s="27"/>
+      <c r="K71" s="27"/>
+      <c r="L71" s="27"/>
+      <c r="M71" s="27"/>
+    </row>
+    <row r="72" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D72" s="44"/>
+      <c r="E72" s="44"/>
+      <c r="N72" s="44"/>
+      <c r="O72" s="44"/>
+      <c r="P72" s="44"/>
+      <c r="Q72" s="44"/>
+      <c r="R72" s="44"/>
+      <c r="S72" s="44"/>
+      <c r="T72" s="44"/>
+      <c r="U72" s="44"/>
+      <c r="V72" s="44"/>
+    </row>
+    <row r="73" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D73" s="44"/>
+      <c r="E73" s="44"/>
+      <c r="N73" s="44"/>
+      <c r="O73" s="44"/>
+      <c r="P73" s="44"/>
+      <c r="Q73" s="44"/>
+      <c r="R73" s="44"/>
+      <c r="S73" s="44"/>
+      <c r="T73" s="44"/>
+      <c r="U73" s="44"/>
+      <c r="V73" s="44"/>
+    </row>
+    <row r="74" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D74" s="44"/>
+      <c r="E74" s="44"/>
+      <c r="N74" s="44"/>
+      <c r="O74" s="44"/>
+      <c r="P74" s="44"/>
+      <c r="Q74" s="44"/>
+      <c r="R74" s="44"/>
+      <c r="S74" s="44"/>
+      <c r="T74" s="44"/>
+      <c r="U74" s="44"/>
+      <c r="V74" s="44"/>
+    </row>
+    <row r="75" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D75" s="44"/>
+      <c r="E75" s="44"/>
+      <c r="N75" s="44"/>
+      <c r="O75" s="44"/>
+      <c r="P75" s="44"/>
+      <c r="Q75" s="44"/>
+      <c r="R75" s="44"/>
+      <c r="S75" s="44"/>
+      <c r="T75" s="44"/>
+      <c r="U75" s="44"/>
+      <c r="V75" s="44"/>
+    </row>
+    <row r="76" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D76" s="44"/>
+      <c r="E76" s="44"/>
+      <c r="N76" s="44"/>
+      <c r="O76" s="44"/>
+      <c r="P76" s="44"/>
+      <c r="Q76" s="44"/>
+      <c r="R76" s="44"/>
+      <c r="S76" s="44"/>
+      <c r="T76" s="44"/>
+      <c r="U76" s="44"/>
+      <c r="V76" s="44"/>
+    </row>
+    <row r="77" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="N77" s="44"/>
+      <c r="O77" s="44"/>
+      <c r="P77" s="44"/>
+      <c r="Q77" s="44"/>
+      <c r="R77" s="44"/>
+      <c r="S77" s="44"/>
+      <c r="T77" s="44"/>
+      <c r="U77" s="44"/>
+      <c r="V77" s="44"/>
+    </row>
+    <row r="78" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D78" s="44"/>
+      <c r="E78" s="44"/>
+      <c r="N78" s="44"/>
+      <c r="O78" s="44"/>
+      <c r="P78" s="44"/>
+      <c r="Q78" s="44"/>
+      <c r="R78" s="44"/>
+      <c r="S78" s="44"/>
+      <c r="T78" s="44"/>
+      <c r="U78" s="44"/>
+      <c r="V78" s="44"/>
+    </row>
+    <row r="79" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D79" s="44"/>
+      <c r="E79" s="44"/>
+      <c r="N79" s="44"/>
+      <c r="O79" s="44"/>
+      <c r="P79" s="44"/>
+      <c r="Q79" s="44"/>
+      <c r="R79" s="44"/>
+      <c r="S79" s="44"/>
+      <c r="T79" s="44"/>
+      <c r="U79" s="44"/>
+      <c r="V79" s="44"/>
+    </row>
+    <row r="80" spans="1:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D80" s="44"/>
+      <c r="E80" s="44"/>
+      <c r="N80" s="44"/>
+      <c r="O80" s="44"/>
+      <c r="P80" s="44"/>
+      <c r="Q80" s="44"/>
+      <c r="R80" s="44"/>
+      <c r="S80" s="44"/>
+      <c r="T80" s="44"/>
+      <c r="U80" s="44"/>
+      <c r="V80" s="44"/>
+    </row>
+    <row r="81" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D81" s="44"/>
+      <c r="E81" s="44"/>
+      <c r="N81" s="44"/>
+      <c r="O81" s="44"/>
+      <c r="P81" s="44"/>
+      <c r="Q81" s="44"/>
+      <c r="R81" s="44"/>
+      <c r="S81" s="44"/>
+      <c r="T81" s="44"/>
+      <c r="U81" s="44"/>
+      <c r="V81" s="44"/>
+    </row>
+    <row r="82" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D82" s="44"/>
+      <c r="E82" s="44"/>
+      <c r="N82" s="44"/>
+      <c r="O82" s="44"/>
+      <c r="P82" s="44"/>
+      <c r="Q82" s="44"/>
+      <c r="R82" s="44"/>
+      <c r="S82" s="44"/>
+      <c r="T82" s="44"/>
+      <c r="U82" s="44"/>
+      <c r="V82" s="44"/>
+    </row>
+    <row r="83" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D83" s="44"/>
+      <c r="E83" s="44"/>
+      <c r="N83" s="44"/>
+      <c r="O83" s="44"/>
+      <c r="P83" s="44"/>
+      <c r="Q83" s="44"/>
+      <c r="R83" s="44"/>
+      <c r="S83" s="44"/>
+      <c r="T83" s="44"/>
+      <c r="U83" s="44"/>
+      <c r="V83" s="44"/>
+    </row>
+    <row r="84" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D84" s="44"/>
+      <c r="E84" s="44"/>
+      <c r="N84" s="44"/>
+      <c r="O84" s="44"/>
+      <c r="P84" s="44"/>
+      <c r="Q84" s="44"/>
+      <c r="R84" s="44"/>
+      <c r="S84" s="44"/>
+      <c r="T84" s="44"/>
+      <c r="U84" s="44"/>
+      <c r="V84" s="44"/>
+    </row>
+    <row r="85" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D85" s="44"/>
+      <c r="E85" s="44"/>
+      <c r="N85" s="44"/>
+      <c r="O85" s="44"/>
+      <c r="P85" s="44"/>
+      <c r="Q85" s="44"/>
+      <c r="R85" s="44"/>
+      <c r="S85" s="44"/>
+      <c r="T85" s="44"/>
+      <c r="U85" s="44"/>
+      <c r="V85" s="44"/>
+    </row>
+    <row r="86" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D86" s="44"/>
+      <c r="E86" s="44"/>
+      <c r="N86" s="44"/>
+      <c r="O86" s="44"/>
+      <c r="P86" s="44"/>
+      <c r="Q86" s="44"/>
+      <c r="R86" s="44"/>
+      <c r="S86" s="44"/>
+      <c r="T86" s="44"/>
+      <c r="U86" s="44"/>
+      <c r="V86" s="44"/>
+    </row>
+    <row r="87" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D87" s="44"/>
+      <c r="E87" s="44"/>
+      <c r="N87" s="44"/>
+      <c r="O87" s="44"/>
+      <c r="P87" s="44"/>
+      <c r="Q87" s="44"/>
+      <c r="R87" s="44"/>
+      <c r="S87" s="44"/>
+      <c r="T87" s="44"/>
+      <c r="U87" s="44"/>
+      <c r="V87" s="44"/>
+    </row>
+    <row r="88" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D88" s="44"/>
+      <c r="E88" s="44"/>
+      <c r="N88" s="44"/>
+      <c r="O88" s="44"/>
+      <c r="P88" s="44"/>
+      <c r="Q88" s="44"/>
+      <c r="R88" s="44"/>
+      <c r="S88" s="44"/>
+      <c r="T88" s="44"/>
+      <c r="U88" s="44"/>
+      <c r="V88" s="44"/>
+    </row>
+    <row r="89" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="N89" s="44"/>
+      <c r="O89" s="44"/>
+      <c r="P89" s="44"/>
+      <c r="Q89" s="44"/>
+      <c r="R89" s="44"/>
+      <c r="S89" s="44"/>
+      <c r="T89" s="44"/>
+      <c r="U89" s="44"/>
+      <c r="V89" s="44"/>
+    </row>
+    <row r="90" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D90" s="44"/>
+      <c r="E90" s="44"/>
+      <c r="N90" s="44"/>
+      <c r="O90" s="44"/>
+      <c r="P90" s="44"/>
+      <c r="Q90" s="44"/>
+      <c r="R90" s="44"/>
+      <c r="S90" s="44"/>
+      <c r="T90" s="44"/>
+      <c r="U90" s="44"/>
+      <c r="V90" s="44"/>
+    </row>
+    <row r="91" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D91" s="44"/>
+      <c r="E91" s="44"/>
+      <c r="N91" s="44"/>
+      <c r="O91" s="44"/>
+      <c r="P91" s="44"/>
+      <c r="Q91" s="44"/>
+      <c r="R91" s="44"/>
+      <c r="S91" s="44"/>
+      <c r="T91" s="44"/>
+      <c r="U91" s="44"/>
+      <c r="V91" s="44"/>
+    </row>
+    <row r="92" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D92" s="44"/>
+      <c r="E92" s="44"/>
+      <c r="N92" s="44"/>
+      <c r="O92" s="44"/>
+      <c r="P92" s="44"/>
+      <c r="Q92" s="44"/>
+      <c r="R92" s="44"/>
+      <c r="S92" s="44"/>
+      <c r="T92" s="44"/>
+      <c r="U92" s="44"/>
+      <c r="V92" s="44"/>
+    </row>
+    <row r="93" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D93" s="44"/>
+      <c r="E93" s="44"/>
+      <c r="N93" s="44"/>
+      <c r="O93" s="44"/>
+      <c r="P93" s="44"/>
+      <c r="Q93" s="44"/>
+      <c r="R93" s="44"/>
+      <c r="S93" s="44"/>
+      <c r="T93" s="44"/>
+      <c r="U93" s="44"/>
+      <c r="V93" s="44"/>
+    </row>
+    <row r="94" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D94" s="44"/>
+      <c r="E94" s="44"/>
+      <c r="N94" s="44"/>
+      <c r="O94" s="44"/>
+      <c r="P94" s="44"/>
+      <c r="Q94" s="44"/>
+      <c r="R94" s="44"/>
+      <c r="S94" s="44"/>
+      <c r="T94" s="44"/>
+      <c r="U94" s="44"/>
+      <c r="V94" s="44"/>
+    </row>
+    <row r="95" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D95" s="44"/>
+      <c r="E95" s="44"/>
+      <c r="N95" s="44"/>
+      <c r="O95" s="44"/>
+      <c r="P95" s="44"/>
+      <c r="Q95" s="44"/>
+      <c r="R95" s="44"/>
+      <c r="S95" s="44"/>
+      <c r="T95" s="44"/>
+      <c r="U95" s="44"/>
+      <c r="V95" s="44"/>
+    </row>
+    <row r="96" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D96" s="44"/>
+      <c r="E96" s="44"/>
+      <c r="N96" s="44"/>
+      <c r="O96" s="44"/>
+      <c r="P96" s="44"/>
+      <c r="Q96" s="44"/>
+      <c r="R96" s="44"/>
+      <c r="S96" s="44"/>
+      <c r="T96" s="44"/>
+      <c r="U96" s="44"/>
+      <c r="V96" s="44"/>
+    </row>
+    <row r="97" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D97" s="44"/>
+      <c r="E97" s="44"/>
+      <c r="N97" s="44"/>
+      <c r="O97" s="44"/>
+      <c r="P97" s="44"/>
+      <c r="Q97" s="44"/>
+      <c r="R97" s="44"/>
+      <c r="S97" s="44"/>
+      <c r="T97" s="44"/>
+      <c r="U97" s="44"/>
+      <c r="V97" s="44"/>
+    </row>
+    <row r="98" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D98" s="44"/>
+      <c r="E98" s="44"/>
+      <c r="N98" s="44"/>
+      <c r="O98" s="44"/>
+      <c r="P98" s="44"/>
+      <c r="Q98" s="44"/>
+      <c r="R98" s="44"/>
+      <c r="S98" s="44"/>
+      <c r="T98" s="44"/>
+      <c r="U98" s="44"/>
+      <c r="V98" s="44"/>
+    </row>
+    <row r="99" spans="4:22" s="27" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D99" s="44"/>
+      <c r="E99" s="44"/>
+      <c r="N99" s="44"/>
+      <c r="O99" s="44"/>
+      <c r="P99" s="44"/>
+      <c r="Q99" s="44"/>
+      <c r="R99" s="44"/>
+      <c r="S99" s="44"/>
+      <c r="T99" s="44"/>
+      <c r="U99" s="44"/>
+      <c r="V99" s="44"/>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="24">
+    <mergeCell ref="C2:L4"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="F9:L9"/>
+    <mergeCell ref="B11:B20"/>
+    <mergeCell ref="C11:C20"/>
+    <mergeCell ref="L11:L20"/>
+    <mergeCell ref="B34:J34"/>
+    <mergeCell ref="J22:J24"/>
+    <mergeCell ref="K22:K24"/>
+    <mergeCell ref="L22:L24"/>
+    <mergeCell ref="F25:L25"/>
+    <mergeCell ref="B26:L26"/>
+    <mergeCell ref="B27:L27"/>
+    <mergeCell ref="B22:B24"/>
+    <mergeCell ref="C22:C24"/>
+    <mergeCell ref="F22:F24"/>
+    <mergeCell ref="G22:G24"/>
+    <mergeCell ref="H22:H24"/>
+    <mergeCell ref="I22:I24"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="B30:I30"/>
+    <mergeCell ref="B31:I31"/>
+    <mergeCell ref="B32:I32"/>
+    <mergeCell ref="B33:I33"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J32:J33" xr:uid="{02DD1192-326D-47D3-9049-F0D521F07049}">
+      <formula1>"OUI, NON"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>A compléter</vt:lpstr>
+      <vt:lpstr>Exemple</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_AdHocReviewCycleID">
-    <vt:i4>-815772981</vt:i4>
+    <vt:i4>1333179362</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_PreviousAdHocReviewCycleID">
-    <vt:i4>-524114027</vt:i4>
+    <vt:i4>-1790209050</vt:i4>
   </property>
 </Properties>
 </file>