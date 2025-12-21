--- v0 (2025-10-09)
+++ v1 (2025-12-21)
@@ -19,112 +19,109 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr updateLinks="never"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO7135\04_ECONOMIE_DE_LA_SANTE\10_Cofinancement_cantonal\Financement residuel\1. LAMAL GENEVOIS\4. MODELE DECOMPTE-STAT-FICHE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO7135\04_ECONOMIE_DE_LA_SANTE\10_Cofinancement_cantonal\Financement residuel\1. LAMAL GENEVOIS\04. MODELE DECOMPTE-STAT-FICHE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D020208-665C-450E-896E-9D7F2EA1FCD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{48666482-9F43-4C48-85C9-ABF942D1C61A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="57480" yWindow="-15" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-105" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
     <sheet name="Saisie_AOS" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="ASSURANCE">[1]Listes!$G$2:$G$53</definedName>
-    <definedName name="Part_AOS_A">Feuil1!$E$31</definedName>
-[...5 lines deleted...]
-    <definedName name="Tarif_OPAS_C">Feuil1!$G$33</definedName>
+    <definedName name="Part_AOS_A">Feuil1!$E$32</definedName>
+    <definedName name="Part_AOS_B">Feuil1!$E$33</definedName>
+    <definedName name="Part_AOS_C">Feuil1!$E$34</definedName>
+    <definedName name="Part_patient">Feuil1!$F$32</definedName>
+    <definedName name="Tarif_OPAS_A">Feuil1!$G$32</definedName>
+    <definedName name="Tarif_OPAS_B">Feuil1!$G$33</definedName>
+    <definedName name="Tarif_OPAS_C">Feuil1!$G$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C37" i="1" l="1"/>
+  <c r="A41" i="1" l="1"/>
   <c r="C38" i="1"/>
-  <c r="A37" i="1"/>
+  <c r="C39" i="1"/>
   <c r="A38" i="1"/>
-  <c r="F31" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="P1201" i="2"/>
+  <c r="A39" i="1"/>
+  <c r="F32" i="1" l="1"/>
+  <c r="E39" i="1" l="1"/>
+  <c r="B39" i="1"/>
+  <c r="P1201" i="2" l="1"/>
   <c r="P1200" i="2"/>
   <c r="P1199" i="2"/>
   <c r="P1198" i="2"/>
   <c r="P1197" i="2"/>
   <c r="P1196" i="2"/>
   <c r="P1195" i="2"/>
   <c r="P1194" i="2"/>
   <c r="P1193" i="2"/>
   <c r="P1192" i="2"/>
   <c r="P1191" i="2"/>
   <c r="P1190" i="2"/>
   <c r="P1189" i="2"/>
   <c r="P1188" i="2"/>
   <c r="P1187" i="2"/>
   <c r="P1186" i="2"/>
   <c r="P1185" i="2"/>
   <c r="P1184" i="2"/>
   <c r="P1183" i="2"/>
   <c r="P1182" i="2"/>
   <c r="P1181" i="2"/>
   <c r="P1180" i="2"/>
   <c r="P1179" i="2"/>
   <c r="P1178" i="2"/>
   <c r="P1177" i="2"/>
   <c r="P1176" i="2"/>
@@ -1278,72 +1275,71 @@
   <c r="P28" i="2"/>
   <c r="P27" i="2"/>
   <c r="P26" i="2"/>
   <c r="P25" i="2"/>
   <c r="P24" i="2"/>
   <c r="P23" i="2"/>
   <c r="P22" i="2"/>
   <c r="P21" i="2"/>
   <c r="P20" i="2"/>
   <c r="P19" i="2"/>
   <c r="P18" i="2"/>
   <c r="P17" i="2"/>
   <c r="P16" i="2"/>
   <c r="P15" i="2"/>
   <c r="P14" i="2"/>
   <c r="P13" i="2"/>
   <c r="P12" i="2"/>
   <c r="P11" i="2"/>
   <c r="P10" i="2"/>
   <c r="P9" i="2"/>
   <c r="P8" i="2"/>
   <c r="P7" i="2"/>
   <c r="P6" i="2"/>
   <c r="P5" i="2"/>
   <c r="P4" i="2"/>
-  <c r="A40" i="1"/>
+  <c r="D34" i="1"/>
   <c r="D33" i="1"/>
   <c r="D32" i="1"/>
-  <c r="D31" i="1"/>
-  <c r="E28" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="J28" i="1"/>
+  <c r="I28" i="1"/>
   <c r="J27" i="1"/>
   <c r="I27" i="1"/>
-  <c r="J26" i="1"/>
-[...8 lines deleted...]
-  <c r="H38" i="1" l="1"/>
+  <c r="G27" i="1"/>
+  <c r="E28" i="1" l="1"/>
+  <c r="F39" i="1"/>
+  <c r="E27" i="1"/>
+  <c r="I38" i="1"/>
+  <c r="D39" i="1" l="1"/>
+  <c r="G39" i="1"/>
+  <c r="H39" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="74">
   <si>
     <t>Décompte des heures prestées et remboursées par les assureurs 
 pour le versement de la part résiduelle de soins</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>N°ID/Infirmier.ère</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t xml:space="preserve">Infirmier-ère Indépendant-e </t>
   </si>
   <si>
     <t>INF</t>
   </si>
   <si>
     <t>NOM, Prénom</t>
   </si>
   <si>
     <t>Date de naissance</t>
   </si>
@@ -1511,84 +1507,63 @@
     <t>Heures
 OPAS C</t>
   </si>
   <si>
     <t>Part assureurs</t>
   </si>
   <si>
     <t>Nb de jours facturés au patient</t>
   </si>
   <si>
     <t>Montant part patient totale</t>
   </si>
   <si>
     <t>Cout total selon RFRLAMal</t>
   </si>
   <si>
     <t>Part résiduelle cantonale</t>
   </si>
   <si>
     <t>Conformité bases légales</t>
   </si>
   <si>
     <t>Contrôle_part_résiduelle</t>
   </si>
   <si>
-    <t>Remarques éventuelles à consulter avant signature</t>
-[...1 lines deleted...]
-  <si>
     <t>Remarques formulées par le prestataire de soins</t>
-  </si>
-[...10 lines deleted...]
-    <t>Par sa signature, l'infirmier(ère) indépendant(e) atteste être en conformité avec les exigences des directives portant sur le financement résiduel et en particulier :</t>
   </si>
   <si>
     <t>atteste être au bénéfice d'une autorisation de pratiquer</t>
   </si>
   <si>
     <t>atteste que les heures figurant dans le présent décompte concernent exclusivement des patients résidant dans le canton de Genève</t>
   </si>
   <si>
     <t>atteste que les heures figurant dans le présent décompte ont fait  l'objet d'un remboursement intégral de la part de  l'assurance obligatoire des soins au titre des prestations prévues par l'OPAS, article 7</t>
   </si>
   <si>
     <t>atteste avoir signé la charte de collaboration des partenaires du réseau de soin</t>
-  </si>
-[...4 lines deleted...]
-    <t>Signature :</t>
   </si>
   <si>
     <t>Le numéro ID est à renseigner dans l'onglet décompte et est reporté automatiquement dans la colonne ci-dessous.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve">Veuillez renseigner les détails de la facture
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t>(</t>
     </r>
@@ -1624,541 +1599,424 @@
   <si>
     <t>N° facture</t>
   </si>
   <si>
     <t>Date d'émission de la facture</t>
   </si>
   <si>
     <t>Date de début des prestations facturées</t>
   </si>
   <si>
     <t>Date de fin des prestations facturées</t>
   </si>
   <si>
     <t>Nb jours facturés au patient</t>
   </si>
   <si>
     <t>Montant du remboursement AOS</t>
   </si>
   <si>
     <t>Autre prestataire ayant facturé une contribution patient le même jour</t>
   </si>
   <si>
     <t>Controle_source</t>
   </si>
   <si>
-    <t>Total</t>
-[...1 lines deleted...]
-  <si>
     <t>Département de la santé et des mobilités</t>
   </si>
   <si>
     <t>Office cantonal de la santé</t>
   </si>
   <si>
     <t>Trimestre</t>
   </si>
   <si>
     <t>du mois de</t>
   </si>
   <si>
     <t>au mois de</t>
   </si>
   <si>
-    <r>
-[...137 lines deleted...]
-  <si>
     <t>Remarques</t>
   </si>
   <si>
     <t>atteste avoir transmis à l'OCS (snrs.financement-residuel@etat.ge.ch) le document "Fiche fournisseur" à jour (coordonnées bancaires)</t>
   </si>
   <si>
     <t xml:space="preserve"> Assurance (N° BAG)</t>
   </si>
   <si>
     <t>Caisses des médecins</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">1er trimestre </t>
   </si>
   <si>
     <t>NPA/Code postal patient</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre de jours pour lesquels la contribution obligatoire  de 10 CHF a été facturée au patient
 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 Saisie des heures
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve">Pour chaque trimestre, renseignez les colonnes en bleu du tableau 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t>Attention :</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve"> seules les heures entièrement remboursées par les assureurs doivent figurer dans ce décompte !</t>
     </r>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Pour bénéficier du financement résiduel, 
+le présent décompte dûment rempli doit être déposé sous format Exel sur le portail suivant: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>https://mfte.ge.ch/</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+au plus tard 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>le 10 avril pour le 1er trimestre,
+le 10 juillet pour le 2ème trimestre, 
+le 10 octobre pour le 3ème trimestre,
+le 10 janvier de l'année suivante pour le 4ème trimestre</t>
+    </r>
+  </si>
+  <si>
+    <t>L'infirmier(ère) indépendant(e) atteste être en conformité avec les exigences des directives portant sur le financement résiduel et en particulier :</t>
+  </si>
+  <si>
+    <t>4ème trimestre</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="mmm/yyyy"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* \-??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...11 lines deleted...]
-      <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="1" tint="0.499984740745262"/>
-[...5 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...7 lines deleted...]
-      <color rgb="FF0000FF"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFDCE6F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF558ED5"/>
         <bgColor rgb="FF4F81BD"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDCE6F2"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2DCDB"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1" tint="0.34998626667073579"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="34">
+  <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
@@ -2342,127 +2200,92 @@
         <color rgb="FFD99694"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFD99694"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD99694"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFD99694"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF8EB4E3"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color rgb="FF8EB4E3"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
-[...11 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color rgb="FF8EB4E3"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
@@ -2497,172 +2320,253 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color auto="1"/>
       </right>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="4" tint="0.39994506668294322"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF8EB4E3"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF558ED5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="4" tint="0.39991454817346722"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thick">
+        <color theme="4" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thick">
+        <color theme="4" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF8EB4E3"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thick">
+        <color theme="4" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="162">
+  <cellXfs count="150">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="4" fontId="5" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="4" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="4" fontId="5" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="4" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
@@ -2676,440 +2580,369 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="9" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="9" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="6" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="9" fillId="6" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="9" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="16" fillId="8" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-    <xf numFmtId="43" fontId="28" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="43" fontId="21" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="23" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="31">
     <dxf>
-      <font>
-[...16 lines deleted...]
-      <protection locked="0" hidden="0"/>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
-      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...55 lines deleted...]
-      <protection locked="0" hidden="0"/>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b/>
-        <strike val="0"/>
-[...7 lines deleted...]
-        <scheme val="none"/>
+        <i val="0"/>
+        <color rgb="FFFF0000"/>
       </font>
-      <protection locked="1" hidden="0"/>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFFF"/>
@@ -3121,324 +2954,371 @@
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <gradientFill degree="90">
           <stop position="0">
             <color theme="0"/>
           </stop>
           <stop position="1">
             <color theme="4"/>
           </stop>
         </gradientFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="4" tint="0.39994506668294322"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <charset val="1"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Arial"/>
+        <charset val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
       <fill>
-        <patternFill>
-          <bgColor rgb="FFFFFF00"/>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...6 lines deleted...]
-      </border>
+      <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
-      <fill>
-[...26 lines deleted...]
-      </border>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="4" formatCode="#,##0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="167" formatCode="#,##0.0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="167" formatCode="#,##0.0"/>
     </dxf>
-    <dxf>
-[...39 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$47" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$49" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$37" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$39" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$53" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$50" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$51" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$52" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$53" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$54" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$35" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$36" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$38" lockText="1" noThreeD="1"/>
-</file>
-[...34 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$37" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>7560</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>7560</xdr:colOff>
+      <xdr:colOff>13910</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>93340</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Image 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7560" y="0"/>
           <a:ext cx="997920" cy="766440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>46</xdr:row>
+          <xdr:row>48</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>47</xdr:row>
-          <xdr:rowOff>127000</xdr:rowOff>
+          <xdr:row>49</xdr:row>
+          <xdr:rowOff>120650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3454,57 +3334,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:row>49</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3521,58 +3401,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>49</xdr:row>
-          <xdr:rowOff>127000</xdr:rowOff>
+          <xdr:row>51</xdr:row>
+          <xdr:rowOff>120650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3588,57 +3468,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>51</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>50</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1028" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3655,58 +3535,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>50</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>51</xdr:row>
-          <xdr:rowOff>127000</xdr:rowOff>
+          <xdr:row>53</xdr:row>
+          <xdr:rowOff>120650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3722,58 +3602,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>51</xdr:row>
+          <xdr:row>53</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>52</xdr:row>
-          <xdr:rowOff>127000</xdr:rowOff>
+          <xdr:row>54</xdr:row>
+          <xdr:rowOff>126999</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1030" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1030"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3863,57 +3743,57 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
-          <xdr:row>46</xdr:row>
+          <xdr:row>48</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>946150</xdr:colOff>
-          <xdr:row>46</xdr:row>
+          <xdr:colOff>939800</xdr:colOff>
+          <xdr:row>48</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1033" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1033"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3930,57 +3810,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:row>49</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>946150</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:colOff>939800</xdr:colOff>
+          <xdr:row>49</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3997,58 +3877,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>51</xdr:row>
           <xdr:rowOff>88900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>946150</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>298450</xdr:rowOff>
+          <xdr:colOff>939800</xdr:colOff>
+          <xdr:row>51</xdr:row>
+          <xdr:rowOff>292100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1035" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1035"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4064,57 +3944,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>946150</xdr:colOff>
-          <xdr:row>48</xdr:row>
+          <xdr:colOff>939800</xdr:colOff>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -4131,58 +4011,58 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
-          <xdr:row>50</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>946150</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>317500</xdr:rowOff>
+          <xdr:colOff>939800</xdr:colOff>
+          <xdr:row>52</xdr:row>
+          <xdr:rowOff>311150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1037" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1037"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4198,57 +4078,57 @@
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>51</xdr:row>
+          <xdr:row>53</xdr:row>
           <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
-          <xdr:row>51</xdr:row>
+          <xdr:row>53</xdr:row>
           <xdr:rowOff>285750</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1038" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1038"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -4282,51 +4162,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/UO6082/98_TRANSFERT/11_RESEAU_SOINS/02_SAD/00_FINANCEMENT%20RESIDUEL/1.%20LAMAL%20GENEVOIS/4.MODELE%20DECOMPTE/decompte_inf2020%20(1).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Décompte"/>
       <sheetName val="Saisie_heures"/>
       <sheetName val="Listes"/>
       <sheetName val="Paramètres"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="8">
           <cell r="F8"/>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
-      <sheetData sheetId="2">
+      <sheetData sheetId="2" refreshError="1">
         <row r="2">
           <cell r="G2" t="str">
             <v>Agrisano</v>
           </cell>
         </row>
         <row r="3">
           <cell r="G3" t="str">
             <v>AMB Assurances SA</v>
           </cell>
         </row>
         <row r="4">
           <cell r="G4" t="str">
             <v>Aquilana</v>
           </cell>
         </row>
         <row r="5">
           <cell r="G5" t="str">
             <v>Arcosana</v>
           </cell>
         </row>
         <row r="6">
           <cell r="G6" t="str">
             <v>Assura-Basis SA</v>
           </cell>
         </row>
@@ -4551,115 +4431,115 @@
           </cell>
         </row>
         <row r="51">
           <cell r="G51" t="str">
             <v>Vivao Sympany</v>
           </cell>
         </row>
         <row r="52">
           <cell r="G52" t="str">
             <v>Wädenswil</v>
           </cell>
         </row>
         <row r="53">
           <cell r="G53" t="str">
             <v>Autre : à justifier par écrit sur la page de décompte</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="SYNTHESE" displayName="SYNTHESE" ref="A36:J38" totalsRowShown="0">
-  <autoFilter ref="A36:J38" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="SYNTHESE" displayName="SYNTHESE" ref="A37:J39" totalsRowShown="0">
+  <autoFilter ref="A37:J39" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="10">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Heures_x000a_OPAS A" dataDxfId="28">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Heures_x000a_OPAS A" dataDxfId="30">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS A])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Heures_x000a_OPAS B" dataDxfId="27">
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Heures_x000a_OPAS B" dataDxfId="29">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS B])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Heures_x000a_OPAS C" dataDxfId="26">
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Heures_x000a_OPAS C" dataDxfId="28">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS C])</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Part assureurs">
       <calculatedColumnFormula>(SYNTHESE[[#This Row],[Heures
 OPAS A]]*Part_AOS_A)+(SYNTHESE[[#This Row],[Heures
 OPAS B]]*Part_AOS_B)+(SYNTHESE[[#This Row],[Heures
 OPAS C]]*Part_AOS_C)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Nb de jours facturés au patient" dataDxfId="25">
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Nb de jours facturés au patient" dataDxfId="27">
       <calculatedColumnFormula>SUM(DECOMPTE[Nb jours facturés au patient])</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Montant part patient totale">
       <calculatedColumnFormula>SYNTHESE[[#This Row],[Nb de jours facturés au patient]]*Part_patient</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Cout total selon RFRLAMal">
       <calculatedColumnFormula>(SYNTHESE[[#This Row],[Heures
 OPAS A]]*Tarif_OPAS_A)+(SYNTHESE[[#This Row],[Heures
 OPAS B]]*Tarif_OPAS_B)+(SYNTHESE[[#This Row],[Heures
 OPAS C]]*Tarif_OPAS_C)</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Part résiduelle cantonale">
       <calculatedColumnFormula>IF( (SYNTHESE[[#This Row],[Cout total selon RFRLAMal]]-SYNTHESE[[#This Row],[Part assureurs]]-SYNTHESE[[#This Row],[Montant part patient totale]])&lt;=0,0,(SYNTHESE[[#This Row],[Cout total selon RFRLAMal]]-SYNTHESE[[#This Row],[Part assureurs]]-SYNTHESE[[#This Row],[Montant part patient totale]]))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Conformité bases légales" dataDxfId="24">
-      <calculatedColumnFormula>IF(OR( AND(I26=0,J26=0),AND(I26=1,J26=1), AND(I27=0,J27=0),AND(I27=1,J27=1), I47=0, I48=0, I49=0, I50=0, I51=0, ),"non conforme","confrome")</calculatedColumnFormula>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Conformité bases légales" dataDxfId="26">
+      <calculatedColumnFormula>IF(OR( AND(I27=0,J27=0),AND(I27=1,J27=1), AND(I28=0,J28=0),AND(I28=1,J28=1), I49=0, I50=0, I51=0, I52=0, I53=0, ),"non conforme","confrome")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Contrôle_part_résiduelle" dataDxfId="23" dataCellStyle="Milliers"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Contrôle_part_résiduelle" dataDxfId="25" dataCellStyle="Milliers"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="DECOMPTE" displayName="DECOMPTE" ref="A3:P1201" totalsRowShown="0">
   <autoFilter ref="A3:P1201" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="16">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="N° ID/Infirmière" dataDxfId="15"/>
-[...14 lines deleted...]
-    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0100-000017000000}" name="Controle_source" dataDxfId="0">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="N° ID/Infirmière" dataDxfId="23"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="N°ID/Patient" dataDxfId="9"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0100-00000F000000}" name="NPA/Code postal patient" dataDxfId="22"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="N° facture" dataDxfId="21"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Date d'émission de la facture" dataDxfId="20"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Date de début des prestations facturées" dataDxfId="19"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Date de fin des prestations facturées" dataDxfId="18"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Heures_x000a_OPAS A" dataDxfId="17"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="Heures_x000a_OPAS B" dataDxfId="16"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Heures_x000a_OPAS C" dataDxfId="15"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="Nb jours facturés au patient" dataDxfId="14"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0100-00000B000000}" name="Montant du remboursement AOS" dataDxfId="13"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0100-00000C000000}" name=" Assurance (N° BAG)" dataDxfId="12"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0100-00000D000000}" name="Autre prestataire ayant facturé une contribution patient le même jour" dataDxfId="11"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0100-00000E000000}" name="Remarques" dataDxfId="10"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0100-000017000000}" name="Controle_source" dataDxfId="24">
       <calculatedColumnFormula>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B4:G4)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4887,28905 +4767,28806 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ge.ch/soins-domicile-financement-residuel" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:ALW57"/>
+  <dimension ref="A1:ALW56"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A14" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="C29" sqref="C29"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="22.54296875" customWidth="1"/>
     <col min="3" max="3" width="17.453125" customWidth="1"/>
     <col min="4" max="4" width="18.81640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19.7265625" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="30.26953125" style="3" customWidth="1"/>
     <col min="9" max="9" width="15.81640625" style="4" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="13.7265625" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="1011" width="10.7265625" hidden="1" customWidth="1"/>
     <col min="1012" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="61.15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:10" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="5" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="132" t="s">
+      <c r="A5" s="125" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="133"/>
-[...5 lines deleted...]
-      <c r="H5" s="134"/>
+      <c r="B5" s="126"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="126"/>
+      <c r="F5" s="126"/>
+      <c r="G5" s="126"/>
+      <c r="H5" s="127"/>
     </row>
     <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:10" s="11" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="130">
+      <c r="B7" s="114">
         <v>2025</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="7"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="9"/>
       <c r="I7" s="10"/>
       <c r="J7" s="9"/>
     </row>
     <row r="8" spans="1:10" s="11" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="117" t="s">
-[...12 lines deleted...]
-      <c r="F8" s="120"/>
+      <c r="A8" s="107" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" s="108" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" s="109" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" s="110"/>
+      <c r="E8" s="109" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" s="110"/>
       <c r="G8" s="8"/>
       <c r="H8" s="9"/>
       <c r="I8" s="10"/>
       <c r="J8" s="9"/>
     </row>
     <row r="9" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="11" spans="1:10" ht="27.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E11" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F11" s="12"/>
     </row>
     <row r="12" spans="1:10" ht="27.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E12" s="7"/>
       <c r="F12" s="2"/>
     </row>
     <row r="13" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="14" spans="1:10" s="11" customFormat="1" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="B14" s="135" t="s">
+      <c r="B14" s="128" t="s">
         <v>4</v>
       </c>
-      <c r="C14" s="135"/>
-      <c r="D14" s="135"/>
+      <c r="C14" s="128"/>
+      <c r="D14" s="128"/>
       <c r="E14" s="13" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="9"/>
       <c r="I14" s="10"/>
       <c r="J14" s="9"/>
     </row>
     <row r="15" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A15" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="136"/>
-[...2 lines deleted...]
-      <c r="E15" s="136"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="129"/>
+      <c r="D15" s="129"/>
+      <c r="E15" s="129"/>
       <c r="G15" s="8"/>
       <c r="H15" s="9"/>
       <c r="I15" s="10"/>
       <c r="J15" s="9"/>
     </row>
     <row r="16" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A16" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="137"/>
-[...2 lines deleted...]
-      <c r="E16" s="139"/>
+      <c r="B16" s="130"/>
+      <c r="C16" s="131"/>
+      <c r="D16" s="131"/>
+      <c r="E16" s="132"/>
       <c r="G16" s="8"/>
       <c r="H16" s="9"/>
       <c r="I16" s="10"/>
       <c r="J16" s="9"/>
     </row>
     <row r="17" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A17" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="140"/>
-[...2 lines deleted...]
-      <c r="E17" s="140"/>
+      <c r="B17" s="133"/>
+      <c r="C17" s="133"/>
+      <c r="D17" s="133"/>
+      <c r="E17" s="133"/>
       <c r="G17" s="8"/>
       <c r="H17" s="9"/>
       <c r="I17" s="10"/>
       <c r="J17" s="9"/>
     </row>
     <row r="18" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A18" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B18" s="141"/>
-[...2 lines deleted...]
-      <c r="E18" s="141"/>
+      <c r="B18" s="134"/>
+      <c r="C18" s="134"/>
+      <c r="D18" s="134"/>
+      <c r="E18" s="134"/>
       <c r="G18" s="8"/>
       <c r="H18" s="9"/>
       <c r="I18" s="10"/>
       <c r="J18" s="9"/>
     </row>
     <row r="19" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="142"/>
-[...2 lines deleted...]
-      <c r="E19" s="142"/>
+      <c r="B19" s="135"/>
+      <c r="C19" s="135"/>
+      <c r="D19" s="135"/>
+      <c r="E19" s="135"/>
       <c r="G19" s="8"/>
       <c r="H19" s="9"/>
       <c r="I19" s="10"/>
       <c r="J19" s="9"/>
     </row>
     <row r="20" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B20" s="142"/>
-[...2 lines deleted...]
-      <c r="E20" s="142"/>
+      <c r="B20" s="135"/>
+      <c r="C20" s="135"/>
+      <c r="D20" s="135"/>
+      <c r="E20" s="135"/>
       <c r="G20" s="8"/>
       <c r="H20" s="9"/>
       <c r="I20" s="10"/>
       <c r="J20" s="9"/>
     </row>
     <row r="21" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B21" s="142"/>
-[...2 lines deleted...]
-      <c r="E21" s="142"/>
+      <c r="B21" s="135"/>
+      <c r="C21" s="135"/>
+      <c r="D21" s="135"/>
+      <c r="E21" s="135"/>
       <c r="G21" s="8"/>
       <c r="H21" s="9"/>
       <c r="I21" s="10"/>
       <c r="J21" s="9"/>
     </row>
     <row r="22" spans="1:10" s="11" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A22" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B22" s="136"/>
-[...2 lines deleted...]
-      <c r="E22" s="136"/>
+      <c r="B22" s="129"/>
+      <c r="C22" s="129"/>
+      <c r="D22" s="129"/>
+      <c r="E22" s="129"/>
       <c r="G22" s="8"/>
       <c r="H22" s="9"/>
       <c r="I22" s="10"/>
       <c r="J22" s="9"/>
     </row>
-    <row r="24" spans="1:10" ht="37" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A25" s="14" t="s">
+    <row r="26" spans="1:10" s="15" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="E25" s="1"/>
-      <c r="I25" s="16" t="s">
+      <c r="E26" s="1"/>
+      <c r="I26" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="J25" s="16" t="s">
+      <c r="J26" s="16" t="s">
         <v>14</v>
-      </c>
-[...23 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="18" t="str">
         <f>IF(AND(I27=1,J27=1),"Vous ne pouvez pas cocher les deux cases","Si oui, lequel?")</f>
         <v>Si oui, lequel?</v>
       </c>
-      <c r="F27" s="22"/>
-      <c r="I27" s="23" t="b">
+      <c r="F27" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G27" s="2" t="str">
+        <f>IF(F27="Autre","Nom de l'entité:","")</f>
+        <v/>
+      </c>
+      <c r="I27" s="20" t="b">
         <f>FALSE()</f>
         <v>0</v>
       </c>
-      <c r="J27" s="24" t="b">
+      <c r="J27" s="21" t="b">
         <f>FALSE()</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="D28" s="26"/>
+    <row r="28" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" s="17"/>
       <c r="E28" s="18" t="str">
-        <f>IF(AND(I28=1,J28=1),"Vous ne pouvez pas cocher les deux cases","")</f>
+        <f>IF(AND(I28=1,J28=1),"Vous ne pouvez pas cocher les deux cases","Si oui, lequel?")</f>
+        <v>Si oui, lequel?</v>
+      </c>
+      <c r="F28" s="22"/>
+      <c r="I28" s="23" t="b">
+        <f>FALSE()</f>
+        <v>0</v>
+      </c>
+      <c r="J28" s="24" t="b">
+        <f>FALSE()</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C29" s="25"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="18" t="str">
+        <f>IF(AND(I29=1,J29=1),"Vous ne pouvez pas cocher les deux cases","")</f>
         <v/>
       </c>
-      <c r="F28" s="4"/>
-[...2 lines deleted...]
-      <c r="A29" s="27" t="s">
+      <c r="F29" s="4"/>
+    </row>
+    <row r="30" spans="1:10" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B29" s="26"/>
-[...7 lines deleted...]
-      <c r="A30" s="30" t="s">
+      <c r="B30" s="26"/>
+      <c r="C30" s="26"/>
+      <c r="D30" s="26"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="26"/>
+      <c r="G30" s="29"/>
+    </row>
+    <row r="31" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="B30" s="144" t="s">
+      <c r="B31" s="136" t="s">
         <v>19</v>
       </c>
-      <c r="C30" s="144"/>
-      <c r="D30" s="31" t="s">
+      <c r="C31" s="136"/>
+      <c r="D31" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="E30" s="31" t="s">
+      <c r="E31" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="F30" s="31" t="s">
+      <c r="F31" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="G30" s="32" t="s">
+      <c r="G31" s="32" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="33" t="s">
+    <row r="32" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="33" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="34" t="s">
+      <c r="B32" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="C31" s="35"/>
-[...1 lines deleted...]
-        <f>G31-F31-E31</f>
+      <c r="C32" s="35"/>
+      <c r="D32" s="36">
+        <f>G32-F32-E32</f>
         <v>33.099999999999994</v>
       </c>
-      <c r="E31" s="37">
+      <c r="E32" s="37">
         <v>76.900000000000006</v>
       </c>
-      <c r="F31" s="131">
+      <c r="F32" s="124">
         <f>IF(B7&lt;=2024,8,10)</f>
         <v>10</v>
       </c>
-      <c r="G31" s="38">
+      <c r="G32" s="38">
         <v>120</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="33" t="s">
+    <row r="33" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="34" t="s">
+      <c r="B33" s="34" t="s">
         <v>27</v>
       </c>
-      <c r="C32" s="35"/>
-[...1 lines deleted...]
-        <f>G32-F31-E32</f>
+      <c r="C33" s="35"/>
+      <c r="D33" s="36">
+        <f>G33-F32-E33</f>
         <v>25</v>
       </c>
-      <c r="E32" s="37">
+      <c r="E33" s="37">
         <v>63</v>
       </c>
-      <c r="F32" s="131"/>
-      <c r="G32" s="38">
+      <c r="F33" s="124"/>
+      <c r="G33" s="38">
         <v>98</v>
       </c>
     </row>
-    <row r="33" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="39" t="s">
+    <row r="34" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="B33" s="40" t="s">
+      <c r="B34" s="40" t="s">
         <v>29</v>
       </c>
-      <c r="C33" s="41"/>
-[...1 lines deleted...]
-        <f>G33-F31-E33</f>
+      <c r="C34" s="41"/>
+      <c r="D34" s="42">
+        <f>G34-F32-E34</f>
         <v>19.399999999999999</v>
       </c>
-      <c r="E33" s="43">
+      <c r="E34" s="43">
         <v>52.6</v>
       </c>
-      <c r="F33" s="131"/>
-      <c r="G33" s="44">
+      <c r="F34" s="124"/>
+      <c r="G34" s="44">
         <v>82</v>
       </c>
     </row>
-    <row r="34" spans="1:10" ht="17.5" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A35" s="27" t="s">
+    <row r="35" spans="1:10" ht="17.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="45"/>
+      <c r="B35" s="26"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="26"/>
+      <c r="G35" s="29"/>
+      <c r="I35" s="4" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="51" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B35" s="46"/>
-[...10 lines deleted...]
-      <c r="A36" s="52" t="s">
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="47"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="48"/>
+      <c r="H36" s="49"/>
+      <c r="I36" s="50"/>
+      <c r="J36" s="49"/>
+    </row>
+    <row r="37" spans="1:10" s="55" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="52" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="52" t="s">
+      <c r="B37" s="52" t="s">
         <v>32</v>
       </c>
-      <c r="C36" s="52" t="s">
+      <c r="C37" s="52" t="s">
         <v>33</v>
       </c>
-      <c r="D36" s="52" t="s">
+      <c r="D37" s="52" t="s">
         <v>34</v>
       </c>
-      <c r="E36" s="52" t="s">
+      <c r="E37" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="F36" s="52" t="s">
+      <c r="F37" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="G36" s="52" t="s">
+      <c r="G37" s="52" t="s">
         <v>37</v>
       </c>
-      <c r="H36" s="52" t="s">
+      <c r="H37" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="I36" s="53" t="s">
+      <c r="I37" s="53" t="s">
         <v>39</v>
       </c>
-      <c r="J36" s="54" t="s">
+      <c r="J37" s="54" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="37" spans="1:10" s="61" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="56">
+    <row r="38" spans="1:10" s="61" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="56">
         <f>SUM(DECOMPTE[Heures
 OPAS A])</f>
         <v>0</v>
       </c>
-      <c r="B37" s="56"/>
-      <c r="C37" s="56">
+      <c r="B38" s="56"/>
+      <c r="C38" s="56">
         <f>SUM(DECOMPTE[Heures
 OPAS C])</f>
         <v>0</v>
       </c>
-      <c r="D37" s="57"/>
-[...5 lines deleted...]
-        <f>IF(OR( AND(I26=0,J26=0),AND(I26=1,J26=1), AND(I27=0,J27=0),AND(I27=1,J27=1), I47=0, I48=0, I49=0, I50=0, I51=0, ),"non conforme","confrome")</f>
+      <c r="D38" s="57"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="57"/>
+      <c r="H38" s="58"/>
+      <c r="I38" s="59" t="str">
+        <f>IF(OR( AND(I27=0,J27=0),AND(I27=1,J27=1), AND(I28=0,J28=0),AND(I28=1,J28=1), I49=0, I50=0, I51=0, I52=0, I53=0, ),"non conforme","confrome")</f>
         <v>confrome</v>
       </c>
-      <c r="J37" s="60" t="e">
+      <c r="J38" s="60" t="e">
         <v>#REF!</v>
       </c>
     </row>
-    <row r="38" spans="1:10" s="61" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="129">
+    <row r="39" spans="1:10" s="61" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="113">
         <f>SUM(DECOMPTE[Heures
 OPAS A])</f>
         <v>0</v>
       </c>
-      <c r="B38" s="129">
+      <c r="B39" s="113">
         <f>SUM(DECOMPTE[Heures
 OPAS B])</f>
         <v>0</v>
       </c>
-      <c r="C38" s="129">
+      <c r="C39" s="113">
         <f>SUM(DECOMPTE[Heures
 OPAS C])</f>
         <v>0</v>
       </c>
-      <c r="D38" s="62">
+      <c r="D39" s="62">
         <f>(SYNTHESE[[#This Row],[Heures
 OPAS A]]*Part_AOS_A)+(SYNTHESE[[#This Row],[Heures
 OPAS B]]*Part_AOS_B)+(SYNTHESE[[#This Row],[Heures
 OPAS C]]*Part_AOS_C)</f>
         <v>0</v>
       </c>
-      <c r="E38" s="63">
+      <c r="E39" s="63">
         <f>SUM(DECOMPTE[Nb jours facturés au patient])</f>
         <v>0</v>
       </c>
-      <c r="F38" s="62">
+      <c r="F39" s="62">
         <f>SYNTHESE[[#This Row],[Nb de jours facturés au patient]]*Part_patient</f>
         <v>0</v>
       </c>
-      <c r="G38" s="64">
+      <c r="G39" s="64">
         <f>(SYNTHESE[[#This Row],[Heures
 OPAS A]]*Tarif_OPAS_A)+(SYNTHESE[[#This Row],[Heures
 OPAS B]]*Tarif_OPAS_B)+(SYNTHESE[[#This Row],[Heures
 OPAS C]]*Tarif_OPAS_C)</f>
         <v>0</v>
       </c>
-      <c r="H38" s="65">
+      <c r="H39" s="65">
         <f>IF( (SYNTHESE[[#This Row],[Cout total selon RFRLAMal]]-SYNTHESE[[#This Row],[Part assureurs]]-SYNTHESE[[#This Row],[Montant part patient totale]])&lt;=0,0,(SYNTHESE[[#This Row],[Cout total selon RFRLAMal]]-SYNTHESE[[#This Row],[Part assureurs]]-SYNTHESE[[#This Row],[Montant part patient totale]]))</f>
         <v>0</v>
       </c>
-      <c r="I38" s="59" t="b">
+      <c r="I39" s="59" t="b">
         <v>0</v>
       </c>
-      <c r="J38" s="128" t="e">
+      <c r="J39" s="112" t="e">
         <v>#REF!</v>
       </c>
     </row>
-    <row r="39" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="150" t="s">
+    <row r="40" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="120"/>
+      <c r="B40" s="120"/>
+      <c r="C40" s="120"/>
+      <c r="D40" s="120"/>
+      <c r="E40" s="120"/>
+      <c r="F40" s="120"/>
+      <c r="G40" s="64"/>
+      <c r="H40" s="66"/>
+      <c r="I40" s="67"/>
+      <c r="J40" s="68"/>
+    </row>
+    <row r="41" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="70" t="str">
+        <f>IF(COUNTIF(I49:I54,TRUE)=6,"","- Veuillez cochez les cases figurant au bas de la page pour attester de votre conformité avec les bases légales")</f>
+        <v>- Veuillez cochez les cases figurant au bas de la page pour attester de votre conformité avec les bases légales</v>
+      </c>
+      <c r="B41" s="71"/>
+      <c r="C41" s="72"/>
+      <c r="D41" s="71"/>
+      <c r="E41" s="73"/>
+      <c r="F41" s="71"/>
+      <c r="G41" s="71"/>
+      <c r="H41" s="74"/>
+      <c r="I41" s="69"/>
+      <c r="J41" s="69"/>
+    </row>
+    <row r="42" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="120" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="150"/>
-[...46 lines deleted...]
-      <c r="H42" s="153"/>
+      <c r="B42" s="120"/>
+      <c r="C42" s="120"/>
+      <c r="D42" s="120"/>
+      <c r="E42" s="120"/>
+      <c r="F42" s="120"/>
+      <c r="G42" s="75"/>
+      <c r="H42" s="66"/>
       <c r="I42" s="67"/>
       <c r="J42" s="68"/>
     </row>
-    <row r="43" spans="1:10" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H43" s="66"/>
+    <row r="43" spans="1:10" ht="75.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="121"/>
+      <c r="B43" s="122"/>
+      <c r="C43" s="122"/>
+      <c r="D43" s="122"/>
+      <c r="E43" s="122"/>
+      <c r="F43" s="122"/>
+      <c r="G43" s="122"/>
+      <c r="H43" s="123"/>
       <c r="I43" s="67"/>
       <c r="J43" s="68"/>
     </row>
-    <row r="44" spans="1:10" ht="41.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F44" s="150"/>
+    <row r="44" spans="1:10" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="115"/>
+      <c r="B44" s="115"/>
+      <c r="C44" s="115"/>
+      <c r="D44" s="115"/>
+      <c r="E44" s="115"/>
+      <c r="F44" s="115"/>
       <c r="G44" s="75"/>
       <c r="H44" s="66"/>
       <c r="I44" s="67"/>
       <c r="J44" s="68"/>
     </row>
-    <row r="45" spans="1:10" s="77" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="155" t="s">
+    <row r="45" spans="1:10" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="1:10" ht="33.65" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="115"/>
+      <c r="B46" s="115"/>
+      <c r="C46" s="115"/>
+      <c r="D46" s="115"/>
+      <c r="E46" s="115"/>
+      <c r="F46" s="115"/>
+      <c r="G46" s="75"/>
+      <c r="H46" s="66"/>
+      <c r="I46" s="67"/>
+      <c r="J46" s="68"/>
+    </row>
+    <row r="47" spans="1:10" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="115"/>
+      <c r="B47" s="115"/>
+      <c r="C47" s="115"/>
+      <c r="D47" s="115"/>
+      <c r="E47" s="115"/>
+      <c r="F47" s="115"/>
+      <c r="G47" s="75"/>
+      <c r="H47" s="66"/>
+      <c r="I47" s="67"/>
+      <c r="J47" s="68"/>
+    </row>
+    <row r="48" spans="1:10" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="77" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="77"/>
+      <c r="C48" s="77"/>
+      <c r="D48" s="77"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="77"/>
+      <c r="G48" s="77"/>
+      <c r="H48" s="76"/>
+      <c r="I48" s="78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="79"/>
+    </row>
+    <row r="49" spans="1:10" s="11" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="111"/>
+      <c r="B49" s="80" t="s">
+        <v>42</v>
+      </c>
+      <c r="C49" s="80"/>
+      <c r="D49" s="80"/>
+      <c r="E49" s="81"/>
+      <c r="F49" s="80"/>
+      <c r="G49" s="80"/>
+      <c r="H49" s="9"/>
+      <c r="I49" s="82" t="b">
+        <v>0</v>
+      </c>
+      <c r="J49" s="9"/>
+    </row>
+    <row r="50" spans="1:10" s="11" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="111"/>
+      <c r="B50" s="116" t="s">
+        <v>43</v>
+      </c>
+      <c r="C50" s="116"/>
+      <c r="D50" s="116"/>
+      <c r="E50" s="116"/>
+      <c r="F50" s="116"/>
+      <c r="G50" s="116"/>
+      <c r="H50" s="9"/>
+      <c r="I50" s="83" t="b">
+        <v>0</v>
+      </c>
+      <c r="J50" s="9"/>
+    </row>
+    <row r="51" spans="1:10" s="11" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="111"/>
+      <c r="B51" s="116" t="s">
         <v>44</v>
       </c>
-      <c r="B45" s="155"/>
-[...2 lines deleted...]
-      <c r="E45" s="156" t="s">
+      <c r="C51" s="116"/>
+      <c r="D51" s="116"/>
+      <c r="E51" s="116"/>
+      <c r="F51" s="116"/>
+      <c r="G51" s="116"/>
+      <c r="H51" s="116"/>
+      <c r="I51" s="83" t="b">
+        <v>0</v>
+      </c>
+      <c r="J51" s="9"/>
+    </row>
+    <row r="52" spans="1:10" s="11" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="111"/>
+      <c r="B52" s="80" t="s">
+        <v>65</v>
+      </c>
+      <c r="C52" s="80"/>
+      <c r="D52" s="80"/>
+      <c r="E52" s="81"/>
+      <c r="F52" s="80"/>
+      <c r="G52" s="80"/>
+      <c r="H52" s="9"/>
+      <c r="I52" s="83" t="b">
+        <v>0</v>
+      </c>
+      <c r="J52" s="9"/>
+    </row>
+    <row r="53" spans="1:10" s="11" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="111"/>
+      <c r="B53" s="80" t="s">
         <v>45</v>
       </c>
-      <c r="F45" s="156"/>
-[...32 lines deleted...]
-      <c r="I47" s="83" t="b">
+      <c r="C53" s="80"/>
+      <c r="D53" s="80"/>
+      <c r="E53" s="81"/>
+      <c r="F53" s="80"/>
+      <c r="G53" s="80"/>
+      <c r="H53" s="9"/>
+      <c r="I53" s="83" t="b">
         <v>0</v>
       </c>
-      <c r="J47" s="9"/>
-[...110 lines deleted...]
-    </row>
+      <c r="J53" s="9"/>
+    </row>
+    <row r="54" spans="1:10" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A54" s="80"/>
+      <c r="B54" s="80"/>
+      <c r="C54" s="15"/>
+      <c r="D54" s="15"/>
+      <c r="F54" s="15"/>
+      <c r="G54" s="15"/>
+      <c r="H54" s="68"/>
+      <c r="I54" s="84"/>
+    </row>
+    <row r="55" spans="1:10" ht="277.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="25"/>
+      <c r="B55" s="117" t="s">
+        <v>71</v>
+      </c>
+      <c r="C55" s="118"/>
+      <c r="D55" s="118"/>
+      <c r="E55" s="118"/>
+      <c r="F55" s="118"/>
+      <c r="G55" s="119"/>
+    </row>
+    <row r="56" spans="1:10" ht="18.649999999999999" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="22">
-[...11 lines deleted...]
-    <mergeCell ref="F31:F33"/>
+  <mergeCells count="16">
+    <mergeCell ref="F32:F34"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:E15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B19:E21"/>
     <mergeCell ref="B22:E22"/>
-    <mergeCell ref="A24:H24"/>
-    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="B51:H51"/>
+    <mergeCell ref="B55:G55"/>
+    <mergeCell ref="A40:F40"/>
+    <mergeCell ref="A42:F42"/>
+    <mergeCell ref="A43:H43"/>
   </mergeCells>
-  <conditionalFormatting sqref="H26">
-[...1 lines deleted...]
-      <formula>$F$26="Autre"</formula>
+  <conditionalFormatting sqref="H27">
+    <cfRule type="expression" dxfId="7" priority="1">
+      <formula>$F$27="Autre"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A24:H24">
-[...1 lines deleted...]
-  </conditionalFormatting>
   <dataValidations count="5">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Veuillez sélectionner une valeur dans la liste déroulante." sqref="F26" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Veuillez sélectionner une valeur dans la liste déroulante." sqref="F27" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Caisses des médecins,  CSI,  Autre"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"2024 , 2025 , 2026 , 2027 , 2028 , 2029 , 2030"</formula1>
     </dataValidation>
     <dataValidation type="whole" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N°ID infirmière" sqref="F11" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>0</formula1>
       <formula2>999999999999</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"1er trimestre , 2ème trimestre , 3ème trimestre , 4ème trimestre"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D26:D27" xr:uid="{00000000-0002-0000-0000-000004000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D27:D28" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>"Oui , Non"</formula1>
     </dataValidation>
   </dataValidations>
-  <hyperlinks>
-[...1 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
-[...1 lines deleted...]
-  <legacyDrawing r:id="rId4"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="H39" unlockedFormula="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1025" r:id="rId5" name="Check Box 1">
-[...43 lines deleted...]
-            <control shapeId="1027" r:id="rId7" name="Check Box 3">
+            <control shapeId="1025" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>49</xdr:row>
                     <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1028" r:id="rId8" name="Check Box 4">
+            <control shapeId="1026" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>49</xdr:row>
-                    <xdr:rowOff>69850</xdr:rowOff>
+                    <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>50</xdr:row>
-                    <xdr:rowOff>127000</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1029" r:id="rId9" name="Check Box 5">
+            <control shapeId="1027" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>51</xdr:row>
                     <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1030" r:id="rId10" name="Check Box 6">
+            <control shapeId="1028" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>51</xdr:row>
                     <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
                     <xdr:row>52</xdr:row>
                     <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1033" r:id="rId11" name="Check Box 9">
-              <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+            <control shapeId="1029" r:id="rId8" name="Check Box 5">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>533400</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>95250</xdr:rowOff>
+                    <xdr:colOff>647700</xdr:colOff>
+                    <xdr:row>52</xdr:row>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>946150</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>304800</xdr:rowOff>
+                    <xdr:colOff>647700</xdr:colOff>
+                    <xdr:row>53</xdr:row>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1034" r:id="rId12" name="Check Box 10">
-              <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+            <control shapeId="1030" r:id="rId9" name="Check Box 6">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>533400</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>95250</xdr:rowOff>
+                    <xdr:colOff>647700</xdr:colOff>
+                    <xdr:row>53</xdr:row>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>946150</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>304800</xdr:rowOff>
+                    <xdr:colOff>647700</xdr:colOff>
+                    <xdr:row>54</xdr:row>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1035" r:id="rId13" name="Check Box 11">
-[...21 lines deleted...]
-            <control shapeId="1036" r:id="rId14" name="Check Box 12">
+            <control shapeId="1033" r:id="rId10" name="Check Box 9">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>946150</xdr:colOff>
                     <xdr:row>48</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1037" r:id="rId15" name="Check Box 13">
+            <control shapeId="1034" r:id="rId11" name="Check Box 10">
+              <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>533400</xdr:colOff>
+                    <xdr:row>49</xdr:row>
+                    <xdr:rowOff>95250</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>946150</xdr:colOff>
+                    <xdr:row>49</xdr:row>
+                    <xdr:rowOff>304800</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1035" r:id="rId12" name="Check Box 11">
+              <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>533400</xdr:colOff>
+                    <xdr:row>51</xdr:row>
+                    <xdr:rowOff>88900</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>946150</xdr:colOff>
+                    <xdr:row>51</xdr:row>
+                    <xdr:rowOff>298450</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1036" r:id="rId13" name="Check Box 12">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>946150</xdr:colOff>
                     <xdr:row>50</xdr:row>
+                    <xdr:rowOff>304800</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1037" r:id="rId14" name="Check Box 13">
+              <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>533400</xdr:colOff>
+                    <xdr:row>52</xdr:row>
+                    <xdr:rowOff>95250</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>0</xdr:col>
+                    <xdr:colOff>946150</xdr:colOff>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="1038" r:id="rId16" name="Check Box 14">
+            <control shapeId="1038" r:id="rId15" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
-                    <xdr:row>51</xdr:row>
+                    <xdr:row>53</xdr:row>
                     <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>647700</xdr:colOff>
-                    <xdr:row>51</xdr:row>
+                    <xdr:row>53</xdr:row>
                     <xdr:rowOff>285750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <tableParts count="1">
-    <tablePart r:id="rId17"/>
+    <tablePart r:id="rId16"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AMD1202"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="B42" sqref="B42"/>
+      <selection sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.26953125" customWidth="1"/>
+    <col min="1" max="1" width="1.08984375" style="140" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" customWidth="1"/>
     <col min="4" max="6" width="23.1796875" customWidth="1"/>
     <col min="7" max="9" width="17.54296875" customWidth="1"/>
     <col min="10" max="10" width="18.1796875" customWidth="1"/>
     <col min="11" max="12" width="23.453125" customWidth="1"/>
     <col min="13" max="13" width="35.1796875" customWidth="1"/>
     <col min="14" max="14" width="33.1796875" customWidth="1"/>
     <col min="15" max="15" width="56.54296875" style="15" customWidth="1"/>
     <col min="16" max="16" width="56.54296875" style="15" hidden="1" customWidth="1"/>
     <col min="17" max="18" width="11.453125" hidden="1" customWidth="1"/>
     <col min="19" max="1018" width="10.7265625" hidden="1" customWidth="1"/>
     <col min="1019" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="140.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="157" t="s">
-[...19 lines deleted...]
-      <c r="A2" s="90" t="s">
+      <c r="A1" s="145" t="s">
+        <v>70</v>
+      </c>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
+      <c r="F1" s="142"/>
+      <c r="G1" s="142"/>
+      <c r="H1" s="142"/>
+      <c r="I1" s="142"/>
+      <c r="J1" s="142"/>
+      <c r="K1" s="142"/>
+      <c r="L1" s="142"/>
+      <c r="M1" s="142"/>
+      <c r="N1" s="142"/>
+      <c r="O1" s="142"/>
+      <c r="P1" s="85"/>
+    </row>
+    <row r="2" spans="1:16" ht="123.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="141" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="147" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" s="148"/>
+      <c r="D2" s="148"/>
+      <c r="E2" s="148"/>
+      <c r="F2" s="148"/>
+      <c r="G2" s="149"/>
+      <c r="H2" s="146" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2" s="137"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="86" t="s">
+        <v>69</v>
+      </c>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="86"/>
+      <c r="O2" s="86"/>
+      <c r="P2" s="87"/>
+    </row>
+    <row r="3" spans="1:16" ht="68.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="139" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="88" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" s="88" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" s="88" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" s="88" t="s">
         <v>53</v>
       </c>
-      <c r="B2" s="158" t="s">
+      <c r="G3" s="89" t="s">
         <v>54</v>
       </c>
-      <c r="C2" s="159"/>
-[...4 lines deleted...]
-      <c r="H2" s="161" t="s">
+      <c r="H3" s="90" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="91" t="s">
+        <v>32</v>
+      </c>
+      <c r="J3" s="92" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" s="93" t="s">
         <v>55</v>
       </c>
-      <c r="I2" s="161"/>
-[...11 lines deleted...]
-      <c r="A3" s="92" t="s">
+      <c r="L3" s="88" t="s">
         <v>56</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="M3" s="88" t="s">
+        <v>66</v>
+      </c>
+      <c r="N3" s="88" t="s">
         <v>57</v>
       </c>
-      <c r="C3" s="93" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="93" t="s">
+      <c r="O3" s="94" t="s">
+        <v>64</v>
+      </c>
+      <c r="P3" s="95" t="s">
         <v>58</v>
       </c>
-      <c r="E3" s="93" t="s">
-[...34 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A4" s="101"/>
-[...14 lines deleted...]
-      <c r="P4" s="108" t="str">
+      <c r="A4" s="143"/>
+      <c r="B4" s="144"/>
+      <c r="C4" s="103"/>
+      <c r="D4" s="103"/>
+      <c r="E4" s="96"/>
+      <c r="F4" s="96"/>
+      <c r="G4" s="96"/>
+      <c r="H4" s="97"/>
+      <c r="I4" s="97"/>
+      <c r="J4" s="97"/>
+      <c r="K4" s="98"/>
+      <c r="L4" s="99"/>
+      <c r="M4" s="100"/>
+      <c r="N4" s="100"/>
+      <c r="O4" s="101"/>
+      <c r="P4" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B4:G4)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A5" s="101"/>
-[...14 lines deleted...]
-      <c r="P5" s="108" t="str">
+      <c r="A5" s="143"/>
+      <c r="B5" s="144"/>
+      <c r="C5" s="103"/>
+      <c r="D5" s="103"/>
+      <c r="E5" s="96"/>
+      <c r="F5" s="96"/>
+      <c r="G5" s="96"/>
+      <c r="H5" s="97"/>
+      <c r="I5" s="97"/>
+      <c r="J5" s="97"/>
+      <c r="K5" s="98"/>
+      <c r="L5" s="99"/>
+      <c r="M5" s="100"/>
+      <c r="N5" s="100"/>
+      <c r="O5" s="101"/>
+      <c r="P5" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B5:G5)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A6" s="101"/>
-[...14 lines deleted...]
-      <c r="P6" s="108" t="str">
+      <c r="A6" s="143"/>
+      <c r="B6" s="144"/>
+      <c r="C6" s="103"/>
+      <c r="D6" s="103"/>
+      <c r="E6" s="96"/>
+      <c r="F6" s="96"/>
+      <c r="G6" s="96"/>
+      <c r="H6" s="97"/>
+      <c r="I6" s="97"/>
+      <c r="J6" s="97"/>
+      <c r="K6" s="98"/>
+      <c r="L6" s="99"/>
+      <c r="M6" s="100"/>
+      <c r="N6" s="100"/>
+      <c r="O6" s="101"/>
+      <c r="P6" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B6:G6)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="101"/>
-[...14 lines deleted...]
-      <c r="P7" s="108" t="str">
+      <c r="A7" s="143"/>
+      <c r="B7" s="144"/>
+      <c r="C7" s="103"/>
+      <c r="D7" s="103"/>
+      <c r="E7" s="96"/>
+      <c r="F7" s="96"/>
+      <c r="G7" s="96"/>
+      <c r="H7" s="97"/>
+      <c r="I7" s="97"/>
+      <c r="J7" s="97"/>
+      <c r="K7" s="98"/>
+      <c r="L7" s="99"/>
+      <c r="M7" s="100"/>
+      <c r="N7" s="100"/>
+      <c r="O7" s="101"/>
+      <c r="P7" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B7:G7)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A8" s="101"/>
-[...14 lines deleted...]
-      <c r="P8" s="108" t="str">
+      <c r="A8" s="143"/>
+      <c r="B8" s="144"/>
+      <c r="C8" s="103"/>
+      <c r="D8" s="103"/>
+      <c r="E8" s="96"/>
+      <c r="F8" s="96"/>
+      <c r="G8" s="96"/>
+      <c r="H8" s="97"/>
+      <c r="I8" s="97"/>
+      <c r="J8" s="97"/>
+      <c r="K8" s="98"/>
+      <c r="L8" s="99"/>
+      <c r="M8" s="100"/>
+      <c r="N8" s="100"/>
+      <c r="O8" s="101"/>
+      <c r="P8" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B8:G8)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="101"/>
-[...14 lines deleted...]
-      <c r="P9" s="108" t="str">
+      <c r="A9" s="143"/>
+      <c r="B9" s="144"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="96"/>
+      <c r="F9" s="96"/>
+      <c r="G9" s="96"/>
+      <c r="H9" s="97"/>
+      <c r="I9" s="97"/>
+      <c r="J9" s="97"/>
+      <c r="K9" s="98"/>
+      <c r="L9" s="99"/>
+      <c r="M9" s="100"/>
+      <c r="N9" s="100"/>
+      <c r="O9" s="101"/>
+      <c r="P9" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B9:G9)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A10" s="101"/>
-[...14 lines deleted...]
-      <c r="P10" s="108" t="str">
+      <c r="A10" s="143"/>
+      <c r="B10" s="144"/>
+      <c r="C10" s="103"/>
+      <c r="D10" s="103"/>
+      <c r="E10" s="96"/>
+      <c r="F10" s="96"/>
+      <c r="G10" s="96"/>
+      <c r="H10" s="97"/>
+      <c r="I10" s="97"/>
+      <c r="J10" s="97"/>
+      <c r="K10" s="98"/>
+      <c r="L10" s="99"/>
+      <c r="M10" s="100"/>
+      <c r="N10" s="100"/>
+      <c r="O10" s="101"/>
+      <c r="P10" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B10:G10)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A11" s="101"/>
-[...14 lines deleted...]
-      <c r="P11" s="108" t="str">
+      <c r="A11" s="143"/>
+      <c r="B11" s="144"/>
+      <c r="C11" s="103"/>
+      <c r="D11" s="103"/>
+      <c r="E11" s="96"/>
+      <c r="F11" s="96"/>
+      <c r="G11" s="96"/>
+      <c r="H11" s="97"/>
+      <c r="I11" s="97"/>
+      <c r="J11" s="97"/>
+      <c r="K11" s="98"/>
+      <c r="L11" s="99"/>
+      <c r="M11" s="100"/>
+      <c r="N11" s="100"/>
+      <c r="O11" s="101"/>
+      <c r="P11" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B11:G11)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A12" s="101"/>
-[...14 lines deleted...]
-      <c r="P12" s="108" t="str">
+      <c r="A12" s="143"/>
+      <c r="B12" s="144"/>
+      <c r="C12" s="103"/>
+      <c r="D12" s="103"/>
+      <c r="E12" s="96"/>
+      <c r="F12" s="96"/>
+      <c r="G12" s="96"/>
+      <c r="H12" s="97"/>
+      <c r="I12" s="97"/>
+      <c r="J12" s="97"/>
+      <c r="K12" s="98"/>
+      <c r="L12" s="99"/>
+      <c r="M12" s="100"/>
+      <c r="N12" s="100"/>
+      <c r="O12" s="101"/>
+      <c r="P12" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B12:G12)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A13" s="101"/>
-[...14 lines deleted...]
-      <c r="P13" s="108" t="str">
+      <c r="A13" s="143"/>
+      <c r="B13" s="144"/>
+      <c r="C13" s="103"/>
+      <c r="D13" s="103"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="97"/>
+      <c r="I13" s="97"/>
+      <c r="J13" s="97"/>
+      <c r="K13" s="98"/>
+      <c r="L13" s="99"/>
+      <c r="M13" s="100"/>
+      <c r="N13" s="100"/>
+      <c r="O13" s="101"/>
+      <c r="P13" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B13:G13)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A14" s="101"/>
-[...14 lines deleted...]
-      <c r="P14" s="108" t="str">
+      <c r="A14" s="143"/>
+      <c r="B14" s="144"/>
+      <c r="C14" s="103"/>
+      <c r="D14" s="103"/>
+      <c r="E14" s="96"/>
+      <c r="F14" s="96"/>
+      <c r="G14" s="96"/>
+      <c r="H14" s="97"/>
+      <c r="I14" s="97"/>
+      <c r="J14" s="97"/>
+      <c r="K14" s="98"/>
+      <c r="L14" s="99"/>
+      <c r="M14" s="100"/>
+      <c r="N14" s="100"/>
+      <c r="O14" s="101"/>
+      <c r="P14" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B14:G14)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A15" s="101"/>
-[...14 lines deleted...]
-      <c r="P15" s="108" t="str">
+      <c r="A15" s="143"/>
+      <c r="B15" s="144"/>
+      <c r="C15" s="103"/>
+      <c r="D15" s="103"/>
+      <c r="E15" s="96"/>
+      <c r="F15" s="96"/>
+      <c r="G15" s="96"/>
+      <c r="H15" s="97"/>
+      <c r="I15" s="97"/>
+      <c r="J15" s="97"/>
+      <c r="K15" s="98"/>
+      <c r="L15" s="99"/>
+      <c r="M15" s="100"/>
+      <c r="N15" s="100"/>
+      <c r="O15" s="101"/>
+      <c r="P15" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B15:G15)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="101"/>
-[...14 lines deleted...]
-      <c r="P16" s="108" t="str">
+      <c r="A16" s="143"/>
+      <c r="B16" s="144"/>
+      <c r="C16" s="103"/>
+      <c r="D16" s="103"/>
+      <c r="E16" s="96"/>
+      <c r="F16" s="96"/>
+      <c r="G16" s="96"/>
+      <c r="H16" s="97"/>
+      <c r="I16" s="97"/>
+      <c r="J16" s="97"/>
+      <c r="K16" s="98"/>
+      <c r="L16" s="99"/>
+      <c r="M16" s="100"/>
+      <c r="N16" s="100"/>
+      <c r="O16" s="101"/>
+      <c r="P16" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B16:G16)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A17" s="101"/>
-[...14 lines deleted...]
-      <c r="P17" s="108" t="str">
+      <c r="A17" s="143"/>
+      <c r="B17" s="144"/>
+      <c r="C17" s="103"/>
+      <c r="D17" s="103"/>
+      <c r="E17" s="96"/>
+      <c r="F17" s="96"/>
+      <c r="G17" s="96"/>
+      <c r="H17" s="97"/>
+      <c r="I17" s="97"/>
+      <c r="J17" s="97"/>
+      <c r="K17" s="98"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="100"/>
+      <c r="N17" s="100"/>
+      <c r="O17" s="101"/>
+      <c r="P17" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B17:G17)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A18" s="101"/>
-[...14 lines deleted...]
-      <c r="P18" s="108" t="str">
+      <c r="A18" s="143"/>
+      <c r="B18" s="144"/>
+      <c r="C18" s="103"/>
+      <c r="D18" s="103"/>
+      <c r="E18" s="96"/>
+      <c r="F18" s="96"/>
+      <c r="G18" s="96"/>
+      <c r="H18" s="97"/>
+      <c r="I18" s="97"/>
+      <c r="J18" s="97"/>
+      <c r="K18" s="98"/>
+      <c r="L18" s="99"/>
+      <c r="M18" s="100"/>
+      <c r="N18" s="100"/>
+      <c r="O18" s="101"/>
+      <c r="P18" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B18:G18)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A19" s="101"/>
-[...14 lines deleted...]
-      <c r="P19" s="108" t="str">
+      <c r="A19" s="143"/>
+      <c r="B19" s="144"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="96"/>
+      <c r="F19" s="96"/>
+      <c r="G19" s="96"/>
+      <c r="H19" s="97"/>
+      <c r="I19" s="97"/>
+      <c r="J19" s="97"/>
+      <c r="K19" s="98"/>
+      <c r="L19" s="99"/>
+      <c r="M19" s="100"/>
+      <c r="N19" s="100"/>
+      <c r="O19" s="101"/>
+      <c r="P19" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B19:G19)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A20" s="101"/>
-[...14 lines deleted...]
-      <c r="P20" s="108" t="str">
+      <c r="A20" s="143"/>
+      <c r="B20" s="144"/>
+      <c r="C20" s="103"/>
+      <c r="D20" s="103"/>
+      <c r="E20" s="96"/>
+      <c r="F20" s="96"/>
+      <c r="G20" s="96"/>
+      <c r="H20" s="97"/>
+      <c r="I20" s="97"/>
+      <c r="J20" s="97"/>
+      <c r="K20" s="98"/>
+      <c r="L20" s="99"/>
+      <c r="M20" s="100"/>
+      <c r="N20" s="100"/>
+      <c r="O20" s="101"/>
+      <c r="P20" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B20:G20)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A21" s="101"/>
-[...14 lines deleted...]
-      <c r="P21" s="108" t="str">
+      <c r="A21" s="143"/>
+      <c r="B21" s="144"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="96"/>
+      <c r="F21" s="96"/>
+      <c r="G21" s="96"/>
+      <c r="H21" s="97"/>
+      <c r="I21" s="97"/>
+      <c r="J21" s="97"/>
+      <c r="K21" s="98"/>
+      <c r="L21" s="99"/>
+      <c r="M21" s="100"/>
+      <c r="N21" s="100"/>
+      <c r="O21" s="101"/>
+      <c r="P21" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B21:G21)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A22" s="101"/>
-[...14 lines deleted...]
-      <c r="P22" s="108" t="str">
+      <c r="A22" s="143"/>
+      <c r="B22" s="144"/>
+      <c r="C22" s="103"/>
+      <c r="D22" s="103"/>
+      <c r="E22" s="96"/>
+      <c r="F22" s="96"/>
+      <c r="G22" s="96"/>
+      <c r="H22" s="97"/>
+      <c r="I22" s="97"/>
+      <c r="J22" s="97"/>
+      <c r="K22" s="98"/>
+      <c r="L22" s="99"/>
+      <c r="M22" s="100"/>
+      <c r="N22" s="100"/>
+      <c r="O22" s="101"/>
+      <c r="P22" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B22:G22)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A23" s="101"/>
-[...14 lines deleted...]
-      <c r="P23" s="108" t="str">
+      <c r="A23" s="143"/>
+      <c r="B23" s="144"/>
+      <c r="C23" s="103"/>
+      <c r="D23" s="103"/>
+      <c r="E23" s="96"/>
+      <c r="F23" s="96"/>
+      <c r="G23" s="96"/>
+      <c r="H23" s="97"/>
+      <c r="I23" s="97"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="98"/>
+      <c r="L23" s="99"/>
+      <c r="M23" s="100"/>
+      <c r="N23" s="100"/>
+      <c r="O23" s="101"/>
+      <c r="P23" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B23:G23)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="24" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A24" s="101"/>
-[...14 lines deleted...]
-      <c r="P24" s="108" t="str">
+      <c r="A24" s="143"/>
+      <c r="B24" s="144"/>
+      <c r="C24" s="103"/>
+      <c r="D24" s="103"/>
+      <c r="E24" s="96"/>
+      <c r="F24" s="96"/>
+      <c r="G24" s="96"/>
+      <c r="H24" s="97"/>
+      <c r="I24" s="97"/>
+      <c r="J24" s="97"/>
+      <c r="K24" s="98"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="100"/>
+      <c r="N24" s="100"/>
+      <c r="O24" s="101"/>
+      <c r="P24" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B24:G24)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="25" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A25" s="101"/>
-[...14 lines deleted...]
-      <c r="P25" s="108" t="str">
+      <c r="A25" s="143"/>
+      <c r="B25" s="144"/>
+      <c r="C25" s="103"/>
+      <c r="D25" s="103"/>
+      <c r="E25" s="96"/>
+      <c r="F25" s="96"/>
+      <c r="G25" s="96"/>
+      <c r="H25" s="97"/>
+      <c r="I25" s="97"/>
+      <c r="J25" s="97"/>
+      <c r="K25" s="98"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="100"/>
+      <c r="N25" s="100"/>
+      <c r="O25" s="101"/>
+      <c r="P25" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B25:G25)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="26" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A26" s="101"/>
-[...14 lines deleted...]
-      <c r="P26" s="108" t="str">
+      <c r="A26" s="143"/>
+      <c r="B26" s="144"/>
+      <c r="C26" s="103"/>
+      <c r="D26" s="103"/>
+      <c r="E26" s="96"/>
+      <c r="F26" s="96"/>
+      <c r="G26" s="96"/>
+      <c r="H26" s="97"/>
+      <c r="I26" s="97"/>
+      <c r="J26" s="97"/>
+      <c r="K26" s="98"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="100"/>
+      <c r="N26" s="100"/>
+      <c r="O26" s="101"/>
+      <c r="P26" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B26:G26)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A27" s="101"/>
-[...14 lines deleted...]
-      <c r="P27" s="108" t="str">
+      <c r="A27" s="143"/>
+      <c r="B27" s="144"/>
+      <c r="C27" s="103"/>
+      <c r="D27" s="103"/>
+      <c r="E27" s="96"/>
+      <c r="F27" s="96"/>
+      <c r="G27" s="96"/>
+      <c r="H27" s="97"/>
+      <c r="I27" s="97"/>
+      <c r="J27" s="97"/>
+      <c r="K27" s="98"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="100"/>
+      <c r="N27" s="100"/>
+      <c r="O27" s="101"/>
+      <c r="P27" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B27:G27)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A28" s="101"/>
-[...14 lines deleted...]
-      <c r="P28" s="108" t="str">
+      <c r="A28" s="143"/>
+      <c r="B28" s="144"/>
+      <c r="C28" s="103"/>
+      <c r="D28" s="103"/>
+      <c r="E28" s="96"/>
+      <c r="F28" s="96"/>
+      <c r="G28" s="96"/>
+      <c r="H28" s="97"/>
+      <c r="I28" s="97"/>
+      <c r="J28" s="97"/>
+      <c r="K28" s="98"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="100"/>
+      <c r="N28" s="100"/>
+      <c r="O28" s="101"/>
+      <c r="P28" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B28:G28)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A29" s="101"/>
-[...14 lines deleted...]
-      <c r="P29" s="108" t="str">
+      <c r="A29" s="143"/>
+      <c r="B29" s="144"/>
+      <c r="C29" s="103"/>
+      <c r="D29" s="103"/>
+      <c r="E29" s="96"/>
+      <c r="F29" s="96"/>
+      <c r="G29" s="96"/>
+      <c r="H29" s="97"/>
+      <c r="I29" s="97"/>
+      <c r="J29" s="97"/>
+      <c r="K29" s="98"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="100"/>
+      <c r="N29" s="100"/>
+      <c r="O29" s="101"/>
+      <c r="P29" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B29:G29)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A30" s="101"/>
-[...14 lines deleted...]
-      <c r="P30" s="108" t="str">
+      <c r="A30" s="143"/>
+      <c r="B30" s="144"/>
+      <c r="C30" s="103"/>
+      <c r="D30" s="103"/>
+      <c r="E30" s="96"/>
+      <c r="F30" s="96"/>
+      <c r="G30" s="96"/>
+      <c r="H30" s="97"/>
+      <c r="I30" s="97"/>
+      <c r="J30" s="97"/>
+      <c r="K30" s="98"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="100"/>
+      <c r="N30" s="100"/>
+      <c r="O30" s="101"/>
+      <c r="P30" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B30:G30)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A31" s="101"/>
-[...14 lines deleted...]
-      <c r="P31" s="108" t="str">
+      <c r="A31" s="143"/>
+      <c r="B31" s="144"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="96"/>
+      <c r="F31" s="96"/>
+      <c r="G31" s="96"/>
+      <c r="H31" s="97"/>
+      <c r="I31" s="97"/>
+      <c r="J31" s="97"/>
+      <c r="K31" s="98"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="100"/>
+      <c r="N31" s="100"/>
+      <c r="O31" s="101"/>
+      <c r="P31" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B31:G31)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A32" s="101"/>
-[...14 lines deleted...]
-      <c r="P32" s="108" t="str">
+      <c r="A32" s="143"/>
+      <c r="B32" s="144"/>
+      <c r="C32" s="103"/>
+      <c r="D32" s="103"/>
+      <c r="E32" s="96"/>
+      <c r="F32" s="96"/>
+      <c r="G32" s="96"/>
+      <c r="H32" s="97"/>
+      <c r="I32" s="97"/>
+      <c r="J32" s="97"/>
+      <c r="K32" s="98"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="100"/>
+      <c r="N32" s="100"/>
+      <c r="O32" s="101"/>
+      <c r="P32" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B32:G32)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="33" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A33" s="101"/>
-[...14 lines deleted...]
-      <c r="P33" s="108" t="str">
+      <c r="A33" s="143"/>
+      <c r="B33" s="144"/>
+      <c r="C33" s="103"/>
+      <c r="D33" s="103"/>
+      <c r="E33" s="96"/>
+      <c r="F33" s="96"/>
+      <c r="G33" s="96"/>
+      <c r="H33" s="97"/>
+      <c r="I33" s="97"/>
+      <c r="J33" s="97"/>
+      <c r="K33" s="98"/>
+      <c r="L33" s="99"/>
+      <c r="M33" s="100"/>
+      <c r="N33" s="100"/>
+      <c r="O33" s="101"/>
+      <c r="P33" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B33:G33)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="34" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A34" s="101"/>
-[...14 lines deleted...]
-      <c r="P34" s="108" t="str">
+      <c r="A34" s="143"/>
+      <c r="B34" s="144"/>
+      <c r="C34" s="103"/>
+      <c r="D34" s="103"/>
+      <c r="E34" s="96"/>
+      <c r="F34" s="96"/>
+      <c r="G34" s="96"/>
+      <c r="H34" s="97"/>
+      <c r="I34" s="97"/>
+      <c r="J34" s="97"/>
+      <c r="K34" s="98"/>
+      <c r="L34" s="99"/>
+      <c r="M34" s="100"/>
+      <c r="N34" s="100"/>
+      <c r="O34" s="101"/>
+      <c r="P34" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B34:G34)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="35" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A35" s="101"/>
-[...14 lines deleted...]
-      <c r="P35" s="108" t="str">
+      <c r="A35" s="143"/>
+      <c r="B35" s="144"/>
+      <c r="C35" s="103"/>
+      <c r="D35" s="103"/>
+      <c r="E35" s="96"/>
+      <c r="F35" s="96"/>
+      <c r="G35" s="96"/>
+      <c r="H35" s="97"/>
+      <c r="I35" s="97"/>
+      <c r="J35" s="97"/>
+      <c r="K35" s="98"/>
+      <c r="L35" s="99"/>
+      <c r="M35" s="100"/>
+      <c r="N35" s="100"/>
+      <c r="O35" s="101"/>
+      <c r="P35" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B35:G35)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="36" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A36" s="101"/>
-[...14 lines deleted...]
-      <c r="P36" s="108" t="str">
+      <c r="A36" s="143"/>
+      <c r="B36" s="144"/>
+      <c r="C36" s="103"/>
+      <c r="D36" s="103"/>
+      <c r="E36" s="96"/>
+      <c r="F36" s="96"/>
+      <c r="G36" s="96"/>
+      <c r="H36" s="97"/>
+      <c r="I36" s="97"/>
+      <c r="J36" s="97"/>
+      <c r="K36" s="98"/>
+      <c r="L36" s="99"/>
+      <c r="M36" s="100"/>
+      <c r="N36" s="100"/>
+      <c r="O36" s="101"/>
+      <c r="P36" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B36:G36)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="37" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A37" s="101"/>
-[...14 lines deleted...]
-      <c r="P37" s="108" t="str">
+      <c r="A37" s="143"/>
+      <c r="B37" s="144"/>
+      <c r="C37" s="103"/>
+      <c r="D37" s="103"/>
+      <c r="E37" s="96"/>
+      <c r="F37" s="96"/>
+      <c r="G37" s="96"/>
+      <c r="H37" s="97"/>
+      <c r="I37" s="97"/>
+      <c r="J37" s="97"/>
+      <c r="K37" s="98"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="100"/>
+      <c r="N37" s="100"/>
+      <c r="O37" s="101"/>
+      <c r="P37" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B37:G37)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="38" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A38" s="101"/>
-[...14 lines deleted...]
-      <c r="P38" s="108" t="str">
+      <c r="A38" s="143"/>
+      <c r="B38" s="144"/>
+      <c r="C38" s="103"/>
+      <c r="D38" s="103"/>
+      <c r="E38" s="96"/>
+      <c r="F38" s="96"/>
+      <c r="G38" s="96"/>
+      <c r="H38" s="97"/>
+      <c r="I38" s="97"/>
+      <c r="J38" s="97"/>
+      <c r="K38" s="98"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="100"/>
+      <c r="N38" s="100"/>
+      <c r="O38" s="101"/>
+      <c r="P38" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B38:G38)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A39" s="101"/>
-[...14 lines deleted...]
-      <c r="P39" s="108" t="str">
+      <c r="A39" s="143"/>
+      <c r="B39" s="144"/>
+      <c r="C39" s="103"/>
+      <c r="D39" s="103"/>
+      <c r="E39" s="96"/>
+      <c r="F39" s="96"/>
+      <c r="G39" s="96"/>
+      <c r="H39" s="97"/>
+      <c r="I39" s="97"/>
+      <c r="J39" s="97"/>
+      <c r="K39" s="98"/>
+      <c r="L39" s="99"/>
+      <c r="M39" s="100"/>
+      <c r="N39" s="100"/>
+      <c r="O39" s="101"/>
+      <c r="P39" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B39:G39)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="40" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A40" s="101"/>
-[...14 lines deleted...]
-      <c r="P40" s="108" t="str">
+      <c r="A40" s="143"/>
+      <c r="B40" s="144"/>
+      <c r="C40" s="103"/>
+      <c r="D40" s="103"/>
+      <c r="E40" s="96"/>
+      <c r="F40" s="96"/>
+      <c r="G40" s="96"/>
+      <c r="H40" s="97"/>
+      <c r="I40" s="97"/>
+      <c r="J40" s="97"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="99"/>
+      <c r="M40" s="100"/>
+      <c r="N40" s="100"/>
+      <c r="O40" s="101"/>
+      <c r="P40" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B40:G40)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="41" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A41" s="101"/>
-[...14 lines deleted...]
-      <c r="P41" s="108" t="str">
+      <c r="A41" s="143"/>
+      <c r="B41" s="144"/>
+      <c r="C41" s="103"/>
+      <c r="D41" s="103"/>
+      <c r="E41" s="96"/>
+      <c r="F41" s="96"/>
+      <c r="G41" s="96"/>
+      <c r="H41" s="97"/>
+      <c r="I41" s="97"/>
+      <c r="J41" s="97"/>
+      <c r="K41" s="98"/>
+      <c r="L41" s="99"/>
+      <c r="M41" s="100"/>
+      <c r="N41" s="100"/>
+      <c r="O41" s="101"/>
+      <c r="P41" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B41:G41)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="42" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A42" s="101"/>
-[...14 lines deleted...]
-      <c r="P42" s="108" t="str">
+      <c r="A42" s="143"/>
+      <c r="B42" s="144"/>
+      <c r="C42" s="103"/>
+      <c r="D42" s="103"/>
+      <c r="E42" s="96"/>
+      <c r="F42" s="96"/>
+      <c r="G42" s="96"/>
+      <c r="H42" s="97"/>
+      <c r="I42" s="97"/>
+      <c r="J42" s="97"/>
+      <c r="K42" s="98"/>
+      <c r="L42" s="99"/>
+      <c r="M42" s="100"/>
+      <c r="N42" s="100"/>
+      <c r="O42" s="101"/>
+      <c r="P42" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B42:G42)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="43" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A43" s="101"/>
-[...14 lines deleted...]
-      <c r="P43" s="108" t="str">
+      <c r="A43" s="143"/>
+      <c r="B43" s="144"/>
+      <c r="C43" s="103"/>
+      <c r="D43" s="103"/>
+      <c r="E43" s="96"/>
+      <c r="F43" s="96"/>
+      <c r="G43" s="96"/>
+      <c r="H43" s="97"/>
+      <c r="I43" s="97"/>
+      <c r="J43" s="97"/>
+      <c r="K43" s="98"/>
+      <c r="L43" s="99"/>
+      <c r="M43" s="100"/>
+      <c r="N43" s="100"/>
+      <c r="O43" s="101"/>
+      <c r="P43" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B43:G43)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="44" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A44" s="101"/>
-[...14 lines deleted...]
-      <c r="P44" s="108" t="str">
+      <c r="A44" s="143"/>
+      <c r="B44" s="144"/>
+      <c r="C44" s="103"/>
+      <c r="D44" s="103"/>
+      <c r="E44" s="96"/>
+      <c r="F44" s="96"/>
+      <c r="G44" s="96"/>
+      <c r="H44" s="97"/>
+      <c r="I44" s="97"/>
+      <c r="J44" s="97"/>
+      <c r="K44" s="98"/>
+      <c r="L44" s="99"/>
+      <c r="M44" s="100"/>
+      <c r="N44" s="100"/>
+      <c r="O44" s="101"/>
+      <c r="P44" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B44:G44)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="45" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A45" s="101"/>
-[...14 lines deleted...]
-      <c r="P45" s="108" t="str">
+      <c r="A45" s="143"/>
+      <c r="B45" s="144"/>
+      <c r="C45" s="103"/>
+      <c r="D45" s="103"/>
+      <c r="E45" s="96"/>
+      <c r="F45" s="96"/>
+      <c r="G45" s="96"/>
+      <c r="H45" s="97"/>
+      <c r="I45" s="97"/>
+      <c r="J45" s="97"/>
+      <c r="K45" s="98"/>
+      <c r="L45" s="99"/>
+      <c r="M45" s="100"/>
+      <c r="N45" s="100"/>
+      <c r="O45" s="101"/>
+      <c r="P45" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B45:G45)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="46" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A46" s="101"/>
-[...14 lines deleted...]
-      <c r="P46" s="108" t="str">
+      <c r="A46" s="143"/>
+      <c r="B46" s="144"/>
+      <c r="C46" s="103"/>
+      <c r="D46" s="103"/>
+      <c r="E46" s="96"/>
+      <c r="F46" s="96"/>
+      <c r="G46" s="96"/>
+      <c r="H46" s="97"/>
+      <c r="I46" s="97"/>
+      <c r="J46" s="97"/>
+      <c r="K46" s="98"/>
+      <c r="L46" s="99"/>
+      <c r="M46" s="100"/>
+      <c r="N46" s="100"/>
+      <c r="O46" s="101"/>
+      <c r="P46" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B46:G46)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="47" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A47" s="101"/>
-[...14 lines deleted...]
-      <c r="P47" s="108" t="str">
+      <c r="A47" s="143"/>
+      <c r="B47" s="144"/>
+      <c r="C47" s="103"/>
+      <c r="D47" s="103"/>
+      <c r="E47" s="96"/>
+      <c r="F47" s="96"/>
+      <c r="G47" s="96"/>
+      <c r="H47" s="97"/>
+      <c r="I47" s="97"/>
+      <c r="J47" s="97"/>
+      <c r="K47" s="98"/>
+      <c r="L47" s="99"/>
+      <c r="M47" s="100"/>
+      <c r="N47" s="100"/>
+      <c r="O47" s="101"/>
+      <c r="P47" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B47:G47)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="48" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A48" s="101"/>
-[...14 lines deleted...]
-      <c r="P48" s="108" t="str">
+      <c r="A48" s="143"/>
+      <c r="B48" s="144"/>
+      <c r="C48" s="103"/>
+      <c r="D48" s="103"/>
+      <c r="E48" s="96"/>
+      <c r="F48" s="96"/>
+      <c r="G48" s="96"/>
+      <c r="H48" s="97"/>
+      <c r="I48" s="97"/>
+      <c r="J48" s="97"/>
+      <c r="K48" s="98"/>
+      <c r="L48" s="99"/>
+      <c r="M48" s="100"/>
+      <c r="N48" s="100"/>
+      <c r="O48" s="101"/>
+      <c r="P48" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B48:G48)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="49" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A49" s="101"/>
-[...14 lines deleted...]
-      <c r="P49" s="108" t="str">
+      <c r="A49" s="143"/>
+      <c r="B49" s="144"/>
+      <c r="C49" s="103"/>
+      <c r="D49" s="103"/>
+      <c r="E49" s="96"/>
+      <c r="F49" s="96"/>
+      <c r="G49" s="96"/>
+      <c r="H49" s="97"/>
+      <c r="I49" s="97"/>
+      <c r="J49" s="97"/>
+      <c r="K49" s="98"/>
+      <c r="L49" s="99"/>
+      <c r="M49" s="100"/>
+      <c r="N49" s="100"/>
+      <c r="O49" s="101"/>
+      <c r="P49" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B49:G49)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="50" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A50" s="101"/>
-[...14 lines deleted...]
-      <c r="P50" s="108" t="str">
+      <c r="A50" s="143"/>
+      <c r="B50" s="144"/>
+      <c r="C50" s="103"/>
+      <c r="D50" s="103"/>
+      <c r="E50" s="96"/>
+      <c r="F50" s="96"/>
+      <c r="G50" s="96"/>
+      <c r="H50" s="97"/>
+      <c r="I50" s="97"/>
+      <c r="J50" s="97"/>
+      <c r="K50" s="98"/>
+      <c r="L50" s="99"/>
+      <c r="M50" s="100"/>
+      <c r="N50" s="100"/>
+      <c r="O50" s="101"/>
+      <c r="P50" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B50:G50)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="51" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A51" s="101"/>
-[...14 lines deleted...]
-      <c r="P51" s="108" t="str">
+      <c r="A51" s="143"/>
+      <c r="B51" s="144"/>
+      <c r="C51" s="103"/>
+      <c r="D51" s="103"/>
+      <c r="E51" s="96"/>
+      <c r="F51" s="96"/>
+      <c r="G51" s="96"/>
+      <c r="H51" s="97"/>
+      <c r="I51" s="97"/>
+      <c r="J51" s="97"/>
+      <c r="K51" s="98"/>
+      <c r="L51" s="99"/>
+      <c r="M51" s="100"/>
+      <c r="N51" s="100"/>
+      <c r="O51" s="101"/>
+      <c r="P51" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B51:G51)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="52" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A52" s="101"/>
-[...14 lines deleted...]
-      <c r="P52" s="108" t="str">
+      <c r="A52" s="143"/>
+      <c r="B52" s="144"/>
+      <c r="C52" s="103"/>
+      <c r="D52" s="103"/>
+      <c r="E52" s="96"/>
+      <c r="F52" s="96"/>
+      <c r="G52" s="96"/>
+      <c r="H52" s="97"/>
+      <c r="I52" s="97"/>
+      <c r="J52" s="97"/>
+      <c r="K52" s="98"/>
+      <c r="L52" s="99"/>
+      <c r="M52" s="100"/>
+      <c r="N52" s="100"/>
+      <c r="O52" s="101"/>
+      <c r="P52" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B52:G52)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="53" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A53" s="101"/>
-[...14 lines deleted...]
-      <c r="P53" s="108" t="str">
+      <c r="A53" s="143"/>
+      <c r="B53" s="144"/>
+      <c r="C53" s="103"/>
+      <c r="D53" s="103"/>
+      <c r="E53" s="96"/>
+      <c r="F53" s="96"/>
+      <c r="G53" s="96"/>
+      <c r="H53" s="97"/>
+      <c r="I53" s="97"/>
+      <c r="J53" s="97"/>
+      <c r="K53" s="98"/>
+      <c r="L53" s="99"/>
+      <c r="M53" s="100"/>
+      <c r="N53" s="100"/>
+      <c r="O53" s="101"/>
+      <c r="P53" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B53:G53)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="54" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A54" s="101"/>
-[...14 lines deleted...]
-      <c r="P54" s="108" t="str">
+      <c r="A54" s="143"/>
+      <c r="B54" s="144"/>
+      <c r="C54" s="103"/>
+      <c r="D54" s="103"/>
+      <c r="E54" s="96"/>
+      <c r="F54" s="96"/>
+      <c r="G54" s="96"/>
+      <c r="H54" s="97"/>
+      <c r="I54" s="97"/>
+      <c r="J54" s="97"/>
+      <c r="K54" s="98"/>
+      <c r="L54" s="99"/>
+      <c r="M54" s="100"/>
+      <c r="N54" s="100"/>
+      <c r="O54" s="101"/>
+      <c r="P54" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B54:G54)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="55" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A55" s="101"/>
-[...14 lines deleted...]
-      <c r="P55" s="108" t="str">
+      <c r="A55" s="143"/>
+      <c r="B55" s="144"/>
+      <c r="C55" s="103"/>
+      <c r="D55" s="103"/>
+      <c r="E55" s="96"/>
+      <c r="F55" s="96"/>
+      <c r="G55" s="96"/>
+      <c r="H55" s="97"/>
+      <c r="I55" s="97"/>
+      <c r="J55" s="97"/>
+      <c r="K55" s="98"/>
+      <c r="L55" s="99"/>
+      <c r="M55" s="100"/>
+      <c r="N55" s="100"/>
+      <c r="O55" s="101"/>
+      <c r="P55" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B55:G55)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="56" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A56" s="101"/>
-[...14 lines deleted...]
-      <c r="P56" s="108" t="str">
+      <c r="A56" s="143"/>
+      <c r="B56" s="144"/>
+      <c r="C56" s="103"/>
+      <c r="D56" s="103"/>
+      <c r="E56" s="96"/>
+      <c r="F56" s="96"/>
+      <c r="G56" s="96"/>
+      <c r="H56" s="97"/>
+      <c r="I56" s="97"/>
+      <c r="J56" s="97"/>
+      <c r="K56" s="98"/>
+      <c r="L56" s="99"/>
+      <c r="M56" s="100"/>
+      <c r="N56" s="100"/>
+      <c r="O56" s="101"/>
+      <c r="P56" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B56:G56)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="57" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A57" s="101"/>
-[...14 lines deleted...]
-      <c r="P57" s="108" t="str">
+      <c r="A57" s="143"/>
+      <c r="B57" s="144"/>
+      <c r="C57" s="103"/>
+      <c r="D57" s="103"/>
+      <c r="E57" s="96"/>
+      <c r="F57" s="96"/>
+      <c r="G57" s="96"/>
+      <c r="H57" s="97"/>
+      <c r="I57" s="97"/>
+      <c r="J57" s="97"/>
+      <c r="K57" s="98"/>
+      <c r="L57" s="99"/>
+      <c r="M57" s="100"/>
+      <c r="N57" s="100"/>
+      <c r="O57" s="101"/>
+      <c r="P57" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B57:G57)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="58" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A58" s="101"/>
-[...14 lines deleted...]
-      <c r="P58" s="108" t="str">
+      <c r="A58" s="143"/>
+      <c r="B58" s="144"/>
+      <c r="C58" s="103"/>
+      <c r="D58" s="103"/>
+      <c r="E58" s="96"/>
+      <c r="F58" s="96"/>
+      <c r="G58" s="96"/>
+      <c r="H58" s="97"/>
+      <c r="I58" s="97"/>
+      <c r="J58" s="97"/>
+      <c r="K58" s="98"/>
+      <c r="L58" s="99"/>
+      <c r="M58" s="100"/>
+      <c r="N58" s="100"/>
+      <c r="O58" s="101"/>
+      <c r="P58" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B58:G58)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="59" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A59" s="101"/>
-[...14 lines deleted...]
-      <c r="P59" s="108" t="str">
+      <c r="A59" s="143"/>
+      <c r="B59" s="144"/>
+      <c r="C59" s="103"/>
+      <c r="D59" s="103"/>
+      <c r="E59" s="96"/>
+      <c r="F59" s="96"/>
+      <c r="G59" s="96"/>
+      <c r="H59" s="97"/>
+      <c r="I59" s="97"/>
+      <c r="J59" s="97"/>
+      <c r="K59" s="98"/>
+      <c r="L59" s="99"/>
+      <c r="M59" s="100"/>
+      <c r="N59" s="100"/>
+      <c r="O59" s="101"/>
+      <c r="P59" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B59:G59)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="60" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A60" s="101"/>
-[...14 lines deleted...]
-      <c r="P60" s="108" t="str">
+      <c r="A60" s="143"/>
+      <c r="B60" s="144"/>
+      <c r="C60" s="103"/>
+      <c r="D60" s="103"/>
+      <c r="E60" s="96"/>
+      <c r="F60" s="96"/>
+      <c r="G60" s="96"/>
+      <c r="H60" s="97"/>
+      <c r="I60" s="97"/>
+      <c r="J60" s="97"/>
+      <c r="K60" s="98"/>
+      <c r="L60" s="99"/>
+      <c r="M60" s="100"/>
+      <c r="N60" s="100"/>
+      <c r="O60" s="101"/>
+      <c r="P60" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B60:G60)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="61" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A61" s="101"/>
-[...14 lines deleted...]
-      <c r="P61" s="108" t="str">
+      <c r="A61" s="143"/>
+      <c r="B61" s="144"/>
+      <c r="C61" s="103"/>
+      <c r="D61" s="103"/>
+      <c r="E61" s="96"/>
+      <c r="F61" s="96"/>
+      <c r="G61" s="96"/>
+      <c r="H61" s="97"/>
+      <c r="I61" s="97"/>
+      <c r="J61" s="97"/>
+      <c r="K61" s="98"/>
+      <c r="L61" s="99"/>
+      <c r="M61" s="100"/>
+      <c r="N61" s="100"/>
+      <c r="O61" s="101"/>
+      <c r="P61" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B61:G61)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="62" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A62" s="101"/>
-[...14 lines deleted...]
-      <c r="P62" s="108" t="str">
+      <c r="A62" s="143"/>
+      <c r="B62" s="144"/>
+      <c r="C62" s="103"/>
+      <c r="D62" s="103"/>
+      <c r="E62" s="96"/>
+      <c r="F62" s="96"/>
+      <c r="G62" s="96"/>
+      <c r="H62" s="97"/>
+      <c r="I62" s="97"/>
+      <c r="J62" s="97"/>
+      <c r="K62" s="98"/>
+      <c r="L62" s="99"/>
+      <c r="M62" s="100"/>
+      <c r="N62" s="100"/>
+      <c r="O62" s="101"/>
+      <c r="P62" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B62:G62)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="63" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A63" s="101"/>
-[...14 lines deleted...]
-      <c r="P63" s="108" t="str">
+      <c r="A63" s="143"/>
+      <c r="B63" s="144"/>
+      <c r="C63" s="103"/>
+      <c r="D63" s="103"/>
+      <c r="E63" s="96"/>
+      <c r="F63" s="96"/>
+      <c r="G63" s="96"/>
+      <c r="H63" s="97"/>
+      <c r="I63" s="97"/>
+      <c r="J63" s="97"/>
+      <c r="K63" s="98"/>
+      <c r="L63" s="99"/>
+      <c r="M63" s="100"/>
+      <c r="N63" s="100"/>
+      <c r="O63" s="101"/>
+      <c r="P63" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B63:G63)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="64" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A64" s="101"/>
-[...14 lines deleted...]
-      <c r="P64" s="108" t="str">
+      <c r="A64" s="143"/>
+      <c r="B64" s="144"/>
+      <c r="C64" s="103"/>
+      <c r="D64" s="103"/>
+      <c r="E64" s="96"/>
+      <c r="F64" s="96"/>
+      <c r="G64" s="96"/>
+      <c r="H64" s="97"/>
+      <c r="I64" s="97"/>
+      <c r="J64" s="97"/>
+      <c r="K64" s="98"/>
+      <c r="L64" s="99"/>
+      <c r="M64" s="100"/>
+      <c r="N64" s="100"/>
+      <c r="O64" s="101"/>
+      <c r="P64" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B64:G64)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="65" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A65" s="101"/>
-[...14 lines deleted...]
-      <c r="P65" s="108" t="str">
+      <c r="A65" s="143"/>
+      <c r="B65" s="144"/>
+      <c r="C65" s="103"/>
+      <c r="D65" s="103"/>
+      <c r="E65" s="96"/>
+      <c r="F65" s="96"/>
+      <c r="G65" s="96"/>
+      <c r="H65" s="97"/>
+      <c r="I65" s="97"/>
+      <c r="J65" s="97"/>
+      <c r="K65" s="98"/>
+      <c r="L65" s="99"/>
+      <c r="M65" s="100"/>
+      <c r="N65" s="100"/>
+      <c r="O65" s="101"/>
+      <c r="P65" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B65:G65)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="66" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A66" s="101"/>
-[...14 lines deleted...]
-      <c r="P66" s="108" t="str">
+      <c r="A66" s="143"/>
+      <c r="B66" s="144"/>
+      <c r="C66" s="103"/>
+      <c r="D66" s="103"/>
+      <c r="E66" s="96"/>
+      <c r="F66" s="96"/>
+      <c r="G66" s="96"/>
+      <c r="H66" s="97"/>
+      <c r="I66" s="97"/>
+      <c r="J66" s="97"/>
+      <c r="K66" s="98"/>
+      <c r="L66" s="99"/>
+      <c r="M66" s="100"/>
+      <c r="N66" s="100"/>
+      <c r="O66" s="101"/>
+      <c r="P66" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B66:G66)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="67" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A67" s="101"/>
-[...14 lines deleted...]
-      <c r="P67" s="108" t="str">
+      <c r="A67" s="143"/>
+      <c r="B67" s="144"/>
+      <c r="C67" s="103"/>
+      <c r="D67" s="103"/>
+      <c r="E67" s="96"/>
+      <c r="F67" s="96"/>
+      <c r="G67" s="96"/>
+      <c r="H67" s="97"/>
+      <c r="I67" s="97"/>
+      <c r="J67" s="97"/>
+      <c r="K67" s="98"/>
+      <c r="L67" s="99"/>
+      <c r="M67" s="100"/>
+      <c r="N67" s="100"/>
+      <c r="O67" s="101"/>
+      <c r="P67" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B67:G67)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="68" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A68" s="101"/>
-[...14 lines deleted...]
-      <c r="P68" s="108" t="str">
+      <c r="A68" s="143"/>
+      <c r="B68" s="144"/>
+      <c r="C68" s="103"/>
+      <c r="D68" s="103"/>
+      <c r="E68" s="96"/>
+      <c r="F68" s="96"/>
+      <c r="G68" s="96"/>
+      <c r="H68" s="97"/>
+      <c r="I68" s="97"/>
+      <c r="J68" s="97"/>
+      <c r="K68" s="98"/>
+      <c r="L68" s="99"/>
+      <c r="M68" s="100"/>
+      <c r="N68" s="100"/>
+      <c r="O68" s="101"/>
+      <c r="P68" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B68:G68)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="69" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A69" s="101"/>
-[...14 lines deleted...]
-      <c r="P69" s="108" t="str">
+      <c r="A69" s="143"/>
+      <c r="B69" s="144"/>
+      <c r="C69" s="103"/>
+      <c r="D69" s="103"/>
+      <c r="E69" s="96"/>
+      <c r="F69" s="96"/>
+      <c r="G69" s="96"/>
+      <c r="H69" s="97"/>
+      <c r="I69" s="97"/>
+      <c r="J69" s="97"/>
+      <c r="K69" s="98"/>
+      <c r="L69" s="99"/>
+      <c r="M69" s="100"/>
+      <c r="N69" s="100"/>
+      <c r="O69" s="101"/>
+      <c r="P69" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B69:G69)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="70" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A70" s="101"/>
-[...14 lines deleted...]
-      <c r="P70" s="108" t="str">
+      <c r="A70" s="143"/>
+      <c r="B70" s="144"/>
+      <c r="C70" s="103"/>
+      <c r="D70" s="103"/>
+      <c r="E70" s="96"/>
+      <c r="F70" s="96"/>
+      <c r="G70" s="96"/>
+      <c r="H70" s="97"/>
+      <c r="I70" s="97"/>
+      <c r="J70" s="97"/>
+      <c r="K70" s="98"/>
+      <c r="L70" s="99"/>
+      <c r="M70" s="100"/>
+      <c r="N70" s="100"/>
+      <c r="O70" s="101"/>
+      <c r="P70" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B70:G70)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="71" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A71" s="101"/>
-[...14 lines deleted...]
-      <c r="P71" s="108" t="str">
+      <c r="A71" s="143"/>
+      <c r="B71" s="144"/>
+      <c r="C71" s="103"/>
+      <c r="D71" s="103"/>
+      <c r="E71" s="96"/>
+      <c r="F71" s="96"/>
+      <c r="G71" s="96"/>
+      <c r="H71" s="97"/>
+      <c r="I71" s="97"/>
+      <c r="J71" s="97"/>
+      <c r="K71" s="98"/>
+      <c r="L71" s="99"/>
+      <c r="M71" s="100"/>
+      <c r="N71" s="100"/>
+      <c r="O71" s="101"/>
+      <c r="P71" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B71:G71)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="72" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A72" s="101"/>
-[...14 lines deleted...]
-      <c r="P72" s="108" t="str">
+      <c r="A72" s="143"/>
+      <c r="B72" s="144"/>
+      <c r="C72" s="103"/>
+      <c r="D72" s="103"/>
+      <c r="E72" s="96"/>
+      <c r="F72" s="96"/>
+      <c r="G72" s="96"/>
+      <c r="H72" s="97"/>
+      <c r="I72" s="97"/>
+      <c r="J72" s="97"/>
+      <c r="K72" s="98"/>
+      <c r="L72" s="99"/>
+      <c r="M72" s="100"/>
+      <c r="N72" s="100"/>
+      <c r="O72" s="101"/>
+      <c r="P72" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B72:G72)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="73" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A73" s="101"/>
-[...14 lines deleted...]
-      <c r="P73" s="108" t="str">
+      <c r="A73" s="143"/>
+      <c r="B73" s="144"/>
+      <c r="C73" s="103"/>
+      <c r="D73" s="103"/>
+      <c r="E73" s="96"/>
+      <c r="F73" s="96"/>
+      <c r="G73" s="96"/>
+      <c r="H73" s="97"/>
+      <c r="I73" s="97"/>
+      <c r="J73" s="97"/>
+      <c r="K73" s="98"/>
+      <c r="L73" s="99"/>
+      <c r="M73" s="100"/>
+      <c r="N73" s="100"/>
+      <c r="O73" s="101"/>
+      <c r="P73" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B73:G73)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="74" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A74" s="101"/>
-[...14 lines deleted...]
-      <c r="P74" s="108" t="str">
+      <c r="A74" s="143"/>
+      <c r="B74" s="144"/>
+      <c r="C74" s="103"/>
+      <c r="D74" s="103"/>
+      <c r="E74" s="96"/>
+      <c r="F74" s="96"/>
+      <c r="G74" s="96"/>
+      <c r="H74" s="97"/>
+      <c r="I74" s="97"/>
+      <c r="J74" s="97"/>
+      <c r="K74" s="98"/>
+      <c r="L74" s="99"/>
+      <c r="M74" s="100"/>
+      <c r="N74" s="100"/>
+      <c r="O74" s="101"/>
+      <c r="P74" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B74:G74)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="75" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A75" s="101"/>
-[...14 lines deleted...]
-      <c r="P75" s="108" t="str">
+      <c r="A75" s="143"/>
+      <c r="B75" s="144"/>
+      <c r="C75" s="103"/>
+      <c r="D75" s="103"/>
+      <c r="E75" s="96"/>
+      <c r="F75" s="96"/>
+      <c r="G75" s="96"/>
+      <c r="H75" s="97"/>
+      <c r="I75" s="97"/>
+      <c r="J75" s="97"/>
+      <c r="K75" s="98"/>
+      <c r="L75" s="99"/>
+      <c r="M75" s="100"/>
+      <c r="N75" s="100"/>
+      <c r="O75" s="101"/>
+      <c r="P75" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B75:G75)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="76" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A76" s="101"/>
-[...14 lines deleted...]
-      <c r="P76" s="108" t="str">
+      <c r="A76" s="143"/>
+      <c r="B76" s="144"/>
+      <c r="C76" s="103"/>
+      <c r="D76" s="103"/>
+      <c r="E76" s="96"/>
+      <c r="F76" s="96"/>
+      <c r="G76" s="96"/>
+      <c r="H76" s="97"/>
+      <c r="I76" s="97"/>
+      <c r="J76" s="97"/>
+      <c r="K76" s="98"/>
+      <c r="L76" s="99"/>
+      <c r="M76" s="100"/>
+      <c r="N76" s="100"/>
+      <c r="O76" s="101"/>
+      <c r="P76" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B76:G76)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="77" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A77" s="101"/>
-[...14 lines deleted...]
-      <c r="P77" s="108" t="str">
+      <c r="A77" s="143"/>
+      <c r="B77" s="144"/>
+      <c r="C77" s="103"/>
+      <c r="D77" s="103"/>
+      <c r="E77" s="96"/>
+      <c r="F77" s="96"/>
+      <c r="G77" s="96"/>
+      <c r="H77" s="97"/>
+      <c r="I77" s="97"/>
+      <c r="J77" s="97"/>
+      <c r="K77" s="98"/>
+      <c r="L77" s="99"/>
+      <c r="M77" s="100"/>
+      <c r="N77" s="100"/>
+      <c r="O77" s="101"/>
+      <c r="P77" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B77:G77)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="78" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A78" s="101"/>
-[...14 lines deleted...]
-      <c r="P78" s="108" t="str">
+      <c r="A78" s="143"/>
+      <c r="B78" s="144"/>
+      <c r="C78" s="103"/>
+      <c r="D78" s="103"/>
+      <c r="E78" s="96"/>
+      <c r="F78" s="96"/>
+      <c r="G78" s="96"/>
+      <c r="H78" s="97"/>
+      <c r="I78" s="97"/>
+      <c r="J78" s="97"/>
+      <c r="K78" s="98"/>
+      <c r="L78" s="99"/>
+      <c r="M78" s="100"/>
+      <c r="N78" s="100"/>
+      <c r="O78" s="101"/>
+      <c r="P78" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B78:G78)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="79" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A79" s="101"/>
-[...14 lines deleted...]
-      <c r="P79" s="108" t="str">
+      <c r="A79" s="143"/>
+      <c r="B79" s="144"/>
+      <c r="C79" s="103"/>
+      <c r="D79" s="103"/>
+      <c r="E79" s="96"/>
+      <c r="F79" s="96"/>
+      <c r="G79" s="96"/>
+      <c r="H79" s="97"/>
+      <c r="I79" s="97"/>
+      <c r="J79" s="97"/>
+      <c r="K79" s="98"/>
+      <c r="L79" s="99"/>
+      <c r="M79" s="100"/>
+      <c r="N79" s="100"/>
+      <c r="O79" s="101"/>
+      <c r="P79" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B79:G79)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="80" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A80" s="101"/>
-[...14 lines deleted...]
-      <c r="P80" s="108" t="str">
+      <c r="A80" s="143"/>
+      <c r="B80" s="144"/>
+      <c r="C80" s="103"/>
+      <c r="D80" s="103"/>
+      <c r="E80" s="96"/>
+      <c r="F80" s="96"/>
+      <c r="G80" s="96"/>
+      <c r="H80" s="97"/>
+      <c r="I80" s="97"/>
+      <c r="J80" s="97"/>
+      <c r="K80" s="98"/>
+      <c r="L80" s="99"/>
+      <c r="M80" s="100"/>
+      <c r="N80" s="100"/>
+      <c r="O80" s="101"/>
+      <c r="P80" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B80:G80)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="81" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A81" s="101"/>
-[...14 lines deleted...]
-      <c r="P81" s="108" t="str">
+      <c r="A81" s="143"/>
+      <c r="B81" s="144"/>
+      <c r="C81" s="103"/>
+      <c r="D81" s="103"/>
+      <c r="E81" s="96"/>
+      <c r="F81" s="96"/>
+      <c r="G81" s="96"/>
+      <c r="H81" s="97"/>
+      <c r="I81" s="97"/>
+      <c r="J81" s="97"/>
+      <c r="K81" s="98"/>
+      <c r="L81" s="99"/>
+      <c r="M81" s="100"/>
+      <c r="N81" s="100"/>
+      <c r="O81" s="101"/>
+      <c r="P81" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B81:G81)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="82" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A82" s="101"/>
-[...14 lines deleted...]
-      <c r="P82" s="108" t="str">
+      <c r="A82" s="143"/>
+      <c r="B82" s="144"/>
+      <c r="C82" s="103"/>
+      <c r="D82" s="103"/>
+      <c r="E82" s="96"/>
+      <c r="F82" s="96"/>
+      <c r="G82" s="96"/>
+      <c r="H82" s="97"/>
+      <c r="I82" s="97"/>
+      <c r="J82" s="97"/>
+      <c r="K82" s="98"/>
+      <c r="L82" s="99"/>
+      <c r="M82" s="100"/>
+      <c r="N82" s="100"/>
+      <c r="O82" s="101"/>
+      <c r="P82" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B82:G82)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="83" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A83" s="101"/>
-[...14 lines deleted...]
-      <c r="P83" s="108" t="str">
+      <c r="A83" s="143"/>
+      <c r="B83" s="144"/>
+      <c r="C83" s="103"/>
+      <c r="D83" s="103"/>
+      <c r="E83" s="96"/>
+      <c r="F83" s="96"/>
+      <c r="G83" s="96"/>
+      <c r="H83" s="97"/>
+      <c r="I83" s="97"/>
+      <c r="J83" s="97"/>
+      <c r="K83" s="98"/>
+      <c r="L83" s="99"/>
+      <c r="M83" s="100"/>
+      <c r="N83" s="100"/>
+      <c r="O83" s="101"/>
+      <c r="P83" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B83:G83)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="84" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A84" s="101"/>
-[...14 lines deleted...]
-      <c r="P84" s="108" t="str">
+      <c r="A84" s="143"/>
+      <c r="B84" s="144"/>
+      <c r="C84" s="103"/>
+      <c r="D84" s="103"/>
+      <c r="E84" s="96"/>
+      <c r="F84" s="96"/>
+      <c r="G84" s="96"/>
+      <c r="H84" s="97"/>
+      <c r="I84" s="97"/>
+      <c r="J84" s="97"/>
+      <c r="K84" s="98"/>
+      <c r="L84" s="99"/>
+      <c r="M84" s="100"/>
+      <c r="N84" s="100"/>
+      <c r="O84" s="101"/>
+      <c r="P84" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B84:G84)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="85" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A85" s="101"/>
-[...14 lines deleted...]
-      <c r="P85" s="108" t="str">
+      <c r="A85" s="143"/>
+      <c r="B85" s="144"/>
+      <c r="C85" s="103"/>
+      <c r="D85" s="103"/>
+      <c r="E85" s="96"/>
+      <c r="F85" s="96"/>
+      <c r="G85" s="96"/>
+      <c r="H85" s="97"/>
+      <c r="I85" s="97"/>
+      <c r="J85" s="97"/>
+      <c r="K85" s="98"/>
+      <c r="L85" s="99"/>
+      <c r="M85" s="100"/>
+      <c r="N85" s="100"/>
+      <c r="O85" s="101"/>
+      <c r="P85" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B85:G85)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="86" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A86" s="101"/>
-[...14 lines deleted...]
-      <c r="P86" s="108" t="str">
+      <c r="A86" s="143"/>
+      <c r="B86" s="144"/>
+      <c r="C86" s="103"/>
+      <c r="D86" s="103"/>
+      <c r="E86" s="96"/>
+      <c r="F86" s="96"/>
+      <c r="G86" s="96"/>
+      <c r="H86" s="97"/>
+      <c r="I86" s="97"/>
+      <c r="J86" s="97"/>
+      <c r="K86" s="98"/>
+      <c r="L86" s="99"/>
+      <c r="M86" s="100"/>
+      <c r="N86" s="100"/>
+      <c r="O86" s="101"/>
+      <c r="P86" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B86:G86)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="87" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A87" s="101"/>
-[...14 lines deleted...]
-      <c r="P87" s="108" t="str">
+      <c r="A87" s="143"/>
+      <c r="B87" s="144"/>
+      <c r="C87" s="103"/>
+      <c r="D87" s="103"/>
+      <c r="E87" s="96"/>
+      <c r="F87" s="96"/>
+      <c r="G87" s="96"/>
+      <c r="H87" s="97"/>
+      <c r="I87" s="97"/>
+      <c r="J87" s="97"/>
+      <c r="K87" s="98"/>
+      <c r="L87" s="99"/>
+      <c r="M87" s="100"/>
+      <c r="N87" s="100"/>
+      <c r="O87" s="101"/>
+      <c r="P87" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B87:G87)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="88" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A88" s="101"/>
-[...14 lines deleted...]
-      <c r="P88" s="108" t="str">
+      <c r="A88" s="143"/>
+      <c r="B88" s="144"/>
+      <c r="C88" s="103"/>
+      <c r="D88" s="103"/>
+      <c r="E88" s="96"/>
+      <c r="F88" s="96"/>
+      <c r="G88" s="96"/>
+      <c r="H88" s="97"/>
+      <c r="I88" s="97"/>
+      <c r="J88" s="97"/>
+      <c r="K88" s="98"/>
+      <c r="L88" s="99"/>
+      <c r="M88" s="100"/>
+      <c r="N88" s="100"/>
+      <c r="O88" s="101"/>
+      <c r="P88" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B88:G88)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="89" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A89" s="101"/>
-[...14 lines deleted...]
-      <c r="P89" s="108" t="str">
+      <c r="A89" s="143"/>
+      <c r="B89" s="144"/>
+      <c r="C89" s="103"/>
+      <c r="D89" s="103"/>
+      <c r="E89" s="96"/>
+      <c r="F89" s="96"/>
+      <c r="G89" s="96"/>
+      <c r="H89" s="97"/>
+      <c r="I89" s="97"/>
+      <c r="J89" s="97"/>
+      <c r="K89" s="98"/>
+      <c r="L89" s="99"/>
+      <c r="M89" s="100"/>
+      <c r="N89" s="100"/>
+      <c r="O89" s="101"/>
+      <c r="P89" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B89:G89)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="90" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A90" s="101"/>
-[...14 lines deleted...]
-      <c r="P90" s="108" t="str">
+      <c r="A90" s="143"/>
+      <c r="B90" s="144"/>
+      <c r="C90" s="103"/>
+      <c r="D90" s="103"/>
+      <c r="E90" s="96"/>
+      <c r="F90" s="96"/>
+      <c r="G90" s="96"/>
+      <c r="H90" s="97"/>
+      <c r="I90" s="97"/>
+      <c r="J90" s="97"/>
+      <c r="K90" s="98"/>
+      <c r="L90" s="99"/>
+      <c r="M90" s="100"/>
+      <c r="N90" s="100"/>
+      <c r="O90" s="101"/>
+      <c r="P90" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B90:G90)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="91" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A91" s="101"/>
-[...14 lines deleted...]
-      <c r="P91" s="108" t="str">
+      <c r="A91" s="143"/>
+      <c r="B91" s="144"/>
+      <c r="C91" s="103"/>
+      <c r="D91" s="103"/>
+      <c r="E91" s="96"/>
+      <c r="F91" s="96"/>
+      <c r="G91" s="96"/>
+      <c r="H91" s="97"/>
+      <c r="I91" s="97"/>
+      <c r="J91" s="97"/>
+      <c r="K91" s="98"/>
+      <c r="L91" s="99"/>
+      <c r="M91" s="100"/>
+      <c r="N91" s="100"/>
+      <c r="O91" s="101"/>
+      <c r="P91" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B91:G91)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="92" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A92" s="101"/>
-[...14 lines deleted...]
-      <c r="P92" s="108" t="str">
+      <c r="A92" s="143"/>
+      <c r="B92" s="144"/>
+      <c r="C92" s="103"/>
+      <c r="D92" s="103"/>
+      <c r="E92" s="96"/>
+      <c r="F92" s="96"/>
+      <c r="G92" s="96"/>
+      <c r="H92" s="97"/>
+      <c r="I92" s="97"/>
+      <c r="J92" s="97"/>
+      <c r="K92" s="98"/>
+      <c r="L92" s="99"/>
+      <c r="M92" s="100"/>
+      <c r="N92" s="100"/>
+      <c r="O92" s="101"/>
+      <c r="P92" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B92:G92)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="93" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A93" s="101"/>
-[...14 lines deleted...]
-      <c r="P93" s="108" t="str">
+      <c r="A93" s="143"/>
+      <c r="B93" s="144"/>
+      <c r="C93" s="103"/>
+      <c r="D93" s="103"/>
+      <c r="E93" s="96"/>
+      <c r="F93" s="96"/>
+      <c r="G93" s="96"/>
+      <c r="H93" s="97"/>
+      <c r="I93" s="97"/>
+      <c r="J93" s="97"/>
+      <c r="K93" s="98"/>
+      <c r="L93" s="99"/>
+      <c r="M93" s="100"/>
+      <c r="N93" s="100"/>
+      <c r="O93" s="101"/>
+      <c r="P93" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B93:G93)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="94" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A94" s="101"/>
-[...14 lines deleted...]
-      <c r="P94" s="108" t="str">
+      <c r="A94" s="143"/>
+      <c r="B94" s="144"/>
+      <c r="C94" s="103"/>
+      <c r="D94" s="103"/>
+      <c r="E94" s="96"/>
+      <c r="F94" s="96"/>
+      <c r="G94" s="96"/>
+      <c r="H94" s="97"/>
+      <c r="I94" s="97"/>
+      <c r="J94" s="97"/>
+      <c r="K94" s="98"/>
+      <c r="L94" s="99"/>
+      <c r="M94" s="100"/>
+      <c r="N94" s="100"/>
+      <c r="O94" s="101"/>
+      <c r="P94" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B94:G94)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="95" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A95" s="101"/>
-[...14 lines deleted...]
-      <c r="P95" s="108" t="str">
+      <c r="A95" s="143"/>
+      <c r="B95" s="144"/>
+      <c r="C95" s="103"/>
+      <c r="D95" s="103"/>
+      <c r="E95" s="96"/>
+      <c r="F95" s="96"/>
+      <c r="G95" s="96"/>
+      <c r="H95" s="97"/>
+      <c r="I95" s="97"/>
+      <c r="J95" s="97"/>
+      <c r="K95" s="98"/>
+      <c r="L95" s="99"/>
+      <c r="M95" s="100"/>
+      <c r="N95" s="100"/>
+      <c r="O95" s="101"/>
+      <c r="P95" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B95:G95)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="96" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A96" s="101"/>
-[...14 lines deleted...]
-      <c r="P96" s="108" t="str">
+      <c r="A96" s="143"/>
+      <c r="B96" s="144"/>
+      <c r="C96" s="103"/>
+      <c r="D96" s="103"/>
+      <c r="E96" s="96"/>
+      <c r="F96" s="96"/>
+      <c r="G96" s="96"/>
+      <c r="H96" s="97"/>
+      <c r="I96" s="97"/>
+      <c r="J96" s="97"/>
+      <c r="K96" s="98"/>
+      <c r="L96" s="99"/>
+      <c r="M96" s="100"/>
+      <c r="N96" s="100"/>
+      <c r="O96" s="101"/>
+      <c r="P96" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B96:G96)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="97" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A97" s="101"/>
-[...14 lines deleted...]
-      <c r="P97" s="108" t="str">
+      <c r="A97" s="143"/>
+      <c r="B97" s="144"/>
+      <c r="C97" s="103"/>
+      <c r="D97" s="103"/>
+      <c r="E97" s="96"/>
+      <c r="F97" s="96"/>
+      <c r="G97" s="96"/>
+      <c r="H97" s="97"/>
+      <c r="I97" s="97"/>
+      <c r="J97" s="97"/>
+      <c r="K97" s="98"/>
+      <c r="L97" s="99"/>
+      <c r="M97" s="100"/>
+      <c r="N97" s="100"/>
+      <c r="O97" s="101"/>
+      <c r="P97" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B97:G97)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="98" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A98" s="101"/>
-[...14 lines deleted...]
-      <c r="P98" s="108" t="str">
+      <c r="A98" s="143"/>
+      <c r="B98" s="144"/>
+      <c r="C98" s="103"/>
+      <c r="D98" s="103"/>
+      <c r="E98" s="96"/>
+      <c r="F98" s="96"/>
+      <c r="G98" s="96"/>
+      <c r="H98" s="97"/>
+      <c r="I98" s="97"/>
+      <c r="J98" s="97"/>
+      <c r="K98" s="98"/>
+      <c r="L98" s="99"/>
+      <c r="M98" s="100"/>
+      <c r="N98" s="100"/>
+      <c r="O98" s="101"/>
+      <c r="P98" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B98:G98)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="99" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A99" s="101"/>
-[...14 lines deleted...]
-      <c r="P99" s="108" t="str">
+      <c r="A99" s="143"/>
+      <c r="B99" s="144"/>
+      <c r="C99" s="103"/>
+      <c r="D99" s="103"/>
+      <c r="E99" s="96"/>
+      <c r="F99" s="96"/>
+      <c r="G99" s="96"/>
+      <c r="H99" s="97"/>
+      <c r="I99" s="97"/>
+      <c r="J99" s="97"/>
+      <c r="K99" s="98"/>
+      <c r="L99" s="99"/>
+      <c r="M99" s="100"/>
+      <c r="N99" s="100"/>
+      <c r="O99" s="101"/>
+      <c r="P99" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B99:G99)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="100" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A100" s="101"/>
-[...14 lines deleted...]
-      <c r="P100" s="108" t="str">
+      <c r="A100" s="143"/>
+      <c r="B100" s="144"/>
+      <c r="C100" s="103"/>
+      <c r="D100" s="103"/>
+      <c r="E100" s="96"/>
+      <c r="F100" s="96"/>
+      <c r="G100" s="96"/>
+      <c r="H100" s="97"/>
+      <c r="I100" s="97"/>
+      <c r="J100" s="97"/>
+      <c r="K100" s="98"/>
+      <c r="L100" s="99"/>
+      <c r="M100" s="100"/>
+      <c r="N100" s="100"/>
+      <c r="O100" s="101"/>
+      <c r="P100" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B100:G100)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="101" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A101" s="101"/>
-[...14 lines deleted...]
-      <c r="P101" s="108" t="str">
+      <c r="A101" s="143"/>
+      <c r="B101" s="144"/>
+      <c r="C101" s="103"/>
+      <c r="D101" s="103"/>
+      <c r="E101" s="96"/>
+      <c r="F101" s="96"/>
+      <c r="G101" s="96"/>
+      <c r="H101" s="97"/>
+      <c r="I101" s="97"/>
+      <c r="J101" s="97"/>
+      <c r="K101" s="98"/>
+      <c r="L101" s="99"/>
+      <c r="M101" s="100"/>
+      <c r="N101" s="100"/>
+      <c r="O101" s="101"/>
+      <c r="P101" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B101:G101)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="102" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A102" s="101"/>
-[...14 lines deleted...]
-      <c r="P102" s="108" t="str">
+      <c r="A102" s="143"/>
+      <c r="B102" s="144"/>
+      <c r="C102" s="103"/>
+      <c r="D102" s="103"/>
+      <c r="E102" s="96"/>
+      <c r="F102" s="96"/>
+      <c r="G102" s="96"/>
+      <c r="H102" s="97"/>
+      <c r="I102" s="97"/>
+      <c r="J102" s="97"/>
+      <c r="K102" s="98"/>
+      <c r="L102" s="99"/>
+      <c r="M102" s="100"/>
+      <c r="N102" s="100"/>
+      <c r="O102" s="101"/>
+      <c r="P102" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B102:G102)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="103" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A103" s="101"/>
-[...14 lines deleted...]
-      <c r="P103" s="108" t="str">
+      <c r="A103" s="143"/>
+      <c r="B103" s="144"/>
+      <c r="C103" s="103"/>
+      <c r="D103" s="103"/>
+      <c r="E103" s="96"/>
+      <c r="F103" s="96"/>
+      <c r="G103" s="96"/>
+      <c r="H103" s="97"/>
+      <c r="I103" s="97"/>
+      <c r="J103" s="97"/>
+      <c r="K103" s="98"/>
+      <c r="L103" s="99"/>
+      <c r="M103" s="100"/>
+      <c r="N103" s="100"/>
+      <c r="O103" s="101"/>
+      <c r="P103" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B103:G103)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="104" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A104" s="101"/>
-[...14 lines deleted...]
-      <c r="P104" s="108" t="str">
+      <c r="A104" s="143"/>
+      <c r="B104" s="144"/>
+      <c r="C104" s="103"/>
+      <c r="D104" s="103"/>
+      <c r="E104" s="96"/>
+      <c r="F104" s="96"/>
+      <c r="G104" s="96"/>
+      <c r="H104" s="97"/>
+      <c r="I104" s="97"/>
+      <c r="J104" s="97"/>
+      <c r="K104" s="98"/>
+      <c r="L104" s="99"/>
+      <c r="M104" s="100"/>
+      <c r="N104" s="100"/>
+      <c r="O104" s="101"/>
+      <c r="P104" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B104:G104)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="105" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A105" s="101"/>
-[...14 lines deleted...]
-      <c r="P105" s="108" t="str">
+      <c r="A105" s="143"/>
+      <c r="B105" s="144"/>
+      <c r="C105" s="103"/>
+      <c r="D105" s="103"/>
+      <c r="E105" s="96"/>
+      <c r="F105" s="96"/>
+      <c r="G105" s="96"/>
+      <c r="H105" s="97"/>
+      <c r="I105" s="97"/>
+      <c r="J105" s="97"/>
+      <c r="K105" s="98"/>
+      <c r="L105" s="99"/>
+      <c r="M105" s="100"/>
+      <c r="N105" s="100"/>
+      <c r="O105" s="101"/>
+      <c r="P105" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B105:G105)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="106" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A106" s="101"/>
-[...14 lines deleted...]
-      <c r="P106" s="108" t="str">
+      <c r="A106" s="143"/>
+      <c r="B106" s="144"/>
+      <c r="C106" s="103"/>
+      <c r="D106" s="103"/>
+      <c r="E106" s="96"/>
+      <c r="F106" s="96"/>
+      <c r="G106" s="96"/>
+      <c r="H106" s="97"/>
+      <c r="I106" s="97"/>
+      <c r="J106" s="97"/>
+      <c r="K106" s="98"/>
+      <c r="L106" s="99"/>
+      <c r="M106" s="100"/>
+      <c r="N106" s="100"/>
+      <c r="O106" s="101"/>
+      <c r="P106" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B106:G106)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="107" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A107" s="101"/>
-[...14 lines deleted...]
-      <c r="P107" s="108" t="str">
+      <c r="A107" s="143"/>
+      <c r="B107" s="144"/>
+      <c r="C107" s="103"/>
+      <c r="D107" s="103"/>
+      <c r="E107" s="96"/>
+      <c r="F107" s="96"/>
+      <c r="G107" s="96"/>
+      <c r="H107" s="97"/>
+      <c r="I107" s="97"/>
+      <c r="J107" s="97"/>
+      <c r="K107" s="98"/>
+      <c r="L107" s="99"/>
+      <c r="M107" s="100"/>
+      <c r="N107" s="100"/>
+      <c r="O107" s="101"/>
+      <c r="P107" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B107:G107)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="108" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A108" s="101"/>
-[...14 lines deleted...]
-      <c r="P108" s="108" t="str">
+      <c r="A108" s="143"/>
+      <c r="B108" s="144"/>
+      <c r="C108" s="103"/>
+      <c r="D108" s="103"/>
+      <c r="E108" s="96"/>
+      <c r="F108" s="96"/>
+      <c r="G108" s="96"/>
+      <c r="H108" s="97"/>
+      <c r="I108" s="97"/>
+      <c r="J108" s="97"/>
+      <c r="K108" s="98"/>
+      <c r="L108" s="99"/>
+      <c r="M108" s="100"/>
+      <c r="N108" s="100"/>
+      <c r="O108" s="101"/>
+      <c r="P108" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B108:G108)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="109" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A109" s="101"/>
-[...14 lines deleted...]
-      <c r="P109" s="108" t="str">
+      <c r="A109" s="143"/>
+      <c r="B109" s="144"/>
+      <c r="C109" s="103"/>
+      <c r="D109" s="103"/>
+      <c r="E109" s="96"/>
+      <c r="F109" s="96"/>
+      <c r="G109" s="96"/>
+      <c r="H109" s="97"/>
+      <c r="I109" s="97"/>
+      <c r="J109" s="97"/>
+      <c r="K109" s="98"/>
+      <c r="L109" s="99"/>
+      <c r="M109" s="100"/>
+      <c r="N109" s="100"/>
+      <c r="O109" s="101"/>
+      <c r="P109" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B109:G109)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="110" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A110" s="101"/>
-[...14 lines deleted...]
-      <c r="P110" s="108" t="str">
+      <c r="A110" s="143"/>
+      <c r="B110" s="144"/>
+      <c r="C110" s="103"/>
+      <c r="D110" s="103"/>
+      <c r="E110" s="96"/>
+      <c r="F110" s="96"/>
+      <c r="G110" s="96"/>
+      <c r="H110" s="97"/>
+      <c r="I110" s="97"/>
+      <c r="J110" s="97"/>
+      <c r="K110" s="98"/>
+      <c r="L110" s="99"/>
+      <c r="M110" s="100"/>
+      <c r="N110" s="100"/>
+      <c r="O110" s="101"/>
+      <c r="P110" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B110:G110)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="111" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A111" s="101"/>
-[...14 lines deleted...]
-      <c r="P111" s="108" t="str">
+      <c r="A111" s="143"/>
+      <c r="B111" s="144"/>
+      <c r="C111" s="103"/>
+      <c r="D111" s="103"/>
+      <c r="E111" s="96"/>
+      <c r="F111" s="96"/>
+      <c r="G111" s="96"/>
+      <c r="H111" s="97"/>
+      <c r="I111" s="97"/>
+      <c r="J111" s="97"/>
+      <c r="K111" s="98"/>
+      <c r="L111" s="99"/>
+      <c r="M111" s="100"/>
+      <c r="N111" s="100"/>
+      <c r="O111" s="101"/>
+      <c r="P111" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B111:G111)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="112" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A112" s="101"/>
-[...14 lines deleted...]
-      <c r="P112" s="108" t="str">
+      <c r="A112" s="143"/>
+      <c r="B112" s="144"/>
+      <c r="C112" s="103"/>
+      <c r="D112" s="103"/>
+      <c r="E112" s="96"/>
+      <c r="F112" s="96"/>
+      <c r="G112" s="96"/>
+      <c r="H112" s="97"/>
+      <c r="I112" s="97"/>
+      <c r="J112" s="97"/>
+      <c r="K112" s="98"/>
+      <c r="L112" s="99"/>
+      <c r="M112" s="100"/>
+      <c r="N112" s="100"/>
+      <c r="O112" s="101"/>
+      <c r="P112" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B112:G112)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="113" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A113" s="101"/>
-[...14 lines deleted...]
-      <c r="P113" s="108" t="str">
+      <c r="A113" s="143"/>
+      <c r="B113" s="144"/>
+      <c r="C113" s="103"/>
+      <c r="D113" s="103"/>
+      <c r="E113" s="96"/>
+      <c r="F113" s="96"/>
+      <c r="G113" s="96"/>
+      <c r="H113" s="97"/>
+      <c r="I113" s="97"/>
+      <c r="J113" s="97"/>
+      <c r="K113" s="98"/>
+      <c r="L113" s="99"/>
+      <c r="M113" s="100"/>
+      <c r="N113" s="100"/>
+      <c r="O113" s="101"/>
+      <c r="P113" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B113:G113)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="114" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A114" s="101"/>
-[...14 lines deleted...]
-      <c r="P114" s="108" t="str">
+      <c r="A114" s="143"/>
+      <c r="B114" s="144"/>
+      <c r="C114" s="103"/>
+      <c r="D114" s="103"/>
+      <c r="E114" s="96"/>
+      <c r="F114" s="96"/>
+      <c r="G114" s="96"/>
+      <c r="H114" s="97"/>
+      <c r="I114" s="97"/>
+      <c r="J114" s="97"/>
+      <c r="K114" s="98"/>
+      <c r="L114" s="99"/>
+      <c r="M114" s="100"/>
+      <c r="N114" s="100"/>
+      <c r="O114" s="101"/>
+      <c r="P114" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B114:G114)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="115" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A115" s="101"/>
-[...14 lines deleted...]
-      <c r="P115" s="108" t="str">
+      <c r="A115" s="143"/>
+      <c r="B115" s="144"/>
+      <c r="C115" s="103"/>
+      <c r="D115" s="103"/>
+      <c r="E115" s="96"/>
+      <c r="F115" s="96"/>
+      <c r="G115" s="96"/>
+      <c r="H115" s="97"/>
+      <c r="I115" s="97"/>
+      <c r="J115" s="97"/>
+      <c r="K115" s="98"/>
+      <c r="L115" s="99"/>
+      <c r="M115" s="100"/>
+      <c r="N115" s="100"/>
+      <c r="O115" s="101"/>
+      <c r="P115" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B115:G115)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="116" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A116" s="101"/>
-[...14 lines deleted...]
-      <c r="P116" s="108" t="str">
+      <c r="A116" s="143"/>
+      <c r="B116" s="144"/>
+      <c r="C116" s="103"/>
+      <c r="D116" s="103"/>
+      <c r="E116" s="96"/>
+      <c r="F116" s="96"/>
+      <c r="G116" s="96"/>
+      <c r="H116" s="97"/>
+      <c r="I116" s="97"/>
+      <c r="J116" s="97"/>
+      <c r="K116" s="98"/>
+      <c r="L116" s="99"/>
+      <c r="M116" s="100"/>
+      <c r="N116" s="100"/>
+      <c r="O116" s="101"/>
+      <c r="P116" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B116:G116)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="117" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A117" s="101"/>
-[...14 lines deleted...]
-      <c r="P117" s="108" t="str">
+      <c r="A117" s="143"/>
+      <c r="B117" s="144"/>
+      <c r="C117" s="103"/>
+      <c r="D117" s="103"/>
+      <c r="E117" s="96"/>
+      <c r="F117" s="96"/>
+      <c r="G117" s="96"/>
+      <c r="H117" s="97"/>
+      <c r="I117" s="97"/>
+      <c r="J117" s="97"/>
+      <c r="K117" s="98"/>
+      <c r="L117" s="99"/>
+      <c r="M117" s="100"/>
+      <c r="N117" s="100"/>
+      <c r="O117" s="101"/>
+      <c r="P117" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B117:G117)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="118" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A118" s="101"/>
-[...14 lines deleted...]
-      <c r="P118" s="108" t="str">
+      <c r="A118" s="143"/>
+      <c r="B118" s="144"/>
+      <c r="C118" s="103"/>
+      <c r="D118" s="103"/>
+      <c r="E118" s="96"/>
+      <c r="F118" s="96"/>
+      <c r="G118" s="96"/>
+      <c r="H118" s="97"/>
+      <c r="I118" s="97"/>
+      <c r="J118" s="97"/>
+      <c r="K118" s="98"/>
+      <c r="L118" s="99"/>
+      <c r="M118" s="100"/>
+      <c r="N118" s="100"/>
+      <c r="O118" s="101"/>
+      <c r="P118" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B118:G118)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="119" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A119" s="101"/>
-[...14 lines deleted...]
-      <c r="P119" s="108" t="str">
+      <c r="A119" s="143"/>
+      <c r="B119" s="144"/>
+      <c r="C119" s="103"/>
+      <c r="D119" s="103"/>
+      <c r="E119" s="96"/>
+      <c r="F119" s="96"/>
+      <c r="G119" s="96"/>
+      <c r="H119" s="97"/>
+      <c r="I119" s="97"/>
+      <c r="J119" s="97"/>
+      <c r="K119" s="98"/>
+      <c r="L119" s="99"/>
+      <c r="M119" s="100"/>
+      <c r="N119" s="100"/>
+      <c r="O119" s="101"/>
+      <c r="P119" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B119:G119)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="120" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A120" s="101"/>
-[...14 lines deleted...]
-      <c r="P120" s="108" t="str">
+      <c r="A120" s="143"/>
+      <c r="B120" s="144"/>
+      <c r="C120" s="103"/>
+      <c r="D120" s="103"/>
+      <c r="E120" s="96"/>
+      <c r="F120" s="96"/>
+      <c r="G120" s="96"/>
+      <c r="H120" s="97"/>
+      <c r="I120" s="97"/>
+      <c r="J120" s="97"/>
+      <c r="K120" s="98"/>
+      <c r="L120" s="99"/>
+      <c r="M120" s="100"/>
+      <c r="N120" s="100"/>
+      <c r="O120" s="101"/>
+      <c r="P120" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B120:G120)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="121" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A121" s="101"/>
-[...14 lines deleted...]
-      <c r="P121" s="108" t="str">
+      <c r="A121" s="143"/>
+      <c r="B121" s="144"/>
+      <c r="C121" s="103"/>
+      <c r="D121" s="103"/>
+      <c r="E121" s="96"/>
+      <c r="F121" s="96"/>
+      <c r="G121" s="96"/>
+      <c r="H121" s="97"/>
+      <c r="I121" s="97"/>
+      <c r="J121" s="97"/>
+      <c r="K121" s="98"/>
+      <c r="L121" s="99"/>
+      <c r="M121" s="100"/>
+      <c r="N121" s="100"/>
+      <c r="O121" s="101"/>
+      <c r="P121" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B121:G121)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="122" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A122" s="101"/>
-[...14 lines deleted...]
-      <c r="P122" s="108" t="str">
+      <c r="A122" s="143"/>
+      <c r="B122" s="144"/>
+      <c r="C122" s="103"/>
+      <c r="D122" s="103"/>
+      <c r="E122" s="96"/>
+      <c r="F122" s="96"/>
+      <c r="G122" s="96"/>
+      <c r="H122" s="97"/>
+      <c r="I122" s="97"/>
+      <c r="J122" s="97"/>
+      <c r="K122" s="98"/>
+      <c r="L122" s="99"/>
+      <c r="M122" s="100"/>
+      <c r="N122" s="100"/>
+      <c r="O122" s="101"/>
+      <c r="P122" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B122:G122)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="123" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A123" s="101"/>
-[...14 lines deleted...]
-      <c r="P123" s="108" t="str">
+      <c r="A123" s="143"/>
+      <c r="B123" s="144"/>
+      <c r="C123" s="103"/>
+      <c r="D123" s="103"/>
+      <c r="E123" s="96"/>
+      <c r="F123" s="96"/>
+      <c r="G123" s="96"/>
+      <c r="H123" s="97"/>
+      <c r="I123" s="97"/>
+      <c r="J123" s="97"/>
+      <c r="K123" s="98"/>
+      <c r="L123" s="99"/>
+      <c r="M123" s="100"/>
+      <c r="N123" s="100"/>
+      <c r="O123" s="101"/>
+      <c r="P123" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B123:G123)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="124" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A124" s="101"/>
-[...14 lines deleted...]
-      <c r="P124" s="108" t="str">
+      <c r="A124" s="143"/>
+      <c r="B124" s="144"/>
+      <c r="C124" s="103"/>
+      <c r="D124" s="103"/>
+      <c r="E124" s="96"/>
+      <c r="F124" s="96"/>
+      <c r="G124" s="96"/>
+      <c r="H124" s="97"/>
+      <c r="I124" s="97"/>
+      <c r="J124" s="97"/>
+      <c r="K124" s="98"/>
+      <c r="L124" s="99"/>
+      <c r="M124" s="100"/>
+      <c r="N124" s="100"/>
+      <c r="O124" s="101"/>
+      <c r="P124" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B124:G124)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="125" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A125" s="101"/>
-[...14 lines deleted...]
-      <c r="P125" s="108" t="str">
+      <c r="A125" s="143"/>
+      <c r="B125" s="144"/>
+      <c r="C125" s="103"/>
+      <c r="D125" s="103"/>
+      <c r="E125" s="96"/>
+      <c r="F125" s="96"/>
+      <c r="G125" s="96"/>
+      <c r="H125" s="97"/>
+      <c r="I125" s="97"/>
+      <c r="J125" s="97"/>
+      <c r="K125" s="98"/>
+      <c r="L125" s="99"/>
+      <c r="M125" s="100"/>
+      <c r="N125" s="100"/>
+      <c r="O125" s="101"/>
+      <c r="P125" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B125:G125)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="126" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A126" s="101"/>
-[...14 lines deleted...]
-      <c r="P126" s="108" t="str">
+      <c r="A126" s="143"/>
+      <c r="B126" s="144"/>
+      <c r="C126" s="103"/>
+      <c r="D126" s="103"/>
+      <c r="E126" s="96"/>
+      <c r="F126" s="96"/>
+      <c r="G126" s="96"/>
+      <c r="H126" s="97"/>
+      <c r="I126" s="97"/>
+      <c r="J126" s="97"/>
+      <c r="K126" s="98"/>
+      <c r="L126" s="99"/>
+      <c r="M126" s="100"/>
+      <c r="N126" s="100"/>
+      <c r="O126" s="101"/>
+      <c r="P126" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B126:G126)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="127" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A127" s="101"/>
-[...14 lines deleted...]
-      <c r="P127" s="108" t="str">
+      <c r="A127" s="143"/>
+      <c r="B127" s="144"/>
+      <c r="C127" s="103"/>
+      <c r="D127" s="103"/>
+      <c r="E127" s="96"/>
+      <c r="F127" s="96"/>
+      <c r="G127" s="96"/>
+      <c r="H127" s="97"/>
+      <c r="I127" s="97"/>
+      <c r="J127" s="97"/>
+      <c r="K127" s="98"/>
+      <c r="L127" s="99"/>
+      <c r="M127" s="100"/>
+      <c r="N127" s="100"/>
+      <c r="O127" s="101"/>
+      <c r="P127" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B127:G127)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="128" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A128" s="101"/>
-[...14 lines deleted...]
-      <c r="P128" s="108" t="str">
+      <c r="A128" s="143"/>
+      <c r="B128" s="144"/>
+      <c r="C128" s="103"/>
+      <c r="D128" s="103"/>
+      <c r="E128" s="96"/>
+      <c r="F128" s="96"/>
+      <c r="G128" s="96"/>
+      <c r="H128" s="97"/>
+      <c r="I128" s="97"/>
+      <c r="J128" s="97"/>
+      <c r="K128" s="98"/>
+      <c r="L128" s="99"/>
+      <c r="M128" s="100"/>
+      <c r="N128" s="100"/>
+      <c r="O128" s="101"/>
+      <c r="P128" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B128:G128)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="129" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A129" s="101"/>
-[...14 lines deleted...]
-      <c r="P129" s="108" t="str">
+      <c r="A129" s="143"/>
+      <c r="B129" s="144"/>
+      <c r="C129" s="103"/>
+      <c r="D129" s="103"/>
+      <c r="E129" s="96"/>
+      <c r="F129" s="96"/>
+      <c r="G129" s="96"/>
+      <c r="H129" s="97"/>
+      <c r="I129" s="97"/>
+      <c r="J129" s="97"/>
+      <c r="K129" s="98"/>
+      <c r="L129" s="99"/>
+      <c r="M129" s="100"/>
+      <c r="N129" s="100"/>
+      <c r="O129" s="101"/>
+      <c r="P129" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B129:G129)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="130" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A130" s="101"/>
-[...14 lines deleted...]
-      <c r="P130" s="108" t="str">
+      <c r="A130" s="143"/>
+      <c r="B130" s="144"/>
+      <c r="C130" s="103"/>
+      <c r="D130" s="103"/>
+      <c r="E130" s="96"/>
+      <c r="F130" s="96"/>
+      <c r="G130" s="96"/>
+      <c r="H130" s="97"/>
+      <c r="I130" s="97"/>
+      <c r="J130" s="97"/>
+      <c r="K130" s="98"/>
+      <c r="L130" s="99"/>
+      <c r="M130" s="100"/>
+      <c r="N130" s="100"/>
+      <c r="O130" s="101"/>
+      <c r="P130" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B130:G130)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="131" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A131" s="101"/>
-[...14 lines deleted...]
-      <c r="P131" s="108" t="str">
+      <c r="A131" s="143"/>
+      <c r="B131" s="144"/>
+      <c r="C131" s="103"/>
+      <c r="D131" s="103"/>
+      <c r="E131" s="96"/>
+      <c r="F131" s="96"/>
+      <c r="G131" s="96"/>
+      <c r="H131" s="97"/>
+      <c r="I131" s="97"/>
+      <c r="J131" s="97"/>
+      <c r="K131" s="98"/>
+      <c r="L131" s="99"/>
+      <c r="M131" s="100"/>
+      <c r="N131" s="100"/>
+      <c r="O131" s="101"/>
+      <c r="P131" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B131:G131)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="132" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A132" s="101"/>
-[...14 lines deleted...]
-      <c r="P132" s="108" t="str">
+      <c r="A132" s="143"/>
+      <c r="B132" s="144"/>
+      <c r="C132" s="103"/>
+      <c r="D132" s="103"/>
+      <c r="E132" s="96"/>
+      <c r="F132" s="96"/>
+      <c r="G132" s="96"/>
+      <c r="H132" s="97"/>
+      <c r="I132" s="97"/>
+      <c r="J132" s="97"/>
+      <c r="K132" s="98"/>
+      <c r="L132" s="99"/>
+      <c r="M132" s="100"/>
+      <c r="N132" s="100"/>
+      <c r="O132" s="101"/>
+      <c r="P132" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B132:G132)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="133" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A133" s="101"/>
-[...14 lines deleted...]
-      <c r="P133" s="108" t="str">
+      <c r="A133" s="143"/>
+      <c r="B133" s="144"/>
+      <c r="C133" s="103"/>
+      <c r="D133" s="103"/>
+      <c r="E133" s="96"/>
+      <c r="F133" s="96"/>
+      <c r="G133" s="96"/>
+      <c r="H133" s="97"/>
+      <c r="I133" s="97"/>
+      <c r="J133" s="97"/>
+      <c r="K133" s="98"/>
+      <c r="L133" s="99"/>
+      <c r="M133" s="100"/>
+      <c r="N133" s="100"/>
+      <c r="O133" s="101"/>
+      <c r="P133" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B133:G133)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="134" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A134" s="101"/>
-[...14 lines deleted...]
-      <c r="P134" s="108" t="str">
+      <c r="A134" s="143"/>
+      <c r="B134" s="144"/>
+      <c r="C134" s="103"/>
+      <c r="D134" s="103"/>
+      <c r="E134" s="96"/>
+      <c r="F134" s="96"/>
+      <c r="G134" s="96"/>
+      <c r="H134" s="97"/>
+      <c r="I134" s="97"/>
+      <c r="J134" s="97"/>
+      <c r="K134" s="98"/>
+      <c r="L134" s="99"/>
+      <c r="M134" s="100"/>
+      <c r="N134" s="100"/>
+      <c r="O134" s="101"/>
+      <c r="P134" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B134:G134)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="135" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A135" s="101"/>
-[...14 lines deleted...]
-      <c r="P135" s="108" t="str">
+      <c r="A135" s="143"/>
+      <c r="B135" s="144"/>
+      <c r="C135" s="103"/>
+      <c r="D135" s="103"/>
+      <c r="E135" s="96"/>
+      <c r="F135" s="96"/>
+      <c r="G135" s="96"/>
+      <c r="H135" s="97"/>
+      <c r="I135" s="97"/>
+      <c r="J135" s="97"/>
+      <c r="K135" s="98"/>
+      <c r="L135" s="99"/>
+      <c r="M135" s="100"/>
+      <c r="N135" s="100"/>
+      <c r="O135" s="101"/>
+      <c r="P135" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B135:G135)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="136" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A136" s="101"/>
-[...14 lines deleted...]
-      <c r="P136" s="108" t="str">
+      <c r="A136" s="143"/>
+      <c r="B136" s="144"/>
+      <c r="C136" s="103"/>
+      <c r="D136" s="103"/>
+      <c r="E136" s="96"/>
+      <c r="F136" s="96"/>
+      <c r="G136" s="96"/>
+      <c r="H136" s="97"/>
+      <c r="I136" s="97"/>
+      <c r="J136" s="97"/>
+      <c r="K136" s="98"/>
+      <c r="L136" s="99"/>
+      <c r="M136" s="100"/>
+      <c r="N136" s="100"/>
+      <c r="O136" s="101"/>
+      <c r="P136" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B136:G136)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="137" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A137" s="101"/>
-[...14 lines deleted...]
-      <c r="P137" s="108" t="str">
+      <c r="A137" s="143"/>
+      <c r="B137" s="144"/>
+      <c r="C137" s="103"/>
+      <c r="D137" s="103"/>
+      <c r="E137" s="96"/>
+      <c r="F137" s="96"/>
+      <c r="G137" s="96"/>
+      <c r="H137" s="97"/>
+      <c r="I137" s="97"/>
+      <c r="J137" s="97"/>
+      <c r="K137" s="98"/>
+      <c r="L137" s="99"/>
+      <c r="M137" s="100"/>
+      <c r="N137" s="100"/>
+      <c r="O137" s="101"/>
+      <c r="P137" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B137:G137)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="138" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A138" s="101"/>
-[...14 lines deleted...]
-      <c r="P138" s="108" t="str">
+      <c r="A138" s="143"/>
+      <c r="B138" s="144"/>
+      <c r="C138" s="103"/>
+      <c r="D138" s="103"/>
+      <c r="E138" s="96"/>
+      <c r="F138" s="96"/>
+      <c r="G138" s="96"/>
+      <c r="H138" s="97"/>
+      <c r="I138" s="97"/>
+      <c r="J138" s="97"/>
+      <c r="K138" s="98"/>
+      <c r="L138" s="99"/>
+      <c r="M138" s="100"/>
+      <c r="N138" s="100"/>
+      <c r="O138" s="101"/>
+      <c r="P138" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B138:G138)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="139" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A139" s="101"/>
-[...14 lines deleted...]
-      <c r="P139" s="108" t="str">
+      <c r="A139" s="143"/>
+      <c r="B139" s="144"/>
+      <c r="C139" s="103"/>
+      <c r="D139" s="103"/>
+      <c r="E139" s="96"/>
+      <c r="F139" s="96"/>
+      <c r="G139" s="96"/>
+      <c r="H139" s="97"/>
+      <c r="I139" s="97"/>
+      <c r="J139" s="97"/>
+      <c r="K139" s="98"/>
+      <c r="L139" s="99"/>
+      <c r="M139" s="100"/>
+      <c r="N139" s="100"/>
+      <c r="O139" s="101"/>
+      <c r="P139" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B139:G139)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="140" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A140" s="101"/>
-[...14 lines deleted...]
-      <c r="P140" s="108" t="str">
+      <c r="A140" s="143"/>
+      <c r="B140" s="144"/>
+      <c r="C140" s="103"/>
+      <c r="D140" s="103"/>
+      <c r="E140" s="96"/>
+      <c r="F140" s="96"/>
+      <c r="G140" s="96"/>
+      <c r="H140" s="97"/>
+      <c r="I140" s="97"/>
+      <c r="J140" s="97"/>
+      <c r="K140" s="98"/>
+      <c r="L140" s="99"/>
+      <c r="M140" s="100"/>
+      <c r="N140" s="100"/>
+      <c r="O140" s="101"/>
+      <c r="P140" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B140:G140)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="141" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A141" s="101"/>
-[...14 lines deleted...]
-      <c r="P141" s="108" t="str">
+      <c r="A141" s="143"/>
+      <c r="B141" s="144"/>
+      <c r="C141" s="103"/>
+      <c r="D141" s="103"/>
+      <c r="E141" s="96"/>
+      <c r="F141" s="96"/>
+      <c r="G141" s="96"/>
+      <c r="H141" s="97"/>
+      <c r="I141" s="97"/>
+      <c r="J141" s="97"/>
+      <c r="K141" s="98"/>
+      <c r="L141" s="99"/>
+      <c r="M141" s="100"/>
+      <c r="N141" s="100"/>
+      <c r="O141" s="101"/>
+      <c r="P141" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B141:G141)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="142" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A142" s="101"/>
-[...14 lines deleted...]
-      <c r="P142" s="108" t="str">
+      <c r="A142" s="143"/>
+      <c r="B142" s="144"/>
+      <c r="C142" s="103"/>
+      <c r="D142" s="103"/>
+      <c r="E142" s="96"/>
+      <c r="F142" s="96"/>
+      <c r="G142" s="96"/>
+      <c r="H142" s="97"/>
+      <c r="I142" s="97"/>
+      <c r="J142" s="97"/>
+      <c r="K142" s="98"/>
+      <c r="L142" s="99"/>
+      <c r="M142" s="100"/>
+      <c r="N142" s="100"/>
+      <c r="O142" s="101"/>
+      <c r="P142" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B142:G142)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="143" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A143" s="101"/>
-[...14 lines deleted...]
-      <c r="P143" s="108" t="str">
+      <c r="A143" s="143"/>
+      <c r="B143" s="144"/>
+      <c r="C143" s="103"/>
+      <c r="D143" s="103"/>
+      <c r="E143" s="96"/>
+      <c r="F143" s="96"/>
+      <c r="G143" s="96"/>
+      <c r="H143" s="97"/>
+      <c r="I143" s="97"/>
+      <c r="J143" s="97"/>
+      <c r="K143" s="98"/>
+      <c r="L143" s="99"/>
+      <c r="M143" s="100"/>
+      <c r="N143" s="100"/>
+      <c r="O143" s="101"/>
+      <c r="P143" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B143:G143)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="144" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A144" s="101"/>
-[...14 lines deleted...]
-      <c r="P144" s="108" t="str">
+      <c r="A144" s="143"/>
+      <c r="B144" s="144"/>
+      <c r="C144" s="103"/>
+      <c r="D144" s="103"/>
+      <c r="E144" s="96"/>
+      <c r="F144" s="96"/>
+      <c r="G144" s="96"/>
+      <c r="H144" s="97"/>
+      <c r="I144" s="97"/>
+      <c r="J144" s="97"/>
+      <c r="K144" s="98"/>
+      <c r="L144" s="99"/>
+      <c r="M144" s="100"/>
+      <c r="N144" s="100"/>
+      <c r="O144" s="101"/>
+      <c r="P144" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B144:G144)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="145" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A145" s="101"/>
-[...14 lines deleted...]
-      <c r="P145" s="108" t="str">
+      <c r="A145" s="143"/>
+      <c r="B145" s="144"/>
+      <c r="C145" s="103"/>
+      <c r="D145" s="103"/>
+      <c r="E145" s="96"/>
+      <c r="F145" s="96"/>
+      <c r="G145" s="96"/>
+      <c r="H145" s="97"/>
+      <c r="I145" s="97"/>
+      <c r="J145" s="97"/>
+      <c r="K145" s="98"/>
+      <c r="L145" s="99"/>
+      <c r="M145" s="100"/>
+      <c r="N145" s="100"/>
+      <c r="O145" s="101"/>
+      <c r="P145" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B145:G145)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="146" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A146" s="101"/>
-[...14 lines deleted...]
-      <c r="P146" s="108" t="str">
+      <c r="A146" s="143"/>
+      <c r="B146" s="144"/>
+      <c r="C146" s="103"/>
+      <c r="D146" s="103"/>
+      <c r="E146" s="96"/>
+      <c r="F146" s="96"/>
+      <c r="G146" s="96"/>
+      <c r="H146" s="97"/>
+      <c r="I146" s="97"/>
+      <c r="J146" s="97"/>
+      <c r="K146" s="98"/>
+      <c r="L146" s="99"/>
+      <c r="M146" s="100"/>
+      <c r="N146" s="100"/>
+      <c r="O146" s="101"/>
+      <c r="P146" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B146:G146)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="147" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A147" s="101"/>
-[...14 lines deleted...]
-      <c r="P147" s="108" t="str">
+      <c r="A147" s="143"/>
+      <c r="B147" s="144"/>
+      <c r="C147" s="103"/>
+      <c r="D147" s="103"/>
+      <c r="E147" s="96"/>
+      <c r="F147" s="96"/>
+      <c r="G147" s="96"/>
+      <c r="H147" s="97"/>
+      <c r="I147" s="97"/>
+      <c r="J147" s="97"/>
+      <c r="K147" s="98"/>
+      <c r="L147" s="99"/>
+      <c r="M147" s="100"/>
+      <c r="N147" s="100"/>
+      <c r="O147" s="101"/>
+      <c r="P147" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B147:G147)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="148" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A148" s="101"/>
-[...14 lines deleted...]
-      <c r="P148" s="108" t="str">
+      <c r="A148" s="143"/>
+      <c r="B148" s="144"/>
+      <c r="C148" s="103"/>
+      <c r="D148" s="103"/>
+      <c r="E148" s="96"/>
+      <c r="F148" s="96"/>
+      <c r="G148" s="96"/>
+      <c r="H148" s="97"/>
+      <c r="I148" s="97"/>
+      <c r="J148" s="97"/>
+      <c r="K148" s="98"/>
+      <c r="L148" s="99"/>
+      <c r="M148" s="100"/>
+      <c r="N148" s="100"/>
+      <c r="O148" s="101"/>
+      <c r="P148" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B148:G148)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="149" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A149" s="101"/>
-[...14 lines deleted...]
-      <c r="P149" s="108" t="str">
+      <c r="A149" s="143"/>
+      <c r="B149" s="144"/>
+      <c r="C149" s="103"/>
+      <c r="D149" s="103"/>
+      <c r="E149" s="96"/>
+      <c r="F149" s="96"/>
+      <c r="G149" s="96"/>
+      <c r="H149" s="97"/>
+      <c r="I149" s="97"/>
+      <c r="J149" s="97"/>
+      <c r="K149" s="98"/>
+      <c r="L149" s="99"/>
+      <c r="M149" s="100"/>
+      <c r="N149" s="100"/>
+      <c r="O149" s="101"/>
+      <c r="P149" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B149:G149)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="150" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A150" s="101"/>
-[...14 lines deleted...]
-      <c r="P150" s="108" t="str">
+      <c r="A150" s="143"/>
+      <c r="B150" s="144"/>
+      <c r="C150" s="103"/>
+      <c r="D150" s="103"/>
+      <c r="E150" s="96"/>
+      <c r="F150" s="96"/>
+      <c r="G150" s="96"/>
+      <c r="H150" s="97"/>
+      <c r="I150" s="97"/>
+      <c r="J150" s="97"/>
+      <c r="K150" s="98"/>
+      <c r="L150" s="99"/>
+      <c r="M150" s="100"/>
+      <c r="N150" s="100"/>
+      <c r="O150" s="101"/>
+      <c r="P150" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B150:G150)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="151" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A151" s="101"/>
-[...14 lines deleted...]
-      <c r="P151" s="108" t="str">
+      <c r="A151" s="143"/>
+      <c r="B151" s="144"/>
+      <c r="C151" s="103"/>
+      <c r="D151" s="103"/>
+      <c r="E151" s="96"/>
+      <c r="F151" s="96"/>
+      <c r="G151" s="96"/>
+      <c r="H151" s="97"/>
+      <c r="I151" s="97"/>
+      <c r="J151" s="97"/>
+      <c r="K151" s="98"/>
+      <c r="L151" s="99"/>
+      <c r="M151" s="100"/>
+      <c r="N151" s="100"/>
+      <c r="O151" s="101"/>
+      <c r="P151" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B151:G151)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="152" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A152" s="101"/>
-[...14 lines deleted...]
-      <c r="P152" s="108" t="str">
+      <c r="A152" s="143"/>
+      <c r="B152" s="144"/>
+      <c r="C152" s="103"/>
+      <c r="D152" s="103"/>
+      <c r="E152" s="96"/>
+      <c r="F152" s="96"/>
+      <c r="G152" s="96"/>
+      <c r="H152" s="97"/>
+      <c r="I152" s="97"/>
+      <c r="J152" s="97"/>
+      <c r="K152" s="98"/>
+      <c r="L152" s="99"/>
+      <c r="M152" s="100"/>
+      <c r="N152" s="100"/>
+      <c r="O152" s="101"/>
+      <c r="P152" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B152:G152)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="153" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A153" s="101"/>
-[...14 lines deleted...]
-      <c r="P153" s="108" t="str">
+      <c r="A153" s="143"/>
+      <c r="B153" s="144"/>
+      <c r="C153" s="103"/>
+      <c r="D153" s="103"/>
+      <c r="E153" s="96"/>
+      <c r="F153" s="96"/>
+      <c r="G153" s="96"/>
+      <c r="H153" s="97"/>
+      <c r="I153" s="97"/>
+      <c r="J153" s="97"/>
+      <c r="K153" s="98"/>
+      <c r="L153" s="99"/>
+      <c r="M153" s="100"/>
+      <c r="N153" s="100"/>
+      <c r="O153" s="101"/>
+      <c r="P153" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B153:G153)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="154" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A154" s="101"/>
-[...14 lines deleted...]
-      <c r="P154" s="108" t="str">
+      <c r="A154" s="143"/>
+      <c r="B154" s="144"/>
+      <c r="C154" s="103"/>
+      <c r="D154" s="103"/>
+      <c r="E154" s="96"/>
+      <c r="F154" s="96"/>
+      <c r="G154" s="96"/>
+      <c r="H154" s="97"/>
+      <c r="I154" s="97"/>
+      <c r="J154" s="97"/>
+      <c r="K154" s="98"/>
+      <c r="L154" s="99"/>
+      <c r="M154" s="100"/>
+      <c r="N154" s="100"/>
+      <c r="O154" s="101"/>
+      <c r="P154" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B154:G154)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="155" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A155" s="101"/>
-[...14 lines deleted...]
-      <c r="P155" s="108" t="str">
+      <c r="A155" s="143"/>
+      <c r="B155" s="144"/>
+      <c r="C155" s="103"/>
+      <c r="D155" s="103"/>
+      <c r="E155" s="96"/>
+      <c r="F155" s="96"/>
+      <c r="G155" s="96"/>
+      <c r="H155" s="97"/>
+      <c r="I155" s="97"/>
+      <c r="J155" s="97"/>
+      <c r="K155" s="98"/>
+      <c r="L155" s="99"/>
+      <c r="M155" s="100"/>
+      <c r="N155" s="100"/>
+      <c r="O155" s="101"/>
+      <c r="P155" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B155:G155)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="156" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A156" s="101"/>
-[...14 lines deleted...]
-      <c r="P156" s="108" t="str">
+      <c r="A156" s="143"/>
+      <c r="B156" s="144"/>
+      <c r="C156" s="103"/>
+      <c r="D156" s="103"/>
+      <c r="E156" s="96"/>
+      <c r="F156" s="96"/>
+      <c r="G156" s="96"/>
+      <c r="H156" s="97"/>
+      <c r="I156" s="97"/>
+      <c r="J156" s="97"/>
+      <c r="K156" s="98"/>
+      <c r="L156" s="99"/>
+      <c r="M156" s="100"/>
+      <c r="N156" s="100"/>
+      <c r="O156" s="101"/>
+      <c r="P156" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B156:G156)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="157" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A157" s="101"/>
-[...14 lines deleted...]
-      <c r="P157" s="108" t="str">
+      <c r="A157" s="143"/>
+      <c r="B157" s="144"/>
+      <c r="C157" s="103"/>
+      <c r="D157" s="103"/>
+      <c r="E157" s="96"/>
+      <c r="F157" s="96"/>
+      <c r="G157" s="96"/>
+      <c r="H157" s="97"/>
+      <c r="I157" s="97"/>
+      <c r="J157" s="97"/>
+      <c r="K157" s="98"/>
+      <c r="L157" s="99"/>
+      <c r="M157" s="100"/>
+      <c r="N157" s="100"/>
+      <c r="O157" s="101"/>
+      <c r="P157" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B157:G157)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="158" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A158" s="101"/>
-[...14 lines deleted...]
-      <c r="P158" s="108" t="str">
+      <c r="A158" s="143"/>
+      <c r="B158" s="144"/>
+      <c r="C158" s="103"/>
+      <c r="D158" s="103"/>
+      <c r="E158" s="96"/>
+      <c r="F158" s="96"/>
+      <c r="G158" s="96"/>
+      <c r="H158" s="97"/>
+      <c r="I158" s="97"/>
+      <c r="J158" s="97"/>
+      <c r="K158" s="98"/>
+      <c r="L158" s="99"/>
+      <c r="M158" s="100"/>
+      <c r="N158" s="100"/>
+      <c r="O158" s="101"/>
+      <c r="P158" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B158:G158)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="159" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A159" s="101"/>
-[...14 lines deleted...]
-      <c r="P159" s="108" t="str">
+      <c r="A159" s="143"/>
+      <c r="B159" s="144"/>
+      <c r="C159" s="103"/>
+      <c r="D159" s="103"/>
+      <c r="E159" s="96"/>
+      <c r="F159" s="96"/>
+      <c r="G159" s="96"/>
+      <c r="H159" s="97"/>
+      <c r="I159" s="97"/>
+      <c r="J159" s="97"/>
+      <c r="K159" s="98"/>
+      <c r="L159" s="99"/>
+      <c r="M159" s="100"/>
+      <c r="N159" s="100"/>
+      <c r="O159" s="101"/>
+      <c r="P159" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B159:G159)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="160" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A160" s="101"/>
-[...14 lines deleted...]
-      <c r="P160" s="108" t="str">
+      <c r="A160" s="143"/>
+      <c r="B160" s="144"/>
+      <c r="C160" s="103"/>
+      <c r="D160" s="103"/>
+      <c r="E160" s="96"/>
+      <c r="F160" s="96"/>
+      <c r="G160" s="96"/>
+      <c r="H160" s="97"/>
+      <c r="I160" s="97"/>
+      <c r="J160" s="97"/>
+      <c r="K160" s="98"/>
+      <c r="L160" s="99"/>
+      <c r="M160" s="100"/>
+      <c r="N160" s="100"/>
+      <c r="O160" s="101"/>
+      <c r="P160" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B160:G160)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="161" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A161" s="101"/>
-[...14 lines deleted...]
-      <c r="P161" s="108" t="str">
+      <c r="A161" s="143"/>
+      <c r="B161" s="144"/>
+      <c r="C161" s="103"/>
+      <c r="D161" s="103"/>
+      <c r="E161" s="96"/>
+      <c r="F161" s="96"/>
+      <c r="G161" s="96"/>
+      <c r="H161" s="97"/>
+      <c r="I161" s="97"/>
+      <c r="J161" s="97"/>
+      <c r="K161" s="98"/>
+      <c r="L161" s="99"/>
+      <c r="M161" s="100"/>
+      <c r="N161" s="100"/>
+      <c r="O161" s="101"/>
+      <c r="P161" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B161:G161)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="162" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A162" s="101"/>
-[...14 lines deleted...]
-      <c r="P162" s="108" t="str">
+      <c r="A162" s="143"/>
+      <c r="B162" s="144"/>
+      <c r="C162" s="103"/>
+      <c r="D162" s="103"/>
+      <c r="E162" s="96"/>
+      <c r="F162" s="96"/>
+      <c r="G162" s="96"/>
+      <c r="H162" s="97"/>
+      <c r="I162" s="97"/>
+      <c r="J162" s="97"/>
+      <c r="K162" s="98"/>
+      <c r="L162" s="99"/>
+      <c r="M162" s="100"/>
+      <c r="N162" s="100"/>
+      <c r="O162" s="101"/>
+      <c r="P162" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B162:G162)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="163" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A163" s="101"/>
-[...14 lines deleted...]
-      <c r="P163" s="108" t="str">
+      <c r="A163" s="143"/>
+      <c r="B163" s="144"/>
+      <c r="C163" s="103"/>
+      <c r="D163" s="103"/>
+      <c r="E163" s="96"/>
+      <c r="F163" s="96"/>
+      <c r="G163" s="96"/>
+      <c r="H163" s="97"/>
+      <c r="I163" s="97"/>
+      <c r="J163" s="97"/>
+      <c r="K163" s="98"/>
+      <c r="L163" s="99"/>
+      <c r="M163" s="100"/>
+      <c r="N163" s="100"/>
+      <c r="O163" s="101"/>
+      <c r="P163" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B163:G163)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="164" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A164" s="101"/>
-[...14 lines deleted...]
-      <c r="P164" s="108" t="str">
+      <c r="A164" s="143"/>
+      <c r="B164" s="144"/>
+      <c r="C164" s="103"/>
+      <c r="D164" s="103"/>
+      <c r="E164" s="96"/>
+      <c r="F164" s="96"/>
+      <c r="G164" s="96"/>
+      <c r="H164" s="97"/>
+      <c r="I164" s="97"/>
+      <c r="J164" s="97"/>
+      <c r="K164" s="98"/>
+      <c r="L164" s="99"/>
+      <c r="M164" s="100"/>
+      <c r="N164" s="100"/>
+      <c r="O164" s="101"/>
+      <c r="P164" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B164:G164)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="165" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A165" s="101"/>
-[...14 lines deleted...]
-      <c r="P165" s="108" t="str">
+      <c r="A165" s="143"/>
+      <c r="B165" s="144"/>
+      <c r="C165" s="103"/>
+      <c r="D165" s="103"/>
+      <c r="E165" s="96"/>
+      <c r="F165" s="96"/>
+      <c r="G165" s="96"/>
+      <c r="H165" s="97"/>
+      <c r="I165" s="97"/>
+      <c r="J165" s="97"/>
+      <c r="K165" s="98"/>
+      <c r="L165" s="99"/>
+      <c r="M165" s="100"/>
+      <c r="N165" s="100"/>
+      <c r="O165" s="101"/>
+      <c r="P165" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B165:G165)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="166" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A166" s="101"/>
-[...14 lines deleted...]
-      <c r="P166" s="108" t="str">
+      <c r="A166" s="143"/>
+      <c r="B166" s="144"/>
+      <c r="C166" s="103"/>
+      <c r="D166" s="103"/>
+      <c r="E166" s="96"/>
+      <c r="F166" s="96"/>
+      <c r="G166" s="96"/>
+      <c r="H166" s="97"/>
+      <c r="I166" s="97"/>
+      <c r="J166" s="97"/>
+      <c r="K166" s="98"/>
+      <c r="L166" s="99"/>
+      <c r="M166" s="100"/>
+      <c r="N166" s="100"/>
+      <c r="O166" s="101"/>
+      <c r="P166" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B166:G166)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="167" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A167" s="101"/>
-[...14 lines deleted...]
-      <c r="P167" s="108" t="str">
+      <c r="A167" s="143"/>
+      <c r="B167" s="144"/>
+      <c r="C167" s="103"/>
+      <c r="D167" s="103"/>
+      <c r="E167" s="96"/>
+      <c r="F167" s="96"/>
+      <c r="G167" s="96"/>
+      <c r="H167" s="97"/>
+      <c r="I167" s="97"/>
+      <c r="J167" s="97"/>
+      <c r="K167" s="98"/>
+      <c r="L167" s="99"/>
+      <c r="M167" s="100"/>
+      <c r="N167" s="100"/>
+      <c r="O167" s="101"/>
+      <c r="P167" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B167:G167)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="168" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A168" s="101"/>
-[...14 lines deleted...]
-      <c r="P168" s="108" t="str">
+      <c r="A168" s="143"/>
+      <c r="B168" s="144"/>
+      <c r="C168" s="103"/>
+      <c r="D168" s="103"/>
+      <c r="E168" s="96"/>
+      <c r="F168" s="96"/>
+      <c r="G168" s="96"/>
+      <c r="H168" s="97"/>
+      <c r="I168" s="97"/>
+      <c r="J168" s="97"/>
+      <c r="K168" s="98"/>
+      <c r="L168" s="99"/>
+      <c r="M168" s="100"/>
+      <c r="N168" s="100"/>
+      <c r="O168" s="101"/>
+      <c r="P168" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B168:G168)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="169" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A169" s="101"/>
-[...14 lines deleted...]
-      <c r="P169" s="108" t="str">
+      <c r="A169" s="143"/>
+      <c r="B169" s="144"/>
+      <c r="C169" s="103"/>
+      <c r="D169" s="103"/>
+      <c r="E169" s="96"/>
+      <c r="F169" s="96"/>
+      <c r="G169" s="96"/>
+      <c r="H169" s="97"/>
+      <c r="I169" s="97"/>
+      <c r="J169" s="97"/>
+      <c r="K169" s="98"/>
+      <c r="L169" s="99"/>
+      <c r="M169" s="100"/>
+      <c r="N169" s="100"/>
+      <c r="O169" s="101"/>
+      <c r="P169" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B169:G169)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="170" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A170" s="101"/>
-[...14 lines deleted...]
-      <c r="P170" s="108" t="str">
+      <c r="A170" s="143"/>
+      <c r="B170" s="144"/>
+      <c r="C170" s="103"/>
+      <c r="D170" s="103"/>
+      <c r="E170" s="96"/>
+      <c r="F170" s="96"/>
+      <c r="G170" s="96"/>
+      <c r="H170" s="97"/>
+      <c r="I170" s="97"/>
+      <c r="J170" s="97"/>
+      <c r="K170" s="98"/>
+      <c r="L170" s="99"/>
+      <c r="M170" s="100"/>
+      <c r="N170" s="100"/>
+      <c r="O170" s="101"/>
+      <c r="P170" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B170:G170)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="171" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A171" s="101"/>
-[...14 lines deleted...]
-      <c r="P171" s="108" t="str">
+      <c r="A171" s="143"/>
+      <c r="B171" s="144"/>
+      <c r="C171" s="103"/>
+      <c r="D171" s="103"/>
+      <c r="E171" s="96"/>
+      <c r="F171" s="96"/>
+      <c r="G171" s="96"/>
+      <c r="H171" s="97"/>
+      <c r="I171" s="97"/>
+      <c r="J171" s="97"/>
+      <c r="K171" s="98"/>
+      <c r="L171" s="99"/>
+      <c r="M171" s="100"/>
+      <c r="N171" s="100"/>
+      <c r="O171" s="101"/>
+      <c r="P171" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B171:G171)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="172" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A172" s="101"/>
-[...14 lines deleted...]
-      <c r="P172" s="108" t="str">
+      <c r="A172" s="143"/>
+      <c r="B172" s="144"/>
+      <c r="C172" s="103"/>
+      <c r="D172" s="103"/>
+      <c r="E172" s="96"/>
+      <c r="F172" s="96"/>
+      <c r="G172" s="96"/>
+      <c r="H172" s="97"/>
+      <c r="I172" s="97"/>
+      <c r="J172" s="97"/>
+      <c r="K172" s="98"/>
+      <c r="L172" s="99"/>
+      <c r="M172" s="100"/>
+      <c r="N172" s="100"/>
+      <c r="O172" s="101"/>
+      <c r="P172" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B172:G172)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="173" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A173" s="101"/>
-[...14 lines deleted...]
-      <c r="P173" s="108" t="str">
+      <c r="A173" s="143"/>
+      <c r="B173" s="144"/>
+      <c r="C173" s="103"/>
+      <c r="D173" s="103"/>
+      <c r="E173" s="96"/>
+      <c r="F173" s="96"/>
+      <c r="G173" s="96"/>
+      <c r="H173" s="97"/>
+      <c r="I173" s="97"/>
+      <c r="J173" s="97"/>
+      <c r="K173" s="98"/>
+      <c r="L173" s="99"/>
+      <c r="M173" s="100"/>
+      <c r="N173" s="100"/>
+      <c r="O173" s="101"/>
+      <c r="P173" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B173:G173)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="174" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A174" s="101"/>
-[...14 lines deleted...]
-      <c r="P174" s="108" t="str">
+      <c r="A174" s="143"/>
+      <c r="B174" s="144"/>
+      <c r="C174" s="103"/>
+      <c r="D174" s="103"/>
+      <c r="E174" s="96"/>
+      <c r="F174" s="96"/>
+      <c r="G174" s="96"/>
+      <c r="H174" s="97"/>
+      <c r="I174" s="97"/>
+      <c r="J174" s="97"/>
+      <c r="K174" s="98"/>
+      <c r="L174" s="99"/>
+      <c r="M174" s="100"/>
+      <c r="N174" s="100"/>
+      <c r="O174" s="101"/>
+      <c r="P174" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B174:G174)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="175" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A175" s="101"/>
-[...14 lines deleted...]
-      <c r="P175" s="108" t="str">
+      <c r="A175" s="143"/>
+      <c r="B175" s="144"/>
+      <c r="C175" s="103"/>
+      <c r="D175" s="103"/>
+      <c r="E175" s="96"/>
+      <c r="F175" s="96"/>
+      <c r="G175" s="96"/>
+      <c r="H175" s="97"/>
+      <c r="I175" s="97"/>
+      <c r="J175" s="97"/>
+      <c r="K175" s="98"/>
+      <c r="L175" s="99"/>
+      <c r="M175" s="100"/>
+      <c r="N175" s="100"/>
+      <c r="O175" s="101"/>
+      <c r="P175" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B175:G175)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="176" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A176" s="101"/>
-[...14 lines deleted...]
-      <c r="P176" s="108" t="str">
+      <c r="A176" s="143"/>
+      <c r="B176" s="144"/>
+      <c r="C176" s="103"/>
+      <c r="D176" s="103"/>
+      <c r="E176" s="96"/>
+      <c r="F176" s="96"/>
+      <c r="G176" s="96"/>
+      <c r="H176" s="97"/>
+      <c r="I176" s="97"/>
+      <c r="J176" s="97"/>
+      <c r="K176" s="98"/>
+      <c r="L176" s="99"/>
+      <c r="M176" s="100"/>
+      <c r="N176" s="100"/>
+      <c r="O176" s="101"/>
+      <c r="P176" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B176:G176)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="177" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A177" s="101"/>
-[...14 lines deleted...]
-      <c r="P177" s="108" t="str">
+      <c r="A177" s="143"/>
+      <c r="B177" s="144"/>
+      <c r="C177" s="103"/>
+      <c r="D177" s="103"/>
+      <c r="E177" s="96"/>
+      <c r="F177" s="96"/>
+      <c r="G177" s="96"/>
+      <c r="H177" s="97"/>
+      <c r="I177" s="97"/>
+      <c r="J177" s="97"/>
+      <c r="K177" s="98"/>
+      <c r="L177" s="99"/>
+      <c r="M177" s="100"/>
+      <c r="N177" s="100"/>
+      <c r="O177" s="101"/>
+      <c r="P177" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B177:G177)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="178" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A178" s="101"/>
-[...14 lines deleted...]
-      <c r="P178" s="108" t="str">
+      <c r="A178" s="143"/>
+      <c r="B178" s="144"/>
+      <c r="C178" s="103"/>
+      <c r="D178" s="103"/>
+      <c r="E178" s="96"/>
+      <c r="F178" s="96"/>
+      <c r="G178" s="96"/>
+      <c r="H178" s="97"/>
+      <c r="I178" s="97"/>
+      <c r="J178" s="97"/>
+      <c r="K178" s="98"/>
+      <c r="L178" s="99"/>
+      <c r="M178" s="100"/>
+      <c r="N178" s="100"/>
+      <c r="O178" s="101"/>
+      <c r="P178" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B178:G178)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="179" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A179" s="101"/>
-[...14 lines deleted...]
-      <c r="P179" s="108" t="str">
+      <c r="A179" s="143"/>
+      <c r="B179" s="144"/>
+      <c r="C179" s="103"/>
+      <c r="D179" s="103"/>
+      <c r="E179" s="96"/>
+      <c r="F179" s="96"/>
+      <c r="G179" s="96"/>
+      <c r="H179" s="97"/>
+      <c r="I179" s="97"/>
+      <c r="J179" s="97"/>
+      <c r="K179" s="98"/>
+      <c r="L179" s="99"/>
+      <c r="M179" s="100"/>
+      <c r="N179" s="100"/>
+      <c r="O179" s="101"/>
+      <c r="P179" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B179:G179)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="180" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A180" s="101"/>
-[...14 lines deleted...]
-      <c r="P180" s="108" t="str">
+      <c r="A180" s="143"/>
+      <c r="B180" s="144"/>
+      <c r="C180" s="103"/>
+      <c r="D180" s="103"/>
+      <c r="E180" s="96"/>
+      <c r="F180" s="96"/>
+      <c r="G180" s="96"/>
+      <c r="H180" s="97"/>
+      <c r="I180" s="97"/>
+      <c r="J180" s="97"/>
+      <c r="K180" s="98"/>
+      <c r="L180" s="99"/>
+      <c r="M180" s="100"/>
+      <c r="N180" s="100"/>
+      <c r="O180" s="101"/>
+      <c r="P180" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B180:G180)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="181" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A181" s="101"/>
-[...14 lines deleted...]
-      <c r="P181" s="108" t="str">
+      <c r="A181" s="143"/>
+      <c r="B181" s="144"/>
+      <c r="C181" s="103"/>
+      <c r="D181" s="103"/>
+      <c r="E181" s="96"/>
+      <c r="F181" s="96"/>
+      <c r="G181" s="96"/>
+      <c r="H181" s="97"/>
+      <c r="I181" s="97"/>
+      <c r="J181" s="97"/>
+      <c r="K181" s="98"/>
+      <c r="L181" s="99"/>
+      <c r="M181" s="100"/>
+      <c r="N181" s="100"/>
+      <c r="O181" s="101"/>
+      <c r="P181" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B181:G181)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="182" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A182" s="101"/>
-[...14 lines deleted...]
-      <c r="P182" s="108" t="str">
+      <c r="A182" s="143"/>
+      <c r="B182" s="144"/>
+      <c r="C182" s="103"/>
+      <c r="D182" s="103"/>
+      <c r="E182" s="96"/>
+      <c r="F182" s="96"/>
+      <c r="G182" s="96"/>
+      <c r="H182" s="97"/>
+      <c r="I182" s="97"/>
+      <c r="J182" s="97"/>
+      <c r="K182" s="98"/>
+      <c r="L182" s="99"/>
+      <c r="M182" s="100"/>
+      <c r="N182" s="100"/>
+      <c r="O182" s="101"/>
+      <c r="P182" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B182:G182)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="183" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A183" s="101"/>
-[...14 lines deleted...]
-      <c r="P183" s="108" t="str">
+      <c r="A183" s="143"/>
+      <c r="B183" s="144"/>
+      <c r="C183" s="103"/>
+      <c r="D183" s="103"/>
+      <c r="E183" s="96"/>
+      <c r="F183" s="96"/>
+      <c r="G183" s="96"/>
+      <c r="H183" s="97"/>
+      <c r="I183" s="97"/>
+      <c r="J183" s="97"/>
+      <c r="K183" s="98"/>
+      <c r="L183" s="99"/>
+      <c r="M183" s="100"/>
+      <c r="N183" s="100"/>
+      <c r="O183" s="101"/>
+      <c r="P183" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B183:G183)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="184" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A184" s="101"/>
-[...14 lines deleted...]
-      <c r="P184" s="108" t="str">
+      <c r="A184" s="143"/>
+      <c r="B184" s="144"/>
+      <c r="C184" s="103"/>
+      <c r="D184" s="103"/>
+      <c r="E184" s="96"/>
+      <c r="F184" s="96"/>
+      <c r="G184" s="96"/>
+      <c r="H184" s="97"/>
+      <c r="I184" s="97"/>
+      <c r="J184" s="97"/>
+      <c r="K184" s="98"/>
+      <c r="L184" s="99"/>
+      <c r="M184" s="100"/>
+      <c r="N184" s="100"/>
+      <c r="O184" s="101"/>
+      <c r="P184" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B184:G184)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="185" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A185" s="101"/>
-[...14 lines deleted...]
-      <c r="P185" s="108" t="str">
+      <c r="A185" s="143"/>
+      <c r="B185" s="144"/>
+      <c r="C185" s="103"/>
+      <c r="D185" s="103"/>
+      <c r="E185" s="96"/>
+      <c r="F185" s="96"/>
+      <c r="G185" s="96"/>
+      <c r="H185" s="97"/>
+      <c r="I185" s="97"/>
+      <c r="J185" s="97"/>
+      <c r="K185" s="98"/>
+      <c r="L185" s="99"/>
+      <c r="M185" s="100"/>
+      <c r="N185" s="100"/>
+      <c r="O185" s="101"/>
+      <c r="P185" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B185:G185)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="186" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A186" s="101"/>
-[...14 lines deleted...]
-      <c r="P186" s="108" t="str">
+      <c r="A186" s="143"/>
+      <c r="B186" s="144"/>
+      <c r="C186" s="103"/>
+      <c r="D186" s="103"/>
+      <c r="E186" s="96"/>
+      <c r="F186" s="96"/>
+      <c r="G186" s="96"/>
+      <c r="H186" s="97"/>
+      <c r="I186" s="97"/>
+      <c r="J186" s="97"/>
+      <c r="K186" s="98"/>
+      <c r="L186" s="99"/>
+      <c r="M186" s="100"/>
+      <c r="N186" s="100"/>
+      <c r="O186" s="101"/>
+      <c r="P186" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B186:G186)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="187" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A187" s="101"/>
-[...14 lines deleted...]
-      <c r="P187" s="108" t="str">
+      <c r="A187" s="143"/>
+      <c r="B187" s="144"/>
+      <c r="C187" s="103"/>
+      <c r="D187" s="103"/>
+      <c r="E187" s="96"/>
+      <c r="F187" s="96"/>
+      <c r="G187" s="96"/>
+      <c r="H187" s="97"/>
+      <c r="I187" s="97"/>
+      <c r="J187" s="97"/>
+      <c r="K187" s="98"/>
+      <c r="L187" s="99"/>
+      <c r="M187" s="100"/>
+      <c r="N187" s="100"/>
+      <c r="O187" s="101"/>
+      <c r="P187" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B187:G187)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="188" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A188" s="101"/>
-[...14 lines deleted...]
-      <c r="P188" s="108" t="str">
+      <c r="A188" s="143"/>
+      <c r="B188" s="144"/>
+      <c r="C188" s="103"/>
+      <c r="D188" s="103"/>
+      <c r="E188" s="96"/>
+      <c r="F188" s="96"/>
+      <c r="G188" s="96"/>
+      <c r="H188" s="97"/>
+      <c r="I188" s="97"/>
+      <c r="J188" s="97"/>
+      <c r="K188" s="98"/>
+      <c r="L188" s="99"/>
+      <c r="M188" s="100"/>
+      <c r="N188" s="100"/>
+      <c r="O188" s="101"/>
+      <c r="P188" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B188:G188)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="189" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A189" s="101"/>
-[...14 lines deleted...]
-      <c r="P189" s="108" t="str">
+      <c r="A189" s="143"/>
+      <c r="B189" s="144"/>
+      <c r="C189" s="103"/>
+      <c r="D189" s="103"/>
+      <c r="E189" s="96"/>
+      <c r="F189" s="96"/>
+      <c r="G189" s="96"/>
+      <c r="H189" s="97"/>
+      <c r="I189" s="97"/>
+      <c r="J189" s="97"/>
+      <c r="K189" s="98"/>
+      <c r="L189" s="99"/>
+      <c r="M189" s="100"/>
+      <c r="N189" s="100"/>
+      <c r="O189" s="101"/>
+      <c r="P189" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B189:G189)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="190" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A190" s="101"/>
-[...14 lines deleted...]
-      <c r="P190" s="108" t="str">
+      <c r="A190" s="143"/>
+      <c r="B190" s="144"/>
+      <c r="C190" s="103"/>
+      <c r="D190" s="103"/>
+      <c r="E190" s="96"/>
+      <c r="F190" s="96"/>
+      <c r="G190" s="96"/>
+      <c r="H190" s="97"/>
+      <c r="I190" s="97"/>
+      <c r="J190" s="97"/>
+      <c r="K190" s="98"/>
+      <c r="L190" s="99"/>
+      <c r="M190" s="100"/>
+      <c r="N190" s="100"/>
+      <c r="O190" s="101"/>
+      <c r="P190" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B190:G190)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="191" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A191" s="101"/>
-[...14 lines deleted...]
-      <c r="P191" s="108" t="str">
+      <c r="A191" s="143"/>
+      <c r="B191" s="144"/>
+      <c r="C191" s="103"/>
+      <c r="D191" s="103"/>
+      <c r="E191" s="96"/>
+      <c r="F191" s="96"/>
+      <c r="G191" s="96"/>
+      <c r="H191" s="97"/>
+      <c r="I191" s="97"/>
+      <c r="J191" s="97"/>
+      <c r="K191" s="98"/>
+      <c r="L191" s="99"/>
+      <c r="M191" s="100"/>
+      <c r="N191" s="100"/>
+      <c r="O191" s="101"/>
+      <c r="P191" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B191:G191)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="192" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A192" s="101"/>
-[...14 lines deleted...]
-      <c r="P192" s="108" t="str">
+      <c r="A192" s="143"/>
+      <c r="B192" s="144"/>
+      <c r="C192" s="103"/>
+      <c r="D192" s="103"/>
+      <c r="E192" s="96"/>
+      <c r="F192" s="96"/>
+      <c r="G192" s="96"/>
+      <c r="H192" s="97"/>
+      <c r="I192" s="97"/>
+      <c r="J192" s="97"/>
+      <c r="K192" s="98"/>
+      <c r="L192" s="99"/>
+      <c r="M192" s="100"/>
+      <c r="N192" s="100"/>
+      <c r="O192" s="101"/>
+      <c r="P192" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B192:G192)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="193" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A193" s="101"/>
-[...14 lines deleted...]
-      <c r="P193" s="108" t="str">
+      <c r="A193" s="143"/>
+      <c r="B193" s="144"/>
+      <c r="C193" s="103"/>
+      <c r="D193" s="103"/>
+      <c r="E193" s="96"/>
+      <c r="F193" s="96"/>
+      <c r="G193" s="96"/>
+      <c r="H193" s="97"/>
+      <c r="I193" s="97"/>
+      <c r="J193" s="97"/>
+      <c r="K193" s="98"/>
+      <c r="L193" s="99"/>
+      <c r="M193" s="100"/>
+      <c r="N193" s="100"/>
+      <c r="O193" s="101"/>
+      <c r="P193" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B193:G193)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="194" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A194" s="101"/>
-[...14 lines deleted...]
-      <c r="P194" s="108" t="str">
+      <c r="A194" s="143"/>
+      <c r="B194" s="144"/>
+      <c r="C194" s="103"/>
+      <c r="D194" s="103"/>
+      <c r="E194" s="96"/>
+      <c r="F194" s="96"/>
+      <c r="G194" s="96"/>
+      <c r="H194" s="97"/>
+      <c r="I194" s="97"/>
+      <c r="J194" s="97"/>
+      <c r="K194" s="98"/>
+      <c r="L194" s="99"/>
+      <c r="M194" s="100"/>
+      <c r="N194" s="100"/>
+      <c r="O194" s="101"/>
+      <c r="P194" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B194:G194)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="195" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A195" s="101"/>
-[...14 lines deleted...]
-      <c r="P195" s="108" t="str">
+      <c r="A195" s="143"/>
+      <c r="B195" s="144"/>
+      <c r="C195" s="103"/>
+      <c r="D195" s="103"/>
+      <c r="E195" s="96"/>
+      <c r="F195" s="96"/>
+      <c r="G195" s="96"/>
+      <c r="H195" s="97"/>
+      <c r="I195" s="97"/>
+      <c r="J195" s="97"/>
+      <c r="K195" s="98"/>
+      <c r="L195" s="99"/>
+      <c r="M195" s="100"/>
+      <c r="N195" s="100"/>
+      <c r="O195" s="101"/>
+      <c r="P195" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B195:G195)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="196" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A196" s="101"/>
-[...14 lines deleted...]
-      <c r="P196" s="108" t="str">
+      <c r="A196" s="143"/>
+      <c r="B196" s="144"/>
+      <c r="C196" s="103"/>
+      <c r="D196" s="103"/>
+      <c r="E196" s="96"/>
+      <c r="F196" s="96"/>
+      <c r="G196" s="96"/>
+      <c r="H196" s="97"/>
+      <c r="I196" s="97"/>
+      <c r="J196" s="97"/>
+      <c r="K196" s="98"/>
+      <c r="L196" s="99"/>
+      <c r="M196" s="100"/>
+      <c r="N196" s="100"/>
+      <c r="O196" s="101"/>
+      <c r="P196" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B196:G196)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="197" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A197" s="101"/>
-[...14 lines deleted...]
-      <c r="P197" s="108" t="str">
+      <c r="A197" s="143"/>
+      <c r="B197" s="144"/>
+      <c r="C197" s="103"/>
+      <c r="D197" s="103"/>
+      <c r="E197" s="96"/>
+      <c r="F197" s="96"/>
+      <c r="G197" s="96"/>
+      <c r="H197" s="97"/>
+      <c r="I197" s="97"/>
+      <c r="J197" s="97"/>
+      <c r="K197" s="98"/>
+      <c r="L197" s="99"/>
+      <c r="M197" s="100"/>
+      <c r="N197" s="100"/>
+      <c r="O197" s="101"/>
+      <c r="P197" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B197:G197)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="198" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A198" s="101"/>
-[...14 lines deleted...]
-      <c r="P198" s="108" t="str">
+      <c r="A198" s="143"/>
+      <c r="B198" s="144"/>
+      <c r="C198" s="103"/>
+      <c r="D198" s="103"/>
+      <c r="E198" s="96"/>
+      <c r="F198" s="96"/>
+      <c r="G198" s="96"/>
+      <c r="H198" s="97"/>
+      <c r="I198" s="97"/>
+      <c r="J198" s="97"/>
+      <c r="K198" s="98"/>
+      <c r="L198" s="99"/>
+      <c r="M198" s="100"/>
+      <c r="N198" s="100"/>
+      <c r="O198" s="101"/>
+      <c r="P198" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B198:G198)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="199" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A199" s="101"/>
-[...14 lines deleted...]
-      <c r="P199" s="108" t="str">
+      <c r="A199" s="143"/>
+      <c r="B199" s="144"/>
+      <c r="C199" s="103"/>
+      <c r="D199" s="103"/>
+      <c r="E199" s="96"/>
+      <c r="F199" s="96"/>
+      <c r="G199" s="96"/>
+      <c r="H199" s="97"/>
+      <c r="I199" s="97"/>
+      <c r="J199" s="97"/>
+      <c r="K199" s="98"/>
+      <c r="L199" s="99"/>
+      <c r="M199" s="100"/>
+      <c r="N199" s="100"/>
+      <c r="O199" s="101"/>
+      <c r="P199" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B199:G199)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="200" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A200" s="101"/>
-[...14 lines deleted...]
-      <c r="P200" s="108" t="str">
+      <c r="A200" s="143"/>
+      <c r="B200" s="144"/>
+      <c r="C200" s="103"/>
+      <c r="D200" s="103"/>
+      <c r="E200" s="96"/>
+      <c r="F200" s="96"/>
+      <c r="G200" s="96"/>
+      <c r="H200" s="97"/>
+      <c r="I200" s="97"/>
+      <c r="J200" s="97"/>
+      <c r="K200" s="98"/>
+      <c r="L200" s="99"/>
+      <c r="M200" s="100"/>
+      <c r="N200" s="100"/>
+      <c r="O200" s="101"/>
+      <c r="P200" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B200:G200)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="201" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A201" s="101"/>
-[...14 lines deleted...]
-      <c r="P201" s="108" t="str">
+      <c r="A201" s="143"/>
+      <c r="B201" s="144"/>
+      <c r="C201" s="103"/>
+      <c r="D201" s="103"/>
+      <c r="E201" s="96"/>
+      <c r="F201" s="96"/>
+      <c r="G201" s="96"/>
+      <c r="H201" s="97"/>
+      <c r="I201" s="97"/>
+      <c r="J201" s="97"/>
+      <c r="K201" s="98"/>
+      <c r="L201" s="99"/>
+      <c r="M201" s="100"/>
+      <c r="N201" s="100"/>
+      <c r="O201" s="101"/>
+      <c r="P201" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B201:G201)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="202" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A202" s="101"/>
-[...14 lines deleted...]
-      <c r="P202" s="108" t="str">
+      <c r="A202" s="143"/>
+      <c r="B202" s="144"/>
+      <c r="C202" s="103"/>
+      <c r="D202" s="103"/>
+      <c r="E202" s="96"/>
+      <c r="F202" s="96"/>
+      <c r="G202" s="96"/>
+      <c r="H202" s="97"/>
+      <c r="I202" s="97"/>
+      <c r="J202" s="97"/>
+      <c r="K202" s="98"/>
+      <c r="L202" s="99"/>
+      <c r="M202" s="100"/>
+      <c r="N202" s="100"/>
+      <c r="O202" s="101"/>
+      <c r="P202" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B202:G202)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="203" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A203" s="101"/>
-[...14 lines deleted...]
-      <c r="P203" s="108" t="str">
+      <c r="A203" s="143"/>
+      <c r="B203" s="144"/>
+      <c r="C203" s="103"/>
+      <c r="D203" s="103"/>
+      <c r="E203" s="96"/>
+      <c r="F203" s="96"/>
+      <c r="G203" s="96"/>
+      <c r="H203" s="97"/>
+      <c r="I203" s="97"/>
+      <c r="J203" s="97"/>
+      <c r="K203" s="98"/>
+      <c r="L203" s="99"/>
+      <c r="M203" s="100"/>
+      <c r="N203" s="100"/>
+      <c r="O203" s="101"/>
+      <c r="P203" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B203:G203)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="204" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A204" s="101"/>
-[...14 lines deleted...]
-      <c r="P204" s="108" t="str">
+      <c r="A204" s="143"/>
+      <c r="B204" s="144"/>
+      <c r="C204" s="103"/>
+      <c r="D204" s="103"/>
+      <c r="E204" s="96"/>
+      <c r="F204" s="96"/>
+      <c r="G204" s="96"/>
+      <c r="H204" s="97"/>
+      <c r="I204" s="97"/>
+      <c r="J204" s="97"/>
+      <c r="K204" s="98"/>
+      <c r="L204" s="99"/>
+      <c r="M204" s="100"/>
+      <c r="N204" s="100"/>
+      <c r="O204" s="101"/>
+      <c r="P204" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B204:G204)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="205" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A205" s="101"/>
-[...14 lines deleted...]
-      <c r="P205" s="108" t="str">
+      <c r="A205" s="143"/>
+      <c r="B205" s="144"/>
+      <c r="C205" s="103"/>
+      <c r="D205" s="103"/>
+      <c r="E205" s="96"/>
+      <c r="F205" s="96"/>
+      <c r="G205" s="96"/>
+      <c r="H205" s="97"/>
+      <c r="I205" s="97"/>
+      <c r="J205" s="97"/>
+      <c r="K205" s="98"/>
+      <c r="L205" s="99"/>
+      <c r="M205" s="100"/>
+      <c r="N205" s="100"/>
+      <c r="O205" s="101"/>
+      <c r="P205" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B205:G205)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="206" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A206" s="101"/>
-[...14 lines deleted...]
-      <c r="P206" s="108" t="str">
+      <c r="A206" s="143"/>
+      <c r="B206" s="144"/>
+      <c r="C206" s="103"/>
+      <c r="D206" s="103"/>
+      <c r="E206" s="96"/>
+      <c r="F206" s="96"/>
+      <c r="G206" s="96"/>
+      <c r="H206" s="97"/>
+      <c r="I206" s="97"/>
+      <c r="J206" s="97"/>
+      <c r="K206" s="98"/>
+      <c r="L206" s="99"/>
+      <c r="M206" s="100"/>
+      <c r="N206" s="100"/>
+      <c r="O206" s="101"/>
+      <c r="P206" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B206:G206)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="207" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A207" s="101"/>
-[...14 lines deleted...]
-      <c r="P207" s="108" t="str">
+      <c r="A207" s="143"/>
+      <c r="B207" s="144"/>
+      <c r="C207" s="103"/>
+      <c r="D207" s="103"/>
+      <c r="E207" s="96"/>
+      <c r="F207" s="96"/>
+      <c r="G207" s="96"/>
+      <c r="H207" s="97"/>
+      <c r="I207" s="97"/>
+      <c r="J207" s="97"/>
+      <c r="K207" s="98"/>
+      <c r="L207" s="99"/>
+      <c r="M207" s="100"/>
+      <c r="N207" s="100"/>
+      <c r="O207" s="101"/>
+      <c r="P207" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B207:G207)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="208" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A208" s="101"/>
-[...14 lines deleted...]
-      <c r="P208" s="108" t="str">
+      <c r="A208" s="143"/>
+      <c r="B208" s="144"/>
+      <c r="C208" s="103"/>
+      <c r="D208" s="103"/>
+      <c r="E208" s="96"/>
+      <c r="F208" s="96"/>
+      <c r="G208" s="96"/>
+      <c r="H208" s="97"/>
+      <c r="I208" s="97"/>
+      <c r="J208" s="97"/>
+      <c r="K208" s="98"/>
+      <c r="L208" s="99"/>
+      <c r="M208" s="100"/>
+      <c r="N208" s="100"/>
+      <c r="O208" s="101"/>
+      <c r="P208" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B208:G208)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="209" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A209" s="101"/>
-[...14 lines deleted...]
-      <c r="P209" s="108" t="str">
+      <c r="A209" s="143"/>
+      <c r="B209" s="144"/>
+      <c r="C209" s="103"/>
+      <c r="D209" s="103"/>
+      <c r="E209" s="96"/>
+      <c r="F209" s="96"/>
+      <c r="G209" s="96"/>
+      <c r="H209" s="97"/>
+      <c r="I209" s="97"/>
+      <c r="J209" s="97"/>
+      <c r="K209" s="98"/>
+      <c r="L209" s="99"/>
+      <c r="M209" s="100"/>
+      <c r="N209" s="100"/>
+      <c r="O209" s="101"/>
+      <c r="P209" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B209:G209)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="210" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A210" s="101"/>
-[...14 lines deleted...]
-      <c r="P210" s="108" t="str">
+      <c r="A210" s="143"/>
+      <c r="B210" s="144"/>
+      <c r="C210" s="103"/>
+      <c r="D210" s="103"/>
+      <c r="E210" s="96"/>
+      <c r="F210" s="96"/>
+      <c r="G210" s="96"/>
+      <c r="H210" s="97"/>
+      <c r="I210" s="97"/>
+      <c r="J210" s="97"/>
+      <c r="K210" s="98"/>
+      <c r="L210" s="99"/>
+      <c r="M210" s="100"/>
+      <c r="N210" s="100"/>
+      <c r="O210" s="101"/>
+      <c r="P210" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B210:G210)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="211" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A211" s="101"/>
-[...14 lines deleted...]
-      <c r="P211" s="108" t="str">
+      <c r="A211" s="143"/>
+      <c r="B211" s="144"/>
+      <c r="C211" s="103"/>
+      <c r="D211" s="103"/>
+      <c r="E211" s="96"/>
+      <c r="F211" s="96"/>
+      <c r="G211" s="96"/>
+      <c r="H211" s="97"/>
+      <c r="I211" s="97"/>
+      <c r="J211" s="97"/>
+      <c r="K211" s="98"/>
+      <c r="L211" s="99"/>
+      <c r="M211" s="100"/>
+      <c r="N211" s="100"/>
+      <c r="O211" s="101"/>
+      <c r="P211" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B211:G211)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="212" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A212" s="101"/>
-[...14 lines deleted...]
-      <c r="P212" s="108" t="str">
+      <c r="A212" s="143"/>
+      <c r="B212" s="144"/>
+      <c r="C212" s="103"/>
+      <c r="D212" s="103"/>
+      <c r="E212" s="96"/>
+      <c r="F212" s="96"/>
+      <c r="G212" s="96"/>
+      <c r="H212" s="97"/>
+      <c r="I212" s="97"/>
+      <c r="J212" s="97"/>
+      <c r="K212" s="98"/>
+      <c r="L212" s="99"/>
+      <c r="M212" s="100"/>
+      <c r="N212" s="100"/>
+      <c r="O212" s="101"/>
+      <c r="P212" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B212:G212)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="213" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A213" s="101"/>
-[...14 lines deleted...]
-      <c r="P213" s="108" t="str">
+      <c r="A213" s="143"/>
+      <c r="B213" s="144"/>
+      <c r="C213" s="103"/>
+      <c r="D213" s="103"/>
+      <c r="E213" s="96"/>
+      <c r="F213" s="96"/>
+      <c r="G213" s="96"/>
+      <c r="H213" s="97"/>
+      <c r="I213" s="97"/>
+      <c r="J213" s="97"/>
+      <c r="K213" s="98"/>
+      <c r="L213" s="99"/>
+      <c r="M213" s="100"/>
+      <c r="N213" s="100"/>
+      <c r="O213" s="101"/>
+      <c r="P213" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B213:G213)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="214" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A214" s="101"/>
-[...14 lines deleted...]
-      <c r="P214" s="108" t="str">
+      <c r="A214" s="143"/>
+      <c r="B214" s="144"/>
+      <c r="C214" s="103"/>
+      <c r="D214" s="103"/>
+      <c r="E214" s="96"/>
+      <c r="F214" s="96"/>
+      <c r="G214" s="96"/>
+      <c r="H214" s="97"/>
+      <c r="I214" s="97"/>
+      <c r="J214" s="97"/>
+      <c r="K214" s="98"/>
+      <c r="L214" s="99"/>
+      <c r="M214" s="100"/>
+      <c r="N214" s="100"/>
+      <c r="O214" s="101"/>
+      <c r="P214" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B214:G214)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="215" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A215" s="101"/>
-[...14 lines deleted...]
-      <c r="P215" s="108" t="str">
+      <c r="A215" s="143"/>
+      <c r="B215" s="144"/>
+      <c r="C215" s="103"/>
+      <c r="D215" s="103"/>
+      <c r="E215" s="96"/>
+      <c r="F215" s="96"/>
+      <c r="G215" s="96"/>
+      <c r="H215" s="97"/>
+      <c r="I215" s="97"/>
+      <c r="J215" s="97"/>
+      <c r="K215" s="98"/>
+      <c r="L215" s="99"/>
+      <c r="M215" s="100"/>
+      <c r="N215" s="100"/>
+      <c r="O215" s="101"/>
+      <c r="P215" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B215:G215)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="216" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A216" s="101"/>
-[...14 lines deleted...]
-      <c r="P216" s="108" t="str">
+      <c r="A216" s="143"/>
+      <c r="B216" s="144"/>
+      <c r="C216" s="103"/>
+      <c r="D216" s="103"/>
+      <c r="E216" s="96"/>
+      <c r="F216" s="96"/>
+      <c r="G216" s="96"/>
+      <c r="H216" s="97"/>
+      <c r="I216" s="97"/>
+      <c r="J216" s="97"/>
+      <c r="K216" s="98"/>
+      <c r="L216" s="99"/>
+      <c r="M216" s="100"/>
+      <c r="N216" s="100"/>
+      <c r="O216" s="101"/>
+      <c r="P216" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B216:G216)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="217" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A217" s="101"/>
-[...14 lines deleted...]
-      <c r="P217" s="108" t="str">
+      <c r="A217" s="143"/>
+      <c r="B217" s="144"/>
+      <c r="C217" s="103"/>
+      <c r="D217" s="103"/>
+      <c r="E217" s="96"/>
+      <c r="F217" s="96"/>
+      <c r="G217" s="96"/>
+      <c r="H217" s="97"/>
+      <c r="I217" s="97"/>
+      <c r="J217" s="97"/>
+      <c r="K217" s="98"/>
+      <c r="L217" s="99"/>
+      <c r="M217" s="100"/>
+      <c r="N217" s="100"/>
+      <c r="O217" s="101"/>
+      <c r="P217" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B217:G217)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="218" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A218" s="101"/>
-[...14 lines deleted...]
-      <c r="P218" s="108" t="str">
+      <c r="A218" s="143"/>
+      <c r="B218" s="144"/>
+      <c r="C218" s="103"/>
+      <c r="D218" s="103"/>
+      <c r="E218" s="96"/>
+      <c r="F218" s="96"/>
+      <c r="G218" s="96"/>
+      <c r="H218" s="97"/>
+      <c r="I218" s="97"/>
+      <c r="J218" s="97"/>
+      <c r="K218" s="98"/>
+      <c r="L218" s="99"/>
+      <c r="M218" s="100"/>
+      <c r="N218" s="100"/>
+      <c r="O218" s="101"/>
+      <c r="P218" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B218:G218)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="219" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A219" s="101"/>
-[...14 lines deleted...]
-      <c r="P219" s="108" t="str">
+      <c r="A219" s="143"/>
+      <c r="B219" s="144"/>
+      <c r="C219" s="103"/>
+      <c r="D219" s="103"/>
+      <c r="E219" s="96"/>
+      <c r="F219" s="96"/>
+      <c r="G219" s="96"/>
+      <c r="H219" s="97"/>
+      <c r="I219" s="97"/>
+      <c r="J219" s="97"/>
+      <c r="K219" s="98"/>
+      <c r="L219" s="99"/>
+      <c r="M219" s="100"/>
+      <c r="N219" s="100"/>
+      <c r="O219" s="101"/>
+      <c r="P219" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B219:G219)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="220" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A220" s="101"/>
-[...14 lines deleted...]
-      <c r="P220" s="108" t="str">
+      <c r="A220" s="143"/>
+      <c r="B220" s="144"/>
+      <c r="C220" s="103"/>
+      <c r="D220" s="103"/>
+      <c r="E220" s="96"/>
+      <c r="F220" s="96"/>
+      <c r="G220" s="96"/>
+      <c r="H220" s="97"/>
+      <c r="I220" s="97"/>
+      <c r="J220" s="97"/>
+      <c r="K220" s="98"/>
+      <c r="L220" s="99"/>
+      <c r="M220" s="100"/>
+      <c r="N220" s="100"/>
+      <c r="O220" s="101"/>
+      <c r="P220" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B220:G220)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="221" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A221" s="101"/>
-[...14 lines deleted...]
-      <c r="P221" s="108" t="str">
+      <c r="A221" s="143"/>
+      <c r="B221" s="144"/>
+      <c r="C221" s="103"/>
+      <c r="D221" s="103"/>
+      <c r="E221" s="96"/>
+      <c r="F221" s="96"/>
+      <c r="G221" s="96"/>
+      <c r="H221" s="97"/>
+      <c r="I221" s="97"/>
+      <c r="J221" s="97"/>
+      <c r="K221" s="98"/>
+      <c r="L221" s="99"/>
+      <c r="M221" s="100"/>
+      <c r="N221" s="100"/>
+      <c r="O221" s="101"/>
+      <c r="P221" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B221:G221)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="222" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A222" s="101"/>
-[...14 lines deleted...]
-      <c r="P222" s="108" t="str">
+      <c r="A222" s="143"/>
+      <c r="B222" s="144"/>
+      <c r="C222" s="103"/>
+      <c r="D222" s="103"/>
+      <c r="E222" s="96"/>
+      <c r="F222" s="96"/>
+      <c r="G222" s="96"/>
+      <c r="H222" s="97"/>
+      <c r="I222" s="97"/>
+      <c r="J222" s="97"/>
+      <c r="K222" s="98"/>
+      <c r="L222" s="99"/>
+      <c r="M222" s="100"/>
+      <c r="N222" s="100"/>
+      <c r="O222" s="101"/>
+      <c r="P222" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B222:G222)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="223" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A223" s="101"/>
-[...14 lines deleted...]
-      <c r="P223" s="108" t="str">
+      <c r="A223" s="143"/>
+      <c r="B223" s="144"/>
+      <c r="C223" s="103"/>
+      <c r="D223" s="103"/>
+      <c r="E223" s="96"/>
+      <c r="F223" s="96"/>
+      <c r="G223" s="96"/>
+      <c r="H223" s="97"/>
+      <c r="I223" s="97"/>
+      <c r="J223" s="97"/>
+      <c r="K223" s="98"/>
+      <c r="L223" s="99"/>
+      <c r="M223" s="100"/>
+      <c r="N223" s="100"/>
+      <c r="O223" s="101"/>
+      <c r="P223" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B223:G223)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="224" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A224" s="101"/>
-[...14 lines deleted...]
-      <c r="P224" s="108" t="str">
+      <c r="A224" s="143"/>
+      <c r="B224" s="144"/>
+      <c r="C224" s="103"/>
+      <c r="D224" s="103"/>
+      <c r="E224" s="96"/>
+      <c r="F224" s="96"/>
+      <c r="G224" s="96"/>
+      <c r="H224" s="97"/>
+      <c r="I224" s="97"/>
+      <c r="J224" s="97"/>
+      <c r="K224" s="98"/>
+      <c r="L224" s="99"/>
+      <c r="M224" s="100"/>
+      <c r="N224" s="100"/>
+      <c r="O224" s="101"/>
+      <c r="P224" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B224:G224)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="225" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A225" s="101"/>
-[...14 lines deleted...]
-      <c r="P225" s="108" t="str">
+      <c r="A225" s="143"/>
+      <c r="B225" s="144"/>
+      <c r="C225" s="103"/>
+      <c r="D225" s="103"/>
+      <c r="E225" s="96"/>
+      <c r="F225" s="96"/>
+      <c r="G225" s="96"/>
+      <c r="H225" s="97"/>
+      <c r="I225" s="97"/>
+      <c r="J225" s="97"/>
+      <c r="K225" s="98"/>
+      <c r="L225" s="99"/>
+      <c r="M225" s="100"/>
+      <c r="N225" s="100"/>
+      <c r="O225" s="101"/>
+      <c r="P225" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B225:G225)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="226" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A226" s="101"/>
-[...14 lines deleted...]
-      <c r="P226" s="108" t="str">
+      <c r="A226" s="143"/>
+      <c r="B226" s="144"/>
+      <c r="C226" s="103"/>
+      <c r="D226" s="103"/>
+      <c r="E226" s="96"/>
+      <c r="F226" s="96"/>
+      <c r="G226" s="96"/>
+      <c r="H226" s="97"/>
+      <c r="I226" s="97"/>
+      <c r="J226" s="97"/>
+      <c r="K226" s="98"/>
+      <c r="L226" s="99"/>
+      <c r="M226" s="100"/>
+      <c r="N226" s="100"/>
+      <c r="O226" s="101"/>
+      <c r="P226" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B226:G226)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="227" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A227" s="101"/>
-[...14 lines deleted...]
-      <c r="P227" s="108" t="str">
+      <c r="A227" s="143"/>
+      <c r="B227" s="144"/>
+      <c r="C227" s="103"/>
+      <c r="D227" s="103"/>
+      <c r="E227" s="96"/>
+      <c r="F227" s="96"/>
+      <c r="G227" s="96"/>
+      <c r="H227" s="97"/>
+      <c r="I227" s="97"/>
+      <c r="J227" s="97"/>
+      <c r="K227" s="98"/>
+      <c r="L227" s="99"/>
+      <c r="M227" s="100"/>
+      <c r="N227" s="100"/>
+      <c r="O227" s="101"/>
+      <c r="P227" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B227:G227)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="228" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A228" s="101"/>
-[...14 lines deleted...]
-      <c r="P228" s="108" t="str">
+      <c r="A228" s="143"/>
+      <c r="B228" s="144"/>
+      <c r="C228" s="103"/>
+      <c r="D228" s="103"/>
+      <c r="E228" s="96"/>
+      <c r="F228" s="96"/>
+      <c r="G228" s="96"/>
+      <c r="H228" s="97"/>
+      <c r="I228" s="97"/>
+      <c r="J228" s="97"/>
+      <c r="K228" s="98"/>
+      <c r="L228" s="99"/>
+      <c r="M228" s="100"/>
+      <c r="N228" s="100"/>
+      <c r="O228" s="101"/>
+      <c r="P228" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B228:G228)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="229" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A229" s="101"/>
-[...14 lines deleted...]
-      <c r="P229" s="108" t="str">
+      <c r="A229" s="143"/>
+      <c r="B229" s="144"/>
+      <c r="C229" s="103"/>
+      <c r="D229" s="103"/>
+      <c r="E229" s="96"/>
+      <c r="F229" s="96"/>
+      <c r="G229" s="96"/>
+      <c r="H229" s="97"/>
+      <c r="I229" s="97"/>
+      <c r="J229" s="97"/>
+      <c r="K229" s="98"/>
+      <c r="L229" s="99"/>
+      <c r="M229" s="100"/>
+      <c r="N229" s="100"/>
+      <c r="O229" s="101"/>
+      <c r="P229" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B229:G229)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="230" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A230" s="101"/>
-[...14 lines deleted...]
-      <c r="P230" s="108" t="str">
+      <c r="A230" s="143"/>
+      <c r="B230" s="144"/>
+      <c r="C230" s="103"/>
+      <c r="D230" s="103"/>
+      <c r="E230" s="96"/>
+      <c r="F230" s="96"/>
+      <c r="G230" s="96"/>
+      <c r="H230" s="97"/>
+      <c r="I230" s="97"/>
+      <c r="J230" s="97"/>
+      <c r="K230" s="98"/>
+      <c r="L230" s="99"/>
+      <c r="M230" s="100"/>
+      <c r="N230" s="100"/>
+      <c r="O230" s="101"/>
+      <c r="P230" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B230:G230)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="231" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A231" s="101"/>
-[...14 lines deleted...]
-      <c r="P231" s="108" t="str">
+      <c r="A231" s="143"/>
+      <c r="B231" s="144"/>
+      <c r="C231" s="103"/>
+      <c r="D231" s="103"/>
+      <c r="E231" s="96"/>
+      <c r="F231" s="96"/>
+      <c r="G231" s="96"/>
+      <c r="H231" s="97"/>
+      <c r="I231" s="97"/>
+      <c r="J231" s="97"/>
+      <c r="K231" s="98"/>
+      <c r="L231" s="99"/>
+      <c r="M231" s="100"/>
+      <c r="N231" s="100"/>
+      <c r="O231" s="101"/>
+      <c r="P231" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B231:G231)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="232" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A232" s="101"/>
-[...14 lines deleted...]
-      <c r="P232" s="108" t="str">
+      <c r="A232" s="143"/>
+      <c r="B232" s="144"/>
+      <c r="C232" s="103"/>
+      <c r="D232" s="103"/>
+      <c r="E232" s="96"/>
+      <c r="F232" s="96"/>
+      <c r="G232" s="96"/>
+      <c r="H232" s="97"/>
+      <c r="I232" s="97"/>
+      <c r="J232" s="97"/>
+      <c r="K232" s="98"/>
+      <c r="L232" s="99"/>
+      <c r="M232" s="100"/>
+      <c r="N232" s="100"/>
+      <c r="O232" s="101"/>
+      <c r="P232" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B232:G232)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="233" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A233" s="101"/>
-[...14 lines deleted...]
-      <c r="P233" s="108" t="str">
+      <c r="A233" s="143"/>
+      <c r="B233" s="144"/>
+      <c r="C233" s="103"/>
+      <c r="D233" s="103"/>
+      <c r="E233" s="96"/>
+      <c r="F233" s="96"/>
+      <c r="G233" s="96"/>
+      <c r="H233" s="97"/>
+      <c r="I233" s="97"/>
+      <c r="J233" s="97"/>
+      <c r="K233" s="98"/>
+      <c r="L233" s="99"/>
+      <c r="M233" s="100"/>
+      <c r="N233" s="100"/>
+      <c r="O233" s="101"/>
+      <c r="P233" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B233:G233)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="234" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A234" s="101"/>
-[...14 lines deleted...]
-      <c r="P234" s="108" t="str">
+      <c r="A234" s="143"/>
+      <c r="B234" s="144"/>
+      <c r="C234" s="103"/>
+      <c r="D234" s="103"/>
+      <c r="E234" s="96"/>
+      <c r="F234" s="96"/>
+      <c r="G234" s="96"/>
+      <c r="H234" s="97"/>
+      <c r="I234" s="97"/>
+      <c r="J234" s="97"/>
+      <c r="K234" s="98"/>
+      <c r="L234" s="99"/>
+      <c r="M234" s="100"/>
+      <c r="N234" s="100"/>
+      <c r="O234" s="101"/>
+      <c r="P234" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B234:G234)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="235" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A235" s="101"/>
-[...14 lines deleted...]
-      <c r="P235" s="108" t="str">
+      <c r="A235" s="143"/>
+      <c r="B235" s="144"/>
+      <c r="C235" s="103"/>
+      <c r="D235" s="103"/>
+      <c r="E235" s="96"/>
+      <c r="F235" s="96"/>
+      <c r="G235" s="96"/>
+      <c r="H235" s="97"/>
+      <c r="I235" s="97"/>
+      <c r="J235" s="97"/>
+      <c r="K235" s="98"/>
+      <c r="L235" s="99"/>
+      <c r="M235" s="100"/>
+      <c r="N235" s="100"/>
+      <c r="O235" s="101"/>
+      <c r="P235" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B235:G235)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="236" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A236" s="101"/>
-[...14 lines deleted...]
-      <c r="P236" s="108" t="str">
+      <c r="A236" s="143"/>
+      <c r="B236" s="144"/>
+      <c r="C236" s="103"/>
+      <c r="D236" s="103"/>
+      <c r="E236" s="96"/>
+      <c r="F236" s="96"/>
+      <c r="G236" s="96"/>
+      <c r="H236" s="97"/>
+      <c r="I236" s="97"/>
+      <c r="J236" s="97"/>
+      <c r="K236" s="98"/>
+      <c r="L236" s="99"/>
+      <c r="M236" s="100"/>
+      <c r="N236" s="100"/>
+      <c r="O236" s="101"/>
+      <c r="P236" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B236:G236)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="237" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A237" s="101"/>
-[...14 lines deleted...]
-      <c r="P237" s="108" t="str">
+      <c r="A237" s="143"/>
+      <c r="B237" s="144"/>
+      <c r="C237" s="103"/>
+      <c r="D237" s="103"/>
+      <c r="E237" s="96"/>
+      <c r="F237" s="96"/>
+      <c r="G237" s="96"/>
+      <c r="H237" s="97"/>
+      <c r="I237" s="97"/>
+      <c r="J237" s="97"/>
+      <c r="K237" s="98"/>
+      <c r="L237" s="99"/>
+      <c r="M237" s="100"/>
+      <c r="N237" s="100"/>
+      <c r="O237" s="101"/>
+      <c r="P237" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B237:G237)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="238" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A238" s="101"/>
-[...14 lines deleted...]
-      <c r="P238" s="108" t="str">
+      <c r="A238" s="143"/>
+      <c r="B238" s="144"/>
+      <c r="C238" s="103"/>
+      <c r="D238" s="103"/>
+      <c r="E238" s="96"/>
+      <c r="F238" s="96"/>
+      <c r="G238" s="96"/>
+      <c r="H238" s="97"/>
+      <c r="I238" s="97"/>
+      <c r="J238" s="97"/>
+      <c r="K238" s="98"/>
+      <c r="L238" s="99"/>
+      <c r="M238" s="100"/>
+      <c r="N238" s="100"/>
+      <c r="O238" s="101"/>
+      <c r="P238" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B238:G238)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="239" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A239" s="101"/>
-[...14 lines deleted...]
-      <c r="P239" s="108" t="str">
+      <c r="A239" s="143"/>
+      <c r="B239" s="144"/>
+      <c r="C239" s="103"/>
+      <c r="D239" s="103"/>
+      <c r="E239" s="96"/>
+      <c r="F239" s="96"/>
+      <c r="G239" s="96"/>
+      <c r="H239" s="97"/>
+      <c r="I239" s="97"/>
+      <c r="J239" s="97"/>
+      <c r="K239" s="98"/>
+      <c r="L239" s="99"/>
+      <c r="M239" s="100"/>
+      <c r="N239" s="100"/>
+      <c r="O239" s="101"/>
+      <c r="P239" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B239:G239)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="240" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A240" s="101"/>
-[...14 lines deleted...]
-      <c r="P240" s="108" t="str">
+      <c r="A240" s="143"/>
+      <c r="B240" s="144"/>
+      <c r="C240" s="103"/>
+      <c r="D240" s="103"/>
+      <c r="E240" s="96"/>
+      <c r="F240" s="96"/>
+      <c r="G240" s="96"/>
+      <c r="H240" s="97"/>
+      <c r="I240" s="97"/>
+      <c r="J240" s="97"/>
+      <c r="K240" s="98"/>
+      <c r="L240" s="99"/>
+      <c r="M240" s="100"/>
+      <c r="N240" s="100"/>
+      <c r="O240" s="101"/>
+      <c r="P240" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B240:G240)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="241" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A241" s="101"/>
-[...14 lines deleted...]
-      <c r="P241" s="108" t="str">
+      <c r="A241" s="143"/>
+      <c r="B241" s="144"/>
+      <c r="C241" s="103"/>
+      <c r="D241" s="103"/>
+      <c r="E241" s="96"/>
+      <c r="F241" s="96"/>
+      <c r="G241" s="96"/>
+      <c r="H241" s="97"/>
+      <c r="I241" s="97"/>
+      <c r="J241" s="97"/>
+      <c r="K241" s="98"/>
+      <c r="L241" s="99"/>
+      <c r="M241" s="100"/>
+      <c r="N241" s="100"/>
+      <c r="O241" s="101"/>
+      <c r="P241" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B241:G241)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="242" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A242" s="101"/>
-[...14 lines deleted...]
-      <c r="P242" s="108" t="str">
+      <c r="A242" s="143"/>
+      <c r="B242" s="144"/>
+      <c r="C242" s="103"/>
+      <c r="D242" s="103"/>
+      <c r="E242" s="96"/>
+      <c r="F242" s="96"/>
+      <c r="G242" s="96"/>
+      <c r="H242" s="97"/>
+      <c r="I242" s="97"/>
+      <c r="J242" s="97"/>
+      <c r="K242" s="98"/>
+      <c r="L242" s="99"/>
+      <c r="M242" s="100"/>
+      <c r="N242" s="100"/>
+      <c r="O242" s="101"/>
+      <c r="P242" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B242:G242)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="243" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A243" s="101"/>
-[...14 lines deleted...]
-      <c r="P243" s="108" t="str">
+      <c r="A243" s="143"/>
+      <c r="B243" s="144"/>
+      <c r="C243" s="103"/>
+      <c r="D243" s="103"/>
+      <c r="E243" s="96"/>
+      <c r="F243" s="96"/>
+      <c r="G243" s="96"/>
+      <c r="H243" s="97"/>
+      <c r="I243" s="97"/>
+      <c r="J243" s="97"/>
+      <c r="K243" s="98"/>
+      <c r="L243" s="99"/>
+      <c r="M243" s="100"/>
+      <c r="N243" s="100"/>
+      <c r="O243" s="101"/>
+      <c r="P243" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B243:G243)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="244" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A244" s="101"/>
-[...14 lines deleted...]
-      <c r="P244" s="108" t="str">
+      <c r="A244" s="143"/>
+      <c r="B244" s="144"/>
+      <c r="C244" s="103"/>
+      <c r="D244" s="103"/>
+      <c r="E244" s="96"/>
+      <c r="F244" s="96"/>
+      <c r="G244" s="96"/>
+      <c r="H244" s="97"/>
+      <c r="I244" s="97"/>
+      <c r="J244" s="97"/>
+      <c r="K244" s="98"/>
+      <c r="L244" s="99"/>
+      <c r="M244" s="100"/>
+      <c r="N244" s="100"/>
+      <c r="O244" s="101"/>
+      <c r="P244" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B244:G244)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="245" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A245" s="101"/>
-[...14 lines deleted...]
-      <c r="P245" s="108" t="str">
+      <c r="A245" s="143"/>
+      <c r="B245" s="144"/>
+      <c r="C245" s="103"/>
+      <c r="D245" s="103"/>
+      <c r="E245" s="96"/>
+      <c r="F245" s="96"/>
+      <c r="G245" s="96"/>
+      <c r="H245" s="97"/>
+      <c r="I245" s="97"/>
+      <c r="J245" s="97"/>
+      <c r="K245" s="98"/>
+      <c r="L245" s="99"/>
+      <c r="M245" s="100"/>
+      <c r="N245" s="100"/>
+      <c r="O245" s="101"/>
+      <c r="P245" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B245:G245)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="246" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A246" s="101"/>
-[...14 lines deleted...]
-      <c r="P246" s="108" t="str">
+      <c r="A246" s="143"/>
+      <c r="B246" s="144"/>
+      <c r="C246" s="103"/>
+      <c r="D246" s="103"/>
+      <c r="E246" s="96"/>
+      <c r="F246" s="96"/>
+      <c r="G246" s="96"/>
+      <c r="H246" s="97"/>
+      <c r="I246" s="97"/>
+      <c r="J246" s="97"/>
+      <c r="K246" s="98"/>
+      <c r="L246" s="99"/>
+      <c r="M246" s="100"/>
+      <c r="N246" s="100"/>
+      <c r="O246" s="101"/>
+      <c r="P246" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B246:G246)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="247" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A247" s="101"/>
-[...14 lines deleted...]
-      <c r="P247" s="108" t="str">
+      <c r="A247" s="143"/>
+      <c r="B247" s="144"/>
+      <c r="C247" s="103"/>
+      <c r="D247" s="103"/>
+      <c r="E247" s="96"/>
+      <c r="F247" s="96"/>
+      <c r="G247" s="96"/>
+      <c r="H247" s="97"/>
+      <c r="I247" s="97"/>
+      <c r="J247" s="97"/>
+      <c r="K247" s="98"/>
+      <c r="L247" s="99"/>
+      <c r="M247" s="100"/>
+      <c r="N247" s="100"/>
+      <c r="O247" s="101"/>
+      <c r="P247" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B247:G247)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="248" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A248" s="101"/>
-[...14 lines deleted...]
-      <c r="P248" s="108" t="str">
+      <c r="A248" s="143"/>
+      <c r="B248" s="144"/>
+      <c r="C248" s="103"/>
+      <c r="D248" s="103"/>
+      <c r="E248" s="96"/>
+      <c r="F248" s="96"/>
+      <c r="G248" s="96"/>
+      <c r="H248" s="97"/>
+      <c r="I248" s="97"/>
+      <c r="J248" s="97"/>
+      <c r="K248" s="98"/>
+      <c r="L248" s="99"/>
+      <c r="M248" s="100"/>
+      <c r="N248" s="100"/>
+      <c r="O248" s="101"/>
+      <c r="P248" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B248:G248)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="249" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A249" s="101"/>
-[...14 lines deleted...]
-      <c r="P249" s="108" t="str">
+      <c r="A249" s="143"/>
+      <c r="B249" s="144"/>
+      <c r="C249" s="103"/>
+      <c r="D249" s="103"/>
+      <c r="E249" s="96"/>
+      <c r="F249" s="96"/>
+      <c r="G249" s="96"/>
+      <c r="H249" s="97"/>
+      <c r="I249" s="97"/>
+      <c r="J249" s="97"/>
+      <c r="K249" s="98"/>
+      <c r="L249" s="99"/>
+      <c r="M249" s="100"/>
+      <c r="N249" s="100"/>
+      <c r="O249" s="101"/>
+      <c r="P249" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B249:G249)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="250" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A250" s="101"/>
-[...14 lines deleted...]
-      <c r="P250" s="108" t="str">
+      <c r="A250" s="143"/>
+      <c r="B250" s="144"/>
+      <c r="C250" s="103"/>
+      <c r="D250" s="103"/>
+      <c r="E250" s="96"/>
+      <c r="F250" s="96"/>
+      <c r="G250" s="96"/>
+      <c r="H250" s="97"/>
+      <c r="I250" s="97"/>
+      <c r="J250" s="97"/>
+      <c r="K250" s="98"/>
+      <c r="L250" s="99"/>
+      <c r="M250" s="100"/>
+      <c r="N250" s="100"/>
+      <c r="O250" s="101"/>
+      <c r="P250" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B250:G250)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="251" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A251" s="101"/>
-[...14 lines deleted...]
-      <c r="P251" s="108" t="str">
+      <c r="A251" s="143"/>
+      <c r="B251" s="144"/>
+      <c r="C251" s="103"/>
+      <c r="D251" s="103"/>
+      <c r="E251" s="96"/>
+      <c r="F251" s="96"/>
+      <c r="G251" s="96"/>
+      <c r="H251" s="97"/>
+      <c r="I251" s="97"/>
+      <c r="J251" s="97"/>
+      <c r="K251" s="98"/>
+      <c r="L251" s="99"/>
+      <c r="M251" s="100"/>
+      <c r="N251" s="100"/>
+      <c r="O251" s="101"/>
+      <c r="P251" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B251:G251)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="252" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A252" s="101"/>
-[...14 lines deleted...]
-      <c r="P252" s="108" t="str">
+      <c r="A252" s="143"/>
+      <c r="B252" s="144"/>
+      <c r="C252" s="103"/>
+      <c r="D252" s="103"/>
+      <c r="E252" s="96"/>
+      <c r="F252" s="96"/>
+      <c r="G252" s="96"/>
+      <c r="H252" s="97"/>
+      <c r="I252" s="97"/>
+      <c r="J252" s="97"/>
+      <c r="K252" s="98"/>
+      <c r="L252" s="99"/>
+      <c r="M252" s="100"/>
+      <c r="N252" s="100"/>
+      <c r="O252" s="101"/>
+      <c r="P252" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B252:G252)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="253" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A253" s="101"/>
-[...14 lines deleted...]
-      <c r="P253" s="108" t="str">
+      <c r="A253" s="143"/>
+      <c r="B253" s="144"/>
+      <c r="C253" s="103"/>
+      <c r="D253" s="103"/>
+      <c r="E253" s="96"/>
+      <c r="F253" s="96"/>
+      <c r="G253" s="96"/>
+      <c r="H253" s="97"/>
+      <c r="I253" s="97"/>
+      <c r="J253" s="97"/>
+      <c r="K253" s="98"/>
+      <c r="L253" s="99"/>
+      <c r="M253" s="100"/>
+      <c r="N253" s="100"/>
+      <c r="O253" s="101"/>
+      <c r="P253" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B253:G253)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="254" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A254" s="101"/>
-[...14 lines deleted...]
-      <c r="P254" s="108" t="str">
+      <c r="A254" s="143"/>
+      <c r="B254" s="144"/>
+      <c r="C254" s="103"/>
+      <c r="D254" s="103"/>
+      <c r="E254" s="96"/>
+      <c r="F254" s="96"/>
+      <c r="G254" s="96"/>
+      <c r="H254" s="97"/>
+      <c r="I254" s="97"/>
+      <c r="J254" s="97"/>
+      <c r="K254" s="98"/>
+      <c r="L254" s="99"/>
+      <c r="M254" s="100"/>
+      <c r="N254" s="100"/>
+      <c r="O254" s="101"/>
+      <c r="P254" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B254:G254)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="255" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A255" s="101"/>
-[...14 lines deleted...]
-      <c r="P255" s="108" t="str">
+      <c r="A255" s="143"/>
+      <c r="B255" s="144"/>
+      <c r="C255" s="103"/>
+      <c r="D255" s="103"/>
+      <c r="E255" s="96"/>
+      <c r="F255" s="96"/>
+      <c r="G255" s="96"/>
+      <c r="H255" s="97"/>
+      <c r="I255" s="97"/>
+      <c r="J255" s="97"/>
+      <c r="K255" s="98"/>
+      <c r="L255" s="99"/>
+      <c r="M255" s="100"/>
+      <c r="N255" s="100"/>
+      <c r="O255" s="101"/>
+      <c r="P255" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B255:G255)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="256" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A256" s="101"/>
-[...14 lines deleted...]
-      <c r="P256" s="108" t="str">
+      <c r="A256" s="143"/>
+      <c r="B256" s="144"/>
+      <c r="C256" s="103"/>
+      <c r="D256" s="103"/>
+      <c r="E256" s="96"/>
+      <c r="F256" s="96"/>
+      <c r="G256" s="96"/>
+      <c r="H256" s="97"/>
+      <c r="I256" s="97"/>
+      <c r="J256" s="97"/>
+      <c r="K256" s="98"/>
+      <c r="L256" s="99"/>
+      <c r="M256" s="100"/>
+      <c r="N256" s="100"/>
+      <c r="O256" s="101"/>
+      <c r="P256" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B256:G256)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="257" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A257" s="101"/>
-[...14 lines deleted...]
-      <c r="P257" s="108" t="str">
+      <c r="A257" s="143"/>
+      <c r="B257" s="144"/>
+      <c r="C257" s="103"/>
+      <c r="D257" s="103"/>
+      <c r="E257" s="96"/>
+      <c r="F257" s="96"/>
+      <c r="G257" s="96"/>
+      <c r="H257" s="97"/>
+      <c r="I257" s="97"/>
+      <c r="J257" s="97"/>
+      <c r="K257" s="98"/>
+      <c r="L257" s="99"/>
+      <c r="M257" s="100"/>
+      <c r="N257" s="100"/>
+      <c r="O257" s="101"/>
+      <c r="P257" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B257:G257)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="258" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A258" s="101"/>
-[...14 lines deleted...]
-      <c r="P258" s="108" t="str">
+      <c r="A258" s="143"/>
+      <c r="B258" s="144"/>
+      <c r="C258" s="103"/>
+      <c r="D258" s="103"/>
+      <c r="E258" s="96"/>
+      <c r="F258" s="96"/>
+      <c r="G258" s="96"/>
+      <c r="H258" s="97"/>
+      <c r="I258" s="97"/>
+      <c r="J258" s="97"/>
+      <c r="K258" s="98"/>
+      <c r="L258" s="99"/>
+      <c r="M258" s="100"/>
+      <c r="N258" s="100"/>
+      <c r="O258" s="101"/>
+      <c r="P258" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B258:G258)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="259" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A259" s="101"/>
-[...14 lines deleted...]
-      <c r="P259" s="108" t="str">
+      <c r="A259" s="143"/>
+      <c r="B259" s="144"/>
+      <c r="C259" s="103"/>
+      <c r="D259" s="103"/>
+      <c r="E259" s="96"/>
+      <c r="F259" s="96"/>
+      <c r="G259" s="96"/>
+      <c r="H259" s="97"/>
+      <c r="I259" s="97"/>
+      <c r="J259" s="97"/>
+      <c r="K259" s="98"/>
+      <c r="L259" s="99"/>
+      <c r="M259" s="100"/>
+      <c r="N259" s="100"/>
+      <c r="O259" s="101"/>
+      <c r="P259" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B259:G259)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="260" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A260" s="101"/>
-[...14 lines deleted...]
-      <c r="P260" s="108" t="str">
+      <c r="A260" s="143"/>
+      <c r="B260" s="144"/>
+      <c r="C260" s="103"/>
+      <c r="D260" s="103"/>
+      <c r="E260" s="96"/>
+      <c r="F260" s="96"/>
+      <c r="G260" s="96"/>
+      <c r="H260" s="97"/>
+      <c r="I260" s="97"/>
+      <c r="J260" s="97"/>
+      <c r="K260" s="98"/>
+      <c r="L260" s="99"/>
+      <c r="M260" s="100"/>
+      <c r="N260" s="100"/>
+      <c r="O260" s="101"/>
+      <c r="P260" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B260:G260)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="261" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A261" s="101"/>
-[...14 lines deleted...]
-      <c r="P261" s="108" t="str">
+      <c r="A261" s="143"/>
+      <c r="B261" s="144"/>
+      <c r="C261" s="103"/>
+      <c r="D261" s="103"/>
+      <c r="E261" s="96"/>
+      <c r="F261" s="96"/>
+      <c r="G261" s="96"/>
+      <c r="H261" s="97"/>
+      <c r="I261" s="97"/>
+      <c r="J261" s="97"/>
+      <c r="K261" s="98"/>
+      <c r="L261" s="99"/>
+      <c r="M261" s="100"/>
+      <c r="N261" s="100"/>
+      <c r="O261" s="101"/>
+      <c r="P261" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B261:G261)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="262" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A262" s="101"/>
-[...14 lines deleted...]
-      <c r="P262" s="108" t="str">
+      <c r="A262" s="143"/>
+      <c r="B262" s="144"/>
+      <c r="C262" s="103"/>
+      <c r="D262" s="103"/>
+      <c r="E262" s="96"/>
+      <c r="F262" s="96"/>
+      <c r="G262" s="96"/>
+      <c r="H262" s="97"/>
+      <c r="I262" s="97"/>
+      <c r="J262" s="97"/>
+      <c r="K262" s="98"/>
+      <c r="L262" s="99"/>
+      <c r="M262" s="100"/>
+      <c r="N262" s="100"/>
+      <c r="O262" s="101"/>
+      <c r="P262" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B262:G262)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="263" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A263" s="101"/>
-[...14 lines deleted...]
-      <c r="P263" s="108" t="str">
+      <c r="A263" s="143"/>
+      <c r="B263" s="144"/>
+      <c r="C263" s="103"/>
+      <c r="D263" s="103"/>
+      <c r="E263" s="96"/>
+      <c r="F263" s="96"/>
+      <c r="G263" s="96"/>
+      <c r="H263" s="97"/>
+      <c r="I263" s="97"/>
+      <c r="J263" s="97"/>
+      <c r="K263" s="98"/>
+      <c r="L263" s="99"/>
+      <c r="M263" s="100"/>
+      <c r="N263" s="100"/>
+      <c r="O263" s="101"/>
+      <c r="P263" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B263:G263)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="264" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A264" s="101"/>
-[...14 lines deleted...]
-      <c r="P264" s="108" t="str">
+      <c r="A264" s="143"/>
+      <c r="B264" s="144"/>
+      <c r="C264" s="103"/>
+      <c r="D264" s="103"/>
+      <c r="E264" s="96"/>
+      <c r="F264" s="96"/>
+      <c r="G264" s="96"/>
+      <c r="H264" s="97"/>
+      <c r="I264" s="97"/>
+      <c r="J264" s="97"/>
+      <c r="K264" s="98"/>
+      <c r="L264" s="99"/>
+      <c r="M264" s="100"/>
+      <c r="N264" s="100"/>
+      <c r="O264" s="101"/>
+      <c r="P264" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B264:G264)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="265" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A265" s="101"/>
-[...14 lines deleted...]
-      <c r="P265" s="108" t="str">
+      <c r="A265" s="143"/>
+      <c r="B265" s="144"/>
+      <c r="C265" s="103"/>
+      <c r="D265" s="103"/>
+      <c r="E265" s="96"/>
+      <c r="F265" s="96"/>
+      <c r="G265" s="96"/>
+      <c r="H265" s="97"/>
+      <c r="I265" s="97"/>
+      <c r="J265" s="97"/>
+      <c r="K265" s="98"/>
+      <c r="L265" s="99"/>
+      <c r="M265" s="100"/>
+      <c r="N265" s="100"/>
+      <c r="O265" s="101"/>
+      <c r="P265" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B265:G265)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="266" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A266" s="101"/>
-[...14 lines deleted...]
-      <c r="P266" s="108" t="str">
+      <c r="A266" s="143"/>
+      <c r="B266" s="144"/>
+      <c r="C266" s="103"/>
+      <c r="D266" s="103"/>
+      <c r="E266" s="96"/>
+      <c r="F266" s="96"/>
+      <c r="G266" s="96"/>
+      <c r="H266" s="97"/>
+      <c r="I266" s="97"/>
+      <c r="J266" s="97"/>
+      <c r="K266" s="98"/>
+      <c r="L266" s="99"/>
+      <c r="M266" s="100"/>
+      <c r="N266" s="100"/>
+      <c r="O266" s="101"/>
+      <c r="P266" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B266:G266)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="267" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A267" s="101"/>
-[...14 lines deleted...]
-      <c r="P267" s="108" t="str">
+      <c r="A267" s="143"/>
+      <c r="B267" s="144"/>
+      <c r="C267" s="103"/>
+      <c r="D267" s="103"/>
+      <c r="E267" s="96"/>
+      <c r="F267" s="96"/>
+      <c r="G267" s="96"/>
+      <c r="H267" s="97"/>
+      <c r="I267" s="97"/>
+      <c r="J267" s="97"/>
+      <c r="K267" s="98"/>
+      <c r="L267" s="99"/>
+      <c r="M267" s="100"/>
+      <c r="N267" s="100"/>
+      <c r="O267" s="101"/>
+      <c r="P267" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B267:G267)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="268" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A268" s="101"/>
-[...14 lines deleted...]
-      <c r="P268" s="108" t="str">
+      <c r="A268" s="143"/>
+      <c r="B268" s="144"/>
+      <c r="C268" s="103"/>
+      <c r="D268" s="103"/>
+      <c r="E268" s="96"/>
+      <c r="F268" s="96"/>
+      <c r="G268" s="96"/>
+      <c r="H268" s="97"/>
+      <c r="I268" s="97"/>
+      <c r="J268" s="97"/>
+      <c r="K268" s="98"/>
+      <c r="L268" s="99"/>
+      <c r="M268" s="100"/>
+      <c r="N268" s="100"/>
+      <c r="O268" s="101"/>
+      <c r="P268" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B268:G268)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="269" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A269" s="101"/>
-[...14 lines deleted...]
-      <c r="P269" s="108" t="str">
+      <c r="A269" s="143"/>
+      <c r="B269" s="144"/>
+      <c r="C269" s="103"/>
+      <c r="D269" s="103"/>
+      <c r="E269" s="96"/>
+      <c r="F269" s="96"/>
+      <c r="G269" s="96"/>
+      <c r="H269" s="97"/>
+      <c r="I269" s="97"/>
+      <c r="J269" s="97"/>
+      <c r="K269" s="98"/>
+      <c r="L269" s="99"/>
+      <c r="M269" s="100"/>
+      <c r="N269" s="100"/>
+      <c r="O269" s="101"/>
+      <c r="P269" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B269:G269)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="270" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A270" s="101"/>
-[...14 lines deleted...]
-      <c r="P270" s="108" t="str">
+      <c r="A270" s="143"/>
+      <c r="B270" s="144"/>
+      <c r="C270" s="103"/>
+      <c r="D270" s="103"/>
+      <c r="E270" s="96"/>
+      <c r="F270" s="96"/>
+      <c r="G270" s="96"/>
+      <c r="H270" s="97"/>
+      <c r="I270" s="97"/>
+      <c r="J270" s="97"/>
+      <c r="K270" s="98"/>
+      <c r="L270" s="99"/>
+      <c r="M270" s="100"/>
+      <c r="N270" s="100"/>
+      <c r="O270" s="101"/>
+      <c r="P270" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B270:G270)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="271" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A271" s="101"/>
-[...14 lines deleted...]
-      <c r="P271" s="108" t="str">
+      <c r="A271" s="143"/>
+      <c r="B271" s="144"/>
+      <c r="C271" s="103"/>
+      <c r="D271" s="103"/>
+      <c r="E271" s="96"/>
+      <c r="F271" s="96"/>
+      <c r="G271" s="96"/>
+      <c r="H271" s="97"/>
+      <c r="I271" s="97"/>
+      <c r="J271" s="97"/>
+      <c r="K271" s="98"/>
+      <c r="L271" s="99"/>
+      <c r="M271" s="100"/>
+      <c r="N271" s="100"/>
+      <c r="O271" s="101"/>
+      <c r="P271" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B271:G271)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="272" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A272" s="101"/>
-[...14 lines deleted...]
-      <c r="P272" s="108" t="str">
+      <c r="A272" s="143"/>
+      <c r="B272" s="144"/>
+      <c r="C272" s="103"/>
+      <c r="D272" s="103"/>
+      <c r="E272" s="96"/>
+      <c r="F272" s="96"/>
+      <c r="G272" s="96"/>
+      <c r="H272" s="97"/>
+      <c r="I272" s="97"/>
+      <c r="J272" s="97"/>
+      <c r="K272" s="98"/>
+      <c r="L272" s="99"/>
+      <c r="M272" s="100"/>
+      <c r="N272" s="100"/>
+      <c r="O272" s="101"/>
+      <c r="P272" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B272:G272)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="273" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A273" s="101"/>
-[...14 lines deleted...]
-      <c r="P273" s="108" t="str">
+      <c r="A273" s="143"/>
+      <c r="B273" s="144"/>
+      <c r="C273" s="103"/>
+      <c r="D273" s="103"/>
+      <c r="E273" s="96"/>
+      <c r="F273" s="96"/>
+      <c r="G273" s="96"/>
+      <c r="H273" s="97"/>
+      <c r="I273" s="97"/>
+      <c r="J273" s="97"/>
+      <c r="K273" s="98"/>
+      <c r="L273" s="99"/>
+      <c r="M273" s="100"/>
+      <c r="N273" s="100"/>
+      <c r="O273" s="101"/>
+      <c r="P273" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B273:G273)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="274" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A274" s="101"/>
-[...14 lines deleted...]
-      <c r="P274" s="108" t="str">
+      <c r="A274" s="143"/>
+      <c r="B274" s="144"/>
+      <c r="C274" s="103"/>
+      <c r="D274" s="103"/>
+      <c r="E274" s="96"/>
+      <c r="F274" s="96"/>
+      <c r="G274" s="96"/>
+      <c r="H274" s="97"/>
+      <c r="I274" s="97"/>
+      <c r="J274" s="97"/>
+      <c r="K274" s="98"/>
+      <c r="L274" s="99"/>
+      <c r="M274" s="100"/>
+      <c r="N274" s="100"/>
+      <c r="O274" s="101"/>
+      <c r="P274" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B274:G274)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="275" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A275" s="101"/>
-[...14 lines deleted...]
-      <c r="P275" s="108" t="str">
+      <c r="A275" s="143"/>
+      <c r="B275" s="144"/>
+      <c r="C275" s="103"/>
+      <c r="D275" s="103"/>
+      <c r="E275" s="96"/>
+      <c r="F275" s="96"/>
+      <c r="G275" s="96"/>
+      <c r="H275" s="97"/>
+      <c r="I275" s="97"/>
+      <c r="J275" s="97"/>
+      <c r="K275" s="98"/>
+      <c r="L275" s="99"/>
+      <c r="M275" s="100"/>
+      <c r="N275" s="100"/>
+      <c r="O275" s="101"/>
+      <c r="P275" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B275:G275)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="276" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A276" s="101"/>
-[...14 lines deleted...]
-      <c r="P276" s="108" t="str">
+      <c r="A276" s="143"/>
+      <c r="B276" s="144"/>
+      <c r="C276" s="103"/>
+      <c r="D276" s="103"/>
+      <c r="E276" s="96"/>
+      <c r="F276" s="96"/>
+      <c r="G276" s="96"/>
+      <c r="H276" s="97"/>
+      <c r="I276" s="97"/>
+      <c r="J276" s="97"/>
+      <c r="K276" s="98"/>
+      <c r="L276" s="99"/>
+      <c r="M276" s="100"/>
+      <c r="N276" s="100"/>
+      <c r="O276" s="101"/>
+      <c r="P276" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B276:G276)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="277" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A277" s="101"/>
-[...14 lines deleted...]
-      <c r="P277" s="108" t="str">
+      <c r="A277" s="143"/>
+      <c r="B277" s="144"/>
+      <c r="C277" s="103"/>
+      <c r="D277" s="103"/>
+      <c r="E277" s="96"/>
+      <c r="F277" s="96"/>
+      <c r="G277" s="96"/>
+      <c r="H277" s="97"/>
+      <c r="I277" s="97"/>
+      <c r="J277" s="97"/>
+      <c r="K277" s="98"/>
+      <c r="L277" s="99"/>
+      <c r="M277" s="100"/>
+      <c r="N277" s="100"/>
+      <c r="O277" s="101"/>
+      <c r="P277" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B277:G277)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="278" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A278" s="101"/>
-[...14 lines deleted...]
-      <c r="P278" s="108" t="str">
+      <c r="A278" s="143"/>
+      <c r="B278" s="144"/>
+      <c r="C278" s="103"/>
+      <c r="D278" s="103"/>
+      <c r="E278" s="96"/>
+      <c r="F278" s="96"/>
+      <c r="G278" s="96"/>
+      <c r="H278" s="97"/>
+      <c r="I278" s="97"/>
+      <c r="J278" s="97"/>
+      <c r="K278" s="98"/>
+      <c r="L278" s="99"/>
+      <c r="M278" s="100"/>
+      <c r="N278" s="100"/>
+      <c r="O278" s="101"/>
+      <c r="P278" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B278:G278)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="279" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A279" s="101"/>
-[...14 lines deleted...]
-      <c r="P279" s="108" t="str">
+      <c r="A279" s="143"/>
+      <c r="B279" s="144"/>
+      <c r="C279" s="103"/>
+      <c r="D279" s="103"/>
+      <c r="E279" s="96"/>
+      <c r="F279" s="96"/>
+      <c r="G279" s="96"/>
+      <c r="H279" s="97"/>
+      <c r="I279" s="97"/>
+      <c r="J279" s="97"/>
+      <c r="K279" s="98"/>
+      <c r="L279" s="99"/>
+      <c r="M279" s="100"/>
+      <c r="N279" s="100"/>
+      <c r="O279" s="101"/>
+      <c r="P279" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B279:G279)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="280" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A280" s="101"/>
-[...14 lines deleted...]
-      <c r="P280" s="108" t="str">
+      <c r="A280" s="143"/>
+      <c r="B280" s="144"/>
+      <c r="C280" s="103"/>
+      <c r="D280" s="103"/>
+      <c r="E280" s="96"/>
+      <c r="F280" s="96"/>
+      <c r="G280" s="96"/>
+      <c r="H280" s="97"/>
+      <c r="I280" s="97"/>
+      <c r="J280" s="97"/>
+      <c r="K280" s="98"/>
+      <c r="L280" s="99"/>
+      <c r="M280" s="100"/>
+      <c r="N280" s="100"/>
+      <c r="O280" s="101"/>
+      <c r="P280" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B280:G280)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="281" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A281" s="101"/>
-[...14 lines deleted...]
-      <c r="P281" s="108" t="str">
+      <c r="A281" s="143"/>
+      <c r="B281" s="144"/>
+      <c r="C281" s="103"/>
+      <c r="D281" s="103"/>
+      <c r="E281" s="96"/>
+      <c r="F281" s="96"/>
+      <c r="G281" s="96"/>
+      <c r="H281" s="97"/>
+      <c r="I281" s="97"/>
+      <c r="J281" s="97"/>
+      <c r="K281" s="98"/>
+      <c r="L281" s="99"/>
+      <c r="M281" s="100"/>
+      <c r="N281" s="100"/>
+      <c r="O281" s="101"/>
+      <c r="P281" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B281:G281)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="282" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A282" s="101"/>
-[...14 lines deleted...]
-      <c r="P282" s="108" t="str">
+      <c r="A282" s="143"/>
+      <c r="B282" s="144"/>
+      <c r="C282" s="103"/>
+      <c r="D282" s="103"/>
+      <c r="E282" s="96"/>
+      <c r="F282" s="96"/>
+      <c r="G282" s="96"/>
+      <c r="H282" s="97"/>
+      <c r="I282" s="97"/>
+      <c r="J282" s="97"/>
+      <c r="K282" s="98"/>
+      <c r="L282" s="99"/>
+      <c r="M282" s="100"/>
+      <c r="N282" s="100"/>
+      <c r="O282" s="101"/>
+      <c r="P282" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B282:G282)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="283" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A283" s="101"/>
-[...14 lines deleted...]
-      <c r="P283" s="108" t="str">
+      <c r="A283" s="143"/>
+      <c r="B283" s="144"/>
+      <c r="C283" s="103"/>
+      <c r="D283" s="103"/>
+      <c r="E283" s="96"/>
+      <c r="F283" s="96"/>
+      <c r="G283" s="96"/>
+      <c r="H283" s="97"/>
+      <c r="I283" s="97"/>
+      <c r="J283" s="97"/>
+      <c r="K283" s="98"/>
+      <c r="L283" s="99"/>
+      <c r="M283" s="100"/>
+      <c r="N283" s="100"/>
+      <c r="O283" s="101"/>
+      <c r="P283" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B283:G283)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="284" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A284" s="101"/>
-[...14 lines deleted...]
-      <c r="P284" s="108" t="str">
+      <c r="A284" s="143"/>
+      <c r="B284" s="144"/>
+      <c r="C284" s="103"/>
+      <c r="D284" s="103"/>
+      <c r="E284" s="96"/>
+      <c r="F284" s="96"/>
+      <c r="G284" s="96"/>
+      <c r="H284" s="97"/>
+      <c r="I284" s="97"/>
+      <c r="J284" s="97"/>
+      <c r="K284" s="98"/>
+      <c r="L284" s="99"/>
+      <c r="M284" s="100"/>
+      <c r="N284" s="100"/>
+      <c r="O284" s="101"/>
+      <c r="P284" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B284:G284)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="285" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A285" s="101"/>
-[...14 lines deleted...]
-      <c r="P285" s="108" t="str">
+      <c r="A285" s="143"/>
+      <c r="B285" s="144"/>
+      <c r="C285" s="103"/>
+      <c r="D285" s="103"/>
+      <c r="E285" s="96"/>
+      <c r="F285" s="96"/>
+      <c r="G285" s="96"/>
+      <c r="H285" s="97"/>
+      <c r="I285" s="97"/>
+      <c r="J285" s="97"/>
+      <c r="K285" s="98"/>
+      <c r="L285" s="99"/>
+      <c r="M285" s="100"/>
+      <c r="N285" s="100"/>
+      <c r="O285" s="101"/>
+      <c r="P285" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B285:G285)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="286" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A286" s="101"/>
-[...14 lines deleted...]
-      <c r="P286" s="108" t="str">
+      <c r="A286" s="143"/>
+      <c r="B286" s="144"/>
+      <c r="C286" s="103"/>
+      <c r="D286" s="103"/>
+      <c r="E286" s="96"/>
+      <c r="F286" s="96"/>
+      <c r="G286" s="96"/>
+      <c r="H286" s="97"/>
+      <c r="I286" s="97"/>
+      <c r="J286" s="97"/>
+      <c r="K286" s="98"/>
+      <c r="L286" s="99"/>
+      <c r="M286" s="100"/>
+      <c r="N286" s="100"/>
+      <c r="O286" s="101"/>
+      <c r="P286" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B286:G286)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="287" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A287" s="101"/>
-[...14 lines deleted...]
-      <c r="P287" s="108" t="str">
+      <c r="A287" s="143"/>
+      <c r="B287" s="144"/>
+      <c r="C287" s="103"/>
+      <c r="D287" s="103"/>
+      <c r="E287" s="96"/>
+      <c r="F287" s="96"/>
+      <c r="G287" s="96"/>
+      <c r="H287" s="97"/>
+      <c r="I287" s="97"/>
+      <c r="J287" s="97"/>
+      <c r="K287" s="98"/>
+      <c r="L287" s="99"/>
+      <c r="M287" s="100"/>
+      <c r="N287" s="100"/>
+      <c r="O287" s="101"/>
+      <c r="P287" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B287:G287)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="288" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A288" s="101"/>
-[...14 lines deleted...]
-      <c r="P288" s="108" t="str">
+      <c r="A288" s="143"/>
+      <c r="B288" s="144"/>
+      <c r="C288" s="103"/>
+      <c r="D288" s="103"/>
+      <c r="E288" s="96"/>
+      <c r="F288" s="96"/>
+      <c r="G288" s="96"/>
+      <c r="H288" s="97"/>
+      <c r="I288" s="97"/>
+      <c r="J288" s="97"/>
+      <c r="K288" s="98"/>
+      <c r="L288" s="99"/>
+      <c r="M288" s="100"/>
+      <c r="N288" s="100"/>
+      <c r="O288" s="101"/>
+      <c r="P288" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B288:G288)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="289" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A289" s="101"/>
-[...14 lines deleted...]
-      <c r="P289" s="108" t="str">
+      <c r="A289" s="143"/>
+      <c r="B289" s="144"/>
+      <c r="C289" s="103"/>
+      <c r="D289" s="103"/>
+      <c r="E289" s="96"/>
+      <c r="F289" s="96"/>
+      <c r="G289" s="96"/>
+      <c r="H289" s="97"/>
+      <c r="I289" s="97"/>
+      <c r="J289" s="97"/>
+      <c r="K289" s="98"/>
+      <c r="L289" s="99"/>
+      <c r="M289" s="100"/>
+      <c r="N289" s="100"/>
+      <c r="O289" s="101"/>
+      <c r="P289" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B289:G289)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="290" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A290" s="101"/>
-[...14 lines deleted...]
-      <c r="P290" s="108" t="str">
+      <c r="A290" s="143"/>
+      <c r="B290" s="144"/>
+      <c r="C290" s="103"/>
+      <c r="D290" s="103"/>
+      <c r="E290" s="96"/>
+      <c r="F290" s="96"/>
+      <c r="G290" s="96"/>
+      <c r="H290" s="97"/>
+      <c r="I290" s="97"/>
+      <c r="J290" s="97"/>
+      <c r="K290" s="98"/>
+      <c r="L290" s="99"/>
+      <c r="M290" s="100"/>
+      <c r="N290" s="100"/>
+      <c r="O290" s="101"/>
+      <c r="P290" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B290:G290)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="291" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A291" s="101"/>
-[...14 lines deleted...]
-      <c r="P291" s="108" t="str">
+      <c r="A291" s="143"/>
+      <c r="B291" s="144"/>
+      <c r="C291" s="103"/>
+      <c r="D291" s="103"/>
+      <c r="E291" s="96"/>
+      <c r="F291" s="96"/>
+      <c r="G291" s="96"/>
+      <c r="H291" s="97"/>
+      <c r="I291" s="97"/>
+      <c r="J291" s="97"/>
+      <c r="K291" s="98"/>
+      <c r="L291" s="99"/>
+      <c r="M291" s="100"/>
+      <c r="N291" s="100"/>
+      <c r="O291" s="101"/>
+      <c r="P291" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B291:G291)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="292" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A292" s="101"/>
-[...14 lines deleted...]
-      <c r="P292" s="108" t="str">
+      <c r="A292" s="143"/>
+      <c r="B292" s="144"/>
+      <c r="C292" s="103"/>
+      <c r="D292" s="103"/>
+      <c r="E292" s="96"/>
+      <c r="F292" s="96"/>
+      <c r="G292" s="96"/>
+      <c r="H292" s="97"/>
+      <c r="I292" s="97"/>
+      <c r="J292" s="97"/>
+      <c r="K292" s="98"/>
+      <c r="L292" s="99"/>
+      <c r="M292" s="100"/>
+      <c r="N292" s="100"/>
+      <c r="O292" s="101"/>
+      <c r="P292" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B292:G292)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="293" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A293" s="101"/>
-[...14 lines deleted...]
-      <c r="P293" s="108" t="str">
+      <c r="A293" s="143"/>
+      <c r="B293" s="144"/>
+      <c r="C293" s="103"/>
+      <c r="D293" s="103"/>
+      <c r="E293" s="96"/>
+      <c r="F293" s="96"/>
+      <c r="G293" s="96"/>
+      <c r="H293" s="97"/>
+      <c r="I293" s="97"/>
+      <c r="J293" s="97"/>
+      <c r="K293" s="98"/>
+      <c r="L293" s="99"/>
+      <c r="M293" s="100"/>
+      <c r="N293" s="100"/>
+      <c r="O293" s="101"/>
+      <c r="P293" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B293:G293)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="294" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A294" s="101"/>
-[...14 lines deleted...]
-      <c r="P294" s="108" t="str">
+      <c r="A294" s="143"/>
+      <c r="B294" s="144"/>
+      <c r="C294" s="103"/>
+      <c r="D294" s="103"/>
+      <c r="E294" s="96"/>
+      <c r="F294" s="96"/>
+      <c r="G294" s="96"/>
+      <c r="H294" s="97"/>
+      <c r="I294" s="97"/>
+      <c r="J294" s="97"/>
+      <c r="K294" s="98"/>
+      <c r="L294" s="99"/>
+      <c r="M294" s="100"/>
+      <c r="N294" s="100"/>
+      <c r="O294" s="101"/>
+      <c r="P294" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B294:G294)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="295" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A295" s="101"/>
-[...14 lines deleted...]
-      <c r="P295" s="108" t="str">
+      <c r="A295" s="143"/>
+      <c r="B295" s="144"/>
+      <c r="C295" s="103"/>
+      <c r="D295" s="103"/>
+      <c r="E295" s="96"/>
+      <c r="F295" s="96"/>
+      <c r="G295" s="96"/>
+      <c r="H295" s="97"/>
+      <c r="I295" s="97"/>
+      <c r="J295" s="97"/>
+      <c r="K295" s="98"/>
+      <c r="L295" s="99"/>
+      <c r="M295" s="100"/>
+      <c r="N295" s="100"/>
+      <c r="O295" s="101"/>
+      <c r="P295" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B295:G295)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="296" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A296" s="101"/>
-[...14 lines deleted...]
-      <c r="P296" s="108" t="str">
+      <c r="A296" s="143"/>
+      <c r="B296" s="144"/>
+      <c r="C296" s="103"/>
+      <c r="D296" s="103"/>
+      <c r="E296" s="96"/>
+      <c r="F296" s="96"/>
+      <c r="G296" s="96"/>
+      <c r="H296" s="97"/>
+      <c r="I296" s="97"/>
+      <c r="J296" s="97"/>
+      <c r="K296" s="98"/>
+      <c r="L296" s="99"/>
+      <c r="M296" s="100"/>
+      <c r="N296" s="100"/>
+      <c r="O296" s="101"/>
+      <c r="P296" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B296:G296)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="297" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A297" s="101"/>
-[...14 lines deleted...]
-      <c r="P297" s="108" t="str">
+      <c r="A297" s="143"/>
+      <c r="B297" s="144"/>
+      <c r="C297" s="103"/>
+      <c r="D297" s="103"/>
+      <c r="E297" s="96"/>
+      <c r="F297" s="96"/>
+      <c r="G297" s="96"/>
+      <c r="H297" s="97"/>
+      <c r="I297" s="97"/>
+      <c r="J297" s="97"/>
+      <c r="K297" s="98"/>
+      <c r="L297" s="99"/>
+      <c r="M297" s="100"/>
+      <c r="N297" s="100"/>
+      <c r="O297" s="101"/>
+      <c r="P297" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B297:G297)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="298" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A298" s="101"/>
-[...14 lines deleted...]
-      <c r="P298" s="108" t="str">
+      <c r="A298" s="143"/>
+      <c r="B298" s="144"/>
+      <c r="C298" s="103"/>
+      <c r="D298" s="103"/>
+      <c r="E298" s="96"/>
+      <c r="F298" s="96"/>
+      <c r="G298" s="96"/>
+      <c r="H298" s="97"/>
+      <c r="I298" s="97"/>
+      <c r="J298" s="97"/>
+      <c r="K298" s="98"/>
+      <c r="L298" s="99"/>
+      <c r="M298" s="100"/>
+      <c r="N298" s="100"/>
+      <c r="O298" s="101"/>
+      <c r="P298" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B298:G298)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="299" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A299" s="101"/>
-[...14 lines deleted...]
-      <c r="P299" s="108" t="str">
+      <c r="A299" s="143"/>
+      <c r="B299" s="144"/>
+      <c r="C299" s="103"/>
+      <c r="D299" s="103"/>
+      <c r="E299" s="96"/>
+      <c r="F299" s="96"/>
+      <c r="G299" s="96"/>
+      <c r="H299" s="97"/>
+      <c r="I299" s="97"/>
+      <c r="J299" s="97"/>
+      <c r="K299" s="98"/>
+      <c r="L299" s="99"/>
+      <c r="M299" s="100"/>
+      <c r="N299" s="100"/>
+      <c r="O299" s="101"/>
+      <c r="P299" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B299:G299)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="300" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A300" s="101"/>
-[...14 lines deleted...]
-      <c r="P300" s="108" t="str">
+      <c r="A300" s="143"/>
+      <c r="B300" s="144"/>
+      <c r="C300" s="103"/>
+      <c r="D300" s="103"/>
+      <c r="E300" s="96"/>
+      <c r="F300" s="96"/>
+      <c r="G300" s="96"/>
+      <c r="H300" s="97"/>
+      <c r="I300" s="97"/>
+      <c r="J300" s="97"/>
+      <c r="K300" s="98"/>
+      <c r="L300" s="99"/>
+      <c r="M300" s="100"/>
+      <c r="N300" s="100"/>
+      <c r="O300" s="101"/>
+      <c r="P300" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B300:G300)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="301" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A301" s="101"/>
-[...14 lines deleted...]
-      <c r="P301" s="108" t="str">
+      <c r="A301" s="143"/>
+      <c r="B301" s="144"/>
+      <c r="C301" s="103"/>
+      <c r="D301" s="103"/>
+      <c r="E301" s="96"/>
+      <c r="F301" s="96"/>
+      <c r="G301" s="96"/>
+      <c r="H301" s="97"/>
+      <c r="I301" s="97"/>
+      <c r="J301" s="97"/>
+      <c r="K301" s="98"/>
+      <c r="L301" s="99"/>
+      <c r="M301" s="100"/>
+      <c r="N301" s="100"/>
+      <c r="O301" s="101"/>
+      <c r="P301" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B301:G301)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="302" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A302" s="101"/>
-[...14 lines deleted...]
-      <c r="P302" s="108" t="str">
+      <c r="A302" s="143"/>
+      <c r="B302" s="144"/>
+      <c r="C302" s="103"/>
+      <c r="D302" s="103"/>
+      <c r="E302" s="96"/>
+      <c r="F302" s="96"/>
+      <c r="G302" s="96"/>
+      <c r="H302" s="97"/>
+      <c r="I302" s="97"/>
+      <c r="J302" s="97"/>
+      <c r="K302" s="98"/>
+      <c r="L302" s="99"/>
+      <c r="M302" s="100"/>
+      <c r="N302" s="100"/>
+      <c r="O302" s="101"/>
+      <c r="P302" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B302:G302)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="303" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A303" s="101"/>
-[...14 lines deleted...]
-      <c r="P303" s="108" t="str">
+      <c r="A303" s="143"/>
+      <c r="B303" s="144"/>
+      <c r="C303" s="103"/>
+      <c r="D303" s="103"/>
+      <c r="E303" s="96"/>
+      <c r="F303" s="96"/>
+      <c r="G303" s="96"/>
+      <c r="H303" s="97"/>
+      <c r="I303" s="97"/>
+      <c r="J303" s="97"/>
+      <c r="K303" s="98"/>
+      <c r="L303" s="99"/>
+      <c r="M303" s="100"/>
+      <c r="N303" s="100"/>
+      <c r="O303" s="101"/>
+      <c r="P303" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B303:G303)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="304" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A304" s="101"/>
-[...14 lines deleted...]
-      <c r="P304" s="108" t="str">
+      <c r="A304" s="143"/>
+      <c r="B304" s="144"/>
+      <c r="C304" s="103"/>
+      <c r="D304" s="103"/>
+      <c r="E304" s="96"/>
+      <c r="F304" s="96"/>
+      <c r="G304" s="96"/>
+      <c r="H304" s="97"/>
+      <c r="I304" s="97"/>
+      <c r="J304" s="97"/>
+      <c r="K304" s="98"/>
+      <c r="L304" s="99"/>
+      <c r="M304" s="100"/>
+      <c r="N304" s="100"/>
+      <c r="O304" s="101"/>
+      <c r="P304" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B304:G304)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="305" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A305" s="101"/>
-[...14 lines deleted...]
-      <c r="P305" s="108" t="str">
+      <c r="A305" s="143"/>
+      <c r="B305" s="144"/>
+      <c r="C305" s="103"/>
+      <c r="D305" s="103"/>
+      <c r="E305" s="96"/>
+      <c r="F305" s="96"/>
+      <c r="G305" s="96"/>
+      <c r="H305" s="97"/>
+      <c r="I305" s="97"/>
+      <c r="J305" s="97"/>
+      <c r="K305" s="98"/>
+      <c r="L305" s="99"/>
+      <c r="M305" s="100"/>
+      <c r="N305" s="100"/>
+      <c r="O305" s="101"/>
+      <c r="P305" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B305:G305)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="306" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A306" s="101"/>
-[...14 lines deleted...]
-      <c r="P306" s="108" t="str">
+      <c r="A306" s="143"/>
+      <c r="B306" s="144"/>
+      <c r="C306" s="103"/>
+      <c r="D306" s="103"/>
+      <c r="E306" s="96"/>
+      <c r="F306" s="96"/>
+      <c r="G306" s="96"/>
+      <c r="H306" s="97"/>
+      <c r="I306" s="97"/>
+      <c r="J306" s="97"/>
+      <c r="K306" s="98"/>
+      <c r="L306" s="99"/>
+      <c r="M306" s="100"/>
+      <c r="N306" s="100"/>
+      <c r="O306" s="101"/>
+      <c r="P306" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B306:G306)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="307" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A307" s="101"/>
-[...14 lines deleted...]
-      <c r="P307" s="108" t="str">
+      <c r="A307" s="143"/>
+      <c r="B307" s="144"/>
+      <c r="C307" s="103"/>
+      <c r="D307" s="103"/>
+      <c r="E307" s="96"/>
+      <c r="F307" s="96"/>
+      <c r="G307" s="96"/>
+      <c r="H307" s="97"/>
+      <c r="I307" s="97"/>
+      <c r="J307" s="97"/>
+      <c r="K307" s="98"/>
+      <c r="L307" s="99"/>
+      <c r="M307" s="100"/>
+      <c r="N307" s="100"/>
+      <c r="O307" s="101"/>
+      <c r="P307" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B307:G307)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="308" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A308" s="101"/>
-[...14 lines deleted...]
-      <c r="P308" s="108" t="str">
+      <c r="A308" s="143"/>
+      <c r="B308" s="144"/>
+      <c r="C308" s="103"/>
+      <c r="D308" s="103"/>
+      <c r="E308" s="96"/>
+      <c r="F308" s="96"/>
+      <c r="G308" s="96"/>
+      <c r="H308" s="97"/>
+      <c r="I308" s="97"/>
+      <c r="J308" s="97"/>
+      <c r="K308" s="98"/>
+      <c r="L308" s="99"/>
+      <c r="M308" s="100"/>
+      <c r="N308" s="100"/>
+      <c r="O308" s="101"/>
+      <c r="P308" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B308:G308)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="309" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A309" s="101"/>
-[...14 lines deleted...]
-      <c r="P309" s="108" t="str">
+      <c r="A309" s="143"/>
+      <c r="B309" s="144"/>
+      <c r="C309" s="103"/>
+      <c r="D309" s="103"/>
+      <c r="E309" s="96"/>
+      <c r="F309" s="96"/>
+      <c r="G309" s="96"/>
+      <c r="H309" s="97"/>
+      <c r="I309" s="97"/>
+      <c r="J309" s="97"/>
+      <c r="K309" s="98"/>
+      <c r="L309" s="99"/>
+      <c r="M309" s="100"/>
+      <c r="N309" s="100"/>
+      <c r="O309" s="101"/>
+      <c r="P309" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B309:G309)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="310" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A310" s="101"/>
-[...14 lines deleted...]
-      <c r="P310" s="108" t="str">
+      <c r="A310" s="143"/>
+      <c r="B310" s="144"/>
+      <c r="C310" s="103"/>
+      <c r="D310" s="103"/>
+      <c r="E310" s="96"/>
+      <c r="F310" s="96"/>
+      <c r="G310" s="96"/>
+      <c r="H310" s="97"/>
+      <c r="I310" s="97"/>
+      <c r="J310" s="97"/>
+      <c r="K310" s="98"/>
+      <c r="L310" s="99"/>
+      <c r="M310" s="100"/>
+      <c r="N310" s="100"/>
+      <c r="O310" s="101"/>
+      <c r="P310" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B310:G310)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="311" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A311" s="101"/>
-[...14 lines deleted...]
-      <c r="P311" s="108" t="str">
+      <c r="A311" s="143"/>
+      <c r="B311" s="144"/>
+      <c r="C311" s="103"/>
+      <c r="D311" s="103"/>
+      <c r="E311" s="96"/>
+      <c r="F311" s="96"/>
+      <c r="G311" s="96"/>
+      <c r="H311" s="97"/>
+      <c r="I311" s="97"/>
+      <c r="J311" s="97"/>
+      <c r="K311" s="98"/>
+      <c r="L311" s="99"/>
+      <c r="M311" s="100"/>
+      <c r="N311" s="100"/>
+      <c r="O311" s="101"/>
+      <c r="P311" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B311:G311)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="312" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A312" s="101"/>
-[...14 lines deleted...]
-      <c r="P312" s="108" t="str">
+      <c r="A312" s="143"/>
+      <c r="B312" s="144"/>
+      <c r="C312" s="103"/>
+      <c r="D312" s="103"/>
+      <c r="E312" s="96"/>
+      <c r="F312" s="96"/>
+      <c r="G312" s="96"/>
+      <c r="H312" s="97"/>
+      <c r="I312" s="97"/>
+      <c r="J312" s="97"/>
+      <c r="K312" s="98"/>
+      <c r="L312" s="99"/>
+      <c r="M312" s="100"/>
+      <c r="N312" s="100"/>
+      <c r="O312" s="101"/>
+      <c r="P312" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B312:G312)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="313" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A313" s="101"/>
-[...14 lines deleted...]
-      <c r="P313" s="108" t="str">
+      <c r="A313" s="143"/>
+      <c r="B313" s="144"/>
+      <c r="C313" s="103"/>
+      <c r="D313" s="103"/>
+      <c r="E313" s="96"/>
+      <c r="F313" s="96"/>
+      <c r="G313" s="96"/>
+      <c r="H313" s="97"/>
+      <c r="I313" s="97"/>
+      <c r="J313" s="97"/>
+      <c r="K313" s="98"/>
+      <c r="L313" s="99"/>
+      <c r="M313" s="100"/>
+      <c r="N313" s="100"/>
+      <c r="O313" s="101"/>
+      <c r="P313" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B313:G313)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="314" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A314" s="101"/>
-[...14 lines deleted...]
-      <c r="P314" s="108" t="str">
+      <c r="A314" s="143"/>
+      <c r="B314" s="144"/>
+      <c r="C314" s="103"/>
+      <c r="D314" s="103"/>
+      <c r="E314" s="96"/>
+      <c r="F314" s="96"/>
+      <c r="G314" s="96"/>
+      <c r="H314" s="97"/>
+      <c r="I314" s="97"/>
+      <c r="J314" s="97"/>
+      <c r="K314" s="98"/>
+      <c r="L314" s="99"/>
+      <c r="M314" s="100"/>
+      <c r="N314" s="100"/>
+      <c r="O314" s="101"/>
+      <c r="P314" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B314:G314)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="315" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A315" s="101"/>
-[...14 lines deleted...]
-      <c r="P315" s="108" t="str">
+      <c r="A315" s="143"/>
+      <c r="B315" s="144"/>
+      <c r="C315" s="103"/>
+      <c r="D315" s="103"/>
+      <c r="E315" s="96"/>
+      <c r="F315" s="96"/>
+      <c r="G315" s="96"/>
+      <c r="H315" s="97"/>
+      <c r="I315" s="97"/>
+      <c r="J315" s="97"/>
+      <c r="K315" s="98"/>
+      <c r="L315" s="99"/>
+      <c r="M315" s="100"/>
+      <c r="N315" s="100"/>
+      <c r="O315" s="101"/>
+      <c r="P315" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B315:G315)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="316" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A316" s="101"/>
-[...14 lines deleted...]
-      <c r="P316" s="108" t="str">
+      <c r="A316" s="143"/>
+      <c r="B316" s="144"/>
+      <c r="C316" s="103"/>
+      <c r="D316" s="103"/>
+      <c r="E316" s="96"/>
+      <c r="F316" s="96"/>
+      <c r="G316" s="96"/>
+      <c r="H316" s="97"/>
+      <c r="I316" s="97"/>
+      <c r="J316" s="97"/>
+      <c r="K316" s="98"/>
+      <c r="L316" s="99"/>
+      <c r="M316" s="100"/>
+      <c r="N316" s="100"/>
+      <c r="O316" s="101"/>
+      <c r="P316" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B316:G316)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="317" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A317" s="101"/>
-[...14 lines deleted...]
-      <c r="P317" s="108" t="str">
+      <c r="A317" s="143"/>
+      <c r="B317" s="144"/>
+      <c r="C317" s="103"/>
+      <c r="D317" s="103"/>
+      <c r="E317" s="96"/>
+      <c r="F317" s="96"/>
+      <c r="G317" s="96"/>
+      <c r="H317" s="97"/>
+      <c r="I317" s="97"/>
+      <c r="J317" s="97"/>
+      <c r="K317" s="98"/>
+      <c r="L317" s="99"/>
+      <c r="M317" s="100"/>
+      <c r="N317" s="100"/>
+      <c r="O317" s="101"/>
+      <c r="P317" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B317:G317)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="318" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A318" s="101"/>
-[...14 lines deleted...]
-      <c r="P318" s="108" t="str">
+      <c r="A318" s="143"/>
+      <c r="B318" s="144"/>
+      <c r="C318" s="103"/>
+      <c r="D318" s="103"/>
+      <c r="E318" s="96"/>
+      <c r="F318" s="96"/>
+      <c r="G318" s="96"/>
+      <c r="H318" s="97"/>
+      <c r="I318" s="97"/>
+      <c r="J318" s="97"/>
+      <c r="K318" s="98"/>
+      <c r="L318" s="99"/>
+      <c r="M318" s="100"/>
+      <c r="N318" s="100"/>
+      <c r="O318" s="101"/>
+      <c r="P318" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B318:G318)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="319" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A319" s="101"/>
-[...14 lines deleted...]
-      <c r="P319" s="108" t="str">
+      <c r="A319" s="143"/>
+      <c r="B319" s="144"/>
+      <c r="C319" s="103"/>
+      <c r="D319" s="103"/>
+      <c r="E319" s="96"/>
+      <c r="F319" s="96"/>
+      <c r="G319" s="96"/>
+      <c r="H319" s="97"/>
+      <c r="I319" s="97"/>
+      <c r="J319" s="97"/>
+      <c r="K319" s="98"/>
+      <c r="L319" s="99"/>
+      <c r="M319" s="100"/>
+      <c r="N319" s="100"/>
+      <c r="O319" s="101"/>
+      <c r="P319" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B319:G319)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="320" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A320" s="101"/>
-[...14 lines deleted...]
-      <c r="P320" s="108" t="str">
+      <c r="A320" s="143"/>
+      <c r="B320" s="144"/>
+      <c r="C320" s="103"/>
+      <c r="D320" s="103"/>
+      <c r="E320" s="96"/>
+      <c r="F320" s="96"/>
+      <c r="G320" s="96"/>
+      <c r="H320" s="97"/>
+      <c r="I320" s="97"/>
+      <c r="J320" s="97"/>
+      <c r="K320" s="98"/>
+      <c r="L320" s="99"/>
+      <c r="M320" s="100"/>
+      <c r="N320" s="100"/>
+      <c r="O320" s="101"/>
+      <c r="P320" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B320:G320)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="321" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A321" s="101"/>
-[...14 lines deleted...]
-      <c r="P321" s="108" t="str">
+      <c r="A321" s="143"/>
+      <c r="B321" s="144"/>
+      <c r="C321" s="103"/>
+      <c r="D321" s="103"/>
+      <c r="E321" s="96"/>
+      <c r="F321" s="96"/>
+      <c r="G321" s="96"/>
+      <c r="H321" s="97"/>
+      <c r="I321" s="97"/>
+      <c r="J321" s="97"/>
+      <c r="K321" s="98"/>
+      <c r="L321" s="99"/>
+      <c r="M321" s="100"/>
+      <c r="N321" s="100"/>
+      <c r="O321" s="101"/>
+      <c r="P321" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B321:G321)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="322" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A322" s="101"/>
-[...14 lines deleted...]
-      <c r="P322" s="108" t="str">
+      <c r="A322" s="143"/>
+      <c r="B322" s="144"/>
+      <c r="C322" s="103"/>
+      <c r="D322" s="103"/>
+      <c r="E322" s="96"/>
+      <c r="F322" s="96"/>
+      <c r="G322" s="96"/>
+      <c r="H322" s="97"/>
+      <c r="I322" s="97"/>
+      <c r="J322" s="97"/>
+      <c r="K322" s="98"/>
+      <c r="L322" s="99"/>
+      <c r="M322" s="100"/>
+      <c r="N322" s="100"/>
+      <c r="O322" s="101"/>
+      <c r="P322" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B322:G322)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="323" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A323" s="101"/>
-[...14 lines deleted...]
-      <c r="P323" s="108" t="str">
+      <c r="A323" s="143"/>
+      <c r="B323" s="144"/>
+      <c r="C323" s="103"/>
+      <c r="D323" s="103"/>
+      <c r="E323" s="96"/>
+      <c r="F323" s="96"/>
+      <c r="G323" s="96"/>
+      <c r="H323" s="97"/>
+      <c r="I323" s="97"/>
+      <c r="J323" s="97"/>
+      <c r="K323" s="98"/>
+      <c r="L323" s="99"/>
+      <c r="M323" s="100"/>
+      <c r="N323" s="100"/>
+      <c r="O323" s="101"/>
+      <c r="P323" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B323:G323)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="324" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A324" s="101"/>
-[...14 lines deleted...]
-      <c r="P324" s="108" t="str">
+      <c r="A324" s="143"/>
+      <c r="B324" s="144"/>
+      <c r="C324" s="103"/>
+      <c r="D324" s="103"/>
+      <c r="E324" s="96"/>
+      <c r="F324" s="96"/>
+      <c r="G324" s="96"/>
+      <c r="H324" s="97"/>
+      <c r="I324" s="97"/>
+      <c r="J324" s="97"/>
+      <c r="K324" s="98"/>
+      <c r="L324" s="99"/>
+      <c r="M324" s="100"/>
+      <c r="N324" s="100"/>
+      <c r="O324" s="101"/>
+      <c r="P324" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B324:G324)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="325" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A325" s="101"/>
-[...14 lines deleted...]
-      <c r="P325" s="108" t="str">
+      <c r="A325" s="143"/>
+      <c r="B325" s="144"/>
+      <c r="C325" s="103"/>
+      <c r="D325" s="103"/>
+      <c r="E325" s="96"/>
+      <c r="F325" s="96"/>
+      <c r="G325" s="96"/>
+      <c r="H325" s="97"/>
+      <c r="I325" s="97"/>
+      <c r="J325" s="97"/>
+      <c r="K325" s="98"/>
+      <c r="L325" s="99"/>
+      <c r="M325" s="100"/>
+      <c r="N325" s="100"/>
+      <c r="O325" s="101"/>
+      <c r="P325" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B325:G325)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="326" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A326" s="101"/>
-[...14 lines deleted...]
-      <c r="P326" s="108" t="str">
+      <c r="A326" s="143"/>
+      <c r="B326" s="144"/>
+      <c r="C326" s="103"/>
+      <c r="D326" s="103"/>
+      <c r="E326" s="96"/>
+      <c r="F326" s="96"/>
+      <c r="G326" s="96"/>
+      <c r="H326" s="97"/>
+      <c r="I326" s="97"/>
+      <c r="J326" s="97"/>
+      <c r="K326" s="98"/>
+      <c r="L326" s="99"/>
+      <c r="M326" s="100"/>
+      <c r="N326" s="100"/>
+      <c r="O326" s="101"/>
+      <c r="P326" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B326:G326)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="327" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A327" s="101"/>
-[...14 lines deleted...]
-      <c r="P327" s="108" t="str">
+      <c r="A327" s="143"/>
+      <c r="B327" s="144"/>
+      <c r="C327" s="103"/>
+      <c r="D327" s="103"/>
+      <c r="E327" s="96"/>
+      <c r="F327" s="96"/>
+      <c r="G327" s="96"/>
+      <c r="H327" s="97"/>
+      <c r="I327" s="97"/>
+      <c r="J327" s="97"/>
+      <c r="K327" s="98"/>
+      <c r="L327" s="99"/>
+      <c r="M327" s="100"/>
+      <c r="N327" s="100"/>
+      <c r="O327" s="101"/>
+      <c r="P327" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B327:G327)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="328" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A328" s="101"/>
-[...14 lines deleted...]
-      <c r="P328" s="108" t="str">
+      <c r="A328" s="143"/>
+      <c r="B328" s="144"/>
+      <c r="C328" s="103"/>
+      <c r="D328" s="103"/>
+      <c r="E328" s="96"/>
+      <c r="F328" s="96"/>
+      <c r="G328" s="96"/>
+      <c r="H328" s="97"/>
+      <c r="I328" s="97"/>
+      <c r="J328" s="97"/>
+      <c r="K328" s="98"/>
+      <c r="L328" s="99"/>
+      <c r="M328" s="100"/>
+      <c r="N328" s="100"/>
+      <c r="O328" s="101"/>
+      <c r="P328" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B328:G328)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="329" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A329" s="101"/>
-[...14 lines deleted...]
-      <c r="P329" s="108" t="str">
+      <c r="A329" s="143"/>
+      <c r="B329" s="144"/>
+      <c r="C329" s="103"/>
+      <c r="D329" s="103"/>
+      <c r="E329" s="96"/>
+      <c r="F329" s="96"/>
+      <c r="G329" s="96"/>
+      <c r="H329" s="97"/>
+      <c r="I329" s="97"/>
+      <c r="J329" s="97"/>
+      <c r="K329" s="98"/>
+      <c r="L329" s="99"/>
+      <c r="M329" s="100"/>
+      <c r="N329" s="100"/>
+      <c r="O329" s="101"/>
+      <c r="P329" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B329:G329)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="330" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A330" s="101"/>
-[...14 lines deleted...]
-      <c r="P330" s="108" t="str">
+      <c r="A330" s="143"/>
+      <c r="B330" s="144"/>
+      <c r="C330" s="103"/>
+      <c r="D330" s="103"/>
+      <c r="E330" s="96"/>
+      <c r="F330" s="96"/>
+      <c r="G330" s="96"/>
+      <c r="H330" s="97"/>
+      <c r="I330" s="97"/>
+      <c r="J330" s="97"/>
+      <c r="K330" s="98"/>
+      <c r="L330" s="99"/>
+      <c r="M330" s="100"/>
+      <c r="N330" s="100"/>
+      <c r="O330" s="101"/>
+      <c r="P330" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B330:G330)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="331" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A331" s="101"/>
-[...14 lines deleted...]
-      <c r="P331" s="108" t="str">
+      <c r="A331" s="143"/>
+      <c r="B331" s="144"/>
+      <c r="C331" s="103"/>
+      <c r="D331" s="103"/>
+      <c r="E331" s="96"/>
+      <c r="F331" s="96"/>
+      <c r="G331" s="96"/>
+      <c r="H331" s="97"/>
+      <c r="I331" s="97"/>
+      <c r="J331" s="97"/>
+      <c r="K331" s="98"/>
+      <c r="L331" s="99"/>
+      <c r="M331" s="100"/>
+      <c r="N331" s="100"/>
+      <c r="O331" s="101"/>
+      <c r="P331" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B331:G331)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="332" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A332" s="101"/>
-[...14 lines deleted...]
-      <c r="P332" s="108" t="str">
+      <c r="A332" s="143"/>
+      <c r="B332" s="144"/>
+      <c r="C332" s="103"/>
+      <c r="D332" s="103"/>
+      <c r="E332" s="96"/>
+      <c r="F332" s="96"/>
+      <c r="G332" s="96"/>
+      <c r="H332" s="97"/>
+      <c r="I332" s="97"/>
+      <c r="J332" s="97"/>
+      <c r="K332" s="98"/>
+      <c r="L332" s="99"/>
+      <c r="M332" s="100"/>
+      <c r="N332" s="100"/>
+      <c r="O332" s="101"/>
+      <c r="P332" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B332:G332)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="333" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A333" s="101"/>
-[...14 lines deleted...]
-      <c r="P333" s="108" t="str">
+      <c r="A333" s="143"/>
+      <c r="B333" s="144"/>
+      <c r="C333" s="103"/>
+      <c r="D333" s="103"/>
+      <c r="E333" s="96"/>
+      <c r="F333" s="96"/>
+      <c r="G333" s="96"/>
+      <c r="H333" s="97"/>
+      <c r="I333" s="97"/>
+      <c r="J333" s="97"/>
+      <c r="K333" s="98"/>
+      <c r="L333" s="99"/>
+      <c r="M333" s="100"/>
+      <c r="N333" s="100"/>
+      <c r="O333" s="101"/>
+      <c r="P333" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B333:G333)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="334" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A334" s="101"/>
-[...14 lines deleted...]
-      <c r="P334" s="108" t="str">
+      <c r="A334" s="143"/>
+      <c r="B334" s="144"/>
+      <c r="C334" s="103"/>
+      <c r="D334" s="103"/>
+      <c r="E334" s="96"/>
+      <c r="F334" s="96"/>
+      <c r="G334" s="96"/>
+      <c r="H334" s="97"/>
+      <c r="I334" s="97"/>
+      <c r="J334" s="97"/>
+      <c r="K334" s="98"/>
+      <c r="L334" s="99"/>
+      <c r="M334" s="100"/>
+      <c r="N334" s="100"/>
+      <c r="O334" s="101"/>
+      <c r="P334" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B334:G334)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="335" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A335" s="101"/>
-[...14 lines deleted...]
-      <c r="P335" s="108" t="str">
+      <c r="A335" s="143"/>
+      <c r="B335" s="144"/>
+      <c r="C335" s="103"/>
+      <c r="D335" s="103"/>
+      <c r="E335" s="96"/>
+      <c r="F335" s="96"/>
+      <c r="G335" s="96"/>
+      <c r="H335" s="97"/>
+      <c r="I335" s="97"/>
+      <c r="J335" s="97"/>
+      <c r="K335" s="98"/>
+      <c r="L335" s="99"/>
+      <c r="M335" s="100"/>
+      <c r="N335" s="100"/>
+      <c r="O335" s="101"/>
+      <c r="P335" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B335:G335)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="336" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A336" s="101"/>
-[...14 lines deleted...]
-      <c r="P336" s="108" t="str">
+      <c r="A336" s="143"/>
+      <c r="B336" s="144"/>
+      <c r="C336" s="103"/>
+      <c r="D336" s="103"/>
+      <c r="E336" s="96"/>
+      <c r="F336" s="96"/>
+      <c r="G336" s="96"/>
+      <c r="H336" s="97"/>
+      <c r="I336" s="97"/>
+      <c r="J336" s="97"/>
+      <c r="K336" s="98"/>
+      <c r="L336" s="99"/>
+      <c r="M336" s="100"/>
+      <c r="N336" s="100"/>
+      <c r="O336" s="101"/>
+      <c r="P336" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B336:G336)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="337" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A337" s="101"/>
-[...14 lines deleted...]
-      <c r="P337" s="108" t="str">
+      <c r="A337" s="143"/>
+      <c r="B337" s="144"/>
+      <c r="C337" s="103"/>
+      <c r="D337" s="103"/>
+      <c r="E337" s="96"/>
+      <c r="F337" s="96"/>
+      <c r="G337" s="96"/>
+      <c r="H337" s="97"/>
+      <c r="I337" s="97"/>
+      <c r="J337" s="97"/>
+      <c r="K337" s="98"/>
+      <c r="L337" s="99"/>
+      <c r="M337" s="100"/>
+      <c r="N337" s="100"/>
+      <c r="O337" s="101"/>
+      <c r="P337" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B337:G337)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="338" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A338" s="101"/>
-[...14 lines deleted...]
-      <c r="P338" s="108" t="str">
+      <c r="A338" s="143"/>
+      <c r="B338" s="144"/>
+      <c r="C338" s="103"/>
+      <c r="D338" s="103"/>
+      <c r="E338" s="96"/>
+      <c r="F338" s="96"/>
+      <c r="G338" s="96"/>
+      <c r="H338" s="97"/>
+      <c r="I338" s="97"/>
+      <c r="J338" s="97"/>
+      <c r="K338" s="98"/>
+      <c r="L338" s="99"/>
+      <c r="M338" s="100"/>
+      <c r="N338" s="100"/>
+      <c r="O338" s="101"/>
+      <c r="P338" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B338:G338)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="339" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A339" s="101"/>
-[...14 lines deleted...]
-      <c r="P339" s="108" t="str">
+      <c r="A339" s="143"/>
+      <c r="B339" s="144"/>
+      <c r="C339" s="103"/>
+      <c r="D339" s="103"/>
+      <c r="E339" s="96"/>
+      <c r="F339" s="96"/>
+      <c r="G339" s="96"/>
+      <c r="H339" s="97"/>
+      <c r="I339" s="97"/>
+      <c r="J339" s="97"/>
+      <c r="K339" s="98"/>
+      <c r="L339" s="99"/>
+      <c r="M339" s="100"/>
+      <c r="N339" s="100"/>
+      <c r="O339" s="101"/>
+      <c r="P339" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B339:G339)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="340" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A340" s="101"/>
-[...14 lines deleted...]
-      <c r="P340" s="108" t="str">
+      <c r="A340" s="143"/>
+      <c r="B340" s="144"/>
+      <c r="C340" s="103"/>
+      <c r="D340" s="103"/>
+      <c r="E340" s="96"/>
+      <c r="F340" s="96"/>
+      <c r="G340" s="96"/>
+      <c r="H340" s="97"/>
+      <c r="I340" s="97"/>
+      <c r="J340" s="97"/>
+      <c r="K340" s="98"/>
+      <c r="L340" s="99"/>
+      <c r="M340" s="100"/>
+      <c r="N340" s="100"/>
+      <c r="O340" s="101"/>
+      <c r="P340" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B340:G340)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="341" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A341" s="101"/>
-[...14 lines deleted...]
-      <c r="P341" s="108" t="str">
+      <c r="A341" s="143"/>
+      <c r="B341" s="144"/>
+      <c r="C341" s="103"/>
+      <c r="D341" s="103"/>
+      <c r="E341" s="96"/>
+      <c r="F341" s="96"/>
+      <c r="G341" s="96"/>
+      <c r="H341" s="97"/>
+      <c r="I341" s="97"/>
+      <c r="J341" s="97"/>
+      <c r="K341" s="98"/>
+      <c r="L341" s="99"/>
+      <c r="M341" s="100"/>
+      <c r="N341" s="100"/>
+      <c r="O341" s="101"/>
+      <c r="P341" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B341:G341)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="342" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A342" s="101"/>
-[...14 lines deleted...]
-      <c r="P342" s="108" t="str">
+      <c r="A342" s="143"/>
+      <c r="B342" s="144"/>
+      <c r="C342" s="103"/>
+      <c r="D342" s="103"/>
+      <c r="E342" s="96"/>
+      <c r="F342" s="96"/>
+      <c r="G342" s="96"/>
+      <c r="H342" s="97"/>
+      <c r="I342" s="97"/>
+      <c r="J342" s="97"/>
+      <c r="K342" s="98"/>
+      <c r="L342" s="99"/>
+      <c r="M342" s="100"/>
+      <c r="N342" s="100"/>
+      <c r="O342" s="101"/>
+      <c r="P342" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B342:G342)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="343" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A343" s="101"/>
-[...14 lines deleted...]
-      <c r="P343" s="108" t="str">
+      <c r="A343" s="143"/>
+      <c r="B343" s="144"/>
+      <c r="C343" s="103"/>
+      <c r="D343" s="103"/>
+      <c r="E343" s="96"/>
+      <c r="F343" s="96"/>
+      <c r="G343" s="96"/>
+      <c r="H343" s="97"/>
+      <c r="I343" s="97"/>
+      <c r="J343" s="97"/>
+      <c r="K343" s="98"/>
+      <c r="L343" s="99"/>
+      <c r="M343" s="100"/>
+      <c r="N343" s="100"/>
+      <c r="O343" s="101"/>
+      <c r="P343" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B343:G343)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="344" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A344" s="101"/>
-[...14 lines deleted...]
-      <c r="P344" s="108" t="str">
+      <c r="A344" s="143"/>
+      <c r="B344" s="144"/>
+      <c r="C344" s="103"/>
+      <c r="D344" s="103"/>
+      <c r="E344" s="96"/>
+      <c r="F344" s="96"/>
+      <c r="G344" s="96"/>
+      <c r="H344" s="97"/>
+      <c r="I344" s="97"/>
+      <c r="J344" s="97"/>
+      <c r="K344" s="98"/>
+      <c r="L344" s="99"/>
+      <c r="M344" s="100"/>
+      <c r="N344" s="100"/>
+      <c r="O344" s="101"/>
+      <c r="P344" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B344:G344)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="345" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A345" s="101"/>
-[...14 lines deleted...]
-      <c r="P345" s="108" t="str">
+      <c r="A345" s="143"/>
+      <c r="B345" s="144"/>
+      <c r="C345" s="103"/>
+      <c r="D345" s="103"/>
+      <c r="E345" s="96"/>
+      <c r="F345" s="96"/>
+      <c r="G345" s="96"/>
+      <c r="H345" s="97"/>
+      <c r="I345" s="97"/>
+      <c r="J345" s="97"/>
+      <c r="K345" s="98"/>
+      <c r="L345" s="99"/>
+      <c r="M345" s="100"/>
+      <c r="N345" s="100"/>
+      <c r="O345" s="101"/>
+      <c r="P345" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B345:G345)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="346" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A346" s="101"/>
-[...14 lines deleted...]
-      <c r="P346" s="108" t="str">
+      <c r="A346" s="143"/>
+      <c r="B346" s="144"/>
+      <c r="C346" s="103"/>
+      <c r="D346" s="103"/>
+      <c r="E346" s="96"/>
+      <c r="F346" s="96"/>
+      <c r="G346" s="96"/>
+      <c r="H346" s="97"/>
+      <c r="I346" s="97"/>
+      <c r="J346" s="97"/>
+      <c r="K346" s="98"/>
+      <c r="L346" s="99"/>
+      <c r="M346" s="100"/>
+      <c r="N346" s="100"/>
+      <c r="O346" s="101"/>
+      <c r="P346" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B346:G346)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="347" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A347" s="101"/>
-[...14 lines deleted...]
-      <c r="P347" s="108" t="str">
+      <c r="A347" s="143"/>
+      <c r="B347" s="144"/>
+      <c r="C347" s="103"/>
+      <c r="D347" s="103"/>
+      <c r="E347" s="96"/>
+      <c r="F347" s="96"/>
+      <c r="G347" s="96"/>
+      <c r="H347" s="97"/>
+      <c r="I347" s="97"/>
+      <c r="J347" s="97"/>
+      <c r="K347" s="98"/>
+      <c r="L347" s="99"/>
+      <c r="M347" s="100"/>
+      <c r="N347" s="100"/>
+      <c r="O347" s="101"/>
+      <c r="P347" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B347:G347)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="348" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A348" s="101"/>
-[...14 lines deleted...]
-      <c r="P348" s="108" t="str">
+      <c r="A348" s="143"/>
+      <c r="B348" s="144"/>
+      <c r="C348" s="103"/>
+      <c r="D348" s="103"/>
+      <c r="E348" s="96"/>
+      <c r="F348" s="96"/>
+      <c r="G348" s="96"/>
+      <c r="H348" s="97"/>
+      <c r="I348" s="97"/>
+      <c r="J348" s="97"/>
+      <c r="K348" s="98"/>
+      <c r="L348" s="99"/>
+      <c r="M348" s="100"/>
+      <c r="N348" s="100"/>
+      <c r="O348" s="101"/>
+      <c r="P348" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B348:G348)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="349" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A349" s="101"/>
-[...14 lines deleted...]
-      <c r="P349" s="108" t="str">
+      <c r="A349" s="143"/>
+      <c r="B349" s="144"/>
+      <c r="C349" s="103"/>
+      <c r="D349" s="103"/>
+      <c r="E349" s="96"/>
+      <c r="F349" s="96"/>
+      <c r="G349" s="96"/>
+      <c r="H349" s="97"/>
+      <c r="I349" s="97"/>
+      <c r="J349" s="97"/>
+      <c r="K349" s="98"/>
+      <c r="L349" s="99"/>
+      <c r="M349" s="100"/>
+      <c r="N349" s="100"/>
+      <c r="O349" s="101"/>
+      <c r="P349" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B349:G349)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="350" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A350" s="101"/>
-[...14 lines deleted...]
-      <c r="P350" s="108" t="str">
+      <c r="A350" s="143"/>
+      <c r="B350" s="144"/>
+      <c r="C350" s="103"/>
+      <c r="D350" s="103"/>
+      <c r="E350" s="96"/>
+      <c r="F350" s="96"/>
+      <c r="G350" s="96"/>
+      <c r="H350" s="97"/>
+      <c r="I350" s="97"/>
+      <c r="J350" s="97"/>
+      <c r="K350" s="98"/>
+      <c r="L350" s="99"/>
+      <c r="M350" s="100"/>
+      <c r="N350" s="100"/>
+      <c r="O350" s="101"/>
+      <c r="P350" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B350:G350)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="351" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A351" s="101"/>
-[...14 lines deleted...]
-      <c r="P351" s="108" t="str">
+      <c r="A351" s="143"/>
+      <c r="B351" s="144"/>
+      <c r="C351" s="103"/>
+      <c r="D351" s="103"/>
+      <c r="E351" s="96"/>
+      <c r="F351" s="96"/>
+      <c r="G351" s="96"/>
+      <c r="H351" s="97"/>
+      <c r="I351" s="97"/>
+      <c r="J351" s="97"/>
+      <c r="K351" s="98"/>
+      <c r="L351" s="99"/>
+      <c r="M351" s="100"/>
+      <c r="N351" s="100"/>
+      <c r="O351" s="101"/>
+      <c r="P351" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B351:G351)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="352" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A352" s="101"/>
-[...14 lines deleted...]
-      <c r="P352" s="108" t="str">
+      <c r="A352" s="143"/>
+      <c r="B352" s="144"/>
+      <c r="C352" s="103"/>
+      <c r="D352" s="103"/>
+      <c r="E352" s="96"/>
+      <c r="F352" s="96"/>
+      <c r="G352" s="96"/>
+      <c r="H352" s="97"/>
+      <c r="I352" s="97"/>
+      <c r="J352" s="97"/>
+      <c r="K352" s="98"/>
+      <c r="L352" s="99"/>
+      <c r="M352" s="100"/>
+      <c r="N352" s="100"/>
+      <c r="O352" s="101"/>
+      <c r="P352" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B352:G352)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="353" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A353" s="101"/>
-[...14 lines deleted...]
-      <c r="P353" s="108" t="str">
+      <c r="A353" s="143"/>
+      <c r="B353" s="144"/>
+      <c r="C353" s="103"/>
+      <c r="D353" s="103"/>
+      <c r="E353" s="96"/>
+      <c r="F353" s="96"/>
+      <c r="G353" s="96"/>
+      <c r="H353" s="97"/>
+      <c r="I353" s="97"/>
+      <c r="J353" s="97"/>
+      <c r="K353" s="98"/>
+      <c r="L353" s="99"/>
+      <c r="M353" s="100"/>
+      <c r="N353" s="100"/>
+      <c r="O353" s="101"/>
+      <c r="P353" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B353:G353)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="354" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A354" s="101"/>
-[...14 lines deleted...]
-      <c r="P354" s="108" t="str">
+      <c r="A354" s="143"/>
+      <c r="B354" s="144"/>
+      <c r="C354" s="103"/>
+      <c r="D354" s="103"/>
+      <c r="E354" s="96"/>
+      <c r="F354" s="96"/>
+      <c r="G354" s="96"/>
+      <c r="H354" s="97"/>
+      <c r="I354" s="97"/>
+      <c r="J354" s="97"/>
+      <c r="K354" s="98"/>
+      <c r="L354" s="99"/>
+      <c r="M354" s="100"/>
+      <c r="N354" s="100"/>
+      <c r="O354" s="101"/>
+      <c r="P354" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B354:G354)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="355" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A355" s="101"/>
-[...14 lines deleted...]
-      <c r="P355" s="108" t="str">
+      <c r="A355" s="143"/>
+      <c r="B355" s="144"/>
+      <c r="C355" s="103"/>
+      <c r="D355" s="103"/>
+      <c r="E355" s="96"/>
+      <c r="F355" s="96"/>
+      <c r="G355" s="96"/>
+      <c r="H355" s="97"/>
+      <c r="I355" s="97"/>
+      <c r="J355" s="97"/>
+      <c r="K355" s="98"/>
+      <c r="L355" s="99"/>
+      <c r="M355" s="100"/>
+      <c r="N355" s="100"/>
+      <c r="O355" s="101"/>
+      <c r="P355" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B355:G355)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="356" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A356" s="101"/>
-[...14 lines deleted...]
-      <c r="P356" s="108" t="str">
+      <c r="A356" s="143"/>
+      <c r="B356" s="144"/>
+      <c r="C356" s="103"/>
+      <c r="D356" s="103"/>
+      <c r="E356" s="96"/>
+      <c r="F356" s="96"/>
+      <c r="G356" s="96"/>
+      <c r="H356" s="97"/>
+      <c r="I356" s="97"/>
+      <c r="J356" s="97"/>
+      <c r="K356" s="98"/>
+      <c r="L356" s="99"/>
+      <c r="M356" s="100"/>
+      <c r="N356" s="100"/>
+      <c r="O356" s="101"/>
+      <c r="P356" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B356:G356)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="357" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A357" s="101"/>
-[...14 lines deleted...]
-      <c r="P357" s="108" t="str">
+      <c r="A357" s="143"/>
+      <c r="B357" s="144"/>
+      <c r="C357" s="103"/>
+      <c r="D357" s="103"/>
+      <c r="E357" s="96"/>
+      <c r="F357" s="96"/>
+      <c r="G357" s="96"/>
+      <c r="H357" s="97"/>
+      <c r="I357" s="97"/>
+      <c r="J357" s="97"/>
+      <c r="K357" s="98"/>
+      <c r="L357" s="99"/>
+      <c r="M357" s="100"/>
+      <c r="N357" s="100"/>
+      <c r="O357" s="101"/>
+      <c r="P357" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B357:G357)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="358" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A358" s="101"/>
-[...14 lines deleted...]
-      <c r="P358" s="108" t="str">
+      <c r="A358" s="143"/>
+      <c r="B358" s="144"/>
+      <c r="C358" s="103"/>
+      <c r="D358" s="103"/>
+      <c r="E358" s="96"/>
+      <c r="F358" s="96"/>
+      <c r="G358" s="96"/>
+      <c r="H358" s="97"/>
+      <c r="I358" s="97"/>
+      <c r="J358" s="97"/>
+      <c r="K358" s="98"/>
+      <c r="L358" s="99"/>
+      <c r="M358" s="100"/>
+      <c r="N358" s="100"/>
+      <c r="O358" s="101"/>
+      <c r="P358" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B358:G358)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="359" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A359" s="101"/>
-[...14 lines deleted...]
-      <c r="P359" s="108" t="str">
+      <c r="A359" s="143"/>
+      <c r="B359" s="144"/>
+      <c r="C359" s="103"/>
+      <c r="D359" s="103"/>
+      <c r="E359" s="96"/>
+      <c r="F359" s="96"/>
+      <c r="G359" s="96"/>
+      <c r="H359" s="97"/>
+      <c r="I359" s="97"/>
+      <c r="J359" s="97"/>
+      <c r="K359" s="98"/>
+      <c r="L359" s="99"/>
+      <c r="M359" s="100"/>
+      <c r="N359" s="100"/>
+      <c r="O359" s="101"/>
+      <c r="P359" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B359:G359)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="360" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A360" s="101"/>
-[...14 lines deleted...]
-      <c r="P360" s="108" t="str">
+      <c r="A360" s="143"/>
+      <c r="B360" s="144"/>
+      <c r="C360" s="103"/>
+      <c r="D360" s="103"/>
+      <c r="E360" s="96"/>
+      <c r="F360" s="96"/>
+      <c r="G360" s="96"/>
+      <c r="H360" s="97"/>
+      <c r="I360" s="97"/>
+      <c r="J360" s="97"/>
+      <c r="K360" s="98"/>
+      <c r="L360" s="99"/>
+      <c r="M360" s="100"/>
+      <c r="N360" s="100"/>
+      <c r="O360" s="101"/>
+      <c r="P360" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B360:G360)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="361" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A361" s="101"/>
-[...14 lines deleted...]
-      <c r="P361" s="108" t="str">
+      <c r="A361" s="143"/>
+      <c r="B361" s="144"/>
+      <c r="C361" s="103"/>
+      <c r="D361" s="103"/>
+      <c r="E361" s="96"/>
+      <c r="F361" s="96"/>
+      <c r="G361" s="96"/>
+      <c r="H361" s="97"/>
+      <c r="I361" s="97"/>
+      <c r="J361" s="97"/>
+      <c r="K361" s="98"/>
+      <c r="L361" s="99"/>
+      <c r="M361" s="100"/>
+      <c r="N361" s="100"/>
+      <c r="O361" s="101"/>
+      <c r="P361" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B361:G361)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="362" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A362" s="101"/>
-[...14 lines deleted...]
-      <c r="P362" s="108" t="str">
+      <c r="A362" s="143"/>
+      <c r="B362" s="144"/>
+      <c r="C362" s="103"/>
+      <c r="D362" s="103"/>
+      <c r="E362" s="96"/>
+      <c r="F362" s="96"/>
+      <c r="G362" s="96"/>
+      <c r="H362" s="97"/>
+      <c r="I362" s="97"/>
+      <c r="J362" s="97"/>
+      <c r="K362" s="98"/>
+      <c r="L362" s="99"/>
+      <c r="M362" s="100"/>
+      <c r="N362" s="100"/>
+      <c r="O362" s="101"/>
+      <c r="P362" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B362:G362)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="363" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A363" s="101"/>
-[...14 lines deleted...]
-      <c r="P363" s="108" t="str">
+      <c r="A363" s="143"/>
+      <c r="B363" s="144"/>
+      <c r="C363" s="103"/>
+      <c r="D363" s="103"/>
+      <c r="E363" s="96"/>
+      <c r="F363" s="96"/>
+      <c r="G363" s="96"/>
+      <c r="H363" s="97"/>
+      <c r="I363" s="97"/>
+      <c r="J363" s="97"/>
+      <c r="K363" s="98"/>
+      <c r="L363" s="99"/>
+      <c r="M363" s="100"/>
+      <c r="N363" s="100"/>
+      <c r="O363" s="101"/>
+      <c r="P363" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B363:G363)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="364" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A364" s="101"/>
-[...14 lines deleted...]
-      <c r="P364" s="108" t="str">
+      <c r="A364" s="143"/>
+      <c r="B364" s="144"/>
+      <c r="C364" s="103"/>
+      <c r="D364" s="103"/>
+      <c r="E364" s="96"/>
+      <c r="F364" s="96"/>
+      <c r="G364" s="96"/>
+      <c r="H364" s="97"/>
+      <c r="I364" s="97"/>
+      <c r="J364" s="97"/>
+      <c r="K364" s="98"/>
+      <c r="L364" s="99"/>
+      <c r="M364" s="100"/>
+      <c r="N364" s="100"/>
+      <c r="O364" s="101"/>
+      <c r="P364" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B364:G364)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="365" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A365" s="101"/>
-[...14 lines deleted...]
-      <c r="P365" s="108" t="str">
+      <c r="A365" s="143"/>
+      <c r="B365" s="144"/>
+      <c r="C365" s="103"/>
+      <c r="D365" s="103"/>
+      <c r="E365" s="96"/>
+      <c r="F365" s="96"/>
+      <c r="G365" s="96"/>
+      <c r="H365" s="97"/>
+      <c r="I365" s="97"/>
+      <c r="J365" s="97"/>
+      <c r="K365" s="98"/>
+      <c r="L365" s="99"/>
+      <c r="M365" s="100"/>
+      <c r="N365" s="100"/>
+      <c r="O365" s="101"/>
+      <c r="P365" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B365:G365)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="366" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A366" s="101"/>
-[...14 lines deleted...]
-      <c r="P366" s="108" t="str">
+      <c r="A366" s="143"/>
+      <c r="B366" s="144"/>
+      <c r="C366" s="103"/>
+      <c r="D366" s="103"/>
+      <c r="E366" s="96"/>
+      <c r="F366" s="96"/>
+      <c r="G366" s="96"/>
+      <c r="H366" s="97"/>
+      <c r="I366" s="97"/>
+      <c r="J366" s="97"/>
+      <c r="K366" s="98"/>
+      <c r="L366" s="99"/>
+      <c r="M366" s="100"/>
+      <c r="N366" s="100"/>
+      <c r="O366" s="101"/>
+      <c r="P366" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B366:G366)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="367" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A367" s="101"/>
-[...14 lines deleted...]
-      <c r="P367" s="108" t="str">
+      <c r="A367" s="143"/>
+      <c r="B367" s="144"/>
+      <c r="C367" s="103"/>
+      <c r="D367" s="103"/>
+      <c r="E367" s="96"/>
+      <c r="F367" s="96"/>
+      <c r="G367" s="96"/>
+      <c r="H367" s="97"/>
+      <c r="I367" s="97"/>
+      <c r="J367" s="97"/>
+      <c r="K367" s="98"/>
+      <c r="L367" s="99"/>
+      <c r="M367" s="100"/>
+      <c r="N367" s="100"/>
+      <c r="O367" s="101"/>
+      <c r="P367" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B367:G367)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="368" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A368" s="101"/>
-[...14 lines deleted...]
-      <c r="P368" s="108" t="str">
+      <c r="A368" s="143"/>
+      <c r="B368" s="144"/>
+      <c r="C368" s="103"/>
+      <c r="D368" s="103"/>
+      <c r="E368" s="96"/>
+      <c r="F368" s="96"/>
+      <c r="G368" s="96"/>
+      <c r="H368" s="97"/>
+      <c r="I368" s="97"/>
+      <c r="J368" s="97"/>
+      <c r="K368" s="98"/>
+      <c r="L368" s="99"/>
+      <c r="M368" s="100"/>
+      <c r="N368" s="100"/>
+      <c r="O368" s="101"/>
+      <c r="P368" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B368:G368)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="369" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A369" s="101"/>
-[...14 lines deleted...]
-      <c r="P369" s="108" t="str">
+      <c r="A369" s="143"/>
+      <c r="B369" s="144"/>
+      <c r="C369" s="103"/>
+      <c r="D369" s="103"/>
+      <c r="E369" s="96"/>
+      <c r="F369" s="96"/>
+      <c r="G369" s="96"/>
+      <c r="H369" s="97"/>
+      <c r="I369" s="97"/>
+      <c r="J369" s="97"/>
+      <c r="K369" s="98"/>
+      <c r="L369" s="99"/>
+      <c r="M369" s="100"/>
+      <c r="N369" s="100"/>
+      <c r="O369" s="101"/>
+      <c r="P369" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B369:G369)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="370" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A370" s="101"/>
-[...14 lines deleted...]
-      <c r="P370" s="108" t="str">
+      <c r="A370" s="143"/>
+      <c r="B370" s="144"/>
+      <c r="C370" s="103"/>
+      <c r="D370" s="103"/>
+      <c r="E370" s="96"/>
+      <c r="F370" s="96"/>
+      <c r="G370" s="96"/>
+      <c r="H370" s="97"/>
+      <c r="I370" s="97"/>
+      <c r="J370" s="97"/>
+      <c r="K370" s="98"/>
+      <c r="L370" s="99"/>
+      <c r="M370" s="100"/>
+      <c r="N370" s="100"/>
+      <c r="O370" s="101"/>
+      <c r="P370" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B370:G370)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="371" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A371" s="101"/>
-[...14 lines deleted...]
-      <c r="P371" s="108" t="str">
+      <c r="A371" s="143"/>
+      <c r="B371" s="144"/>
+      <c r="C371" s="103"/>
+      <c r="D371" s="103"/>
+      <c r="E371" s="96"/>
+      <c r="F371" s="96"/>
+      <c r="G371" s="96"/>
+      <c r="H371" s="97"/>
+      <c r="I371" s="97"/>
+      <c r="J371" s="97"/>
+      <c r="K371" s="98"/>
+      <c r="L371" s="99"/>
+      <c r="M371" s="100"/>
+      <c r="N371" s="100"/>
+      <c r="O371" s="101"/>
+      <c r="P371" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B371:G371)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="372" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A372" s="101"/>
-[...14 lines deleted...]
-      <c r="P372" s="108" t="str">
+      <c r="A372" s="143"/>
+      <c r="B372" s="144"/>
+      <c r="C372" s="103"/>
+      <c r="D372" s="103"/>
+      <c r="E372" s="96"/>
+      <c r="F372" s="96"/>
+      <c r="G372" s="96"/>
+      <c r="H372" s="97"/>
+      <c r="I372" s="97"/>
+      <c r="J372" s="97"/>
+      <c r="K372" s="98"/>
+      <c r="L372" s="99"/>
+      <c r="M372" s="100"/>
+      <c r="N372" s="100"/>
+      <c r="O372" s="101"/>
+      <c r="P372" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B372:G372)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="373" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A373" s="101"/>
-[...14 lines deleted...]
-      <c r="P373" s="108" t="str">
+      <c r="A373" s="143"/>
+      <c r="B373" s="144"/>
+      <c r="C373" s="103"/>
+      <c r="D373" s="103"/>
+      <c r="E373" s="96"/>
+      <c r="F373" s="96"/>
+      <c r="G373" s="96"/>
+      <c r="H373" s="97"/>
+      <c r="I373" s="97"/>
+      <c r="J373" s="97"/>
+      <c r="K373" s="98"/>
+      <c r="L373" s="99"/>
+      <c r="M373" s="100"/>
+      <c r="N373" s="100"/>
+      <c r="O373" s="101"/>
+      <c r="P373" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B373:G373)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="374" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A374" s="101"/>
-[...14 lines deleted...]
-      <c r="P374" s="108" t="str">
+      <c r="A374" s="143"/>
+      <c r="B374" s="144"/>
+      <c r="C374" s="103"/>
+      <c r="D374" s="103"/>
+      <c r="E374" s="96"/>
+      <c r="F374" s="96"/>
+      <c r="G374" s="96"/>
+      <c r="H374" s="97"/>
+      <c r="I374" s="97"/>
+      <c r="J374" s="97"/>
+      <c r="K374" s="98"/>
+      <c r="L374" s="99"/>
+      <c r="M374" s="100"/>
+      <c r="N374" s="100"/>
+      <c r="O374" s="101"/>
+      <c r="P374" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B374:G374)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="375" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A375" s="101"/>
-[...14 lines deleted...]
-      <c r="P375" s="108" t="str">
+      <c r="A375" s="143"/>
+      <c r="B375" s="144"/>
+      <c r="C375" s="103"/>
+      <c r="D375" s="103"/>
+      <c r="E375" s="96"/>
+      <c r="F375" s="96"/>
+      <c r="G375" s="96"/>
+      <c r="H375" s="97"/>
+      <c r="I375" s="97"/>
+      <c r="J375" s="97"/>
+      <c r="K375" s="98"/>
+      <c r="L375" s="99"/>
+      <c r="M375" s="100"/>
+      <c r="N375" s="100"/>
+      <c r="O375" s="101"/>
+      <c r="P375" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B375:G375)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="376" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A376" s="101"/>
-[...14 lines deleted...]
-      <c r="P376" s="108" t="str">
+      <c r="A376" s="143"/>
+      <c r="B376" s="144"/>
+      <c r="C376" s="103"/>
+      <c r="D376" s="103"/>
+      <c r="E376" s="96"/>
+      <c r="F376" s="96"/>
+      <c r="G376" s="96"/>
+      <c r="H376" s="97"/>
+      <c r="I376" s="97"/>
+      <c r="J376" s="97"/>
+      <c r="K376" s="98"/>
+      <c r="L376" s="99"/>
+      <c r="M376" s="100"/>
+      <c r="N376" s="100"/>
+      <c r="O376" s="101"/>
+      <c r="P376" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B376:G376)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="377" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A377" s="101"/>
-[...14 lines deleted...]
-      <c r="P377" s="108" t="str">
+      <c r="A377" s="143"/>
+      <c r="B377" s="144"/>
+      <c r="C377" s="103"/>
+      <c r="D377" s="103"/>
+      <c r="E377" s="96"/>
+      <c r="F377" s="96"/>
+      <c r="G377" s="96"/>
+      <c r="H377" s="97"/>
+      <c r="I377" s="97"/>
+      <c r="J377" s="97"/>
+      <c r="K377" s="98"/>
+      <c r="L377" s="99"/>
+      <c r="M377" s="100"/>
+      <c r="N377" s="100"/>
+      <c r="O377" s="101"/>
+      <c r="P377" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B377:G377)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="378" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A378" s="101"/>
-[...14 lines deleted...]
-      <c r="P378" s="108" t="str">
+      <c r="A378" s="143"/>
+      <c r="B378" s="144"/>
+      <c r="C378" s="103"/>
+      <c r="D378" s="103"/>
+      <c r="E378" s="96"/>
+      <c r="F378" s="96"/>
+      <c r="G378" s="96"/>
+      <c r="H378" s="97"/>
+      <c r="I378" s="97"/>
+      <c r="J378" s="97"/>
+      <c r="K378" s="98"/>
+      <c r="L378" s="99"/>
+      <c r="M378" s="100"/>
+      <c r="N378" s="100"/>
+      <c r="O378" s="101"/>
+      <c r="P378" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B378:G378)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="379" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A379" s="101"/>
-[...14 lines deleted...]
-      <c r="P379" s="108" t="str">
+      <c r="A379" s="143"/>
+      <c r="B379" s="144"/>
+      <c r="C379" s="103"/>
+      <c r="D379" s="103"/>
+      <c r="E379" s="96"/>
+      <c r="F379" s="96"/>
+      <c r="G379" s="96"/>
+      <c r="H379" s="97"/>
+      <c r="I379" s="97"/>
+      <c r="J379" s="97"/>
+      <c r="K379" s="98"/>
+      <c r="L379" s="99"/>
+      <c r="M379" s="100"/>
+      <c r="N379" s="100"/>
+      <c r="O379" s="101"/>
+      <c r="P379" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B379:G379)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="380" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A380" s="101"/>
-[...14 lines deleted...]
-      <c r="P380" s="108" t="str">
+      <c r="A380" s="143"/>
+      <c r="B380" s="144"/>
+      <c r="C380" s="103"/>
+      <c r="D380" s="103"/>
+      <c r="E380" s="96"/>
+      <c r="F380" s="96"/>
+      <c r="G380" s="96"/>
+      <c r="H380" s="97"/>
+      <c r="I380" s="97"/>
+      <c r="J380" s="97"/>
+      <c r="K380" s="98"/>
+      <c r="L380" s="99"/>
+      <c r="M380" s="100"/>
+      <c r="N380" s="100"/>
+      <c r="O380" s="101"/>
+      <c r="P380" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B380:G380)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="381" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A381" s="101"/>
-[...14 lines deleted...]
-      <c r="P381" s="108" t="str">
+      <c r="A381" s="143"/>
+      <c r="B381" s="144"/>
+      <c r="C381" s="103"/>
+      <c r="D381" s="103"/>
+      <c r="E381" s="96"/>
+      <c r="F381" s="96"/>
+      <c r="G381" s="96"/>
+      <c r="H381" s="97"/>
+      <c r="I381" s="97"/>
+      <c r="J381" s="97"/>
+      <c r="K381" s="98"/>
+      <c r="L381" s="99"/>
+      <c r="M381" s="100"/>
+      <c r="N381" s="100"/>
+      <c r="O381" s="101"/>
+      <c r="P381" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B381:G381)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="382" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A382" s="101"/>
-[...14 lines deleted...]
-      <c r="P382" s="108" t="str">
+      <c r="A382" s="143"/>
+      <c r="B382" s="144"/>
+      <c r="C382" s="103"/>
+      <c r="D382" s="103"/>
+      <c r="E382" s="96"/>
+      <c r="F382" s="96"/>
+      <c r="G382" s="96"/>
+      <c r="H382" s="97"/>
+      <c r="I382" s="97"/>
+      <c r="J382" s="97"/>
+      <c r="K382" s="98"/>
+      <c r="L382" s="99"/>
+      <c r="M382" s="100"/>
+      <c r="N382" s="100"/>
+      <c r="O382" s="101"/>
+      <c r="P382" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B382:G382)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="383" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A383" s="101"/>
-[...14 lines deleted...]
-      <c r="P383" s="108" t="str">
+      <c r="A383" s="143"/>
+      <c r="B383" s="144"/>
+      <c r="C383" s="103"/>
+      <c r="D383" s="103"/>
+      <c r="E383" s="96"/>
+      <c r="F383" s="96"/>
+      <c r="G383" s="96"/>
+      <c r="H383" s="97"/>
+      <c r="I383" s="97"/>
+      <c r="J383" s="97"/>
+      <c r="K383" s="98"/>
+      <c r="L383" s="99"/>
+      <c r="M383" s="100"/>
+      <c r="N383" s="100"/>
+      <c r="O383" s="101"/>
+      <c r="P383" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B383:G383)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="384" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A384" s="101"/>
-[...14 lines deleted...]
-      <c r="P384" s="108" t="str">
+      <c r="A384" s="143"/>
+      <c r="B384" s="144"/>
+      <c r="C384" s="103"/>
+      <c r="D384" s="103"/>
+      <c r="E384" s="96"/>
+      <c r="F384" s="96"/>
+      <c r="G384" s="96"/>
+      <c r="H384" s="97"/>
+      <c r="I384" s="97"/>
+      <c r="J384" s="97"/>
+      <c r="K384" s="98"/>
+      <c r="L384" s="99"/>
+      <c r="M384" s="100"/>
+      <c r="N384" s="100"/>
+      <c r="O384" s="101"/>
+      <c r="P384" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B384:G384)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="385" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A385" s="101"/>
-[...14 lines deleted...]
-      <c r="P385" s="108" t="str">
+      <c r="A385" s="143"/>
+      <c r="B385" s="144"/>
+      <c r="C385" s="103"/>
+      <c r="D385" s="103"/>
+      <c r="E385" s="96"/>
+      <c r="F385" s="96"/>
+      <c r="G385" s="96"/>
+      <c r="H385" s="97"/>
+      <c r="I385" s="97"/>
+      <c r="J385" s="97"/>
+      <c r="K385" s="98"/>
+      <c r="L385" s="99"/>
+      <c r="M385" s="100"/>
+      <c r="N385" s="100"/>
+      <c r="O385" s="101"/>
+      <c r="P385" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B385:G385)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="386" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A386" s="101"/>
-[...14 lines deleted...]
-      <c r="P386" s="108" t="str">
+      <c r="A386" s="143"/>
+      <c r="B386" s="144"/>
+      <c r="C386" s="103"/>
+      <c r="D386" s="103"/>
+      <c r="E386" s="96"/>
+      <c r="F386" s="96"/>
+      <c r="G386" s="96"/>
+      <c r="H386" s="97"/>
+      <c r="I386" s="97"/>
+      <c r="J386" s="97"/>
+      <c r="K386" s="98"/>
+      <c r="L386" s="99"/>
+      <c r="M386" s="100"/>
+      <c r="N386" s="100"/>
+      <c r="O386" s="101"/>
+      <c r="P386" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B386:G386)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="387" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A387" s="101"/>
-[...14 lines deleted...]
-      <c r="P387" s="108" t="str">
+      <c r="A387" s="143"/>
+      <c r="B387" s="144"/>
+      <c r="C387" s="103"/>
+      <c r="D387" s="103"/>
+      <c r="E387" s="96"/>
+      <c r="F387" s="96"/>
+      <c r="G387" s="96"/>
+      <c r="H387" s="97"/>
+      <c r="I387" s="97"/>
+      <c r="J387" s="97"/>
+      <c r="K387" s="98"/>
+      <c r="L387" s="99"/>
+      <c r="M387" s="100"/>
+      <c r="N387" s="100"/>
+      <c r="O387" s="101"/>
+      <c r="P387" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B387:G387)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="388" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A388" s="101"/>
-[...14 lines deleted...]
-      <c r="P388" s="108" t="str">
+      <c r="A388" s="143"/>
+      <c r="B388" s="144"/>
+      <c r="C388" s="103"/>
+      <c r="D388" s="103"/>
+      <c r="E388" s="96"/>
+      <c r="F388" s="96"/>
+      <c r="G388" s="96"/>
+      <c r="H388" s="97"/>
+      <c r="I388" s="97"/>
+      <c r="J388" s="97"/>
+      <c r="K388" s="98"/>
+      <c r="L388" s="99"/>
+      <c r="M388" s="100"/>
+      <c r="N388" s="100"/>
+      <c r="O388" s="101"/>
+      <c r="P388" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B388:G388)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="389" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A389" s="101"/>
-[...14 lines deleted...]
-      <c r="P389" s="108" t="str">
+      <c r="A389" s="143"/>
+      <c r="B389" s="144"/>
+      <c r="C389" s="103"/>
+      <c r="D389" s="103"/>
+      <c r="E389" s="96"/>
+      <c r="F389" s="96"/>
+      <c r="G389" s="96"/>
+      <c r="H389" s="97"/>
+      <c r="I389" s="97"/>
+      <c r="J389" s="97"/>
+      <c r="K389" s="98"/>
+      <c r="L389" s="99"/>
+      <c r="M389" s="100"/>
+      <c r="N389" s="100"/>
+      <c r="O389" s="101"/>
+      <c r="P389" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B389:G389)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="390" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A390" s="101"/>
-[...14 lines deleted...]
-      <c r="P390" s="108" t="str">
+      <c r="A390" s="143"/>
+      <c r="B390" s="144"/>
+      <c r="C390" s="103"/>
+      <c r="D390" s="103"/>
+      <c r="E390" s="96"/>
+      <c r="F390" s="96"/>
+      <c r="G390" s="96"/>
+      <c r="H390" s="97"/>
+      <c r="I390" s="97"/>
+      <c r="J390" s="97"/>
+      <c r="K390" s="98"/>
+      <c r="L390" s="99"/>
+      <c r="M390" s="100"/>
+      <c r="N390" s="100"/>
+      <c r="O390" s="101"/>
+      <c r="P390" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B390:G390)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="391" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A391" s="101"/>
-[...14 lines deleted...]
-      <c r="P391" s="108" t="str">
+      <c r="A391" s="143"/>
+      <c r="B391" s="144"/>
+      <c r="C391" s="103"/>
+      <c r="D391" s="103"/>
+      <c r="E391" s="96"/>
+      <c r="F391" s="96"/>
+      <c r="G391" s="96"/>
+      <c r="H391" s="97"/>
+      <c r="I391" s="97"/>
+      <c r="J391" s="97"/>
+      <c r="K391" s="98"/>
+      <c r="L391" s="99"/>
+      <c r="M391" s="100"/>
+      <c r="N391" s="100"/>
+      <c r="O391" s="101"/>
+      <c r="P391" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B391:G391)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="392" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A392" s="101"/>
-[...14 lines deleted...]
-      <c r="P392" s="108" t="str">
+      <c r="A392" s="143"/>
+      <c r="B392" s="144"/>
+      <c r="C392" s="103"/>
+      <c r="D392" s="103"/>
+      <c r="E392" s="96"/>
+      <c r="F392" s="96"/>
+      <c r="G392" s="96"/>
+      <c r="H392" s="97"/>
+      <c r="I392" s="97"/>
+      <c r="J392" s="97"/>
+      <c r="K392" s="98"/>
+      <c r="L392" s="99"/>
+      <c r="M392" s="100"/>
+      <c r="N392" s="100"/>
+      <c r="O392" s="101"/>
+      <c r="P392" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B392:G392)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="393" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A393" s="101"/>
-[...14 lines deleted...]
-      <c r="P393" s="108" t="str">
+      <c r="A393" s="143"/>
+      <c r="B393" s="144"/>
+      <c r="C393" s="103"/>
+      <c r="D393" s="103"/>
+      <c r="E393" s="96"/>
+      <c r="F393" s="96"/>
+      <c r="G393" s="96"/>
+      <c r="H393" s="97"/>
+      <c r="I393" s="97"/>
+      <c r="J393" s="97"/>
+      <c r="K393" s="98"/>
+      <c r="L393" s="99"/>
+      <c r="M393" s="100"/>
+      <c r="N393" s="100"/>
+      <c r="O393" s="101"/>
+      <c r="P393" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B393:G393)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="394" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A394" s="101"/>
-[...14 lines deleted...]
-      <c r="P394" s="108" t="str">
+      <c r="A394" s="143"/>
+      <c r="B394" s="144"/>
+      <c r="C394" s="103"/>
+      <c r="D394" s="103"/>
+      <c r="E394" s="96"/>
+      <c r="F394" s="96"/>
+      <c r="G394" s="96"/>
+      <c r="H394" s="97"/>
+      <c r="I394" s="97"/>
+      <c r="J394" s="97"/>
+      <c r="K394" s="98"/>
+      <c r="L394" s="99"/>
+      <c r="M394" s="100"/>
+      <c r="N394" s="100"/>
+      <c r="O394" s="101"/>
+      <c r="P394" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B394:G394)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="395" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A395" s="101"/>
-[...14 lines deleted...]
-      <c r="P395" s="108" t="str">
+      <c r="A395" s="143"/>
+      <c r="B395" s="144"/>
+      <c r="C395" s="103"/>
+      <c r="D395" s="103"/>
+      <c r="E395" s="96"/>
+      <c r="F395" s="96"/>
+      <c r="G395" s="96"/>
+      <c r="H395" s="97"/>
+      <c r="I395" s="97"/>
+      <c r="J395" s="97"/>
+      <c r="K395" s="98"/>
+      <c r="L395" s="99"/>
+      <c r="M395" s="100"/>
+      <c r="N395" s="100"/>
+      <c r="O395" s="101"/>
+      <c r="P395" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B395:G395)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="396" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A396" s="101"/>
-[...14 lines deleted...]
-      <c r="P396" s="108" t="str">
+      <c r="A396" s="143"/>
+      <c r="B396" s="144"/>
+      <c r="C396" s="103"/>
+      <c r="D396" s="103"/>
+      <c r="E396" s="96"/>
+      <c r="F396" s="96"/>
+      <c r="G396" s="96"/>
+      <c r="H396" s="97"/>
+      <c r="I396" s="97"/>
+      <c r="J396" s="97"/>
+      <c r="K396" s="98"/>
+      <c r="L396" s="99"/>
+      <c r="M396" s="100"/>
+      <c r="N396" s="100"/>
+      <c r="O396" s="101"/>
+      <c r="P396" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B396:G396)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="397" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A397" s="101"/>
-[...14 lines deleted...]
-      <c r="P397" s="108" t="str">
+      <c r="A397" s="143"/>
+      <c r="B397" s="144"/>
+      <c r="C397" s="103"/>
+      <c r="D397" s="103"/>
+      <c r="E397" s="96"/>
+      <c r="F397" s="96"/>
+      <c r="G397" s="96"/>
+      <c r="H397" s="97"/>
+      <c r="I397" s="97"/>
+      <c r="J397" s="97"/>
+      <c r="K397" s="98"/>
+      <c r="L397" s="99"/>
+      <c r="M397" s="100"/>
+      <c r="N397" s="100"/>
+      <c r="O397" s="101"/>
+      <c r="P397" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B397:G397)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="398" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A398" s="101"/>
-[...14 lines deleted...]
-      <c r="P398" s="108" t="str">
+      <c r="A398" s="143"/>
+      <c r="B398" s="144"/>
+      <c r="C398" s="103"/>
+      <c r="D398" s="103"/>
+      <c r="E398" s="96"/>
+      <c r="F398" s="96"/>
+      <c r="G398" s="96"/>
+      <c r="H398" s="97"/>
+      <c r="I398" s="97"/>
+      <c r="J398" s="97"/>
+      <c r="K398" s="98"/>
+      <c r="L398" s="99"/>
+      <c r="M398" s="100"/>
+      <c r="N398" s="100"/>
+      <c r="O398" s="101"/>
+      <c r="P398" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B398:G398)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="399" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A399" s="101"/>
-[...14 lines deleted...]
-      <c r="P399" s="108" t="str">
+      <c r="A399" s="143"/>
+      <c r="B399" s="144"/>
+      <c r="C399" s="103"/>
+      <c r="D399" s="103"/>
+      <c r="E399" s="96"/>
+      <c r="F399" s="96"/>
+      <c r="G399" s="96"/>
+      <c r="H399" s="97"/>
+      <c r="I399" s="97"/>
+      <c r="J399" s="97"/>
+      <c r="K399" s="98"/>
+      <c r="L399" s="99"/>
+      <c r="M399" s="100"/>
+      <c r="N399" s="100"/>
+      <c r="O399" s="101"/>
+      <c r="P399" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B399:G399)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="400" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A400" s="101"/>
-[...14 lines deleted...]
-      <c r="P400" s="108" t="str">
+      <c r="A400" s="143"/>
+      <c r="B400" s="144"/>
+      <c r="C400" s="103"/>
+      <c r="D400" s="103"/>
+      <c r="E400" s="96"/>
+      <c r="F400" s="96"/>
+      <c r="G400" s="96"/>
+      <c r="H400" s="97"/>
+      <c r="I400" s="97"/>
+      <c r="J400" s="97"/>
+      <c r="K400" s="98"/>
+      <c r="L400" s="99"/>
+      <c r="M400" s="100"/>
+      <c r="N400" s="100"/>
+      <c r="O400" s="101"/>
+      <c r="P400" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B400:G400)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="401" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A401" s="101"/>
-[...14 lines deleted...]
-      <c r="P401" s="108" t="str">
+      <c r="A401" s="143"/>
+      <c r="B401" s="144"/>
+      <c r="C401" s="103"/>
+      <c r="D401" s="103"/>
+      <c r="E401" s="96"/>
+      <c r="F401" s="96"/>
+      <c r="G401" s="96"/>
+      <c r="H401" s="97"/>
+      <c r="I401" s="97"/>
+      <c r="J401" s="97"/>
+      <c r="K401" s="98"/>
+      <c r="L401" s="99"/>
+      <c r="M401" s="100"/>
+      <c r="N401" s="100"/>
+      <c r="O401" s="101"/>
+      <c r="P401" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B401:G401)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="402" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A402" s="101"/>
-[...14 lines deleted...]
-      <c r="P402" s="108" t="str">
+      <c r="A402" s="143"/>
+      <c r="B402" s="144"/>
+      <c r="C402" s="103"/>
+      <c r="D402" s="103"/>
+      <c r="E402" s="96"/>
+      <c r="F402" s="96"/>
+      <c r="G402" s="96"/>
+      <c r="H402" s="97"/>
+      <c r="I402" s="97"/>
+      <c r="J402" s="97"/>
+      <c r="K402" s="98"/>
+      <c r="L402" s="99"/>
+      <c r="M402" s="100"/>
+      <c r="N402" s="100"/>
+      <c r="O402" s="101"/>
+      <c r="P402" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B402:G402)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="403" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A403" s="101"/>
-[...14 lines deleted...]
-      <c r="P403" s="108" t="str">
+      <c r="A403" s="143"/>
+      <c r="B403" s="144"/>
+      <c r="C403" s="103"/>
+      <c r="D403" s="103"/>
+      <c r="E403" s="96"/>
+      <c r="F403" s="96"/>
+      <c r="G403" s="96"/>
+      <c r="H403" s="97"/>
+      <c r="I403" s="97"/>
+      <c r="J403" s="97"/>
+      <c r="K403" s="98"/>
+      <c r="L403" s="99"/>
+      <c r="M403" s="100"/>
+      <c r="N403" s="100"/>
+      <c r="O403" s="101"/>
+      <c r="P403" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B403:G403)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="404" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A404" s="101"/>
-[...14 lines deleted...]
-      <c r="P404" s="108" t="str">
+      <c r="A404" s="143"/>
+      <c r="B404" s="144"/>
+      <c r="C404" s="103"/>
+      <c r="D404" s="103"/>
+      <c r="E404" s="96"/>
+      <c r="F404" s="96"/>
+      <c r="G404" s="96"/>
+      <c r="H404" s="97"/>
+      <c r="I404" s="97"/>
+      <c r="J404" s="97"/>
+      <c r="K404" s="98"/>
+      <c r="L404" s="99"/>
+      <c r="M404" s="100"/>
+      <c r="N404" s="100"/>
+      <c r="O404" s="101"/>
+      <c r="P404" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B404:G404)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="405" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A405" s="101"/>
-[...14 lines deleted...]
-      <c r="P405" s="108" t="str">
+      <c r="A405" s="143"/>
+      <c r="B405" s="144"/>
+      <c r="C405" s="103"/>
+      <c r="D405" s="103"/>
+      <c r="E405" s="96"/>
+      <c r="F405" s="96"/>
+      <c r="G405" s="96"/>
+      <c r="H405" s="97"/>
+      <c r="I405" s="97"/>
+      <c r="J405" s="97"/>
+      <c r="K405" s="98"/>
+      <c r="L405" s="99"/>
+      <c r="M405" s="100"/>
+      <c r="N405" s="100"/>
+      <c r="O405" s="101"/>
+      <c r="P405" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B405:G405)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="406" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A406" s="101"/>
-[...14 lines deleted...]
-      <c r="P406" s="108" t="str">
+      <c r="A406" s="143"/>
+      <c r="B406" s="144"/>
+      <c r="C406" s="103"/>
+      <c r="D406" s="103"/>
+      <c r="E406" s="96"/>
+      <c r="F406" s="96"/>
+      <c r="G406" s="96"/>
+      <c r="H406" s="97"/>
+      <c r="I406" s="97"/>
+      <c r="J406" s="97"/>
+      <c r="K406" s="98"/>
+      <c r="L406" s="99"/>
+      <c r="M406" s="100"/>
+      <c r="N406" s="100"/>
+      <c r="O406" s="101"/>
+      <c r="P406" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B406:G406)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="407" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A407" s="101"/>
-[...14 lines deleted...]
-      <c r="P407" s="108" t="str">
+      <c r="A407" s="143"/>
+      <c r="B407" s="144"/>
+      <c r="C407" s="103"/>
+      <c r="D407" s="103"/>
+      <c r="E407" s="96"/>
+      <c r="F407" s="96"/>
+      <c r="G407" s="96"/>
+      <c r="H407" s="97"/>
+      <c r="I407" s="97"/>
+      <c r="J407" s="97"/>
+      <c r="K407" s="98"/>
+      <c r="L407" s="99"/>
+      <c r="M407" s="100"/>
+      <c r="N407" s="100"/>
+      <c r="O407" s="101"/>
+      <c r="P407" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B407:G407)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="408" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A408" s="101"/>
-[...14 lines deleted...]
-      <c r="P408" s="108" t="str">
+      <c r="A408" s="143"/>
+      <c r="B408" s="144"/>
+      <c r="C408" s="103"/>
+      <c r="D408" s="103"/>
+      <c r="E408" s="96"/>
+      <c r="F408" s="96"/>
+      <c r="G408" s="96"/>
+      <c r="H408" s="97"/>
+      <c r="I408" s="97"/>
+      <c r="J408" s="97"/>
+      <c r="K408" s="98"/>
+      <c r="L408" s="99"/>
+      <c r="M408" s="100"/>
+      <c r="N408" s="100"/>
+      <c r="O408" s="101"/>
+      <c r="P408" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B408:G408)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="409" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A409" s="101"/>
-[...14 lines deleted...]
-      <c r="P409" s="108" t="str">
+      <c r="A409" s="143"/>
+      <c r="B409" s="144"/>
+      <c r="C409" s="103"/>
+      <c r="D409" s="103"/>
+      <c r="E409" s="96"/>
+      <c r="F409" s="96"/>
+      <c r="G409" s="96"/>
+      <c r="H409" s="97"/>
+      <c r="I409" s="97"/>
+      <c r="J409" s="97"/>
+      <c r="K409" s="98"/>
+      <c r="L409" s="99"/>
+      <c r="M409" s="100"/>
+      <c r="N409" s="100"/>
+      <c r="O409" s="101"/>
+      <c r="P409" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B409:G409)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="410" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A410" s="101"/>
-[...14 lines deleted...]
-      <c r="P410" s="108" t="str">
+      <c r="A410" s="143"/>
+      <c r="B410" s="144"/>
+      <c r="C410" s="103"/>
+      <c r="D410" s="103"/>
+      <c r="E410" s="96"/>
+      <c r="F410" s="96"/>
+      <c r="G410" s="96"/>
+      <c r="H410" s="97"/>
+      <c r="I410" s="97"/>
+      <c r="J410" s="97"/>
+      <c r="K410" s="98"/>
+      <c r="L410" s="99"/>
+      <c r="M410" s="100"/>
+      <c r="N410" s="100"/>
+      <c r="O410" s="101"/>
+      <c r="P410" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B410:G410)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="411" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A411" s="101"/>
-[...14 lines deleted...]
-      <c r="P411" s="108" t="str">
+      <c r="A411" s="143"/>
+      <c r="B411" s="144"/>
+      <c r="C411" s="103"/>
+      <c r="D411" s="103"/>
+      <c r="E411" s="96"/>
+      <c r="F411" s="96"/>
+      <c r="G411" s="96"/>
+      <c r="H411" s="97"/>
+      <c r="I411" s="97"/>
+      <c r="J411" s="97"/>
+      <c r="K411" s="98"/>
+      <c r="L411" s="99"/>
+      <c r="M411" s="100"/>
+      <c r="N411" s="100"/>
+      <c r="O411" s="101"/>
+      <c r="P411" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B411:G411)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="412" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A412" s="101"/>
-[...14 lines deleted...]
-      <c r="P412" s="108" t="str">
+      <c r="A412" s="143"/>
+      <c r="B412" s="144"/>
+      <c r="C412" s="103"/>
+      <c r="D412" s="103"/>
+      <c r="E412" s="96"/>
+      <c r="F412" s="96"/>
+      <c r="G412" s="96"/>
+      <c r="H412" s="97"/>
+      <c r="I412" s="97"/>
+      <c r="J412" s="97"/>
+      <c r="K412" s="98"/>
+      <c r="L412" s="99"/>
+      <c r="M412" s="100"/>
+      <c r="N412" s="100"/>
+      <c r="O412" s="101"/>
+      <c r="P412" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B412:G412)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="413" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A413" s="101"/>
-[...14 lines deleted...]
-      <c r="P413" s="108" t="str">
+      <c r="A413" s="143"/>
+      <c r="B413" s="144"/>
+      <c r="C413" s="103"/>
+      <c r="D413" s="103"/>
+      <c r="E413" s="96"/>
+      <c r="F413" s="96"/>
+      <c r="G413" s="96"/>
+      <c r="H413" s="97"/>
+      <c r="I413" s="97"/>
+      <c r="J413" s="97"/>
+      <c r="K413" s="98"/>
+      <c r="L413" s="99"/>
+      <c r="M413" s="100"/>
+      <c r="N413" s="100"/>
+      <c r="O413" s="101"/>
+      <c r="P413" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B413:G413)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="414" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A414" s="101"/>
-[...14 lines deleted...]
-      <c r="P414" s="108" t="str">
+      <c r="A414" s="143"/>
+      <c r="B414" s="144"/>
+      <c r="C414" s="103"/>
+      <c r="D414" s="103"/>
+      <c r="E414" s="96"/>
+      <c r="F414" s="96"/>
+      <c r="G414" s="96"/>
+      <c r="H414" s="97"/>
+      <c r="I414" s="97"/>
+      <c r="J414" s="97"/>
+      <c r="K414" s="98"/>
+      <c r="L414" s="99"/>
+      <c r="M414" s="100"/>
+      <c r="N414" s="100"/>
+      <c r="O414" s="101"/>
+      <c r="P414" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B414:G414)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="415" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A415" s="101"/>
-[...14 lines deleted...]
-      <c r="P415" s="108" t="str">
+      <c r="A415" s="143"/>
+      <c r="B415" s="144"/>
+      <c r="C415" s="103"/>
+      <c r="D415" s="103"/>
+      <c r="E415" s="96"/>
+      <c r="F415" s="96"/>
+      <c r="G415" s="96"/>
+      <c r="H415" s="97"/>
+      <c r="I415" s="97"/>
+      <c r="J415" s="97"/>
+      <c r="K415" s="98"/>
+      <c r="L415" s="99"/>
+      <c r="M415" s="100"/>
+      <c r="N415" s="100"/>
+      <c r="O415" s="101"/>
+      <c r="P415" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B415:G415)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="416" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A416" s="101"/>
-[...14 lines deleted...]
-      <c r="P416" s="108" t="str">
+      <c r="A416" s="143"/>
+      <c r="B416" s="144"/>
+      <c r="C416" s="103"/>
+      <c r="D416" s="103"/>
+      <c r="E416" s="96"/>
+      <c r="F416" s="96"/>
+      <c r="G416" s="96"/>
+      <c r="H416" s="97"/>
+      <c r="I416" s="97"/>
+      <c r="J416" s="97"/>
+      <c r="K416" s="98"/>
+      <c r="L416" s="99"/>
+      <c r="M416" s="100"/>
+      <c r="N416" s="100"/>
+      <c r="O416" s="101"/>
+      <c r="P416" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B416:G416)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="417" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A417" s="101"/>
-[...14 lines deleted...]
-      <c r="P417" s="108" t="str">
+      <c r="A417" s="143"/>
+      <c r="B417" s="144"/>
+      <c r="C417" s="103"/>
+      <c r="D417" s="103"/>
+      <c r="E417" s="96"/>
+      <c r="F417" s="96"/>
+      <c r="G417" s="96"/>
+      <c r="H417" s="97"/>
+      <c r="I417" s="97"/>
+      <c r="J417" s="97"/>
+      <c r="K417" s="98"/>
+      <c r="L417" s="99"/>
+      <c r="M417" s="100"/>
+      <c r="N417" s="100"/>
+      <c r="O417" s="101"/>
+      <c r="P417" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B417:G417)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="418" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A418" s="101"/>
-[...14 lines deleted...]
-      <c r="P418" s="108" t="str">
+      <c r="A418" s="143"/>
+      <c r="B418" s="144"/>
+      <c r="C418" s="103"/>
+      <c r="D418" s="103"/>
+      <c r="E418" s="96"/>
+      <c r="F418" s="96"/>
+      <c r="G418" s="96"/>
+      <c r="H418" s="97"/>
+      <c r="I418" s="97"/>
+      <c r="J418" s="97"/>
+      <c r="K418" s="98"/>
+      <c r="L418" s="99"/>
+      <c r="M418" s="100"/>
+      <c r="N418" s="100"/>
+      <c r="O418" s="101"/>
+      <c r="P418" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B418:G418)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="419" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A419" s="101"/>
-[...14 lines deleted...]
-      <c r="P419" s="108" t="str">
+      <c r="A419" s="143"/>
+      <c r="B419" s="144"/>
+      <c r="C419" s="103"/>
+      <c r="D419" s="103"/>
+      <c r="E419" s="96"/>
+      <c r="F419" s="96"/>
+      <c r="G419" s="96"/>
+      <c r="H419" s="97"/>
+      <c r="I419" s="97"/>
+      <c r="J419" s="97"/>
+      <c r="K419" s="98"/>
+      <c r="L419" s="99"/>
+      <c r="M419" s="100"/>
+      <c r="N419" s="100"/>
+      <c r="O419" s="101"/>
+      <c r="P419" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B419:G419)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="420" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A420" s="101"/>
-[...14 lines deleted...]
-      <c r="P420" s="108" t="str">
+      <c r="A420" s="143"/>
+      <c r="B420" s="144"/>
+      <c r="C420" s="103"/>
+      <c r="D420" s="103"/>
+      <c r="E420" s="96"/>
+      <c r="F420" s="96"/>
+      <c r="G420" s="96"/>
+      <c r="H420" s="97"/>
+      <c r="I420" s="97"/>
+      <c r="J420" s="97"/>
+      <c r="K420" s="98"/>
+      <c r="L420" s="99"/>
+      <c r="M420" s="100"/>
+      <c r="N420" s="100"/>
+      <c r="O420" s="101"/>
+      <c r="P420" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B420:G420)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="421" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A421" s="101"/>
-[...14 lines deleted...]
-      <c r="P421" s="108" t="str">
+      <c r="A421" s="143"/>
+      <c r="B421" s="144"/>
+      <c r="C421" s="103"/>
+      <c r="D421" s="103"/>
+      <c r="E421" s="96"/>
+      <c r="F421" s="96"/>
+      <c r="G421" s="96"/>
+      <c r="H421" s="97"/>
+      <c r="I421" s="97"/>
+      <c r="J421" s="97"/>
+      <c r="K421" s="98"/>
+      <c r="L421" s="99"/>
+      <c r="M421" s="100"/>
+      <c r="N421" s="100"/>
+      <c r="O421" s="101"/>
+      <c r="P421" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B421:G421)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="422" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A422" s="101"/>
-[...14 lines deleted...]
-      <c r="P422" s="108" t="str">
+      <c r="A422" s="143"/>
+      <c r="B422" s="144"/>
+      <c r="C422" s="103"/>
+      <c r="D422" s="103"/>
+      <c r="E422" s="96"/>
+      <c r="F422" s="96"/>
+      <c r="G422" s="96"/>
+      <c r="H422" s="97"/>
+      <c r="I422" s="97"/>
+      <c r="J422" s="97"/>
+      <c r="K422" s="98"/>
+      <c r="L422" s="99"/>
+      <c r="M422" s="100"/>
+      <c r="N422" s="100"/>
+      <c r="O422" s="101"/>
+      <c r="P422" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B422:G422)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="423" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A423" s="101"/>
-[...14 lines deleted...]
-      <c r="P423" s="108" t="str">
+      <c r="A423" s="143"/>
+      <c r="B423" s="144"/>
+      <c r="C423" s="103"/>
+      <c r="D423" s="103"/>
+      <c r="E423" s="96"/>
+      <c r="F423" s="96"/>
+      <c r="G423" s="96"/>
+      <c r="H423" s="97"/>
+      <c r="I423" s="97"/>
+      <c r="J423" s="97"/>
+      <c r="K423" s="98"/>
+      <c r="L423" s="99"/>
+      <c r="M423" s="100"/>
+      <c r="N423" s="100"/>
+      <c r="O423" s="101"/>
+      <c r="P423" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B423:G423)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="424" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A424" s="101"/>
-[...14 lines deleted...]
-      <c r="P424" s="108" t="str">
+      <c r="A424" s="143"/>
+      <c r="B424" s="144"/>
+      <c r="C424" s="103"/>
+      <c r="D424" s="103"/>
+      <c r="E424" s="96"/>
+      <c r="F424" s="96"/>
+      <c r="G424" s="96"/>
+      <c r="H424" s="97"/>
+      <c r="I424" s="97"/>
+      <c r="J424" s="97"/>
+      <c r="K424" s="98"/>
+      <c r="L424" s="99"/>
+      <c r="M424" s="100"/>
+      <c r="N424" s="100"/>
+      <c r="O424" s="101"/>
+      <c r="P424" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B424:G424)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="425" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A425" s="101"/>
-[...14 lines deleted...]
-      <c r="P425" s="108" t="str">
+      <c r="A425" s="143"/>
+      <c r="B425" s="144"/>
+      <c r="C425" s="103"/>
+      <c r="D425" s="103"/>
+      <c r="E425" s="96"/>
+      <c r="F425" s="96"/>
+      <c r="G425" s="96"/>
+      <c r="H425" s="97"/>
+      <c r="I425" s="97"/>
+      <c r="J425" s="97"/>
+      <c r="K425" s="98"/>
+      <c r="L425" s="99"/>
+      <c r="M425" s="100"/>
+      <c r="N425" s="100"/>
+      <c r="O425" s="101"/>
+      <c r="P425" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B425:G425)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="426" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A426" s="101"/>
-[...14 lines deleted...]
-      <c r="P426" s="108" t="str">
+      <c r="A426" s="143"/>
+      <c r="B426" s="144"/>
+      <c r="C426" s="103"/>
+      <c r="D426" s="103"/>
+      <c r="E426" s="96"/>
+      <c r="F426" s="96"/>
+      <c r="G426" s="96"/>
+      <c r="H426" s="97"/>
+      <c r="I426" s="97"/>
+      <c r="J426" s="97"/>
+      <c r="K426" s="98"/>
+      <c r="L426" s="99"/>
+      <c r="M426" s="100"/>
+      <c r="N426" s="100"/>
+      <c r="O426" s="101"/>
+      <c r="P426" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B426:G426)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="427" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A427" s="101"/>
-[...14 lines deleted...]
-      <c r="P427" s="108" t="str">
+      <c r="A427" s="143"/>
+      <c r="B427" s="144"/>
+      <c r="C427" s="103"/>
+      <c r="D427" s="103"/>
+      <c r="E427" s="96"/>
+      <c r="F427" s="96"/>
+      <c r="G427" s="96"/>
+      <c r="H427" s="97"/>
+      <c r="I427" s="97"/>
+      <c r="J427" s="97"/>
+      <c r="K427" s="98"/>
+      <c r="L427" s="99"/>
+      <c r="M427" s="100"/>
+      <c r="N427" s="100"/>
+      <c r="O427" s="101"/>
+      <c r="P427" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B427:G427)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="428" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A428" s="101"/>
-[...14 lines deleted...]
-      <c r="P428" s="108" t="str">
+      <c r="A428" s="143"/>
+      <c r="B428" s="144"/>
+      <c r="C428" s="103"/>
+      <c r="D428" s="103"/>
+      <c r="E428" s="96"/>
+      <c r="F428" s="96"/>
+      <c r="G428" s="96"/>
+      <c r="H428" s="97"/>
+      <c r="I428" s="97"/>
+      <c r="J428" s="97"/>
+      <c r="K428" s="98"/>
+      <c r="L428" s="99"/>
+      <c r="M428" s="100"/>
+      <c r="N428" s="100"/>
+      <c r="O428" s="101"/>
+      <c r="P428" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B428:G428)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="429" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A429" s="101"/>
-[...14 lines deleted...]
-      <c r="P429" s="108" t="str">
+      <c r="A429" s="143"/>
+      <c r="B429" s="144"/>
+      <c r="C429" s="103"/>
+      <c r="D429" s="103"/>
+      <c r="E429" s="96"/>
+      <c r="F429" s="96"/>
+      <c r="G429" s="96"/>
+      <c r="H429" s="97"/>
+      <c r="I429" s="97"/>
+      <c r="J429" s="97"/>
+      <c r="K429" s="98"/>
+      <c r="L429" s="99"/>
+      <c r="M429" s="100"/>
+      <c r="N429" s="100"/>
+      <c r="O429" s="101"/>
+      <c r="P429" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B429:G429)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="430" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A430" s="101"/>
-[...14 lines deleted...]
-      <c r="P430" s="108" t="str">
+      <c r="A430" s="143"/>
+      <c r="B430" s="144"/>
+      <c r="C430" s="103"/>
+      <c r="D430" s="103"/>
+      <c r="E430" s="96"/>
+      <c r="F430" s="96"/>
+      <c r="G430" s="96"/>
+      <c r="H430" s="97"/>
+      <c r="I430" s="97"/>
+      <c r="J430" s="97"/>
+      <c r="K430" s="98"/>
+      <c r="L430" s="99"/>
+      <c r="M430" s="100"/>
+      <c r="N430" s="100"/>
+      <c r="O430" s="101"/>
+      <c r="P430" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B430:G430)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="431" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A431" s="101"/>
-[...14 lines deleted...]
-      <c r="P431" s="108" t="str">
+      <c r="A431" s="143"/>
+      <c r="B431" s="144"/>
+      <c r="C431" s="103"/>
+      <c r="D431" s="103"/>
+      <c r="E431" s="96"/>
+      <c r="F431" s="96"/>
+      <c r="G431" s="96"/>
+      <c r="H431" s="97"/>
+      <c r="I431" s="97"/>
+      <c r="J431" s="97"/>
+      <c r="K431" s="98"/>
+      <c r="L431" s="99"/>
+      <c r="M431" s="100"/>
+      <c r="N431" s="100"/>
+      <c r="O431" s="101"/>
+      <c r="P431" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B431:G431)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="432" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A432" s="101"/>
-[...14 lines deleted...]
-      <c r="P432" s="108" t="str">
+      <c r="A432" s="143"/>
+      <c r="B432" s="144"/>
+      <c r="C432" s="103"/>
+      <c r="D432" s="103"/>
+      <c r="E432" s="96"/>
+      <c r="F432" s="96"/>
+      <c r="G432" s="96"/>
+      <c r="H432" s="97"/>
+      <c r="I432" s="97"/>
+      <c r="J432" s="97"/>
+      <c r="K432" s="98"/>
+      <c r="L432" s="99"/>
+      <c r="M432" s="100"/>
+      <c r="N432" s="100"/>
+      <c r="O432" s="101"/>
+      <c r="P432" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B432:G432)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="433" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A433" s="101"/>
-[...14 lines deleted...]
-      <c r="P433" s="108" t="str">
+      <c r="A433" s="143"/>
+      <c r="B433" s="144"/>
+      <c r="C433" s="103"/>
+      <c r="D433" s="103"/>
+      <c r="E433" s="96"/>
+      <c r="F433" s="96"/>
+      <c r="G433" s="96"/>
+      <c r="H433" s="97"/>
+      <c r="I433" s="97"/>
+      <c r="J433" s="97"/>
+      <c r="K433" s="98"/>
+      <c r="L433" s="99"/>
+      <c r="M433" s="100"/>
+      <c r="N433" s="100"/>
+      <c r="O433" s="101"/>
+      <c r="P433" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B433:G433)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="434" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A434" s="101"/>
-[...14 lines deleted...]
-      <c r="P434" s="108" t="str">
+      <c r="A434" s="143"/>
+      <c r="B434" s="144"/>
+      <c r="C434" s="103"/>
+      <c r="D434" s="103"/>
+      <c r="E434" s="96"/>
+      <c r="F434" s="96"/>
+      <c r="G434" s="96"/>
+      <c r="H434" s="97"/>
+      <c r="I434" s="97"/>
+      <c r="J434" s="97"/>
+      <c r="K434" s="98"/>
+      <c r="L434" s="99"/>
+      <c r="M434" s="100"/>
+      <c r="N434" s="100"/>
+      <c r="O434" s="101"/>
+      <c r="P434" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B434:G434)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="435" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A435" s="101"/>
-[...14 lines deleted...]
-      <c r="P435" s="108" t="str">
+      <c r="A435" s="143"/>
+      <c r="B435" s="144"/>
+      <c r="C435" s="103"/>
+      <c r="D435" s="103"/>
+      <c r="E435" s="96"/>
+      <c r="F435" s="96"/>
+      <c r="G435" s="96"/>
+      <c r="H435" s="97"/>
+      <c r="I435" s="97"/>
+      <c r="J435" s="97"/>
+      <c r="K435" s="98"/>
+      <c r="L435" s="99"/>
+      <c r="M435" s="100"/>
+      <c r="N435" s="100"/>
+      <c r="O435" s="101"/>
+      <c r="P435" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B435:G435)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="436" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A436" s="101"/>
-[...14 lines deleted...]
-      <c r="P436" s="108" t="str">
+      <c r="A436" s="143"/>
+      <c r="B436" s="144"/>
+      <c r="C436" s="103"/>
+      <c r="D436" s="103"/>
+      <c r="E436" s="96"/>
+      <c r="F436" s="96"/>
+      <c r="G436" s="96"/>
+      <c r="H436" s="97"/>
+      <c r="I436" s="97"/>
+      <c r="J436" s="97"/>
+      <c r="K436" s="98"/>
+      <c r="L436" s="99"/>
+      <c r="M436" s="100"/>
+      <c r="N436" s="100"/>
+      <c r="O436" s="101"/>
+      <c r="P436" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B436:G436)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="437" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A437" s="101"/>
-[...14 lines deleted...]
-      <c r="P437" s="108" t="str">
+      <c r="A437" s="143"/>
+      <c r="B437" s="144"/>
+      <c r="C437" s="103"/>
+      <c r="D437" s="103"/>
+      <c r="E437" s="96"/>
+      <c r="F437" s="96"/>
+      <c r="G437" s="96"/>
+      <c r="H437" s="97"/>
+      <c r="I437" s="97"/>
+      <c r="J437" s="97"/>
+      <c r="K437" s="98"/>
+      <c r="L437" s="99"/>
+      <c r="M437" s="100"/>
+      <c r="N437" s="100"/>
+      <c r="O437" s="101"/>
+      <c r="P437" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B437:G437)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="438" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A438" s="101"/>
-[...14 lines deleted...]
-      <c r="P438" s="108" t="str">
+      <c r="A438" s="143"/>
+      <c r="B438" s="144"/>
+      <c r="C438" s="103"/>
+      <c r="D438" s="103"/>
+      <c r="E438" s="96"/>
+      <c r="F438" s="96"/>
+      <c r="G438" s="96"/>
+      <c r="H438" s="97"/>
+      <c r="I438" s="97"/>
+      <c r="J438" s="97"/>
+      <c r="K438" s="98"/>
+      <c r="L438" s="99"/>
+      <c r="M438" s="100"/>
+      <c r="N438" s="100"/>
+      <c r="O438" s="101"/>
+      <c r="P438" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B438:G438)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="439" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A439" s="101"/>
-[...14 lines deleted...]
-      <c r="P439" s="108" t="str">
+      <c r="A439" s="143"/>
+      <c r="B439" s="144"/>
+      <c r="C439" s="103"/>
+      <c r="D439" s="103"/>
+      <c r="E439" s="96"/>
+      <c r="F439" s="96"/>
+      <c r="G439" s="96"/>
+      <c r="H439" s="97"/>
+      <c r="I439" s="97"/>
+      <c r="J439" s="97"/>
+      <c r="K439" s="98"/>
+      <c r="L439" s="99"/>
+      <c r="M439" s="100"/>
+      <c r="N439" s="100"/>
+      <c r="O439" s="101"/>
+      <c r="P439" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B439:G439)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="440" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A440" s="101"/>
-[...14 lines deleted...]
-      <c r="P440" s="108" t="str">
+      <c r="A440" s="143"/>
+      <c r="B440" s="144"/>
+      <c r="C440" s="103"/>
+      <c r="D440" s="103"/>
+      <c r="E440" s="96"/>
+      <c r="F440" s="96"/>
+      <c r="G440" s="96"/>
+      <c r="H440" s="97"/>
+      <c r="I440" s="97"/>
+      <c r="J440" s="97"/>
+      <c r="K440" s="98"/>
+      <c r="L440" s="99"/>
+      <c r="M440" s="100"/>
+      <c r="N440" s="100"/>
+      <c r="O440" s="101"/>
+      <c r="P440" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B440:G440)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="441" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A441" s="101"/>
-[...14 lines deleted...]
-      <c r="P441" s="108" t="str">
+      <c r="A441" s="143"/>
+      <c r="B441" s="144"/>
+      <c r="C441" s="103"/>
+      <c r="D441" s="103"/>
+      <c r="E441" s="96"/>
+      <c r="F441" s="96"/>
+      <c r="G441" s="96"/>
+      <c r="H441" s="97"/>
+      <c r="I441" s="97"/>
+      <c r="J441" s="97"/>
+      <c r="K441" s="98"/>
+      <c r="L441" s="99"/>
+      <c r="M441" s="100"/>
+      <c r="N441" s="100"/>
+      <c r="O441" s="101"/>
+      <c r="P441" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B441:G441)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="442" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A442" s="101"/>
-[...14 lines deleted...]
-      <c r="P442" s="108" t="str">
+      <c r="A442" s="143"/>
+      <c r="B442" s="144"/>
+      <c r="C442" s="103"/>
+      <c r="D442" s="103"/>
+      <c r="E442" s="96"/>
+      <c r="F442" s="96"/>
+      <c r="G442" s="96"/>
+      <c r="H442" s="97"/>
+      <c r="I442" s="97"/>
+      <c r="J442" s="97"/>
+      <c r="K442" s="98"/>
+      <c r="L442" s="99"/>
+      <c r="M442" s="100"/>
+      <c r="N442" s="100"/>
+      <c r="O442" s="101"/>
+      <c r="P442" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B442:G442)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="443" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A443" s="101"/>
-[...14 lines deleted...]
-      <c r="P443" s="108" t="str">
+      <c r="A443" s="143"/>
+      <c r="B443" s="144"/>
+      <c r="C443" s="103"/>
+      <c r="D443" s="103"/>
+      <c r="E443" s="96"/>
+      <c r="F443" s="96"/>
+      <c r="G443" s="96"/>
+      <c r="H443" s="97"/>
+      <c r="I443" s="97"/>
+      <c r="J443" s="97"/>
+      <c r="K443" s="98"/>
+      <c r="L443" s="99"/>
+      <c r="M443" s="100"/>
+      <c r="N443" s="100"/>
+      <c r="O443" s="101"/>
+      <c r="P443" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B443:G443)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="444" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A444" s="101"/>
-[...14 lines deleted...]
-      <c r="P444" s="108" t="str">
+      <c r="A444" s="143"/>
+      <c r="B444" s="144"/>
+      <c r="C444" s="103"/>
+      <c r="D444" s="103"/>
+      <c r="E444" s="96"/>
+      <c r="F444" s="96"/>
+      <c r="G444" s="96"/>
+      <c r="H444" s="97"/>
+      <c r="I444" s="97"/>
+      <c r="J444" s="97"/>
+      <c r="K444" s="98"/>
+      <c r="L444" s="99"/>
+      <c r="M444" s="100"/>
+      <c r="N444" s="100"/>
+      <c r="O444" s="101"/>
+      <c r="P444" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B444:G444)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="445" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A445" s="101"/>
-[...14 lines deleted...]
-      <c r="P445" s="108" t="str">
+      <c r="A445" s="143"/>
+      <c r="B445" s="144"/>
+      <c r="C445" s="103"/>
+      <c r="D445" s="103"/>
+      <c r="E445" s="96"/>
+      <c r="F445" s="96"/>
+      <c r="G445" s="96"/>
+      <c r="H445" s="97"/>
+      <c r="I445" s="97"/>
+      <c r="J445" s="97"/>
+      <c r="K445" s="98"/>
+      <c r="L445" s="99"/>
+      <c r="M445" s="100"/>
+      <c r="N445" s="100"/>
+      <c r="O445" s="101"/>
+      <c r="P445" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B445:G445)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="446" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A446" s="101"/>
-[...14 lines deleted...]
-      <c r="P446" s="108" t="str">
+      <c r="A446" s="143"/>
+      <c r="B446" s="144"/>
+      <c r="C446" s="103"/>
+      <c r="D446" s="103"/>
+      <c r="E446" s="96"/>
+      <c r="F446" s="96"/>
+      <c r="G446" s="96"/>
+      <c r="H446" s="97"/>
+      <c r="I446" s="97"/>
+      <c r="J446" s="97"/>
+      <c r="K446" s="98"/>
+      <c r="L446" s="99"/>
+      <c r="M446" s="100"/>
+      <c r="N446" s="100"/>
+      <c r="O446" s="101"/>
+      <c r="P446" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B446:G446)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="447" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A447" s="101"/>
-[...14 lines deleted...]
-      <c r="P447" s="108" t="str">
+      <c r="A447" s="143"/>
+      <c r="B447" s="144"/>
+      <c r="C447" s="103"/>
+      <c r="D447" s="103"/>
+      <c r="E447" s="96"/>
+      <c r="F447" s="96"/>
+      <c r="G447" s="96"/>
+      <c r="H447" s="97"/>
+      <c r="I447" s="97"/>
+      <c r="J447" s="97"/>
+      <c r="K447" s="98"/>
+      <c r="L447" s="99"/>
+      <c r="M447" s="100"/>
+      <c r="N447" s="100"/>
+      <c r="O447" s="101"/>
+      <c r="P447" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B447:G447)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="448" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A448" s="101"/>
-[...14 lines deleted...]
-      <c r="P448" s="108" t="str">
+      <c r="A448" s="143"/>
+      <c r="B448" s="144"/>
+      <c r="C448" s="103"/>
+      <c r="D448" s="103"/>
+      <c r="E448" s="96"/>
+      <c r="F448" s="96"/>
+      <c r="G448" s="96"/>
+      <c r="H448" s="97"/>
+      <c r="I448" s="97"/>
+      <c r="J448" s="97"/>
+      <c r="K448" s="98"/>
+      <c r="L448" s="99"/>
+      <c r="M448" s="100"/>
+      <c r="N448" s="100"/>
+      <c r="O448" s="101"/>
+      <c r="P448" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B448:G448)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="449" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A449" s="101"/>
-[...14 lines deleted...]
-      <c r="P449" s="108" t="str">
+      <c r="A449" s="143"/>
+      <c r="B449" s="144"/>
+      <c r="C449" s="103"/>
+      <c r="D449" s="103"/>
+      <c r="E449" s="96"/>
+      <c r="F449" s="96"/>
+      <c r="G449" s="96"/>
+      <c r="H449" s="97"/>
+      <c r="I449" s="97"/>
+      <c r="J449" s="97"/>
+      <c r="K449" s="98"/>
+      <c r="L449" s="99"/>
+      <c r="M449" s="100"/>
+      <c r="N449" s="100"/>
+      <c r="O449" s="101"/>
+      <c r="P449" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B449:G449)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="450" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A450" s="101"/>
-[...14 lines deleted...]
-      <c r="P450" s="108" t="str">
+      <c r="A450" s="143"/>
+      <c r="B450" s="144"/>
+      <c r="C450" s="103"/>
+      <c r="D450" s="103"/>
+      <c r="E450" s="96"/>
+      <c r="F450" s="96"/>
+      <c r="G450" s="96"/>
+      <c r="H450" s="97"/>
+      <c r="I450" s="97"/>
+      <c r="J450" s="97"/>
+      <c r="K450" s="98"/>
+      <c r="L450" s="99"/>
+      <c r="M450" s="100"/>
+      <c r="N450" s="100"/>
+      <c r="O450" s="101"/>
+      <c r="P450" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B450:G450)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="451" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A451" s="101"/>
-[...14 lines deleted...]
-      <c r="P451" s="108" t="str">
+      <c r="A451" s="143"/>
+      <c r="B451" s="144"/>
+      <c r="C451" s="103"/>
+      <c r="D451" s="103"/>
+      <c r="E451" s="96"/>
+      <c r="F451" s="96"/>
+      <c r="G451" s="96"/>
+      <c r="H451" s="97"/>
+      <c r="I451" s="97"/>
+      <c r="J451" s="97"/>
+      <c r="K451" s="98"/>
+      <c r="L451" s="99"/>
+      <c r="M451" s="100"/>
+      <c r="N451" s="100"/>
+      <c r="O451" s="101"/>
+      <c r="P451" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B451:G451)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="452" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A452" s="101"/>
-[...14 lines deleted...]
-      <c r="P452" s="108" t="str">
+      <c r="A452" s="143"/>
+      <c r="B452" s="144"/>
+      <c r="C452" s="103"/>
+      <c r="D452" s="103"/>
+      <c r="E452" s="96"/>
+      <c r="F452" s="96"/>
+      <c r="G452" s="96"/>
+      <c r="H452" s="97"/>
+      <c r="I452" s="97"/>
+      <c r="J452" s="97"/>
+      <c r="K452" s="98"/>
+      <c r="L452" s="99"/>
+      <c r="M452" s="100"/>
+      <c r="N452" s="100"/>
+      <c r="O452" s="101"/>
+      <c r="P452" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B452:G452)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="453" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A453" s="101"/>
-[...14 lines deleted...]
-      <c r="P453" s="108" t="str">
+      <c r="A453" s="143"/>
+      <c r="B453" s="144"/>
+      <c r="C453" s="103"/>
+      <c r="D453" s="103"/>
+      <c r="E453" s="96"/>
+      <c r="F453" s="96"/>
+      <c r="G453" s="96"/>
+      <c r="H453" s="97"/>
+      <c r="I453" s="97"/>
+      <c r="J453" s="97"/>
+      <c r="K453" s="98"/>
+      <c r="L453" s="99"/>
+      <c r="M453" s="100"/>
+      <c r="N453" s="100"/>
+      <c r="O453" s="101"/>
+      <c r="P453" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B453:G453)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="454" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A454" s="101"/>
-[...14 lines deleted...]
-      <c r="P454" s="108" t="str">
+      <c r="A454" s="143"/>
+      <c r="B454" s="144"/>
+      <c r="C454" s="103"/>
+      <c r="D454" s="103"/>
+      <c r="E454" s="96"/>
+      <c r="F454" s="96"/>
+      <c r="G454" s="96"/>
+      <c r="H454" s="97"/>
+      <c r="I454" s="97"/>
+      <c r="J454" s="97"/>
+      <c r="K454" s="98"/>
+      <c r="L454" s="99"/>
+      <c r="M454" s="100"/>
+      <c r="N454" s="100"/>
+      <c r="O454" s="101"/>
+      <c r="P454" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B454:G454)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="455" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A455" s="101"/>
-[...14 lines deleted...]
-      <c r="P455" s="108" t="str">
+      <c r="A455" s="143"/>
+      <c r="B455" s="144"/>
+      <c r="C455" s="103"/>
+      <c r="D455" s="103"/>
+      <c r="E455" s="96"/>
+      <c r="F455" s="96"/>
+      <c r="G455" s="96"/>
+      <c r="H455" s="97"/>
+      <c r="I455" s="97"/>
+      <c r="J455" s="97"/>
+      <c r="K455" s="98"/>
+      <c r="L455" s="99"/>
+      <c r="M455" s="100"/>
+      <c r="N455" s="100"/>
+      <c r="O455" s="101"/>
+      <c r="P455" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B455:G455)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="456" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A456" s="101"/>
-[...14 lines deleted...]
-      <c r="P456" s="108" t="str">
+      <c r="A456" s="143"/>
+      <c r="B456" s="144"/>
+      <c r="C456" s="103"/>
+      <c r="D456" s="103"/>
+      <c r="E456" s="96"/>
+      <c r="F456" s="96"/>
+      <c r="G456" s="96"/>
+      <c r="H456" s="97"/>
+      <c r="I456" s="97"/>
+      <c r="J456" s="97"/>
+      <c r="K456" s="98"/>
+      <c r="L456" s="99"/>
+      <c r="M456" s="100"/>
+      <c r="N456" s="100"/>
+      <c r="O456" s="101"/>
+      <c r="P456" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B456:G456)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="457" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A457" s="101"/>
-[...14 lines deleted...]
-      <c r="P457" s="108" t="str">
+      <c r="A457" s="143"/>
+      <c r="B457" s="144"/>
+      <c r="C457" s="103"/>
+      <c r="D457" s="103"/>
+      <c r="E457" s="96"/>
+      <c r="F457" s="96"/>
+      <c r="G457" s="96"/>
+      <c r="H457" s="97"/>
+      <c r="I457" s="97"/>
+      <c r="J457" s="97"/>
+      <c r="K457" s="98"/>
+      <c r="L457" s="99"/>
+      <c r="M457" s="100"/>
+      <c r="N457" s="100"/>
+      <c r="O457" s="101"/>
+      <c r="P457" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B457:G457)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="458" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A458" s="101"/>
-[...14 lines deleted...]
-      <c r="P458" s="108" t="str">
+      <c r="A458" s="143"/>
+      <c r="B458" s="144"/>
+      <c r="C458" s="103"/>
+      <c r="D458" s="103"/>
+      <c r="E458" s="96"/>
+      <c r="F458" s="96"/>
+      <c r="G458" s="96"/>
+      <c r="H458" s="97"/>
+      <c r="I458" s="97"/>
+      <c r="J458" s="97"/>
+      <c r="K458" s="98"/>
+      <c r="L458" s="99"/>
+      <c r="M458" s="100"/>
+      <c r="N458" s="100"/>
+      <c r="O458" s="101"/>
+      <c r="P458" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B458:G458)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="459" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A459" s="101"/>
-[...14 lines deleted...]
-      <c r="P459" s="108" t="str">
+      <c r="A459" s="143"/>
+      <c r="B459" s="144"/>
+      <c r="C459" s="103"/>
+      <c r="D459" s="103"/>
+      <c r="E459" s="96"/>
+      <c r="F459" s="96"/>
+      <c r="G459" s="96"/>
+      <c r="H459" s="97"/>
+      <c r="I459" s="97"/>
+      <c r="J459" s="97"/>
+      <c r="K459" s="98"/>
+      <c r="L459" s="99"/>
+      <c r="M459" s="100"/>
+      <c r="N459" s="100"/>
+      <c r="O459" s="101"/>
+      <c r="P459" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B459:G459)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="460" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A460" s="101"/>
-[...14 lines deleted...]
-      <c r="P460" s="108" t="str">
+      <c r="A460" s="143"/>
+      <c r="B460" s="144"/>
+      <c r="C460" s="103"/>
+      <c r="D460" s="103"/>
+      <c r="E460" s="96"/>
+      <c r="F460" s="96"/>
+      <c r="G460" s="96"/>
+      <c r="H460" s="97"/>
+      <c r="I460" s="97"/>
+      <c r="J460" s="97"/>
+      <c r="K460" s="98"/>
+      <c r="L460" s="99"/>
+      <c r="M460" s="100"/>
+      <c r="N460" s="100"/>
+      <c r="O460" s="101"/>
+      <c r="P460" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B460:G460)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="461" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A461" s="101"/>
-[...14 lines deleted...]
-      <c r="P461" s="108" t="str">
+      <c r="A461" s="143"/>
+      <c r="B461" s="144"/>
+      <c r="C461" s="103"/>
+      <c r="D461" s="103"/>
+      <c r="E461" s="96"/>
+      <c r="F461" s="96"/>
+      <c r="G461" s="96"/>
+      <c r="H461" s="97"/>
+      <c r="I461" s="97"/>
+      <c r="J461" s="97"/>
+      <c r="K461" s="98"/>
+      <c r="L461" s="99"/>
+      <c r="M461" s="100"/>
+      <c r="N461" s="100"/>
+      <c r="O461" s="101"/>
+      <c r="P461" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B461:G461)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="462" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A462" s="101"/>
-[...14 lines deleted...]
-      <c r="P462" s="108" t="str">
+      <c r="A462" s="143"/>
+      <c r="B462" s="144"/>
+      <c r="C462" s="103"/>
+      <c r="D462" s="103"/>
+      <c r="E462" s="96"/>
+      <c r="F462" s="96"/>
+      <c r="G462" s="96"/>
+      <c r="H462" s="97"/>
+      <c r="I462" s="97"/>
+      <c r="J462" s="97"/>
+      <c r="K462" s="98"/>
+      <c r="L462" s="99"/>
+      <c r="M462" s="100"/>
+      <c r="N462" s="100"/>
+      <c r="O462" s="101"/>
+      <c r="P462" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B462:G462)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="463" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A463" s="101"/>
-[...14 lines deleted...]
-      <c r="P463" s="108" t="str">
+      <c r="A463" s="143"/>
+      <c r="B463" s="144"/>
+      <c r="C463" s="103"/>
+      <c r="D463" s="103"/>
+      <c r="E463" s="96"/>
+      <c r="F463" s="96"/>
+      <c r="G463" s="96"/>
+      <c r="H463" s="97"/>
+      <c r="I463" s="97"/>
+      <c r="J463" s="97"/>
+      <c r="K463" s="98"/>
+      <c r="L463" s="99"/>
+      <c r="M463" s="100"/>
+      <c r="N463" s="100"/>
+      <c r="O463" s="101"/>
+      <c r="P463" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B463:G463)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="464" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A464" s="101"/>
-[...14 lines deleted...]
-      <c r="P464" s="108" t="str">
+      <c r="A464" s="143"/>
+      <c r="B464" s="144"/>
+      <c r="C464" s="103"/>
+      <c r="D464" s="103"/>
+      <c r="E464" s="96"/>
+      <c r="F464" s="96"/>
+      <c r="G464" s="96"/>
+      <c r="H464" s="97"/>
+      <c r="I464" s="97"/>
+      <c r="J464" s="97"/>
+      <c r="K464" s="98"/>
+      <c r="L464" s="99"/>
+      <c r="M464" s="100"/>
+      <c r="N464" s="100"/>
+      <c r="O464" s="101"/>
+      <c r="P464" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B464:G464)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="465" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A465" s="101"/>
-[...14 lines deleted...]
-      <c r="P465" s="108" t="str">
+      <c r="A465" s="143"/>
+      <c r="B465" s="144"/>
+      <c r="C465" s="103"/>
+      <c r="D465" s="103"/>
+      <c r="E465" s="96"/>
+      <c r="F465" s="96"/>
+      <c r="G465" s="96"/>
+      <c r="H465" s="97"/>
+      <c r="I465" s="97"/>
+      <c r="J465" s="97"/>
+      <c r="K465" s="98"/>
+      <c r="L465" s="99"/>
+      <c r="M465" s="100"/>
+      <c r="N465" s="100"/>
+      <c r="O465" s="101"/>
+      <c r="P465" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B465:G465)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="466" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A466" s="101"/>
-[...14 lines deleted...]
-      <c r="P466" s="108" t="str">
+      <c r="A466" s="143"/>
+      <c r="B466" s="144"/>
+      <c r="C466" s="103"/>
+      <c r="D466" s="103"/>
+      <c r="E466" s="96"/>
+      <c r="F466" s="96"/>
+      <c r="G466" s="96"/>
+      <c r="H466" s="97"/>
+      <c r="I466" s="97"/>
+      <c r="J466" s="97"/>
+      <c r="K466" s="98"/>
+      <c r="L466" s="99"/>
+      <c r="M466" s="100"/>
+      <c r="N466" s="100"/>
+      <c r="O466" s="101"/>
+      <c r="P466" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B466:G466)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="467" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A467" s="101"/>
-[...14 lines deleted...]
-      <c r="P467" s="108" t="str">
+      <c r="A467" s="143"/>
+      <c r="B467" s="144"/>
+      <c r="C467" s="103"/>
+      <c r="D467" s="103"/>
+      <c r="E467" s="96"/>
+      <c r="F467" s="96"/>
+      <c r="G467" s="96"/>
+      <c r="H467" s="97"/>
+      <c r="I467" s="97"/>
+      <c r="J467" s="97"/>
+      <c r="K467" s="98"/>
+      <c r="L467" s="99"/>
+      <c r="M467" s="100"/>
+      <c r="N467" s="100"/>
+      <c r="O467" s="101"/>
+      <c r="P467" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B467:G467)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="468" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A468" s="101"/>
-[...14 lines deleted...]
-      <c r="P468" s="108" t="str">
+      <c r="A468" s="143"/>
+      <c r="B468" s="144"/>
+      <c r="C468" s="103"/>
+      <c r="D468" s="103"/>
+      <c r="E468" s="96"/>
+      <c r="F468" s="96"/>
+      <c r="G468" s="96"/>
+      <c r="H468" s="97"/>
+      <c r="I468" s="97"/>
+      <c r="J468" s="97"/>
+      <c r="K468" s="98"/>
+      <c r="L468" s="99"/>
+      <c r="M468" s="100"/>
+      <c r="N468" s="100"/>
+      <c r="O468" s="101"/>
+      <c r="P468" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B468:G468)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="469" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A469" s="101"/>
-[...14 lines deleted...]
-      <c r="P469" s="108" t="str">
+      <c r="A469" s="143"/>
+      <c r="B469" s="144"/>
+      <c r="C469" s="103"/>
+      <c r="D469" s="103"/>
+      <c r="E469" s="96"/>
+      <c r="F469" s="96"/>
+      <c r="G469" s="96"/>
+      <c r="H469" s="97"/>
+      <c r="I469" s="97"/>
+      <c r="J469" s="97"/>
+      <c r="K469" s="98"/>
+      <c r="L469" s="99"/>
+      <c r="M469" s="100"/>
+      <c r="N469" s="100"/>
+      <c r="O469" s="101"/>
+      <c r="P469" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B469:G469)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="470" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A470" s="101"/>
-[...14 lines deleted...]
-      <c r="P470" s="108" t="str">
+      <c r="A470" s="143"/>
+      <c r="B470" s="144"/>
+      <c r="C470" s="103"/>
+      <c r="D470" s="103"/>
+      <c r="E470" s="96"/>
+      <c r="F470" s="96"/>
+      <c r="G470" s="96"/>
+      <c r="H470" s="97"/>
+      <c r="I470" s="97"/>
+      <c r="J470" s="97"/>
+      <c r="K470" s="98"/>
+      <c r="L470" s="99"/>
+      <c r="M470" s="100"/>
+      <c r="N470" s="100"/>
+      <c r="O470" s="101"/>
+      <c r="P470" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B470:G470)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="471" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A471" s="101"/>
-[...14 lines deleted...]
-      <c r="P471" s="108" t="str">
+      <c r="A471" s="143"/>
+      <c r="B471" s="144"/>
+      <c r="C471" s="103"/>
+      <c r="D471" s="103"/>
+      <c r="E471" s="96"/>
+      <c r="F471" s="96"/>
+      <c r="G471" s="96"/>
+      <c r="H471" s="97"/>
+      <c r="I471" s="97"/>
+      <c r="J471" s="97"/>
+      <c r="K471" s="98"/>
+      <c r="L471" s="99"/>
+      <c r="M471" s="100"/>
+      <c r="N471" s="100"/>
+      <c r="O471" s="101"/>
+      <c r="P471" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B471:G471)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="472" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A472" s="101"/>
-[...14 lines deleted...]
-      <c r="P472" s="108" t="str">
+      <c r="A472" s="143"/>
+      <c r="B472" s="144"/>
+      <c r="C472" s="103"/>
+      <c r="D472" s="103"/>
+      <c r="E472" s="96"/>
+      <c r="F472" s="96"/>
+      <c r="G472" s="96"/>
+      <c r="H472" s="97"/>
+      <c r="I472" s="97"/>
+      <c r="J472" s="97"/>
+      <c r="K472" s="98"/>
+      <c r="L472" s="99"/>
+      <c r="M472" s="100"/>
+      <c r="N472" s="100"/>
+      <c r="O472" s="101"/>
+      <c r="P472" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B472:G472)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="473" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A473" s="101"/>
-[...14 lines deleted...]
-      <c r="P473" s="108" t="str">
+      <c r="A473" s="143"/>
+      <c r="B473" s="144"/>
+      <c r="C473" s="103"/>
+      <c r="D473" s="103"/>
+      <c r="E473" s="96"/>
+      <c r="F473" s="96"/>
+      <c r="G473" s="96"/>
+      <c r="H473" s="97"/>
+      <c r="I473" s="97"/>
+      <c r="J473" s="97"/>
+      <c r="K473" s="98"/>
+      <c r="L473" s="99"/>
+      <c r="M473" s="100"/>
+      <c r="N473" s="100"/>
+      <c r="O473" s="101"/>
+      <c r="P473" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B473:G473)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="474" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A474" s="101"/>
-[...14 lines deleted...]
-      <c r="P474" s="108" t="str">
+      <c r="A474" s="143"/>
+      <c r="B474" s="144"/>
+      <c r="C474" s="103"/>
+      <c r="D474" s="103"/>
+      <c r="E474" s="96"/>
+      <c r="F474" s="96"/>
+      <c r="G474" s="96"/>
+      <c r="H474" s="97"/>
+      <c r="I474" s="97"/>
+      <c r="J474" s="97"/>
+      <c r="K474" s="98"/>
+      <c r="L474" s="99"/>
+      <c r="M474" s="100"/>
+      <c r="N474" s="100"/>
+      <c r="O474" s="101"/>
+      <c r="P474" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B474:G474)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="475" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A475" s="101"/>
-[...14 lines deleted...]
-      <c r="P475" s="108" t="str">
+      <c r="A475" s="143"/>
+      <c r="B475" s="144"/>
+      <c r="C475" s="103"/>
+      <c r="D475" s="103"/>
+      <c r="E475" s="96"/>
+      <c r="F475" s="96"/>
+      <c r="G475" s="96"/>
+      <c r="H475" s="97"/>
+      <c r="I475" s="97"/>
+      <c r="J475" s="97"/>
+      <c r="K475" s="98"/>
+      <c r="L475" s="99"/>
+      <c r="M475" s="100"/>
+      <c r="N475" s="100"/>
+      <c r="O475" s="101"/>
+      <c r="P475" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B475:G475)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="476" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A476" s="101"/>
-[...14 lines deleted...]
-      <c r="P476" s="108" t="str">
+      <c r="A476" s="143"/>
+      <c r="B476" s="144"/>
+      <c r="C476" s="103"/>
+      <c r="D476" s="103"/>
+      <c r="E476" s="96"/>
+      <c r="F476" s="96"/>
+      <c r="G476" s="96"/>
+      <c r="H476" s="97"/>
+      <c r="I476" s="97"/>
+      <c r="J476" s="97"/>
+      <c r="K476" s="98"/>
+      <c r="L476" s="99"/>
+      <c r="M476" s="100"/>
+      <c r="N476" s="100"/>
+      <c r="O476" s="101"/>
+      <c r="P476" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B476:G476)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="477" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A477" s="101"/>
-[...14 lines deleted...]
-      <c r="P477" s="108" t="str">
+      <c r="A477" s="143"/>
+      <c r="B477" s="144"/>
+      <c r="C477" s="103"/>
+      <c r="D477" s="103"/>
+      <c r="E477" s="96"/>
+      <c r="F477" s="96"/>
+      <c r="G477" s="96"/>
+      <c r="H477" s="97"/>
+      <c r="I477" s="97"/>
+      <c r="J477" s="97"/>
+      <c r="K477" s="98"/>
+      <c r="L477" s="99"/>
+      <c r="M477" s="100"/>
+      <c r="N477" s="100"/>
+      <c r="O477" s="101"/>
+      <c r="P477" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B477:G477)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="478" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A478" s="101"/>
-[...14 lines deleted...]
-      <c r="P478" s="108" t="str">
+      <c r="A478" s="143"/>
+      <c r="B478" s="144"/>
+      <c r="C478" s="103"/>
+      <c r="D478" s="103"/>
+      <c r="E478" s="96"/>
+      <c r="F478" s="96"/>
+      <c r="G478" s="96"/>
+      <c r="H478" s="97"/>
+      <c r="I478" s="97"/>
+      <c r="J478" s="97"/>
+      <c r="K478" s="98"/>
+      <c r="L478" s="99"/>
+      <c r="M478" s="100"/>
+      <c r="N478" s="100"/>
+      <c r="O478" s="101"/>
+      <c r="P478" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B478:G478)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="479" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A479" s="101"/>
-[...14 lines deleted...]
-      <c r="P479" s="108" t="str">
+      <c r="A479" s="143"/>
+      <c r="B479" s="144"/>
+      <c r="C479" s="103"/>
+      <c r="D479" s="103"/>
+      <c r="E479" s="96"/>
+      <c r="F479" s="96"/>
+      <c r="G479" s="96"/>
+      <c r="H479" s="97"/>
+      <c r="I479" s="97"/>
+      <c r="J479" s="97"/>
+      <c r="K479" s="98"/>
+      <c r="L479" s="99"/>
+      <c r="M479" s="100"/>
+      <c r="N479" s="100"/>
+      <c r="O479" s="101"/>
+      <c r="P479" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B479:G479)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="480" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A480" s="101"/>
-[...14 lines deleted...]
-      <c r="P480" s="108" t="str">
+      <c r="A480" s="143"/>
+      <c r="B480" s="144"/>
+      <c r="C480" s="103"/>
+      <c r="D480" s="103"/>
+      <c r="E480" s="96"/>
+      <c r="F480" s="96"/>
+      <c r="G480" s="96"/>
+      <c r="H480" s="97"/>
+      <c r="I480" s="97"/>
+      <c r="J480" s="97"/>
+      <c r="K480" s="98"/>
+      <c r="L480" s="99"/>
+      <c r="M480" s="100"/>
+      <c r="N480" s="100"/>
+      <c r="O480" s="101"/>
+      <c r="P480" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B480:G480)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="481" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A481" s="101"/>
-[...14 lines deleted...]
-      <c r="P481" s="108" t="str">
+      <c r="A481" s="143"/>
+      <c r="B481" s="144"/>
+      <c r="C481" s="103"/>
+      <c r="D481" s="103"/>
+      <c r="E481" s="96"/>
+      <c r="F481" s="96"/>
+      <c r="G481" s="96"/>
+      <c r="H481" s="97"/>
+      <c r="I481" s="97"/>
+      <c r="J481" s="97"/>
+      <c r="K481" s="98"/>
+      <c r="L481" s="99"/>
+      <c r="M481" s="100"/>
+      <c r="N481" s="100"/>
+      <c r="O481" s="101"/>
+      <c r="P481" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B481:G481)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="482" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A482" s="101"/>
-[...14 lines deleted...]
-      <c r="P482" s="108" t="str">
+      <c r="A482" s="143"/>
+      <c r="B482" s="144"/>
+      <c r="C482" s="103"/>
+      <c r="D482" s="103"/>
+      <c r="E482" s="96"/>
+      <c r="F482" s="96"/>
+      <c r="G482" s="96"/>
+      <c r="H482" s="97"/>
+      <c r="I482" s="97"/>
+      <c r="J482" s="97"/>
+      <c r="K482" s="98"/>
+      <c r="L482" s="99"/>
+      <c r="M482" s="100"/>
+      <c r="N482" s="100"/>
+      <c r="O482" s="101"/>
+      <c r="P482" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B482:G482)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="483" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A483" s="101"/>
-[...14 lines deleted...]
-      <c r="P483" s="108" t="str">
+      <c r="A483" s="143"/>
+      <c r="B483" s="144"/>
+      <c r="C483" s="103"/>
+      <c r="D483" s="103"/>
+      <c r="E483" s="96"/>
+      <c r="F483" s="96"/>
+      <c r="G483" s="96"/>
+      <c r="H483" s="97"/>
+      <c r="I483" s="97"/>
+      <c r="J483" s="97"/>
+      <c r="K483" s="98"/>
+      <c r="L483" s="99"/>
+      <c r="M483" s="100"/>
+      <c r="N483" s="100"/>
+      <c r="O483" s="101"/>
+      <c r="P483" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B483:G483)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="484" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A484" s="101"/>
-[...14 lines deleted...]
-      <c r="P484" s="108" t="str">
+      <c r="A484" s="143"/>
+      <c r="B484" s="144"/>
+      <c r="C484" s="103"/>
+      <c r="D484" s="103"/>
+      <c r="E484" s="96"/>
+      <c r="F484" s="96"/>
+      <c r="G484" s="96"/>
+      <c r="H484" s="97"/>
+      <c r="I484" s="97"/>
+      <c r="J484" s="97"/>
+      <c r="K484" s="98"/>
+      <c r="L484" s="99"/>
+      <c r="M484" s="100"/>
+      <c r="N484" s="100"/>
+      <c r="O484" s="101"/>
+      <c r="P484" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B484:G484)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="485" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A485" s="101"/>
-[...14 lines deleted...]
-      <c r="P485" s="108" t="str">
+      <c r="A485" s="143"/>
+      <c r="B485" s="144"/>
+      <c r="C485" s="103"/>
+      <c r="D485" s="103"/>
+      <c r="E485" s="96"/>
+      <c r="F485" s="96"/>
+      <c r="G485" s="96"/>
+      <c r="H485" s="97"/>
+      <c r="I485" s="97"/>
+      <c r="J485" s="97"/>
+      <c r="K485" s="98"/>
+      <c r="L485" s="99"/>
+      <c r="M485" s="100"/>
+      <c r="N485" s="100"/>
+      <c r="O485" s="101"/>
+      <c r="P485" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B485:G485)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="486" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A486" s="101"/>
-[...14 lines deleted...]
-      <c r="P486" s="108" t="str">
+      <c r="A486" s="143"/>
+      <c r="B486" s="144"/>
+      <c r="C486" s="103"/>
+      <c r="D486" s="103"/>
+      <c r="E486" s="96"/>
+      <c r="F486" s="96"/>
+      <c r="G486" s="96"/>
+      <c r="H486" s="97"/>
+      <c r="I486" s="97"/>
+      <c r="J486" s="97"/>
+      <c r="K486" s="98"/>
+      <c r="L486" s="99"/>
+      <c r="M486" s="100"/>
+      <c r="N486" s="100"/>
+      <c r="O486" s="101"/>
+      <c r="P486" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B486:G486)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="487" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A487" s="101"/>
-[...14 lines deleted...]
-      <c r="P487" s="108" t="str">
+      <c r="A487" s="143"/>
+      <c r="B487" s="144"/>
+      <c r="C487" s="103"/>
+      <c r="D487" s="103"/>
+      <c r="E487" s="96"/>
+      <c r="F487" s="96"/>
+      <c r="G487" s="96"/>
+      <c r="H487" s="97"/>
+      <c r="I487" s="97"/>
+      <c r="J487" s="97"/>
+      <c r="K487" s="98"/>
+      <c r="L487" s="99"/>
+      <c r="M487" s="100"/>
+      <c r="N487" s="100"/>
+      <c r="O487" s="101"/>
+      <c r="P487" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B487:G487)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="488" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A488" s="101"/>
-[...14 lines deleted...]
-      <c r="P488" s="108" t="str">
+      <c r="A488" s="143"/>
+      <c r="B488" s="144"/>
+      <c r="C488" s="103"/>
+      <c r="D488" s="103"/>
+      <c r="E488" s="96"/>
+      <c r="F488" s="96"/>
+      <c r="G488" s="96"/>
+      <c r="H488" s="97"/>
+      <c r="I488" s="97"/>
+      <c r="J488" s="97"/>
+      <c r="K488" s="98"/>
+      <c r="L488" s="99"/>
+      <c r="M488" s="100"/>
+      <c r="N488" s="100"/>
+      <c r="O488" s="101"/>
+      <c r="P488" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B488:G488)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="489" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A489" s="101"/>
-[...14 lines deleted...]
-      <c r="P489" s="108" t="str">
+      <c r="A489" s="143"/>
+      <c r="B489" s="144"/>
+      <c r="C489" s="103"/>
+      <c r="D489" s="103"/>
+      <c r="E489" s="96"/>
+      <c r="F489" s="96"/>
+      <c r="G489" s="96"/>
+      <c r="H489" s="97"/>
+      <c r="I489" s="97"/>
+      <c r="J489" s="97"/>
+      <c r="K489" s="98"/>
+      <c r="L489" s="99"/>
+      <c r="M489" s="100"/>
+      <c r="N489" s="100"/>
+      <c r="O489" s="101"/>
+      <c r="P489" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B489:G489)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="490" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A490" s="101"/>
-[...14 lines deleted...]
-      <c r="P490" s="108" t="str">
+      <c r="A490" s="143"/>
+      <c r="B490" s="144"/>
+      <c r="C490" s="103"/>
+      <c r="D490" s="103"/>
+      <c r="E490" s="96"/>
+      <c r="F490" s="96"/>
+      <c r="G490" s="96"/>
+      <c r="H490" s="97"/>
+      <c r="I490" s="97"/>
+      <c r="J490" s="97"/>
+      <c r="K490" s="98"/>
+      <c r="L490" s="99"/>
+      <c r="M490" s="100"/>
+      <c r="N490" s="100"/>
+      <c r="O490" s="101"/>
+      <c r="P490" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B490:G490)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="491" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A491" s="101"/>
-[...14 lines deleted...]
-      <c r="P491" s="108" t="str">
+      <c r="A491" s="143"/>
+      <c r="B491" s="144"/>
+      <c r="C491" s="103"/>
+      <c r="D491" s="103"/>
+      <c r="E491" s="96"/>
+      <c r="F491" s="96"/>
+      <c r="G491" s="96"/>
+      <c r="H491" s="97"/>
+      <c r="I491" s="97"/>
+      <c r="J491" s="97"/>
+      <c r="K491" s="98"/>
+      <c r="L491" s="99"/>
+      <c r="M491" s="100"/>
+      <c r="N491" s="100"/>
+      <c r="O491" s="101"/>
+      <c r="P491" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B491:G491)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="492" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A492" s="101"/>
-[...14 lines deleted...]
-      <c r="P492" s="108" t="str">
+      <c r="A492" s="143"/>
+      <c r="B492" s="144"/>
+      <c r="C492" s="103"/>
+      <c r="D492" s="103"/>
+      <c r="E492" s="96"/>
+      <c r="F492" s="96"/>
+      <c r="G492" s="96"/>
+      <c r="H492" s="97"/>
+      <c r="I492" s="97"/>
+      <c r="J492" s="97"/>
+      <c r="K492" s="98"/>
+      <c r="L492" s="99"/>
+      <c r="M492" s="100"/>
+      <c r="N492" s="100"/>
+      <c r="O492" s="101"/>
+      <c r="P492" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B492:G492)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="493" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A493" s="101"/>
-[...14 lines deleted...]
-      <c r="P493" s="108" t="str">
+      <c r="A493" s="143"/>
+      <c r="B493" s="144"/>
+      <c r="C493" s="103"/>
+      <c r="D493" s="103"/>
+      <c r="E493" s="96"/>
+      <c r="F493" s="96"/>
+      <c r="G493" s="96"/>
+      <c r="H493" s="97"/>
+      <c r="I493" s="97"/>
+      <c r="J493" s="97"/>
+      <c r="K493" s="98"/>
+      <c r="L493" s="99"/>
+      <c r="M493" s="100"/>
+      <c r="N493" s="100"/>
+      <c r="O493" s="101"/>
+      <c r="P493" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B493:G493)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="494" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A494" s="101"/>
-[...14 lines deleted...]
-      <c r="P494" s="108" t="str">
+      <c r="A494" s="143"/>
+      <c r="B494" s="144"/>
+      <c r="C494" s="103"/>
+      <c r="D494" s="103"/>
+      <c r="E494" s="96"/>
+      <c r="F494" s="96"/>
+      <c r="G494" s="96"/>
+      <c r="H494" s="97"/>
+      <c r="I494" s="97"/>
+      <c r="J494" s="97"/>
+      <c r="K494" s="98"/>
+      <c r="L494" s="99"/>
+      <c r="M494" s="100"/>
+      <c r="N494" s="100"/>
+      <c r="O494" s="101"/>
+      <c r="P494" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B494:G494)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="495" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A495" s="101"/>
-[...14 lines deleted...]
-      <c r="P495" s="108" t="str">
+      <c r="A495" s="143"/>
+      <c r="B495" s="144"/>
+      <c r="C495" s="103"/>
+      <c r="D495" s="103"/>
+      <c r="E495" s="96"/>
+      <c r="F495" s="96"/>
+      <c r="G495" s="96"/>
+      <c r="H495" s="97"/>
+      <c r="I495" s="97"/>
+      <c r="J495" s="97"/>
+      <c r="K495" s="98"/>
+      <c r="L495" s="99"/>
+      <c r="M495" s="100"/>
+      <c r="N495" s="100"/>
+      <c r="O495" s="101"/>
+      <c r="P495" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B495:G495)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="496" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A496" s="101"/>
-[...14 lines deleted...]
-      <c r="P496" s="108" t="str">
+      <c r="A496" s="143"/>
+      <c r="B496" s="144"/>
+      <c r="C496" s="103"/>
+      <c r="D496" s="103"/>
+      <c r="E496" s="96"/>
+      <c r="F496" s="96"/>
+      <c r="G496" s="96"/>
+      <c r="H496" s="97"/>
+      <c r="I496" s="97"/>
+      <c r="J496" s="97"/>
+      <c r="K496" s="98"/>
+      <c r="L496" s="99"/>
+      <c r="M496" s="100"/>
+      <c r="N496" s="100"/>
+      <c r="O496" s="101"/>
+      <c r="P496" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B496:G496)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="497" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A497" s="101"/>
-[...14 lines deleted...]
-      <c r="P497" s="108" t="str">
+      <c r="A497" s="143"/>
+      <c r="B497" s="144"/>
+      <c r="C497" s="103"/>
+      <c r="D497" s="103"/>
+      <c r="E497" s="96"/>
+      <c r="F497" s="96"/>
+      <c r="G497" s="96"/>
+      <c r="H497" s="97"/>
+      <c r="I497" s="97"/>
+      <c r="J497" s="97"/>
+      <c r="K497" s="98"/>
+      <c r="L497" s="99"/>
+      <c r="M497" s="100"/>
+      <c r="N497" s="100"/>
+      <c r="O497" s="101"/>
+      <c r="P497" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B497:G497)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="498" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A498" s="101"/>
-[...14 lines deleted...]
-      <c r="P498" s="108" t="str">
+      <c r="A498" s="143"/>
+      <c r="B498" s="144"/>
+      <c r="C498" s="103"/>
+      <c r="D498" s="103"/>
+      <c r="E498" s="96"/>
+      <c r="F498" s="96"/>
+      <c r="G498" s="96"/>
+      <c r="H498" s="97"/>
+      <c r="I498" s="97"/>
+      <c r="J498" s="97"/>
+      <c r="K498" s="98"/>
+      <c r="L498" s="99"/>
+      <c r="M498" s="100"/>
+      <c r="N498" s="100"/>
+      <c r="O498" s="101"/>
+      <c r="P498" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B498:G498)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="499" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A499" s="101"/>
-[...14 lines deleted...]
-      <c r="P499" s="108" t="str">
+      <c r="A499" s="143"/>
+      <c r="B499" s="144"/>
+      <c r="C499" s="103"/>
+      <c r="D499" s="103"/>
+      <c r="E499" s="96"/>
+      <c r="F499" s="96"/>
+      <c r="G499" s="96"/>
+      <c r="H499" s="97"/>
+      <c r="I499" s="97"/>
+      <c r="J499" s="97"/>
+      <c r="K499" s="98"/>
+      <c r="L499" s="99"/>
+      <c r="M499" s="100"/>
+      <c r="N499" s="100"/>
+      <c r="O499" s="101"/>
+      <c r="P499" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B499:G499)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="500" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A500" s="101"/>
-[...14 lines deleted...]
-      <c r="P500" s="108" t="str">
+      <c r="A500" s="143"/>
+      <c r="B500" s="144"/>
+      <c r="C500" s="103"/>
+      <c r="D500" s="103"/>
+      <c r="E500" s="96"/>
+      <c r="F500" s="96"/>
+      <c r="G500" s="96"/>
+      <c r="H500" s="97"/>
+      <c r="I500" s="97"/>
+      <c r="J500" s="97"/>
+      <c r="K500" s="98"/>
+      <c r="L500" s="99"/>
+      <c r="M500" s="100"/>
+      <c r="N500" s="100"/>
+      <c r="O500" s="101"/>
+      <c r="P500" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B500:G500)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="501" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A501" s="101"/>
-[...14 lines deleted...]
-      <c r="P501" s="108" t="str">
+      <c r="A501" s="143"/>
+      <c r="B501" s="144"/>
+      <c r="C501" s="103"/>
+      <c r="D501" s="103"/>
+      <c r="E501" s="96"/>
+      <c r="F501" s="96"/>
+      <c r="G501" s="96"/>
+      <c r="H501" s="97"/>
+      <c r="I501" s="97"/>
+      <c r="J501" s="97"/>
+      <c r="K501" s="98"/>
+      <c r="L501" s="99"/>
+      <c r="M501" s="100"/>
+      <c r="N501" s="100"/>
+      <c r="O501" s="101"/>
+      <c r="P501" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B501:G501)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="502" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A502" s="101"/>
-[...14 lines deleted...]
-      <c r="P502" s="108" t="str">
+      <c r="A502" s="143"/>
+      <c r="B502" s="144"/>
+      <c r="C502" s="103"/>
+      <c r="D502" s="103"/>
+      <c r="E502" s="96"/>
+      <c r="F502" s="96"/>
+      <c r="G502" s="96"/>
+      <c r="H502" s="97"/>
+      <c r="I502" s="97"/>
+      <c r="J502" s="97"/>
+      <c r="K502" s="98"/>
+      <c r="L502" s="99"/>
+      <c r="M502" s="100"/>
+      <c r="N502" s="100"/>
+      <c r="O502" s="101"/>
+      <c r="P502" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B502:G502)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="503" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A503" s="101"/>
-[...14 lines deleted...]
-      <c r="P503" s="108" t="str">
+      <c r="A503" s="143"/>
+      <c r="B503" s="144"/>
+      <c r="C503" s="103"/>
+      <c r="D503" s="103"/>
+      <c r="E503" s="96"/>
+      <c r="F503" s="96"/>
+      <c r="G503" s="96"/>
+      <c r="H503" s="97"/>
+      <c r="I503" s="97"/>
+      <c r="J503" s="97"/>
+      <c r="K503" s="98"/>
+      <c r="L503" s="99"/>
+      <c r="M503" s="100"/>
+      <c r="N503" s="100"/>
+      <c r="O503" s="101"/>
+      <c r="P503" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B503:G503)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="504" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A504" s="101"/>
-[...14 lines deleted...]
-      <c r="P504" s="108" t="str">
+      <c r="A504" s="143"/>
+      <c r="B504" s="144"/>
+      <c r="C504" s="103"/>
+      <c r="D504" s="103"/>
+      <c r="E504" s="96"/>
+      <c r="F504" s="96"/>
+      <c r="G504" s="96"/>
+      <c r="H504" s="97"/>
+      <c r="I504" s="97"/>
+      <c r="J504" s="97"/>
+      <c r="K504" s="98"/>
+      <c r="L504" s="99"/>
+      <c r="M504" s="100"/>
+      <c r="N504" s="100"/>
+      <c r="O504" s="101"/>
+      <c r="P504" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B504:G504)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="505" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A505" s="101"/>
-[...14 lines deleted...]
-      <c r="P505" s="108" t="str">
+      <c r="A505" s="143"/>
+      <c r="B505" s="144"/>
+      <c r="C505" s="103"/>
+      <c r="D505" s="103"/>
+      <c r="E505" s="96"/>
+      <c r="F505" s="96"/>
+      <c r="G505" s="96"/>
+      <c r="H505" s="97"/>
+      <c r="I505" s="97"/>
+      <c r="J505" s="97"/>
+      <c r="K505" s="98"/>
+      <c r="L505" s="99"/>
+      <c r="M505" s="100"/>
+      <c r="N505" s="100"/>
+      <c r="O505" s="101"/>
+      <c r="P505" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B505:G505)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="506" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A506" s="101"/>
-[...14 lines deleted...]
-      <c r="P506" s="108" t="str">
+      <c r="A506" s="143"/>
+      <c r="B506" s="144"/>
+      <c r="C506" s="103"/>
+      <c r="D506" s="103"/>
+      <c r="E506" s="96"/>
+      <c r="F506" s="96"/>
+      <c r="G506" s="96"/>
+      <c r="H506" s="97"/>
+      <c r="I506" s="97"/>
+      <c r="J506" s="97"/>
+      <c r="K506" s="98"/>
+      <c r="L506" s="99"/>
+      <c r="M506" s="100"/>
+      <c r="N506" s="100"/>
+      <c r="O506" s="101"/>
+      <c r="P506" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B506:G506)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="507" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A507" s="101"/>
-[...14 lines deleted...]
-      <c r="P507" s="108" t="str">
+      <c r="A507" s="143"/>
+      <c r="B507" s="144"/>
+      <c r="C507" s="103"/>
+      <c r="D507" s="103"/>
+      <c r="E507" s="96"/>
+      <c r="F507" s="96"/>
+      <c r="G507" s="96"/>
+      <c r="H507" s="97"/>
+      <c r="I507" s="97"/>
+      <c r="J507" s="97"/>
+      <c r="K507" s="98"/>
+      <c r="L507" s="99"/>
+      <c r="M507" s="100"/>
+      <c r="N507" s="100"/>
+      <c r="O507" s="101"/>
+      <c r="P507" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B507:G507)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="508" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A508" s="101"/>
-[...14 lines deleted...]
-      <c r="P508" s="108" t="str">
+      <c r="A508" s="143"/>
+      <c r="B508" s="144"/>
+      <c r="C508" s="103"/>
+      <c r="D508" s="103"/>
+      <c r="E508" s="96"/>
+      <c r="F508" s="96"/>
+      <c r="G508" s="96"/>
+      <c r="H508" s="97"/>
+      <c r="I508" s="97"/>
+      <c r="J508" s="97"/>
+      <c r="K508" s="98"/>
+      <c r="L508" s="99"/>
+      <c r="M508" s="100"/>
+      <c r="N508" s="100"/>
+      <c r="O508" s="101"/>
+      <c r="P508" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B508:G508)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="509" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A509" s="101"/>
-[...14 lines deleted...]
-      <c r="P509" s="108" t="str">
+      <c r="A509" s="143"/>
+      <c r="B509" s="144"/>
+      <c r="C509" s="103"/>
+      <c r="D509" s="103"/>
+      <c r="E509" s="96"/>
+      <c r="F509" s="96"/>
+      <c r="G509" s="96"/>
+      <c r="H509" s="97"/>
+      <c r="I509" s="97"/>
+      <c r="J509" s="97"/>
+      <c r="K509" s="98"/>
+      <c r="L509" s="99"/>
+      <c r="M509" s="100"/>
+      <c r="N509" s="100"/>
+      <c r="O509" s="101"/>
+      <c r="P509" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B509:G509)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="510" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A510" s="101"/>
-[...14 lines deleted...]
-      <c r="P510" s="108" t="str">
+      <c r="A510" s="143"/>
+      <c r="B510" s="144"/>
+      <c r="C510" s="103"/>
+      <c r="D510" s="103"/>
+      <c r="E510" s="96"/>
+      <c r="F510" s="96"/>
+      <c r="G510" s="96"/>
+      <c r="H510" s="97"/>
+      <c r="I510" s="97"/>
+      <c r="J510" s="97"/>
+      <c r="K510" s="98"/>
+      <c r="L510" s="99"/>
+      <c r="M510" s="100"/>
+      <c r="N510" s="100"/>
+      <c r="O510" s="101"/>
+      <c r="P510" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B510:G510)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="511" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A511" s="101"/>
-[...14 lines deleted...]
-      <c r="P511" s="108" t="str">
+      <c r="A511" s="143"/>
+      <c r="B511" s="144"/>
+      <c r="C511" s="103"/>
+      <c r="D511" s="103"/>
+      <c r="E511" s="96"/>
+      <c r="F511" s="96"/>
+      <c r="G511" s="96"/>
+      <c r="H511" s="97"/>
+      <c r="I511" s="97"/>
+      <c r="J511" s="97"/>
+      <c r="K511" s="98"/>
+      <c r="L511" s="99"/>
+      <c r="M511" s="100"/>
+      <c r="N511" s="100"/>
+      <c r="O511" s="101"/>
+      <c r="P511" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B511:G511)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="512" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A512" s="101"/>
-[...14 lines deleted...]
-      <c r="P512" s="108" t="str">
+      <c r="A512" s="143"/>
+      <c r="B512" s="144"/>
+      <c r="C512" s="103"/>
+      <c r="D512" s="103"/>
+      <c r="E512" s="96"/>
+      <c r="F512" s="96"/>
+      <c r="G512" s="96"/>
+      <c r="H512" s="97"/>
+      <c r="I512" s="97"/>
+      <c r="J512" s="97"/>
+      <c r="K512" s="98"/>
+      <c r="L512" s="99"/>
+      <c r="M512" s="100"/>
+      <c r="N512" s="100"/>
+      <c r="O512" s="101"/>
+      <c r="P512" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B512:G512)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="513" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A513" s="101"/>
-[...14 lines deleted...]
-      <c r="P513" s="108" t="str">
+      <c r="A513" s="143"/>
+      <c r="B513" s="144"/>
+      <c r="C513" s="103"/>
+      <c r="D513" s="103"/>
+      <c r="E513" s="96"/>
+      <c r="F513" s="96"/>
+      <c r="G513" s="96"/>
+      <c r="H513" s="97"/>
+      <c r="I513" s="97"/>
+      <c r="J513" s="97"/>
+      <c r="K513" s="98"/>
+      <c r="L513" s="99"/>
+      <c r="M513" s="100"/>
+      <c r="N513" s="100"/>
+      <c r="O513" s="101"/>
+      <c r="P513" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B513:G513)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="514" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A514" s="101"/>
-[...14 lines deleted...]
-      <c r="P514" s="108" t="str">
+      <c r="A514" s="143"/>
+      <c r="B514" s="144"/>
+      <c r="C514" s="103"/>
+      <c r="D514" s="103"/>
+      <c r="E514" s="96"/>
+      <c r="F514" s="96"/>
+      <c r="G514" s="96"/>
+      <c r="H514" s="97"/>
+      <c r="I514" s="97"/>
+      <c r="J514" s="97"/>
+      <c r="K514" s="98"/>
+      <c r="L514" s="99"/>
+      <c r="M514" s="100"/>
+      <c r="N514" s="100"/>
+      <c r="O514" s="101"/>
+      <c r="P514" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B514:G514)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="515" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A515" s="101"/>
-[...14 lines deleted...]
-      <c r="P515" s="108" t="str">
+      <c r="A515" s="143"/>
+      <c r="B515" s="144"/>
+      <c r="C515" s="103"/>
+      <c r="D515" s="103"/>
+      <c r="E515" s="96"/>
+      <c r="F515" s="96"/>
+      <c r="G515" s="96"/>
+      <c r="H515" s="97"/>
+      <c r="I515" s="97"/>
+      <c r="J515" s="97"/>
+      <c r="K515" s="98"/>
+      <c r="L515" s="99"/>
+      <c r="M515" s="100"/>
+      <c r="N515" s="100"/>
+      <c r="O515" s="101"/>
+      <c r="P515" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B515:G515)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="516" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A516" s="101"/>
-[...14 lines deleted...]
-      <c r="P516" s="108" t="str">
+      <c r="A516" s="143"/>
+      <c r="B516" s="144"/>
+      <c r="C516" s="103"/>
+      <c r="D516" s="103"/>
+      <c r="E516" s="96"/>
+      <c r="F516" s="96"/>
+      <c r="G516" s="96"/>
+      <c r="H516" s="97"/>
+      <c r="I516" s="97"/>
+      <c r="J516" s="97"/>
+      <c r="K516" s="98"/>
+      <c r="L516" s="99"/>
+      <c r="M516" s="100"/>
+      <c r="N516" s="100"/>
+      <c r="O516" s="101"/>
+      <c r="P516" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B516:G516)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="517" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A517" s="101"/>
-[...14 lines deleted...]
-      <c r="P517" s="108" t="str">
+      <c r="A517" s="143"/>
+      <c r="B517" s="144"/>
+      <c r="C517" s="103"/>
+      <c r="D517" s="103"/>
+      <c r="E517" s="96"/>
+      <c r="F517" s="96"/>
+      <c r="G517" s="96"/>
+      <c r="H517" s="97"/>
+      <c r="I517" s="97"/>
+      <c r="J517" s="97"/>
+      <c r="K517" s="98"/>
+      <c r="L517" s="99"/>
+      <c r="M517" s="100"/>
+      <c r="N517" s="100"/>
+      <c r="O517" s="101"/>
+      <c r="P517" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B517:G517)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="518" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A518" s="101"/>
-[...14 lines deleted...]
-      <c r="P518" s="108" t="str">
+      <c r="A518" s="143"/>
+      <c r="B518" s="144"/>
+      <c r="C518" s="103"/>
+      <c r="D518" s="103"/>
+      <c r="E518" s="96"/>
+      <c r="F518" s="96"/>
+      <c r="G518" s="96"/>
+      <c r="H518" s="97"/>
+      <c r="I518" s="97"/>
+      <c r="J518" s="97"/>
+      <c r="K518" s="98"/>
+      <c r="L518" s="99"/>
+      <c r="M518" s="100"/>
+      <c r="N518" s="100"/>
+      <c r="O518" s="101"/>
+      <c r="P518" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B518:G518)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="519" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A519" s="101"/>
-[...14 lines deleted...]
-      <c r="P519" s="108" t="str">
+      <c r="A519" s="143"/>
+      <c r="B519" s="144"/>
+      <c r="C519" s="103"/>
+      <c r="D519" s="103"/>
+      <c r="E519" s="96"/>
+      <c r="F519" s="96"/>
+      <c r="G519" s="96"/>
+      <c r="H519" s="97"/>
+      <c r="I519" s="97"/>
+      <c r="J519" s="97"/>
+      <c r="K519" s="98"/>
+      <c r="L519" s="99"/>
+      <c r="M519" s="100"/>
+      <c r="N519" s="100"/>
+      <c r="O519" s="101"/>
+      <c r="P519" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B519:G519)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="520" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A520" s="101"/>
-[...14 lines deleted...]
-      <c r="P520" s="108" t="str">
+      <c r="A520" s="143"/>
+      <c r="B520" s="144"/>
+      <c r="C520" s="103"/>
+      <c r="D520" s="103"/>
+      <c r="E520" s="96"/>
+      <c r="F520" s="96"/>
+      <c r="G520" s="96"/>
+      <c r="H520" s="97"/>
+      <c r="I520" s="97"/>
+      <c r="J520" s="97"/>
+      <c r="K520" s="98"/>
+      <c r="L520" s="99"/>
+      <c r="M520" s="100"/>
+      <c r="N520" s="100"/>
+      <c r="O520" s="101"/>
+      <c r="P520" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B520:G520)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="521" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A521" s="101"/>
-[...14 lines deleted...]
-      <c r="P521" s="108" t="str">
+      <c r="A521" s="143"/>
+      <c r="B521" s="144"/>
+      <c r="C521" s="103"/>
+      <c r="D521" s="103"/>
+      <c r="E521" s="96"/>
+      <c r="F521" s="96"/>
+      <c r="G521" s="96"/>
+      <c r="H521" s="97"/>
+      <c r="I521" s="97"/>
+      <c r="J521" s="97"/>
+      <c r="K521" s="98"/>
+      <c r="L521" s="99"/>
+      <c r="M521" s="100"/>
+      <c r="N521" s="100"/>
+      <c r="O521" s="101"/>
+      <c r="P521" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B521:G521)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="522" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A522" s="101"/>
-[...14 lines deleted...]
-      <c r="P522" s="108" t="str">
+      <c r="A522" s="143"/>
+      <c r="B522" s="144"/>
+      <c r="C522" s="103"/>
+      <c r="D522" s="103"/>
+      <c r="E522" s="96"/>
+      <c r="F522" s="96"/>
+      <c r="G522" s="96"/>
+      <c r="H522" s="97"/>
+      <c r="I522" s="97"/>
+      <c r="J522" s="97"/>
+      <c r="K522" s="98"/>
+      <c r="L522" s="99"/>
+      <c r="M522" s="100"/>
+      <c r="N522" s="100"/>
+      <c r="O522" s="101"/>
+      <c r="P522" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B522:G522)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="523" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A523" s="101"/>
-[...14 lines deleted...]
-      <c r="P523" s="108" t="str">
+      <c r="A523" s="143"/>
+      <c r="B523" s="144"/>
+      <c r="C523" s="103"/>
+      <c r="D523" s="103"/>
+      <c r="E523" s="96"/>
+      <c r="F523" s="96"/>
+      <c r="G523" s="96"/>
+      <c r="H523" s="97"/>
+      <c r="I523" s="97"/>
+      <c r="J523" s="97"/>
+      <c r="K523" s="98"/>
+      <c r="L523" s="99"/>
+      <c r="M523" s="100"/>
+      <c r="N523" s="100"/>
+      <c r="O523" s="101"/>
+      <c r="P523" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B523:G523)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="524" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A524" s="101"/>
-[...14 lines deleted...]
-      <c r="P524" s="108" t="str">
+      <c r="A524" s="143"/>
+      <c r="B524" s="144"/>
+      <c r="C524" s="103"/>
+      <c r="D524" s="103"/>
+      <c r="E524" s="96"/>
+      <c r="F524" s="96"/>
+      <c r="G524" s="96"/>
+      <c r="H524" s="97"/>
+      <c r="I524" s="97"/>
+      <c r="J524" s="97"/>
+      <c r="K524" s="98"/>
+      <c r="L524" s="99"/>
+      <c r="M524" s="100"/>
+      <c r="N524" s="100"/>
+      <c r="O524" s="101"/>
+      <c r="P524" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B524:G524)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="525" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A525" s="101"/>
-[...14 lines deleted...]
-      <c r="P525" s="108" t="str">
+      <c r="A525" s="143"/>
+      <c r="B525" s="144"/>
+      <c r="C525" s="103"/>
+      <c r="D525" s="103"/>
+      <c r="E525" s="96"/>
+      <c r="F525" s="96"/>
+      <c r="G525" s="96"/>
+      <c r="H525" s="97"/>
+      <c r="I525" s="97"/>
+      <c r="J525" s="97"/>
+      <c r="K525" s="98"/>
+      <c r="L525" s="99"/>
+      <c r="M525" s="100"/>
+      <c r="N525" s="100"/>
+      <c r="O525" s="101"/>
+      <c r="P525" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B525:G525)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="526" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A526" s="101"/>
-[...14 lines deleted...]
-      <c r="P526" s="108" t="str">
+      <c r="A526" s="143"/>
+      <c r="B526" s="144"/>
+      <c r="C526" s="103"/>
+      <c r="D526" s="103"/>
+      <c r="E526" s="96"/>
+      <c r="F526" s="96"/>
+      <c r="G526" s="96"/>
+      <c r="H526" s="97"/>
+      <c r="I526" s="97"/>
+      <c r="J526" s="97"/>
+      <c r="K526" s="98"/>
+      <c r="L526" s="99"/>
+      <c r="M526" s="100"/>
+      <c r="N526" s="100"/>
+      <c r="O526" s="101"/>
+      <c r="P526" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B526:G526)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="527" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A527" s="101"/>
-[...14 lines deleted...]
-      <c r="P527" s="108" t="str">
+      <c r="A527" s="143"/>
+      <c r="B527" s="144"/>
+      <c r="C527" s="103"/>
+      <c r="D527" s="103"/>
+      <c r="E527" s="96"/>
+      <c r="F527" s="96"/>
+      <c r="G527" s="96"/>
+      <c r="H527" s="97"/>
+      <c r="I527" s="97"/>
+      <c r="J527" s="97"/>
+      <c r="K527" s="98"/>
+      <c r="L527" s="99"/>
+      <c r="M527" s="100"/>
+      <c r="N527" s="100"/>
+      <c r="O527" s="101"/>
+      <c r="P527" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B527:G527)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="528" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A528" s="101"/>
-[...14 lines deleted...]
-      <c r="P528" s="108" t="str">
+      <c r="A528" s="143"/>
+      <c r="B528" s="144"/>
+      <c r="C528" s="103"/>
+      <c r="D528" s="103"/>
+      <c r="E528" s="96"/>
+      <c r="F528" s="96"/>
+      <c r="G528" s="96"/>
+      <c r="H528" s="97"/>
+      <c r="I528" s="97"/>
+      <c r="J528" s="97"/>
+      <c r="K528" s="98"/>
+      <c r="L528" s="99"/>
+      <c r="M528" s="100"/>
+      <c r="N528" s="100"/>
+      <c r="O528" s="101"/>
+      <c r="P528" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B528:G528)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="529" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A529" s="101"/>
-[...14 lines deleted...]
-      <c r="P529" s="108" t="str">
+      <c r="A529" s="143"/>
+      <c r="B529" s="144"/>
+      <c r="C529" s="103"/>
+      <c r="D529" s="103"/>
+      <c r="E529" s="96"/>
+      <c r="F529" s="96"/>
+      <c r="G529" s="96"/>
+      <c r="H529" s="97"/>
+      <c r="I529" s="97"/>
+      <c r="J529" s="97"/>
+      <c r="K529" s="98"/>
+      <c r="L529" s="99"/>
+      <c r="M529" s="100"/>
+      <c r="N529" s="100"/>
+      <c r="O529" s="101"/>
+      <c r="P529" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B529:G529)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="530" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A530" s="101"/>
-[...14 lines deleted...]
-      <c r="P530" s="108" t="str">
+      <c r="A530" s="143"/>
+      <c r="B530" s="144"/>
+      <c r="C530" s="103"/>
+      <c r="D530" s="103"/>
+      <c r="E530" s="96"/>
+      <c r="F530" s="96"/>
+      <c r="G530" s="96"/>
+      <c r="H530" s="97"/>
+      <c r="I530" s="97"/>
+      <c r="J530" s="97"/>
+      <c r="K530" s="98"/>
+      <c r="L530" s="99"/>
+      <c r="M530" s="100"/>
+      <c r="N530" s="100"/>
+      <c r="O530" s="101"/>
+      <c r="P530" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B530:G530)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="531" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A531" s="101"/>
-[...14 lines deleted...]
-      <c r="P531" s="108" t="str">
+      <c r="A531" s="143"/>
+      <c r="B531" s="144"/>
+      <c r="C531" s="103"/>
+      <c r="D531" s="103"/>
+      <c r="E531" s="96"/>
+      <c r="F531" s="96"/>
+      <c r="G531" s="96"/>
+      <c r="H531" s="97"/>
+      <c r="I531" s="97"/>
+      <c r="J531" s="97"/>
+      <c r="K531" s="98"/>
+      <c r="L531" s="99"/>
+      <c r="M531" s="100"/>
+      <c r="N531" s="100"/>
+      <c r="O531" s="101"/>
+      <c r="P531" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B531:G531)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="532" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A532" s="101"/>
-[...14 lines deleted...]
-      <c r="P532" s="108" t="str">
+      <c r="A532" s="143"/>
+      <c r="B532" s="144"/>
+      <c r="C532" s="103"/>
+      <c r="D532" s="103"/>
+      <c r="E532" s="96"/>
+      <c r="F532" s="96"/>
+      <c r="G532" s="96"/>
+      <c r="H532" s="97"/>
+      <c r="I532" s="97"/>
+      <c r="J532" s="97"/>
+      <c r="K532" s="98"/>
+      <c r="L532" s="99"/>
+      <c r="M532" s="100"/>
+      <c r="N532" s="100"/>
+      <c r="O532" s="101"/>
+      <c r="P532" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B532:G532)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="533" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A533" s="101"/>
-[...14 lines deleted...]
-      <c r="P533" s="108" t="str">
+      <c r="A533" s="143"/>
+      <c r="B533" s="144"/>
+      <c r="C533" s="103"/>
+      <c r="D533" s="103"/>
+      <c r="E533" s="96"/>
+      <c r="F533" s="96"/>
+      <c r="G533" s="96"/>
+      <c r="H533" s="97"/>
+      <c r="I533" s="97"/>
+      <c r="J533" s="97"/>
+      <c r="K533" s="98"/>
+      <c r="L533" s="99"/>
+      <c r="M533" s="100"/>
+      <c r="N533" s="100"/>
+      <c r="O533" s="101"/>
+      <c r="P533" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B533:G533)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="534" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A534" s="101"/>
-[...14 lines deleted...]
-      <c r="P534" s="108" t="str">
+      <c r="A534" s="143"/>
+      <c r="B534" s="144"/>
+      <c r="C534" s="103"/>
+      <c r="D534" s="103"/>
+      <c r="E534" s="96"/>
+      <c r="F534" s="96"/>
+      <c r="G534" s="96"/>
+      <c r="H534" s="97"/>
+      <c r="I534" s="97"/>
+      <c r="J534" s="97"/>
+      <c r="K534" s="98"/>
+      <c r="L534" s="99"/>
+      <c r="M534" s="100"/>
+      <c r="N534" s="100"/>
+      <c r="O534" s="101"/>
+      <c r="P534" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B534:G534)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="535" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A535" s="101"/>
-[...14 lines deleted...]
-      <c r="P535" s="108" t="str">
+      <c r="A535" s="143"/>
+      <c r="B535" s="144"/>
+      <c r="C535" s="103"/>
+      <c r="D535" s="103"/>
+      <c r="E535" s="96"/>
+      <c r="F535" s="96"/>
+      <c r="G535" s="96"/>
+      <c r="H535" s="97"/>
+      <c r="I535" s="97"/>
+      <c r="J535" s="97"/>
+      <c r="K535" s="98"/>
+      <c r="L535" s="99"/>
+      <c r="M535" s="100"/>
+      <c r="N535" s="100"/>
+      <c r="O535" s="101"/>
+      <c r="P535" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B535:G535)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="536" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A536" s="101"/>
-[...14 lines deleted...]
-      <c r="P536" s="108" t="str">
+      <c r="A536" s="143"/>
+      <c r="B536" s="144"/>
+      <c r="C536" s="103"/>
+      <c r="D536" s="103"/>
+      <c r="E536" s="96"/>
+      <c r="F536" s="96"/>
+      <c r="G536" s="96"/>
+      <c r="H536" s="97"/>
+      <c r="I536" s="97"/>
+      <c r="J536" s="97"/>
+      <c r="K536" s="98"/>
+      <c r="L536" s="99"/>
+      <c r="M536" s="100"/>
+      <c r="N536" s="100"/>
+      <c r="O536" s="101"/>
+      <c r="P536" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B536:G536)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="537" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A537" s="101"/>
-[...14 lines deleted...]
-      <c r="P537" s="108" t="str">
+      <c r="A537" s="143"/>
+      <c r="B537" s="144"/>
+      <c r="C537" s="103"/>
+      <c r="D537" s="103"/>
+      <c r="E537" s="96"/>
+      <c r="F537" s="96"/>
+      <c r="G537" s="96"/>
+      <c r="H537" s="97"/>
+      <c r="I537" s="97"/>
+      <c r="J537" s="97"/>
+      <c r="K537" s="98"/>
+      <c r="L537" s="99"/>
+      <c r="M537" s="100"/>
+      <c r="N537" s="100"/>
+      <c r="O537" s="101"/>
+      <c r="P537" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B537:G537)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="538" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A538" s="101"/>
-[...14 lines deleted...]
-      <c r="P538" s="108" t="str">
+      <c r="A538" s="143"/>
+      <c r="B538" s="144"/>
+      <c r="C538" s="103"/>
+      <c r="D538" s="103"/>
+      <c r="E538" s="96"/>
+      <c r="F538" s="96"/>
+      <c r="G538" s="96"/>
+      <c r="H538" s="97"/>
+      <c r="I538" s="97"/>
+      <c r="J538" s="97"/>
+      <c r="K538" s="98"/>
+      <c r="L538" s="99"/>
+      <c r="M538" s="100"/>
+      <c r="N538" s="100"/>
+      <c r="O538" s="101"/>
+      <c r="P538" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B538:G538)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="539" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A539" s="101"/>
-[...14 lines deleted...]
-      <c r="P539" s="108" t="str">
+      <c r="A539" s="143"/>
+      <c r="B539" s="144"/>
+      <c r="C539" s="103"/>
+      <c r="D539" s="103"/>
+      <c r="E539" s="96"/>
+      <c r="F539" s="96"/>
+      <c r="G539" s="96"/>
+      <c r="H539" s="97"/>
+      <c r="I539" s="97"/>
+      <c r="J539" s="97"/>
+      <c r="K539" s="98"/>
+      <c r="L539" s="99"/>
+      <c r="M539" s="100"/>
+      <c r="N539" s="100"/>
+      <c r="O539" s="101"/>
+      <c r="P539" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B539:G539)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="540" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A540" s="101"/>
-[...14 lines deleted...]
-      <c r="P540" s="108" t="str">
+      <c r="A540" s="143"/>
+      <c r="B540" s="144"/>
+      <c r="C540" s="103"/>
+      <c r="D540" s="103"/>
+      <c r="E540" s="96"/>
+      <c r="F540" s="96"/>
+      <c r="G540" s="96"/>
+      <c r="H540" s="97"/>
+      <c r="I540" s="97"/>
+      <c r="J540" s="97"/>
+      <c r="K540" s="98"/>
+      <c r="L540" s="99"/>
+      <c r="M540" s="100"/>
+      <c r="N540" s="100"/>
+      <c r="O540" s="101"/>
+      <c r="P540" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B540:G540)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="541" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A541" s="101"/>
-[...14 lines deleted...]
-      <c r="P541" s="108" t="str">
+      <c r="A541" s="143"/>
+      <c r="B541" s="144"/>
+      <c r="C541" s="103"/>
+      <c r="D541" s="103"/>
+      <c r="E541" s="96"/>
+      <c r="F541" s="96"/>
+      <c r="G541" s="96"/>
+      <c r="H541" s="97"/>
+      <c r="I541" s="97"/>
+      <c r="J541" s="97"/>
+      <c r="K541" s="98"/>
+      <c r="L541" s="99"/>
+      <c r="M541" s="100"/>
+      <c r="N541" s="100"/>
+      <c r="O541" s="101"/>
+      <c r="P541" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B541:G541)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="542" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A542" s="101"/>
-[...14 lines deleted...]
-      <c r="P542" s="108" t="str">
+      <c r="A542" s="143"/>
+      <c r="B542" s="144"/>
+      <c r="C542" s="103"/>
+      <c r="D542" s="103"/>
+      <c r="E542" s="96"/>
+      <c r="F542" s="96"/>
+      <c r="G542" s="96"/>
+      <c r="H542" s="97"/>
+      <c r="I542" s="97"/>
+      <c r="J542" s="97"/>
+      <c r="K542" s="98"/>
+      <c r="L542" s="99"/>
+      <c r="M542" s="100"/>
+      <c r="N542" s="100"/>
+      <c r="O542" s="101"/>
+      <c r="P542" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B542:G542)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="543" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A543" s="101"/>
-[...14 lines deleted...]
-      <c r="P543" s="108" t="str">
+      <c r="A543" s="143"/>
+      <c r="B543" s="144"/>
+      <c r="C543" s="103"/>
+      <c r="D543" s="103"/>
+      <c r="E543" s="96"/>
+      <c r="F543" s="96"/>
+      <c r="G543" s="96"/>
+      <c r="H543" s="97"/>
+      <c r="I543" s="97"/>
+      <c r="J543" s="97"/>
+      <c r="K543" s="98"/>
+      <c r="L543" s="99"/>
+      <c r="M543" s="100"/>
+      <c r="N543" s="100"/>
+      <c r="O543" s="101"/>
+      <c r="P543" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B543:G543)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="544" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A544" s="101"/>
-[...14 lines deleted...]
-      <c r="P544" s="108" t="str">
+      <c r="A544" s="143"/>
+      <c r="B544" s="144"/>
+      <c r="C544" s="103"/>
+      <c r="D544" s="103"/>
+      <c r="E544" s="96"/>
+      <c r="F544" s="96"/>
+      <c r="G544" s="96"/>
+      <c r="H544" s="97"/>
+      <c r="I544" s="97"/>
+      <c r="J544" s="97"/>
+      <c r="K544" s="98"/>
+      <c r="L544" s="99"/>
+      <c r="M544" s="100"/>
+      <c r="N544" s="100"/>
+      <c r="O544" s="101"/>
+      <c r="P544" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B544:G544)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="545" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A545" s="101"/>
-[...14 lines deleted...]
-      <c r="P545" s="108" t="str">
+      <c r="A545" s="143"/>
+      <c r="B545" s="144"/>
+      <c r="C545" s="103"/>
+      <c r="D545" s="103"/>
+      <c r="E545" s="96"/>
+      <c r="F545" s="96"/>
+      <c r="G545" s="96"/>
+      <c r="H545" s="97"/>
+      <c r="I545" s="97"/>
+      <c r="J545" s="97"/>
+      <c r="K545" s="98"/>
+      <c r="L545" s="99"/>
+      <c r="M545" s="100"/>
+      <c r="N545" s="100"/>
+      <c r="O545" s="101"/>
+      <c r="P545" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B545:G545)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="546" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A546" s="101"/>
-[...14 lines deleted...]
-      <c r="P546" s="108" t="str">
+      <c r="A546" s="143"/>
+      <c r="B546" s="144"/>
+      <c r="C546" s="103"/>
+      <c r="D546" s="103"/>
+      <c r="E546" s="96"/>
+      <c r="F546" s="96"/>
+      <c r="G546" s="96"/>
+      <c r="H546" s="97"/>
+      <c r="I546" s="97"/>
+      <c r="J546" s="97"/>
+      <c r="K546" s="98"/>
+      <c r="L546" s="99"/>
+      <c r="M546" s="100"/>
+      <c r="N546" s="100"/>
+      <c r="O546" s="101"/>
+      <c r="P546" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B546:G546)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="547" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A547" s="101"/>
-[...14 lines deleted...]
-      <c r="P547" s="108" t="str">
+      <c r="A547" s="143"/>
+      <c r="B547" s="144"/>
+      <c r="C547" s="103"/>
+      <c r="D547" s="103"/>
+      <c r="E547" s="96"/>
+      <c r="F547" s="96"/>
+      <c r="G547" s="96"/>
+      <c r="H547" s="97"/>
+      <c r="I547" s="97"/>
+      <c r="J547" s="97"/>
+      <c r="K547" s="98"/>
+      <c r="L547" s="99"/>
+      <c r="M547" s="100"/>
+      <c r="N547" s="100"/>
+      <c r="O547" s="101"/>
+      <c r="P547" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B547:G547)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="548" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A548" s="101"/>
-[...14 lines deleted...]
-      <c r="P548" s="108" t="str">
+      <c r="A548" s="143"/>
+      <c r="B548" s="144"/>
+      <c r="C548" s="103"/>
+      <c r="D548" s="103"/>
+      <c r="E548" s="96"/>
+      <c r="F548" s="96"/>
+      <c r="G548" s="96"/>
+      <c r="H548" s="97"/>
+      <c r="I548" s="97"/>
+      <c r="J548" s="97"/>
+      <c r="K548" s="98"/>
+      <c r="L548" s="99"/>
+      <c r="M548" s="100"/>
+      <c r="N548" s="100"/>
+      <c r="O548" s="101"/>
+      <c r="P548" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B548:G548)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="549" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A549" s="101"/>
-[...14 lines deleted...]
-      <c r="P549" s="108" t="str">
+      <c r="A549" s="143"/>
+      <c r="B549" s="144"/>
+      <c r="C549" s="103"/>
+      <c r="D549" s="103"/>
+      <c r="E549" s="96"/>
+      <c r="F549" s="96"/>
+      <c r="G549" s="96"/>
+      <c r="H549" s="97"/>
+      <c r="I549" s="97"/>
+      <c r="J549" s="97"/>
+      <c r="K549" s="98"/>
+      <c r="L549" s="99"/>
+      <c r="M549" s="100"/>
+      <c r="N549" s="100"/>
+      <c r="O549" s="101"/>
+      <c r="P549" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B549:G549)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="550" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A550" s="101"/>
-[...14 lines deleted...]
-      <c r="P550" s="108" t="str">
+      <c r="A550" s="143"/>
+      <c r="B550" s="144"/>
+      <c r="C550" s="103"/>
+      <c r="D550" s="103"/>
+      <c r="E550" s="96"/>
+      <c r="F550" s="96"/>
+      <c r="G550" s="96"/>
+      <c r="H550" s="97"/>
+      <c r="I550" s="97"/>
+      <c r="J550" s="97"/>
+      <c r="K550" s="98"/>
+      <c r="L550" s="99"/>
+      <c r="M550" s="100"/>
+      <c r="N550" s="100"/>
+      <c r="O550" s="101"/>
+      <c r="P550" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B550:G550)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="551" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A551" s="101"/>
-[...14 lines deleted...]
-      <c r="P551" s="108" t="str">
+      <c r="A551" s="143"/>
+      <c r="B551" s="144"/>
+      <c r="C551" s="103"/>
+      <c r="D551" s="103"/>
+      <c r="E551" s="96"/>
+      <c r="F551" s="96"/>
+      <c r="G551" s="96"/>
+      <c r="H551" s="97"/>
+      <c r="I551" s="97"/>
+      <c r="J551" s="97"/>
+      <c r="K551" s="98"/>
+      <c r="L551" s="99"/>
+      <c r="M551" s="100"/>
+      <c r="N551" s="100"/>
+      <c r="O551" s="101"/>
+      <c r="P551" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B551:G551)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="552" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A552" s="101"/>
-[...14 lines deleted...]
-      <c r="P552" s="108" t="str">
+      <c r="A552" s="143"/>
+      <c r="B552" s="144"/>
+      <c r="C552" s="103"/>
+      <c r="D552" s="103"/>
+      <c r="E552" s="96"/>
+      <c r="F552" s="96"/>
+      <c r="G552" s="96"/>
+      <c r="H552" s="97"/>
+      <c r="I552" s="97"/>
+      <c r="J552" s="97"/>
+      <c r="K552" s="98"/>
+      <c r="L552" s="99"/>
+      <c r="M552" s="100"/>
+      <c r="N552" s="100"/>
+      <c r="O552" s="101"/>
+      <c r="P552" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B552:G552)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="553" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A553" s="101"/>
-[...14 lines deleted...]
-      <c r="P553" s="108" t="str">
+      <c r="A553" s="143"/>
+      <c r="B553" s="144"/>
+      <c r="C553" s="103"/>
+      <c r="D553" s="103"/>
+      <c r="E553" s="96"/>
+      <c r="F553" s="96"/>
+      <c r="G553" s="96"/>
+      <c r="H553" s="97"/>
+      <c r="I553" s="97"/>
+      <c r="J553" s="97"/>
+      <c r="K553" s="98"/>
+      <c r="L553" s="99"/>
+      <c r="M553" s="100"/>
+      <c r="N553" s="100"/>
+      <c r="O553" s="101"/>
+      <c r="P553" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B553:G553)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="554" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A554" s="101"/>
-[...14 lines deleted...]
-      <c r="P554" s="108" t="str">
+      <c r="A554" s="143"/>
+      <c r="B554" s="144"/>
+      <c r="C554" s="103"/>
+      <c r="D554" s="103"/>
+      <c r="E554" s="96"/>
+      <c r="F554" s="96"/>
+      <c r="G554" s="96"/>
+      <c r="H554" s="97"/>
+      <c r="I554" s="97"/>
+      <c r="J554" s="97"/>
+      <c r="K554" s="98"/>
+      <c r="L554" s="99"/>
+      <c r="M554" s="100"/>
+      <c r="N554" s="100"/>
+      <c r="O554" s="101"/>
+      <c r="P554" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B554:G554)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="555" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A555" s="101"/>
-[...14 lines deleted...]
-      <c r="P555" s="108" t="str">
+      <c r="A555" s="143"/>
+      <c r="B555" s="144"/>
+      <c r="C555" s="103"/>
+      <c r="D555" s="103"/>
+      <c r="E555" s="96"/>
+      <c r="F555" s="96"/>
+      <c r="G555" s="96"/>
+      <c r="H555" s="97"/>
+      <c r="I555" s="97"/>
+      <c r="J555" s="97"/>
+      <c r="K555" s="98"/>
+      <c r="L555" s="99"/>
+      <c r="M555" s="100"/>
+      <c r="N555" s="100"/>
+      <c r="O555" s="101"/>
+      <c r="P555" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B555:G555)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="556" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A556" s="101"/>
-[...14 lines deleted...]
-      <c r="P556" s="108" t="str">
+      <c r="A556" s="143"/>
+      <c r="B556" s="144"/>
+      <c r="C556" s="103"/>
+      <c r="D556" s="103"/>
+      <c r="E556" s="96"/>
+      <c r="F556" s="96"/>
+      <c r="G556" s="96"/>
+      <c r="H556" s="97"/>
+      <c r="I556" s="97"/>
+      <c r="J556" s="97"/>
+      <c r="K556" s="98"/>
+      <c r="L556" s="99"/>
+      <c r="M556" s="100"/>
+      <c r="N556" s="100"/>
+      <c r="O556" s="101"/>
+      <c r="P556" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B556:G556)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="557" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A557" s="101"/>
-[...14 lines deleted...]
-      <c r="P557" s="108" t="str">
+      <c r="A557" s="143"/>
+      <c r="B557" s="144"/>
+      <c r="C557" s="103"/>
+      <c r="D557" s="103"/>
+      <c r="E557" s="96"/>
+      <c r="F557" s="96"/>
+      <c r="G557" s="96"/>
+      <c r="H557" s="97"/>
+      <c r="I557" s="97"/>
+      <c r="J557" s="97"/>
+      <c r="K557" s="98"/>
+      <c r="L557" s="99"/>
+      <c r="M557" s="100"/>
+      <c r="N557" s="100"/>
+      <c r="O557" s="101"/>
+      <c r="P557" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B557:G557)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="558" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A558" s="101"/>
-[...14 lines deleted...]
-      <c r="P558" s="108" t="str">
+      <c r="A558" s="143"/>
+      <c r="B558" s="144"/>
+      <c r="C558" s="103"/>
+      <c r="D558" s="103"/>
+      <c r="E558" s="96"/>
+      <c r="F558" s="96"/>
+      <c r="G558" s="96"/>
+      <c r="H558" s="97"/>
+      <c r="I558" s="97"/>
+      <c r="J558" s="97"/>
+      <c r="K558" s="98"/>
+      <c r="L558" s="99"/>
+      <c r="M558" s="100"/>
+      <c r="N558" s="100"/>
+      <c r="O558" s="101"/>
+      <c r="P558" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B558:G558)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="559" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A559" s="101"/>
-[...14 lines deleted...]
-      <c r="P559" s="108" t="str">
+      <c r="A559" s="143"/>
+      <c r="B559" s="144"/>
+      <c r="C559" s="103"/>
+      <c r="D559" s="103"/>
+      <c r="E559" s="96"/>
+      <c r="F559" s="96"/>
+      <c r="G559" s="96"/>
+      <c r="H559" s="97"/>
+      <c r="I559" s="97"/>
+      <c r="J559" s="97"/>
+      <c r="K559" s="98"/>
+      <c r="L559" s="99"/>
+      <c r="M559" s="100"/>
+      <c r="N559" s="100"/>
+      <c r="O559" s="101"/>
+      <c r="P559" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B559:G559)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="560" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A560" s="101"/>
-[...14 lines deleted...]
-      <c r="P560" s="108" t="str">
+      <c r="A560" s="143"/>
+      <c r="B560" s="144"/>
+      <c r="C560" s="103"/>
+      <c r="D560" s="103"/>
+      <c r="E560" s="96"/>
+      <c r="F560" s="96"/>
+      <c r="G560" s="96"/>
+      <c r="H560" s="97"/>
+      <c r="I560" s="97"/>
+      <c r="J560" s="97"/>
+      <c r="K560" s="98"/>
+      <c r="L560" s="99"/>
+      <c r="M560" s="100"/>
+      <c r="N560" s="100"/>
+      <c r="O560" s="101"/>
+      <c r="P560" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B560:G560)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="561" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A561" s="101"/>
-[...14 lines deleted...]
-      <c r="P561" s="108" t="str">
+      <c r="A561" s="143"/>
+      <c r="B561" s="144"/>
+      <c r="C561" s="103"/>
+      <c r="D561" s="103"/>
+      <c r="E561" s="96"/>
+      <c r="F561" s="96"/>
+      <c r="G561" s="96"/>
+      <c r="H561" s="97"/>
+      <c r="I561" s="97"/>
+      <c r="J561" s="97"/>
+      <c r="K561" s="98"/>
+      <c r="L561" s="99"/>
+      <c r="M561" s="100"/>
+      <c r="N561" s="100"/>
+      <c r="O561" s="101"/>
+      <c r="P561" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B561:G561)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="562" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A562" s="101"/>
-[...14 lines deleted...]
-      <c r="P562" s="108" t="str">
+      <c r="A562" s="143"/>
+      <c r="B562" s="144"/>
+      <c r="C562" s="103"/>
+      <c r="D562" s="103"/>
+      <c r="E562" s="96"/>
+      <c r="F562" s="96"/>
+      <c r="G562" s="96"/>
+      <c r="H562" s="97"/>
+      <c r="I562" s="97"/>
+      <c r="J562" s="97"/>
+      <c r="K562" s="98"/>
+      <c r="L562" s="99"/>
+      <c r="M562" s="100"/>
+      <c r="N562" s="100"/>
+      <c r="O562" s="101"/>
+      <c r="P562" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B562:G562)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="563" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A563" s="101"/>
-[...14 lines deleted...]
-      <c r="P563" s="108" t="str">
+      <c r="A563" s="143"/>
+      <c r="B563" s="144"/>
+      <c r="C563" s="103"/>
+      <c r="D563" s="103"/>
+      <c r="E563" s="96"/>
+      <c r="F563" s="96"/>
+      <c r="G563" s="96"/>
+      <c r="H563" s="97"/>
+      <c r="I563" s="97"/>
+      <c r="J563" s="97"/>
+      <c r="K563" s="98"/>
+      <c r="L563" s="99"/>
+      <c r="M563" s="100"/>
+      <c r="N563" s="100"/>
+      <c r="O563" s="101"/>
+      <c r="P563" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B563:G563)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="564" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A564" s="101"/>
-[...14 lines deleted...]
-      <c r="P564" s="108" t="str">
+      <c r="A564" s="143"/>
+      <c r="B564" s="144"/>
+      <c r="C564" s="103"/>
+      <c r="D564" s="103"/>
+      <c r="E564" s="96"/>
+      <c r="F564" s="96"/>
+      <c r="G564" s="96"/>
+      <c r="H564" s="97"/>
+      <c r="I564" s="97"/>
+      <c r="J564" s="97"/>
+      <c r="K564" s="98"/>
+      <c r="L564" s="99"/>
+      <c r="M564" s="100"/>
+      <c r="N564" s="100"/>
+      <c r="O564" s="101"/>
+      <c r="P564" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B564:G564)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="565" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A565" s="101"/>
-[...14 lines deleted...]
-      <c r="P565" s="108" t="str">
+      <c r="A565" s="143"/>
+      <c r="B565" s="144"/>
+      <c r="C565" s="103"/>
+      <c r="D565" s="103"/>
+      <c r="E565" s="96"/>
+      <c r="F565" s="96"/>
+      <c r="G565" s="96"/>
+      <c r="H565" s="97"/>
+      <c r="I565" s="97"/>
+      <c r="J565" s="97"/>
+      <c r="K565" s="98"/>
+      <c r="L565" s="99"/>
+      <c r="M565" s="100"/>
+      <c r="N565" s="100"/>
+      <c r="O565" s="101"/>
+      <c r="P565" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B565:G565)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="566" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A566" s="101"/>
-[...14 lines deleted...]
-      <c r="P566" s="108" t="str">
+      <c r="A566" s="143"/>
+      <c r="B566" s="144"/>
+      <c r="C566" s="103"/>
+      <c r="D566" s="103"/>
+      <c r="E566" s="96"/>
+      <c r="F566" s="96"/>
+      <c r="G566" s="96"/>
+      <c r="H566" s="97"/>
+      <c r="I566" s="97"/>
+      <c r="J566" s="97"/>
+      <c r="K566" s="98"/>
+      <c r="L566" s="99"/>
+      <c r="M566" s="100"/>
+      <c r="N566" s="100"/>
+      <c r="O566" s="101"/>
+      <c r="P566" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B566:G566)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="567" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A567" s="101"/>
-[...14 lines deleted...]
-      <c r="P567" s="108" t="str">
+      <c r="A567" s="143"/>
+      <c r="B567" s="144"/>
+      <c r="C567" s="103"/>
+      <c r="D567" s="103"/>
+      <c r="E567" s="96"/>
+      <c r="F567" s="96"/>
+      <c r="G567" s="96"/>
+      <c r="H567" s="97"/>
+      <c r="I567" s="97"/>
+      <c r="J567" s="97"/>
+      <c r="K567" s="98"/>
+      <c r="L567" s="99"/>
+      <c r="M567" s="100"/>
+      <c r="N567" s="100"/>
+      <c r="O567" s="101"/>
+      <c r="P567" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B567:G567)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="568" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A568" s="101"/>
-[...14 lines deleted...]
-      <c r="P568" s="108" t="str">
+      <c r="A568" s="143"/>
+      <c r="B568" s="144"/>
+      <c r="C568" s="103"/>
+      <c r="D568" s="103"/>
+      <c r="E568" s="96"/>
+      <c r="F568" s="96"/>
+      <c r="G568" s="96"/>
+      <c r="H568" s="97"/>
+      <c r="I568" s="97"/>
+      <c r="J568" s="97"/>
+      <c r="K568" s="98"/>
+      <c r="L568" s="99"/>
+      <c r="M568" s="100"/>
+      <c r="N568" s="100"/>
+      <c r="O568" s="101"/>
+      <c r="P568" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B568:G568)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="569" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A569" s="101"/>
-[...14 lines deleted...]
-      <c r="P569" s="108" t="str">
+      <c r="A569" s="143"/>
+      <c r="B569" s="144"/>
+      <c r="C569" s="103"/>
+      <c r="D569" s="103"/>
+      <c r="E569" s="96"/>
+      <c r="F569" s="96"/>
+      <c r="G569" s="96"/>
+      <c r="H569" s="97"/>
+      <c r="I569" s="97"/>
+      <c r="J569" s="97"/>
+      <c r="K569" s="98"/>
+      <c r="L569" s="99"/>
+      <c r="M569" s="100"/>
+      <c r="N569" s="100"/>
+      <c r="O569" s="101"/>
+      <c r="P569" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B569:G569)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="570" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A570" s="101"/>
-[...14 lines deleted...]
-      <c r="P570" s="108" t="str">
+      <c r="A570" s="143"/>
+      <c r="B570" s="144"/>
+      <c r="C570" s="103"/>
+      <c r="D570" s="103"/>
+      <c r="E570" s="96"/>
+      <c r="F570" s="96"/>
+      <c r="G570" s="96"/>
+      <c r="H570" s="97"/>
+      <c r="I570" s="97"/>
+      <c r="J570" s="97"/>
+      <c r="K570" s="98"/>
+      <c r="L570" s="99"/>
+      <c r="M570" s="100"/>
+      <c r="N570" s="100"/>
+      <c r="O570" s="101"/>
+      <c r="P570" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B570:G570)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="571" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A571" s="101"/>
-[...14 lines deleted...]
-      <c r="P571" s="108" t="str">
+      <c r="A571" s="143"/>
+      <c r="B571" s="144"/>
+      <c r="C571" s="103"/>
+      <c r="D571" s="103"/>
+      <c r="E571" s="96"/>
+      <c r="F571" s="96"/>
+      <c r="G571" s="96"/>
+      <c r="H571" s="97"/>
+      <c r="I571" s="97"/>
+      <c r="J571" s="97"/>
+      <c r="K571" s="98"/>
+      <c r="L571" s="99"/>
+      <c r="M571" s="100"/>
+      <c r="N571" s="100"/>
+      <c r="O571" s="101"/>
+      <c r="P571" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B571:G571)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="572" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A572" s="101"/>
-[...14 lines deleted...]
-      <c r="P572" s="108" t="str">
+      <c r="A572" s="143"/>
+      <c r="B572" s="144"/>
+      <c r="C572" s="103"/>
+      <c r="D572" s="103"/>
+      <c r="E572" s="96"/>
+      <c r="F572" s="96"/>
+      <c r="G572" s="96"/>
+      <c r="H572" s="97"/>
+      <c r="I572" s="97"/>
+      <c r="J572" s="97"/>
+      <c r="K572" s="98"/>
+      <c r="L572" s="99"/>
+      <c r="M572" s="100"/>
+      <c r="N572" s="100"/>
+      <c r="O572" s="101"/>
+      <c r="P572" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B572:G572)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="573" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A573" s="101"/>
-[...14 lines deleted...]
-      <c r="P573" s="108" t="str">
+      <c r="A573" s="143"/>
+      <c r="B573" s="144"/>
+      <c r="C573" s="103"/>
+      <c r="D573" s="103"/>
+      <c r="E573" s="96"/>
+      <c r="F573" s="96"/>
+      <c r="G573" s="96"/>
+      <c r="H573" s="97"/>
+      <c r="I573" s="97"/>
+      <c r="J573" s="97"/>
+      <c r="K573" s="98"/>
+      <c r="L573" s="99"/>
+      <c r="M573" s="100"/>
+      <c r="N573" s="100"/>
+      <c r="O573" s="101"/>
+      <c r="P573" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B573:G573)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="574" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A574" s="101"/>
-[...14 lines deleted...]
-      <c r="P574" s="108" t="str">
+      <c r="A574" s="143"/>
+      <c r="B574" s="144"/>
+      <c r="C574" s="103"/>
+      <c r="D574" s="103"/>
+      <c r="E574" s="96"/>
+      <c r="F574" s="96"/>
+      <c r="G574" s="96"/>
+      <c r="H574" s="97"/>
+      <c r="I574" s="97"/>
+      <c r="J574" s="97"/>
+      <c r="K574" s="98"/>
+      <c r="L574" s="99"/>
+      <c r="M574" s="100"/>
+      <c r="N574" s="100"/>
+      <c r="O574" s="101"/>
+      <c r="P574" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B574:G574)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="575" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A575" s="101"/>
-[...14 lines deleted...]
-      <c r="P575" s="108" t="str">
+      <c r="A575" s="143"/>
+      <c r="B575" s="144"/>
+      <c r="C575" s="103"/>
+      <c r="D575" s="103"/>
+      <c r="E575" s="96"/>
+      <c r="F575" s="96"/>
+      <c r="G575" s="96"/>
+      <c r="H575" s="97"/>
+      <c r="I575" s="97"/>
+      <c r="J575" s="97"/>
+      <c r="K575" s="98"/>
+      <c r="L575" s="99"/>
+      <c r="M575" s="100"/>
+      <c r="N575" s="100"/>
+      <c r="O575" s="101"/>
+      <c r="P575" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B575:G575)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="576" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A576" s="101"/>
-[...14 lines deleted...]
-      <c r="P576" s="108" t="str">
+      <c r="A576" s="143"/>
+      <c r="B576" s="144"/>
+      <c r="C576" s="103"/>
+      <c r="D576" s="103"/>
+      <c r="E576" s="96"/>
+      <c r="F576" s="96"/>
+      <c r="G576" s="96"/>
+      <c r="H576" s="97"/>
+      <c r="I576" s="97"/>
+      <c r="J576" s="97"/>
+      <c r="K576" s="98"/>
+      <c r="L576" s="99"/>
+      <c r="M576" s="100"/>
+      <c r="N576" s="100"/>
+      <c r="O576" s="101"/>
+      <c r="P576" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B576:G576)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="577" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A577" s="101"/>
-[...14 lines deleted...]
-      <c r="P577" s="108" t="str">
+      <c r="A577" s="143"/>
+      <c r="B577" s="144"/>
+      <c r="C577" s="103"/>
+      <c r="D577" s="103"/>
+      <c r="E577" s="96"/>
+      <c r="F577" s="96"/>
+      <c r="G577" s="96"/>
+      <c r="H577" s="97"/>
+      <c r="I577" s="97"/>
+      <c r="J577" s="97"/>
+      <c r="K577" s="98"/>
+      <c r="L577" s="99"/>
+      <c r="M577" s="100"/>
+      <c r="N577" s="100"/>
+      <c r="O577" s="101"/>
+      <c r="P577" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B577:G577)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="578" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A578" s="101"/>
-[...14 lines deleted...]
-      <c r="P578" s="108" t="str">
+      <c r="A578" s="143"/>
+      <c r="B578" s="144"/>
+      <c r="C578" s="103"/>
+      <c r="D578" s="103"/>
+      <c r="E578" s="96"/>
+      <c r="F578" s="96"/>
+      <c r="G578" s="96"/>
+      <c r="H578" s="97"/>
+      <c r="I578" s="97"/>
+      <c r="J578" s="97"/>
+      <c r="K578" s="98"/>
+      <c r="L578" s="99"/>
+      <c r="M578" s="100"/>
+      <c r="N578" s="100"/>
+      <c r="O578" s="101"/>
+      <c r="P578" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B578:G578)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="579" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A579" s="101"/>
-[...14 lines deleted...]
-      <c r="P579" s="108" t="str">
+      <c r="A579" s="143"/>
+      <c r="B579" s="144"/>
+      <c r="C579" s="103"/>
+      <c r="D579" s="103"/>
+      <c r="E579" s="96"/>
+      <c r="F579" s="96"/>
+      <c r="G579" s="96"/>
+      <c r="H579" s="97"/>
+      <c r="I579" s="97"/>
+      <c r="J579" s="97"/>
+      <c r="K579" s="98"/>
+      <c r="L579" s="99"/>
+      <c r="M579" s="100"/>
+      <c r="N579" s="100"/>
+      <c r="O579" s="101"/>
+      <c r="P579" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B579:G579)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="580" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A580" s="101"/>
-[...14 lines deleted...]
-      <c r="P580" s="108" t="str">
+      <c r="A580" s="143"/>
+      <c r="B580" s="144"/>
+      <c r="C580" s="103"/>
+      <c r="D580" s="103"/>
+      <c r="E580" s="96"/>
+      <c r="F580" s="96"/>
+      <c r="G580" s="96"/>
+      <c r="H580" s="97"/>
+      <c r="I580" s="97"/>
+      <c r="J580" s="97"/>
+      <c r="K580" s="98"/>
+      <c r="L580" s="99"/>
+      <c r="M580" s="100"/>
+      <c r="N580" s="100"/>
+      <c r="O580" s="101"/>
+      <c r="P580" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B580:G580)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="581" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A581" s="101"/>
-[...14 lines deleted...]
-      <c r="P581" s="108" t="str">
+      <c r="A581" s="143"/>
+      <c r="B581" s="144"/>
+      <c r="C581" s="103"/>
+      <c r="D581" s="103"/>
+      <c r="E581" s="96"/>
+      <c r="F581" s="96"/>
+      <c r="G581" s="96"/>
+      <c r="H581" s="97"/>
+      <c r="I581" s="97"/>
+      <c r="J581" s="97"/>
+      <c r="K581" s="98"/>
+      <c r="L581" s="99"/>
+      <c r="M581" s="100"/>
+      <c r="N581" s="100"/>
+      <c r="O581" s="101"/>
+      <c r="P581" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B581:G581)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="582" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A582" s="101"/>
-[...14 lines deleted...]
-      <c r="P582" s="108" t="str">
+      <c r="A582" s="143"/>
+      <c r="B582" s="144"/>
+      <c r="C582" s="103"/>
+      <c r="D582" s="103"/>
+      <c r="E582" s="96"/>
+      <c r="F582" s="96"/>
+      <c r="G582" s="96"/>
+      <c r="H582" s="97"/>
+      <c r="I582" s="97"/>
+      <c r="J582" s="97"/>
+      <c r="K582" s="98"/>
+      <c r="L582" s="99"/>
+      <c r="M582" s="100"/>
+      <c r="N582" s="100"/>
+      <c r="O582" s="101"/>
+      <c r="P582" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B582:G582)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="583" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A583" s="101"/>
-[...14 lines deleted...]
-      <c r="P583" s="108" t="str">
+      <c r="A583" s="143"/>
+      <c r="B583" s="144"/>
+      <c r="C583" s="103"/>
+      <c r="D583" s="103"/>
+      <c r="E583" s="96"/>
+      <c r="F583" s="96"/>
+      <c r="G583" s="96"/>
+      <c r="H583" s="97"/>
+      <c r="I583" s="97"/>
+      <c r="J583" s="97"/>
+      <c r="K583" s="98"/>
+      <c r="L583" s="99"/>
+      <c r="M583" s="100"/>
+      <c r="N583" s="100"/>
+      <c r="O583" s="101"/>
+      <c r="P583" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B583:G583)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="584" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A584" s="101"/>
-[...14 lines deleted...]
-      <c r="P584" s="108" t="str">
+      <c r="A584" s="143"/>
+      <c r="B584" s="144"/>
+      <c r="C584" s="103"/>
+      <c r="D584" s="103"/>
+      <c r="E584" s="96"/>
+      <c r="F584" s="96"/>
+      <c r="G584" s="96"/>
+      <c r="H584" s="97"/>
+      <c r="I584" s="97"/>
+      <c r="J584" s="97"/>
+      <c r="K584" s="98"/>
+      <c r="L584" s="99"/>
+      <c r="M584" s="100"/>
+      <c r="N584" s="100"/>
+      <c r="O584" s="101"/>
+      <c r="P584" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B584:G584)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="585" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A585" s="101"/>
-[...14 lines deleted...]
-      <c r="P585" s="108" t="str">
+      <c r="A585" s="143"/>
+      <c r="B585" s="144"/>
+      <c r="C585" s="103"/>
+      <c r="D585" s="103"/>
+      <c r="E585" s="96"/>
+      <c r="F585" s="96"/>
+      <c r="G585" s="96"/>
+      <c r="H585" s="97"/>
+      <c r="I585" s="97"/>
+      <c r="J585" s="97"/>
+      <c r="K585" s="98"/>
+      <c r="L585" s="99"/>
+      <c r="M585" s="100"/>
+      <c r="N585" s="100"/>
+      <c r="O585" s="101"/>
+      <c r="P585" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B585:G585)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="586" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A586" s="101"/>
-[...14 lines deleted...]
-      <c r="P586" s="108" t="str">
+      <c r="A586" s="143"/>
+      <c r="B586" s="144"/>
+      <c r="C586" s="103"/>
+      <c r="D586" s="103"/>
+      <c r="E586" s="96"/>
+      <c r="F586" s="96"/>
+      <c r="G586" s="96"/>
+      <c r="H586" s="97"/>
+      <c r="I586" s="97"/>
+      <c r="J586" s="97"/>
+      <c r="K586" s="98"/>
+      <c r="L586" s="99"/>
+      <c r="M586" s="100"/>
+      <c r="N586" s="100"/>
+      <c r="O586" s="101"/>
+      <c r="P586" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B586:G586)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="587" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A587" s="101"/>
-[...14 lines deleted...]
-      <c r="P587" s="108" t="str">
+      <c r="A587" s="143"/>
+      <c r="B587" s="144"/>
+      <c r="C587" s="103"/>
+      <c r="D587" s="103"/>
+      <c r="E587" s="96"/>
+      <c r="F587" s="96"/>
+      <c r="G587" s="96"/>
+      <c r="H587" s="97"/>
+      <c r="I587" s="97"/>
+      <c r="J587" s="97"/>
+      <c r="K587" s="98"/>
+      <c r="L587" s="99"/>
+      <c r="M587" s="100"/>
+      <c r="N587" s="100"/>
+      <c r="O587" s="101"/>
+      <c r="P587" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B587:G587)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="588" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A588" s="101"/>
-[...14 lines deleted...]
-      <c r="P588" s="108" t="str">
+      <c r="A588" s="143"/>
+      <c r="B588" s="144"/>
+      <c r="C588" s="103"/>
+      <c r="D588" s="103"/>
+      <c r="E588" s="96"/>
+      <c r="F588" s="96"/>
+      <c r="G588" s="96"/>
+      <c r="H588" s="97"/>
+      <c r="I588" s="97"/>
+      <c r="J588" s="97"/>
+      <c r="K588" s="98"/>
+      <c r="L588" s="99"/>
+      <c r="M588" s="100"/>
+      <c r="N588" s="100"/>
+      <c r="O588" s="101"/>
+      <c r="P588" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B588:G588)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="589" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A589" s="101"/>
-[...14 lines deleted...]
-      <c r="P589" s="108" t="str">
+      <c r="A589" s="143"/>
+      <c r="B589" s="144"/>
+      <c r="C589" s="103"/>
+      <c r="D589" s="103"/>
+      <c r="E589" s="96"/>
+      <c r="F589" s="96"/>
+      <c r="G589" s="96"/>
+      <c r="H589" s="97"/>
+      <c r="I589" s="97"/>
+      <c r="J589" s="97"/>
+      <c r="K589" s="98"/>
+      <c r="L589" s="99"/>
+      <c r="M589" s="100"/>
+      <c r="N589" s="100"/>
+      <c r="O589" s="101"/>
+      <c r="P589" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B589:G589)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="590" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A590" s="101"/>
-[...14 lines deleted...]
-      <c r="P590" s="108" t="str">
+      <c r="A590" s="143"/>
+      <c r="B590" s="144"/>
+      <c r="C590" s="103"/>
+      <c r="D590" s="103"/>
+      <c r="E590" s="96"/>
+      <c r="F590" s="96"/>
+      <c r="G590" s="96"/>
+      <c r="H590" s="97"/>
+      <c r="I590" s="97"/>
+      <c r="J590" s="97"/>
+      <c r="K590" s="98"/>
+      <c r="L590" s="99"/>
+      <c r="M590" s="100"/>
+      <c r="N590" s="100"/>
+      <c r="O590" s="101"/>
+      <c r="P590" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B590:G590)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="591" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A591" s="101"/>
-[...14 lines deleted...]
-      <c r="P591" s="108" t="str">
+      <c r="A591" s="143"/>
+      <c r="B591" s="144"/>
+      <c r="C591" s="103"/>
+      <c r="D591" s="103"/>
+      <c r="E591" s="96"/>
+      <c r="F591" s="96"/>
+      <c r="G591" s="96"/>
+      <c r="H591" s="97"/>
+      <c r="I591" s="97"/>
+      <c r="J591" s="97"/>
+      <c r="K591" s="98"/>
+      <c r="L591" s="99"/>
+      <c r="M591" s="100"/>
+      <c r="N591" s="100"/>
+      <c r="O591" s="101"/>
+      <c r="P591" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B591:G591)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="592" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A592" s="101"/>
-[...14 lines deleted...]
-      <c r="P592" s="108" t="str">
+      <c r="A592" s="143"/>
+      <c r="B592" s="144"/>
+      <c r="C592" s="103"/>
+      <c r="D592" s="103"/>
+      <c r="E592" s="96"/>
+      <c r="F592" s="96"/>
+      <c r="G592" s="96"/>
+      <c r="H592" s="97"/>
+      <c r="I592" s="97"/>
+      <c r="J592" s="97"/>
+      <c r="K592" s="98"/>
+      <c r="L592" s="99"/>
+      <c r="M592" s="100"/>
+      <c r="N592" s="100"/>
+      <c r="O592" s="101"/>
+      <c r="P592" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B592:G592)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="593" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A593" s="101"/>
-[...14 lines deleted...]
-      <c r="P593" s="108" t="str">
+      <c r="A593" s="143"/>
+      <c r="B593" s="144"/>
+      <c r="C593" s="103"/>
+      <c r="D593" s="103"/>
+      <c r="E593" s="96"/>
+      <c r="F593" s="96"/>
+      <c r="G593" s="96"/>
+      <c r="H593" s="97"/>
+      <c r="I593" s="97"/>
+      <c r="J593" s="97"/>
+      <c r="K593" s="98"/>
+      <c r="L593" s="99"/>
+      <c r="M593" s="100"/>
+      <c r="N593" s="100"/>
+      <c r="O593" s="101"/>
+      <c r="P593" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B593:G593)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="594" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A594" s="101"/>
-[...14 lines deleted...]
-      <c r="P594" s="108" t="str">
+      <c r="A594" s="143"/>
+      <c r="B594" s="144"/>
+      <c r="C594" s="103"/>
+      <c r="D594" s="103"/>
+      <c r="E594" s="96"/>
+      <c r="F594" s="96"/>
+      <c r="G594" s="96"/>
+      <c r="H594" s="97"/>
+      <c r="I594" s="97"/>
+      <c r="J594" s="97"/>
+      <c r="K594" s="98"/>
+      <c r="L594" s="99"/>
+      <c r="M594" s="100"/>
+      <c r="N594" s="100"/>
+      <c r="O594" s="101"/>
+      <c r="P594" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B594:G594)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="595" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A595" s="101"/>
-[...14 lines deleted...]
-      <c r="P595" s="108" t="str">
+      <c r="A595" s="143"/>
+      <c r="B595" s="144"/>
+      <c r="C595" s="103"/>
+      <c r="D595" s="103"/>
+      <c r="E595" s="96"/>
+      <c r="F595" s="96"/>
+      <c r="G595" s="96"/>
+      <c r="H595" s="97"/>
+      <c r="I595" s="97"/>
+      <c r="J595" s="97"/>
+      <c r="K595" s="98"/>
+      <c r="L595" s="99"/>
+      <c r="M595" s="100"/>
+      <c r="N595" s="100"/>
+      <c r="O595" s="101"/>
+      <c r="P595" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B595:G595)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="596" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A596" s="101"/>
-[...14 lines deleted...]
-      <c r="P596" s="108" t="str">
+      <c r="A596" s="143"/>
+      <c r="B596" s="144"/>
+      <c r="C596" s="103"/>
+      <c r="D596" s="103"/>
+      <c r="E596" s="96"/>
+      <c r="F596" s="96"/>
+      <c r="G596" s="96"/>
+      <c r="H596" s="97"/>
+      <c r="I596" s="97"/>
+      <c r="J596" s="97"/>
+      <c r="K596" s="98"/>
+      <c r="L596" s="99"/>
+      <c r="M596" s="100"/>
+      <c r="N596" s="100"/>
+      <c r="O596" s="101"/>
+      <c r="P596" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B596:G596)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="597" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A597" s="101"/>
-[...14 lines deleted...]
-      <c r="P597" s="108" t="str">
+      <c r="A597" s="143"/>
+      <c r="B597" s="144"/>
+      <c r="C597" s="103"/>
+      <c r="D597" s="103"/>
+      <c r="E597" s="96"/>
+      <c r="F597" s="96"/>
+      <c r="G597" s="96"/>
+      <c r="H597" s="97"/>
+      <c r="I597" s="97"/>
+      <c r="J597" s="97"/>
+      <c r="K597" s="98"/>
+      <c r="L597" s="99"/>
+      <c r="M597" s="100"/>
+      <c r="N597" s="100"/>
+      <c r="O597" s="101"/>
+      <c r="P597" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B597:G597)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="598" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A598" s="101"/>
-[...14 lines deleted...]
-      <c r="P598" s="108" t="str">
+      <c r="A598" s="143"/>
+      <c r="B598" s="144"/>
+      <c r="C598" s="103"/>
+      <c r="D598" s="103"/>
+      <c r="E598" s="96"/>
+      <c r="F598" s="96"/>
+      <c r="G598" s="96"/>
+      <c r="H598" s="97"/>
+      <c r="I598" s="97"/>
+      <c r="J598" s="97"/>
+      <c r="K598" s="98"/>
+      <c r="L598" s="99"/>
+      <c r="M598" s="100"/>
+      <c r="N598" s="100"/>
+      <c r="O598" s="101"/>
+      <c r="P598" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B598:G598)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="599" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A599" s="101"/>
-[...14 lines deleted...]
-      <c r="P599" s="108" t="str">
+      <c r="A599" s="143"/>
+      <c r="B599" s="144"/>
+      <c r="C599" s="103"/>
+      <c r="D599" s="103"/>
+      <c r="E599" s="96"/>
+      <c r="F599" s="96"/>
+      <c r="G599" s="96"/>
+      <c r="H599" s="97"/>
+      <c r="I599" s="97"/>
+      <c r="J599" s="97"/>
+      <c r="K599" s="98"/>
+      <c r="L599" s="99"/>
+      <c r="M599" s="100"/>
+      <c r="N599" s="100"/>
+      <c r="O599" s="101"/>
+      <c r="P599" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B599:G599)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="600" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A600" s="101"/>
-[...14 lines deleted...]
-      <c r="P600" s="108" t="str">
+      <c r="A600" s="143"/>
+      <c r="B600" s="144"/>
+      <c r="C600" s="103"/>
+      <c r="D600" s="103"/>
+      <c r="E600" s="96"/>
+      <c r="F600" s="96"/>
+      <c r="G600" s="96"/>
+      <c r="H600" s="97"/>
+      <c r="I600" s="97"/>
+      <c r="J600" s="97"/>
+      <c r="K600" s="98"/>
+      <c r="L600" s="99"/>
+      <c r="M600" s="100"/>
+      <c r="N600" s="100"/>
+      <c r="O600" s="101"/>
+      <c r="P600" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B600:G600)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="601" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A601" s="101"/>
-[...14 lines deleted...]
-      <c r="P601" s="108" t="str">
+      <c r="A601" s="143"/>
+      <c r="B601" s="144"/>
+      <c r="C601" s="103"/>
+      <c r="D601" s="103"/>
+      <c r="E601" s="96"/>
+      <c r="F601" s="96"/>
+      <c r="G601" s="96"/>
+      <c r="H601" s="97"/>
+      <c r="I601" s="97"/>
+      <c r="J601" s="97"/>
+      <c r="K601" s="98"/>
+      <c r="L601" s="99"/>
+      <c r="M601" s="100"/>
+      <c r="N601" s="100"/>
+      <c r="O601" s="101"/>
+      <c r="P601" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B601:G601)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="602" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A602" s="101"/>
-[...14 lines deleted...]
-      <c r="P602" s="108" t="str">
+      <c r="A602" s="143"/>
+      <c r="B602" s="144"/>
+      <c r="C602" s="103"/>
+      <c r="D602" s="103"/>
+      <c r="E602" s="96"/>
+      <c r="F602" s="96"/>
+      <c r="G602" s="96"/>
+      <c r="H602" s="97"/>
+      <c r="I602" s="97"/>
+      <c r="J602" s="97"/>
+      <c r="K602" s="98"/>
+      <c r="L602" s="99"/>
+      <c r="M602" s="100"/>
+      <c r="N602" s="100"/>
+      <c r="O602" s="101"/>
+      <c r="P602" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B602:G602)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="603" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A603" s="101"/>
-[...14 lines deleted...]
-      <c r="P603" s="108" t="str">
+      <c r="A603" s="143"/>
+      <c r="B603" s="144"/>
+      <c r="C603" s="103"/>
+      <c r="D603" s="103"/>
+      <c r="E603" s="96"/>
+      <c r="F603" s="96"/>
+      <c r="G603" s="96"/>
+      <c r="H603" s="97"/>
+      <c r="I603" s="97"/>
+      <c r="J603" s="97"/>
+      <c r="K603" s="98"/>
+      <c r="L603" s="99"/>
+      <c r="M603" s="100"/>
+      <c r="N603" s="100"/>
+      <c r="O603" s="101"/>
+      <c r="P603" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B603:G603)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="604" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A604" s="101"/>
-[...14 lines deleted...]
-      <c r="P604" s="108" t="str">
+      <c r="A604" s="143"/>
+      <c r="B604" s="144"/>
+      <c r="C604" s="103"/>
+      <c r="D604" s="103"/>
+      <c r="E604" s="96"/>
+      <c r="F604" s="96"/>
+      <c r="G604" s="96"/>
+      <c r="H604" s="97"/>
+      <c r="I604" s="97"/>
+      <c r="J604" s="97"/>
+      <c r="K604" s="98"/>
+      <c r="L604" s="99"/>
+      <c r="M604" s="100"/>
+      <c r="N604" s="100"/>
+      <c r="O604" s="101"/>
+      <c r="P604" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B604:G604)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="605" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A605" s="101"/>
-[...14 lines deleted...]
-      <c r="P605" s="108" t="str">
+      <c r="A605" s="143"/>
+      <c r="B605" s="144"/>
+      <c r="C605" s="103"/>
+      <c r="D605" s="103"/>
+      <c r="E605" s="96"/>
+      <c r="F605" s="96"/>
+      <c r="G605" s="96"/>
+      <c r="H605" s="97"/>
+      <c r="I605" s="97"/>
+      <c r="J605" s="97"/>
+      <c r="K605" s="98"/>
+      <c r="L605" s="99"/>
+      <c r="M605" s="100"/>
+      <c r="N605" s="100"/>
+      <c r="O605" s="101"/>
+      <c r="P605" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B605:G605)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="606" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A606" s="101"/>
-[...14 lines deleted...]
-      <c r="P606" s="108" t="str">
+      <c r="A606" s="143"/>
+      <c r="B606" s="144"/>
+      <c r="C606" s="103"/>
+      <c r="D606" s="103"/>
+      <c r="E606" s="96"/>
+      <c r="F606" s="96"/>
+      <c r="G606" s="96"/>
+      <c r="H606" s="97"/>
+      <c r="I606" s="97"/>
+      <c r="J606" s="97"/>
+      <c r="K606" s="98"/>
+      <c r="L606" s="99"/>
+      <c r="M606" s="100"/>
+      <c r="N606" s="100"/>
+      <c r="O606" s="101"/>
+      <c r="P606" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B606:G606)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="607" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A607" s="101"/>
-[...14 lines deleted...]
-      <c r="P607" s="108" t="str">
+      <c r="A607" s="143"/>
+      <c r="B607" s="144"/>
+      <c r="C607" s="103"/>
+      <c r="D607" s="103"/>
+      <c r="E607" s="96"/>
+      <c r="F607" s="96"/>
+      <c r="G607" s="96"/>
+      <c r="H607" s="97"/>
+      <c r="I607" s="97"/>
+      <c r="J607" s="97"/>
+      <c r="K607" s="98"/>
+      <c r="L607" s="99"/>
+      <c r="M607" s="100"/>
+      <c r="N607" s="100"/>
+      <c r="O607" s="101"/>
+      <c r="P607" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B607:G607)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="608" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A608" s="101"/>
-[...14 lines deleted...]
-      <c r="P608" s="108" t="str">
+      <c r="A608" s="143"/>
+      <c r="B608" s="144"/>
+      <c r="C608" s="103"/>
+      <c r="D608" s="103"/>
+      <c r="E608" s="96"/>
+      <c r="F608" s="96"/>
+      <c r="G608" s="96"/>
+      <c r="H608" s="97"/>
+      <c r="I608" s="97"/>
+      <c r="J608" s="97"/>
+      <c r="K608" s="98"/>
+      <c r="L608" s="99"/>
+      <c r="M608" s="100"/>
+      <c r="N608" s="100"/>
+      <c r="O608" s="101"/>
+      <c r="P608" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B608:G608)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="609" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A609" s="101"/>
-[...14 lines deleted...]
-      <c r="P609" s="108" t="str">
+      <c r="A609" s="143"/>
+      <c r="B609" s="144"/>
+      <c r="C609" s="103"/>
+      <c r="D609" s="103"/>
+      <c r="E609" s="96"/>
+      <c r="F609" s="96"/>
+      <c r="G609" s="96"/>
+      <c r="H609" s="97"/>
+      <c r="I609" s="97"/>
+      <c r="J609" s="97"/>
+      <c r="K609" s="98"/>
+      <c r="L609" s="99"/>
+      <c r="M609" s="100"/>
+      <c r="N609" s="100"/>
+      <c r="O609" s="101"/>
+      <c r="P609" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B609:G609)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="610" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A610" s="101"/>
-[...14 lines deleted...]
-      <c r="P610" s="108" t="str">
+      <c r="A610" s="143"/>
+      <c r="B610" s="144"/>
+      <c r="C610" s="103"/>
+      <c r="D610" s="103"/>
+      <c r="E610" s="96"/>
+      <c r="F610" s="96"/>
+      <c r="G610" s="96"/>
+      <c r="H610" s="97"/>
+      <c r="I610" s="97"/>
+      <c r="J610" s="97"/>
+      <c r="K610" s="98"/>
+      <c r="L610" s="99"/>
+      <c r="M610" s="100"/>
+      <c r="N610" s="100"/>
+      <c r="O610" s="101"/>
+      <c r="P610" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B610:G610)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="611" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A611" s="101"/>
-[...14 lines deleted...]
-      <c r="P611" s="108" t="str">
+      <c r="A611" s="143"/>
+      <c r="B611" s="144"/>
+      <c r="C611" s="103"/>
+      <c r="D611" s="103"/>
+      <c r="E611" s="96"/>
+      <c r="F611" s="96"/>
+      <c r="G611" s="96"/>
+      <c r="H611" s="97"/>
+      <c r="I611" s="97"/>
+      <c r="J611" s="97"/>
+      <c r="K611" s="98"/>
+      <c r="L611" s="99"/>
+      <c r="M611" s="100"/>
+      <c r="N611" s="100"/>
+      <c r="O611" s="101"/>
+      <c r="P611" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B611:G611)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="612" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A612" s="101"/>
-[...14 lines deleted...]
-      <c r="P612" s="108" t="str">
+      <c r="A612" s="143"/>
+      <c r="B612" s="144"/>
+      <c r="C612" s="103"/>
+      <c r="D612" s="103"/>
+      <c r="E612" s="96"/>
+      <c r="F612" s="96"/>
+      <c r="G612" s="96"/>
+      <c r="H612" s="97"/>
+      <c r="I612" s="97"/>
+      <c r="J612" s="97"/>
+      <c r="K612" s="98"/>
+      <c r="L612" s="99"/>
+      <c r="M612" s="100"/>
+      <c r="N612" s="100"/>
+      <c r="O612" s="101"/>
+      <c r="P612" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B612:G612)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="613" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A613" s="101"/>
-[...14 lines deleted...]
-      <c r="P613" s="108" t="str">
+      <c r="A613" s="143"/>
+      <c r="B613" s="144"/>
+      <c r="C613" s="103"/>
+      <c r="D613" s="103"/>
+      <c r="E613" s="96"/>
+      <c r="F613" s="96"/>
+      <c r="G613" s="96"/>
+      <c r="H613" s="97"/>
+      <c r="I613" s="97"/>
+      <c r="J613" s="97"/>
+      <c r="K613" s="98"/>
+      <c r="L613" s="99"/>
+      <c r="M613" s="100"/>
+      <c r="N613" s="100"/>
+      <c r="O613" s="101"/>
+      <c r="P613" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B613:G613)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="614" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A614" s="101"/>
-[...14 lines deleted...]
-      <c r="P614" s="108" t="str">
+      <c r="A614" s="143"/>
+      <c r="B614" s="144"/>
+      <c r="C614" s="103"/>
+      <c r="D614" s="103"/>
+      <c r="E614" s="96"/>
+      <c r="F614" s="96"/>
+      <c r="G614" s="96"/>
+      <c r="H614" s="97"/>
+      <c r="I614" s="97"/>
+      <c r="J614" s="97"/>
+      <c r="K614" s="98"/>
+      <c r="L614" s="99"/>
+      <c r="M614" s="100"/>
+      <c r="N614" s="100"/>
+      <c r="O614" s="101"/>
+      <c r="P614" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B614:G614)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="615" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A615" s="101"/>
-[...14 lines deleted...]
-      <c r="P615" s="108" t="str">
+      <c r="A615" s="143"/>
+      <c r="B615" s="144"/>
+      <c r="C615" s="103"/>
+      <c r="D615" s="103"/>
+      <c r="E615" s="96"/>
+      <c r="F615" s="96"/>
+      <c r="G615" s="96"/>
+      <c r="H615" s="97"/>
+      <c r="I615" s="97"/>
+      <c r="J615" s="97"/>
+      <c r="K615" s="98"/>
+      <c r="L615" s="99"/>
+      <c r="M615" s="100"/>
+      <c r="N615" s="100"/>
+      <c r="O615" s="101"/>
+      <c r="P615" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B615:G615)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="616" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A616" s="101"/>
-[...14 lines deleted...]
-      <c r="P616" s="108" t="str">
+      <c r="A616" s="143"/>
+      <c r="B616" s="144"/>
+      <c r="C616" s="103"/>
+      <c r="D616" s="103"/>
+      <c r="E616" s="96"/>
+      <c r="F616" s="96"/>
+      <c r="G616" s="96"/>
+      <c r="H616" s="97"/>
+      <c r="I616" s="97"/>
+      <c r="J616" s="97"/>
+      <c r="K616" s="98"/>
+      <c r="L616" s="99"/>
+      <c r="M616" s="100"/>
+      <c r="N616" s="100"/>
+      <c r="O616" s="101"/>
+      <c r="P616" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B616:G616)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="617" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A617" s="101"/>
-[...14 lines deleted...]
-      <c r="P617" s="108" t="str">
+      <c r="A617" s="143"/>
+      <c r="B617" s="144"/>
+      <c r="C617" s="103"/>
+      <c r="D617" s="103"/>
+      <c r="E617" s="96"/>
+      <c r="F617" s="96"/>
+      <c r="G617" s="96"/>
+      <c r="H617" s="97"/>
+      <c r="I617" s="97"/>
+      <c r="J617" s="97"/>
+      <c r="K617" s="98"/>
+      <c r="L617" s="99"/>
+      <c r="M617" s="100"/>
+      <c r="N617" s="100"/>
+      <c r="O617" s="101"/>
+      <c r="P617" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B617:G617)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="618" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A618" s="101"/>
-[...14 lines deleted...]
-      <c r="P618" s="108" t="str">
+      <c r="A618" s="143"/>
+      <c r="B618" s="144"/>
+      <c r="C618" s="103"/>
+      <c r="D618" s="103"/>
+      <c r="E618" s="96"/>
+      <c r="F618" s="96"/>
+      <c r="G618" s="96"/>
+      <c r="H618" s="97"/>
+      <c r="I618" s="97"/>
+      <c r="J618" s="97"/>
+      <c r="K618" s="98"/>
+      <c r="L618" s="99"/>
+      <c r="M618" s="100"/>
+      <c r="N618" s="100"/>
+      <c r="O618" s="101"/>
+      <c r="P618" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B618:G618)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="619" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A619" s="101"/>
-[...14 lines deleted...]
-      <c r="P619" s="108" t="str">
+      <c r="A619" s="143"/>
+      <c r="B619" s="144"/>
+      <c r="C619" s="103"/>
+      <c r="D619" s="103"/>
+      <c r="E619" s="96"/>
+      <c r="F619" s="96"/>
+      <c r="G619" s="96"/>
+      <c r="H619" s="97"/>
+      <c r="I619" s="97"/>
+      <c r="J619" s="97"/>
+      <c r="K619" s="98"/>
+      <c r="L619" s="99"/>
+      <c r="M619" s="100"/>
+      <c r="N619" s="100"/>
+      <c r="O619" s="101"/>
+      <c r="P619" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B619:G619)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="620" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A620" s="101"/>
-[...14 lines deleted...]
-      <c r="P620" s="108" t="str">
+      <c r="A620" s="143"/>
+      <c r="B620" s="144"/>
+      <c r="C620" s="103"/>
+      <c r="D620" s="103"/>
+      <c r="E620" s="96"/>
+      <c r="F620" s="96"/>
+      <c r="G620" s="96"/>
+      <c r="H620" s="97"/>
+      <c r="I620" s="97"/>
+      <c r="J620" s="97"/>
+      <c r="K620" s="98"/>
+      <c r="L620" s="99"/>
+      <c r="M620" s="100"/>
+      <c r="N620" s="100"/>
+      <c r="O620" s="101"/>
+      <c r="P620" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B620:G620)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="621" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A621" s="101"/>
-[...14 lines deleted...]
-      <c r="P621" s="108" t="str">
+      <c r="A621" s="143"/>
+      <c r="B621" s="144"/>
+      <c r="C621" s="103"/>
+      <c r="D621" s="103"/>
+      <c r="E621" s="96"/>
+      <c r="F621" s="96"/>
+      <c r="G621" s="96"/>
+      <c r="H621" s="97"/>
+      <c r="I621" s="97"/>
+      <c r="J621" s="97"/>
+      <c r="K621" s="98"/>
+      <c r="L621" s="99"/>
+      <c r="M621" s="100"/>
+      <c r="N621" s="100"/>
+      <c r="O621" s="101"/>
+      <c r="P621" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B621:G621)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="622" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A622" s="101"/>
-[...14 lines deleted...]
-      <c r="P622" s="108" t="str">
+      <c r="A622" s="143"/>
+      <c r="B622" s="144"/>
+      <c r="C622" s="103"/>
+      <c r="D622" s="103"/>
+      <c r="E622" s="96"/>
+      <c r="F622" s="96"/>
+      <c r="G622" s="96"/>
+      <c r="H622" s="97"/>
+      <c r="I622" s="97"/>
+      <c r="J622" s="97"/>
+      <c r="K622" s="98"/>
+      <c r="L622" s="99"/>
+      <c r="M622" s="100"/>
+      <c r="N622" s="100"/>
+      <c r="O622" s="101"/>
+      <c r="P622" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B622:G622)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="623" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A623" s="101"/>
-[...14 lines deleted...]
-      <c r="P623" s="108" t="str">
+      <c r="A623" s="143"/>
+      <c r="B623" s="144"/>
+      <c r="C623" s="103"/>
+      <c r="D623" s="103"/>
+      <c r="E623" s="96"/>
+      <c r="F623" s="96"/>
+      <c r="G623" s="96"/>
+      <c r="H623" s="97"/>
+      <c r="I623" s="97"/>
+      <c r="J623" s="97"/>
+      <c r="K623" s="98"/>
+      <c r="L623" s="99"/>
+      <c r="M623" s="100"/>
+      <c r="N623" s="100"/>
+      <c r="O623" s="101"/>
+      <c r="P623" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B623:G623)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="624" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A624" s="101"/>
-[...14 lines deleted...]
-      <c r="P624" s="108" t="str">
+      <c r="A624" s="143"/>
+      <c r="B624" s="144"/>
+      <c r="C624" s="103"/>
+      <c r="D624" s="103"/>
+      <c r="E624" s="96"/>
+      <c r="F624" s="96"/>
+      <c r="G624" s="96"/>
+      <c r="H624" s="97"/>
+      <c r="I624" s="97"/>
+      <c r="J624" s="97"/>
+      <c r="K624" s="98"/>
+      <c r="L624" s="99"/>
+      <c r="M624" s="100"/>
+      <c r="N624" s="100"/>
+      <c r="O624" s="101"/>
+      <c r="P624" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B624:G624)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="625" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A625" s="101"/>
-[...14 lines deleted...]
-      <c r="P625" s="108" t="str">
+      <c r="A625" s="143"/>
+      <c r="B625" s="144"/>
+      <c r="C625" s="103"/>
+      <c r="D625" s="103"/>
+      <c r="E625" s="96"/>
+      <c r="F625" s="96"/>
+      <c r="G625" s="96"/>
+      <c r="H625" s="97"/>
+      <c r="I625" s="97"/>
+      <c r="J625" s="97"/>
+      <c r="K625" s="98"/>
+      <c r="L625" s="99"/>
+      <c r="M625" s="100"/>
+      <c r="N625" s="100"/>
+      <c r="O625" s="101"/>
+      <c r="P625" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B625:G625)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="626" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A626" s="101"/>
-[...14 lines deleted...]
-      <c r="P626" s="108" t="str">
+      <c r="A626" s="143"/>
+      <c r="B626" s="144"/>
+      <c r="C626" s="103"/>
+      <c r="D626" s="103"/>
+      <c r="E626" s="96"/>
+      <c r="F626" s="96"/>
+      <c r="G626" s="96"/>
+      <c r="H626" s="97"/>
+      <c r="I626" s="97"/>
+      <c r="J626" s="97"/>
+      <c r="K626" s="98"/>
+      <c r="L626" s="99"/>
+      <c r="M626" s="100"/>
+      <c r="N626" s="100"/>
+      <c r="O626" s="101"/>
+      <c r="P626" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B626:G626)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="627" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A627" s="101"/>
-[...14 lines deleted...]
-      <c r="P627" s="108" t="str">
+      <c r="A627" s="143"/>
+      <c r="B627" s="144"/>
+      <c r="C627" s="103"/>
+      <c r="D627" s="103"/>
+      <c r="E627" s="96"/>
+      <c r="F627" s="96"/>
+      <c r="G627" s="96"/>
+      <c r="H627" s="97"/>
+      <c r="I627" s="97"/>
+      <c r="J627" s="97"/>
+      <c r="K627" s="98"/>
+      <c r="L627" s="99"/>
+      <c r="M627" s="100"/>
+      <c r="N627" s="100"/>
+      <c r="O627" s="101"/>
+      <c r="P627" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B627:G627)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="628" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A628" s="101"/>
-[...14 lines deleted...]
-      <c r="P628" s="108" t="str">
+      <c r="A628" s="143"/>
+      <c r="B628" s="144"/>
+      <c r="C628" s="103"/>
+      <c r="D628" s="103"/>
+      <c r="E628" s="96"/>
+      <c r="F628" s="96"/>
+      <c r="G628" s="96"/>
+      <c r="H628" s="97"/>
+      <c r="I628" s="97"/>
+      <c r="J628" s="97"/>
+      <c r="K628" s="98"/>
+      <c r="L628" s="99"/>
+      <c r="M628" s="100"/>
+      <c r="N628" s="100"/>
+      <c r="O628" s="101"/>
+      <c r="P628" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B628:G628)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="629" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A629" s="101"/>
-[...14 lines deleted...]
-      <c r="P629" s="108" t="str">
+      <c r="A629" s="143"/>
+      <c r="B629" s="144"/>
+      <c r="C629" s="103"/>
+      <c r="D629" s="103"/>
+      <c r="E629" s="96"/>
+      <c r="F629" s="96"/>
+      <c r="G629" s="96"/>
+      <c r="H629" s="97"/>
+      <c r="I629" s="97"/>
+      <c r="J629" s="97"/>
+      <c r="K629" s="98"/>
+      <c r="L629" s="99"/>
+      <c r="M629" s="100"/>
+      <c r="N629" s="100"/>
+      <c r="O629" s="101"/>
+      <c r="P629" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B629:G629)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="630" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A630" s="101"/>
-[...14 lines deleted...]
-      <c r="P630" s="108" t="str">
+      <c r="A630" s="143"/>
+      <c r="B630" s="144"/>
+      <c r="C630" s="103"/>
+      <c r="D630" s="103"/>
+      <c r="E630" s="96"/>
+      <c r="F630" s="96"/>
+      <c r="G630" s="96"/>
+      <c r="H630" s="97"/>
+      <c r="I630" s="97"/>
+      <c r="J630" s="97"/>
+      <c r="K630" s="98"/>
+      <c r="L630" s="99"/>
+      <c r="M630" s="100"/>
+      <c r="N630" s="100"/>
+      <c r="O630" s="101"/>
+      <c r="P630" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B630:G630)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="631" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A631" s="101"/>
-[...14 lines deleted...]
-      <c r="P631" s="108" t="str">
+      <c r="A631" s="143"/>
+      <c r="B631" s="144"/>
+      <c r="C631" s="103"/>
+      <c r="D631" s="103"/>
+      <c r="E631" s="96"/>
+      <c r="F631" s="96"/>
+      <c r="G631" s="96"/>
+      <c r="H631" s="97"/>
+      <c r="I631" s="97"/>
+      <c r="J631" s="97"/>
+      <c r="K631" s="98"/>
+      <c r="L631" s="99"/>
+      <c r="M631" s="100"/>
+      <c r="N631" s="100"/>
+      <c r="O631" s="101"/>
+      <c r="P631" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B631:G631)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="632" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A632" s="101"/>
-[...14 lines deleted...]
-      <c r="P632" s="108" t="str">
+      <c r="A632" s="143"/>
+      <c r="B632" s="144"/>
+      <c r="C632" s="103"/>
+      <c r="D632" s="103"/>
+      <c r="E632" s="96"/>
+      <c r="F632" s="96"/>
+      <c r="G632" s="96"/>
+      <c r="H632" s="97"/>
+      <c r="I632" s="97"/>
+      <c r="J632" s="97"/>
+      <c r="K632" s="98"/>
+      <c r="L632" s="99"/>
+      <c r="M632" s="100"/>
+      <c r="N632" s="100"/>
+      <c r="O632" s="101"/>
+      <c r="P632" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B632:G632)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="633" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A633" s="101"/>
-[...14 lines deleted...]
-      <c r="P633" s="108" t="str">
+      <c r="A633" s="143"/>
+      <c r="B633" s="144"/>
+      <c r="C633" s="103"/>
+      <c r="D633" s="103"/>
+      <c r="E633" s="96"/>
+      <c r="F633" s="96"/>
+      <c r="G633" s="96"/>
+      <c r="H633" s="97"/>
+      <c r="I633" s="97"/>
+      <c r="J633" s="97"/>
+      <c r="K633" s="98"/>
+      <c r="L633" s="99"/>
+      <c r="M633" s="100"/>
+      <c r="N633" s="100"/>
+      <c r="O633" s="101"/>
+      <c r="P633" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B633:G633)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="634" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A634" s="101"/>
-[...14 lines deleted...]
-      <c r="P634" s="108" t="str">
+      <c r="A634" s="143"/>
+      <c r="B634" s="144"/>
+      <c r="C634" s="103"/>
+      <c r="D634" s="103"/>
+      <c r="E634" s="96"/>
+      <c r="F634" s="96"/>
+      <c r="G634" s="96"/>
+      <c r="H634" s="97"/>
+      <c r="I634" s="97"/>
+      <c r="J634" s="97"/>
+      <c r="K634" s="98"/>
+      <c r="L634" s="99"/>
+      <c r="M634" s="100"/>
+      <c r="N634" s="100"/>
+      <c r="O634" s="101"/>
+      <c r="P634" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B634:G634)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="635" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A635" s="101"/>
-[...14 lines deleted...]
-      <c r="P635" s="108" t="str">
+      <c r="A635" s="143"/>
+      <c r="B635" s="144"/>
+      <c r="C635" s="103"/>
+      <c r="D635" s="103"/>
+      <c r="E635" s="96"/>
+      <c r="F635" s="96"/>
+      <c r="G635" s="96"/>
+      <c r="H635" s="97"/>
+      <c r="I635" s="97"/>
+      <c r="J635" s="97"/>
+      <c r="K635" s="98"/>
+      <c r="L635" s="99"/>
+      <c r="M635" s="100"/>
+      <c r="N635" s="100"/>
+      <c r="O635" s="101"/>
+      <c r="P635" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B635:G635)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="636" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A636" s="101"/>
-[...14 lines deleted...]
-      <c r="P636" s="108" t="str">
+      <c r="A636" s="143"/>
+      <c r="B636" s="144"/>
+      <c r="C636" s="103"/>
+      <c r="D636" s="103"/>
+      <c r="E636" s="96"/>
+      <c r="F636" s="96"/>
+      <c r="G636" s="96"/>
+      <c r="H636" s="97"/>
+      <c r="I636" s="97"/>
+      <c r="J636" s="97"/>
+      <c r="K636" s="98"/>
+      <c r="L636" s="99"/>
+      <c r="M636" s="100"/>
+      <c r="N636" s="100"/>
+      <c r="O636" s="101"/>
+      <c r="P636" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B636:G636)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="637" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A637" s="101"/>
-[...14 lines deleted...]
-      <c r="P637" s="108" t="str">
+      <c r="A637" s="143"/>
+      <c r="B637" s="144"/>
+      <c r="C637" s="103"/>
+      <c r="D637" s="103"/>
+      <c r="E637" s="96"/>
+      <c r="F637" s="96"/>
+      <c r="G637" s="96"/>
+      <c r="H637" s="97"/>
+      <c r="I637" s="97"/>
+      <c r="J637" s="97"/>
+      <c r="K637" s="98"/>
+      <c r="L637" s="99"/>
+      <c r="M637" s="100"/>
+      <c r="N637" s="100"/>
+      <c r="O637" s="101"/>
+      <c r="P637" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B637:G637)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="638" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A638" s="101"/>
-[...14 lines deleted...]
-      <c r="P638" s="108" t="str">
+      <c r="A638" s="143"/>
+      <c r="B638" s="144"/>
+      <c r="C638" s="103"/>
+      <c r="D638" s="103"/>
+      <c r="E638" s="96"/>
+      <c r="F638" s="96"/>
+      <c r="G638" s="96"/>
+      <c r="H638" s="97"/>
+      <c r="I638" s="97"/>
+      <c r="J638" s="97"/>
+      <c r="K638" s="98"/>
+      <c r="L638" s="99"/>
+      <c r="M638" s="100"/>
+      <c r="N638" s="100"/>
+      <c r="O638" s="101"/>
+      <c r="P638" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B638:G638)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="639" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A639" s="101"/>
-[...14 lines deleted...]
-      <c r="P639" s="108" t="str">
+      <c r="A639" s="143"/>
+      <c r="B639" s="144"/>
+      <c r="C639" s="103"/>
+      <c r="D639" s="103"/>
+      <c r="E639" s="96"/>
+      <c r="F639" s="96"/>
+      <c r="G639" s="96"/>
+      <c r="H639" s="97"/>
+      <c r="I639" s="97"/>
+      <c r="J639" s="97"/>
+      <c r="K639" s="98"/>
+      <c r="L639" s="99"/>
+      <c r="M639" s="100"/>
+      <c r="N639" s="100"/>
+      <c r="O639" s="101"/>
+      <c r="P639" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B639:G639)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="640" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A640" s="101"/>
-[...14 lines deleted...]
-      <c r="P640" s="108" t="str">
+      <c r="A640" s="143"/>
+      <c r="B640" s="144"/>
+      <c r="C640" s="103"/>
+      <c r="D640" s="103"/>
+      <c r="E640" s="96"/>
+      <c r="F640" s="96"/>
+      <c r="G640" s="96"/>
+      <c r="H640" s="97"/>
+      <c r="I640" s="97"/>
+      <c r="J640" s="97"/>
+      <c r="K640" s="98"/>
+      <c r="L640" s="99"/>
+      <c r="M640" s="100"/>
+      <c r="N640" s="100"/>
+      <c r="O640" s="101"/>
+      <c r="P640" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B640:G640)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="641" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A641" s="101"/>
-[...14 lines deleted...]
-      <c r="P641" s="108" t="str">
+      <c r="A641" s="143"/>
+      <c r="B641" s="144"/>
+      <c r="C641" s="103"/>
+      <c r="D641" s="103"/>
+      <c r="E641" s="96"/>
+      <c r="F641" s="96"/>
+      <c r="G641" s="96"/>
+      <c r="H641" s="97"/>
+      <c r="I641" s="97"/>
+      <c r="J641" s="97"/>
+      <c r="K641" s="98"/>
+      <c r="L641" s="99"/>
+      <c r="M641" s="100"/>
+      <c r="N641" s="100"/>
+      <c r="O641" s="101"/>
+      <c r="P641" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B641:G641)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="642" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A642" s="101"/>
-[...14 lines deleted...]
-      <c r="P642" s="108" t="str">
+      <c r="A642" s="143"/>
+      <c r="B642" s="144"/>
+      <c r="C642" s="103"/>
+      <c r="D642" s="103"/>
+      <c r="E642" s="96"/>
+      <c r="F642" s="96"/>
+      <c r="G642" s="96"/>
+      <c r="H642" s="97"/>
+      <c r="I642" s="97"/>
+      <c r="J642" s="97"/>
+      <c r="K642" s="98"/>
+      <c r="L642" s="99"/>
+      <c r="M642" s="100"/>
+      <c r="N642" s="100"/>
+      <c r="O642" s="101"/>
+      <c r="P642" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B642:G642)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="643" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A643" s="101"/>
-[...14 lines deleted...]
-      <c r="P643" s="108" t="str">
+      <c r="A643" s="143"/>
+      <c r="B643" s="144"/>
+      <c r="C643" s="103"/>
+      <c r="D643" s="103"/>
+      <c r="E643" s="96"/>
+      <c r="F643" s="96"/>
+      <c r="G643" s="96"/>
+      <c r="H643" s="97"/>
+      <c r="I643" s="97"/>
+      <c r="J643" s="97"/>
+      <c r="K643" s="98"/>
+      <c r="L643" s="99"/>
+      <c r="M643" s="100"/>
+      <c r="N643" s="100"/>
+      <c r="O643" s="101"/>
+      <c r="P643" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B643:G643)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="644" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A644" s="101"/>
-[...14 lines deleted...]
-      <c r="P644" s="108" t="str">
+      <c r="A644" s="143"/>
+      <c r="B644" s="144"/>
+      <c r="C644" s="103"/>
+      <c r="D644" s="103"/>
+      <c r="E644" s="96"/>
+      <c r="F644" s="96"/>
+      <c r="G644" s="96"/>
+      <c r="H644" s="97"/>
+      <c r="I644" s="97"/>
+      <c r="J644" s="97"/>
+      <c r="K644" s="98"/>
+      <c r="L644" s="99"/>
+      <c r="M644" s="100"/>
+      <c r="N644" s="100"/>
+      <c r="O644" s="101"/>
+      <c r="P644" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B644:G644)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="645" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A645" s="101"/>
-[...14 lines deleted...]
-      <c r="P645" s="108" t="str">
+      <c r="A645" s="143"/>
+      <c r="B645" s="144"/>
+      <c r="C645" s="103"/>
+      <c r="D645" s="103"/>
+      <c r="E645" s="96"/>
+      <c r="F645" s="96"/>
+      <c r="G645" s="96"/>
+      <c r="H645" s="97"/>
+      <c r="I645" s="97"/>
+      <c r="J645" s="97"/>
+      <c r="K645" s="98"/>
+      <c r="L645" s="99"/>
+      <c r="M645" s="100"/>
+      <c r="N645" s="100"/>
+      <c r="O645" s="101"/>
+      <c r="P645" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B645:G645)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="646" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A646" s="101"/>
-[...14 lines deleted...]
-      <c r="P646" s="108" t="str">
+      <c r="A646" s="143"/>
+      <c r="B646" s="144"/>
+      <c r="C646" s="103"/>
+      <c r="D646" s="103"/>
+      <c r="E646" s="96"/>
+      <c r="F646" s="96"/>
+      <c r="G646" s="96"/>
+      <c r="H646" s="97"/>
+      <c r="I646" s="97"/>
+      <c r="J646" s="97"/>
+      <c r="K646" s="98"/>
+      <c r="L646" s="99"/>
+      <c r="M646" s="100"/>
+      <c r="N646" s="100"/>
+      <c r="O646" s="101"/>
+      <c r="P646" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B646:G646)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="647" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A647" s="101"/>
-[...14 lines deleted...]
-      <c r="P647" s="108" t="str">
+      <c r="A647" s="143"/>
+      <c r="B647" s="144"/>
+      <c r="C647" s="103"/>
+      <c r="D647" s="103"/>
+      <c r="E647" s="96"/>
+      <c r="F647" s="96"/>
+      <c r="G647" s="96"/>
+      <c r="H647" s="97"/>
+      <c r="I647" s="97"/>
+      <c r="J647" s="97"/>
+      <c r="K647" s="98"/>
+      <c r="L647" s="99"/>
+      <c r="M647" s="100"/>
+      <c r="N647" s="100"/>
+      <c r="O647" s="101"/>
+      <c r="P647" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B647:G647)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="648" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A648" s="101"/>
-[...14 lines deleted...]
-      <c r="P648" s="108" t="str">
+      <c r="A648" s="143"/>
+      <c r="B648" s="144"/>
+      <c r="C648" s="103"/>
+      <c r="D648" s="103"/>
+      <c r="E648" s="96"/>
+      <c r="F648" s="96"/>
+      <c r="G648" s="96"/>
+      <c r="H648" s="97"/>
+      <c r="I648" s="97"/>
+      <c r="J648" s="97"/>
+      <c r="K648" s="98"/>
+      <c r="L648" s="99"/>
+      <c r="M648" s="100"/>
+      <c r="N648" s="100"/>
+      <c r="O648" s="101"/>
+      <c r="P648" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B648:G648)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="649" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A649" s="101"/>
-[...14 lines deleted...]
-      <c r="P649" s="108" t="str">
+      <c r="A649" s="143"/>
+      <c r="B649" s="144"/>
+      <c r="C649" s="103"/>
+      <c r="D649" s="103"/>
+      <c r="E649" s="96"/>
+      <c r="F649" s="96"/>
+      <c r="G649" s="96"/>
+      <c r="H649" s="97"/>
+      <c r="I649" s="97"/>
+      <c r="J649" s="97"/>
+      <c r="K649" s="98"/>
+      <c r="L649" s="99"/>
+      <c r="M649" s="100"/>
+      <c r="N649" s="100"/>
+      <c r="O649" s="101"/>
+      <c r="P649" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B649:G649)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="650" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A650" s="101"/>
-[...14 lines deleted...]
-      <c r="P650" s="108" t="str">
+      <c r="A650" s="143"/>
+      <c r="B650" s="144"/>
+      <c r="C650" s="103"/>
+      <c r="D650" s="103"/>
+      <c r="E650" s="96"/>
+      <c r="F650" s="96"/>
+      <c r="G650" s="96"/>
+      <c r="H650" s="97"/>
+      <c r="I650" s="97"/>
+      <c r="J650" s="97"/>
+      <c r="K650" s="98"/>
+      <c r="L650" s="99"/>
+      <c r="M650" s="100"/>
+      <c r="N650" s="100"/>
+      <c r="O650" s="101"/>
+      <c r="P650" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B650:G650)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="651" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A651" s="101"/>
-[...14 lines deleted...]
-      <c r="P651" s="108" t="str">
+      <c r="A651" s="143"/>
+      <c r="B651" s="144"/>
+      <c r="C651" s="103"/>
+      <c r="D651" s="103"/>
+      <c r="E651" s="96"/>
+      <c r="F651" s="96"/>
+      <c r="G651" s="96"/>
+      <c r="H651" s="97"/>
+      <c r="I651" s="97"/>
+      <c r="J651" s="97"/>
+      <c r="K651" s="98"/>
+      <c r="L651" s="99"/>
+      <c r="M651" s="100"/>
+      <c r="N651" s="100"/>
+      <c r="O651" s="101"/>
+      <c r="P651" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B651:G651)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="652" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A652" s="101"/>
-[...14 lines deleted...]
-      <c r="P652" s="108" t="str">
+      <c r="A652" s="143"/>
+      <c r="B652" s="144"/>
+      <c r="C652" s="103"/>
+      <c r="D652" s="103"/>
+      <c r="E652" s="96"/>
+      <c r="F652" s="96"/>
+      <c r="G652" s="96"/>
+      <c r="H652" s="97"/>
+      <c r="I652" s="97"/>
+      <c r="J652" s="97"/>
+      <c r="K652" s="98"/>
+      <c r="L652" s="99"/>
+      <c r="M652" s="100"/>
+      <c r="N652" s="100"/>
+      <c r="O652" s="101"/>
+      <c r="P652" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B652:G652)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="653" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A653" s="101"/>
-[...14 lines deleted...]
-      <c r="P653" s="108" t="str">
+      <c r="A653" s="143"/>
+      <c r="B653" s="144"/>
+      <c r="C653" s="103"/>
+      <c r="D653" s="103"/>
+      <c r="E653" s="96"/>
+      <c r="F653" s="96"/>
+      <c r="G653" s="96"/>
+      <c r="H653" s="97"/>
+      <c r="I653" s="97"/>
+      <c r="J653" s="97"/>
+      <c r="K653" s="98"/>
+      <c r="L653" s="99"/>
+      <c r="M653" s="100"/>
+      <c r="N653" s="100"/>
+      <c r="O653" s="101"/>
+      <c r="P653" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B653:G653)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="654" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A654" s="101"/>
-[...14 lines deleted...]
-      <c r="P654" s="108" t="str">
+      <c r="A654" s="143"/>
+      <c r="B654" s="144"/>
+      <c r="C654" s="103"/>
+      <c r="D654" s="103"/>
+      <c r="E654" s="96"/>
+      <c r="F654" s="96"/>
+      <c r="G654" s="96"/>
+      <c r="H654" s="97"/>
+      <c r="I654" s="97"/>
+      <c r="J654" s="97"/>
+      <c r="K654" s="98"/>
+      <c r="L654" s="99"/>
+      <c r="M654" s="100"/>
+      <c r="N654" s="100"/>
+      <c r="O654" s="101"/>
+      <c r="P654" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B654:G654)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="655" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A655" s="101"/>
-[...14 lines deleted...]
-      <c r="P655" s="108" t="str">
+      <c r="A655" s="143"/>
+      <c r="B655" s="144"/>
+      <c r="C655" s="103"/>
+      <c r="D655" s="103"/>
+      <c r="E655" s="96"/>
+      <c r="F655" s="96"/>
+      <c r="G655" s="96"/>
+      <c r="H655" s="97"/>
+      <c r="I655" s="97"/>
+      <c r="J655" s="97"/>
+      <c r="K655" s="98"/>
+      <c r="L655" s="99"/>
+      <c r="M655" s="100"/>
+      <c r="N655" s="100"/>
+      <c r="O655" s="101"/>
+      <c r="P655" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B655:G655)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="656" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A656" s="101"/>
-[...14 lines deleted...]
-      <c r="P656" s="108" t="str">
+      <c r="A656" s="143"/>
+      <c r="B656" s="144"/>
+      <c r="C656" s="103"/>
+      <c r="D656" s="103"/>
+      <c r="E656" s="96"/>
+      <c r="F656" s="96"/>
+      <c r="G656" s="96"/>
+      <c r="H656" s="97"/>
+      <c r="I656" s="97"/>
+      <c r="J656" s="97"/>
+      <c r="K656" s="98"/>
+      <c r="L656" s="99"/>
+      <c r="M656" s="100"/>
+      <c r="N656" s="100"/>
+      <c r="O656" s="101"/>
+      <c r="P656" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B656:G656)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="657" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A657" s="101"/>
-[...14 lines deleted...]
-      <c r="P657" s="108" t="str">
+      <c r="A657" s="143"/>
+      <c r="B657" s="144"/>
+      <c r="C657" s="103"/>
+      <c r="D657" s="103"/>
+      <c r="E657" s="96"/>
+      <c r="F657" s="96"/>
+      <c r="G657" s="96"/>
+      <c r="H657" s="97"/>
+      <c r="I657" s="97"/>
+      <c r="J657" s="97"/>
+      <c r="K657" s="98"/>
+      <c r="L657" s="99"/>
+      <c r="M657" s="100"/>
+      <c r="N657" s="100"/>
+      <c r="O657" s="101"/>
+      <c r="P657" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B657:G657)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="658" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A658" s="101"/>
-[...14 lines deleted...]
-      <c r="P658" s="108" t="str">
+      <c r="A658" s="143"/>
+      <c r="B658" s="144"/>
+      <c r="C658" s="103"/>
+      <c r="D658" s="103"/>
+      <c r="E658" s="96"/>
+      <c r="F658" s="96"/>
+      <c r="G658" s="96"/>
+      <c r="H658" s="97"/>
+      <c r="I658" s="97"/>
+      <c r="J658" s="97"/>
+      <c r="K658" s="98"/>
+      <c r="L658" s="99"/>
+      <c r="M658" s="100"/>
+      <c r="N658" s="100"/>
+      <c r="O658" s="101"/>
+      <c r="P658" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B658:G658)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="659" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A659" s="101"/>
-[...14 lines deleted...]
-      <c r="P659" s="108" t="str">
+      <c r="A659" s="143"/>
+      <c r="B659" s="144"/>
+      <c r="C659" s="103"/>
+      <c r="D659" s="103"/>
+      <c r="E659" s="96"/>
+      <c r="F659" s="96"/>
+      <c r="G659" s="96"/>
+      <c r="H659" s="97"/>
+      <c r="I659" s="97"/>
+      <c r="J659" s="97"/>
+      <c r="K659" s="98"/>
+      <c r="L659" s="99"/>
+      <c r="M659" s="100"/>
+      <c r="N659" s="100"/>
+      <c r="O659" s="101"/>
+      <c r="P659" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B659:G659)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="660" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A660" s="101"/>
-[...14 lines deleted...]
-      <c r="P660" s="108" t="str">
+      <c r="A660" s="143"/>
+      <c r="B660" s="144"/>
+      <c r="C660" s="103"/>
+      <c r="D660" s="103"/>
+      <c r="E660" s="96"/>
+      <c r="F660" s="96"/>
+      <c r="G660" s="96"/>
+      <c r="H660" s="97"/>
+      <c r="I660" s="97"/>
+      <c r="J660" s="97"/>
+      <c r="K660" s="98"/>
+      <c r="L660" s="99"/>
+      <c r="M660" s="100"/>
+      <c r="N660" s="100"/>
+      <c r="O660" s="101"/>
+      <c r="P660" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B660:G660)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="661" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A661" s="101"/>
-[...14 lines deleted...]
-      <c r="P661" s="108" t="str">
+      <c r="A661" s="143"/>
+      <c r="B661" s="144"/>
+      <c r="C661" s="103"/>
+      <c r="D661" s="103"/>
+      <c r="E661" s="96"/>
+      <c r="F661" s="96"/>
+      <c r="G661" s="96"/>
+      <c r="H661" s="97"/>
+      <c r="I661" s="97"/>
+      <c r="J661" s="97"/>
+      <c r="K661" s="98"/>
+      <c r="L661" s="99"/>
+      <c r="M661" s="100"/>
+      <c r="N661" s="100"/>
+      <c r="O661" s="101"/>
+      <c r="P661" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B661:G661)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="662" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A662" s="101"/>
-[...14 lines deleted...]
-      <c r="P662" s="108" t="str">
+      <c r="A662" s="143"/>
+      <c r="B662" s="144"/>
+      <c r="C662" s="103"/>
+      <c r="D662" s="103"/>
+      <c r="E662" s="96"/>
+      <c r="F662" s="96"/>
+      <c r="G662" s="96"/>
+      <c r="H662" s="97"/>
+      <c r="I662" s="97"/>
+      <c r="J662" s="97"/>
+      <c r="K662" s="98"/>
+      <c r="L662" s="99"/>
+      <c r="M662" s="100"/>
+      <c r="N662" s="100"/>
+      <c r="O662" s="101"/>
+      <c r="P662" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B662:G662)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="663" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A663" s="101"/>
-[...14 lines deleted...]
-      <c r="P663" s="108" t="str">
+      <c r="A663" s="143"/>
+      <c r="B663" s="144"/>
+      <c r="C663" s="103"/>
+      <c r="D663" s="103"/>
+      <c r="E663" s="96"/>
+      <c r="F663" s="96"/>
+      <c r="G663" s="96"/>
+      <c r="H663" s="97"/>
+      <c r="I663" s="97"/>
+      <c r="J663" s="97"/>
+      <c r="K663" s="98"/>
+      <c r="L663" s="99"/>
+      <c r="M663" s="100"/>
+      <c r="N663" s="100"/>
+      <c r="O663" s="101"/>
+      <c r="P663" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B663:G663)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="664" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A664" s="101"/>
-[...14 lines deleted...]
-      <c r="P664" s="108" t="str">
+      <c r="A664" s="143"/>
+      <c r="B664" s="144"/>
+      <c r="C664" s="103"/>
+      <c r="D664" s="103"/>
+      <c r="E664" s="96"/>
+      <c r="F664" s="96"/>
+      <c r="G664" s="96"/>
+      <c r="H664" s="97"/>
+      <c r="I664" s="97"/>
+      <c r="J664" s="97"/>
+      <c r="K664" s="98"/>
+      <c r="L664" s="99"/>
+      <c r="M664" s="100"/>
+      <c r="N664" s="100"/>
+      <c r="O664" s="101"/>
+      <c r="P664" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B664:G664)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="665" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A665" s="101"/>
-[...14 lines deleted...]
-      <c r="P665" s="108" t="str">
+      <c r="A665" s="143"/>
+      <c r="B665" s="144"/>
+      <c r="C665" s="103"/>
+      <c r="D665" s="103"/>
+      <c r="E665" s="96"/>
+      <c r="F665" s="96"/>
+      <c r="G665" s="96"/>
+      <c r="H665" s="97"/>
+      <c r="I665" s="97"/>
+      <c r="J665" s="97"/>
+      <c r="K665" s="98"/>
+      <c r="L665" s="99"/>
+      <c r="M665" s="100"/>
+      <c r="N665" s="100"/>
+      <c r="O665" s="101"/>
+      <c r="P665" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B665:G665)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="666" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A666" s="101"/>
-[...14 lines deleted...]
-      <c r="P666" s="108" t="str">
+      <c r="A666" s="143"/>
+      <c r="B666" s="144"/>
+      <c r="C666" s="103"/>
+      <c r="D666" s="103"/>
+      <c r="E666" s="96"/>
+      <c r="F666" s="96"/>
+      <c r="G666" s="96"/>
+      <c r="H666" s="97"/>
+      <c r="I666" s="97"/>
+      <c r="J666" s="97"/>
+      <c r="K666" s="98"/>
+      <c r="L666" s="99"/>
+      <c r="M666" s="100"/>
+      <c r="N666" s="100"/>
+      <c r="O666" s="101"/>
+      <c r="P666" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B666:G666)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="667" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A667" s="101"/>
-[...14 lines deleted...]
-      <c r="P667" s="108" t="str">
+      <c r="A667" s="143"/>
+      <c r="B667" s="144"/>
+      <c r="C667" s="103"/>
+      <c r="D667" s="103"/>
+      <c r="E667" s="96"/>
+      <c r="F667" s="96"/>
+      <c r="G667" s="96"/>
+      <c r="H667" s="97"/>
+      <c r="I667" s="97"/>
+      <c r="J667" s="97"/>
+      <c r="K667" s="98"/>
+      <c r="L667" s="99"/>
+      <c r="M667" s="100"/>
+      <c r="N667" s="100"/>
+      <c r="O667" s="101"/>
+      <c r="P667" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B667:G667)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="668" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A668" s="101"/>
-[...14 lines deleted...]
-      <c r="P668" s="108" t="str">
+      <c r="A668" s="143"/>
+      <c r="B668" s="144"/>
+      <c r="C668" s="103"/>
+      <c r="D668" s="103"/>
+      <c r="E668" s="96"/>
+      <c r="F668" s="96"/>
+      <c r="G668" s="96"/>
+      <c r="H668" s="97"/>
+      <c r="I668" s="97"/>
+      <c r="J668" s="97"/>
+      <c r="K668" s="98"/>
+      <c r="L668" s="99"/>
+      <c r="M668" s="100"/>
+      <c r="N668" s="100"/>
+      <c r="O668" s="101"/>
+      <c r="P668" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B668:G668)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="669" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A669" s="101"/>
-[...14 lines deleted...]
-      <c r="P669" s="108" t="str">
+      <c r="A669" s="143"/>
+      <c r="B669" s="144"/>
+      <c r="C669" s="103"/>
+      <c r="D669" s="103"/>
+      <c r="E669" s="96"/>
+      <c r="F669" s="96"/>
+      <c r="G669" s="96"/>
+      <c r="H669" s="97"/>
+      <c r="I669" s="97"/>
+      <c r="J669" s="97"/>
+      <c r="K669" s="98"/>
+      <c r="L669" s="99"/>
+      <c r="M669" s="100"/>
+      <c r="N669" s="100"/>
+      <c r="O669" s="101"/>
+      <c r="P669" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B669:G669)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="670" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A670" s="101"/>
-[...14 lines deleted...]
-      <c r="P670" s="108" t="str">
+      <c r="A670" s="143"/>
+      <c r="B670" s="144"/>
+      <c r="C670" s="103"/>
+      <c r="D670" s="103"/>
+      <c r="E670" s="96"/>
+      <c r="F670" s="96"/>
+      <c r="G670" s="96"/>
+      <c r="H670" s="97"/>
+      <c r="I670" s="97"/>
+      <c r="J670" s="97"/>
+      <c r="K670" s="98"/>
+      <c r="L670" s="99"/>
+      <c r="M670" s="100"/>
+      <c r="N670" s="100"/>
+      <c r="O670" s="101"/>
+      <c r="P670" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B670:G670)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="671" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A671" s="101"/>
-[...14 lines deleted...]
-      <c r="P671" s="108" t="str">
+      <c r="A671" s="143"/>
+      <c r="B671" s="144"/>
+      <c r="C671" s="103"/>
+      <c r="D671" s="103"/>
+      <c r="E671" s="96"/>
+      <c r="F671" s="96"/>
+      <c r="G671" s="96"/>
+      <c r="H671" s="97"/>
+      <c r="I671" s="97"/>
+      <c r="J671" s="97"/>
+      <c r="K671" s="98"/>
+      <c r="L671" s="99"/>
+      <c r="M671" s="100"/>
+      <c r="N671" s="100"/>
+      <c r="O671" s="101"/>
+      <c r="P671" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B671:G671)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="672" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A672" s="101"/>
-[...14 lines deleted...]
-      <c r="P672" s="108" t="str">
+      <c r="A672" s="143"/>
+      <c r="B672" s="144"/>
+      <c r="C672" s="103"/>
+      <c r="D672" s="103"/>
+      <c r="E672" s="96"/>
+      <c r="F672" s="96"/>
+      <c r="G672" s="96"/>
+      <c r="H672" s="97"/>
+      <c r="I672" s="97"/>
+      <c r="J672" s="97"/>
+      <c r="K672" s="98"/>
+      <c r="L672" s="99"/>
+      <c r="M672" s="100"/>
+      <c r="N672" s="100"/>
+      <c r="O672" s="101"/>
+      <c r="P672" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B672:G672)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="673" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A673" s="101"/>
-[...14 lines deleted...]
-      <c r="P673" s="108" t="str">
+      <c r="A673" s="143"/>
+      <c r="B673" s="144"/>
+      <c r="C673" s="103"/>
+      <c r="D673" s="103"/>
+      <c r="E673" s="96"/>
+      <c r="F673" s="96"/>
+      <c r="G673" s="96"/>
+      <c r="H673" s="97"/>
+      <c r="I673" s="97"/>
+      <c r="J673" s="97"/>
+      <c r="K673" s="98"/>
+      <c r="L673" s="99"/>
+      <c r="M673" s="100"/>
+      <c r="N673" s="100"/>
+      <c r="O673" s="101"/>
+      <c r="P673" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B673:G673)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="674" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A674" s="101"/>
-[...14 lines deleted...]
-      <c r="P674" s="108" t="str">
+      <c r="A674" s="143"/>
+      <c r="B674" s="144"/>
+      <c r="C674" s="103"/>
+      <c r="D674" s="103"/>
+      <c r="E674" s="96"/>
+      <c r="F674" s="96"/>
+      <c r="G674" s="96"/>
+      <c r="H674" s="97"/>
+      <c r="I674" s="97"/>
+      <c r="J674" s="97"/>
+      <c r="K674" s="98"/>
+      <c r="L674" s="99"/>
+      <c r="M674" s="100"/>
+      <c r="N674" s="100"/>
+      <c r="O674" s="101"/>
+      <c r="P674" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B674:G674)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="675" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A675" s="101"/>
-[...14 lines deleted...]
-      <c r="P675" s="108" t="str">
+      <c r="A675" s="143"/>
+      <c r="B675" s="144"/>
+      <c r="C675" s="103"/>
+      <c r="D675" s="103"/>
+      <c r="E675" s="96"/>
+      <c r="F675" s="96"/>
+      <c r="G675" s="96"/>
+      <c r="H675" s="97"/>
+      <c r="I675" s="97"/>
+      <c r="J675" s="97"/>
+      <c r="K675" s="98"/>
+      <c r="L675" s="99"/>
+      <c r="M675" s="100"/>
+      <c r="N675" s="100"/>
+      <c r="O675" s="101"/>
+      <c r="P675" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B675:G675)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="676" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A676" s="101"/>
-[...14 lines deleted...]
-      <c r="P676" s="108" t="str">
+      <c r="A676" s="143"/>
+      <c r="B676" s="144"/>
+      <c r="C676" s="103"/>
+      <c r="D676" s="103"/>
+      <c r="E676" s="96"/>
+      <c r="F676" s="96"/>
+      <c r="G676" s="96"/>
+      <c r="H676" s="97"/>
+      <c r="I676" s="97"/>
+      <c r="J676" s="97"/>
+      <c r="K676" s="98"/>
+      <c r="L676" s="99"/>
+      <c r="M676" s="100"/>
+      <c r="N676" s="100"/>
+      <c r="O676" s="101"/>
+      <c r="P676" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B676:G676)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="677" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A677" s="101"/>
-[...14 lines deleted...]
-      <c r="P677" s="108" t="str">
+      <c r="A677" s="143"/>
+      <c r="B677" s="144"/>
+      <c r="C677" s="103"/>
+      <c r="D677" s="103"/>
+      <c r="E677" s="96"/>
+      <c r="F677" s="96"/>
+      <c r="G677" s="96"/>
+      <c r="H677" s="97"/>
+      <c r="I677" s="97"/>
+      <c r="J677" s="97"/>
+      <c r="K677" s="98"/>
+      <c r="L677" s="99"/>
+      <c r="M677" s="100"/>
+      <c r="N677" s="100"/>
+      <c r="O677" s="101"/>
+      <c r="P677" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B677:G677)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="678" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A678" s="101"/>
-[...14 lines deleted...]
-      <c r="P678" s="108" t="str">
+      <c r="A678" s="143"/>
+      <c r="B678" s="144"/>
+      <c r="C678" s="103"/>
+      <c r="D678" s="103"/>
+      <c r="E678" s="96"/>
+      <c r="F678" s="96"/>
+      <c r="G678" s="96"/>
+      <c r="H678" s="97"/>
+      <c r="I678" s="97"/>
+      <c r="J678" s="97"/>
+      <c r="K678" s="98"/>
+      <c r="L678" s="99"/>
+      <c r="M678" s="100"/>
+      <c r="N678" s="100"/>
+      <c r="O678" s="101"/>
+      <c r="P678" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B678:G678)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="679" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A679" s="101"/>
-[...14 lines deleted...]
-      <c r="P679" s="108" t="str">
+      <c r="A679" s="143"/>
+      <c r="B679" s="144"/>
+      <c r="C679" s="103"/>
+      <c r="D679" s="103"/>
+      <c r="E679" s="96"/>
+      <c r="F679" s="96"/>
+      <c r="G679" s="96"/>
+      <c r="H679" s="97"/>
+      <c r="I679" s="97"/>
+      <c r="J679" s="97"/>
+      <c r="K679" s="98"/>
+      <c r="L679" s="99"/>
+      <c r="M679" s="100"/>
+      <c r="N679" s="100"/>
+      <c r="O679" s="101"/>
+      <c r="P679" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B679:G679)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="680" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A680" s="101"/>
-[...14 lines deleted...]
-      <c r="P680" s="108" t="str">
+      <c r="A680" s="143"/>
+      <c r="B680" s="144"/>
+      <c r="C680" s="103"/>
+      <c r="D680" s="103"/>
+      <c r="E680" s="96"/>
+      <c r="F680" s="96"/>
+      <c r="G680" s="96"/>
+      <c r="H680" s="97"/>
+      <c r="I680" s="97"/>
+      <c r="J680" s="97"/>
+      <c r="K680" s="98"/>
+      <c r="L680" s="99"/>
+      <c r="M680" s="100"/>
+      <c r="N680" s="100"/>
+      <c r="O680" s="101"/>
+      <c r="P680" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B680:G680)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="681" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A681" s="101"/>
-[...14 lines deleted...]
-      <c r="P681" s="108" t="str">
+      <c r="A681" s="143"/>
+      <c r="B681" s="144"/>
+      <c r="C681" s="103"/>
+      <c r="D681" s="103"/>
+      <c r="E681" s="96"/>
+      <c r="F681" s="96"/>
+      <c r="G681" s="96"/>
+      <c r="H681" s="97"/>
+      <c r="I681" s="97"/>
+      <c r="J681" s="97"/>
+      <c r="K681" s="98"/>
+      <c r="L681" s="99"/>
+      <c r="M681" s="100"/>
+      <c r="N681" s="100"/>
+      <c r="O681" s="101"/>
+      <c r="P681" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B681:G681)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="682" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A682" s="101"/>
-[...14 lines deleted...]
-      <c r="P682" s="108" t="str">
+      <c r="A682" s="143"/>
+      <c r="B682" s="144"/>
+      <c r="C682" s="103"/>
+      <c r="D682" s="103"/>
+      <c r="E682" s="96"/>
+      <c r="F682" s="96"/>
+      <c r="G682" s="96"/>
+      <c r="H682" s="97"/>
+      <c r="I682" s="97"/>
+      <c r="J682" s="97"/>
+      <c r="K682" s="98"/>
+      <c r="L682" s="99"/>
+      <c r="M682" s="100"/>
+      <c r="N682" s="100"/>
+      <c r="O682" s="101"/>
+      <c r="P682" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B682:G682)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="683" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A683" s="101"/>
-[...14 lines deleted...]
-      <c r="P683" s="108" t="str">
+      <c r="A683" s="143"/>
+      <c r="B683" s="144"/>
+      <c r="C683" s="103"/>
+      <c r="D683" s="103"/>
+      <c r="E683" s="96"/>
+      <c r="F683" s="96"/>
+      <c r="G683" s="96"/>
+      <c r="H683" s="97"/>
+      <c r="I683" s="97"/>
+      <c r="J683" s="97"/>
+      <c r="K683" s="98"/>
+      <c r="L683" s="99"/>
+      <c r="M683" s="100"/>
+      <c r="N683" s="100"/>
+      <c r="O683" s="101"/>
+      <c r="P683" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B683:G683)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="684" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A684" s="101"/>
-[...14 lines deleted...]
-      <c r="P684" s="108" t="str">
+      <c r="A684" s="143"/>
+      <c r="B684" s="144"/>
+      <c r="C684" s="103"/>
+      <c r="D684" s="103"/>
+      <c r="E684" s="96"/>
+      <c r="F684" s="96"/>
+      <c r="G684" s="96"/>
+      <c r="H684" s="97"/>
+      <c r="I684" s="97"/>
+      <c r="J684" s="97"/>
+      <c r="K684" s="98"/>
+      <c r="L684" s="99"/>
+      <c r="M684" s="100"/>
+      <c r="N684" s="100"/>
+      <c r="O684" s="101"/>
+      <c r="P684" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B684:G684)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="685" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A685" s="101"/>
-[...14 lines deleted...]
-      <c r="P685" s="108" t="str">
+      <c r="A685" s="143"/>
+      <c r="B685" s="144"/>
+      <c r="C685" s="103"/>
+      <c r="D685" s="103"/>
+      <c r="E685" s="96"/>
+      <c r="F685" s="96"/>
+      <c r="G685" s="96"/>
+      <c r="H685" s="97"/>
+      <c r="I685" s="97"/>
+      <c r="J685" s="97"/>
+      <c r="K685" s="98"/>
+      <c r="L685" s="99"/>
+      <c r="M685" s="100"/>
+      <c r="N685" s="100"/>
+      <c r="O685" s="101"/>
+      <c r="P685" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B685:G685)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="686" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A686" s="101"/>
-[...14 lines deleted...]
-      <c r="P686" s="108" t="str">
+      <c r="A686" s="143"/>
+      <c r="B686" s="144"/>
+      <c r="C686" s="103"/>
+      <c r="D686" s="103"/>
+      <c r="E686" s="96"/>
+      <c r="F686" s="96"/>
+      <c r="G686" s="96"/>
+      <c r="H686" s="97"/>
+      <c r="I686" s="97"/>
+      <c r="J686" s="97"/>
+      <c r="K686" s="98"/>
+      <c r="L686" s="99"/>
+      <c r="M686" s="100"/>
+      <c r="N686" s="100"/>
+      <c r="O686" s="101"/>
+      <c r="P686" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B686:G686)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="687" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A687" s="101"/>
-[...14 lines deleted...]
-      <c r="P687" s="108" t="str">
+      <c r="A687" s="143"/>
+      <c r="B687" s="144"/>
+      <c r="C687" s="103"/>
+      <c r="D687" s="103"/>
+      <c r="E687" s="96"/>
+      <c r="F687" s="96"/>
+      <c r="G687" s="96"/>
+      <c r="H687" s="97"/>
+      <c r="I687" s="97"/>
+      <c r="J687" s="97"/>
+      <c r="K687" s="98"/>
+      <c r="L687" s="99"/>
+      <c r="M687" s="100"/>
+      <c r="N687" s="100"/>
+      <c r="O687" s="101"/>
+      <c r="P687" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B687:G687)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="688" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A688" s="101"/>
-[...14 lines deleted...]
-      <c r="P688" s="108" t="str">
+      <c r="A688" s="143"/>
+      <c r="B688" s="144"/>
+      <c r="C688" s="103"/>
+      <c r="D688" s="103"/>
+      <c r="E688" s="96"/>
+      <c r="F688" s="96"/>
+      <c r="G688" s="96"/>
+      <c r="H688" s="97"/>
+      <c r="I688" s="97"/>
+      <c r="J688" s="97"/>
+      <c r="K688" s="98"/>
+      <c r="L688" s="99"/>
+      <c r="M688" s="100"/>
+      <c r="N688" s="100"/>
+      <c r="O688" s="101"/>
+      <c r="P688" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B688:G688)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="689" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A689" s="101"/>
-[...14 lines deleted...]
-      <c r="P689" s="108" t="str">
+      <c r="A689" s="143"/>
+      <c r="B689" s="144"/>
+      <c r="C689" s="103"/>
+      <c r="D689" s="103"/>
+      <c r="E689" s="96"/>
+      <c r="F689" s="96"/>
+      <c r="G689" s="96"/>
+      <c r="H689" s="97"/>
+      <c r="I689" s="97"/>
+      <c r="J689" s="97"/>
+      <c r="K689" s="98"/>
+      <c r="L689" s="99"/>
+      <c r="M689" s="100"/>
+      <c r="N689" s="100"/>
+      <c r="O689" s="101"/>
+      <c r="P689" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B689:G689)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="690" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A690" s="101"/>
-[...14 lines deleted...]
-      <c r="P690" s="108" t="str">
+      <c r="A690" s="143"/>
+      <c r="B690" s="144"/>
+      <c r="C690" s="103"/>
+      <c r="D690" s="103"/>
+      <c r="E690" s="96"/>
+      <c r="F690" s="96"/>
+      <c r="G690" s="96"/>
+      <c r="H690" s="97"/>
+      <c r="I690" s="97"/>
+      <c r="J690" s="97"/>
+      <c r="K690" s="98"/>
+      <c r="L690" s="99"/>
+      <c r="M690" s="100"/>
+      <c r="N690" s="100"/>
+      <c r="O690" s="101"/>
+      <c r="P690" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B690:G690)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="691" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A691" s="101"/>
-[...14 lines deleted...]
-      <c r="P691" s="108" t="str">
+      <c r="A691" s="143"/>
+      <c r="B691" s="144"/>
+      <c r="C691" s="103"/>
+      <c r="D691" s="103"/>
+      <c r="E691" s="96"/>
+      <c r="F691" s="96"/>
+      <c r="G691" s="96"/>
+      <c r="H691" s="97"/>
+      <c r="I691" s="97"/>
+      <c r="J691" s="97"/>
+      <c r="K691" s="98"/>
+      <c r="L691" s="99"/>
+      <c r="M691" s="100"/>
+      <c r="N691" s="100"/>
+      <c r="O691" s="101"/>
+      <c r="P691" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B691:G691)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="692" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A692" s="101"/>
-[...14 lines deleted...]
-      <c r="P692" s="108" t="str">
+      <c r="A692" s="143"/>
+      <c r="B692" s="144"/>
+      <c r="C692" s="103"/>
+      <c r="D692" s="103"/>
+      <c r="E692" s="96"/>
+      <c r="F692" s="96"/>
+      <c r="G692" s="96"/>
+      <c r="H692" s="97"/>
+      <c r="I692" s="97"/>
+      <c r="J692" s="97"/>
+      <c r="K692" s="98"/>
+      <c r="L692" s="99"/>
+      <c r="M692" s="100"/>
+      <c r="N692" s="100"/>
+      <c r="O692" s="101"/>
+      <c r="P692" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B692:G692)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="693" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A693" s="101"/>
-[...14 lines deleted...]
-      <c r="P693" s="108" t="str">
+      <c r="A693" s="143"/>
+      <c r="B693" s="144"/>
+      <c r="C693" s="103"/>
+      <c r="D693" s="103"/>
+      <c r="E693" s="96"/>
+      <c r="F693" s="96"/>
+      <c r="G693" s="96"/>
+      <c r="H693" s="97"/>
+      <c r="I693" s="97"/>
+      <c r="J693" s="97"/>
+      <c r="K693" s="98"/>
+      <c r="L693" s="99"/>
+      <c r="M693" s="100"/>
+      <c r="N693" s="100"/>
+      <c r="O693" s="101"/>
+      <c r="P693" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B693:G693)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="694" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A694" s="101"/>
-[...14 lines deleted...]
-      <c r="P694" s="108" t="str">
+      <c r="A694" s="143"/>
+      <c r="B694" s="144"/>
+      <c r="C694" s="103"/>
+      <c r="D694" s="103"/>
+      <c r="E694" s="96"/>
+      <c r="F694" s="96"/>
+      <c r="G694" s="96"/>
+      <c r="H694" s="97"/>
+      <c r="I694" s="97"/>
+      <c r="J694" s="97"/>
+      <c r="K694" s="98"/>
+      <c r="L694" s="99"/>
+      <c r="M694" s="100"/>
+      <c r="N694" s="100"/>
+      <c r="O694" s="101"/>
+      <c r="P694" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B694:G694)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="695" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A695" s="101"/>
-[...14 lines deleted...]
-      <c r="P695" s="108" t="str">
+      <c r="A695" s="143"/>
+      <c r="B695" s="144"/>
+      <c r="C695" s="103"/>
+      <c r="D695" s="103"/>
+      <c r="E695" s="96"/>
+      <c r="F695" s="96"/>
+      <c r="G695" s="96"/>
+      <c r="H695" s="97"/>
+      <c r="I695" s="97"/>
+      <c r="J695" s="97"/>
+      <c r="K695" s="98"/>
+      <c r="L695" s="99"/>
+      <c r="M695" s="100"/>
+      <c r="N695" s="100"/>
+      <c r="O695" s="101"/>
+      <c r="P695" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B695:G695)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="696" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A696" s="101"/>
-[...14 lines deleted...]
-      <c r="P696" s="108" t="str">
+      <c r="A696" s="143"/>
+      <c r="B696" s="144"/>
+      <c r="C696" s="103"/>
+      <c r="D696" s="103"/>
+      <c r="E696" s="96"/>
+      <c r="F696" s="96"/>
+      <c r="G696" s="96"/>
+      <c r="H696" s="97"/>
+      <c r="I696" s="97"/>
+      <c r="J696" s="97"/>
+      <c r="K696" s="98"/>
+      <c r="L696" s="99"/>
+      <c r="M696" s="100"/>
+      <c r="N696" s="100"/>
+      <c r="O696" s="101"/>
+      <c r="P696" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B696:G696)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="697" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A697" s="101"/>
-[...14 lines deleted...]
-      <c r="P697" s="108" t="str">
+      <c r="A697" s="143"/>
+      <c r="B697" s="144"/>
+      <c r="C697" s="103"/>
+      <c r="D697" s="103"/>
+      <c r="E697" s="96"/>
+      <c r="F697" s="96"/>
+      <c r="G697" s="96"/>
+      <c r="H697" s="97"/>
+      <c r="I697" s="97"/>
+      <c r="J697" s="97"/>
+      <c r="K697" s="98"/>
+      <c r="L697" s="99"/>
+      <c r="M697" s="100"/>
+      <c r="N697" s="100"/>
+      <c r="O697" s="101"/>
+      <c r="P697" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B697:G697)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="698" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A698" s="101"/>
-[...14 lines deleted...]
-      <c r="P698" s="108" t="str">
+      <c r="A698" s="143"/>
+      <c r="B698" s="144"/>
+      <c r="C698" s="103"/>
+      <c r="D698" s="103"/>
+      <c r="E698" s="96"/>
+      <c r="F698" s="96"/>
+      <c r="G698" s="96"/>
+      <c r="H698" s="97"/>
+      <c r="I698" s="97"/>
+      <c r="J698" s="97"/>
+      <c r="K698" s="98"/>
+      <c r="L698" s="99"/>
+      <c r="M698" s="100"/>
+      <c r="N698" s="100"/>
+      <c r="O698" s="101"/>
+      <c r="P698" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B698:G698)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="699" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A699" s="101"/>
-[...14 lines deleted...]
-      <c r="P699" s="108" t="str">
+      <c r="A699" s="143"/>
+      <c r="B699" s="144"/>
+      <c r="C699" s="103"/>
+      <c r="D699" s="103"/>
+      <c r="E699" s="96"/>
+      <c r="F699" s="96"/>
+      <c r="G699" s="96"/>
+      <c r="H699" s="97"/>
+      <c r="I699" s="97"/>
+      <c r="J699" s="97"/>
+      <c r="K699" s="98"/>
+      <c r="L699" s="99"/>
+      <c r="M699" s="100"/>
+      <c r="N699" s="100"/>
+      <c r="O699" s="101"/>
+      <c r="P699" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B699:G699)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="700" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A700" s="101"/>
-[...14 lines deleted...]
-      <c r="P700" s="108" t="str">
+      <c r="A700" s="143"/>
+      <c r="B700" s="144"/>
+      <c r="C700" s="103"/>
+      <c r="D700" s="103"/>
+      <c r="E700" s="96"/>
+      <c r="F700" s="96"/>
+      <c r="G700" s="96"/>
+      <c r="H700" s="97"/>
+      <c r="I700" s="97"/>
+      <c r="J700" s="97"/>
+      <c r="K700" s="98"/>
+      <c r="L700" s="99"/>
+      <c r="M700" s="100"/>
+      <c r="N700" s="100"/>
+      <c r="O700" s="101"/>
+      <c r="P700" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B700:G700)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="701" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A701" s="101"/>
-[...14 lines deleted...]
-      <c r="P701" s="108" t="str">
+      <c r="A701" s="143"/>
+      <c r="B701" s="144"/>
+      <c r="C701" s="103"/>
+      <c r="D701" s="103"/>
+      <c r="E701" s="96"/>
+      <c r="F701" s="96"/>
+      <c r="G701" s="96"/>
+      <c r="H701" s="97"/>
+      <c r="I701" s="97"/>
+      <c r="J701" s="97"/>
+      <c r="K701" s="98"/>
+      <c r="L701" s="99"/>
+      <c r="M701" s="100"/>
+      <c r="N701" s="100"/>
+      <c r="O701" s="101"/>
+      <c r="P701" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B701:G701)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="702" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A702" s="101"/>
-[...14 lines deleted...]
-      <c r="P702" s="108" t="str">
+      <c r="A702" s="143"/>
+      <c r="B702" s="144"/>
+      <c r="C702" s="103"/>
+      <c r="D702" s="103"/>
+      <c r="E702" s="96"/>
+      <c r="F702" s="96"/>
+      <c r="G702" s="96"/>
+      <c r="H702" s="97"/>
+      <c r="I702" s="97"/>
+      <c r="J702" s="97"/>
+      <c r="K702" s="98"/>
+      <c r="L702" s="99"/>
+      <c r="M702" s="100"/>
+      <c r="N702" s="100"/>
+      <c r="O702" s="101"/>
+      <c r="P702" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B702:G702)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="703" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A703" s="101"/>
-[...14 lines deleted...]
-      <c r="P703" s="108" t="str">
+      <c r="A703" s="143"/>
+      <c r="B703" s="144"/>
+      <c r="C703" s="103"/>
+      <c r="D703" s="103"/>
+      <c r="E703" s="96"/>
+      <c r="F703" s="96"/>
+      <c r="G703" s="96"/>
+      <c r="H703" s="97"/>
+      <c r="I703" s="97"/>
+      <c r="J703" s="97"/>
+      <c r="K703" s="98"/>
+      <c r="L703" s="99"/>
+      <c r="M703" s="100"/>
+      <c r="N703" s="100"/>
+      <c r="O703" s="101"/>
+      <c r="P703" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B703:G703)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="704" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A704" s="101"/>
-[...14 lines deleted...]
-      <c r="P704" s="108" t="str">
+      <c r="A704" s="143"/>
+      <c r="B704" s="144"/>
+      <c r="C704" s="103"/>
+      <c r="D704" s="103"/>
+      <c r="E704" s="96"/>
+      <c r="F704" s="96"/>
+      <c r="G704" s="96"/>
+      <c r="H704" s="97"/>
+      <c r="I704" s="97"/>
+      <c r="J704" s="97"/>
+      <c r="K704" s="98"/>
+      <c r="L704" s="99"/>
+      <c r="M704" s="100"/>
+      <c r="N704" s="100"/>
+      <c r="O704" s="101"/>
+      <c r="P704" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B704:G704)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="705" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A705" s="101"/>
-[...14 lines deleted...]
-      <c r="P705" s="108" t="str">
+      <c r="A705" s="143"/>
+      <c r="B705" s="144"/>
+      <c r="C705" s="103"/>
+      <c r="D705" s="103"/>
+      <c r="E705" s="96"/>
+      <c r="F705" s="96"/>
+      <c r="G705" s="96"/>
+      <c r="H705" s="97"/>
+      <c r="I705" s="97"/>
+      <c r="J705" s="97"/>
+      <c r="K705" s="98"/>
+      <c r="L705" s="99"/>
+      <c r="M705" s="100"/>
+      <c r="N705" s="100"/>
+      <c r="O705" s="101"/>
+      <c r="P705" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B705:G705)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="706" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A706" s="101"/>
-[...14 lines deleted...]
-      <c r="P706" s="108" t="str">
+      <c r="A706" s="143"/>
+      <c r="B706" s="144"/>
+      <c r="C706" s="103"/>
+      <c r="D706" s="103"/>
+      <c r="E706" s="96"/>
+      <c r="F706" s="96"/>
+      <c r="G706" s="96"/>
+      <c r="H706" s="97"/>
+      <c r="I706" s="97"/>
+      <c r="J706" s="97"/>
+      <c r="K706" s="98"/>
+      <c r="L706" s="99"/>
+      <c r="M706" s="100"/>
+      <c r="N706" s="100"/>
+      <c r="O706" s="101"/>
+      <c r="P706" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B706:G706)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="707" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A707" s="101"/>
-[...14 lines deleted...]
-      <c r="P707" s="108" t="str">
+      <c r="A707" s="143"/>
+      <c r="B707" s="144"/>
+      <c r="C707" s="103"/>
+      <c r="D707" s="103"/>
+      <c r="E707" s="96"/>
+      <c r="F707" s="96"/>
+      <c r="G707" s="96"/>
+      <c r="H707" s="97"/>
+      <c r="I707" s="97"/>
+      <c r="J707" s="97"/>
+      <c r="K707" s="98"/>
+      <c r="L707" s="99"/>
+      <c r="M707" s="100"/>
+      <c r="N707" s="100"/>
+      <c r="O707" s="101"/>
+      <c r="P707" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B707:G707)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="708" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A708" s="101"/>
-[...14 lines deleted...]
-      <c r="P708" s="108" t="str">
+      <c r="A708" s="143"/>
+      <c r="B708" s="144"/>
+      <c r="C708" s="103"/>
+      <c r="D708" s="103"/>
+      <c r="E708" s="96"/>
+      <c r="F708" s="96"/>
+      <c r="G708" s="96"/>
+      <c r="H708" s="97"/>
+      <c r="I708" s="97"/>
+      <c r="J708" s="97"/>
+      <c r="K708" s="98"/>
+      <c r="L708" s="99"/>
+      <c r="M708" s="100"/>
+      <c r="N708" s="100"/>
+      <c r="O708" s="101"/>
+      <c r="P708" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B708:G708)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="709" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A709" s="101"/>
-[...14 lines deleted...]
-      <c r="P709" s="108" t="str">
+      <c r="A709" s="143"/>
+      <c r="B709" s="144"/>
+      <c r="C709" s="103"/>
+      <c r="D709" s="103"/>
+      <c r="E709" s="96"/>
+      <c r="F709" s="96"/>
+      <c r="G709" s="96"/>
+      <c r="H709" s="97"/>
+      <c r="I709" s="97"/>
+      <c r="J709" s="97"/>
+      <c r="K709" s="98"/>
+      <c r="L709" s="99"/>
+      <c r="M709" s="100"/>
+      <c r="N709" s="100"/>
+      <c r="O709" s="101"/>
+      <c r="P709" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B709:G709)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="710" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A710" s="101"/>
-[...14 lines deleted...]
-      <c r="P710" s="108" t="str">
+      <c r="A710" s="143"/>
+      <c r="B710" s="144"/>
+      <c r="C710" s="103"/>
+      <c r="D710" s="103"/>
+      <c r="E710" s="96"/>
+      <c r="F710" s="96"/>
+      <c r="G710" s="96"/>
+      <c r="H710" s="97"/>
+      <c r="I710" s="97"/>
+      <c r="J710" s="97"/>
+      <c r="K710" s="98"/>
+      <c r="L710" s="99"/>
+      <c r="M710" s="100"/>
+      <c r="N710" s="100"/>
+      <c r="O710" s="101"/>
+      <c r="P710" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B710:G710)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="711" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A711" s="101"/>
-[...14 lines deleted...]
-      <c r="P711" s="108" t="str">
+      <c r="A711" s="143"/>
+      <c r="B711" s="144"/>
+      <c r="C711" s="103"/>
+      <c r="D711" s="103"/>
+      <c r="E711" s="96"/>
+      <c r="F711" s="96"/>
+      <c r="G711" s="96"/>
+      <c r="H711" s="97"/>
+      <c r="I711" s="97"/>
+      <c r="J711" s="97"/>
+      <c r="K711" s="98"/>
+      <c r="L711" s="99"/>
+      <c r="M711" s="100"/>
+      <c r="N711" s="100"/>
+      <c r="O711" s="101"/>
+      <c r="P711" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B711:G711)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="712" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A712" s="101"/>
-[...14 lines deleted...]
-      <c r="P712" s="108" t="str">
+      <c r="A712" s="143"/>
+      <c r="B712" s="144"/>
+      <c r="C712" s="103"/>
+      <c r="D712" s="103"/>
+      <c r="E712" s="96"/>
+      <c r="F712" s="96"/>
+      <c r="G712" s="96"/>
+      <c r="H712" s="97"/>
+      <c r="I712" s="97"/>
+      <c r="J712" s="97"/>
+      <c r="K712" s="98"/>
+      <c r="L712" s="99"/>
+      <c r="M712" s="100"/>
+      <c r="N712" s="100"/>
+      <c r="O712" s="101"/>
+      <c r="P712" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B712:G712)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="713" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A713" s="101"/>
-[...14 lines deleted...]
-      <c r="P713" s="108" t="str">
+      <c r="A713" s="143"/>
+      <c r="B713" s="144"/>
+      <c r="C713" s="103"/>
+      <c r="D713" s="103"/>
+      <c r="E713" s="96"/>
+      <c r="F713" s="96"/>
+      <c r="G713" s="96"/>
+      <c r="H713" s="97"/>
+      <c r="I713" s="97"/>
+      <c r="J713" s="97"/>
+      <c r="K713" s="98"/>
+      <c r="L713" s="99"/>
+      <c r="M713" s="100"/>
+      <c r="N713" s="100"/>
+      <c r="O713" s="101"/>
+      <c r="P713" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B713:G713)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="714" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A714" s="101"/>
-[...14 lines deleted...]
-      <c r="P714" s="108" t="str">
+      <c r="A714" s="143"/>
+      <c r="B714" s="144"/>
+      <c r="C714" s="103"/>
+      <c r="D714" s="103"/>
+      <c r="E714" s="96"/>
+      <c r="F714" s="96"/>
+      <c r="G714" s="96"/>
+      <c r="H714" s="97"/>
+      <c r="I714" s="97"/>
+      <c r="J714" s="97"/>
+      <c r="K714" s="98"/>
+      <c r="L714" s="99"/>
+      <c r="M714" s="100"/>
+      <c r="N714" s="100"/>
+      <c r="O714" s="101"/>
+      <c r="P714" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B714:G714)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="715" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A715" s="101"/>
-[...14 lines deleted...]
-      <c r="P715" s="108" t="str">
+      <c r="A715" s="143"/>
+      <c r="B715" s="144"/>
+      <c r="C715" s="103"/>
+      <c r="D715" s="103"/>
+      <c r="E715" s="96"/>
+      <c r="F715" s="96"/>
+      <c r="G715" s="96"/>
+      <c r="H715" s="97"/>
+      <c r="I715" s="97"/>
+      <c r="J715" s="97"/>
+      <c r="K715" s="98"/>
+      <c r="L715" s="99"/>
+      <c r="M715" s="100"/>
+      <c r="N715" s="100"/>
+      <c r="O715" s="101"/>
+      <c r="P715" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B715:G715)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="716" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A716" s="101"/>
-[...14 lines deleted...]
-      <c r="P716" s="108" t="str">
+      <c r="A716" s="143"/>
+      <c r="B716" s="144"/>
+      <c r="C716" s="103"/>
+      <c r="D716" s="103"/>
+      <c r="E716" s="96"/>
+      <c r="F716" s="96"/>
+      <c r="G716" s="96"/>
+      <c r="H716" s="97"/>
+      <c r="I716" s="97"/>
+      <c r="J716" s="97"/>
+      <c r="K716" s="98"/>
+      <c r="L716" s="99"/>
+      <c r="M716" s="100"/>
+      <c r="N716" s="100"/>
+      <c r="O716" s="101"/>
+      <c r="P716" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B716:G716)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="717" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A717" s="101"/>
-[...14 lines deleted...]
-      <c r="P717" s="108" t="str">
+      <c r="A717" s="143"/>
+      <c r="B717" s="144"/>
+      <c r="C717" s="103"/>
+      <c r="D717" s="103"/>
+      <c r="E717" s="96"/>
+      <c r="F717" s="96"/>
+      <c r="G717" s="96"/>
+      <c r="H717" s="97"/>
+      <c r="I717" s="97"/>
+      <c r="J717" s="97"/>
+      <c r="K717" s="98"/>
+      <c r="L717" s="99"/>
+      <c r="M717" s="100"/>
+      <c r="N717" s="100"/>
+      <c r="O717" s="101"/>
+      <c r="P717" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B717:G717)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="718" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A718" s="101"/>
-[...14 lines deleted...]
-      <c r="P718" s="108" t="str">
+      <c r="A718" s="143"/>
+      <c r="B718" s="144"/>
+      <c r="C718" s="103"/>
+      <c r="D718" s="103"/>
+      <c r="E718" s="96"/>
+      <c r="F718" s="96"/>
+      <c r="G718" s="96"/>
+      <c r="H718" s="97"/>
+      <c r="I718" s="97"/>
+      <c r="J718" s="97"/>
+      <c r="K718" s="98"/>
+      <c r="L718" s="99"/>
+      <c r="M718" s="100"/>
+      <c r="N718" s="100"/>
+      <c r="O718" s="101"/>
+      <c r="P718" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B718:G718)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="719" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A719" s="101"/>
-[...14 lines deleted...]
-      <c r="P719" s="108" t="str">
+      <c r="A719" s="143"/>
+      <c r="B719" s="144"/>
+      <c r="C719" s="103"/>
+      <c r="D719" s="103"/>
+      <c r="E719" s="96"/>
+      <c r="F719" s="96"/>
+      <c r="G719" s="96"/>
+      <c r="H719" s="97"/>
+      <c r="I719" s="97"/>
+      <c r="J719" s="97"/>
+      <c r="K719" s="98"/>
+      <c r="L719" s="99"/>
+      <c r="M719" s="100"/>
+      <c r="N719" s="100"/>
+      <c r="O719" s="101"/>
+      <c r="P719" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B719:G719)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="720" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A720" s="101"/>
-[...14 lines deleted...]
-      <c r="P720" s="108" t="str">
+      <c r="A720" s="143"/>
+      <c r="B720" s="144"/>
+      <c r="C720" s="103"/>
+      <c r="D720" s="103"/>
+      <c r="E720" s="96"/>
+      <c r="F720" s="96"/>
+      <c r="G720" s="96"/>
+      <c r="H720" s="97"/>
+      <c r="I720" s="97"/>
+      <c r="J720" s="97"/>
+      <c r="K720" s="98"/>
+      <c r="L720" s="99"/>
+      <c r="M720" s="100"/>
+      <c r="N720" s="100"/>
+      <c r="O720" s="101"/>
+      <c r="P720" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B720:G720)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="721" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A721" s="101"/>
-[...14 lines deleted...]
-      <c r="P721" s="108" t="str">
+      <c r="A721" s="143"/>
+      <c r="B721" s="144"/>
+      <c r="C721" s="103"/>
+      <c r="D721" s="103"/>
+      <c r="E721" s="96"/>
+      <c r="F721" s="96"/>
+      <c r="G721" s="96"/>
+      <c r="H721" s="97"/>
+      <c r="I721" s="97"/>
+      <c r="J721" s="97"/>
+      <c r="K721" s="98"/>
+      <c r="L721" s="99"/>
+      <c r="M721" s="100"/>
+      <c r="N721" s="100"/>
+      <c r="O721" s="101"/>
+      <c r="P721" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B721:G721)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="722" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A722" s="101"/>
-[...14 lines deleted...]
-      <c r="P722" s="108" t="str">
+      <c r="A722" s="143"/>
+      <c r="B722" s="144"/>
+      <c r="C722" s="103"/>
+      <c r="D722" s="103"/>
+      <c r="E722" s="96"/>
+      <c r="F722" s="96"/>
+      <c r="G722" s="96"/>
+      <c r="H722" s="97"/>
+      <c r="I722" s="97"/>
+      <c r="J722" s="97"/>
+      <c r="K722" s="98"/>
+      <c r="L722" s="99"/>
+      <c r="M722" s="100"/>
+      <c r="N722" s="100"/>
+      <c r="O722" s="101"/>
+      <c r="P722" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B722:G722)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="723" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A723" s="101"/>
-[...14 lines deleted...]
-      <c r="P723" s="108" t="str">
+      <c r="A723" s="143"/>
+      <c r="B723" s="144"/>
+      <c r="C723" s="103"/>
+      <c r="D723" s="103"/>
+      <c r="E723" s="96"/>
+      <c r="F723" s="96"/>
+      <c r="G723" s="96"/>
+      <c r="H723" s="97"/>
+      <c r="I723" s="97"/>
+      <c r="J723" s="97"/>
+      <c r="K723" s="98"/>
+      <c r="L723" s="99"/>
+      <c r="M723" s="100"/>
+      <c r="N723" s="100"/>
+      <c r="O723" s="101"/>
+      <c r="P723" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B723:G723)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="724" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A724" s="101"/>
-[...14 lines deleted...]
-      <c r="P724" s="108" t="str">
+      <c r="A724" s="143"/>
+      <c r="B724" s="144"/>
+      <c r="C724" s="103"/>
+      <c r="D724" s="103"/>
+      <c r="E724" s="96"/>
+      <c r="F724" s="96"/>
+      <c r="G724" s="96"/>
+      <c r="H724" s="97"/>
+      <c r="I724" s="97"/>
+      <c r="J724" s="97"/>
+      <c r="K724" s="98"/>
+      <c r="L724" s="99"/>
+      <c r="M724" s="100"/>
+      <c r="N724" s="100"/>
+      <c r="O724" s="101"/>
+      <c r="P724" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B724:G724)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="725" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A725" s="101"/>
-[...14 lines deleted...]
-      <c r="P725" s="108" t="str">
+      <c r="A725" s="143"/>
+      <c r="B725" s="144"/>
+      <c r="C725" s="103"/>
+      <c r="D725" s="103"/>
+      <c r="E725" s="96"/>
+      <c r="F725" s="96"/>
+      <c r="G725" s="96"/>
+      <c r="H725" s="97"/>
+      <c r="I725" s="97"/>
+      <c r="J725" s="97"/>
+      <c r="K725" s="98"/>
+      <c r="L725" s="99"/>
+      <c r="M725" s="100"/>
+      <c r="N725" s="100"/>
+      <c r="O725" s="101"/>
+      <c r="P725" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B725:G725)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="726" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A726" s="101"/>
-[...14 lines deleted...]
-      <c r="P726" s="108" t="str">
+      <c r="A726" s="143"/>
+      <c r="B726" s="144"/>
+      <c r="C726" s="103"/>
+      <c r="D726" s="103"/>
+      <c r="E726" s="96"/>
+      <c r="F726" s="96"/>
+      <c r="G726" s="96"/>
+      <c r="H726" s="97"/>
+      <c r="I726" s="97"/>
+      <c r="J726" s="97"/>
+      <c r="K726" s="98"/>
+      <c r="L726" s="99"/>
+      <c r="M726" s="100"/>
+      <c r="N726" s="100"/>
+      <c r="O726" s="101"/>
+      <c r="P726" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B726:G726)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="727" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A727" s="101"/>
-[...14 lines deleted...]
-      <c r="P727" s="108" t="str">
+      <c r="A727" s="143"/>
+      <c r="B727" s="144"/>
+      <c r="C727" s="103"/>
+      <c r="D727" s="103"/>
+      <c r="E727" s="96"/>
+      <c r="F727" s="96"/>
+      <c r="G727" s="96"/>
+      <c r="H727" s="97"/>
+      <c r="I727" s="97"/>
+      <c r="J727" s="97"/>
+      <c r="K727" s="98"/>
+      <c r="L727" s="99"/>
+      <c r="M727" s="100"/>
+      <c r="N727" s="100"/>
+      <c r="O727" s="101"/>
+      <c r="P727" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B727:G727)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="728" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A728" s="101"/>
-[...14 lines deleted...]
-      <c r="P728" s="108" t="str">
+      <c r="A728" s="143"/>
+      <c r="B728" s="144"/>
+      <c r="C728" s="103"/>
+      <c r="D728" s="103"/>
+      <c r="E728" s="96"/>
+      <c r="F728" s="96"/>
+      <c r="G728" s="96"/>
+      <c r="H728" s="97"/>
+      <c r="I728" s="97"/>
+      <c r="J728" s="97"/>
+      <c r="K728" s="98"/>
+      <c r="L728" s="99"/>
+      <c r="M728" s="100"/>
+      <c r="N728" s="100"/>
+      <c r="O728" s="101"/>
+      <c r="P728" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B728:G728)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="729" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A729" s="101"/>
-[...14 lines deleted...]
-      <c r="P729" s="108" t="str">
+      <c r="A729" s="143"/>
+      <c r="B729" s="144"/>
+      <c r="C729" s="103"/>
+      <c r="D729" s="103"/>
+      <c r="E729" s="96"/>
+      <c r="F729" s="96"/>
+      <c r="G729" s="96"/>
+      <c r="H729" s="97"/>
+      <c r="I729" s="97"/>
+      <c r="J729" s="97"/>
+      <c r="K729" s="98"/>
+      <c r="L729" s="99"/>
+      <c r="M729" s="100"/>
+      <c r="N729" s="100"/>
+      <c r="O729" s="101"/>
+      <c r="P729" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B729:G729)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="730" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A730" s="101"/>
-[...14 lines deleted...]
-      <c r="P730" s="108" t="str">
+      <c r="A730" s="143"/>
+      <c r="B730" s="144"/>
+      <c r="C730" s="103"/>
+      <c r="D730" s="103"/>
+      <c r="E730" s="96"/>
+      <c r="F730" s="96"/>
+      <c r="G730" s="96"/>
+      <c r="H730" s="97"/>
+      <c r="I730" s="97"/>
+      <c r="J730" s="97"/>
+      <c r="K730" s="98"/>
+      <c r="L730" s="99"/>
+      <c r="M730" s="100"/>
+      <c r="N730" s="100"/>
+      <c r="O730" s="101"/>
+      <c r="P730" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B730:G730)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="731" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A731" s="101"/>
-[...14 lines deleted...]
-      <c r="P731" s="108" t="str">
+      <c r="A731" s="143"/>
+      <c r="B731" s="144"/>
+      <c r="C731" s="103"/>
+      <c r="D731" s="103"/>
+      <c r="E731" s="96"/>
+      <c r="F731" s="96"/>
+      <c r="G731" s="96"/>
+      <c r="H731" s="97"/>
+      <c r="I731" s="97"/>
+      <c r="J731" s="97"/>
+      <c r="K731" s="98"/>
+      <c r="L731" s="99"/>
+      <c r="M731" s="100"/>
+      <c r="N731" s="100"/>
+      <c r="O731" s="101"/>
+      <c r="P731" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B731:G731)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="732" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A732" s="101"/>
-[...14 lines deleted...]
-      <c r="P732" s="108" t="str">
+      <c r="A732" s="143"/>
+      <c r="B732" s="144"/>
+      <c r="C732" s="103"/>
+      <c r="D732" s="103"/>
+      <c r="E732" s="96"/>
+      <c r="F732" s="96"/>
+      <c r="G732" s="96"/>
+      <c r="H732" s="97"/>
+      <c r="I732" s="97"/>
+      <c r="J732" s="97"/>
+      <c r="K732" s="98"/>
+      <c r="L732" s="99"/>
+      <c r="M732" s="100"/>
+      <c r="N732" s="100"/>
+      <c r="O732" s="101"/>
+      <c r="P732" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B732:G732)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="733" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A733" s="101"/>
-[...14 lines deleted...]
-      <c r="P733" s="108" t="str">
+      <c r="A733" s="143"/>
+      <c r="B733" s="144"/>
+      <c r="C733" s="103"/>
+      <c r="D733" s="103"/>
+      <c r="E733" s="96"/>
+      <c r="F733" s="96"/>
+      <c r="G733" s="96"/>
+      <c r="H733" s="97"/>
+      <c r="I733" s="97"/>
+      <c r="J733" s="97"/>
+      <c r="K733" s="98"/>
+      <c r="L733" s="99"/>
+      <c r="M733" s="100"/>
+      <c r="N733" s="100"/>
+      <c r="O733" s="101"/>
+      <c r="P733" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B733:G733)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="734" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A734" s="101"/>
-[...14 lines deleted...]
-      <c r="P734" s="108" t="str">
+      <c r="A734" s="143"/>
+      <c r="B734" s="144"/>
+      <c r="C734" s="103"/>
+      <c r="D734" s="103"/>
+      <c r="E734" s="96"/>
+      <c r="F734" s="96"/>
+      <c r="G734" s="96"/>
+      <c r="H734" s="97"/>
+      <c r="I734" s="97"/>
+      <c r="J734" s="97"/>
+      <c r="K734" s="98"/>
+      <c r="L734" s="99"/>
+      <c r="M734" s="100"/>
+      <c r="N734" s="100"/>
+      <c r="O734" s="101"/>
+      <c r="P734" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B734:G734)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="735" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A735" s="101"/>
-[...14 lines deleted...]
-      <c r="P735" s="108" t="str">
+      <c r="A735" s="143"/>
+      <c r="B735" s="144"/>
+      <c r="C735" s="103"/>
+      <c r="D735" s="103"/>
+      <c r="E735" s="96"/>
+      <c r="F735" s="96"/>
+      <c r="G735" s="96"/>
+      <c r="H735" s="97"/>
+      <c r="I735" s="97"/>
+      <c r="J735" s="97"/>
+      <c r="K735" s="98"/>
+      <c r="L735" s="99"/>
+      <c r="M735" s="100"/>
+      <c r="N735" s="100"/>
+      <c r="O735" s="101"/>
+      <c r="P735" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B735:G735)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="736" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A736" s="101"/>
-[...14 lines deleted...]
-      <c r="P736" s="108" t="str">
+      <c r="A736" s="143"/>
+      <c r="B736" s="144"/>
+      <c r="C736" s="103"/>
+      <c r="D736" s="103"/>
+      <c r="E736" s="96"/>
+      <c r="F736" s="96"/>
+      <c r="G736" s="96"/>
+      <c r="H736" s="97"/>
+      <c r="I736" s="97"/>
+      <c r="J736" s="97"/>
+      <c r="K736" s="98"/>
+      <c r="L736" s="99"/>
+      <c r="M736" s="100"/>
+      <c r="N736" s="100"/>
+      <c r="O736" s="101"/>
+      <c r="P736" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B736:G736)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="737" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A737" s="101"/>
-[...14 lines deleted...]
-      <c r="P737" s="108" t="str">
+      <c r="A737" s="143"/>
+      <c r="B737" s="144"/>
+      <c r="C737" s="103"/>
+      <c r="D737" s="103"/>
+      <c r="E737" s="96"/>
+      <c r="F737" s="96"/>
+      <c r="G737" s="96"/>
+      <c r="H737" s="97"/>
+      <c r="I737" s="97"/>
+      <c r="J737" s="97"/>
+      <c r="K737" s="98"/>
+      <c r="L737" s="99"/>
+      <c r="M737" s="100"/>
+      <c r="N737" s="100"/>
+      <c r="O737" s="101"/>
+      <c r="P737" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B737:G737)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="738" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A738" s="101"/>
-[...14 lines deleted...]
-      <c r="P738" s="108" t="str">
+      <c r="A738" s="143"/>
+      <c r="B738" s="144"/>
+      <c r="C738" s="103"/>
+      <c r="D738" s="103"/>
+      <c r="E738" s="96"/>
+      <c r="F738" s="96"/>
+      <c r="G738" s="96"/>
+      <c r="H738" s="97"/>
+      <c r="I738" s="97"/>
+      <c r="J738" s="97"/>
+      <c r="K738" s="98"/>
+      <c r="L738" s="99"/>
+      <c r="M738" s="100"/>
+      <c r="N738" s="100"/>
+      <c r="O738" s="101"/>
+      <c r="P738" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B738:G738)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="739" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A739" s="101"/>
-[...14 lines deleted...]
-      <c r="P739" s="108" t="str">
+      <c r="A739" s="143"/>
+      <c r="B739" s="144"/>
+      <c r="C739" s="103"/>
+      <c r="D739" s="103"/>
+      <c r="E739" s="96"/>
+      <c r="F739" s="96"/>
+      <c r="G739" s="96"/>
+      <c r="H739" s="97"/>
+      <c r="I739" s="97"/>
+      <c r="J739" s="97"/>
+      <c r="K739" s="98"/>
+      <c r="L739" s="99"/>
+      <c r="M739" s="100"/>
+      <c r="N739" s="100"/>
+      <c r="O739" s="101"/>
+      <c r="P739" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B739:G739)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="740" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A740" s="101"/>
-[...14 lines deleted...]
-      <c r="P740" s="108" t="str">
+      <c r="A740" s="143"/>
+      <c r="B740" s="144"/>
+      <c r="C740" s="103"/>
+      <c r="D740" s="103"/>
+      <c r="E740" s="96"/>
+      <c r="F740" s="96"/>
+      <c r="G740" s="96"/>
+      <c r="H740" s="97"/>
+      <c r="I740" s="97"/>
+      <c r="J740" s="97"/>
+      <c r="K740" s="98"/>
+      <c r="L740" s="99"/>
+      <c r="M740" s="100"/>
+      <c r="N740" s="100"/>
+      <c r="O740" s="101"/>
+      <c r="P740" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B740:G740)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="741" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A741" s="101"/>
-[...14 lines deleted...]
-      <c r="P741" s="108" t="str">
+      <c r="A741" s="143"/>
+      <c r="B741" s="144"/>
+      <c r="C741" s="103"/>
+      <c r="D741" s="103"/>
+      <c r="E741" s="96"/>
+      <c r="F741" s="96"/>
+      <c r="G741" s="96"/>
+      <c r="H741" s="97"/>
+      <c r="I741" s="97"/>
+      <c r="J741" s="97"/>
+      <c r="K741" s="98"/>
+      <c r="L741" s="99"/>
+      <c r="M741" s="100"/>
+      <c r="N741" s="100"/>
+      <c r="O741" s="101"/>
+      <c r="P741" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B741:G741)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="742" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A742" s="101"/>
-[...14 lines deleted...]
-      <c r="P742" s="108" t="str">
+      <c r="A742" s="143"/>
+      <c r="B742" s="144"/>
+      <c r="C742" s="103"/>
+      <c r="D742" s="103"/>
+      <c r="E742" s="96"/>
+      <c r="F742" s="96"/>
+      <c r="G742" s="96"/>
+      <c r="H742" s="97"/>
+      <c r="I742" s="97"/>
+      <c r="J742" s="97"/>
+      <c r="K742" s="98"/>
+      <c r="L742" s="99"/>
+      <c r="M742" s="100"/>
+      <c r="N742" s="100"/>
+      <c r="O742" s="101"/>
+      <c r="P742" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B742:G742)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="743" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A743" s="101"/>
-[...14 lines deleted...]
-      <c r="P743" s="108" t="str">
+      <c r="A743" s="143"/>
+      <c r="B743" s="144"/>
+      <c r="C743" s="103"/>
+      <c r="D743" s="103"/>
+      <c r="E743" s="96"/>
+      <c r="F743" s="96"/>
+      <c r="G743" s="96"/>
+      <c r="H743" s="97"/>
+      <c r="I743" s="97"/>
+      <c r="J743" s="97"/>
+      <c r="K743" s="98"/>
+      <c r="L743" s="99"/>
+      <c r="M743" s="100"/>
+      <c r="N743" s="100"/>
+      <c r="O743" s="101"/>
+      <c r="P743" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B743:G743)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="744" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A744" s="101"/>
-[...14 lines deleted...]
-      <c r="P744" s="108" t="str">
+      <c r="A744" s="143"/>
+      <c r="B744" s="144"/>
+      <c r="C744" s="103"/>
+      <c r="D744" s="103"/>
+      <c r="E744" s="96"/>
+      <c r="F744" s="96"/>
+      <c r="G744" s="96"/>
+      <c r="H744" s="97"/>
+      <c r="I744" s="97"/>
+      <c r="J744" s="97"/>
+      <c r="K744" s="98"/>
+      <c r="L744" s="99"/>
+      <c r="M744" s="100"/>
+      <c r="N744" s="100"/>
+      <c r="O744" s="101"/>
+      <c r="P744" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B744:G744)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="745" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A745" s="101"/>
-[...14 lines deleted...]
-      <c r="P745" s="108" t="str">
+      <c r="A745" s="143"/>
+      <c r="B745" s="144"/>
+      <c r="C745" s="103"/>
+      <c r="D745" s="103"/>
+      <c r="E745" s="96"/>
+      <c r="F745" s="96"/>
+      <c r="G745" s="96"/>
+      <c r="H745" s="97"/>
+      <c r="I745" s="97"/>
+      <c r="J745" s="97"/>
+      <c r="K745" s="98"/>
+      <c r="L745" s="99"/>
+      <c r="M745" s="100"/>
+      <c r="N745" s="100"/>
+      <c r="O745" s="101"/>
+      <c r="P745" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B745:G745)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="746" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A746" s="101"/>
-[...14 lines deleted...]
-      <c r="P746" s="108" t="str">
+      <c r="A746" s="143"/>
+      <c r="B746" s="144"/>
+      <c r="C746" s="103"/>
+      <c r="D746" s="103"/>
+      <c r="E746" s="96"/>
+      <c r="F746" s="96"/>
+      <c r="G746" s="96"/>
+      <c r="H746" s="97"/>
+      <c r="I746" s="97"/>
+      <c r="J746" s="97"/>
+      <c r="K746" s="98"/>
+      <c r="L746" s="99"/>
+      <c r="M746" s="100"/>
+      <c r="N746" s="100"/>
+      <c r="O746" s="101"/>
+      <c r="P746" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B746:G746)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="747" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A747" s="101"/>
-[...14 lines deleted...]
-      <c r="P747" s="108" t="str">
+      <c r="A747" s="143"/>
+      <c r="B747" s="144"/>
+      <c r="C747" s="103"/>
+      <c r="D747" s="103"/>
+      <c r="E747" s="96"/>
+      <c r="F747" s="96"/>
+      <c r="G747" s="96"/>
+      <c r="H747" s="97"/>
+      <c r="I747" s="97"/>
+      <c r="J747" s="97"/>
+      <c r="K747" s="98"/>
+      <c r="L747" s="99"/>
+      <c r="M747" s="100"/>
+      <c r="N747" s="100"/>
+      <c r="O747" s="101"/>
+      <c r="P747" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B747:G747)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="748" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A748" s="101"/>
-[...14 lines deleted...]
-      <c r="P748" s="108" t="str">
+      <c r="A748" s="143"/>
+      <c r="B748" s="144"/>
+      <c r="C748" s="103"/>
+      <c r="D748" s="103"/>
+      <c r="E748" s="96"/>
+      <c r="F748" s="96"/>
+      <c r="G748" s="96"/>
+      <c r="H748" s="97"/>
+      <c r="I748" s="97"/>
+      <c r="J748" s="97"/>
+      <c r="K748" s="98"/>
+      <c r="L748" s="99"/>
+      <c r="M748" s="100"/>
+      <c r="N748" s="100"/>
+      <c r="O748" s="101"/>
+      <c r="P748" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B748:G748)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="749" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A749" s="101"/>
-[...14 lines deleted...]
-      <c r="P749" s="108" t="str">
+      <c r="A749" s="143"/>
+      <c r="B749" s="144"/>
+      <c r="C749" s="103"/>
+      <c r="D749" s="103"/>
+      <c r="E749" s="96"/>
+      <c r="F749" s="96"/>
+      <c r="G749" s="96"/>
+      <c r="H749" s="97"/>
+      <c r="I749" s="97"/>
+      <c r="J749" s="97"/>
+      <c r="K749" s="98"/>
+      <c r="L749" s="99"/>
+      <c r="M749" s="100"/>
+      <c r="N749" s="100"/>
+      <c r="O749" s="101"/>
+      <c r="P749" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B749:G749)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="750" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A750" s="101"/>
-[...14 lines deleted...]
-      <c r="P750" s="108" t="str">
+      <c r="A750" s="143"/>
+      <c r="B750" s="144"/>
+      <c r="C750" s="103"/>
+      <c r="D750" s="103"/>
+      <c r="E750" s="96"/>
+      <c r="F750" s="96"/>
+      <c r="G750" s="96"/>
+      <c r="H750" s="97"/>
+      <c r="I750" s="97"/>
+      <c r="J750" s="97"/>
+      <c r="K750" s="98"/>
+      <c r="L750" s="99"/>
+      <c r="M750" s="100"/>
+      <c r="N750" s="100"/>
+      <c r="O750" s="101"/>
+      <c r="P750" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B750:G750)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="751" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A751" s="101"/>
-[...14 lines deleted...]
-      <c r="P751" s="108" t="str">
+      <c r="A751" s="143"/>
+      <c r="B751" s="144"/>
+      <c r="C751" s="103"/>
+      <c r="D751" s="103"/>
+      <c r="E751" s="96"/>
+      <c r="F751" s="96"/>
+      <c r="G751" s="96"/>
+      <c r="H751" s="97"/>
+      <c r="I751" s="97"/>
+      <c r="J751" s="97"/>
+      <c r="K751" s="98"/>
+      <c r="L751" s="99"/>
+      <c r="M751" s="100"/>
+      <c r="N751" s="100"/>
+      <c r="O751" s="101"/>
+      <c r="P751" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B751:G751)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="752" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A752" s="101"/>
-[...14 lines deleted...]
-      <c r="P752" s="108" t="str">
+      <c r="A752" s="143"/>
+      <c r="B752" s="144"/>
+      <c r="C752" s="103"/>
+      <c r="D752" s="103"/>
+      <c r="E752" s="96"/>
+      <c r="F752" s="96"/>
+      <c r="G752" s="96"/>
+      <c r="H752" s="97"/>
+      <c r="I752" s="97"/>
+      <c r="J752" s="97"/>
+      <c r="K752" s="98"/>
+      <c r="L752" s="99"/>
+      <c r="M752" s="100"/>
+      <c r="N752" s="100"/>
+      <c r="O752" s="101"/>
+      <c r="P752" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B752:G752)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="753" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A753" s="101"/>
-[...14 lines deleted...]
-      <c r="P753" s="108" t="str">
+      <c r="A753" s="143"/>
+      <c r="B753" s="144"/>
+      <c r="C753" s="103"/>
+      <c r="D753" s="103"/>
+      <c r="E753" s="96"/>
+      <c r="F753" s="96"/>
+      <c r="G753" s="96"/>
+      <c r="H753" s="97"/>
+      <c r="I753" s="97"/>
+      <c r="J753" s="97"/>
+      <c r="K753" s="98"/>
+      <c r="L753" s="99"/>
+      <c r="M753" s="100"/>
+      <c r="N753" s="100"/>
+      <c r="O753" s="101"/>
+      <c r="P753" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B753:G753)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="754" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A754" s="101"/>
-[...14 lines deleted...]
-      <c r="P754" s="108" t="str">
+      <c r="A754" s="143"/>
+      <c r="B754" s="144"/>
+      <c r="C754" s="103"/>
+      <c r="D754" s="103"/>
+      <c r="E754" s="96"/>
+      <c r="F754" s="96"/>
+      <c r="G754" s="96"/>
+      <c r="H754" s="97"/>
+      <c r="I754" s="97"/>
+      <c r="J754" s="97"/>
+      <c r="K754" s="98"/>
+      <c r="L754" s="99"/>
+      <c r="M754" s="100"/>
+      <c r="N754" s="100"/>
+      <c r="O754" s="101"/>
+      <c r="P754" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B754:G754)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="755" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A755" s="101"/>
-[...14 lines deleted...]
-      <c r="P755" s="108" t="str">
+      <c r="A755" s="143"/>
+      <c r="B755" s="144"/>
+      <c r="C755" s="103"/>
+      <c r="D755" s="103"/>
+      <c r="E755" s="96"/>
+      <c r="F755" s="96"/>
+      <c r="G755" s="96"/>
+      <c r="H755" s="97"/>
+      <c r="I755" s="97"/>
+      <c r="J755" s="97"/>
+      <c r="K755" s="98"/>
+      <c r="L755" s="99"/>
+      <c r="M755" s="100"/>
+      <c r="N755" s="100"/>
+      <c r="O755" s="101"/>
+      <c r="P755" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B755:G755)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="756" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A756" s="101"/>
-[...14 lines deleted...]
-      <c r="P756" s="108" t="str">
+      <c r="A756" s="143"/>
+      <c r="B756" s="144"/>
+      <c r="C756" s="103"/>
+      <c r="D756" s="103"/>
+      <c r="E756" s="96"/>
+      <c r="F756" s="96"/>
+      <c r="G756" s="96"/>
+      <c r="H756" s="97"/>
+      <c r="I756" s="97"/>
+      <c r="J756" s="97"/>
+      <c r="K756" s="98"/>
+      <c r="L756" s="99"/>
+      <c r="M756" s="100"/>
+      <c r="N756" s="100"/>
+      <c r="O756" s="101"/>
+      <c r="P756" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B756:G756)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="757" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A757" s="101"/>
-[...14 lines deleted...]
-      <c r="P757" s="108" t="str">
+      <c r="A757" s="143"/>
+      <c r="B757" s="144"/>
+      <c r="C757" s="103"/>
+      <c r="D757" s="103"/>
+      <c r="E757" s="96"/>
+      <c r="F757" s="96"/>
+      <c r="G757" s="96"/>
+      <c r="H757" s="97"/>
+      <c r="I757" s="97"/>
+      <c r="J757" s="97"/>
+      <c r="K757" s="98"/>
+      <c r="L757" s="99"/>
+      <c r="M757" s="100"/>
+      <c r="N757" s="100"/>
+      <c r="O757" s="101"/>
+      <c r="P757" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B757:G757)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="758" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A758" s="101"/>
-[...14 lines deleted...]
-      <c r="P758" s="108" t="str">
+      <c r="A758" s="143"/>
+      <c r="B758" s="144"/>
+      <c r="C758" s="103"/>
+      <c r="D758" s="103"/>
+      <c r="E758" s="96"/>
+      <c r="F758" s="96"/>
+      <c r="G758" s="96"/>
+      <c r="H758" s="97"/>
+      <c r="I758" s="97"/>
+      <c r="J758" s="97"/>
+      <c r="K758" s="98"/>
+      <c r="L758" s="99"/>
+      <c r="M758" s="100"/>
+      <c r="N758" s="100"/>
+      <c r="O758" s="101"/>
+      <c r="P758" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B758:G758)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="759" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A759" s="101"/>
-[...14 lines deleted...]
-      <c r="P759" s="108" t="str">
+      <c r="A759" s="143"/>
+      <c r="B759" s="144"/>
+      <c r="C759" s="103"/>
+      <c r="D759" s="103"/>
+      <c r="E759" s="96"/>
+      <c r="F759" s="96"/>
+      <c r="G759" s="96"/>
+      <c r="H759" s="97"/>
+      <c r="I759" s="97"/>
+      <c r="J759" s="97"/>
+      <c r="K759" s="98"/>
+      <c r="L759" s="99"/>
+      <c r="M759" s="100"/>
+      <c r="N759" s="100"/>
+      <c r="O759" s="101"/>
+      <c r="P759" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B759:G759)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="760" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A760" s="101"/>
-[...14 lines deleted...]
-      <c r="P760" s="108" t="str">
+      <c r="A760" s="143"/>
+      <c r="B760" s="144"/>
+      <c r="C760" s="103"/>
+      <c r="D760" s="103"/>
+      <c r="E760" s="96"/>
+      <c r="F760" s="96"/>
+      <c r="G760" s="96"/>
+      <c r="H760" s="97"/>
+      <c r="I760" s="97"/>
+      <c r="J760" s="97"/>
+      <c r="K760" s="98"/>
+      <c r="L760" s="99"/>
+      <c r="M760" s="100"/>
+      <c r="N760" s="100"/>
+      <c r="O760" s="101"/>
+      <c r="P760" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B760:G760)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="761" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A761" s="101"/>
-[...14 lines deleted...]
-      <c r="P761" s="108" t="str">
+      <c r="A761" s="143"/>
+      <c r="B761" s="144"/>
+      <c r="C761" s="103"/>
+      <c r="D761" s="103"/>
+      <c r="E761" s="96"/>
+      <c r="F761" s="96"/>
+      <c r="G761" s="96"/>
+      <c r="H761" s="97"/>
+      <c r="I761" s="97"/>
+      <c r="J761" s="97"/>
+      <c r="K761" s="98"/>
+      <c r="L761" s="99"/>
+      <c r="M761" s="100"/>
+      <c r="N761" s="100"/>
+      <c r="O761" s="101"/>
+      <c r="P761" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B761:G761)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="762" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A762" s="101"/>
-[...14 lines deleted...]
-      <c r="P762" s="108" t="str">
+      <c r="A762" s="143"/>
+      <c r="B762" s="144"/>
+      <c r="C762" s="103"/>
+      <c r="D762" s="103"/>
+      <c r="E762" s="96"/>
+      <c r="F762" s="96"/>
+      <c r="G762" s="96"/>
+      <c r="H762" s="97"/>
+      <c r="I762" s="97"/>
+      <c r="J762" s="97"/>
+      <c r="K762" s="98"/>
+      <c r="L762" s="99"/>
+      <c r="M762" s="100"/>
+      <c r="N762" s="100"/>
+      <c r="O762" s="101"/>
+      <c r="P762" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B762:G762)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="763" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A763" s="101"/>
-[...14 lines deleted...]
-      <c r="P763" s="108" t="str">
+      <c r="A763" s="143"/>
+      <c r="B763" s="144"/>
+      <c r="C763" s="103"/>
+      <c r="D763" s="103"/>
+      <c r="E763" s="96"/>
+      <c r="F763" s="96"/>
+      <c r="G763" s="96"/>
+      <c r="H763" s="97"/>
+      <c r="I763" s="97"/>
+      <c r="J763" s="97"/>
+      <c r="K763" s="98"/>
+      <c r="L763" s="99"/>
+      <c r="M763" s="100"/>
+      <c r="N763" s="100"/>
+      <c r="O763" s="101"/>
+      <c r="P763" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B763:G763)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="764" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A764" s="101"/>
-[...14 lines deleted...]
-      <c r="P764" s="108" t="str">
+      <c r="A764" s="143"/>
+      <c r="B764" s="144"/>
+      <c r="C764" s="103"/>
+      <c r="D764" s="103"/>
+      <c r="E764" s="96"/>
+      <c r="F764" s="96"/>
+      <c r="G764" s="96"/>
+      <c r="H764" s="97"/>
+      <c r="I764" s="97"/>
+      <c r="J764" s="97"/>
+      <c r="K764" s="98"/>
+      <c r="L764" s="99"/>
+      <c r="M764" s="100"/>
+      <c r="N764" s="100"/>
+      <c r="O764" s="101"/>
+      <c r="P764" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B764:G764)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="765" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A765" s="101"/>
-[...14 lines deleted...]
-      <c r="P765" s="108" t="str">
+      <c r="A765" s="143"/>
+      <c r="B765" s="144"/>
+      <c r="C765" s="103"/>
+      <c r="D765" s="103"/>
+      <c r="E765" s="96"/>
+      <c r="F765" s="96"/>
+      <c r="G765" s="96"/>
+      <c r="H765" s="97"/>
+      <c r="I765" s="97"/>
+      <c r="J765" s="97"/>
+      <c r="K765" s="98"/>
+      <c r="L765" s="99"/>
+      <c r="M765" s="100"/>
+      <c r="N765" s="100"/>
+      <c r="O765" s="101"/>
+      <c r="P765" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B765:G765)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="766" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A766" s="101"/>
-[...14 lines deleted...]
-      <c r="P766" s="108" t="str">
+      <c r="A766" s="143"/>
+      <c r="B766" s="144"/>
+      <c r="C766" s="103"/>
+      <c r="D766" s="103"/>
+      <c r="E766" s="96"/>
+      <c r="F766" s="96"/>
+      <c r="G766" s="96"/>
+      <c r="H766" s="97"/>
+      <c r="I766" s="97"/>
+      <c r="J766" s="97"/>
+      <c r="K766" s="98"/>
+      <c r="L766" s="99"/>
+      <c r="M766" s="100"/>
+      <c r="N766" s="100"/>
+      <c r="O766" s="101"/>
+      <c r="P766" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B766:G766)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="767" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A767" s="101"/>
-[...14 lines deleted...]
-      <c r="P767" s="108" t="str">
+      <c r="A767" s="143"/>
+      <c r="B767" s="144"/>
+      <c r="C767" s="103"/>
+      <c r="D767" s="103"/>
+      <c r="E767" s="96"/>
+      <c r="F767" s="96"/>
+      <c r="G767" s="96"/>
+      <c r="H767" s="97"/>
+      <c r="I767" s="97"/>
+      <c r="J767" s="97"/>
+      <c r="K767" s="98"/>
+      <c r="L767" s="99"/>
+      <c r="M767" s="100"/>
+      <c r="N767" s="100"/>
+      <c r="O767" s="101"/>
+      <c r="P767" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B767:G767)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="768" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A768" s="101"/>
-[...14 lines deleted...]
-      <c r="P768" s="108" t="str">
+      <c r="A768" s="143"/>
+      <c r="B768" s="144"/>
+      <c r="C768" s="103"/>
+      <c r="D768" s="103"/>
+      <c r="E768" s="96"/>
+      <c r="F768" s="96"/>
+      <c r="G768" s="96"/>
+      <c r="H768" s="97"/>
+      <c r="I768" s="97"/>
+      <c r="J768" s="97"/>
+      <c r="K768" s="98"/>
+      <c r="L768" s="99"/>
+      <c r="M768" s="100"/>
+      <c r="N768" s="100"/>
+      <c r="O768" s="101"/>
+      <c r="P768" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B768:G768)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="769" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A769" s="101"/>
-[...14 lines deleted...]
-      <c r="P769" s="108" t="str">
+      <c r="A769" s="143"/>
+      <c r="B769" s="144"/>
+      <c r="C769" s="103"/>
+      <c r="D769" s="103"/>
+      <c r="E769" s="96"/>
+      <c r="F769" s="96"/>
+      <c r="G769" s="96"/>
+      <c r="H769" s="97"/>
+      <c r="I769" s="97"/>
+      <c r="J769" s="97"/>
+      <c r="K769" s="98"/>
+      <c r="L769" s="99"/>
+      <c r="M769" s="100"/>
+      <c r="N769" s="100"/>
+      <c r="O769" s="101"/>
+      <c r="P769" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B769:G769)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="770" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A770" s="101"/>
-[...14 lines deleted...]
-      <c r="P770" s="108" t="str">
+      <c r="A770" s="143"/>
+      <c r="B770" s="144"/>
+      <c r="C770" s="103"/>
+      <c r="D770" s="103"/>
+      <c r="E770" s="96"/>
+      <c r="F770" s="96"/>
+      <c r="G770" s="96"/>
+      <c r="H770" s="97"/>
+      <c r="I770" s="97"/>
+      <c r="J770" s="97"/>
+      <c r="K770" s="98"/>
+      <c r="L770" s="99"/>
+      <c r="M770" s="100"/>
+      <c r="N770" s="100"/>
+      <c r="O770" s="101"/>
+      <c r="P770" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B770:G770)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="771" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A771" s="101"/>
-[...14 lines deleted...]
-      <c r="P771" s="108" t="str">
+      <c r="A771" s="143"/>
+      <c r="B771" s="144"/>
+      <c r="C771" s="103"/>
+      <c r="D771" s="103"/>
+      <c r="E771" s="96"/>
+      <c r="F771" s="96"/>
+      <c r="G771" s="96"/>
+      <c r="H771" s="97"/>
+      <c r="I771" s="97"/>
+      <c r="J771" s="97"/>
+      <c r="K771" s="98"/>
+      <c r="L771" s="99"/>
+      <c r="M771" s="100"/>
+      <c r="N771" s="100"/>
+      <c r="O771" s="101"/>
+      <c r="P771" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B771:G771)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="772" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A772" s="101"/>
-[...14 lines deleted...]
-      <c r="P772" s="108" t="str">
+      <c r="A772" s="143"/>
+      <c r="B772" s="144"/>
+      <c r="C772" s="103"/>
+      <c r="D772" s="103"/>
+      <c r="E772" s="96"/>
+      <c r="F772" s="96"/>
+      <c r="G772" s="96"/>
+      <c r="H772" s="97"/>
+      <c r="I772" s="97"/>
+      <c r="J772" s="97"/>
+      <c r="K772" s="98"/>
+      <c r="L772" s="99"/>
+      <c r="M772" s="100"/>
+      <c r="N772" s="100"/>
+      <c r="O772" s="101"/>
+      <c r="P772" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B772:G772)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="773" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A773" s="101"/>
-[...14 lines deleted...]
-      <c r="P773" s="108" t="str">
+      <c r="A773" s="143"/>
+      <c r="B773" s="144"/>
+      <c r="C773" s="103"/>
+      <c r="D773" s="103"/>
+      <c r="E773" s="96"/>
+      <c r="F773" s="96"/>
+      <c r="G773" s="96"/>
+      <c r="H773" s="97"/>
+      <c r="I773" s="97"/>
+      <c r="J773" s="97"/>
+      <c r="K773" s="98"/>
+      <c r="L773" s="99"/>
+      <c r="M773" s="100"/>
+      <c r="N773" s="100"/>
+      <c r="O773" s="101"/>
+      <c r="P773" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B773:G773)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="774" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A774" s="101"/>
-[...14 lines deleted...]
-      <c r="P774" s="108" t="str">
+      <c r="A774" s="143"/>
+      <c r="B774" s="144"/>
+      <c r="C774" s="103"/>
+      <c r="D774" s="103"/>
+      <c r="E774" s="96"/>
+      <c r="F774" s="96"/>
+      <c r="G774" s="96"/>
+      <c r="H774" s="97"/>
+      <c r="I774" s="97"/>
+      <c r="J774" s="97"/>
+      <c r="K774" s="98"/>
+      <c r="L774" s="99"/>
+      <c r="M774" s="100"/>
+      <c r="N774" s="100"/>
+      <c r="O774" s="101"/>
+      <c r="P774" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B774:G774)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="775" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A775" s="101"/>
-[...14 lines deleted...]
-      <c r="P775" s="108" t="str">
+      <c r="A775" s="143"/>
+      <c r="B775" s="144"/>
+      <c r="C775" s="103"/>
+      <c r="D775" s="103"/>
+      <c r="E775" s="96"/>
+      <c r="F775" s="96"/>
+      <c r="G775" s="96"/>
+      <c r="H775" s="97"/>
+      <c r="I775" s="97"/>
+      <c r="J775" s="97"/>
+      <c r="K775" s="98"/>
+      <c r="L775" s="99"/>
+      <c r="M775" s="100"/>
+      <c r="N775" s="100"/>
+      <c r="O775" s="101"/>
+      <c r="P775" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B775:G775)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="776" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A776" s="101"/>
-[...14 lines deleted...]
-      <c r="P776" s="108" t="str">
+      <c r="A776" s="143"/>
+      <c r="B776" s="144"/>
+      <c r="C776" s="103"/>
+      <c r="D776" s="103"/>
+      <c r="E776" s="96"/>
+      <c r="F776" s="96"/>
+      <c r="G776" s="96"/>
+      <c r="H776" s="97"/>
+      <c r="I776" s="97"/>
+      <c r="J776" s="97"/>
+      <c r="K776" s="98"/>
+      <c r="L776" s="99"/>
+      <c r="M776" s="100"/>
+      <c r="N776" s="100"/>
+      <c r="O776" s="101"/>
+      <c r="P776" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B776:G776)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="777" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A777" s="101"/>
-[...14 lines deleted...]
-      <c r="P777" s="108" t="str">
+      <c r="A777" s="143"/>
+      <c r="B777" s="144"/>
+      <c r="C777" s="103"/>
+      <c r="D777" s="103"/>
+      <c r="E777" s="96"/>
+      <c r="F777" s="96"/>
+      <c r="G777" s="96"/>
+      <c r="H777" s="97"/>
+      <c r="I777" s="97"/>
+      <c r="J777" s="97"/>
+      <c r="K777" s="98"/>
+      <c r="L777" s="99"/>
+      <c r="M777" s="100"/>
+      <c r="N777" s="100"/>
+      <c r="O777" s="101"/>
+      <c r="P777" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B777:G777)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="778" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A778" s="101"/>
-[...14 lines deleted...]
-      <c r="P778" s="108" t="str">
+      <c r="A778" s="143"/>
+      <c r="B778" s="144"/>
+      <c r="C778" s="103"/>
+      <c r="D778" s="103"/>
+      <c r="E778" s="96"/>
+      <c r="F778" s="96"/>
+      <c r="G778" s="96"/>
+      <c r="H778" s="97"/>
+      <c r="I778" s="97"/>
+      <c r="J778" s="97"/>
+      <c r="K778" s="98"/>
+      <c r="L778" s="99"/>
+      <c r="M778" s="100"/>
+      <c r="N778" s="100"/>
+      <c r="O778" s="101"/>
+      <c r="P778" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B778:G778)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="779" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A779" s="101"/>
-[...14 lines deleted...]
-      <c r="P779" s="108" t="str">
+      <c r="A779" s="143"/>
+      <c r="B779" s="144"/>
+      <c r="C779" s="103"/>
+      <c r="D779" s="103"/>
+      <c r="E779" s="96"/>
+      <c r="F779" s="96"/>
+      <c r="G779" s="96"/>
+      <c r="H779" s="97"/>
+      <c r="I779" s="97"/>
+      <c r="J779" s="97"/>
+      <c r="K779" s="98"/>
+      <c r="L779" s="99"/>
+      <c r="M779" s="100"/>
+      <c r="N779" s="100"/>
+      <c r="O779" s="101"/>
+      <c r="P779" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B779:G779)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="780" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A780" s="101"/>
-[...14 lines deleted...]
-      <c r="P780" s="108" t="str">
+      <c r="A780" s="143"/>
+      <c r="B780" s="144"/>
+      <c r="C780" s="103"/>
+      <c r="D780" s="103"/>
+      <c r="E780" s="96"/>
+      <c r="F780" s="96"/>
+      <c r="G780" s="96"/>
+      <c r="H780" s="97"/>
+      <c r="I780" s="97"/>
+      <c r="J780" s="97"/>
+      <c r="K780" s="98"/>
+      <c r="L780" s="99"/>
+      <c r="M780" s="100"/>
+      <c r="N780" s="100"/>
+      <c r="O780" s="101"/>
+      <c r="P780" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B780:G780)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="781" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A781" s="101"/>
-[...14 lines deleted...]
-      <c r="P781" s="108" t="str">
+      <c r="A781" s="143"/>
+      <c r="B781" s="144"/>
+      <c r="C781" s="103"/>
+      <c r="D781" s="103"/>
+      <c r="E781" s="96"/>
+      <c r="F781" s="96"/>
+      <c r="G781" s="96"/>
+      <c r="H781" s="97"/>
+      <c r="I781" s="97"/>
+      <c r="J781" s="97"/>
+      <c r="K781" s="98"/>
+      <c r="L781" s="99"/>
+      <c r="M781" s="100"/>
+      <c r="N781" s="100"/>
+      <c r="O781" s="101"/>
+      <c r="P781" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B781:G781)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="782" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A782" s="101"/>
-[...14 lines deleted...]
-      <c r="P782" s="108" t="str">
+      <c r="A782" s="143"/>
+      <c r="B782" s="144"/>
+      <c r="C782" s="103"/>
+      <c r="D782" s="103"/>
+      <c r="E782" s="96"/>
+      <c r="F782" s="96"/>
+      <c r="G782" s="96"/>
+      <c r="H782" s="97"/>
+      <c r="I782" s="97"/>
+      <c r="J782" s="97"/>
+      <c r="K782" s="98"/>
+      <c r="L782" s="99"/>
+      <c r="M782" s="100"/>
+      <c r="N782" s="100"/>
+      <c r="O782" s="101"/>
+      <c r="P782" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B782:G782)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="783" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A783" s="101"/>
-[...14 lines deleted...]
-      <c r="P783" s="108" t="str">
+      <c r="A783" s="143"/>
+      <c r="B783" s="144"/>
+      <c r="C783" s="103"/>
+      <c r="D783" s="103"/>
+      <c r="E783" s="96"/>
+      <c r="F783" s="96"/>
+      <c r="G783" s="96"/>
+      <c r="H783" s="97"/>
+      <c r="I783" s="97"/>
+      <c r="J783" s="97"/>
+      <c r="K783" s="98"/>
+      <c r="L783" s="99"/>
+      <c r="M783" s="100"/>
+      <c r="N783" s="100"/>
+      <c r="O783" s="101"/>
+      <c r="P783" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B783:G783)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="784" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A784" s="101"/>
-[...14 lines deleted...]
-      <c r="P784" s="108" t="str">
+      <c r="A784" s="143"/>
+      <c r="B784" s="144"/>
+      <c r="C784" s="103"/>
+      <c r="D784" s="103"/>
+      <c r="E784" s="96"/>
+      <c r="F784" s="96"/>
+      <c r="G784" s="96"/>
+      <c r="H784" s="97"/>
+      <c r="I784" s="97"/>
+      <c r="J784" s="97"/>
+      <c r="K784" s="98"/>
+      <c r="L784" s="99"/>
+      <c r="M784" s="100"/>
+      <c r="N784" s="100"/>
+      <c r="O784" s="101"/>
+      <c r="P784" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B784:G784)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="785" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A785" s="101"/>
-[...14 lines deleted...]
-      <c r="P785" s="108" t="str">
+      <c r="A785" s="143"/>
+      <c r="B785" s="144"/>
+      <c r="C785" s="103"/>
+      <c r="D785" s="103"/>
+      <c r="E785" s="96"/>
+      <c r="F785" s="96"/>
+      <c r="G785" s="96"/>
+      <c r="H785" s="97"/>
+      <c r="I785" s="97"/>
+      <c r="J785" s="97"/>
+      <c r="K785" s="98"/>
+      <c r="L785" s="99"/>
+      <c r="M785" s="100"/>
+      <c r="N785" s="100"/>
+      <c r="O785" s="101"/>
+      <c r="P785" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B785:G785)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="786" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A786" s="101"/>
-[...14 lines deleted...]
-      <c r="P786" s="108" t="str">
+      <c r="A786" s="143"/>
+      <c r="B786" s="144"/>
+      <c r="C786" s="103"/>
+      <c r="D786" s="103"/>
+      <c r="E786" s="96"/>
+      <c r="F786" s="96"/>
+      <c r="G786" s="96"/>
+      <c r="H786" s="97"/>
+      <c r="I786" s="97"/>
+      <c r="J786" s="97"/>
+      <c r="K786" s="98"/>
+      <c r="L786" s="99"/>
+      <c r="M786" s="100"/>
+      <c r="N786" s="100"/>
+      <c r="O786" s="101"/>
+      <c r="P786" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B786:G786)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="787" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A787" s="101"/>
-[...14 lines deleted...]
-      <c r="P787" s="108" t="str">
+      <c r="A787" s="143"/>
+      <c r="B787" s="144"/>
+      <c r="C787" s="103"/>
+      <c r="D787" s="103"/>
+      <c r="E787" s="96"/>
+      <c r="F787" s="96"/>
+      <c r="G787" s="96"/>
+      <c r="H787" s="97"/>
+      <c r="I787" s="97"/>
+      <c r="J787" s="97"/>
+      <c r="K787" s="98"/>
+      <c r="L787" s="99"/>
+      <c r="M787" s="100"/>
+      <c r="N787" s="100"/>
+      <c r="O787" s="101"/>
+      <c r="P787" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B787:G787)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="788" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A788" s="101"/>
-[...14 lines deleted...]
-      <c r="P788" s="108" t="str">
+      <c r="A788" s="143"/>
+      <c r="B788" s="144"/>
+      <c r="C788" s="103"/>
+      <c r="D788" s="103"/>
+      <c r="E788" s="96"/>
+      <c r="F788" s="96"/>
+      <c r="G788" s="96"/>
+      <c r="H788" s="97"/>
+      <c r="I788" s="97"/>
+      <c r="J788" s="97"/>
+      <c r="K788" s="98"/>
+      <c r="L788" s="99"/>
+      <c r="M788" s="100"/>
+      <c r="N788" s="100"/>
+      <c r="O788" s="101"/>
+      <c r="P788" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B788:G788)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="789" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A789" s="101"/>
-[...14 lines deleted...]
-      <c r="P789" s="108" t="str">
+      <c r="A789" s="143"/>
+      <c r="B789" s="144"/>
+      <c r="C789" s="103"/>
+      <c r="D789" s="103"/>
+      <c r="E789" s="96"/>
+      <c r="F789" s="96"/>
+      <c r="G789" s="96"/>
+      <c r="H789" s="97"/>
+      <c r="I789" s="97"/>
+      <c r="J789" s="97"/>
+      <c r="K789" s="98"/>
+      <c r="L789" s="99"/>
+      <c r="M789" s="100"/>
+      <c r="N789" s="100"/>
+      <c r="O789" s="101"/>
+      <c r="P789" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B789:G789)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="790" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A790" s="101"/>
-[...14 lines deleted...]
-      <c r="P790" s="108" t="str">
+      <c r="A790" s="143"/>
+      <c r="B790" s="144"/>
+      <c r="C790" s="103"/>
+      <c r="D790" s="103"/>
+      <c r="E790" s="96"/>
+      <c r="F790" s="96"/>
+      <c r="G790" s="96"/>
+      <c r="H790" s="97"/>
+      <c r="I790" s="97"/>
+      <c r="J790" s="97"/>
+      <c r="K790" s="98"/>
+      <c r="L790" s="99"/>
+      <c r="M790" s="100"/>
+      <c r="N790" s="100"/>
+      <c r="O790" s="101"/>
+      <c r="P790" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B790:G790)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="791" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A791" s="101"/>
-[...14 lines deleted...]
-      <c r="P791" s="108" t="str">
+      <c r="A791" s="143"/>
+      <c r="B791" s="144"/>
+      <c r="C791" s="103"/>
+      <c r="D791" s="103"/>
+      <c r="E791" s="96"/>
+      <c r="F791" s="96"/>
+      <c r="G791" s="96"/>
+      <c r="H791" s="97"/>
+      <c r="I791" s="97"/>
+      <c r="J791" s="97"/>
+      <c r="K791" s="98"/>
+      <c r="L791" s="99"/>
+      <c r="M791" s="100"/>
+      <c r="N791" s="100"/>
+      <c r="O791" s="101"/>
+      <c r="P791" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B791:G791)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="792" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A792" s="101"/>
-[...14 lines deleted...]
-      <c r="P792" s="108" t="str">
+      <c r="A792" s="143"/>
+      <c r="B792" s="144"/>
+      <c r="C792" s="103"/>
+      <c r="D792" s="103"/>
+      <c r="E792" s="96"/>
+      <c r="F792" s="96"/>
+      <c r="G792" s="96"/>
+      <c r="H792" s="97"/>
+      <c r="I792" s="97"/>
+      <c r="J792" s="97"/>
+      <c r="K792" s="98"/>
+      <c r="L792" s="99"/>
+      <c r="M792" s="100"/>
+      <c r="N792" s="100"/>
+      <c r="O792" s="101"/>
+      <c r="P792" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B792:G792)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="793" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A793" s="101"/>
-[...14 lines deleted...]
-      <c r="P793" s="108" t="str">
+      <c r="A793" s="143"/>
+      <c r="B793" s="144"/>
+      <c r="C793" s="103"/>
+      <c r="D793" s="103"/>
+      <c r="E793" s="96"/>
+      <c r="F793" s="96"/>
+      <c r="G793" s="96"/>
+      <c r="H793" s="97"/>
+      <c r="I793" s="97"/>
+      <c r="J793" s="97"/>
+      <c r="K793" s="98"/>
+      <c r="L793" s="99"/>
+      <c r="M793" s="100"/>
+      <c r="N793" s="100"/>
+      <c r="O793" s="101"/>
+      <c r="P793" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B793:G793)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="794" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A794" s="101"/>
-[...14 lines deleted...]
-      <c r="P794" s="108" t="str">
+      <c r="A794" s="143"/>
+      <c r="B794" s="144"/>
+      <c r="C794" s="103"/>
+      <c r="D794" s="103"/>
+      <c r="E794" s="96"/>
+      <c r="F794" s="96"/>
+      <c r="G794" s="96"/>
+      <c r="H794" s="97"/>
+      <c r="I794" s="97"/>
+      <c r="J794" s="97"/>
+      <c r="K794" s="98"/>
+      <c r="L794" s="99"/>
+      <c r="M794" s="100"/>
+      <c r="N794" s="100"/>
+      <c r="O794" s="101"/>
+      <c r="P794" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B794:G794)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="795" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A795" s="101"/>
-[...14 lines deleted...]
-      <c r="P795" s="108" t="str">
+      <c r="A795" s="143"/>
+      <c r="B795" s="144"/>
+      <c r="C795" s="103"/>
+      <c r="D795" s="103"/>
+      <c r="E795" s="96"/>
+      <c r="F795" s="96"/>
+      <c r="G795" s="96"/>
+      <c r="H795" s="97"/>
+      <c r="I795" s="97"/>
+      <c r="J795" s="97"/>
+      <c r="K795" s="98"/>
+      <c r="L795" s="99"/>
+      <c r="M795" s="100"/>
+      <c r="N795" s="100"/>
+      <c r="O795" s="101"/>
+      <c r="P795" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B795:G795)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="796" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A796" s="101"/>
-[...14 lines deleted...]
-      <c r="P796" s="108" t="str">
+      <c r="A796" s="143"/>
+      <c r="B796" s="144"/>
+      <c r="C796" s="103"/>
+      <c r="D796" s="103"/>
+      <c r="E796" s="96"/>
+      <c r="F796" s="96"/>
+      <c r="G796" s="96"/>
+      <c r="H796" s="97"/>
+      <c r="I796" s="97"/>
+      <c r="J796" s="97"/>
+      <c r="K796" s="98"/>
+      <c r="L796" s="99"/>
+      <c r="M796" s="100"/>
+      <c r="N796" s="100"/>
+      <c r="O796" s="101"/>
+      <c r="P796" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B796:G796)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="797" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A797" s="101"/>
-[...14 lines deleted...]
-      <c r="P797" s="108" t="str">
+      <c r="A797" s="143"/>
+      <c r="B797" s="144"/>
+      <c r="C797" s="103"/>
+      <c r="D797" s="103"/>
+      <c r="E797" s="96"/>
+      <c r="F797" s="96"/>
+      <c r="G797" s="96"/>
+      <c r="H797" s="97"/>
+      <c r="I797" s="97"/>
+      <c r="J797" s="97"/>
+      <c r="K797" s="98"/>
+      <c r="L797" s="99"/>
+      <c r="M797" s="100"/>
+      <c r="N797" s="100"/>
+      <c r="O797" s="101"/>
+      <c r="P797" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B797:G797)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="798" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A798" s="101"/>
-[...14 lines deleted...]
-      <c r="P798" s="108" t="str">
+      <c r="A798" s="143"/>
+      <c r="B798" s="144"/>
+      <c r="C798" s="103"/>
+      <c r="D798" s="103"/>
+      <c r="E798" s="96"/>
+      <c r="F798" s="96"/>
+      <c r="G798" s="96"/>
+      <c r="H798" s="97"/>
+      <c r="I798" s="97"/>
+      <c r="J798" s="97"/>
+      <c r="K798" s="98"/>
+      <c r="L798" s="99"/>
+      <c r="M798" s="100"/>
+      <c r="N798" s="100"/>
+      <c r="O798" s="101"/>
+      <c r="P798" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B798:G798)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="799" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A799" s="101"/>
-[...14 lines deleted...]
-      <c r="P799" s="108" t="str">
+      <c r="A799" s="143"/>
+      <c r="B799" s="144"/>
+      <c r="C799" s="103"/>
+      <c r="D799" s="103"/>
+      <c r="E799" s="96"/>
+      <c r="F799" s="96"/>
+      <c r="G799" s="96"/>
+      <c r="H799" s="97"/>
+      <c r="I799" s="97"/>
+      <c r="J799" s="97"/>
+      <c r="K799" s="98"/>
+      <c r="L799" s="99"/>
+      <c r="M799" s="100"/>
+      <c r="N799" s="100"/>
+      <c r="O799" s="101"/>
+      <c r="P799" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B799:G799)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="800" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A800" s="101"/>
-[...14 lines deleted...]
-      <c r="P800" s="108" t="str">
+      <c r="A800" s="143"/>
+      <c r="B800" s="144"/>
+      <c r="C800" s="103"/>
+      <c r="D800" s="103"/>
+      <c r="E800" s="96"/>
+      <c r="F800" s="96"/>
+      <c r="G800" s="96"/>
+      <c r="H800" s="97"/>
+      <c r="I800" s="97"/>
+      <c r="J800" s="97"/>
+      <c r="K800" s="98"/>
+      <c r="L800" s="99"/>
+      <c r="M800" s="100"/>
+      <c r="N800" s="100"/>
+      <c r="O800" s="101"/>
+      <c r="P800" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B800:G800)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="801" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A801" s="101"/>
-[...14 lines deleted...]
-      <c r="P801" s="108" t="str">
+      <c r="A801" s="143"/>
+      <c r="B801" s="144"/>
+      <c r="C801" s="103"/>
+      <c r="D801" s="103"/>
+      <c r="E801" s="96"/>
+      <c r="F801" s="96"/>
+      <c r="G801" s="96"/>
+      <c r="H801" s="97"/>
+      <c r="I801" s="97"/>
+      <c r="J801" s="97"/>
+      <c r="K801" s="98"/>
+      <c r="L801" s="99"/>
+      <c r="M801" s="100"/>
+      <c r="N801" s="100"/>
+      <c r="O801" s="101"/>
+      <c r="P801" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B801:G801)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="802" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A802" s="101"/>
-[...14 lines deleted...]
-      <c r="P802" s="108" t="str">
+      <c r="A802" s="143"/>
+      <c r="B802" s="144"/>
+      <c r="C802" s="103"/>
+      <c r="D802" s="103"/>
+      <c r="E802" s="96"/>
+      <c r="F802" s="96"/>
+      <c r="G802" s="96"/>
+      <c r="H802" s="97"/>
+      <c r="I802" s="97"/>
+      <c r="J802" s="97"/>
+      <c r="K802" s="98"/>
+      <c r="L802" s="99"/>
+      <c r="M802" s="100"/>
+      <c r="N802" s="100"/>
+      <c r="O802" s="101"/>
+      <c r="P802" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B802:G802)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="803" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A803" s="101"/>
-[...14 lines deleted...]
-      <c r="P803" s="108" t="str">
+      <c r="A803" s="143"/>
+      <c r="B803" s="144"/>
+      <c r="C803" s="103"/>
+      <c r="D803" s="103"/>
+      <c r="E803" s="96"/>
+      <c r="F803" s="96"/>
+      <c r="G803" s="96"/>
+      <c r="H803" s="97"/>
+      <c r="I803" s="97"/>
+      <c r="J803" s="97"/>
+      <c r="K803" s="98"/>
+      <c r="L803" s="99"/>
+      <c r="M803" s="100"/>
+      <c r="N803" s="100"/>
+      <c r="O803" s="101"/>
+      <c r="P803" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B803:G803)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="804" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A804" s="101"/>
-[...14 lines deleted...]
-      <c r="P804" s="108" t="str">
+      <c r="A804" s="143"/>
+      <c r="B804" s="144"/>
+      <c r="C804" s="103"/>
+      <c r="D804" s="103"/>
+      <c r="E804" s="96"/>
+      <c r="F804" s="96"/>
+      <c r="G804" s="96"/>
+      <c r="H804" s="97"/>
+      <c r="I804" s="97"/>
+      <c r="J804" s="97"/>
+      <c r="K804" s="98"/>
+      <c r="L804" s="99"/>
+      <c r="M804" s="100"/>
+      <c r="N804" s="100"/>
+      <c r="O804" s="101"/>
+      <c r="P804" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B804:G804)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="805" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A805" s="101"/>
-[...14 lines deleted...]
-      <c r="P805" s="108" t="str">
+      <c r="A805" s="143"/>
+      <c r="B805" s="144"/>
+      <c r="C805" s="103"/>
+      <c r="D805" s="103"/>
+      <c r="E805" s="96"/>
+      <c r="F805" s="96"/>
+      <c r="G805" s="96"/>
+      <c r="H805" s="97"/>
+      <c r="I805" s="97"/>
+      <c r="J805" s="97"/>
+      <c r="K805" s="98"/>
+      <c r="L805" s="99"/>
+      <c r="M805" s="100"/>
+      <c r="N805" s="100"/>
+      <c r="O805" s="101"/>
+      <c r="P805" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B805:G805)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="806" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A806" s="101"/>
-[...14 lines deleted...]
-      <c r="P806" s="108" t="str">
+      <c r="A806" s="143"/>
+      <c r="B806" s="144"/>
+      <c r="C806" s="103"/>
+      <c r="D806" s="103"/>
+      <c r="E806" s="96"/>
+      <c r="F806" s="96"/>
+      <c r="G806" s="96"/>
+      <c r="H806" s="97"/>
+      <c r="I806" s="97"/>
+      <c r="J806" s="97"/>
+      <c r="K806" s="98"/>
+      <c r="L806" s="99"/>
+      <c r="M806" s="100"/>
+      <c r="N806" s="100"/>
+      <c r="O806" s="101"/>
+      <c r="P806" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B806:G806)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="807" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A807" s="101"/>
-[...14 lines deleted...]
-      <c r="P807" s="108" t="str">
+      <c r="A807" s="143"/>
+      <c r="B807" s="144"/>
+      <c r="C807" s="103"/>
+      <c r="D807" s="103"/>
+      <c r="E807" s="96"/>
+      <c r="F807" s="96"/>
+      <c r="G807" s="96"/>
+      <c r="H807" s="97"/>
+      <c r="I807" s="97"/>
+      <c r="J807" s="97"/>
+      <c r="K807" s="98"/>
+      <c r="L807" s="99"/>
+      <c r="M807" s="100"/>
+      <c r="N807" s="100"/>
+      <c r="O807" s="101"/>
+      <c r="P807" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B807:G807)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="808" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A808" s="101"/>
-[...14 lines deleted...]
-      <c r="P808" s="108" t="str">
+      <c r="A808" s="143"/>
+      <c r="B808" s="144"/>
+      <c r="C808" s="103"/>
+      <c r="D808" s="103"/>
+      <c r="E808" s="96"/>
+      <c r="F808" s="96"/>
+      <c r="G808" s="96"/>
+      <c r="H808" s="97"/>
+      <c r="I808" s="97"/>
+      <c r="J808" s="97"/>
+      <c r="K808" s="98"/>
+      <c r="L808" s="99"/>
+      <c r="M808" s="100"/>
+      <c r="N808" s="100"/>
+      <c r="O808" s="101"/>
+      <c r="P808" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B808:G808)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="809" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A809" s="101"/>
-[...14 lines deleted...]
-      <c r="P809" s="108" t="str">
+      <c r="A809" s="143"/>
+      <c r="B809" s="144"/>
+      <c r="C809" s="103"/>
+      <c r="D809" s="103"/>
+      <c r="E809" s="96"/>
+      <c r="F809" s="96"/>
+      <c r="G809" s="96"/>
+      <c r="H809" s="97"/>
+      <c r="I809" s="97"/>
+      <c r="J809" s="97"/>
+      <c r="K809" s="98"/>
+      <c r="L809" s="99"/>
+      <c r="M809" s="100"/>
+      <c r="N809" s="100"/>
+      <c r="O809" s="101"/>
+      <c r="P809" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B809:G809)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="810" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A810" s="101"/>
-[...14 lines deleted...]
-      <c r="P810" s="108" t="str">
+      <c r="A810" s="143"/>
+      <c r="B810" s="144"/>
+      <c r="C810" s="103"/>
+      <c r="D810" s="103"/>
+      <c r="E810" s="96"/>
+      <c r="F810" s="96"/>
+      <c r="G810" s="96"/>
+      <c r="H810" s="97"/>
+      <c r="I810" s="97"/>
+      <c r="J810" s="97"/>
+      <c r="K810" s="98"/>
+      <c r="L810" s="99"/>
+      <c r="M810" s="100"/>
+      <c r="N810" s="100"/>
+      <c r="O810" s="101"/>
+      <c r="P810" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B810:G810)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="811" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A811" s="101"/>
-[...14 lines deleted...]
-      <c r="P811" s="108" t="str">
+      <c r="A811" s="143"/>
+      <c r="B811" s="144"/>
+      <c r="C811" s="103"/>
+      <c r="D811" s="103"/>
+      <c r="E811" s="96"/>
+      <c r="F811" s="96"/>
+      <c r="G811" s="96"/>
+      <c r="H811" s="97"/>
+      <c r="I811" s="97"/>
+      <c r="J811" s="97"/>
+      <c r="K811" s="98"/>
+      <c r="L811" s="99"/>
+      <c r="M811" s="100"/>
+      <c r="N811" s="100"/>
+      <c r="O811" s="101"/>
+      <c r="P811" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B811:G811)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="812" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A812" s="101"/>
-[...14 lines deleted...]
-      <c r="P812" s="108" t="str">
+      <c r="A812" s="143"/>
+      <c r="B812" s="144"/>
+      <c r="C812" s="103"/>
+      <c r="D812" s="103"/>
+      <c r="E812" s="96"/>
+      <c r="F812" s="96"/>
+      <c r="G812" s="96"/>
+      <c r="H812" s="97"/>
+      <c r="I812" s="97"/>
+      <c r="J812" s="97"/>
+      <c r="K812" s="98"/>
+      <c r="L812" s="99"/>
+      <c r="M812" s="100"/>
+      <c r="N812" s="100"/>
+      <c r="O812" s="101"/>
+      <c r="P812" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B812:G812)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="813" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A813" s="101"/>
-[...14 lines deleted...]
-      <c r="P813" s="108" t="str">
+      <c r="A813" s="143"/>
+      <c r="B813" s="144"/>
+      <c r="C813" s="103"/>
+      <c r="D813" s="103"/>
+      <c r="E813" s="96"/>
+      <c r="F813" s="96"/>
+      <c r="G813" s="96"/>
+      <c r="H813" s="97"/>
+      <c r="I813" s="97"/>
+      <c r="J813" s="97"/>
+      <c r="K813" s="98"/>
+      <c r="L813" s="99"/>
+      <c r="M813" s="100"/>
+      <c r="N813" s="100"/>
+      <c r="O813" s="101"/>
+      <c r="P813" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B813:G813)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="814" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A814" s="101"/>
-[...14 lines deleted...]
-      <c r="P814" s="108" t="str">
+      <c r="A814" s="143"/>
+      <c r="B814" s="144"/>
+      <c r="C814" s="103"/>
+      <c r="D814" s="103"/>
+      <c r="E814" s="96"/>
+      <c r="F814" s="96"/>
+      <c r="G814" s="96"/>
+      <c r="H814" s="97"/>
+      <c r="I814" s="97"/>
+      <c r="J814" s="97"/>
+      <c r="K814" s="98"/>
+      <c r="L814" s="99"/>
+      <c r="M814" s="100"/>
+      <c r="N814" s="100"/>
+      <c r="O814" s="101"/>
+      <c r="P814" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B814:G814)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="815" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A815" s="101"/>
-[...14 lines deleted...]
-      <c r="P815" s="108" t="str">
+      <c r="A815" s="143"/>
+      <c r="B815" s="144"/>
+      <c r="C815" s="103"/>
+      <c r="D815" s="103"/>
+      <c r="E815" s="96"/>
+      <c r="F815" s="96"/>
+      <c r="G815" s="96"/>
+      <c r="H815" s="97"/>
+      <c r="I815" s="97"/>
+      <c r="J815" s="97"/>
+      <c r="K815" s="98"/>
+      <c r="L815" s="99"/>
+      <c r="M815" s="100"/>
+      <c r="N815" s="100"/>
+      <c r="O815" s="101"/>
+      <c r="P815" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B815:G815)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="816" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A816" s="101"/>
-[...14 lines deleted...]
-      <c r="P816" s="108" t="str">
+      <c r="A816" s="143"/>
+      <c r="B816" s="144"/>
+      <c r="C816" s="103"/>
+      <c r="D816" s="103"/>
+      <c r="E816" s="96"/>
+      <c r="F816" s="96"/>
+      <c r="G816" s="96"/>
+      <c r="H816" s="97"/>
+      <c r="I816" s="97"/>
+      <c r="J816" s="97"/>
+      <c r="K816" s="98"/>
+      <c r="L816" s="99"/>
+      <c r="M816" s="100"/>
+      <c r="N816" s="100"/>
+      <c r="O816" s="101"/>
+      <c r="P816" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B816:G816)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="817" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A817" s="101"/>
-[...14 lines deleted...]
-      <c r="P817" s="108" t="str">
+      <c r="A817" s="143"/>
+      <c r="B817" s="144"/>
+      <c r="C817" s="103"/>
+      <c r="D817" s="103"/>
+      <c r="E817" s="96"/>
+      <c r="F817" s="96"/>
+      <c r="G817" s="96"/>
+      <c r="H817" s="97"/>
+      <c r="I817" s="97"/>
+      <c r="J817" s="97"/>
+      <c r="K817" s="98"/>
+      <c r="L817" s="99"/>
+      <c r="M817" s="100"/>
+      <c r="N817" s="100"/>
+      <c r="O817" s="101"/>
+      <c r="P817" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B817:G817)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="818" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A818" s="101"/>
-[...14 lines deleted...]
-      <c r="P818" s="108" t="str">
+      <c r="A818" s="143"/>
+      <c r="B818" s="144"/>
+      <c r="C818" s="103"/>
+      <c r="D818" s="103"/>
+      <c r="E818" s="96"/>
+      <c r="F818" s="96"/>
+      <c r="G818" s="96"/>
+      <c r="H818" s="97"/>
+      <c r="I818" s="97"/>
+      <c r="J818" s="97"/>
+      <c r="K818" s="98"/>
+      <c r="L818" s="99"/>
+      <c r="M818" s="100"/>
+      <c r="N818" s="100"/>
+      <c r="O818" s="101"/>
+      <c r="P818" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B818:G818)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="819" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A819" s="101"/>
-[...14 lines deleted...]
-      <c r="P819" s="108" t="str">
+      <c r="A819" s="143"/>
+      <c r="B819" s="144"/>
+      <c r="C819" s="103"/>
+      <c r="D819" s="103"/>
+      <c r="E819" s="96"/>
+      <c r="F819" s="96"/>
+      <c r="G819" s="96"/>
+      <c r="H819" s="97"/>
+      <c r="I819" s="97"/>
+      <c r="J819" s="97"/>
+      <c r="K819" s="98"/>
+      <c r="L819" s="99"/>
+      <c r="M819" s="100"/>
+      <c r="N819" s="100"/>
+      <c r="O819" s="101"/>
+      <c r="P819" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B819:G819)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="820" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A820" s="101"/>
-[...14 lines deleted...]
-      <c r="P820" s="108" t="str">
+      <c r="A820" s="143"/>
+      <c r="B820" s="144"/>
+      <c r="C820" s="103"/>
+      <c r="D820" s="103"/>
+      <c r="E820" s="96"/>
+      <c r="F820" s="96"/>
+      <c r="G820" s="96"/>
+      <c r="H820" s="97"/>
+      <c r="I820" s="97"/>
+      <c r="J820" s="97"/>
+      <c r="K820" s="98"/>
+      <c r="L820" s="99"/>
+      <c r="M820" s="100"/>
+      <c r="N820" s="100"/>
+      <c r="O820" s="101"/>
+      <c r="P820" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B820:G820)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="821" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A821" s="101"/>
-[...14 lines deleted...]
-      <c r="P821" s="108" t="str">
+      <c r="A821" s="143"/>
+      <c r="B821" s="144"/>
+      <c r="C821" s="103"/>
+      <c r="D821" s="103"/>
+      <c r="E821" s="96"/>
+      <c r="F821" s="96"/>
+      <c r="G821" s="96"/>
+      <c r="H821" s="97"/>
+      <c r="I821" s="97"/>
+      <c r="J821" s="97"/>
+      <c r="K821" s="98"/>
+      <c r="L821" s="99"/>
+      <c r="M821" s="100"/>
+      <c r="N821" s="100"/>
+      <c r="O821" s="101"/>
+      <c r="P821" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B821:G821)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="822" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A822" s="101"/>
-[...14 lines deleted...]
-      <c r="P822" s="108" t="str">
+      <c r="A822" s="143"/>
+      <c r="B822" s="144"/>
+      <c r="C822" s="103"/>
+      <c r="D822" s="103"/>
+      <c r="E822" s="96"/>
+      <c r="F822" s="96"/>
+      <c r="G822" s="96"/>
+      <c r="H822" s="97"/>
+      <c r="I822" s="97"/>
+      <c r="J822" s="97"/>
+      <c r="K822" s="98"/>
+      <c r="L822" s="99"/>
+      <c r="M822" s="100"/>
+      <c r="N822" s="100"/>
+      <c r="O822" s="101"/>
+      <c r="P822" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B822:G822)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="823" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A823" s="101"/>
-[...14 lines deleted...]
-      <c r="P823" s="108" t="str">
+      <c r="A823" s="143"/>
+      <c r="B823" s="144"/>
+      <c r="C823" s="103"/>
+      <c r="D823" s="103"/>
+      <c r="E823" s="96"/>
+      <c r="F823" s="96"/>
+      <c r="G823" s="96"/>
+      <c r="H823" s="97"/>
+      <c r="I823" s="97"/>
+      <c r="J823" s="97"/>
+      <c r="K823" s="98"/>
+      <c r="L823" s="99"/>
+      <c r="M823" s="100"/>
+      <c r="N823" s="100"/>
+      <c r="O823" s="101"/>
+      <c r="P823" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B823:G823)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="824" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A824" s="101"/>
-[...14 lines deleted...]
-      <c r="P824" s="108" t="str">
+      <c r="A824" s="143"/>
+      <c r="B824" s="144"/>
+      <c r="C824" s="103"/>
+      <c r="D824" s="103"/>
+      <c r="E824" s="96"/>
+      <c r="F824" s="96"/>
+      <c r="G824" s="96"/>
+      <c r="H824" s="97"/>
+      <c r="I824" s="97"/>
+      <c r="J824" s="97"/>
+      <c r="K824" s="98"/>
+      <c r="L824" s="99"/>
+      <c r="M824" s="100"/>
+      <c r="N824" s="100"/>
+      <c r="O824" s="101"/>
+      <c r="P824" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B824:G824)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="825" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A825" s="101"/>
-[...14 lines deleted...]
-      <c r="P825" s="108" t="str">
+      <c r="A825" s="143"/>
+      <c r="B825" s="144"/>
+      <c r="C825" s="103"/>
+      <c r="D825" s="103"/>
+      <c r="E825" s="96"/>
+      <c r="F825" s="96"/>
+      <c r="G825" s="96"/>
+      <c r="H825" s="97"/>
+      <c r="I825" s="97"/>
+      <c r="J825" s="97"/>
+      <c r="K825" s="98"/>
+      <c r="L825" s="99"/>
+      <c r="M825" s="100"/>
+      <c r="N825" s="100"/>
+      <c r="O825" s="101"/>
+      <c r="P825" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B825:G825)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="826" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A826" s="101"/>
-[...14 lines deleted...]
-      <c r="P826" s="108" t="str">
+      <c r="A826" s="143"/>
+      <c r="B826" s="144"/>
+      <c r="C826" s="103"/>
+      <c r="D826" s="103"/>
+      <c r="E826" s="96"/>
+      <c r="F826" s="96"/>
+      <c r="G826" s="96"/>
+      <c r="H826" s="97"/>
+      <c r="I826" s="97"/>
+      <c r="J826" s="97"/>
+      <c r="K826" s="98"/>
+      <c r="L826" s="99"/>
+      <c r="M826" s="100"/>
+      <c r="N826" s="100"/>
+      <c r="O826" s="101"/>
+      <c r="P826" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B826:G826)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="827" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A827" s="101"/>
-[...14 lines deleted...]
-      <c r="P827" s="108" t="str">
+      <c r="A827" s="143"/>
+      <c r="B827" s="144"/>
+      <c r="C827" s="103"/>
+      <c r="D827" s="103"/>
+      <c r="E827" s="96"/>
+      <c r="F827" s="96"/>
+      <c r="G827" s="96"/>
+      <c r="H827" s="97"/>
+      <c r="I827" s="97"/>
+      <c r="J827" s="97"/>
+      <c r="K827" s="98"/>
+      <c r="L827" s="99"/>
+      <c r="M827" s="100"/>
+      <c r="N827" s="100"/>
+      <c r="O827" s="101"/>
+      <c r="P827" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B827:G827)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="828" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A828" s="101"/>
-[...14 lines deleted...]
-      <c r="P828" s="108" t="str">
+      <c r="A828" s="143"/>
+      <c r="B828" s="144"/>
+      <c r="C828" s="103"/>
+      <c r="D828" s="103"/>
+      <c r="E828" s="96"/>
+      <c r="F828" s="96"/>
+      <c r="G828" s="96"/>
+      <c r="H828" s="97"/>
+      <c r="I828" s="97"/>
+      <c r="J828" s="97"/>
+      <c r="K828" s="98"/>
+      <c r="L828" s="99"/>
+      <c r="M828" s="100"/>
+      <c r="N828" s="100"/>
+      <c r="O828" s="101"/>
+      <c r="P828" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B828:G828)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="829" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A829" s="101"/>
-[...14 lines deleted...]
-      <c r="P829" s="108" t="str">
+      <c r="A829" s="143"/>
+      <c r="B829" s="144"/>
+      <c r="C829" s="103"/>
+      <c r="D829" s="103"/>
+      <c r="E829" s="96"/>
+      <c r="F829" s="96"/>
+      <c r="G829" s="96"/>
+      <c r="H829" s="97"/>
+      <c r="I829" s="97"/>
+      <c r="J829" s="97"/>
+      <c r="K829" s="98"/>
+      <c r="L829" s="99"/>
+      <c r="M829" s="100"/>
+      <c r="N829" s="100"/>
+      <c r="O829" s="101"/>
+      <c r="P829" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B829:G829)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="830" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A830" s="101"/>
-[...14 lines deleted...]
-      <c r="P830" s="108" t="str">
+      <c r="A830" s="143"/>
+      <c r="B830" s="144"/>
+      <c r="C830" s="103"/>
+      <c r="D830" s="103"/>
+      <c r="E830" s="96"/>
+      <c r="F830" s="96"/>
+      <c r="G830" s="96"/>
+      <c r="H830" s="97"/>
+      <c r="I830" s="97"/>
+      <c r="J830" s="97"/>
+      <c r="K830" s="98"/>
+      <c r="L830" s="99"/>
+      <c r="M830" s="100"/>
+      <c r="N830" s="100"/>
+      <c r="O830" s="101"/>
+      <c r="P830" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B830:G830)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="831" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A831" s="101"/>
-[...14 lines deleted...]
-      <c r="P831" s="108" t="str">
+      <c r="A831" s="143"/>
+      <c r="B831" s="144"/>
+      <c r="C831" s="103"/>
+      <c r="D831" s="103"/>
+      <c r="E831" s="96"/>
+      <c r="F831" s="96"/>
+      <c r="G831" s="96"/>
+      <c r="H831" s="97"/>
+      <c r="I831" s="97"/>
+      <c r="J831" s="97"/>
+      <c r="K831" s="98"/>
+      <c r="L831" s="99"/>
+      <c r="M831" s="100"/>
+      <c r="N831" s="100"/>
+      <c r="O831" s="101"/>
+      <c r="P831" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B831:G831)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="832" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A832" s="101"/>
-[...14 lines deleted...]
-      <c r="P832" s="108" t="str">
+      <c r="A832" s="143"/>
+      <c r="B832" s="144"/>
+      <c r="C832" s="103"/>
+      <c r="D832" s="103"/>
+      <c r="E832" s="96"/>
+      <c r="F832" s="96"/>
+      <c r="G832" s="96"/>
+      <c r="H832" s="97"/>
+      <c r="I832" s="97"/>
+      <c r="J832" s="97"/>
+      <c r="K832" s="98"/>
+      <c r="L832" s="99"/>
+      <c r="M832" s="100"/>
+      <c r="N832" s="100"/>
+      <c r="O832" s="101"/>
+      <c r="P832" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B832:G832)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="833" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A833" s="101"/>
-[...14 lines deleted...]
-      <c r="P833" s="108" t="str">
+      <c r="A833" s="143"/>
+      <c r="B833" s="144"/>
+      <c r="C833" s="103"/>
+      <c r="D833" s="103"/>
+      <c r="E833" s="96"/>
+      <c r="F833" s="96"/>
+      <c r="G833" s="96"/>
+      <c r="H833" s="97"/>
+      <c r="I833" s="97"/>
+      <c r="J833" s="97"/>
+      <c r="K833" s="98"/>
+      <c r="L833" s="99"/>
+      <c r="M833" s="100"/>
+      <c r="N833" s="100"/>
+      <c r="O833" s="101"/>
+      <c r="P833" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B833:G833)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="834" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A834" s="101"/>
-[...14 lines deleted...]
-      <c r="P834" s="108" t="str">
+      <c r="A834" s="143"/>
+      <c r="B834" s="144"/>
+      <c r="C834" s="103"/>
+      <c r="D834" s="103"/>
+      <c r="E834" s="96"/>
+      <c r="F834" s="96"/>
+      <c r="G834" s="96"/>
+      <c r="H834" s="97"/>
+      <c r="I834" s="97"/>
+      <c r="J834" s="97"/>
+      <c r="K834" s="98"/>
+      <c r="L834" s="99"/>
+      <c r="M834" s="100"/>
+      <c r="N834" s="100"/>
+      <c r="O834" s="101"/>
+      <c r="P834" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B834:G834)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="835" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A835" s="101"/>
-[...14 lines deleted...]
-      <c r="P835" s="108" t="str">
+      <c r="A835" s="143"/>
+      <c r="B835" s="144"/>
+      <c r="C835" s="103"/>
+      <c r="D835" s="103"/>
+      <c r="E835" s="96"/>
+      <c r="F835" s="96"/>
+      <c r="G835" s="96"/>
+      <c r="H835" s="97"/>
+      <c r="I835" s="97"/>
+      <c r="J835" s="97"/>
+      <c r="K835" s="98"/>
+      <c r="L835" s="99"/>
+      <c r="M835" s="100"/>
+      <c r="N835" s="100"/>
+      <c r="O835" s="101"/>
+      <c r="P835" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B835:G835)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="836" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A836" s="101"/>
-[...14 lines deleted...]
-      <c r="P836" s="108" t="str">
+      <c r="A836" s="143"/>
+      <c r="B836" s="144"/>
+      <c r="C836" s="103"/>
+      <c r="D836" s="103"/>
+      <c r="E836" s="96"/>
+      <c r="F836" s="96"/>
+      <c r="G836" s="96"/>
+      <c r="H836" s="97"/>
+      <c r="I836" s="97"/>
+      <c r="J836" s="97"/>
+      <c r="K836" s="98"/>
+      <c r="L836" s="99"/>
+      <c r="M836" s="100"/>
+      <c r="N836" s="100"/>
+      <c r="O836" s="101"/>
+      <c r="P836" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B836:G836)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="837" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A837" s="101"/>
-[...14 lines deleted...]
-      <c r="P837" s="108" t="str">
+      <c r="A837" s="143"/>
+      <c r="B837" s="144"/>
+      <c r="C837" s="103"/>
+      <c r="D837" s="103"/>
+      <c r="E837" s="96"/>
+      <c r="F837" s="96"/>
+      <c r="G837" s="96"/>
+      <c r="H837" s="97"/>
+      <c r="I837" s="97"/>
+      <c r="J837" s="97"/>
+      <c r="K837" s="98"/>
+      <c r="L837" s="99"/>
+      <c r="M837" s="100"/>
+      <c r="N837" s="100"/>
+      <c r="O837" s="101"/>
+      <c r="P837" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B837:G837)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="838" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A838" s="101"/>
-[...14 lines deleted...]
-      <c r="P838" s="108" t="str">
+      <c r="A838" s="143"/>
+      <c r="B838" s="144"/>
+      <c r="C838" s="103"/>
+      <c r="D838" s="103"/>
+      <c r="E838" s="96"/>
+      <c r="F838" s="96"/>
+      <c r="G838" s="96"/>
+      <c r="H838" s="97"/>
+      <c r="I838" s="97"/>
+      <c r="J838" s="97"/>
+      <c r="K838" s="98"/>
+      <c r="L838" s="99"/>
+      <c r="M838" s="100"/>
+      <c r="N838" s="100"/>
+      <c r="O838" s="101"/>
+      <c r="P838" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B838:G838)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="839" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A839" s="101"/>
-[...14 lines deleted...]
-      <c r="P839" s="108" t="str">
+      <c r="A839" s="143"/>
+      <c r="B839" s="144"/>
+      <c r="C839" s="103"/>
+      <c r="D839" s="103"/>
+      <c r="E839" s="96"/>
+      <c r="F839" s="96"/>
+      <c r="G839" s="96"/>
+      <c r="H839" s="97"/>
+      <c r="I839" s="97"/>
+      <c r="J839" s="97"/>
+      <c r="K839" s="98"/>
+      <c r="L839" s="99"/>
+      <c r="M839" s="100"/>
+      <c r="N839" s="100"/>
+      <c r="O839" s="101"/>
+      <c r="P839" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B839:G839)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="840" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A840" s="101"/>
-[...14 lines deleted...]
-      <c r="P840" s="108" t="str">
+      <c r="A840" s="143"/>
+      <c r="B840" s="144"/>
+      <c r="C840" s="103"/>
+      <c r="D840" s="103"/>
+      <c r="E840" s="96"/>
+      <c r="F840" s="96"/>
+      <c r="G840" s="96"/>
+      <c r="H840" s="97"/>
+      <c r="I840" s="97"/>
+      <c r="J840" s="97"/>
+      <c r="K840" s="98"/>
+      <c r="L840" s="99"/>
+      <c r="M840" s="100"/>
+      <c r="N840" s="100"/>
+      <c r="O840" s="101"/>
+      <c r="P840" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B840:G840)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="841" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A841" s="101"/>
-[...14 lines deleted...]
-      <c r="P841" s="108" t="str">
+      <c r="A841" s="143"/>
+      <c r="B841" s="144"/>
+      <c r="C841" s="103"/>
+      <c r="D841" s="103"/>
+      <c r="E841" s="96"/>
+      <c r="F841" s="96"/>
+      <c r="G841" s="96"/>
+      <c r="H841" s="97"/>
+      <c r="I841" s="97"/>
+      <c r="J841" s="97"/>
+      <c r="K841" s="98"/>
+      <c r="L841" s="99"/>
+      <c r="M841" s="100"/>
+      <c r="N841" s="100"/>
+      <c r="O841" s="101"/>
+      <c r="P841" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B841:G841)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="842" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A842" s="101"/>
-[...14 lines deleted...]
-      <c r="P842" s="108" t="str">
+      <c r="A842" s="143"/>
+      <c r="B842" s="144"/>
+      <c r="C842" s="103"/>
+      <c r="D842" s="103"/>
+      <c r="E842" s="96"/>
+      <c r="F842" s="96"/>
+      <c r="G842" s="96"/>
+      <c r="H842" s="97"/>
+      <c r="I842" s="97"/>
+      <c r="J842" s="97"/>
+      <c r="K842" s="98"/>
+      <c r="L842" s="99"/>
+      <c r="M842" s="100"/>
+      <c r="N842" s="100"/>
+      <c r="O842" s="101"/>
+      <c r="P842" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B842:G842)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="843" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A843" s="101"/>
-[...14 lines deleted...]
-      <c r="P843" s="108" t="str">
+      <c r="A843" s="143"/>
+      <c r="B843" s="144"/>
+      <c r="C843" s="103"/>
+      <c r="D843" s="103"/>
+      <c r="E843" s="96"/>
+      <c r="F843" s="96"/>
+      <c r="G843" s="96"/>
+      <c r="H843" s="97"/>
+      <c r="I843" s="97"/>
+      <c r="J843" s="97"/>
+      <c r="K843" s="98"/>
+      <c r="L843" s="99"/>
+      <c r="M843" s="100"/>
+      <c r="N843" s="100"/>
+      <c r="O843" s="101"/>
+      <c r="P843" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B843:G843)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="844" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A844" s="101"/>
-[...14 lines deleted...]
-      <c r="P844" s="108" t="str">
+      <c r="A844" s="143"/>
+      <c r="B844" s="144"/>
+      <c r="C844" s="103"/>
+      <c r="D844" s="103"/>
+      <c r="E844" s="96"/>
+      <c r="F844" s="96"/>
+      <c r="G844" s="96"/>
+      <c r="H844" s="97"/>
+      <c r="I844" s="97"/>
+      <c r="J844" s="97"/>
+      <c r="K844" s="98"/>
+      <c r="L844" s="99"/>
+      <c r="M844" s="100"/>
+      <c r="N844" s="100"/>
+      <c r="O844" s="101"/>
+      <c r="P844" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B844:G844)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="845" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A845" s="101"/>
-[...14 lines deleted...]
-      <c r="P845" s="108" t="str">
+      <c r="A845" s="143"/>
+      <c r="B845" s="144"/>
+      <c r="C845" s="103"/>
+      <c r="D845" s="103"/>
+      <c r="E845" s="96"/>
+      <c r="F845" s="96"/>
+      <c r="G845" s="96"/>
+      <c r="H845" s="97"/>
+      <c r="I845" s="97"/>
+      <c r="J845" s="97"/>
+      <c r="K845" s="98"/>
+      <c r="L845" s="99"/>
+      <c r="M845" s="100"/>
+      <c r="N845" s="100"/>
+      <c r="O845" s="101"/>
+      <c r="P845" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B845:G845)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="846" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A846" s="101"/>
-[...14 lines deleted...]
-      <c r="P846" s="108" t="str">
+      <c r="A846" s="143"/>
+      <c r="B846" s="144"/>
+      <c r="C846" s="103"/>
+      <c r="D846" s="103"/>
+      <c r="E846" s="96"/>
+      <c r="F846" s="96"/>
+      <c r="G846" s="96"/>
+      <c r="H846" s="97"/>
+      <c r="I846" s="97"/>
+      <c r="J846" s="97"/>
+      <c r="K846" s="98"/>
+      <c r="L846" s="99"/>
+      <c r="M846" s="100"/>
+      <c r="N846" s="100"/>
+      <c r="O846" s="101"/>
+      <c r="P846" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B846:G846)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="847" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A847" s="101"/>
-[...14 lines deleted...]
-      <c r="P847" s="108" t="str">
+      <c r="A847" s="143"/>
+      <c r="B847" s="144"/>
+      <c r="C847" s="103"/>
+      <c r="D847" s="103"/>
+      <c r="E847" s="96"/>
+      <c r="F847" s="96"/>
+      <c r="G847" s="96"/>
+      <c r="H847" s="97"/>
+      <c r="I847" s="97"/>
+      <c r="J847" s="97"/>
+      <c r="K847" s="98"/>
+      <c r="L847" s="99"/>
+      <c r="M847" s="100"/>
+      <c r="N847" s="100"/>
+      <c r="O847" s="101"/>
+      <c r="P847" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B847:G847)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="848" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A848" s="101"/>
-[...14 lines deleted...]
-      <c r="P848" s="108" t="str">
+      <c r="A848" s="143"/>
+      <c r="B848" s="144"/>
+      <c r="C848" s="103"/>
+      <c r="D848" s="103"/>
+      <c r="E848" s="96"/>
+      <c r="F848" s="96"/>
+      <c r="G848" s="96"/>
+      <c r="H848" s="97"/>
+      <c r="I848" s="97"/>
+      <c r="J848" s="97"/>
+      <c r="K848" s="98"/>
+      <c r="L848" s="99"/>
+      <c r="M848" s="100"/>
+      <c r="N848" s="100"/>
+      <c r="O848" s="101"/>
+      <c r="P848" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B848:G848)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="849" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A849" s="101"/>
-[...14 lines deleted...]
-      <c r="P849" s="108" t="str">
+      <c r="A849" s="143"/>
+      <c r="B849" s="144"/>
+      <c r="C849" s="103"/>
+      <c r="D849" s="103"/>
+      <c r="E849" s="96"/>
+      <c r="F849" s="96"/>
+      <c r="G849" s="96"/>
+      <c r="H849" s="97"/>
+      <c r="I849" s="97"/>
+      <c r="J849" s="97"/>
+      <c r="K849" s="98"/>
+      <c r="L849" s="99"/>
+      <c r="M849" s="100"/>
+      <c r="N849" s="100"/>
+      <c r="O849" s="101"/>
+      <c r="P849" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B849:G849)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="850" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A850" s="101"/>
-[...14 lines deleted...]
-      <c r="P850" s="108" t="str">
+      <c r="A850" s="143"/>
+      <c r="B850" s="144"/>
+      <c r="C850" s="103"/>
+      <c r="D850" s="103"/>
+      <c r="E850" s="96"/>
+      <c r="F850" s="96"/>
+      <c r="G850" s="96"/>
+      <c r="H850" s="97"/>
+      <c r="I850" s="97"/>
+      <c r="J850" s="97"/>
+      <c r="K850" s="98"/>
+      <c r="L850" s="99"/>
+      <c r="M850" s="100"/>
+      <c r="N850" s="100"/>
+      <c r="O850" s="101"/>
+      <c r="P850" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B850:G850)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="851" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A851" s="101"/>
-[...14 lines deleted...]
-      <c r="P851" s="108" t="str">
+      <c r="A851" s="143"/>
+      <c r="B851" s="144"/>
+      <c r="C851" s="103"/>
+      <c r="D851" s="103"/>
+      <c r="E851" s="96"/>
+      <c r="F851" s="96"/>
+      <c r="G851" s="96"/>
+      <c r="H851" s="97"/>
+      <c r="I851" s="97"/>
+      <c r="J851" s="97"/>
+      <c r="K851" s="98"/>
+      <c r="L851" s="99"/>
+      <c r="M851" s="100"/>
+      <c r="N851" s="100"/>
+      <c r="O851" s="101"/>
+      <c r="P851" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B851:G851)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="852" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A852" s="101"/>
-[...14 lines deleted...]
-      <c r="P852" s="108" t="str">
+      <c r="A852" s="143"/>
+      <c r="B852" s="144"/>
+      <c r="C852" s="103"/>
+      <c r="D852" s="103"/>
+      <c r="E852" s="96"/>
+      <c r="F852" s="96"/>
+      <c r="G852" s="96"/>
+      <c r="H852" s="97"/>
+      <c r="I852" s="97"/>
+      <c r="J852" s="97"/>
+      <c r="K852" s="98"/>
+      <c r="L852" s="99"/>
+      <c r="M852" s="100"/>
+      <c r="N852" s="100"/>
+      <c r="O852" s="101"/>
+      <c r="P852" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B852:G852)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="853" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A853" s="101"/>
-[...14 lines deleted...]
-      <c r="P853" s="108" t="str">
+      <c r="A853" s="143"/>
+      <c r="B853" s="144"/>
+      <c r="C853" s="103"/>
+      <c r="D853" s="103"/>
+      <c r="E853" s="96"/>
+      <c r="F853" s="96"/>
+      <c r="G853" s="96"/>
+      <c r="H853" s="97"/>
+      <c r="I853" s="97"/>
+      <c r="J853" s="97"/>
+      <c r="K853" s="98"/>
+      <c r="L853" s="99"/>
+      <c r="M853" s="100"/>
+      <c r="N853" s="100"/>
+      <c r="O853" s="101"/>
+      <c r="P853" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B853:G853)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="854" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A854" s="101"/>
-[...14 lines deleted...]
-      <c r="P854" s="108" t="str">
+      <c r="A854" s="143"/>
+      <c r="B854" s="144"/>
+      <c r="C854" s="103"/>
+      <c r="D854" s="103"/>
+      <c r="E854" s="96"/>
+      <c r="F854" s="96"/>
+      <c r="G854" s="96"/>
+      <c r="H854" s="97"/>
+      <c r="I854" s="97"/>
+      <c r="J854" s="97"/>
+      <c r="K854" s="98"/>
+      <c r="L854" s="99"/>
+      <c r="M854" s="100"/>
+      <c r="N854" s="100"/>
+      <c r="O854" s="101"/>
+      <c r="P854" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B854:G854)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="855" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A855" s="101"/>
-[...14 lines deleted...]
-      <c r="P855" s="108" t="str">
+      <c r="A855" s="143"/>
+      <c r="B855" s="144"/>
+      <c r="C855" s="103"/>
+      <c r="D855" s="103"/>
+      <c r="E855" s="96"/>
+      <c r="F855" s="96"/>
+      <c r="G855" s="96"/>
+      <c r="H855" s="97"/>
+      <c r="I855" s="97"/>
+      <c r="J855" s="97"/>
+      <c r="K855" s="98"/>
+      <c r="L855" s="99"/>
+      <c r="M855" s="100"/>
+      <c r="N855" s="100"/>
+      <c r="O855" s="101"/>
+      <c r="P855" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B855:G855)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="856" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A856" s="101"/>
-[...14 lines deleted...]
-      <c r="P856" s="108" t="str">
+      <c r="A856" s="143"/>
+      <c r="B856" s="144"/>
+      <c r="C856" s="103"/>
+      <c r="D856" s="103"/>
+      <c r="E856" s="96"/>
+      <c r="F856" s="96"/>
+      <c r="G856" s="96"/>
+      <c r="H856" s="97"/>
+      <c r="I856" s="97"/>
+      <c r="J856" s="97"/>
+      <c r="K856" s="98"/>
+      <c r="L856" s="99"/>
+      <c r="M856" s="100"/>
+      <c r="N856" s="100"/>
+      <c r="O856" s="101"/>
+      <c r="P856" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B856:G856)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="857" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A857" s="101"/>
-[...14 lines deleted...]
-      <c r="P857" s="108" t="str">
+      <c r="A857" s="143"/>
+      <c r="B857" s="144"/>
+      <c r="C857" s="103"/>
+      <c r="D857" s="103"/>
+      <c r="E857" s="96"/>
+      <c r="F857" s="96"/>
+      <c r="G857" s="96"/>
+      <c r="H857" s="97"/>
+      <c r="I857" s="97"/>
+      <c r="J857" s="97"/>
+      <c r="K857" s="98"/>
+      <c r="L857" s="99"/>
+      <c r="M857" s="100"/>
+      <c r="N857" s="100"/>
+      <c r="O857" s="101"/>
+      <c r="P857" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B857:G857)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="858" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A858" s="101"/>
-[...14 lines deleted...]
-      <c r="P858" s="108" t="str">
+      <c r="A858" s="143"/>
+      <c r="B858" s="144"/>
+      <c r="C858" s="103"/>
+      <c r="D858" s="103"/>
+      <c r="E858" s="96"/>
+      <c r="F858" s="96"/>
+      <c r="G858" s="96"/>
+      <c r="H858" s="97"/>
+      <c r="I858" s="97"/>
+      <c r="J858" s="97"/>
+      <c r="K858" s="98"/>
+      <c r="L858" s="99"/>
+      <c r="M858" s="100"/>
+      <c r="N858" s="100"/>
+      <c r="O858" s="101"/>
+      <c r="P858" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B858:G858)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="859" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A859" s="101"/>
-[...14 lines deleted...]
-      <c r="P859" s="108" t="str">
+      <c r="A859" s="143"/>
+      <c r="B859" s="144"/>
+      <c r="C859" s="103"/>
+      <c r="D859" s="103"/>
+      <c r="E859" s="96"/>
+      <c r="F859" s="96"/>
+      <c r="G859" s="96"/>
+      <c r="H859" s="97"/>
+      <c r="I859" s="97"/>
+      <c r="J859" s="97"/>
+      <c r="K859" s="98"/>
+      <c r="L859" s="99"/>
+      <c r="M859" s="100"/>
+      <c r="N859" s="100"/>
+      <c r="O859" s="101"/>
+      <c r="P859" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B859:G859)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="860" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A860" s="101"/>
-[...14 lines deleted...]
-      <c r="P860" s="108" t="str">
+      <c r="A860" s="143"/>
+      <c r="B860" s="144"/>
+      <c r="C860" s="103"/>
+      <c r="D860" s="103"/>
+      <c r="E860" s="96"/>
+      <c r="F860" s="96"/>
+      <c r="G860" s="96"/>
+      <c r="H860" s="97"/>
+      <c r="I860" s="97"/>
+      <c r="J860" s="97"/>
+      <c r="K860" s="98"/>
+      <c r="L860" s="99"/>
+      <c r="M860" s="100"/>
+      <c r="N860" s="100"/>
+      <c r="O860" s="101"/>
+      <c r="P860" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B860:G860)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="861" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A861" s="101"/>
-[...14 lines deleted...]
-      <c r="P861" s="108" t="str">
+      <c r="A861" s="143"/>
+      <c r="B861" s="144"/>
+      <c r="C861" s="103"/>
+      <c r="D861" s="103"/>
+      <c r="E861" s="96"/>
+      <c r="F861" s="96"/>
+      <c r="G861" s="96"/>
+      <c r="H861" s="97"/>
+      <c r="I861" s="97"/>
+      <c r="J861" s="97"/>
+      <c r="K861" s="98"/>
+      <c r="L861" s="99"/>
+      <c r="M861" s="100"/>
+      <c r="N861" s="100"/>
+      <c r="O861" s="101"/>
+      <c r="P861" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B861:G861)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="862" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A862" s="101"/>
-[...14 lines deleted...]
-      <c r="P862" s="108" t="str">
+      <c r="A862" s="143"/>
+      <c r="B862" s="144"/>
+      <c r="C862" s="103"/>
+      <c r="D862" s="103"/>
+      <c r="E862" s="96"/>
+      <c r="F862" s="96"/>
+      <c r="G862" s="96"/>
+      <c r="H862" s="97"/>
+      <c r="I862" s="97"/>
+      <c r="J862" s="97"/>
+      <c r="K862" s="98"/>
+      <c r="L862" s="99"/>
+      <c r="M862" s="100"/>
+      <c r="N862" s="100"/>
+      <c r="O862" s="101"/>
+      <c r="P862" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B862:G862)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="863" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A863" s="101"/>
-[...14 lines deleted...]
-      <c r="P863" s="108" t="str">
+      <c r="A863" s="143"/>
+      <c r="B863" s="144"/>
+      <c r="C863" s="103"/>
+      <c r="D863" s="103"/>
+      <c r="E863" s="96"/>
+      <c r="F863" s="96"/>
+      <c r="G863" s="96"/>
+      <c r="H863" s="97"/>
+      <c r="I863" s="97"/>
+      <c r="J863" s="97"/>
+      <c r="K863" s="98"/>
+      <c r="L863" s="99"/>
+      <c r="M863" s="100"/>
+      <c r="N863" s="100"/>
+      <c r="O863" s="101"/>
+      <c r="P863" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B863:G863)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="864" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A864" s="101"/>
-[...14 lines deleted...]
-      <c r="P864" s="108" t="str">
+      <c r="A864" s="143"/>
+      <c r="B864" s="144"/>
+      <c r="C864" s="103"/>
+      <c r="D864" s="103"/>
+      <c r="E864" s="96"/>
+      <c r="F864" s="96"/>
+      <c r="G864" s="96"/>
+      <c r="H864" s="97"/>
+      <c r="I864" s="97"/>
+      <c r="J864" s="97"/>
+      <c r="K864" s="98"/>
+      <c r="L864" s="99"/>
+      <c r="M864" s="100"/>
+      <c r="N864" s="100"/>
+      <c r="O864" s="101"/>
+      <c r="P864" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B864:G864)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="865" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A865" s="101"/>
-[...14 lines deleted...]
-      <c r="P865" s="108" t="str">
+      <c r="A865" s="143"/>
+      <c r="B865" s="144"/>
+      <c r="C865" s="103"/>
+      <c r="D865" s="103"/>
+      <c r="E865" s="96"/>
+      <c r="F865" s="96"/>
+      <c r="G865" s="96"/>
+      <c r="H865" s="97"/>
+      <c r="I865" s="97"/>
+      <c r="J865" s="97"/>
+      <c r="K865" s="98"/>
+      <c r="L865" s="99"/>
+      <c r="M865" s="100"/>
+      <c r="N865" s="100"/>
+      <c r="O865" s="101"/>
+      <c r="P865" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B865:G865)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="866" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A866" s="101"/>
-[...14 lines deleted...]
-      <c r="P866" s="108" t="str">
+      <c r="A866" s="143"/>
+      <c r="B866" s="144"/>
+      <c r="C866" s="103"/>
+      <c r="D866" s="103"/>
+      <c r="E866" s="96"/>
+      <c r="F866" s="96"/>
+      <c r="G866" s="96"/>
+      <c r="H866" s="97"/>
+      <c r="I866" s="97"/>
+      <c r="J866" s="97"/>
+      <c r="K866" s="98"/>
+      <c r="L866" s="99"/>
+      <c r="M866" s="100"/>
+      <c r="N866" s="100"/>
+      <c r="O866" s="101"/>
+      <c r="P866" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B866:G866)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="867" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A867" s="101"/>
-[...14 lines deleted...]
-      <c r="P867" s="108" t="str">
+      <c r="A867" s="143"/>
+      <c r="B867" s="144"/>
+      <c r="C867" s="103"/>
+      <c r="D867" s="103"/>
+      <c r="E867" s="96"/>
+      <c r="F867" s="96"/>
+      <c r="G867" s="96"/>
+      <c r="H867" s="97"/>
+      <c r="I867" s="97"/>
+      <c r="J867" s="97"/>
+      <c r="K867" s="98"/>
+      <c r="L867" s="99"/>
+      <c r="M867" s="100"/>
+      <c r="N867" s="100"/>
+      <c r="O867" s="101"/>
+      <c r="P867" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B867:G867)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="868" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A868" s="101"/>
-[...14 lines deleted...]
-      <c r="P868" s="108" t="str">
+      <c r="A868" s="143"/>
+      <c r="B868" s="144"/>
+      <c r="C868" s="103"/>
+      <c r="D868" s="103"/>
+      <c r="E868" s="96"/>
+      <c r="F868" s="96"/>
+      <c r="G868" s="96"/>
+      <c r="H868" s="97"/>
+      <c r="I868" s="97"/>
+      <c r="J868" s="97"/>
+      <c r="K868" s="98"/>
+      <c r="L868" s="99"/>
+      <c r="M868" s="100"/>
+      <c r="N868" s="100"/>
+      <c r="O868" s="101"/>
+      <c r="P868" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B868:G868)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="869" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A869" s="101"/>
-[...14 lines deleted...]
-      <c r="P869" s="108" t="str">
+      <c r="A869" s="143"/>
+      <c r="B869" s="144"/>
+      <c r="C869" s="103"/>
+      <c r="D869" s="103"/>
+      <c r="E869" s="96"/>
+      <c r="F869" s="96"/>
+      <c r="G869" s="96"/>
+      <c r="H869" s="97"/>
+      <c r="I869" s="97"/>
+      <c r="J869" s="97"/>
+      <c r="K869" s="98"/>
+      <c r="L869" s="99"/>
+      <c r="M869" s="100"/>
+      <c r="N869" s="100"/>
+      <c r="O869" s="101"/>
+      <c r="P869" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B869:G869)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="870" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A870" s="101"/>
-[...14 lines deleted...]
-      <c r="P870" s="108" t="str">
+      <c r="A870" s="143"/>
+      <c r="B870" s="144"/>
+      <c r="C870" s="103"/>
+      <c r="D870" s="103"/>
+      <c r="E870" s="96"/>
+      <c r="F870" s="96"/>
+      <c r="G870" s="96"/>
+      <c r="H870" s="97"/>
+      <c r="I870" s="97"/>
+      <c r="J870" s="97"/>
+      <c r="K870" s="98"/>
+      <c r="L870" s="99"/>
+      <c r="M870" s="100"/>
+      <c r="N870" s="100"/>
+      <c r="O870" s="101"/>
+      <c r="P870" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B870:G870)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="871" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A871" s="101"/>
-[...14 lines deleted...]
-      <c r="P871" s="108" t="str">
+      <c r="A871" s="143"/>
+      <c r="B871" s="144"/>
+      <c r="C871" s="103"/>
+      <c r="D871" s="103"/>
+      <c r="E871" s="96"/>
+      <c r="F871" s="96"/>
+      <c r="G871" s="96"/>
+      <c r="H871" s="97"/>
+      <c r="I871" s="97"/>
+      <c r="J871" s="97"/>
+      <c r="K871" s="98"/>
+      <c r="L871" s="99"/>
+      <c r="M871" s="100"/>
+      <c r="N871" s="100"/>
+      <c r="O871" s="101"/>
+      <c r="P871" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B871:G871)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="872" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A872" s="101"/>
-[...14 lines deleted...]
-      <c r="P872" s="108" t="str">
+      <c r="A872" s="143"/>
+      <c r="B872" s="144"/>
+      <c r="C872" s="103"/>
+      <c r="D872" s="103"/>
+      <c r="E872" s="96"/>
+      <c r="F872" s="96"/>
+      <c r="G872" s="96"/>
+      <c r="H872" s="97"/>
+      <c r="I872" s="97"/>
+      <c r="J872" s="97"/>
+      <c r="K872" s="98"/>
+      <c r="L872" s="99"/>
+      <c r="M872" s="100"/>
+      <c r="N872" s="100"/>
+      <c r="O872" s="101"/>
+      <c r="P872" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B872:G872)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="873" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A873" s="101"/>
-[...14 lines deleted...]
-      <c r="P873" s="108" t="str">
+      <c r="A873" s="143"/>
+      <c r="B873" s="144"/>
+      <c r="C873" s="103"/>
+      <c r="D873" s="103"/>
+      <c r="E873" s="96"/>
+      <c r="F873" s="96"/>
+      <c r="G873" s="96"/>
+      <c r="H873" s="97"/>
+      <c r="I873" s="97"/>
+      <c r="J873" s="97"/>
+      <c r="K873" s="98"/>
+      <c r="L873" s="99"/>
+      <c r="M873" s="100"/>
+      <c r="N873" s="100"/>
+      <c r="O873" s="101"/>
+      <c r="P873" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B873:G873)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="874" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A874" s="101"/>
-[...14 lines deleted...]
-      <c r="P874" s="108" t="str">
+      <c r="A874" s="143"/>
+      <c r="B874" s="144"/>
+      <c r="C874" s="103"/>
+      <c r="D874" s="103"/>
+      <c r="E874" s="96"/>
+      <c r="F874" s="96"/>
+      <c r="G874" s="96"/>
+      <c r="H874" s="97"/>
+      <c r="I874" s="97"/>
+      <c r="J874" s="97"/>
+      <c r="K874" s="98"/>
+      <c r="L874" s="99"/>
+      <c r="M874" s="100"/>
+      <c r="N874" s="100"/>
+      <c r="O874" s="101"/>
+      <c r="P874" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B874:G874)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="875" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A875" s="101"/>
-[...14 lines deleted...]
-      <c r="P875" s="108" t="str">
+      <c r="A875" s="143"/>
+      <c r="B875" s="144"/>
+      <c r="C875" s="103"/>
+      <c r="D875" s="103"/>
+      <c r="E875" s="96"/>
+      <c r="F875" s="96"/>
+      <c r="G875" s="96"/>
+      <c r="H875" s="97"/>
+      <c r="I875" s="97"/>
+      <c r="J875" s="97"/>
+      <c r="K875" s="98"/>
+      <c r="L875" s="99"/>
+      <c r="M875" s="100"/>
+      <c r="N875" s="100"/>
+      <c r="O875" s="101"/>
+      <c r="P875" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B875:G875)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="876" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A876" s="101"/>
-[...14 lines deleted...]
-      <c r="P876" s="108" t="str">
+      <c r="A876" s="143"/>
+      <c r="B876" s="144"/>
+      <c r="C876" s="103"/>
+      <c r="D876" s="103"/>
+      <c r="E876" s="96"/>
+      <c r="F876" s="96"/>
+      <c r="G876" s="96"/>
+      <c r="H876" s="97"/>
+      <c r="I876" s="97"/>
+      <c r="J876" s="97"/>
+      <c r="K876" s="98"/>
+      <c r="L876" s="99"/>
+      <c r="M876" s="100"/>
+      <c r="N876" s="100"/>
+      <c r="O876" s="101"/>
+      <c r="P876" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B876:G876)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="877" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A877" s="101"/>
-[...14 lines deleted...]
-      <c r="P877" s="108" t="str">
+      <c r="A877" s="143"/>
+      <c r="B877" s="144"/>
+      <c r="C877" s="103"/>
+      <c r="D877" s="103"/>
+      <c r="E877" s="96"/>
+      <c r="F877" s="96"/>
+      <c r="G877" s="96"/>
+      <c r="H877" s="97"/>
+      <c r="I877" s="97"/>
+      <c r="J877" s="97"/>
+      <c r="K877" s="98"/>
+      <c r="L877" s="99"/>
+      <c r="M877" s="100"/>
+      <c r="N877" s="100"/>
+      <c r="O877" s="101"/>
+      <c r="P877" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B877:G877)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="878" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A878" s="101"/>
-[...14 lines deleted...]
-      <c r="P878" s="108" t="str">
+      <c r="A878" s="143"/>
+      <c r="B878" s="144"/>
+      <c r="C878" s="103"/>
+      <c r="D878" s="103"/>
+      <c r="E878" s="96"/>
+      <c r="F878" s="96"/>
+      <c r="G878" s="96"/>
+      <c r="H878" s="97"/>
+      <c r="I878" s="97"/>
+      <c r="J878" s="97"/>
+      <c r="K878" s="98"/>
+      <c r="L878" s="99"/>
+      <c r="M878" s="100"/>
+      <c r="N878" s="100"/>
+      <c r="O878" s="101"/>
+      <c r="P878" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B878:G878)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="879" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A879" s="101"/>
-[...14 lines deleted...]
-      <c r="P879" s="108" t="str">
+      <c r="A879" s="143"/>
+      <c r="B879" s="144"/>
+      <c r="C879" s="103"/>
+      <c r="D879" s="103"/>
+      <c r="E879" s="96"/>
+      <c r="F879" s="96"/>
+      <c r="G879" s="96"/>
+      <c r="H879" s="97"/>
+      <c r="I879" s="97"/>
+      <c r="J879" s="97"/>
+      <c r="K879" s="98"/>
+      <c r="L879" s="99"/>
+      <c r="M879" s="100"/>
+      <c r="N879" s="100"/>
+      <c r="O879" s="101"/>
+      <c r="P879" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B879:G879)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="880" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A880" s="101"/>
-[...14 lines deleted...]
-      <c r="P880" s="108" t="str">
+      <c r="A880" s="143"/>
+      <c r="B880" s="144"/>
+      <c r="C880" s="103"/>
+      <c r="D880" s="103"/>
+      <c r="E880" s="96"/>
+      <c r="F880" s="96"/>
+      <c r="G880" s="96"/>
+      <c r="H880" s="97"/>
+      <c r="I880" s="97"/>
+      <c r="J880" s="97"/>
+      <c r="K880" s="98"/>
+      <c r="L880" s="99"/>
+      <c r="M880" s="100"/>
+      <c r="N880" s="100"/>
+      <c r="O880" s="101"/>
+      <c r="P880" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B880:G880)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="881" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A881" s="101"/>
-[...14 lines deleted...]
-      <c r="P881" s="108" t="str">
+      <c r="A881" s="143"/>
+      <c r="B881" s="144"/>
+      <c r="C881" s="103"/>
+      <c r="D881" s="103"/>
+      <c r="E881" s="96"/>
+      <c r="F881" s="96"/>
+      <c r="G881" s="96"/>
+      <c r="H881" s="97"/>
+      <c r="I881" s="97"/>
+      <c r="J881" s="97"/>
+      <c r="K881" s="98"/>
+      <c r="L881" s="99"/>
+      <c r="M881" s="100"/>
+      <c r="N881" s="100"/>
+      <c r="O881" s="101"/>
+      <c r="P881" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B881:G881)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="882" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A882" s="101"/>
-[...14 lines deleted...]
-      <c r="P882" s="108" t="str">
+      <c r="A882" s="143"/>
+      <c r="B882" s="144"/>
+      <c r="C882" s="103"/>
+      <c r="D882" s="103"/>
+      <c r="E882" s="96"/>
+      <c r="F882" s="96"/>
+      <c r="G882" s="96"/>
+      <c r="H882" s="97"/>
+      <c r="I882" s="97"/>
+      <c r="J882" s="97"/>
+      <c r="K882" s="98"/>
+      <c r="L882" s="99"/>
+      <c r="M882" s="100"/>
+      <c r="N882" s="100"/>
+      <c r="O882" s="101"/>
+      <c r="P882" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B882:G882)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="883" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A883" s="101"/>
-[...14 lines deleted...]
-      <c r="P883" s="108" t="str">
+      <c r="A883" s="143"/>
+      <c r="B883" s="144"/>
+      <c r="C883" s="103"/>
+      <c r="D883" s="103"/>
+      <c r="E883" s="96"/>
+      <c r="F883" s="96"/>
+      <c r="G883" s="96"/>
+      <c r="H883" s="97"/>
+      <c r="I883" s="97"/>
+      <c r="J883" s="97"/>
+      <c r="K883" s="98"/>
+      <c r="L883" s="99"/>
+      <c r="M883" s="100"/>
+      <c r="N883" s="100"/>
+      <c r="O883" s="101"/>
+      <c r="P883" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B883:G883)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="884" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A884" s="101"/>
-[...14 lines deleted...]
-      <c r="P884" s="108" t="str">
+      <c r="A884" s="143"/>
+      <c r="B884" s="144"/>
+      <c r="C884" s="103"/>
+      <c r="D884" s="103"/>
+      <c r="E884" s="96"/>
+      <c r="F884" s="96"/>
+      <c r="G884" s="96"/>
+      <c r="H884" s="97"/>
+      <c r="I884" s="97"/>
+      <c r="J884" s="97"/>
+      <c r="K884" s="98"/>
+      <c r="L884" s="99"/>
+      <c r="M884" s="100"/>
+      <c r="N884" s="100"/>
+      <c r="O884" s="101"/>
+      <c r="P884" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B884:G884)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="885" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A885" s="101"/>
-[...14 lines deleted...]
-      <c r="P885" s="108" t="str">
+      <c r="A885" s="143"/>
+      <c r="B885" s="144"/>
+      <c r="C885" s="103"/>
+      <c r="D885" s="103"/>
+      <c r="E885" s="96"/>
+      <c r="F885" s="96"/>
+      <c r="G885" s="96"/>
+      <c r="H885" s="97"/>
+      <c r="I885" s="97"/>
+      <c r="J885" s="97"/>
+      <c r="K885" s="98"/>
+      <c r="L885" s="99"/>
+      <c r="M885" s="100"/>
+      <c r="N885" s="100"/>
+      <c r="O885" s="101"/>
+      <c r="P885" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B885:G885)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="886" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A886" s="101"/>
-[...14 lines deleted...]
-      <c r="P886" s="108" t="str">
+      <c r="A886" s="143"/>
+      <c r="B886" s="144"/>
+      <c r="C886" s="103"/>
+      <c r="D886" s="103"/>
+      <c r="E886" s="96"/>
+      <c r="F886" s="96"/>
+      <c r="G886" s="96"/>
+      <c r="H886" s="97"/>
+      <c r="I886" s="97"/>
+      <c r="J886" s="97"/>
+      <c r="K886" s="98"/>
+      <c r="L886" s="99"/>
+      <c r="M886" s="100"/>
+      <c r="N886" s="100"/>
+      <c r="O886" s="101"/>
+      <c r="P886" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B886:G886)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="887" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A887" s="101"/>
-[...14 lines deleted...]
-      <c r="P887" s="108" t="str">
+      <c r="A887" s="143"/>
+      <c r="B887" s="144"/>
+      <c r="C887" s="103"/>
+      <c r="D887" s="103"/>
+      <c r="E887" s="96"/>
+      <c r="F887" s="96"/>
+      <c r="G887" s="96"/>
+      <c r="H887" s="97"/>
+      <c r="I887" s="97"/>
+      <c r="J887" s="97"/>
+      <c r="K887" s="98"/>
+      <c r="L887" s="99"/>
+      <c r="M887" s="100"/>
+      <c r="N887" s="100"/>
+      <c r="O887" s="101"/>
+      <c r="P887" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B887:G887)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="888" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A888" s="101"/>
-[...14 lines deleted...]
-      <c r="P888" s="108" t="str">
+      <c r="A888" s="143"/>
+      <c r="B888" s="144"/>
+      <c r="C888" s="103"/>
+      <c r="D888" s="103"/>
+      <c r="E888" s="96"/>
+      <c r="F888" s="96"/>
+      <c r="G888" s="96"/>
+      <c r="H888" s="97"/>
+      <c r="I888" s="97"/>
+      <c r="J888" s="97"/>
+      <c r="K888" s="98"/>
+      <c r="L888" s="99"/>
+      <c r="M888" s="100"/>
+      <c r="N888" s="100"/>
+      <c r="O888" s="101"/>
+      <c r="P888" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B888:G888)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="889" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A889" s="101"/>
-[...14 lines deleted...]
-      <c r="P889" s="108" t="str">
+      <c r="A889" s="143"/>
+      <c r="B889" s="144"/>
+      <c r="C889" s="103"/>
+      <c r="D889" s="103"/>
+      <c r="E889" s="96"/>
+      <c r="F889" s="96"/>
+      <c r="G889" s="96"/>
+      <c r="H889" s="97"/>
+      <c r="I889" s="97"/>
+      <c r="J889" s="97"/>
+      <c r="K889" s="98"/>
+      <c r="L889" s="99"/>
+      <c r="M889" s="100"/>
+      <c r="N889" s="100"/>
+      <c r="O889" s="101"/>
+      <c r="P889" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B889:G889)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="890" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A890" s="101"/>
-[...14 lines deleted...]
-      <c r="P890" s="108" t="str">
+      <c r="A890" s="143"/>
+      <c r="B890" s="144"/>
+      <c r="C890" s="103"/>
+      <c r="D890" s="103"/>
+      <c r="E890" s="96"/>
+      <c r="F890" s="96"/>
+      <c r="G890" s="96"/>
+      <c r="H890" s="97"/>
+      <c r="I890" s="97"/>
+      <c r="J890" s="97"/>
+      <c r="K890" s="98"/>
+      <c r="L890" s="99"/>
+      <c r="M890" s="100"/>
+      <c r="N890" s="100"/>
+      <c r="O890" s="101"/>
+      <c r="P890" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B890:G890)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="891" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A891" s="101"/>
-[...14 lines deleted...]
-      <c r="P891" s="108" t="str">
+      <c r="A891" s="143"/>
+      <c r="B891" s="144"/>
+      <c r="C891" s="103"/>
+      <c r="D891" s="103"/>
+      <c r="E891" s="96"/>
+      <c r="F891" s="96"/>
+      <c r="G891" s="96"/>
+      <c r="H891" s="97"/>
+      <c r="I891" s="97"/>
+      <c r="J891" s="97"/>
+      <c r="K891" s="98"/>
+      <c r="L891" s="99"/>
+      <c r="M891" s="100"/>
+      <c r="N891" s="100"/>
+      <c r="O891" s="101"/>
+      <c r="P891" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B891:G891)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="892" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A892" s="101"/>
-[...14 lines deleted...]
-      <c r="P892" s="108" t="str">
+      <c r="A892" s="143"/>
+      <c r="B892" s="144"/>
+      <c r="C892" s="103"/>
+      <c r="D892" s="103"/>
+      <c r="E892" s="96"/>
+      <c r="F892" s="96"/>
+      <c r="G892" s="96"/>
+      <c r="H892" s="97"/>
+      <c r="I892" s="97"/>
+      <c r="J892" s="97"/>
+      <c r="K892" s="98"/>
+      <c r="L892" s="99"/>
+      <c r="M892" s="100"/>
+      <c r="N892" s="100"/>
+      <c r="O892" s="101"/>
+      <c r="P892" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B892:G892)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="893" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A893" s="101"/>
-[...14 lines deleted...]
-      <c r="P893" s="108" t="str">
+      <c r="A893" s="143"/>
+      <c r="B893" s="144"/>
+      <c r="C893" s="103"/>
+      <c r="D893" s="103"/>
+      <c r="E893" s="96"/>
+      <c r="F893" s="96"/>
+      <c r="G893" s="96"/>
+      <c r="H893" s="97"/>
+      <c r="I893" s="97"/>
+      <c r="J893" s="97"/>
+      <c r="K893" s="98"/>
+      <c r="L893" s="99"/>
+      <c r="M893" s="100"/>
+      <c r="N893" s="100"/>
+      <c r="O893" s="101"/>
+      <c r="P893" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B893:G893)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="894" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A894" s="101"/>
-[...14 lines deleted...]
-      <c r="P894" s="108" t="str">
+      <c r="A894" s="143"/>
+      <c r="B894" s="144"/>
+      <c r="C894" s="103"/>
+      <c r="D894" s="103"/>
+      <c r="E894" s="96"/>
+      <c r="F894" s="96"/>
+      <c r="G894" s="96"/>
+      <c r="H894" s="97"/>
+      <c r="I894" s="97"/>
+      <c r="J894" s="97"/>
+      <c r="K894" s="98"/>
+      <c r="L894" s="99"/>
+      <c r="M894" s="100"/>
+      <c r="N894" s="100"/>
+      <c r="O894" s="101"/>
+      <c r="P894" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B894:G894)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="895" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A895" s="101"/>
-[...14 lines deleted...]
-      <c r="P895" s="108" t="str">
+      <c r="A895" s="143"/>
+      <c r="B895" s="144"/>
+      <c r="C895" s="103"/>
+      <c r="D895" s="103"/>
+      <c r="E895" s="96"/>
+      <c r="F895" s="96"/>
+      <c r="G895" s="96"/>
+      <c r="H895" s="97"/>
+      <c r="I895" s="97"/>
+      <c r="J895" s="97"/>
+      <c r="K895" s="98"/>
+      <c r="L895" s="99"/>
+      <c r="M895" s="100"/>
+      <c r="N895" s="100"/>
+      <c r="O895" s="101"/>
+      <c r="P895" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B895:G895)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="896" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A896" s="101"/>
-[...14 lines deleted...]
-      <c r="P896" s="108" t="str">
+      <c r="A896" s="143"/>
+      <c r="B896" s="144"/>
+      <c r="C896" s="103"/>
+      <c r="D896" s="103"/>
+      <c r="E896" s="96"/>
+      <c r="F896" s="96"/>
+      <c r="G896" s="96"/>
+      <c r="H896" s="97"/>
+      <c r="I896" s="97"/>
+      <c r="J896" s="97"/>
+      <c r="K896" s="98"/>
+      <c r="L896" s="99"/>
+      <c r="M896" s="100"/>
+      <c r="N896" s="100"/>
+      <c r="O896" s="101"/>
+      <c r="P896" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B896:G896)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="897" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A897" s="101"/>
-[...14 lines deleted...]
-      <c r="P897" s="108" t="str">
+      <c r="A897" s="143"/>
+      <c r="B897" s="144"/>
+      <c r="C897" s="103"/>
+      <c r="D897" s="103"/>
+      <c r="E897" s="96"/>
+      <c r="F897" s="96"/>
+      <c r="G897" s="96"/>
+      <c r="H897" s="97"/>
+      <c r="I897" s="97"/>
+      <c r="J897" s="97"/>
+      <c r="K897" s="98"/>
+      <c r="L897" s="99"/>
+      <c r="M897" s="100"/>
+      <c r="N897" s="100"/>
+      <c r="O897" s="101"/>
+      <c r="P897" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B897:G897)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="898" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A898" s="101"/>
-[...14 lines deleted...]
-      <c r="P898" s="108" t="str">
+      <c r="A898" s="143"/>
+      <c r="B898" s="144"/>
+      <c r="C898" s="103"/>
+      <c r="D898" s="103"/>
+      <c r="E898" s="96"/>
+      <c r="F898" s="96"/>
+      <c r="G898" s="96"/>
+      <c r="H898" s="97"/>
+      <c r="I898" s="97"/>
+      <c r="J898" s="97"/>
+      <c r="K898" s="98"/>
+      <c r="L898" s="99"/>
+      <c r="M898" s="100"/>
+      <c r="N898" s="100"/>
+      <c r="O898" s="101"/>
+      <c r="P898" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B898:G898)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="899" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A899" s="101"/>
-[...14 lines deleted...]
-      <c r="P899" s="108" t="str">
+      <c r="A899" s="143"/>
+      <c r="B899" s="144"/>
+      <c r="C899" s="103"/>
+      <c r="D899" s="103"/>
+      <c r="E899" s="96"/>
+      <c r="F899" s="96"/>
+      <c r="G899" s="96"/>
+      <c r="H899" s="97"/>
+      <c r="I899" s="97"/>
+      <c r="J899" s="97"/>
+      <c r="K899" s="98"/>
+      <c r="L899" s="99"/>
+      <c r="M899" s="100"/>
+      <c r="N899" s="100"/>
+      <c r="O899" s="101"/>
+      <c r="P899" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B899:G899)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="900" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A900" s="101"/>
-[...14 lines deleted...]
-      <c r="P900" s="108" t="str">
+      <c r="A900" s="143"/>
+      <c r="B900" s="144"/>
+      <c r="C900" s="103"/>
+      <c r="D900" s="103"/>
+      <c r="E900" s="96"/>
+      <c r="F900" s="96"/>
+      <c r="G900" s="96"/>
+      <c r="H900" s="97"/>
+      <c r="I900" s="97"/>
+      <c r="J900" s="97"/>
+      <c r="K900" s="98"/>
+      <c r="L900" s="99"/>
+      <c r="M900" s="100"/>
+      <c r="N900" s="100"/>
+      <c r="O900" s="101"/>
+      <c r="P900" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B900:G900)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="901" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A901" s="101"/>
-[...14 lines deleted...]
-      <c r="P901" s="108" t="str">
+      <c r="A901" s="143"/>
+      <c r="B901" s="144"/>
+      <c r="C901" s="103"/>
+      <c r="D901" s="103"/>
+      <c r="E901" s="96"/>
+      <c r="F901" s="96"/>
+      <c r="G901" s="96"/>
+      <c r="H901" s="97"/>
+      <c r="I901" s="97"/>
+      <c r="J901" s="97"/>
+      <c r="K901" s="98"/>
+      <c r="L901" s="99"/>
+      <c r="M901" s="100"/>
+      <c r="N901" s="100"/>
+      <c r="O901" s="101"/>
+      <c r="P901" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B901:G901)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="902" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A902" s="101"/>
-[...14 lines deleted...]
-      <c r="P902" s="108" t="str">
+      <c r="A902" s="143"/>
+      <c r="B902" s="144"/>
+      <c r="C902" s="103"/>
+      <c r="D902" s="103"/>
+      <c r="E902" s="96"/>
+      <c r="F902" s="96"/>
+      <c r="G902" s="96"/>
+      <c r="H902" s="97"/>
+      <c r="I902" s="97"/>
+      <c r="J902" s="97"/>
+      <c r="K902" s="98"/>
+      <c r="L902" s="99"/>
+      <c r="M902" s="100"/>
+      <c r="N902" s="100"/>
+      <c r="O902" s="101"/>
+      <c r="P902" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B902:G902)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="903" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A903" s="101"/>
-[...14 lines deleted...]
-      <c r="P903" s="108" t="str">
+      <c r="A903" s="143"/>
+      <c r="B903" s="144"/>
+      <c r="C903" s="103"/>
+      <c r="D903" s="103"/>
+      <c r="E903" s="96"/>
+      <c r="F903" s="96"/>
+      <c r="G903" s="96"/>
+      <c r="H903" s="97"/>
+      <c r="I903" s="97"/>
+      <c r="J903" s="97"/>
+      <c r="K903" s="98"/>
+      <c r="L903" s="99"/>
+      <c r="M903" s="100"/>
+      <c r="N903" s="100"/>
+      <c r="O903" s="101"/>
+      <c r="P903" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B903:G903)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="904" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A904" s="101"/>
-[...14 lines deleted...]
-      <c r="P904" s="108" t="str">
+      <c r="A904" s="143"/>
+      <c r="B904" s="144"/>
+      <c r="C904" s="103"/>
+      <c r="D904" s="103"/>
+      <c r="E904" s="96"/>
+      <c r="F904" s="96"/>
+      <c r="G904" s="96"/>
+      <c r="H904" s="97"/>
+      <c r="I904" s="97"/>
+      <c r="J904" s="97"/>
+      <c r="K904" s="98"/>
+      <c r="L904" s="99"/>
+      <c r="M904" s="100"/>
+      <c r="N904" s="100"/>
+      <c r="O904" s="101"/>
+      <c r="P904" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B904:G904)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="905" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A905" s="101"/>
-[...14 lines deleted...]
-      <c r="P905" s="108" t="str">
+      <c r="A905" s="143"/>
+      <c r="B905" s="144"/>
+      <c r="C905" s="103"/>
+      <c r="D905" s="103"/>
+      <c r="E905" s="96"/>
+      <c r="F905" s="96"/>
+      <c r="G905" s="96"/>
+      <c r="H905" s="97"/>
+      <c r="I905" s="97"/>
+      <c r="J905" s="97"/>
+      <c r="K905" s="98"/>
+      <c r="L905" s="99"/>
+      <c r="M905" s="100"/>
+      <c r="N905" s="100"/>
+      <c r="O905" s="101"/>
+      <c r="P905" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B905:G905)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="906" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A906" s="101"/>
-[...14 lines deleted...]
-      <c r="P906" s="108" t="str">
+      <c r="A906" s="143"/>
+      <c r="B906" s="144"/>
+      <c r="C906" s="103"/>
+      <c r="D906" s="103"/>
+      <c r="E906" s="96"/>
+      <c r="F906" s="96"/>
+      <c r="G906" s="96"/>
+      <c r="H906" s="97"/>
+      <c r="I906" s="97"/>
+      <c r="J906" s="97"/>
+      <c r="K906" s="98"/>
+      <c r="L906" s="99"/>
+      <c r="M906" s="100"/>
+      <c r="N906" s="100"/>
+      <c r="O906" s="101"/>
+      <c r="P906" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B906:G906)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="907" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A907" s="101"/>
-[...14 lines deleted...]
-      <c r="P907" s="108" t="str">
+      <c r="A907" s="143"/>
+      <c r="B907" s="144"/>
+      <c r="C907" s="103"/>
+      <c r="D907" s="103"/>
+      <c r="E907" s="96"/>
+      <c r="F907" s="96"/>
+      <c r="G907" s="96"/>
+      <c r="H907" s="97"/>
+      <c r="I907" s="97"/>
+      <c r="J907" s="97"/>
+      <c r="K907" s="98"/>
+      <c r="L907" s="99"/>
+      <c r="M907" s="100"/>
+      <c r="N907" s="100"/>
+      <c r="O907" s="101"/>
+      <c r="P907" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B907:G907)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="908" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A908" s="101"/>
-[...14 lines deleted...]
-      <c r="P908" s="108" t="str">
+      <c r="A908" s="143"/>
+      <c r="B908" s="144"/>
+      <c r="C908" s="103"/>
+      <c r="D908" s="103"/>
+      <c r="E908" s="96"/>
+      <c r="F908" s="96"/>
+      <c r="G908" s="96"/>
+      <c r="H908" s="97"/>
+      <c r="I908" s="97"/>
+      <c r="J908" s="97"/>
+      <c r="K908" s="98"/>
+      <c r="L908" s="99"/>
+      <c r="M908" s="100"/>
+      <c r="N908" s="100"/>
+      <c r="O908" s="101"/>
+      <c r="P908" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B908:G908)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="909" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A909" s="101"/>
-[...14 lines deleted...]
-      <c r="P909" s="108" t="str">
+      <c r="A909" s="143"/>
+      <c r="B909" s="144"/>
+      <c r="C909" s="103"/>
+      <c r="D909" s="103"/>
+      <c r="E909" s="96"/>
+      <c r="F909" s="96"/>
+      <c r="G909" s="96"/>
+      <c r="H909" s="97"/>
+      <c r="I909" s="97"/>
+      <c r="J909" s="97"/>
+      <c r="K909" s="98"/>
+      <c r="L909" s="99"/>
+      <c r="M909" s="100"/>
+      <c r="N909" s="100"/>
+      <c r="O909" s="101"/>
+      <c r="P909" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B909:G909)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="910" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A910" s="101"/>
-[...14 lines deleted...]
-      <c r="P910" s="108" t="str">
+      <c r="A910" s="143"/>
+      <c r="B910" s="144"/>
+      <c r="C910" s="103"/>
+      <c r="D910" s="103"/>
+      <c r="E910" s="96"/>
+      <c r="F910" s="96"/>
+      <c r="G910" s="96"/>
+      <c r="H910" s="97"/>
+      <c r="I910" s="97"/>
+      <c r="J910" s="97"/>
+      <c r="K910" s="98"/>
+      <c r="L910" s="99"/>
+      <c r="M910" s="100"/>
+      <c r="N910" s="100"/>
+      <c r="O910" s="101"/>
+      <c r="P910" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B910:G910)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="911" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A911" s="101"/>
-[...14 lines deleted...]
-      <c r="P911" s="108" t="str">
+      <c r="A911" s="143"/>
+      <c r="B911" s="144"/>
+      <c r="C911" s="103"/>
+      <c r="D911" s="103"/>
+      <c r="E911" s="96"/>
+      <c r="F911" s="96"/>
+      <c r="G911" s="96"/>
+      <c r="H911" s="97"/>
+      <c r="I911" s="97"/>
+      <c r="J911" s="97"/>
+      <c r="K911" s="98"/>
+      <c r="L911" s="99"/>
+      <c r="M911" s="100"/>
+      <c r="N911" s="100"/>
+      <c r="O911" s="101"/>
+      <c r="P911" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B911:G911)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="912" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A912" s="101"/>
-[...14 lines deleted...]
-      <c r="P912" s="108" t="str">
+      <c r="A912" s="143"/>
+      <c r="B912" s="144"/>
+      <c r="C912" s="103"/>
+      <c r="D912" s="103"/>
+      <c r="E912" s="96"/>
+      <c r="F912" s="96"/>
+      <c r="G912" s="96"/>
+      <c r="H912" s="97"/>
+      <c r="I912" s="97"/>
+      <c r="J912" s="97"/>
+      <c r="K912" s="98"/>
+      <c r="L912" s="99"/>
+      <c r="M912" s="100"/>
+      <c r="N912" s="100"/>
+      <c r="O912" s="101"/>
+      <c r="P912" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B912:G912)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="913" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A913" s="101"/>
-[...14 lines deleted...]
-      <c r="P913" s="108" t="str">
+      <c r="A913" s="143"/>
+      <c r="B913" s="144"/>
+      <c r="C913" s="103"/>
+      <c r="D913" s="103"/>
+      <c r="E913" s="96"/>
+      <c r="F913" s="96"/>
+      <c r="G913" s="96"/>
+      <c r="H913" s="97"/>
+      <c r="I913" s="97"/>
+      <c r="J913" s="97"/>
+      <c r="K913" s="98"/>
+      <c r="L913" s="99"/>
+      <c r="M913" s="100"/>
+      <c r="N913" s="100"/>
+      <c r="O913" s="101"/>
+      <c r="P913" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B913:G913)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="914" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A914" s="101"/>
-[...14 lines deleted...]
-      <c r="P914" s="108" t="str">
+      <c r="A914" s="143"/>
+      <c r="B914" s="144"/>
+      <c r="C914" s="103"/>
+      <c r="D914" s="103"/>
+      <c r="E914" s="96"/>
+      <c r="F914" s="96"/>
+      <c r="G914" s="96"/>
+      <c r="H914" s="97"/>
+      <c r="I914" s="97"/>
+      <c r="J914" s="97"/>
+      <c r="K914" s="98"/>
+      <c r="L914" s="99"/>
+      <c r="M914" s="100"/>
+      <c r="N914" s="100"/>
+      <c r="O914" s="101"/>
+      <c r="P914" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B914:G914)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="915" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A915" s="101"/>
-[...14 lines deleted...]
-      <c r="P915" s="108" t="str">
+      <c r="A915" s="143"/>
+      <c r="B915" s="144"/>
+      <c r="C915" s="103"/>
+      <c r="D915" s="103"/>
+      <c r="E915" s="96"/>
+      <c r="F915" s="96"/>
+      <c r="G915" s="96"/>
+      <c r="H915" s="97"/>
+      <c r="I915" s="97"/>
+      <c r="J915" s="97"/>
+      <c r="K915" s="98"/>
+      <c r="L915" s="99"/>
+      <c r="M915" s="100"/>
+      <c r="N915" s="100"/>
+      <c r="O915" s="101"/>
+      <c r="P915" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B915:G915)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="916" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A916" s="101"/>
-[...14 lines deleted...]
-      <c r="P916" s="108" t="str">
+      <c r="A916" s="143"/>
+      <c r="B916" s="144"/>
+      <c r="C916" s="103"/>
+      <c r="D916" s="103"/>
+      <c r="E916" s="96"/>
+      <c r="F916" s="96"/>
+      <c r="G916" s="96"/>
+      <c r="H916" s="97"/>
+      <c r="I916" s="97"/>
+      <c r="J916" s="97"/>
+      <c r="K916" s="98"/>
+      <c r="L916" s="99"/>
+      <c r="M916" s="100"/>
+      <c r="N916" s="100"/>
+      <c r="O916" s="101"/>
+      <c r="P916" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B916:G916)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="917" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A917" s="101"/>
-[...14 lines deleted...]
-      <c r="P917" s="108" t="str">
+      <c r="A917" s="143"/>
+      <c r="B917" s="144"/>
+      <c r="C917" s="103"/>
+      <c r="D917" s="103"/>
+      <c r="E917" s="96"/>
+      <c r="F917" s="96"/>
+      <c r="G917" s="96"/>
+      <c r="H917" s="97"/>
+      <c r="I917" s="97"/>
+      <c r="J917" s="97"/>
+      <c r="K917" s="98"/>
+      <c r="L917" s="99"/>
+      <c r="M917" s="100"/>
+      <c r="N917" s="100"/>
+      <c r="O917" s="101"/>
+      <c r="P917" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B917:G917)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="918" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A918" s="101"/>
-[...14 lines deleted...]
-      <c r="P918" s="108" t="str">
+      <c r="A918" s="143"/>
+      <c r="B918" s="144"/>
+      <c r="C918" s="103"/>
+      <c r="D918" s="103"/>
+      <c r="E918" s="96"/>
+      <c r="F918" s="96"/>
+      <c r="G918" s="96"/>
+      <c r="H918" s="97"/>
+      <c r="I918" s="97"/>
+      <c r="J918" s="97"/>
+      <c r="K918" s="98"/>
+      <c r="L918" s="99"/>
+      <c r="M918" s="100"/>
+      <c r="N918" s="100"/>
+      <c r="O918" s="101"/>
+      <c r="P918" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B918:G918)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="919" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A919" s="101"/>
-[...14 lines deleted...]
-      <c r="P919" s="108" t="str">
+      <c r="A919" s="143"/>
+      <c r="B919" s="144"/>
+      <c r="C919" s="103"/>
+      <c r="D919" s="103"/>
+      <c r="E919" s="96"/>
+      <c r="F919" s="96"/>
+      <c r="G919" s="96"/>
+      <c r="H919" s="97"/>
+      <c r="I919" s="97"/>
+      <c r="J919" s="97"/>
+      <c r="K919" s="98"/>
+      <c r="L919" s="99"/>
+      <c r="M919" s="100"/>
+      <c r="N919" s="100"/>
+      <c r="O919" s="101"/>
+      <c r="P919" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B919:G919)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="920" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A920" s="101"/>
-[...14 lines deleted...]
-      <c r="P920" s="108" t="str">
+      <c r="A920" s="143"/>
+      <c r="B920" s="144"/>
+      <c r="C920" s="103"/>
+      <c r="D920" s="103"/>
+      <c r="E920" s="96"/>
+      <c r="F920" s="96"/>
+      <c r="G920" s="96"/>
+      <c r="H920" s="97"/>
+      <c r="I920" s="97"/>
+      <c r="J920" s="97"/>
+      <c r="K920" s="98"/>
+      <c r="L920" s="99"/>
+      <c r="M920" s="100"/>
+      <c r="N920" s="100"/>
+      <c r="O920" s="101"/>
+      <c r="P920" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B920:G920)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="921" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A921" s="101"/>
-[...14 lines deleted...]
-      <c r="P921" s="108" t="str">
+      <c r="A921" s="143"/>
+      <c r="B921" s="144"/>
+      <c r="C921" s="103"/>
+      <c r="D921" s="103"/>
+      <c r="E921" s="96"/>
+      <c r="F921" s="96"/>
+      <c r="G921" s="96"/>
+      <c r="H921" s="97"/>
+      <c r="I921" s="97"/>
+      <c r="J921" s="97"/>
+      <c r="K921" s="98"/>
+      <c r="L921" s="99"/>
+      <c r="M921" s="100"/>
+      <c r="N921" s="100"/>
+      <c r="O921" s="101"/>
+      <c r="P921" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B921:G921)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="922" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A922" s="101"/>
-[...14 lines deleted...]
-      <c r="P922" s="108" t="str">
+      <c r="A922" s="143"/>
+      <c r="B922" s="144"/>
+      <c r="C922" s="103"/>
+      <c r="D922" s="103"/>
+      <c r="E922" s="96"/>
+      <c r="F922" s="96"/>
+      <c r="G922" s="96"/>
+      <c r="H922" s="97"/>
+      <c r="I922" s="97"/>
+      <c r="J922" s="97"/>
+      <c r="K922" s="98"/>
+      <c r="L922" s="99"/>
+      <c r="M922" s="100"/>
+      <c r="N922" s="100"/>
+      <c r="O922" s="101"/>
+      <c r="P922" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B922:G922)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="923" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A923" s="101"/>
-[...14 lines deleted...]
-      <c r="P923" s="108" t="str">
+      <c r="A923" s="143"/>
+      <c r="B923" s="144"/>
+      <c r="C923" s="103"/>
+      <c r="D923" s="103"/>
+      <c r="E923" s="96"/>
+      <c r="F923" s="96"/>
+      <c r="G923" s="96"/>
+      <c r="H923" s="97"/>
+      <c r="I923" s="97"/>
+      <c r="J923" s="97"/>
+      <c r="K923" s="98"/>
+      <c r="L923" s="99"/>
+      <c r="M923" s="100"/>
+      <c r="N923" s="100"/>
+      <c r="O923" s="101"/>
+      <c r="P923" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B923:G923)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="924" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A924" s="101"/>
-[...14 lines deleted...]
-      <c r="P924" s="108" t="str">
+      <c r="A924" s="143"/>
+      <c r="B924" s="144"/>
+      <c r="C924" s="103"/>
+      <c r="D924" s="103"/>
+      <c r="E924" s="96"/>
+      <c r="F924" s="96"/>
+      <c r="G924" s="96"/>
+      <c r="H924" s="97"/>
+      <c r="I924" s="97"/>
+      <c r="J924" s="97"/>
+      <c r="K924" s="98"/>
+      <c r="L924" s="99"/>
+      <c r="M924" s="100"/>
+      <c r="N924" s="100"/>
+      <c r="O924" s="101"/>
+      <c r="P924" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B924:G924)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="925" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A925" s="101"/>
-[...14 lines deleted...]
-      <c r="P925" s="108" t="str">
+      <c r="A925" s="143"/>
+      <c r="B925" s="144"/>
+      <c r="C925" s="103"/>
+      <c r="D925" s="103"/>
+      <c r="E925" s="96"/>
+      <c r="F925" s="96"/>
+      <c r="G925" s="96"/>
+      <c r="H925" s="97"/>
+      <c r="I925" s="97"/>
+      <c r="J925" s="97"/>
+      <c r="K925" s="98"/>
+      <c r="L925" s="99"/>
+      <c r="M925" s="100"/>
+      <c r="N925" s="100"/>
+      <c r="O925" s="101"/>
+      <c r="P925" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B925:G925)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="926" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A926" s="101"/>
-[...14 lines deleted...]
-      <c r="P926" s="108" t="str">
+      <c r="A926" s="143"/>
+      <c r="B926" s="144"/>
+      <c r="C926" s="103"/>
+      <c r="D926" s="103"/>
+      <c r="E926" s="96"/>
+      <c r="F926" s="96"/>
+      <c r="G926" s="96"/>
+      <c r="H926" s="97"/>
+      <c r="I926" s="97"/>
+      <c r="J926" s="97"/>
+      <c r="K926" s="98"/>
+      <c r="L926" s="99"/>
+      <c r="M926" s="100"/>
+      <c r="N926" s="100"/>
+      <c r="O926" s="101"/>
+      <c r="P926" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B926:G926)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="927" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A927" s="101"/>
-[...14 lines deleted...]
-      <c r="P927" s="108" t="str">
+      <c r="A927" s="143"/>
+      <c r="B927" s="144"/>
+      <c r="C927" s="103"/>
+      <c r="D927" s="103"/>
+      <c r="E927" s="96"/>
+      <c r="F927" s="96"/>
+      <c r="G927" s="96"/>
+      <c r="H927" s="97"/>
+      <c r="I927" s="97"/>
+      <c r="J927" s="97"/>
+      <c r="K927" s="98"/>
+      <c r="L927" s="99"/>
+      <c r="M927" s="100"/>
+      <c r="N927" s="100"/>
+      <c r="O927" s="101"/>
+      <c r="P927" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B927:G927)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="928" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A928" s="101"/>
-[...14 lines deleted...]
-      <c r="P928" s="108" t="str">
+      <c r="A928" s="143"/>
+      <c r="B928" s="144"/>
+      <c r="C928" s="103"/>
+      <c r="D928" s="103"/>
+      <c r="E928" s="96"/>
+      <c r="F928" s="96"/>
+      <c r="G928" s="96"/>
+      <c r="H928" s="97"/>
+      <c r="I928" s="97"/>
+      <c r="J928" s="97"/>
+      <c r="K928" s="98"/>
+      <c r="L928" s="99"/>
+      <c r="M928" s="100"/>
+      <c r="N928" s="100"/>
+      <c r="O928" s="101"/>
+      <c r="P928" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B928:G928)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="929" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A929" s="101"/>
-[...14 lines deleted...]
-      <c r="P929" s="108" t="str">
+      <c r="A929" s="143"/>
+      <c r="B929" s="144"/>
+      <c r="C929" s="103"/>
+      <c r="D929" s="103"/>
+      <c r="E929" s="96"/>
+      <c r="F929" s="96"/>
+      <c r="G929" s="96"/>
+      <c r="H929" s="97"/>
+      <c r="I929" s="97"/>
+      <c r="J929" s="97"/>
+      <c r="K929" s="98"/>
+      <c r="L929" s="99"/>
+      <c r="M929" s="100"/>
+      <c r="N929" s="100"/>
+      <c r="O929" s="101"/>
+      <c r="P929" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B929:G929)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="930" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A930" s="101"/>
-[...14 lines deleted...]
-      <c r="P930" s="108" t="str">
+      <c r="A930" s="143"/>
+      <c r="B930" s="144"/>
+      <c r="C930" s="103"/>
+      <c r="D930" s="103"/>
+      <c r="E930" s="96"/>
+      <c r="F930" s="96"/>
+      <c r="G930" s="96"/>
+      <c r="H930" s="97"/>
+      <c r="I930" s="97"/>
+      <c r="J930" s="97"/>
+      <c r="K930" s="98"/>
+      <c r="L930" s="99"/>
+      <c r="M930" s="100"/>
+      <c r="N930" s="100"/>
+      <c r="O930" s="101"/>
+      <c r="P930" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B930:G930)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="931" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A931" s="101"/>
-[...14 lines deleted...]
-      <c r="P931" s="108" t="str">
+      <c r="A931" s="143"/>
+      <c r="B931" s="144"/>
+      <c r="C931" s="103"/>
+      <c r="D931" s="103"/>
+      <c r="E931" s="96"/>
+      <c r="F931" s="96"/>
+      <c r="G931" s="96"/>
+      <c r="H931" s="97"/>
+      <c r="I931" s="97"/>
+      <c r="J931" s="97"/>
+      <c r="K931" s="98"/>
+      <c r="L931" s="99"/>
+      <c r="M931" s="100"/>
+      <c r="N931" s="100"/>
+      <c r="O931" s="101"/>
+      <c r="P931" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B931:G931)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="932" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A932" s="101"/>
-[...14 lines deleted...]
-      <c r="P932" s="108" t="str">
+      <c r="A932" s="143"/>
+      <c r="B932" s="144"/>
+      <c r="C932" s="103"/>
+      <c r="D932" s="103"/>
+      <c r="E932" s="96"/>
+      <c r="F932" s="96"/>
+      <c r="G932" s="96"/>
+      <c r="H932" s="97"/>
+      <c r="I932" s="97"/>
+      <c r="J932" s="97"/>
+      <c r="K932" s="98"/>
+      <c r="L932" s="99"/>
+      <c r="M932" s="100"/>
+      <c r="N932" s="100"/>
+      <c r="O932" s="101"/>
+      <c r="P932" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B932:G932)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="933" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A933" s="101"/>
-[...14 lines deleted...]
-      <c r="P933" s="108" t="str">
+      <c r="A933" s="143"/>
+      <c r="B933" s="144"/>
+      <c r="C933" s="103"/>
+      <c r="D933" s="103"/>
+      <c r="E933" s="96"/>
+      <c r="F933" s="96"/>
+      <c r="G933" s="96"/>
+      <c r="H933" s="97"/>
+      <c r="I933" s="97"/>
+      <c r="J933" s="97"/>
+      <c r="K933" s="98"/>
+      <c r="L933" s="99"/>
+      <c r="M933" s="100"/>
+      <c r="N933" s="100"/>
+      <c r="O933" s="101"/>
+      <c r="P933" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B933:G933)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="934" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A934" s="101"/>
-[...14 lines deleted...]
-      <c r="P934" s="108" t="str">
+      <c r="A934" s="143"/>
+      <c r="B934" s="144"/>
+      <c r="C934" s="103"/>
+      <c r="D934" s="103"/>
+      <c r="E934" s="96"/>
+      <c r="F934" s="96"/>
+      <c r="G934" s="96"/>
+      <c r="H934" s="97"/>
+      <c r="I934" s="97"/>
+      <c r="J934" s="97"/>
+      <c r="K934" s="98"/>
+      <c r="L934" s="99"/>
+      <c r="M934" s="100"/>
+      <c r="N934" s="100"/>
+      <c r="O934" s="101"/>
+      <c r="P934" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B934:G934)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="935" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A935" s="101"/>
-[...14 lines deleted...]
-      <c r="P935" s="108" t="str">
+      <c r="A935" s="143"/>
+      <c r="B935" s="144"/>
+      <c r="C935" s="103"/>
+      <c r="D935" s="103"/>
+      <c r="E935" s="96"/>
+      <c r="F935" s="96"/>
+      <c r="G935" s="96"/>
+      <c r="H935" s="97"/>
+      <c r="I935" s="97"/>
+      <c r="J935" s="97"/>
+      <c r="K935" s="98"/>
+      <c r="L935" s="99"/>
+      <c r="M935" s="100"/>
+      <c r="N935" s="100"/>
+      <c r="O935" s="101"/>
+      <c r="P935" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B935:G935)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="936" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A936" s="101"/>
-[...14 lines deleted...]
-      <c r="P936" s="108" t="str">
+      <c r="A936" s="143"/>
+      <c r="B936" s="144"/>
+      <c r="C936" s="103"/>
+      <c r="D936" s="103"/>
+      <c r="E936" s="96"/>
+      <c r="F936" s="96"/>
+      <c r="G936" s="96"/>
+      <c r="H936" s="97"/>
+      <c r="I936" s="97"/>
+      <c r="J936" s="97"/>
+      <c r="K936" s="98"/>
+      <c r="L936" s="99"/>
+      <c r="M936" s="100"/>
+      <c r="N936" s="100"/>
+      <c r="O936" s="101"/>
+      <c r="P936" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B936:G936)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="937" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A937" s="101"/>
-[...14 lines deleted...]
-      <c r="P937" s="108" t="str">
+      <c r="A937" s="143"/>
+      <c r="B937" s="144"/>
+      <c r="C937" s="103"/>
+      <c r="D937" s="103"/>
+      <c r="E937" s="96"/>
+      <c r="F937" s="96"/>
+      <c r="G937" s="96"/>
+      <c r="H937" s="97"/>
+      <c r="I937" s="97"/>
+      <c r="J937" s="97"/>
+      <c r="K937" s="98"/>
+      <c r="L937" s="99"/>
+      <c r="M937" s="100"/>
+      <c r="N937" s="100"/>
+      <c r="O937" s="101"/>
+      <c r="P937" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B937:G937)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="938" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A938" s="101"/>
-[...14 lines deleted...]
-      <c r="P938" s="108" t="str">
+      <c r="A938" s="143"/>
+      <c r="B938" s="144"/>
+      <c r="C938" s="103"/>
+      <c r="D938" s="103"/>
+      <c r="E938" s="96"/>
+      <c r="F938" s="96"/>
+      <c r="G938" s="96"/>
+      <c r="H938" s="97"/>
+      <c r="I938" s="97"/>
+      <c r="J938" s="97"/>
+      <c r="K938" s="98"/>
+      <c r="L938" s="99"/>
+      <c r="M938" s="100"/>
+      <c r="N938" s="100"/>
+      <c r="O938" s="101"/>
+      <c r="P938" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B938:G938)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="939" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A939" s="101"/>
-[...14 lines deleted...]
-      <c r="P939" s="108" t="str">
+      <c r="A939" s="143"/>
+      <c r="B939" s="144"/>
+      <c r="C939" s="103"/>
+      <c r="D939" s="103"/>
+      <c r="E939" s="96"/>
+      <c r="F939" s="96"/>
+      <c r="G939" s="96"/>
+      <c r="H939" s="97"/>
+      <c r="I939" s="97"/>
+      <c r="J939" s="97"/>
+      <c r="K939" s="98"/>
+      <c r="L939" s="99"/>
+      <c r="M939" s="100"/>
+      <c r="N939" s="100"/>
+      <c r="O939" s="101"/>
+      <c r="P939" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B939:G939)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="940" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A940" s="101"/>
-[...14 lines deleted...]
-      <c r="P940" s="108" t="str">
+      <c r="A940" s="143"/>
+      <c r="B940" s="144"/>
+      <c r="C940" s="103"/>
+      <c r="D940" s="103"/>
+      <c r="E940" s="96"/>
+      <c r="F940" s="96"/>
+      <c r="G940" s="96"/>
+      <c r="H940" s="97"/>
+      <c r="I940" s="97"/>
+      <c r="J940" s="97"/>
+      <c r="K940" s="98"/>
+      <c r="L940" s="99"/>
+      <c r="M940" s="100"/>
+      <c r="N940" s="100"/>
+      <c r="O940" s="101"/>
+      <c r="P940" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B940:G940)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="941" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A941" s="101"/>
-[...14 lines deleted...]
-      <c r="P941" s="108" t="str">
+      <c r="A941" s="143"/>
+      <c r="B941" s="144"/>
+      <c r="C941" s="103"/>
+      <c r="D941" s="103"/>
+      <c r="E941" s="96"/>
+      <c r="F941" s="96"/>
+      <c r="G941" s="96"/>
+      <c r="H941" s="97"/>
+      <c r="I941" s="97"/>
+      <c r="J941" s="97"/>
+      <c r="K941" s="98"/>
+      <c r="L941" s="99"/>
+      <c r="M941" s="100"/>
+      <c r="N941" s="100"/>
+      <c r="O941" s="101"/>
+      <c r="P941" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B941:G941)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="942" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A942" s="101"/>
-[...14 lines deleted...]
-      <c r="P942" s="108" t="str">
+      <c r="A942" s="143"/>
+      <c r="B942" s="144"/>
+      <c r="C942" s="103"/>
+      <c r="D942" s="103"/>
+      <c r="E942" s="96"/>
+      <c r="F942" s="96"/>
+      <c r="G942" s="96"/>
+      <c r="H942" s="97"/>
+      <c r="I942" s="97"/>
+      <c r="J942" s="97"/>
+      <c r="K942" s="98"/>
+      <c r="L942" s="99"/>
+      <c r="M942" s="100"/>
+      <c r="N942" s="100"/>
+      <c r="O942" s="101"/>
+      <c r="P942" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B942:G942)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="943" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A943" s="101"/>
-[...14 lines deleted...]
-      <c r="P943" s="108" t="str">
+      <c r="A943" s="143"/>
+      <c r="B943" s="144"/>
+      <c r="C943" s="103"/>
+      <c r="D943" s="103"/>
+      <c r="E943" s="96"/>
+      <c r="F943" s="96"/>
+      <c r="G943" s="96"/>
+      <c r="H943" s="97"/>
+      <c r="I943" s="97"/>
+      <c r="J943" s="97"/>
+      <c r="K943" s="98"/>
+      <c r="L943" s="99"/>
+      <c r="M943" s="100"/>
+      <c r="N943" s="100"/>
+      <c r="O943" s="101"/>
+      <c r="P943" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B943:G943)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="944" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A944" s="101"/>
-[...14 lines deleted...]
-      <c r="P944" s="108" t="str">
+      <c r="A944" s="143"/>
+      <c r="B944" s="144"/>
+      <c r="C944" s="103"/>
+      <c r="D944" s="103"/>
+      <c r="E944" s="96"/>
+      <c r="F944" s="96"/>
+      <c r="G944" s="96"/>
+      <c r="H944" s="97"/>
+      <c r="I944" s="97"/>
+      <c r="J944" s="97"/>
+      <c r="K944" s="98"/>
+      <c r="L944" s="99"/>
+      <c r="M944" s="100"/>
+      <c r="N944" s="100"/>
+      <c r="O944" s="101"/>
+      <c r="P944" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B944:G944)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="945" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A945" s="101"/>
-[...14 lines deleted...]
-      <c r="P945" s="108" t="str">
+      <c r="A945" s="143"/>
+      <c r="B945" s="144"/>
+      <c r="C945" s="103"/>
+      <c r="D945" s="103"/>
+      <c r="E945" s="96"/>
+      <c r="F945" s="96"/>
+      <c r="G945" s="96"/>
+      <c r="H945" s="97"/>
+      <c r="I945" s="97"/>
+      <c r="J945" s="97"/>
+      <c r="K945" s="98"/>
+      <c r="L945" s="99"/>
+      <c r="M945" s="100"/>
+      <c r="N945" s="100"/>
+      <c r="O945" s="101"/>
+      <c r="P945" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B945:G945)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="946" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A946" s="101"/>
-[...14 lines deleted...]
-      <c r="P946" s="108" t="str">
+      <c r="A946" s="143"/>
+      <c r="B946" s="144"/>
+      <c r="C946" s="103"/>
+      <c r="D946" s="103"/>
+      <c r="E946" s="96"/>
+      <c r="F946" s="96"/>
+      <c r="G946" s="96"/>
+      <c r="H946" s="97"/>
+      <c r="I946" s="97"/>
+      <c r="J946" s="97"/>
+      <c r="K946" s="98"/>
+      <c r="L946" s="99"/>
+      <c r="M946" s="100"/>
+      <c r="N946" s="100"/>
+      <c r="O946" s="101"/>
+      <c r="P946" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B946:G946)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="947" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A947" s="101"/>
-[...14 lines deleted...]
-      <c r="P947" s="108" t="str">
+      <c r="A947" s="143"/>
+      <c r="B947" s="144"/>
+      <c r="C947" s="103"/>
+      <c r="D947" s="103"/>
+      <c r="E947" s="96"/>
+      <c r="F947" s="96"/>
+      <c r="G947" s="96"/>
+      <c r="H947" s="97"/>
+      <c r="I947" s="97"/>
+      <c r="J947" s="97"/>
+      <c r="K947" s="98"/>
+      <c r="L947" s="99"/>
+      <c r="M947" s="100"/>
+      <c r="N947" s="100"/>
+      <c r="O947" s="101"/>
+      <c r="P947" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B947:G947)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="948" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A948" s="101"/>
-[...14 lines deleted...]
-      <c r="P948" s="108" t="str">
+      <c r="A948" s="143"/>
+      <c r="B948" s="144"/>
+      <c r="C948" s="103"/>
+      <c r="D948" s="103"/>
+      <c r="E948" s="96"/>
+      <c r="F948" s="96"/>
+      <c r="G948" s="96"/>
+      <c r="H948" s="97"/>
+      <c r="I948" s="97"/>
+      <c r="J948" s="97"/>
+      <c r="K948" s="98"/>
+      <c r="L948" s="99"/>
+      <c r="M948" s="100"/>
+      <c r="N948" s="100"/>
+      <c r="O948" s="101"/>
+      <c r="P948" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B948:G948)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="949" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A949" s="101"/>
-[...14 lines deleted...]
-      <c r="P949" s="108" t="str">
+      <c r="A949" s="143"/>
+      <c r="B949" s="144"/>
+      <c r="C949" s="103"/>
+      <c r="D949" s="103"/>
+      <c r="E949" s="96"/>
+      <c r="F949" s="96"/>
+      <c r="G949" s="96"/>
+      <c r="H949" s="97"/>
+      <c r="I949" s="97"/>
+      <c r="J949" s="97"/>
+      <c r="K949" s="98"/>
+      <c r="L949" s="99"/>
+      <c r="M949" s="100"/>
+      <c r="N949" s="100"/>
+      <c r="O949" s="101"/>
+      <c r="P949" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B949:G949)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="950" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A950" s="101"/>
-[...14 lines deleted...]
-      <c r="P950" s="108" t="str">
+      <c r="A950" s="143"/>
+      <c r="B950" s="144"/>
+      <c r="C950" s="103"/>
+      <c r="D950" s="103"/>
+      <c r="E950" s="96"/>
+      <c r="F950" s="96"/>
+      <c r="G950" s="96"/>
+      <c r="H950" s="97"/>
+      <c r="I950" s="97"/>
+      <c r="J950" s="97"/>
+      <c r="K950" s="98"/>
+      <c r="L950" s="99"/>
+      <c r="M950" s="100"/>
+      <c r="N950" s="100"/>
+      <c r="O950" s="101"/>
+      <c r="P950" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B950:G950)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="951" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A951" s="101"/>
-[...14 lines deleted...]
-      <c r="P951" s="108" t="str">
+      <c r="A951" s="143"/>
+      <c r="B951" s="144"/>
+      <c r="C951" s="103"/>
+      <c r="D951" s="103"/>
+      <c r="E951" s="96"/>
+      <c r="F951" s="96"/>
+      <c r="G951" s="96"/>
+      <c r="H951" s="97"/>
+      <c r="I951" s="97"/>
+      <c r="J951" s="97"/>
+      <c r="K951" s="98"/>
+      <c r="L951" s="99"/>
+      <c r="M951" s="100"/>
+      <c r="N951" s="100"/>
+      <c r="O951" s="101"/>
+      <c r="P951" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B951:G951)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="952" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A952" s="101"/>
-[...14 lines deleted...]
-      <c r="P952" s="108" t="str">
+      <c r="A952" s="143"/>
+      <c r="B952" s="144"/>
+      <c r="C952" s="103"/>
+      <c r="D952" s="103"/>
+      <c r="E952" s="96"/>
+      <c r="F952" s="96"/>
+      <c r="G952" s="96"/>
+      <c r="H952" s="97"/>
+      <c r="I952" s="97"/>
+      <c r="J952" s="97"/>
+      <c r="K952" s="98"/>
+      <c r="L952" s="99"/>
+      <c r="M952" s="100"/>
+      <c r="N952" s="100"/>
+      <c r="O952" s="101"/>
+      <c r="P952" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B952:G952)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="953" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A953" s="101"/>
-[...14 lines deleted...]
-      <c r="P953" s="108" t="str">
+      <c r="A953" s="143"/>
+      <c r="B953" s="144"/>
+      <c r="C953" s="103"/>
+      <c r="D953" s="103"/>
+      <c r="E953" s="96"/>
+      <c r="F953" s="96"/>
+      <c r="G953" s="96"/>
+      <c r="H953" s="97"/>
+      <c r="I953" s="97"/>
+      <c r="J953" s="97"/>
+      <c r="K953" s="98"/>
+      <c r="L953" s="99"/>
+      <c r="M953" s="100"/>
+      <c r="N953" s="100"/>
+      <c r="O953" s="101"/>
+      <c r="P953" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B953:G953)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="954" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A954" s="101"/>
-[...14 lines deleted...]
-      <c r="P954" s="108" t="str">
+      <c r="A954" s="143"/>
+      <c r="B954" s="144"/>
+      <c r="C954" s="103"/>
+      <c r="D954" s="103"/>
+      <c r="E954" s="96"/>
+      <c r="F954" s="96"/>
+      <c r="G954" s="96"/>
+      <c r="H954" s="97"/>
+      <c r="I954" s="97"/>
+      <c r="J954" s="97"/>
+      <c r="K954" s="98"/>
+      <c r="L954" s="99"/>
+      <c r="M954" s="100"/>
+      <c r="N954" s="100"/>
+      <c r="O954" s="101"/>
+      <c r="P954" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B954:G954)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="955" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A955" s="101"/>
-[...14 lines deleted...]
-      <c r="P955" s="108" t="str">
+      <c r="A955" s="143"/>
+      <c r="B955" s="144"/>
+      <c r="C955" s="103"/>
+      <c r="D955" s="103"/>
+      <c r="E955" s="96"/>
+      <c r="F955" s="96"/>
+      <c r="G955" s="96"/>
+      <c r="H955" s="97"/>
+      <c r="I955" s="97"/>
+      <c r="J955" s="97"/>
+      <c r="K955" s="98"/>
+      <c r="L955" s="99"/>
+      <c r="M955" s="100"/>
+      <c r="N955" s="100"/>
+      <c r="O955" s="101"/>
+      <c r="P955" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B955:G955)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="956" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A956" s="101"/>
-[...14 lines deleted...]
-      <c r="P956" s="108" t="str">
+      <c r="A956" s="143"/>
+      <c r="B956" s="144"/>
+      <c r="C956" s="103"/>
+      <c r="D956" s="103"/>
+      <c r="E956" s="96"/>
+      <c r="F956" s="96"/>
+      <c r="G956" s="96"/>
+      <c r="H956" s="97"/>
+      <c r="I956" s="97"/>
+      <c r="J956" s="97"/>
+      <c r="K956" s="98"/>
+      <c r="L956" s="99"/>
+      <c r="M956" s="100"/>
+      <c r="N956" s="100"/>
+      <c r="O956" s="101"/>
+      <c r="P956" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B956:G956)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="957" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A957" s="101"/>
-[...14 lines deleted...]
-      <c r="P957" s="108" t="str">
+      <c r="A957" s="143"/>
+      <c r="B957" s="144"/>
+      <c r="C957" s="103"/>
+      <c r="D957" s="103"/>
+      <c r="E957" s="96"/>
+      <c r="F957" s="96"/>
+      <c r="G957" s="96"/>
+      <c r="H957" s="97"/>
+      <c r="I957" s="97"/>
+      <c r="J957" s="97"/>
+      <c r="K957" s="98"/>
+      <c r="L957" s="99"/>
+      <c r="M957" s="100"/>
+      <c r="N957" s="100"/>
+      <c r="O957" s="101"/>
+      <c r="P957" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B957:G957)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="958" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A958" s="101"/>
-[...14 lines deleted...]
-      <c r="P958" s="108" t="str">
+      <c r="A958" s="143"/>
+      <c r="B958" s="144"/>
+      <c r="C958" s="103"/>
+      <c r="D958" s="103"/>
+      <c r="E958" s="96"/>
+      <c r="F958" s="96"/>
+      <c r="G958" s="96"/>
+      <c r="H958" s="97"/>
+      <c r="I958" s="97"/>
+      <c r="J958" s="97"/>
+      <c r="K958" s="98"/>
+      <c r="L958" s="99"/>
+      <c r="M958" s="100"/>
+      <c r="N958" s="100"/>
+      <c r="O958" s="101"/>
+      <c r="P958" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B958:G958)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="959" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A959" s="101"/>
-[...14 lines deleted...]
-      <c r="P959" s="108" t="str">
+      <c r="A959" s="143"/>
+      <c r="B959" s="144"/>
+      <c r="C959" s="103"/>
+      <c r="D959" s="103"/>
+      <c r="E959" s="96"/>
+      <c r="F959" s="96"/>
+      <c r="G959" s="96"/>
+      <c r="H959" s="97"/>
+      <c r="I959" s="97"/>
+      <c r="J959" s="97"/>
+      <c r="K959" s="98"/>
+      <c r="L959" s="99"/>
+      <c r="M959" s="100"/>
+      <c r="N959" s="100"/>
+      <c r="O959" s="101"/>
+      <c r="P959" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B959:G959)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="960" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A960" s="101"/>
-[...14 lines deleted...]
-      <c r="P960" s="108" t="str">
+      <c r="A960" s="143"/>
+      <c r="B960" s="144"/>
+      <c r="C960" s="103"/>
+      <c r="D960" s="103"/>
+      <c r="E960" s="96"/>
+      <c r="F960" s="96"/>
+      <c r="G960" s="96"/>
+      <c r="H960" s="97"/>
+      <c r="I960" s="97"/>
+      <c r="J960" s="97"/>
+      <c r="K960" s="98"/>
+      <c r="L960" s="99"/>
+      <c r="M960" s="100"/>
+      <c r="N960" s="100"/>
+      <c r="O960" s="101"/>
+      <c r="P960" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B960:G960)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="961" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A961" s="101"/>
-[...14 lines deleted...]
-      <c r="P961" s="108" t="str">
+      <c r="A961" s="143"/>
+      <c r="B961" s="144"/>
+      <c r="C961" s="103"/>
+      <c r="D961" s="103"/>
+      <c r="E961" s="96"/>
+      <c r="F961" s="96"/>
+      <c r="G961" s="96"/>
+      <c r="H961" s="97"/>
+      <c r="I961" s="97"/>
+      <c r="J961" s="97"/>
+      <c r="K961" s="98"/>
+      <c r="L961" s="99"/>
+      <c r="M961" s="100"/>
+      <c r="N961" s="100"/>
+      <c r="O961" s="101"/>
+      <c r="P961" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B961:G961)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="962" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A962" s="101"/>
-[...14 lines deleted...]
-      <c r="P962" s="108" t="str">
+      <c r="A962" s="143"/>
+      <c r="B962" s="144"/>
+      <c r="C962" s="103"/>
+      <c r="D962" s="103"/>
+      <c r="E962" s="96"/>
+      <c r="F962" s="96"/>
+      <c r="G962" s="96"/>
+      <c r="H962" s="97"/>
+      <c r="I962" s="97"/>
+      <c r="J962" s="97"/>
+      <c r="K962" s="98"/>
+      <c r="L962" s="99"/>
+      <c r="M962" s="100"/>
+      <c r="N962" s="100"/>
+      <c r="O962" s="101"/>
+      <c r="P962" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B962:G962)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="963" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A963" s="101"/>
-[...14 lines deleted...]
-      <c r="P963" s="108" t="str">
+      <c r="A963" s="143"/>
+      <c r="B963" s="144"/>
+      <c r="C963" s="103"/>
+      <c r="D963" s="103"/>
+      <c r="E963" s="96"/>
+      <c r="F963" s="96"/>
+      <c r="G963" s="96"/>
+      <c r="H963" s="97"/>
+      <c r="I963" s="97"/>
+      <c r="J963" s="97"/>
+      <c r="K963" s="98"/>
+      <c r="L963" s="99"/>
+      <c r="M963" s="100"/>
+      <c r="N963" s="100"/>
+      <c r="O963" s="101"/>
+      <c r="P963" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B963:G963)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="964" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A964" s="101"/>
-[...14 lines deleted...]
-      <c r="P964" s="108" t="str">
+      <c r="A964" s="143"/>
+      <c r="B964" s="144"/>
+      <c r="C964" s="103"/>
+      <c r="D964" s="103"/>
+      <c r="E964" s="96"/>
+      <c r="F964" s="96"/>
+      <c r="G964" s="96"/>
+      <c r="H964" s="97"/>
+      <c r="I964" s="97"/>
+      <c r="J964" s="97"/>
+      <c r="K964" s="98"/>
+      <c r="L964" s="99"/>
+      <c r="M964" s="100"/>
+      <c r="N964" s="100"/>
+      <c r="O964" s="101"/>
+      <c r="P964" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B964:G964)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="965" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A965" s="101"/>
-[...14 lines deleted...]
-      <c r="P965" s="108" t="str">
+      <c r="A965" s="143"/>
+      <c r="B965" s="144"/>
+      <c r="C965" s="103"/>
+      <c r="D965" s="103"/>
+      <c r="E965" s="96"/>
+      <c r="F965" s="96"/>
+      <c r="G965" s="96"/>
+      <c r="H965" s="97"/>
+      <c r="I965" s="97"/>
+      <c r="J965" s="97"/>
+      <c r="K965" s="98"/>
+      <c r="L965" s="99"/>
+      <c r="M965" s="100"/>
+      <c r="N965" s="100"/>
+      <c r="O965" s="101"/>
+      <c r="P965" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B965:G965)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="966" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A966" s="101"/>
-[...14 lines deleted...]
-      <c r="P966" s="108" t="str">
+      <c r="A966" s="143"/>
+      <c r="B966" s="144"/>
+      <c r="C966" s="103"/>
+      <c r="D966" s="103"/>
+      <c r="E966" s="96"/>
+      <c r="F966" s="96"/>
+      <c r="G966" s="96"/>
+      <c r="H966" s="97"/>
+      <c r="I966" s="97"/>
+      <c r="J966" s="97"/>
+      <c r="K966" s="98"/>
+      <c r="L966" s="99"/>
+      <c r="M966" s="100"/>
+      <c r="N966" s="100"/>
+      <c r="O966" s="101"/>
+      <c r="P966" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B966:G966)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="967" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A967" s="101"/>
-[...14 lines deleted...]
-      <c r="P967" s="108" t="str">
+      <c r="A967" s="143"/>
+      <c r="B967" s="144"/>
+      <c r="C967" s="103"/>
+      <c r="D967" s="103"/>
+      <c r="E967" s="96"/>
+      <c r="F967" s="96"/>
+      <c r="G967" s="96"/>
+      <c r="H967" s="97"/>
+      <c r="I967" s="97"/>
+      <c r="J967" s="97"/>
+      <c r="K967" s="98"/>
+      <c r="L967" s="99"/>
+      <c r="M967" s="100"/>
+      <c r="N967" s="100"/>
+      <c r="O967" s="101"/>
+      <c r="P967" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B967:G967)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="968" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A968" s="101"/>
-[...14 lines deleted...]
-      <c r="P968" s="108" t="str">
+      <c r="A968" s="143"/>
+      <c r="B968" s="144"/>
+      <c r="C968" s="103"/>
+      <c r="D968" s="103"/>
+      <c r="E968" s="96"/>
+      <c r="F968" s="96"/>
+      <c r="G968" s="96"/>
+      <c r="H968" s="97"/>
+      <c r="I968" s="97"/>
+      <c r="J968" s="97"/>
+      <c r="K968" s="98"/>
+      <c r="L968" s="99"/>
+      <c r="M968" s="100"/>
+      <c r="N968" s="100"/>
+      <c r="O968" s="101"/>
+      <c r="P968" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B968:G968)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="969" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A969" s="101"/>
-[...14 lines deleted...]
-      <c r="P969" s="108" t="str">
+      <c r="A969" s="143"/>
+      <c r="B969" s="144"/>
+      <c r="C969" s="103"/>
+      <c r="D969" s="103"/>
+      <c r="E969" s="96"/>
+      <c r="F969" s="96"/>
+      <c r="G969" s="96"/>
+      <c r="H969" s="97"/>
+      <c r="I969" s="97"/>
+      <c r="J969" s="97"/>
+      <c r="K969" s="98"/>
+      <c r="L969" s="99"/>
+      <c r="M969" s="100"/>
+      <c r="N969" s="100"/>
+      <c r="O969" s="101"/>
+      <c r="P969" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B969:G969)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="970" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A970" s="101"/>
-[...14 lines deleted...]
-      <c r="P970" s="108" t="str">
+      <c r="A970" s="143"/>
+      <c r="B970" s="144"/>
+      <c r="C970" s="103"/>
+      <c r="D970" s="103"/>
+      <c r="E970" s="96"/>
+      <c r="F970" s="96"/>
+      <c r="G970" s="96"/>
+      <c r="H970" s="97"/>
+      <c r="I970" s="97"/>
+      <c r="J970" s="97"/>
+      <c r="K970" s="98"/>
+      <c r="L970" s="99"/>
+      <c r="M970" s="100"/>
+      <c r="N970" s="100"/>
+      <c r="O970" s="101"/>
+      <c r="P970" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B970:G970)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="971" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A971" s="101"/>
-[...14 lines deleted...]
-      <c r="P971" s="108" t="str">
+      <c r="A971" s="143"/>
+      <c r="B971" s="144"/>
+      <c r="C971" s="103"/>
+      <c r="D971" s="103"/>
+      <c r="E971" s="96"/>
+      <c r="F971" s="96"/>
+      <c r="G971" s="96"/>
+      <c r="H971" s="97"/>
+      <c r="I971" s="97"/>
+      <c r="J971" s="97"/>
+      <c r="K971" s="98"/>
+      <c r="L971" s="99"/>
+      <c r="M971" s="100"/>
+      <c r="N971" s="100"/>
+      <c r="O971" s="101"/>
+      <c r="P971" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B971:G971)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="972" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A972" s="101"/>
-[...14 lines deleted...]
-      <c r="P972" s="108" t="str">
+      <c r="A972" s="143"/>
+      <c r="B972" s="144"/>
+      <c r="C972" s="103"/>
+      <c r="D972" s="103"/>
+      <c r="E972" s="96"/>
+      <c r="F972" s="96"/>
+      <c r="G972" s="96"/>
+      <c r="H972" s="97"/>
+      <c r="I972" s="97"/>
+      <c r="J972" s="97"/>
+      <c r="K972" s="98"/>
+      <c r="L972" s="99"/>
+      <c r="M972" s="100"/>
+      <c r="N972" s="100"/>
+      <c r="O972" s="101"/>
+      <c r="P972" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B972:G972)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="973" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A973" s="101"/>
-[...14 lines deleted...]
-      <c r="P973" s="108" t="str">
+      <c r="A973" s="143"/>
+      <c r="B973" s="144"/>
+      <c r="C973" s="103"/>
+      <c r="D973" s="103"/>
+      <c r="E973" s="96"/>
+      <c r="F973" s="96"/>
+      <c r="G973" s="96"/>
+      <c r="H973" s="97"/>
+      <c r="I973" s="97"/>
+      <c r="J973" s="97"/>
+      <c r="K973" s="98"/>
+      <c r="L973" s="99"/>
+      <c r="M973" s="100"/>
+      <c r="N973" s="100"/>
+      <c r="O973" s="101"/>
+      <c r="P973" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B973:G973)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="974" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A974" s="101"/>
-[...14 lines deleted...]
-      <c r="P974" s="108" t="str">
+      <c r="A974" s="143"/>
+      <c r="B974" s="144"/>
+      <c r="C974" s="103"/>
+      <c r="D974" s="103"/>
+      <c r="E974" s="96"/>
+      <c r="F974" s="96"/>
+      <c r="G974" s="96"/>
+      <c r="H974" s="97"/>
+      <c r="I974" s="97"/>
+      <c r="J974" s="97"/>
+      <c r="K974" s="98"/>
+      <c r="L974" s="99"/>
+      <c r="M974" s="100"/>
+      <c r="N974" s="100"/>
+      <c r="O974" s="101"/>
+      <c r="P974" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B974:G974)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="975" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A975" s="101"/>
-[...14 lines deleted...]
-      <c r="P975" s="108" t="str">
+      <c r="A975" s="143"/>
+      <c r="B975" s="144"/>
+      <c r="C975" s="103"/>
+      <c r="D975" s="103"/>
+      <c r="E975" s="96"/>
+      <c r="F975" s="96"/>
+      <c r="G975" s="96"/>
+      <c r="H975" s="97"/>
+      <c r="I975" s="97"/>
+      <c r="J975" s="97"/>
+      <c r="K975" s="98"/>
+      <c r="L975" s="99"/>
+      <c r="M975" s="100"/>
+      <c r="N975" s="100"/>
+      <c r="O975" s="101"/>
+      <c r="P975" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B975:G975)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="976" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A976" s="101"/>
-[...14 lines deleted...]
-      <c r="P976" s="108" t="str">
+      <c r="A976" s="143"/>
+      <c r="B976" s="144"/>
+      <c r="C976" s="103"/>
+      <c r="D976" s="103"/>
+      <c r="E976" s="96"/>
+      <c r="F976" s="96"/>
+      <c r="G976" s="96"/>
+      <c r="H976" s="97"/>
+      <c r="I976" s="97"/>
+      <c r="J976" s="97"/>
+      <c r="K976" s="98"/>
+      <c r="L976" s="99"/>
+      <c r="M976" s="100"/>
+      <c r="N976" s="100"/>
+      <c r="O976" s="101"/>
+      <c r="P976" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B976:G976)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="977" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A977" s="101"/>
-[...14 lines deleted...]
-      <c r="P977" s="108" t="str">
+      <c r="A977" s="143"/>
+      <c r="B977" s="144"/>
+      <c r="C977" s="103"/>
+      <c r="D977" s="103"/>
+      <c r="E977" s="96"/>
+      <c r="F977" s="96"/>
+      <c r="G977" s="96"/>
+      <c r="H977" s="97"/>
+      <c r="I977" s="97"/>
+      <c r="J977" s="97"/>
+      <c r="K977" s="98"/>
+      <c r="L977" s="99"/>
+      <c r="M977" s="100"/>
+      <c r="N977" s="100"/>
+      <c r="O977" s="101"/>
+      <c r="P977" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B977:G977)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="978" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A978" s="101"/>
-[...14 lines deleted...]
-      <c r="P978" s="108" t="str">
+      <c r="A978" s="143"/>
+      <c r="B978" s="144"/>
+      <c r="C978" s="103"/>
+      <c r="D978" s="103"/>
+      <c r="E978" s="96"/>
+      <c r="F978" s="96"/>
+      <c r="G978" s="96"/>
+      <c r="H978" s="97"/>
+      <c r="I978" s="97"/>
+      <c r="J978" s="97"/>
+      <c r="K978" s="98"/>
+      <c r="L978" s="99"/>
+      <c r="M978" s="100"/>
+      <c r="N978" s="100"/>
+      <c r="O978" s="101"/>
+      <c r="P978" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B978:G978)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="979" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A979" s="101"/>
-[...14 lines deleted...]
-      <c r="P979" s="108" t="str">
+      <c r="A979" s="143"/>
+      <c r="B979" s="144"/>
+      <c r="C979" s="103"/>
+      <c r="D979" s="103"/>
+      <c r="E979" s="96"/>
+      <c r="F979" s="96"/>
+      <c r="G979" s="96"/>
+      <c r="H979" s="97"/>
+      <c r="I979" s="97"/>
+      <c r="J979" s="97"/>
+      <c r="K979" s="98"/>
+      <c r="L979" s="99"/>
+      <c r="M979" s="100"/>
+      <c r="N979" s="100"/>
+      <c r="O979" s="101"/>
+      <c r="P979" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B979:G979)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="980" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A980" s="101"/>
-[...14 lines deleted...]
-      <c r="P980" s="108" t="str">
+      <c r="A980" s="143"/>
+      <c r="B980" s="144"/>
+      <c r="C980" s="103"/>
+      <c r="D980" s="103"/>
+      <c r="E980" s="96"/>
+      <c r="F980" s="96"/>
+      <c r="G980" s="96"/>
+      <c r="H980" s="97"/>
+      <c r="I980" s="97"/>
+      <c r="J980" s="97"/>
+      <c r="K980" s="98"/>
+      <c r="L980" s="99"/>
+      <c r="M980" s="100"/>
+      <c r="N980" s="100"/>
+      <c r="O980" s="101"/>
+      <c r="P980" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B980:G980)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="981" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A981" s="101"/>
-[...14 lines deleted...]
-      <c r="P981" s="108" t="str">
+      <c r="A981" s="143"/>
+      <c r="B981" s="144"/>
+      <c r="C981" s="103"/>
+      <c r="D981" s="103"/>
+      <c r="E981" s="96"/>
+      <c r="F981" s="96"/>
+      <c r="G981" s="96"/>
+      <c r="H981" s="97"/>
+      <c r="I981" s="97"/>
+      <c r="J981" s="97"/>
+      <c r="K981" s="98"/>
+      <c r="L981" s="99"/>
+      <c r="M981" s="100"/>
+      <c r="N981" s="100"/>
+      <c r="O981" s="101"/>
+      <c r="P981" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B981:G981)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="982" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A982" s="101"/>
-[...14 lines deleted...]
-      <c r="P982" s="108" t="str">
+      <c r="A982" s="143"/>
+      <c r="B982" s="144"/>
+      <c r="C982" s="103"/>
+      <c r="D982" s="103"/>
+      <c r="E982" s="96"/>
+      <c r="F982" s="96"/>
+      <c r="G982" s="96"/>
+      <c r="H982" s="97"/>
+      <c r="I982" s="97"/>
+      <c r="J982" s="97"/>
+      <c r="K982" s="98"/>
+      <c r="L982" s="99"/>
+      <c r="M982" s="100"/>
+      <c r="N982" s="100"/>
+      <c r="O982" s="101"/>
+      <c r="P982" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B982:G982)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="983" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A983" s="101"/>
-[...14 lines deleted...]
-      <c r="P983" s="108" t="str">
+      <c r="A983" s="143"/>
+      <c r="B983" s="144"/>
+      <c r="C983" s="103"/>
+      <c r="D983" s="103"/>
+      <c r="E983" s="96"/>
+      <c r="F983" s="96"/>
+      <c r="G983" s="96"/>
+      <c r="H983" s="97"/>
+      <c r="I983" s="97"/>
+      <c r="J983" s="97"/>
+      <c r="K983" s="98"/>
+      <c r="L983" s="99"/>
+      <c r="M983" s="100"/>
+      <c r="N983" s="100"/>
+      <c r="O983" s="101"/>
+      <c r="P983" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B983:G983)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="984" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A984" s="101"/>
-[...14 lines deleted...]
-      <c r="P984" s="108" t="str">
+      <c r="A984" s="143"/>
+      <c r="B984" s="144"/>
+      <c r="C984" s="103"/>
+      <c r="D984" s="103"/>
+      <c r="E984" s="96"/>
+      <c r="F984" s="96"/>
+      <c r="G984" s="96"/>
+      <c r="H984" s="97"/>
+      <c r="I984" s="97"/>
+      <c r="J984" s="97"/>
+      <c r="K984" s="98"/>
+      <c r="L984" s="99"/>
+      <c r="M984" s="100"/>
+      <c r="N984" s="100"/>
+      <c r="O984" s="101"/>
+      <c r="P984" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B984:G984)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="985" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A985" s="101"/>
-[...14 lines deleted...]
-      <c r="P985" s="108" t="str">
+      <c r="A985" s="143"/>
+      <c r="B985" s="144"/>
+      <c r="C985" s="103"/>
+      <c r="D985" s="103"/>
+      <c r="E985" s="96"/>
+      <c r="F985" s="96"/>
+      <c r="G985" s="96"/>
+      <c r="H985" s="97"/>
+      <c r="I985" s="97"/>
+      <c r="J985" s="97"/>
+      <c r="K985" s="98"/>
+      <c r="L985" s="99"/>
+      <c r="M985" s="100"/>
+      <c r="N985" s="100"/>
+      <c r="O985" s="101"/>
+      <c r="P985" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B985:G985)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="986" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A986" s="101"/>
-[...14 lines deleted...]
-      <c r="P986" s="108" t="str">
+      <c r="A986" s="143"/>
+      <c r="B986" s="144"/>
+      <c r="C986" s="103"/>
+      <c r="D986" s="103"/>
+      <c r="E986" s="96"/>
+      <c r="F986" s="96"/>
+      <c r="G986" s="96"/>
+      <c r="H986" s="97"/>
+      <c r="I986" s="97"/>
+      <c r="J986" s="97"/>
+      <c r="K986" s="98"/>
+      <c r="L986" s="99"/>
+      <c r="M986" s="100"/>
+      <c r="N986" s="100"/>
+      <c r="O986" s="101"/>
+      <c r="P986" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B986:G986)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="987" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A987" s="101"/>
-[...14 lines deleted...]
-      <c r="P987" s="108" t="str">
+      <c r="A987" s="143"/>
+      <c r="B987" s="144"/>
+      <c r="C987" s="103"/>
+      <c r="D987" s="103"/>
+      <c r="E987" s="96"/>
+      <c r="F987" s="96"/>
+      <c r="G987" s="96"/>
+      <c r="H987" s="97"/>
+      <c r="I987" s="97"/>
+      <c r="J987" s="97"/>
+      <c r="K987" s="98"/>
+      <c r="L987" s="99"/>
+      <c r="M987" s="100"/>
+      <c r="N987" s="100"/>
+      <c r="O987" s="101"/>
+      <c r="P987" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B987:G987)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="988" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A988" s="101"/>
-[...14 lines deleted...]
-      <c r="P988" s="108" t="str">
+      <c r="A988" s="143"/>
+      <c r="B988" s="144"/>
+      <c r="C988" s="103"/>
+      <c r="D988" s="103"/>
+      <c r="E988" s="96"/>
+      <c r="F988" s="96"/>
+      <c r="G988" s="96"/>
+      <c r="H988" s="97"/>
+      <c r="I988" s="97"/>
+      <c r="J988" s="97"/>
+      <c r="K988" s="98"/>
+      <c r="L988" s="99"/>
+      <c r="M988" s="100"/>
+      <c r="N988" s="100"/>
+      <c r="O988" s="101"/>
+      <c r="P988" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B988:G988)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="989" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A989" s="101"/>
-[...14 lines deleted...]
-      <c r="P989" s="108" t="str">
+      <c r="A989" s="143"/>
+      <c r="B989" s="144"/>
+      <c r="C989" s="103"/>
+      <c r="D989" s="103"/>
+      <c r="E989" s="96"/>
+      <c r="F989" s="96"/>
+      <c r="G989" s="96"/>
+      <c r="H989" s="97"/>
+      <c r="I989" s="97"/>
+      <c r="J989" s="97"/>
+      <c r="K989" s="98"/>
+      <c r="L989" s="99"/>
+      <c r="M989" s="100"/>
+      <c r="N989" s="100"/>
+      <c r="O989" s="101"/>
+      <c r="P989" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B989:G989)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="990" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A990" s="101"/>
-[...14 lines deleted...]
-      <c r="P990" s="108" t="str">
+      <c r="A990" s="143"/>
+      <c r="B990" s="144"/>
+      <c r="C990" s="103"/>
+      <c r="D990" s="103"/>
+      <c r="E990" s="96"/>
+      <c r="F990" s="96"/>
+      <c r="G990" s="96"/>
+      <c r="H990" s="97"/>
+      <c r="I990" s="97"/>
+      <c r="J990" s="97"/>
+      <c r="K990" s="98"/>
+      <c r="L990" s="99"/>
+      <c r="M990" s="100"/>
+      <c r="N990" s="100"/>
+      <c r="O990" s="101"/>
+      <c r="P990" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B990:G990)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="991" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A991" s="101"/>
-[...14 lines deleted...]
-      <c r="P991" s="108" t="str">
+      <c r="A991" s="143"/>
+      <c r="B991" s="144"/>
+      <c r="C991" s="103"/>
+      <c r="D991" s="103"/>
+      <c r="E991" s="96"/>
+      <c r="F991" s="96"/>
+      <c r="G991" s="96"/>
+      <c r="H991" s="97"/>
+      <c r="I991" s="97"/>
+      <c r="J991" s="97"/>
+      <c r="K991" s="98"/>
+      <c r="L991" s="99"/>
+      <c r="M991" s="100"/>
+      <c r="N991" s="100"/>
+      <c r="O991" s="101"/>
+      <c r="P991" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B991:G991)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="992" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A992" s="101"/>
-[...14 lines deleted...]
-      <c r="P992" s="108" t="str">
+      <c r="A992" s="143"/>
+      <c r="B992" s="144"/>
+      <c r="C992" s="103"/>
+      <c r="D992" s="103"/>
+      <c r="E992" s="96"/>
+      <c r="F992" s="96"/>
+      <c r="G992" s="96"/>
+      <c r="H992" s="97"/>
+      <c r="I992" s="97"/>
+      <c r="J992" s="97"/>
+      <c r="K992" s="98"/>
+      <c r="L992" s="99"/>
+      <c r="M992" s="100"/>
+      <c r="N992" s="100"/>
+      <c r="O992" s="101"/>
+      <c r="P992" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B992:G992)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="993" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A993" s="101"/>
-[...14 lines deleted...]
-      <c r="P993" s="108" t="str">
+      <c r="A993" s="143"/>
+      <c r="B993" s="144"/>
+      <c r="C993" s="103"/>
+      <c r="D993" s="103"/>
+      <c r="E993" s="96"/>
+      <c r="F993" s="96"/>
+      <c r="G993" s="96"/>
+      <c r="H993" s="97"/>
+      <c r="I993" s="97"/>
+      <c r="J993" s="97"/>
+      <c r="K993" s="98"/>
+      <c r="L993" s="99"/>
+      <c r="M993" s="100"/>
+      <c r="N993" s="100"/>
+      <c r="O993" s="101"/>
+      <c r="P993" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B993:G993)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="994" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A994" s="101"/>
-[...14 lines deleted...]
-      <c r="P994" s="108" t="str">
+      <c r="A994" s="143"/>
+      <c r="B994" s="144"/>
+      <c r="C994" s="103"/>
+      <c r="D994" s="103"/>
+      <c r="E994" s="96"/>
+      <c r="F994" s="96"/>
+      <c r="G994" s="96"/>
+      <c r="H994" s="97"/>
+      <c r="I994" s="97"/>
+      <c r="J994" s="97"/>
+      <c r="K994" s="98"/>
+      <c r="L994" s="99"/>
+      <c r="M994" s="100"/>
+      <c r="N994" s="100"/>
+      <c r="O994" s="101"/>
+      <c r="P994" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B994:G994)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="995" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A995" s="101"/>
-[...14 lines deleted...]
-      <c r="P995" s="108" t="str">
+      <c r="A995" s="143"/>
+      <c r="B995" s="144"/>
+      <c r="C995" s="103"/>
+      <c r="D995" s="103"/>
+      <c r="E995" s="96"/>
+      <c r="F995" s="96"/>
+      <c r="G995" s="96"/>
+      <c r="H995" s="97"/>
+      <c r="I995" s="97"/>
+      <c r="J995" s="97"/>
+      <c r="K995" s="98"/>
+      <c r="L995" s="99"/>
+      <c r="M995" s="100"/>
+      <c r="N995" s="100"/>
+      <c r="O995" s="101"/>
+      <c r="P995" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B995:G995)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="996" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A996" s="101"/>
-[...14 lines deleted...]
-      <c r="P996" s="108" t="str">
+      <c r="A996" s="143"/>
+      <c r="B996" s="144"/>
+      <c r="C996" s="103"/>
+      <c r="D996" s="103"/>
+      <c r="E996" s="96"/>
+      <c r="F996" s="96"/>
+      <c r="G996" s="96"/>
+      <c r="H996" s="97"/>
+      <c r="I996" s="97"/>
+      <c r="J996" s="97"/>
+      <c r="K996" s="98"/>
+      <c r="L996" s="99"/>
+      <c r="M996" s="100"/>
+      <c r="N996" s="100"/>
+      <c r="O996" s="101"/>
+      <c r="P996" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B996:G996)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="997" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A997" s="101"/>
-[...14 lines deleted...]
-      <c r="P997" s="108" t="str">
+      <c r="A997" s="143"/>
+      <c r="B997" s="144"/>
+      <c r="C997" s="103"/>
+      <c r="D997" s="103"/>
+      <c r="E997" s="96"/>
+      <c r="F997" s="96"/>
+      <c r="G997" s="96"/>
+      <c r="H997" s="97"/>
+      <c r="I997" s="97"/>
+      <c r="J997" s="97"/>
+      <c r="K997" s="98"/>
+      <c r="L997" s="99"/>
+      <c r="M997" s="100"/>
+      <c r="N997" s="100"/>
+      <c r="O997" s="101"/>
+      <c r="P997" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B997:G997)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="998" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A998" s="101"/>
-[...14 lines deleted...]
-      <c r="P998" s="108" t="str">
+      <c r="A998" s="143"/>
+      <c r="B998" s="144"/>
+      <c r="C998" s="103"/>
+      <c r="D998" s="103"/>
+      <c r="E998" s="96"/>
+      <c r="F998" s="96"/>
+      <c r="G998" s="96"/>
+      <c r="H998" s="97"/>
+      <c r="I998" s="97"/>
+      <c r="J998" s="97"/>
+      <c r="K998" s="98"/>
+      <c r="L998" s="99"/>
+      <c r="M998" s="100"/>
+      <c r="N998" s="100"/>
+      <c r="O998" s="101"/>
+      <c r="P998" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B998:G998)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="999" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A999" s="101"/>
-[...14 lines deleted...]
-      <c r="P999" s="108" t="str">
+      <c r="A999" s="143"/>
+      <c r="B999" s="144"/>
+      <c r="C999" s="103"/>
+      <c r="D999" s="103"/>
+      <c r="E999" s="96"/>
+      <c r="F999" s="96"/>
+      <c r="G999" s="96"/>
+      <c r="H999" s="97"/>
+      <c r="I999" s="97"/>
+      <c r="J999" s="97"/>
+      <c r="K999" s="98"/>
+      <c r="L999" s="99"/>
+      <c r="M999" s="100"/>
+      <c r="N999" s="100"/>
+      <c r="O999" s="101"/>
+      <c r="P999" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B999:G999)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1000" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1000" s="101"/>
-[...14 lines deleted...]
-      <c r="P1000" s="108" t="str">
+      <c r="A1000" s="143"/>
+      <c r="B1000" s="144"/>
+      <c r="C1000" s="103"/>
+      <c r="D1000" s="103"/>
+      <c r="E1000" s="96"/>
+      <c r="F1000" s="96"/>
+      <c r="G1000" s="96"/>
+      <c r="H1000" s="97"/>
+      <c r="I1000" s="97"/>
+      <c r="J1000" s="97"/>
+      <c r="K1000" s="98"/>
+      <c r="L1000" s="99"/>
+      <c r="M1000" s="100"/>
+      <c r="N1000" s="100"/>
+      <c r="O1000" s="101"/>
+      <c r="P1000" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1000:G1000)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1001" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1001" s="101"/>
-[...14 lines deleted...]
-      <c r="P1001" s="108" t="str">
+      <c r="A1001" s="143"/>
+      <c r="B1001" s="144"/>
+      <c r="C1001" s="103"/>
+      <c r="D1001" s="103"/>
+      <c r="E1001" s="96"/>
+      <c r="F1001" s="96"/>
+      <c r="G1001" s="96"/>
+      <c r="H1001" s="97"/>
+      <c r="I1001" s="97"/>
+      <c r="J1001" s="97"/>
+      <c r="K1001" s="98"/>
+      <c r="L1001" s="99"/>
+      <c r="M1001" s="100"/>
+      <c r="N1001" s="100"/>
+      <c r="O1001" s="101"/>
+      <c r="P1001" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1001:G1001)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1002" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1002" s="101"/>
-[...14 lines deleted...]
-      <c r="P1002" s="108" t="str">
+      <c r="A1002" s="143"/>
+      <c r="B1002" s="144"/>
+      <c r="C1002" s="103"/>
+      <c r="D1002" s="103"/>
+      <c r="E1002" s="96"/>
+      <c r="F1002" s="96"/>
+      <c r="G1002" s="96"/>
+      <c r="H1002" s="97"/>
+      <c r="I1002" s="97"/>
+      <c r="J1002" s="97"/>
+      <c r="K1002" s="98"/>
+      <c r="L1002" s="99"/>
+      <c r="M1002" s="100"/>
+      <c r="N1002" s="100"/>
+      <c r="O1002" s="101"/>
+      <c r="P1002" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1002:G1002)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1003" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1003" s="101"/>
-[...14 lines deleted...]
-      <c r="P1003" s="108" t="str">
+      <c r="A1003" s="143"/>
+      <c r="B1003" s="144"/>
+      <c r="C1003" s="103"/>
+      <c r="D1003" s="103"/>
+      <c r="E1003" s="96"/>
+      <c r="F1003" s="96"/>
+      <c r="G1003" s="96"/>
+      <c r="H1003" s="97"/>
+      <c r="I1003" s="97"/>
+      <c r="J1003" s="97"/>
+      <c r="K1003" s="98"/>
+      <c r="L1003" s="99"/>
+      <c r="M1003" s="100"/>
+      <c r="N1003" s="100"/>
+      <c r="O1003" s="101"/>
+      <c r="P1003" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1003:G1003)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1004" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1004" s="101"/>
-[...14 lines deleted...]
-      <c r="P1004" s="108" t="str">
+      <c r="A1004" s="143"/>
+      <c r="B1004" s="144"/>
+      <c r="C1004" s="103"/>
+      <c r="D1004" s="103"/>
+      <c r="E1004" s="96"/>
+      <c r="F1004" s="96"/>
+      <c r="G1004" s="96"/>
+      <c r="H1004" s="97"/>
+      <c r="I1004" s="97"/>
+      <c r="J1004" s="97"/>
+      <c r="K1004" s="98"/>
+      <c r="L1004" s="99"/>
+      <c r="M1004" s="100"/>
+      <c r="N1004" s="100"/>
+      <c r="O1004" s="101"/>
+      <c r="P1004" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1004:G1004)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1005" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1005" s="101"/>
-[...14 lines deleted...]
-      <c r="P1005" s="108" t="str">
+      <c r="A1005" s="143"/>
+      <c r="B1005" s="144"/>
+      <c r="C1005" s="103"/>
+      <c r="D1005" s="103"/>
+      <c r="E1005" s="96"/>
+      <c r="F1005" s="96"/>
+      <c r="G1005" s="96"/>
+      <c r="H1005" s="97"/>
+      <c r="I1005" s="97"/>
+      <c r="J1005" s="97"/>
+      <c r="K1005" s="98"/>
+      <c r="L1005" s="99"/>
+      <c r="M1005" s="100"/>
+      <c r="N1005" s="100"/>
+      <c r="O1005" s="101"/>
+      <c r="P1005" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1005:G1005)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1006" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1006" s="101"/>
-[...14 lines deleted...]
-      <c r="P1006" s="108" t="str">
+      <c r="A1006" s="143"/>
+      <c r="B1006" s="144"/>
+      <c r="C1006" s="103"/>
+      <c r="D1006" s="103"/>
+      <c r="E1006" s="96"/>
+      <c r="F1006" s="96"/>
+      <c r="G1006" s="96"/>
+      <c r="H1006" s="97"/>
+      <c r="I1006" s="97"/>
+      <c r="J1006" s="97"/>
+      <c r="K1006" s="98"/>
+      <c r="L1006" s="99"/>
+      <c r="M1006" s="100"/>
+      <c r="N1006" s="100"/>
+      <c r="O1006" s="101"/>
+      <c r="P1006" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1006:G1006)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1007" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1007" s="101"/>
-[...14 lines deleted...]
-      <c r="P1007" s="108" t="str">
+      <c r="A1007" s="143"/>
+      <c r="B1007" s="144"/>
+      <c r="C1007" s="103"/>
+      <c r="D1007" s="103"/>
+      <c r="E1007" s="96"/>
+      <c r="F1007" s="96"/>
+      <c r="G1007" s="96"/>
+      <c r="H1007" s="97"/>
+      <c r="I1007" s="97"/>
+      <c r="J1007" s="97"/>
+      <c r="K1007" s="98"/>
+      <c r="L1007" s="99"/>
+      <c r="M1007" s="100"/>
+      <c r="N1007" s="100"/>
+      <c r="O1007" s="101"/>
+      <c r="P1007" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1007:G1007)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1008" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1008" s="101"/>
-[...14 lines deleted...]
-      <c r="P1008" s="108" t="str">
+      <c r="A1008" s="143"/>
+      <c r="B1008" s="144"/>
+      <c r="C1008" s="103"/>
+      <c r="D1008" s="103"/>
+      <c r="E1008" s="96"/>
+      <c r="F1008" s="96"/>
+      <c r="G1008" s="96"/>
+      <c r="H1008" s="97"/>
+      <c r="I1008" s="97"/>
+      <c r="J1008" s="97"/>
+      <c r="K1008" s="98"/>
+      <c r="L1008" s="99"/>
+      <c r="M1008" s="100"/>
+      <c r="N1008" s="100"/>
+      <c r="O1008" s="101"/>
+      <c r="P1008" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1008:G1008)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1009" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1009" s="101"/>
-[...14 lines deleted...]
-      <c r="P1009" s="108" t="str">
+      <c r="A1009" s="143"/>
+      <c r="B1009" s="144"/>
+      <c r="C1009" s="103"/>
+      <c r="D1009" s="103"/>
+      <c r="E1009" s="96"/>
+      <c r="F1009" s="96"/>
+      <c r="G1009" s="96"/>
+      <c r="H1009" s="97"/>
+      <c r="I1009" s="97"/>
+      <c r="J1009" s="97"/>
+      <c r="K1009" s="98"/>
+      <c r="L1009" s="99"/>
+      <c r="M1009" s="100"/>
+      <c r="N1009" s="100"/>
+      <c r="O1009" s="101"/>
+      <c r="P1009" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1009:G1009)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1010" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1010" s="101"/>
-[...14 lines deleted...]
-      <c r="P1010" s="108" t="str">
+      <c r="A1010" s="143"/>
+      <c r="B1010" s="144"/>
+      <c r="C1010" s="103"/>
+      <c r="D1010" s="103"/>
+      <c r="E1010" s="96"/>
+      <c r="F1010" s="96"/>
+      <c r="G1010" s="96"/>
+      <c r="H1010" s="97"/>
+      <c r="I1010" s="97"/>
+      <c r="J1010" s="97"/>
+      <c r="K1010" s="98"/>
+      <c r="L1010" s="99"/>
+      <c r="M1010" s="100"/>
+      <c r="N1010" s="100"/>
+      <c r="O1010" s="101"/>
+      <c r="P1010" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1010:G1010)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1011" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1011" s="101"/>
-[...14 lines deleted...]
-      <c r="P1011" s="108" t="str">
+      <c r="A1011" s="143"/>
+      <c r="B1011" s="144"/>
+      <c r="C1011" s="103"/>
+      <c r="D1011" s="103"/>
+      <c r="E1011" s="96"/>
+      <c r="F1011" s="96"/>
+      <c r="G1011" s="96"/>
+      <c r="H1011" s="97"/>
+      <c r="I1011" s="97"/>
+      <c r="J1011" s="97"/>
+      <c r="K1011" s="98"/>
+      <c r="L1011" s="99"/>
+      <c r="M1011" s="100"/>
+      <c r="N1011" s="100"/>
+      <c r="O1011" s="101"/>
+      <c r="P1011" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1011:G1011)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1012" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1012" s="101"/>
-[...14 lines deleted...]
-      <c r="P1012" s="108" t="str">
+      <c r="A1012" s="143"/>
+      <c r="B1012" s="144"/>
+      <c r="C1012" s="103"/>
+      <c r="D1012" s="103"/>
+      <c r="E1012" s="96"/>
+      <c r="F1012" s="96"/>
+      <c r="G1012" s="96"/>
+      <c r="H1012" s="97"/>
+      <c r="I1012" s="97"/>
+      <c r="J1012" s="97"/>
+      <c r="K1012" s="98"/>
+      <c r="L1012" s="99"/>
+      <c r="M1012" s="100"/>
+      <c r="N1012" s="100"/>
+      <c r="O1012" s="101"/>
+      <c r="P1012" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1012:G1012)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1013" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1013" s="101"/>
-[...14 lines deleted...]
-      <c r="P1013" s="108" t="str">
+      <c r="A1013" s="143"/>
+      <c r="B1013" s="144"/>
+      <c r="C1013" s="103"/>
+      <c r="D1013" s="103"/>
+      <c r="E1013" s="96"/>
+      <c r="F1013" s="96"/>
+      <c r="G1013" s="96"/>
+      <c r="H1013" s="97"/>
+      <c r="I1013" s="97"/>
+      <c r="J1013" s="97"/>
+      <c r="K1013" s="98"/>
+      <c r="L1013" s="99"/>
+      <c r="M1013" s="100"/>
+      <c r="N1013" s="100"/>
+      <c r="O1013" s="101"/>
+      <c r="P1013" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1013:G1013)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1014" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1014" s="101"/>
-[...14 lines deleted...]
-      <c r="P1014" s="108" t="str">
+      <c r="A1014" s="143"/>
+      <c r="B1014" s="144"/>
+      <c r="C1014" s="103"/>
+      <c r="D1014" s="103"/>
+      <c r="E1014" s="96"/>
+      <c r="F1014" s="96"/>
+      <c r="G1014" s="96"/>
+      <c r="H1014" s="97"/>
+      <c r="I1014" s="97"/>
+      <c r="J1014" s="97"/>
+      <c r="K1014" s="98"/>
+      <c r="L1014" s="99"/>
+      <c r="M1014" s="100"/>
+      <c r="N1014" s="100"/>
+      <c r="O1014" s="101"/>
+      <c r="P1014" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1014:G1014)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1015" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1015" s="101"/>
-[...14 lines deleted...]
-      <c r="P1015" s="108" t="str">
+      <c r="A1015" s="143"/>
+      <c r="B1015" s="144"/>
+      <c r="C1015" s="103"/>
+      <c r="D1015" s="103"/>
+      <c r="E1015" s="96"/>
+      <c r="F1015" s="96"/>
+      <c r="G1015" s="96"/>
+      <c r="H1015" s="97"/>
+      <c r="I1015" s="97"/>
+      <c r="J1015" s="97"/>
+      <c r="K1015" s="98"/>
+      <c r="L1015" s="99"/>
+      <c r="M1015" s="100"/>
+      <c r="N1015" s="100"/>
+      <c r="O1015" s="101"/>
+      <c r="P1015" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1015:G1015)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1016" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1016" s="101"/>
-[...14 lines deleted...]
-      <c r="P1016" s="108" t="str">
+      <c r="A1016" s="143"/>
+      <c r="B1016" s="144"/>
+      <c r="C1016" s="103"/>
+      <c r="D1016" s="103"/>
+      <c r="E1016" s="96"/>
+      <c r="F1016" s="96"/>
+      <c r="G1016" s="96"/>
+      <c r="H1016" s="97"/>
+      <c r="I1016" s="97"/>
+      <c r="J1016" s="97"/>
+      <c r="K1016" s="98"/>
+      <c r="L1016" s="99"/>
+      <c r="M1016" s="100"/>
+      <c r="N1016" s="100"/>
+      <c r="O1016" s="101"/>
+      <c r="P1016" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1016:G1016)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1017" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1017" s="101"/>
-[...14 lines deleted...]
-      <c r="P1017" s="108" t="str">
+      <c r="A1017" s="143"/>
+      <c r="B1017" s="144"/>
+      <c r="C1017" s="103"/>
+      <c r="D1017" s="103"/>
+      <c r="E1017" s="96"/>
+      <c r="F1017" s="96"/>
+      <c r="G1017" s="96"/>
+      <c r="H1017" s="97"/>
+      <c r="I1017" s="97"/>
+      <c r="J1017" s="97"/>
+      <c r="K1017" s="98"/>
+      <c r="L1017" s="99"/>
+      <c r="M1017" s="100"/>
+      <c r="N1017" s="100"/>
+      <c r="O1017" s="101"/>
+      <c r="P1017" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1017:G1017)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1018" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1018" s="101"/>
-[...14 lines deleted...]
-      <c r="P1018" s="108" t="str">
+      <c r="A1018" s="143"/>
+      <c r="B1018" s="144"/>
+      <c r="C1018" s="103"/>
+      <c r="D1018" s="103"/>
+      <c r="E1018" s="96"/>
+      <c r="F1018" s="96"/>
+      <c r="G1018" s="96"/>
+      <c r="H1018" s="97"/>
+      <c r="I1018" s="97"/>
+      <c r="J1018" s="97"/>
+      <c r="K1018" s="98"/>
+      <c r="L1018" s="99"/>
+      <c r="M1018" s="100"/>
+      <c r="N1018" s="100"/>
+      <c r="O1018" s="101"/>
+      <c r="P1018" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1018:G1018)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1019" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1019" s="101"/>
-[...14 lines deleted...]
-      <c r="P1019" s="108" t="str">
+      <c r="A1019" s="143"/>
+      <c r="B1019" s="144"/>
+      <c r="C1019" s="103"/>
+      <c r="D1019" s="103"/>
+      <c r="E1019" s="96"/>
+      <c r="F1019" s="96"/>
+      <c r="G1019" s="96"/>
+      <c r="H1019" s="97"/>
+      <c r="I1019" s="97"/>
+      <c r="J1019" s="97"/>
+      <c r="K1019" s="98"/>
+      <c r="L1019" s="99"/>
+      <c r="M1019" s="100"/>
+      <c r="N1019" s="100"/>
+      <c r="O1019" s="101"/>
+      <c r="P1019" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1019:G1019)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1020" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1020" s="101"/>
-[...14 lines deleted...]
-      <c r="P1020" s="108" t="str">
+      <c r="A1020" s="143"/>
+      <c r="B1020" s="144"/>
+      <c r="C1020" s="103"/>
+      <c r="D1020" s="103"/>
+      <c r="E1020" s="96"/>
+      <c r="F1020" s="96"/>
+      <c r="G1020" s="96"/>
+      <c r="H1020" s="97"/>
+      <c r="I1020" s="97"/>
+      <c r="J1020" s="97"/>
+      <c r="K1020" s="98"/>
+      <c r="L1020" s="99"/>
+      <c r="M1020" s="100"/>
+      <c r="N1020" s="100"/>
+      <c r="O1020" s="101"/>
+      <c r="P1020" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1020:G1020)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1021" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1021" s="101"/>
-[...14 lines deleted...]
-      <c r="P1021" s="108" t="str">
+      <c r="A1021" s="143"/>
+      <c r="B1021" s="144"/>
+      <c r="C1021" s="103"/>
+      <c r="D1021" s="103"/>
+      <c r="E1021" s="96"/>
+      <c r="F1021" s="96"/>
+      <c r="G1021" s="96"/>
+      <c r="H1021" s="97"/>
+      <c r="I1021" s="97"/>
+      <c r="J1021" s="97"/>
+      <c r="K1021" s="98"/>
+      <c r="L1021" s="99"/>
+      <c r="M1021" s="100"/>
+      <c r="N1021" s="100"/>
+      <c r="O1021" s="101"/>
+      <c r="P1021" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1021:G1021)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1022" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1022" s="101"/>
-[...14 lines deleted...]
-      <c r="P1022" s="108" t="str">
+      <c r="A1022" s="143"/>
+      <c r="B1022" s="144"/>
+      <c r="C1022" s="103"/>
+      <c r="D1022" s="103"/>
+      <c r="E1022" s="96"/>
+      <c r="F1022" s="96"/>
+      <c r="G1022" s="96"/>
+      <c r="H1022" s="97"/>
+      <c r="I1022" s="97"/>
+      <c r="J1022" s="97"/>
+      <c r="K1022" s="98"/>
+      <c r="L1022" s="99"/>
+      <c r="M1022" s="100"/>
+      <c r="N1022" s="100"/>
+      <c r="O1022" s="101"/>
+      <c r="P1022" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1022:G1022)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1023" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1023" s="101"/>
-[...14 lines deleted...]
-      <c r="P1023" s="108" t="str">
+      <c r="A1023" s="143"/>
+      <c r="B1023" s="144"/>
+      <c r="C1023" s="103"/>
+      <c r="D1023" s="103"/>
+      <c r="E1023" s="96"/>
+      <c r="F1023" s="96"/>
+      <c r="G1023" s="96"/>
+      <c r="H1023" s="97"/>
+      <c r="I1023" s="97"/>
+      <c r="J1023" s="97"/>
+      <c r="K1023" s="98"/>
+      <c r="L1023" s="99"/>
+      <c r="M1023" s="100"/>
+      <c r="N1023" s="100"/>
+      <c r="O1023" s="101"/>
+      <c r="P1023" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1023:G1023)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1024" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1024" s="101"/>
-[...14 lines deleted...]
-      <c r="P1024" s="108" t="str">
+      <c r="A1024" s="143"/>
+      <c r="B1024" s="144"/>
+      <c r="C1024" s="103"/>
+      <c r="D1024" s="103"/>
+      <c r="E1024" s="96"/>
+      <c r="F1024" s="96"/>
+      <c r="G1024" s="96"/>
+      <c r="H1024" s="97"/>
+      <c r="I1024" s="97"/>
+      <c r="J1024" s="97"/>
+      <c r="K1024" s="98"/>
+      <c r="L1024" s="99"/>
+      <c r="M1024" s="100"/>
+      <c r="N1024" s="100"/>
+      <c r="O1024" s="101"/>
+      <c r="P1024" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1024:G1024)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1025" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1025" s="101"/>
-[...14 lines deleted...]
-      <c r="P1025" s="108" t="str">
+      <c r="A1025" s="143"/>
+      <c r="B1025" s="144"/>
+      <c r="C1025" s="103"/>
+      <c r="D1025" s="103"/>
+      <c r="E1025" s="96"/>
+      <c r="F1025" s="96"/>
+      <c r="G1025" s="96"/>
+      <c r="H1025" s="97"/>
+      <c r="I1025" s="97"/>
+      <c r="J1025" s="97"/>
+      <c r="K1025" s="98"/>
+      <c r="L1025" s="99"/>
+      <c r="M1025" s="100"/>
+      <c r="N1025" s="100"/>
+      <c r="O1025" s="101"/>
+      <c r="P1025" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1025:G1025)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1026" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1026" s="101"/>
-[...14 lines deleted...]
-      <c r="P1026" s="108" t="str">
+      <c r="A1026" s="143"/>
+      <c r="B1026" s="144"/>
+      <c r="C1026" s="103"/>
+      <c r="D1026" s="103"/>
+      <c r="E1026" s="96"/>
+      <c r="F1026" s="96"/>
+      <c r="G1026" s="96"/>
+      <c r="H1026" s="97"/>
+      <c r="I1026" s="97"/>
+      <c r="J1026" s="97"/>
+      <c r="K1026" s="98"/>
+      <c r="L1026" s="99"/>
+      <c r="M1026" s="100"/>
+      <c r="N1026" s="100"/>
+      <c r="O1026" s="101"/>
+      <c r="P1026" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1026:G1026)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1027" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1027" s="101"/>
-[...14 lines deleted...]
-      <c r="P1027" s="108" t="str">
+      <c r="A1027" s="143"/>
+      <c r="B1027" s="144"/>
+      <c r="C1027" s="103"/>
+      <c r="D1027" s="103"/>
+      <c r="E1027" s="96"/>
+      <c r="F1027" s="96"/>
+      <c r="G1027" s="96"/>
+      <c r="H1027" s="97"/>
+      <c r="I1027" s="97"/>
+      <c r="J1027" s="97"/>
+      <c r="K1027" s="98"/>
+      <c r="L1027" s="99"/>
+      <c r="M1027" s="100"/>
+      <c r="N1027" s="100"/>
+      <c r="O1027" s="101"/>
+      <c r="P1027" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1027:G1027)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1028" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1028" s="101"/>
-[...14 lines deleted...]
-      <c r="P1028" s="108" t="str">
+      <c r="A1028" s="143"/>
+      <c r="B1028" s="144"/>
+      <c r="C1028" s="103"/>
+      <c r="D1028" s="103"/>
+      <c r="E1028" s="96"/>
+      <c r="F1028" s="96"/>
+      <c r="G1028" s="96"/>
+      <c r="H1028" s="97"/>
+      <c r="I1028" s="97"/>
+      <c r="J1028" s="97"/>
+      <c r="K1028" s="98"/>
+      <c r="L1028" s="99"/>
+      <c r="M1028" s="100"/>
+      <c r="N1028" s="100"/>
+      <c r="O1028" s="101"/>
+      <c r="P1028" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1028:G1028)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1029" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1029" s="101"/>
-[...14 lines deleted...]
-      <c r="P1029" s="108" t="str">
+      <c r="A1029" s="143"/>
+      <c r="B1029" s="144"/>
+      <c r="C1029" s="103"/>
+      <c r="D1029" s="103"/>
+      <c r="E1029" s="96"/>
+      <c r="F1029" s="96"/>
+      <c r="G1029" s="96"/>
+      <c r="H1029" s="97"/>
+      <c r="I1029" s="97"/>
+      <c r="J1029" s="97"/>
+      <c r="K1029" s="98"/>
+      <c r="L1029" s="99"/>
+      <c r="M1029" s="100"/>
+      <c r="N1029" s="100"/>
+      <c r="O1029" s="101"/>
+      <c r="P1029" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1029:G1029)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1030" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1030" s="101"/>
-[...14 lines deleted...]
-      <c r="P1030" s="108" t="str">
+      <c r="A1030" s="143"/>
+      <c r="B1030" s="144"/>
+      <c r="C1030" s="103"/>
+      <c r="D1030" s="103"/>
+      <c r="E1030" s="96"/>
+      <c r="F1030" s="96"/>
+      <c r="G1030" s="96"/>
+      <c r="H1030" s="97"/>
+      <c r="I1030" s="97"/>
+      <c r="J1030" s="97"/>
+      <c r="K1030" s="98"/>
+      <c r="L1030" s="99"/>
+      <c r="M1030" s="100"/>
+      <c r="N1030" s="100"/>
+      <c r="O1030" s="101"/>
+      <c r="P1030" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1030:G1030)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1031" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1031" s="101"/>
-[...14 lines deleted...]
-      <c r="P1031" s="108" t="str">
+      <c r="A1031" s="143"/>
+      <c r="B1031" s="144"/>
+      <c r="C1031" s="103"/>
+      <c r="D1031" s="103"/>
+      <c r="E1031" s="96"/>
+      <c r="F1031" s="96"/>
+      <c r="G1031" s="96"/>
+      <c r="H1031" s="97"/>
+      <c r="I1031" s="97"/>
+      <c r="J1031" s="97"/>
+      <c r="K1031" s="98"/>
+      <c r="L1031" s="99"/>
+      <c r="M1031" s="100"/>
+      <c r="N1031" s="100"/>
+      <c r="O1031" s="101"/>
+      <c r="P1031" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1031:G1031)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1032" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1032" s="101"/>
-[...14 lines deleted...]
-      <c r="P1032" s="108" t="str">
+      <c r="A1032" s="143"/>
+      <c r="B1032" s="144"/>
+      <c r="C1032" s="103"/>
+      <c r="D1032" s="103"/>
+      <c r="E1032" s="96"/>
+      <c r="F1032" s="96"/>
+      <c r="G1032" s="96"/>
+      <c r="H1032" s="97"/>
+      <c r="I1032" s="97"/>
+      <c r="J1032" s="97"/>
+      <c r="K1032" s="98"/>
+      <c r="L1032" s="99"/>
+      <c r="M1032" s="100"/>
+      <c r="N1032" s="100"/>
+      <c r="O1032" s="101"/>
+      <c r="P1032" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1032:G1032)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1033" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1033" s="101"/>
-[...14 lines deleted...]
-      <c r="P1033" s="108" t="str">
+      <c r="A1033" s="143"/>
+      <c r="B1033" s="144"/>
+      <c r="C1033" s="103"/>
+      <c r="D1033" s="103"/>
+      <c r="E1033" s="96"/>
+      <c r="F1033" s="96"/>
+      <c r="G1033" s="96"/>
+      <c r="H1033" s="97"/>
+      <c r="I1033" s="97"/>
+      <c r="J1033" s="97"/>
+      <c r="K1033" s="98"/>
+      <c r="L1033" s="99"/>
+      <c r="M1033" s="100"/>
+      <c r="N1033" s="100"/>
+      <c r="O1033" s="101"/>
+      <c r="P1033" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1033:G1033)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1034" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1034" s="101"/>
-[...14 lines deleted...]
-      <c r="P1034" s="108" t="str">
+      <c r="A1034" s="143"/>
+      <c r="B1034" s="144"/>
+      <c r="C1034" s="103"/>
+      <c r="D1034" s="103"/>
+      <c r="E1034" s="96"/>
+      <c r="F1034" s="96"/>
+      <c r="G1034" s="96"/>
+      <c r="H1034" s="97"/>
+      <c r="I1034" s="97"/>
+      <c r="J1034" s="97"/>
+      <c r="K1034" s="98"/>
+      <c r="L1034" s="99"/>
+      <c r="M1034" s="100"/>
+      <c r="N1034" s="100"/>
+      <c r="O1034" s="101"/>
+      <c r="P1034" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1034:G1034)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1035" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1035" s="101"/>
-[...14 lines deleted...]
-      <c r="P1035" s="108" t="str">
+      <c r="A1035" s="143"/>
+      <c r="B1035" s="144"/>
+      <c r="C1035" s="103"/>
+      <c r="D1035" s="103"/>
+      <c r="E1035" s="96"/>
+      <c r="F1035" s="96"/>
+      <c r="G1035" s="96"/>
+      <c r="H1035" s="97"/>
+      <c r="I1035" s="97"/>
+      <c r="J1035" s="97"/>
+      <c r="K1035" s="98"/>
+      <c r="L1035" s="99"/>
+      <c r="M1035" s="100"/>
+      <c r="N1035" s="100"/>
+      <c r="O1035" s="101"/>
+      <c r="P1035" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1035:G1035)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1036" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1036" s="101"/>
-[...14 lines deleted...]
-      <c r="P1036" s="108" t="str">
+      <c r="A1036" s="143"/>
+      <c r="B1036" s="144"/>
+      <c r="C1036" s="103"/>
+      <c r="D1036" s="103"/>
+      <c r="E1036" s="96"/>
+      <c r="F1036" s="96"/>
+      <c r="G1036" s="96"/>
+      <c r="H1036" s="97"/>
+      <c r="I1036" s="97"/>
+      <c r="J1036" s="97"/>
+      <c r="K1036" s="98"/>
+      <c r="L1036" s="99"/>
+      <c r="M1036" s="100"/>
+      <c r="N1036" s="100"/>
+      <c r="O1036" s="101"/>
+      <c r="P1036" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1036:G1036)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1037" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1037" s="101"/>
-[...14 lines deleted...]
-      <c r="P1037" s="108" t="str">
+      <c r="A1037" s="143"/>
+      <c r="B1037" s="144"/>
+      <c r="C1037" s="103"/>
+      <c r="D1037" s="103"/>
+      <c r="E1037" s="96"/>
+      <c r="F1037" s="96"/>
+      <c r="G1037" s="96"/>
+      <c r="H1037" s="97"/>
+      <c r="I1037" s="97"/>
+      <c r="J1037" s="97"/>
+      <c r="K1037" s="98"/>
+      <c r="L1037" s="99"/>
+      <c r="M1037" s="100"/>
+      <c r="N1037" s="100"/>
+      <c r="O1037" s="101"/>
+      <c r="P1037" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1037:G1037)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1038" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1038" s="101"/>
-[...14 lines deleted...]
-      <c r="P1038" s="108" t="str">
+      <c r="A1038" s="143"/>
+      <c r="B1038" s="144"/>
+      <c r="C1038" s="103"/>
+      <c r="D1038" s="103"/>
+      <c r="E1038" s="96"/>
+      <c r="F1038" s="96"/>
+      <c r="G1038" s="96"/>
+      <c r="H1038" s="97"/>
+      <c r="I1038" s="97"/>
+      <c r="J1038" s="97"/>
+      <c r="K1038" s="98"/>
+      <c r="L1038" s="99"/>
+      <c r="M1038" s="100"/>
+      <c r="N1038" s="100"/>
+      <c r="O1038" s="101"/>
+      <c r="P1038" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1038:G1038)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1039" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1039" s="101"/>
-[...14 lines deleted...]
-      <c r="P1039" s="108" t="str">
+      <c r="A1039" s="143"/>
+      <c r="B1039" s="144"/>
+      <c r="C1039" s="103"/>
+      <c r="D1039" s="103"/>
+      <c r="E1039" s="96"/>
+      <c r="F1039" s="96"/>
+      <c r="G1039" s="96"/>
+      <c r="H1039" s="97"/>
+      <c r="I1039" s="97"/>
+      <c r="J1039" s="97"/>
+      <c r="K1039" s="98"/>
+      <c r="L1039" s="99"/>
+      <c r="M1039" s="100"/>
+      <c r="N1039" s="100"/>
+      <c r="O1039" s="101"/>
+      <c r="P1039" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1039:G1039)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1040" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1040" s="101"/>
-[...14 lines deleted...]
-      <c r="P1040" s="108" t="str">
+      <c r="A1040" s="143"/>
+      <c r="B1040" s="144"/>
+      <c r="C1040" s="103"/>
+      <c r="D1040" s="103"/>
+      <c r="E1040" s="96"/>
+      <c r="F1040" s="96"/>
+      <c r="G1040" s="96"/>
+      <c r="H1040" s="97"/>
+      <c r="I1040" s="97"/>
+      <c r="J1040" s="97"/>
+      <c r="K1040" s="98"/>
+      <c r="L1040" s="99"/>
+      <c r="M1040" s="100"/>
+      <c r="N1040" s="100"/>
+      <c r="O1040" s="101"/>
+      <c r="P1040" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1040:G1040)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1041" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1041" s="101"/>
-[...14 lines deleted...]
-      <c r="P1041" s="108" t="str">
+      <c r="A1041" s="143"/>
+      <c r="B1041" s="144"/>
+      <c r="C1041" s="103"/>
+      <c r="D1041" s="103"/>
+      <c r="E1041" s="96"/>
+      <c r="F1041" s="96"/>
+      <c r="G1041" s="96"/>
+      <c r="H1041" s="97"/>
+      <c r="I1041" s="97"/>
+      <c r="J1041" s="97"/>
+      <c r="K1041" s="98"/>
+      <c r="L1041" s="99"/>
+      <c r="M1041" s="100"/>
+      <c r="N1041" s="100"/>
+      <c r="O1041" s="101"/>
+      <c r="P1041" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1041:G1041)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1042" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1042" s="101"/>
-[...14 lines deleted...]
-      <c r="P1042" s="108" t="str">
+      <c r="A1042" s="143"/>
+      <c r="B1042" s="144"/>
+      <c r="C1042" s="103"/>
+      <c r="D1042" s="103"/>
+      <c r="E1042" s="96"/>
+      <c r="F1042" s="96"/>
+      <c r="G1042" s="96"/>
+      <c r="H1042" s="97"/>
+      <c r="I1042" s="97"/>
+      <c r="J1042" s="97"/>
+      <c r="K1042" s="98"/>
+      <c r="L1042" s="99"/>
+      <c r="M1042" s="100"/>
+      <c r="N1042" s="100"/>
+      <c r="O1042" s="101"/>
+      <c r="P1042" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1042:G1042)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1043" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1043" s="101"/>
-[...14 lines deleted...]
-      <c r="P1043" s="108" t="str">
+      <c r="A1043" s="143"/>
+      <c r="B1043" s="144"/>
+      <c r="C1043" s="103"/>
+      <c r="D1043" s="103"/>
+      <c r="E1043" s="96"/>
+      <c r="F1043" s="96"/>
+      <c r="G1043" s="96"/>
+      <c r="H1043" s="97"/>
+      <c r="I1043" s="97"/>
+      <c r="J1043" s="97"/>
+      <c r="K1043" s="98"/>
+      <c r="L1043" s="99"/>
+      <c r="M1043" s="100"/>
+      <c r="N1043" s="100"/>
+      <c r="O1043" s="101"/>
+      <c r="P1043" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1043:G1043)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1044" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1044" s="101"/>
-[...14 lines deleted...]
-      <c r="P1044" s="108" t="str">
+      <c r="A1044" s="143"/>
+      <c r="B1044" s="144"/>
+      <c r="C1044" s="103"/>
+      <c r="D1044" s="103"/>
+      <c r="E1044" s="96"/>
+      <c r="F1044" s="96"/>
+      <c r="G1044" s="96"/>
+      <c r="H1044" s="97"/>
+      <c r="I1044" s="97"/>
+      <c r="J1044" s="97"/>
+      <c r="K1044" s="98"/>
+      <c r="L1044" s="99"/>
+      <c r="M1044" s="100"/>
+      <c r="N1044" s="100"/>
+      <c r="O1044" s="101"/>
+      <c r="P1044" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1044:G1044)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1045" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1045" s="101"/>
-[...14 lines deleted...]
-      <c r="P1045" s="108" t="str">
+      <c r="A1045" s="143"/>
+      <c r="B1045" s="144"/>
+      <c r="C1045" s="103"/>
+      <c r="D1045" s="103"/>
+      <c r="E1045" s="96"/>
+      <c r="F1045" s="96"/>
+      <c r="G1045" s="96"/>
+      <c r="H1045" s="97"/>
+      <c r="I1045" s="97"/>
+      <c r="J1045" s="97"/>
+      <c r="K1045" s="98"/>
+      <c r="L1045" s="99"/>
+      <c r="M1045" s="100"/>
+      <c r="N1045" s="100"/>
+      <c r="O1045" s="101"/>
+      <c r="P1045" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1045:G1045)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1046" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1046" s="101"/>
-[...14 lines deleted...]
-      <c r="P1046" s="108" t="str">
+      <c r="A1046" s="143"/>
+      <c r="B1046" s="144"/>
+      <c r="C1046" s="103"/>
+      <c r="D1046" s="103"/>
+      <c r="E1046" s="96"/>
+      <c r="F1046" s="96"/>
+      <c r="G1046" s="96"/>
+      <c r="H1046" s="97"/>
+      <c r="I1046" s="97"/>
+      <c r="J1046" s="97"/>
+      <c r="K1046" s="98"/>
+      <c r="L1046" s="99"/>
+      <c r="M1046" s="100"/>
+      <c r="N1046" s="100"/>
+      <c r="O1046" s="101"/>
+      <c r="P1046" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1046:G1046)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1047" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1047" s="101"/>
-[...14 lines deleted...]
-      <c r="P1047" s="108" t="str">
+      <c r="A1047" s="143"/>
+      <c r="B1047" s="144"/>
+      <c r="C1047" s="103"/>
+      <c r="D1047" s="103"/>
+      <c r="E1047" s="96"/>
+      <c r="F1047" s="96"/>
+      <c r="G1047" s="96"/>
+      <c r="H1047" s="97"/>
+      <c r="I1047" s="97"/>
+      <c r="J1047" s="97"/>
+      <c r="K1047" s="98"/>
+      <c r="L1047" s="99"/>
+      <c r="M1047" s="100"/>
+      <c r="N1047" s="100"/>
+      <c r="O1047" s="101"/>
+      <c r="P1047" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1047:G1047)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1048" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1048" s="101"/>
-[...14 lines deleted...]
-      <c r="P1048" s="108" t="str">
+      <c r="A1048" s="143"/>
+      <c r="B1048" s="144"/>
+      <c r="C1048" s="103"/>
+      <c r="D1048" s="103"/>
+      <c r="E1048" s="96"/>
+      <c r="F1048" s="96"/>
+      <c r="G1048" s="96"/>
+      <c r="H1048" s="97"/>
+      <c r="I1048" s="97"/>
+      <c r="J1048" s="97"/>
+      <c r="K1048" s="98"/>
+      <c r="L1048" s="99"/>
+      <c r="M1048" s="100"/>
+      <c r="N1048" s="100"/>
+      <c r="O1048" s="101"/>
+      <c r="P1048" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1048:G1048)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1049" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1049" s="101"/>
-[...14 lines deleted...]
-      <c r="P1049" s="108" t="str">
+      <c r="A1049" s="143"/>
+      <c r="B1049" s="144"/>
+      <c r="C1049" s="103"/>
+      <c r="D1049" s="103"/>
+      <c r="E1049" s="96"/>
+      <c r="F1049" s="96"/>
+      <c r="G1049" s="96"/>
+      <c r="H1049" s="97"/>
+      <c r="I1049" s="97"/>
+      <c r="J1049" s="97"/>
+      <c r="K1049" s="98"/>
+      <c r="L1049" s="99"/>
+      <c r="M1049" s="100"/>
+      <c r="N1049" s="100"/>
+      <c r="O1049" s="101"/>
+      <c r="P1049" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1049:G1049)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1050" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1050" s="101"/>
-[...14 lines deleted...]
-      <c r="P1050" s="108" t="str">
+      <c r="A1050" s="143"/>
+      <c r="B1050" s="144"/>
+      <c r="C1050" s="103"/>
+      <c r="D1050" s="103"/>
+      <c r="E1050" s="96"/>
+      <c r="F1050" s="96"/>
+      <c r="G1050" s="96"/>
+      <c r="H1050" s="97"/>
+      <c r="I1050" s="97"/>
+      <c r="J1050" s="97"/>
+      <c r="K1050" s="98"/>
+      <c r="L1050" s="99"/>
+      <c r="M1050" s="100"/>
+      <c r="N1050" s="100"/>
+      <c r="O1050" s="101"/>
+      <c r="P1050" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1050:G1050)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1051" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1051" s="101"/>
-[...14 lines deleted...]
-      <c r="P1051" s="108" t="str">
+      <c r="A1051" s="143"/>
+      <c r="B1051" s="144"/>
+      <c r="C1051" s="103"/>
+      <c r="D1051" s="103"/>
+      <c r="E1051" s="96"/>
+      <c r="F1051" s="96"/>
+      <c r="G1051" s="96"/>
+      <c r="H1051" s="97"/>
+      <c r="I1051" s="97"/>
+      <c r="J1051" s="97"/>
+      <c r="K1051" s="98"/>
+      <c r="L1051" s="99"/>
+      <c r="M1051" s="100"/>
+      <c r="N1051" s="100"/>
+      <c r="O1051" s="101"/>
+      <c r="P1051" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1051:G1051)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1052" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1052" s="101"/>
-[...14 lines deleted...]
-      <c r="P1052" s="108" t="str">
+      <c r="A1052" s="143"/>
+      <c r="B1052" s="144"/>
+      <c r="C1052" s="103"/>
+      <c r="D1052" s="103"/>
+      <c r="E1052" s="96"/>
+      <c r="F1052" s="96"/>
+      <c r="G1052" s="96"/>
+      <c r="H1052" s="97"/>
+      <c r="I1052" s="97"/>
+      <c r="J1052" s="97"/>
+      <c r="K1052" s="98"/>
+      <c r="L1052" s="99"/>
+      <c r="M1052" s="100"/>
+      <c r="N1052" s="100"/>
+      <c r="O1052" s="101"/>
+      <c r="P1052" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1052:G1052)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1053" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1053" s="101"/>
-[...14 lines deleted...]
-      <c r="P1053" s="108" t="str">
+      <c r="A1053" s="143"/>
+      <c r="B1053" s="144"/>
+      <c r="C1053" s="103"/>
+      <c r="D1053" s="103"/>
+      <c r="E1053" s="96"/>
+      <c r="F1053" s="96"/>
+      <c r="G1053" s="96"/>
+      <c r="H1053" s="97"/>
+      <c r="I1053" s="97"/>
+      <c r="J1053" s="97"/>
+      <c r="K1053" s="98"/>
+      <c r="L1053" s="99"/>
+      <c r="M1053" s="100"/>
+      <c r="N1053" s="100"/>
+      <c r="O1053" s="101"/>
+      <c r="P1053" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1053:G1053)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1054" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1054" s="101"/>
-[...14 lines deleted...]
-      <c r="P1054" s="108" t="str">
+      <c r="A1054" s="143"/>
+      <c r="B1054" s="144"/>
+      <c r="C1054" s="103"/>
+      <c r="D1054" s="103"/>
+      <c r="E1054" s="96"/>
+      <c r="F1054" s="96"/>
+      <c r="G1054" s="96"/>
+      <c r="H1054" s="97"/>
+      <c r="I1054" s="97"/>
+      <c r="J1054" s="97"/>
+      <c r="K1054" s="98"/>
+      <c r="L1054" s="99"/>
+      <c r="M1054" s="100"/>
+      <c r="N1054" s="100"/>
+      <c r="O1054" s="101"/>
+      <c r="P1054" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1054:G1054)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1055" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1055" s="101"/>
-[...14 lines deleted...]
-      <c r="P1055" s="108" t="str">
+      <c r="A1055" s="143"/>
+      <c r="B1055" s="144"/>
+      <c r="C1055" s="103"/>
+      <c r="D1055" s="103"/>
+      <c r="E1055" s="96"/>
+      <c r="F1055" s="96"/>
+      <c r="G1055" s="96"/>
+      <c r="H1055" s="97"/>
+      <c r="I1055" s="97"/>
+      <c r="J1055" s="97"/>
+      <c r="K1055" s="98"/>
+      <c r="L1055" s="99"/>
+      <c r="M1055" s="100"/>
+      <c r="N1055" s="100"/>
+      <c r="O1055" s="101"/>
+      <c r="P1055" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1055:G1055)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1056" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1056" s="101"/>
-[...14 lines deleted...]
-      <c r="P1056" s="108" t="str">
+      <c r="A1056" s="143"/>
+      <c r="B1056" s="144"/>
+      <c r="C1056" s="103"/>
+      <c r="D1056" s="103"/>
+      <c r="E1056" s="96"/>
+      <c r="F1056" s="96"/>
+      <c r="G1056" s="96"/>
+      <c r="H1056" s="97"/>
+      <c r="I1056" s="97"/>
+      <c r="J1056" s="97"/>
+      <c r="K1056" s="98"/>
+      <c r="L1056" s="99"/>
+      <c r="M1056" s="100"/>
+      <c r="N1056" s="100"/>
+      <c r="O1056" s="101"/>
+      <c r="P1056" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1056:G1056)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1057" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1057" s="101"/>
-[...14 lines deleted...]
-      <c r="P1057" s="108" t="str">
+      <c r="A1057" s="143"/>
+      <c r="B1057" s="144"/>
+      <c r="C1057" s="103"/>
+      <c r="D1057" s="103"/>
+      <c r="E1057" s="96"/>
+      <c r="F1057" s="96"/>
+      <c r="G1057" s="96"/>
+      <c r="H1057" s="97"/>
+      <c r="I1057" s="97"/>
+      <c r="J1057" s="97"/>
+      <c r="K1057" s="98"/>
+      <c r="L1057" s="99"/>
+      <c r="M1057" s="100"/>
+      <c r="N1057" s="100"/>
+      <c r="O1057" s="101"/>
+      <c r="P1057" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1057:G1057)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1058" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1058" s="101"/>
-[...14 lines deleted...]
-      <c r="P1058" s="108" t="str">
+      <c r="A1058" s="143"/>
+      <c r="B1058" s="144"/>
+      <c r="C1058" s="103"/>
+      <c r="D1058" s="103"/>
+      <c r="E1058" s="96"/>
+      <c r="F1058" s="96"/>
+      <c r="G1058" s="96"/>
+      <c r="H1058" s="97"/>
+      <c r="I1058" s="97"/>
+      <c r="J1058" s="97"/>
+      <c r="K1058" s="98"/>
+      <c r="L1058" s="99"/>
+      <c r="M1058" s="100"/>
+      <c r="N1058" s="100"/>
+      <c r="O1058" s="101"/>
+      <c r="P1058" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1058:G1058)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1059" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1059" s="101"/>
-[...14 lines deleted...]
-      <c r="P1059" s="108" t="str">
+      <c r="A1059" s="143"/>
+      <c r="B1059" s="144"/>
+      <c r="C1059" s="103"/>
+      <c r="D1059" s="103"/>
+      <c r="E1059" s="96"/>
+      <c r="F1059" s="96"/>
+      <c r="G1059" s="96"/>
+      <c r="H1059" s="97"/>
+      <c r="I1059" s="97"/>
+      <c r="J1059" s="97"/>
+      <c r="K1059" s="98"/>
+      <c r="L1059" s="99"/>
+      <c r="M1059" s="100"/>
+      <c r="N1059" s="100"/>
+      <c r="O1059" s="101"/>
+      <c r="P1059" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1059:G1059)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1060" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1060" s="101"/>
-[...14 lines deleted...]
-      <c r="P1060" s="108" t="str">
+      <c r="A1060" s="143"/>
+      <c r="B1060" s="144"/>
+      <c r="C1060" s="103"/>
+      <c r="D1060" s="103"/>
+      <c r="E1060" s="96"/>
+      <c r="F1060" s="96"/>
+      <c r="G1060" s="96"/>
+      <c r="H1060" s="97"/>
+      <c r="I1060" s="97"/>
+      <c r="J1060" s="97"/>
+      <c r="K1060" s="98"/>
+      <c r="L1060" s="99"/>
+      <c r="M1060" s="100"/>
+      <c r="N1060" s="100"/>
+      <c r="O1060" s="101"/>
+      <c r="P1060" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1060:G1060)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1061" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1061" s="101"/>
-[...14 lines deleted...]
-      <c r="P1061" s="108" t="str">
+      <c r="A1061" s="143"/>
+      <c r="B1061" s="144"/>
+      <c r="C1061" s="103"/>
+      <c r="D1061" s="103"/>
+      <c r="E1061" s="96"/>
+      <c r="F1061" s="96"/>
+      <c r="G1061" s="96"/>
+      <c r="H1061" s="97"/>
+      <c r="I1061" s="97"/>
+      <c r="J1061" s="97"/>
+      <c r="K1061" s="98"/>
+      <c r="L1061" s="99"/>
+      <c r="M1061" s="100"/>
+      <c r="N1061" s="100"/>
+      <c r="O1061" s="101"/>
+      <c r="P1061" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1061:G1061)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1062" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1062" s="101"/>
-[...14 lines deleted...]
-      <c r="P1062" s="108" t="str">
+      <c r="A1062" s="143"/>
+      <c r="B1062" s="144"/>
+      <c r="C1062" s="103"/>
+      <c r="D1062" s="103"/>
+      <c r="E1062" s="96"/>
+      <c r="F1062" s="96"/>
+      <c r="G1062" s="96"/>
+      <c r="H1062" s="97"/>
+      <c r="I1062" s="97"/>
+      <c r="J1062" s="97"/>
+      <c r="K1062" s="98"/>
+      <c r="L1062" s="99"/>
+      <c r="M1062" s="100"/>
+      <c r="N1062" s="100"/>
+      <c r="O1062" s="101"/>
+      <c r="P1062" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1062:G1062)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1063" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1063" s="101"/>
-[...14 lines deleted...]
-      <c r="P1063" s="108" t="str">
+      <c r="A1063" s="143"/>
+      <c r="B1063" s="144"/>
+      <c r="C1063" s="103"/>
+      <c r="D1063" s="103"/>
+      <c r="E1063" s="96"/>
+      <c r="F1063" s="96"/>
+      <c r="G1063" s="96"/>
+      <c r="H1063" s="97"/>
+      <c r="I1063" s="97"/>
+      <c r="J1063" s="97"/>
+      <c r="K1063" s="98"/>
+      <c r="L1063" s="99"/>
+      <c r="M1063" s="100"/>
+      <c r="N1063" s="100"/>
+      <c r="O1063" s="101"/>
+      <c r="P1063" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1063:G1063)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1064" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1064" s="101"/>
-[...14 lines deleted...]
-      <c r="P1064" s="108" t="str">
+      <c r="A1064" s="143"/>
+      <c r="B1064" s="144"/>
+      <c r="C1064" s="103"/>
+      <c r="D1064" s="103"/>
+      <c r="E1064" s="96"/>
+      <c r="F1064" s="96"/>
+      <c r="G1064" s="96"/>
+      <c r="H1064" s="97"/>
+      <c r="I1064" s="97"/>
+      <c r="J1064" s="97"/>
+      <c r="K1064" s="98"/>
+      <c r="L1064" s="99"/>
+      <c r="M1064" s="100"/>
+      <c r="N1064" s="100"/>
+      <c r="O1064" s="101"/>
+      <c r="P1064" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1064:G1064)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1065" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1065" s="101"/>
-[...14 lines deleted...]
-      <c r="P1065" s="108" t="str">
+      <c r="A1065" s="143"/>
+      <c r="B1065" s="144"/>
+      <c r="C1065" s="103"/>
+      <c r="D1065" s="103"/>
+      <c r="E1065" s="96"/>
+      <c r="F1065" s="96"/>
+      <c r="G1065" s="96"/>
+      <c r="H1065" s="97"/>
+      <c r="I1065" s="97"/>
+      <c r="J1065" s="97"/>
+      <c r="K1065" s="98"/>
+      <c r="L1065" s="99"/>
+      <c r="M1065" s="100"/>
+      <c r="N1065" s="100"/>
+      <c r="O1065" s="101"/>
+      <c r="P1065" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1065:G1065)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1066" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1066" s="101"/>
-[...14 lines deleted...]
-      <c r="P1066" s="108" t="str">
+      <c r="A1066" s="143"/>
+      <c r="B1066" s="144"/>
+      <c r="C1066" s="103"/>
+      <c r="D1066" s="103"/>
+      <c r="E1066" s="96"/>
+      <c r="F1066" s="96"/>
+      <c r="G1066" s="96"/>
+      <c r="H1066" s="97"/>
+      <c r="I1066" s="97"/>
+      <c r="J1066" s="97"/>
+      <c r="K1066" s="98"/>
+      <c r="L1066" s="99"/>
+      <c r="M1066" s="100"/>
+      <c r="N1066" s="100"/>
+      <c r="O1066" s="101"/>
+      <c r="P1066" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1066:G1066)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1067" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1067" s="101"/>
-[...14 lines deleted...]
-      <c r="P1067" s="108" t="str">
+      <c r="A1067" s="143"/>
+      <c r="B1067" s="144"/>
+      <c r="C1067" s="103"/>
+      <c r="D1067" s="103"/>
+      <c r="E1067" s="96"/>
+      <c r="F1067" s="96"/>
+      <c r="G1067" s="96"/>
+      <c r="H1067" s="97"/>
+      <c r="I1067" s="97"/>
+      <c r="J1067" s="97"/>
+      <c r="K1067" s="98"/>
+      <c r="L1067" s="99"/>
+      <c r="M1067" s="100"/>
+      <c r="N1067" s="100"/>
+      <c r="O1067" s="101"/>
+      <c r="P1067" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1067:G1067)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1068" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1068" s="101"/>
-[...14 lines deleted...]
-      <c r="P1068" s="108" t="str">
+      <c r="A1068" s="143"/>
+      <c r="B1068" s="144"/>
+      <c r="C1068" s="103"/>
+      <c r="D1068" s="103"/>
+      <c r="E1068" s="96"/>
+      <c r="F1068" s="96"/>
+      <c r="G1068" s="96"/>
+      <c r="H1068" s="97"/>
+      <c r="I1068" s="97"/>
+      <c r="J1068" s="97"/>
+      <c r="K1068" s="98"/>
+      <c r="L1068" s="99"/>
+      <c r="M1068" s="100"/>
+      <c r="N1068" s="100"/>
+      <c r="O1068" s="101"/>
+      <c r="P1068" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1068:G1068)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1069" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1069" s="101"/>
-[...14 lines deleted...]
-      <c r="P1069" s="108" t="str">
+      <c r="A1069" s="143"/>
+      <c r="B1069" s="144"/>
+      <c r="C1069" s="103"/>
+      <c r="D1069" s="103"/>
+      <c r="E1069" s="96"/>
+      <c r="F1069" s="96"/>
+      <c r="G1069" s="96"/>
+      <c r="H1069" s="97"/>
+      <c r="I1069" s="97"/>
+      <c r="J1069" s="97"/>
+      <c r="K1069" s="98"/>
+      <c r="L1069" s="99"/>
+      <c r="M1069" s="100"/>
+      <c r="N1069" s="100"/>
+      <c r="O1069" s="101"/>
+      <c r="P1069" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1069:G1069)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1070" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1070" s="101"/>
-[...14 lines deleted...]
-      <c r="P1070" s="108" t="str">
+      <c r="A1070" s="143"/>
+      <c r="B1070" s="144"/>
+      <c r="C1070" s="103"/>
+      <c r="D1070" s="103"/>
+      <c r="E1070" s="96"/>
+      <c r="F1070" s="96"/>
+      <c r="G1070" s="96"/>
+      <c r="H1070" s="97"/>
+      <c r="I1070" s="97"/>
+      <c r="J1070" s="97"/>
+      <c r="K1070" s="98"/>
+      <c r="L1070" s="99"/>
+      <c r="M1070" s="100"/>
+      <c r="N1070" s="100"/>
+      <c r="O1070" s="101"/>
+      <c r="P1070" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1070:G1070)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1071" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1071" s="101"/>
-[...14 lines deleted...]
-      <c r="P1071" s="108" t="str">
+      <c r="A1071" s="143"/>
+      <c r="B1071" s="144"/>
+      <c r="C1071" s="103"/>
+      <c r="D1071" s="103"/>
+      <c r="E1071" s="96"/>
+      <c r="F1071" s="96"/>
+      <c r="G1071" s="96"/>
+      <c r="H1071" s="97"/>
+      <c r="I1071" s="97"/>
+      <c r="J1071" s="97"/>
+      <c r="K1071" s="98"/>
+      <c r="L1071" s="99"/>
+      <c r="M1071" s="100"/>
+      <c r="N1071" s="100"/>
+      <c r="O1071" s="101"/>
+      <c r="P1071" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1071:G1071)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1072" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1072" s="101"/>
-[...14 lines deleted...]
-      <c r="P1072" s="108" t="str">
+      <c r="A1072" s="143"/>
+      <c r="B1072" s="144"/>
+      <c r="C1072" s="103"/>
+      <c r="D1072" s="103"/>
+      <c r="E1072" s="96"/>
+      <c r="F1072" s="96"/>
+      <c r="G1072" s="96"/>
+      <c r="H1072" s="97"/>
+      <c r="I1072" s="97"/>
+      <c r="J1072" s="97"/>
+      <c r="K1072" s="98"/>
+      <c r="L1072" s="99"/>
+      <c r="M1072" s="100"/>
+      <c r="N1072" s="100"/>
+      <c r="O1072" s="101"/>
+      <c r="P1072" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1072:G1072)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1073" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1073" s="101"/>
-[...14 lines deleted...]
-      <c r="P1073" s="108" t="str">
+      <c r="A1073" s="143"/>
+      <c r="B1073" s="144"/>
+      <c r="C1073" s="103"/>
+      <c r="D1073" s="103"/>
+      <c r="E1073" s="96"/>
+      <c r="F1073" s="96"/>
+      <c r="G1073" s="96"/>
+      <c r="H1073" s="97"/>
+      <c r="I1073" s="97"/>
+      <c r="J1073" s="97"/>
+      <c r="K1073" s="98"/>
+      <c r="L1073" s="99"/>
+      <c r="M1073" s="100"/>
+      <c r="N1073" s="100"/>
+      <c r="O1073" s="101"/>
+      <c r="P1073" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1073:G1073)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1074" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1074" s="101"/>
-[...14 lines deleted...]
-      <c r="P1074" s="108" t="str">
+      <c r="A1074" s="143"/>
+      <c r="B1074" s="144"/>
+      <c r="C1074" s="103"/>
+      <c r="D1074" s="103"/>
+      <c r="E1074" s="96"/>
+      <c r="F1074" s="96"/>
+      <c r="G1074" s="96"/>
+      <c r="H1074" s="97"/>
+      <c r="I1074" s="97"/>
+      <c r="J1074" s="97"/>
+      <c r="K1074" s="98"/>
+      <c r="L1074" s="99"/>
+      <c r="M1074" s="100"/>
+      <c r="N1074" s="100"/>
+      <c r="O1074" s="101"/>
+      <c r="P1074" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1074:G1074)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1075" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1075" s="101"/>
-[...14 lines deleted...]
-      <c r="P1075" s="108" t="str">
+      <c r="A1075" s="143"/>
+      <c r="B1075" s="144"/>
+      <c r="C1075" s="103"/>
+      <c r="D1075" s="103"/>
+      <c r="E1075" s="96"/>
+      <c r="F1075" s="96"/>
+      <c r="G1075" s="96"/>
+      <c r="H1075" s="97"/>
+      <c r="I1075" s="97"/>
+      <c r="J1075" s="97"/>
+      <c r="K1075" s="98"/>
+      <c r="L1075" s="99"/>
+      <c r="M1075" s="100"/>
+      <c r="N1075" s="100"/>
+      <c r="O1075" s="101"/>
+      <c r="P1075" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1075:G1075)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1076" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1076" s="101"/>
-[...14 lines deleted...]
-      <c r="P1076" s="108" t="str">
+      <c r="A1076" s="143"/>
+      <c r="B1076" s="144"/>
+      <c r="C1076" s="103"/>
+      <c r="D1076" s="103"/>
+      <c r="E1076" s="96"/>
+      <c r="F1076" s="96"/>
+      <c r="G1076" s="96"/>
+      <c r="H1076" s="97"/>
+      <c r="I1076" s="97"/>
+      <c r="J1076" s="97"/>
+      <c r="K1076" s="98"/>
+      <c r="L1076" s="99"/>
+      <c r="M1076" s="100"/>
+      <c r="N1076" s="100"/>
+      <c r="O1076" s="101"/>
+      <c r="P1076" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1076:G1076)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1077" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1077" s="101"/>
-[...14 lines deleted...]
-      <c r="P1077" s="108" t="str">
+      <c r="A1077" s="143"/>
+      <c r="B1077" s="144"/>
+      <c r="C1077" s="103"/>
+      <c r="D1077" s="103"/>
+      <c r="E1077" s="96"/>
+      <c r="F1077" s="96"/>
+      <c r="G1077" s="96"/>
+      <c r="H1077" s="97"/>
+      <c r="I1077" s="97"/>
+      <c r="J1077" s="97"/>
+      <c r="K1077" s="98"/>
+      <c r="L1077" s="99"/>
+      <c r="M1077" s="100"/>
+      <c r="N1077" s="100"/>
+      <c r="O1077" s="101"/>
+      <c r="P1077" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1077:G1077)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1078" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1078" s="101"/>
-[...14 lines deleted...]
-      <c r="P1078" s="108" t="str">
+      <c r="A1078" s="143"/>
+      <c r="B1078" s="144"/>
+      <c r="C1078" s="103"/>
+      <c r="D1078" s="103"/>
+      <c r="E1078" s="96"/>
+      <c r="F1078" s="96"/>
+      <c r="G1078" s="96"/>
+      <c r="H1078" s="97"/>
+      <c r="I1078" s="97"/>
+      <c r="J1078" s="97"/>
+      <c r="K1078" s="98"/>
+      <c r="L1078" s="99"/>
+      <c r="M1078" s="100"/>
+      <c r="N1078" s="100"/>
+      <c r="O1078" s="101"/>
+      <c r="P1078" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1078:G1078)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1079" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1079" s="101"/>
-[...14 lines deleted...]
-      <c r="P1079" s="108" t="str">
+      <c r="A1079" s="143"/>
+      <c r="B1079" s="144"/>
+      <c r="C1079" s="103"/>
+      <c r="D1079" s="103"/>
+      <c r="E1079" s="96"/>
+      <c r="F1079" s="96"/>
+      <c r="G1079" s="96"/>
+      <c r="H1079" s="97"/>
+      <c r="I1079" s="97"/>
+      <c r="J1079" s="97"/>
+      <c r="K1079" s="98"/>
+      <c r="L1079" s="99"/>
+      <c r="M1079" s="100"/>
+      <c r="N1079" s="100"/>
+      <c r="O1079" s="101"/>
+      <c r="P1079" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1079:G1079)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1080" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1080" s="101"/>
-[...14 lines deleted...]
-      <c r="P1080" s="108" t="str">
+      <c r="A1080" s="143"/>
+      <c r="B1080" s="144"/>
+      <c r="C1080" s="103"/>
+      <c r="D1080" s="103"/>
+      <c r="E1080" s="96"/>
+      <c r="F1080" s="96"/>
+      <c r="G1080" s="96"/>
+      <c r="H1080" s="97"/>
+      <c r="I1080" s="97"/>
+      <c r="J1080" s="97"/>
+      <c r="K1080" s="98"/>
+      <c r="L1080" s="99"/>
+      <c r="M1080" s="100"/>
+      <c r="N1080" s="100"/>
+      <c r="O1080" s="101"/>
+      <c r="P1080" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1080:G1080)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1081" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1081" s="101"/>
-[...14 lines deleted...]
-      <c r="P1081" s="108" t="str">
+      <c r="A1081" s="143"/>
+      <c r="B1081" s="144"/>
+      <c r="C1081" s="103"/>
+      <c r="D1081" s="103"/>
+      <c r="E1081" s="96"/>
+      <c r="F1081" s="96"/>
+      <c r="G1081" s="96"/>
+      <c r="H1081" s="97"/>
+      <c r="I1081" s="97"/>
+      <c r="J1081" s="97"/>
+      <c r="K1081" s="98"/>
+      <c r="L1081" s="99"/>
+      <c r="M1081" s="100"/>
+      <c r="N1081" s="100"/>
+      <c r="O1081" s="101"/>
+      <c r="P1081" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1081:G1081)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1082" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1082" s="101"/>
-[...14 lines deleted...]
-      <c r="P1082" s="108" t="str">
+      <c r="A1082" s="143"/>
+      <c r="B1082" s="144"/>
+      <c r="C1082" s="103"/>
+      <c r="D1082" s="103"/>
+      <c r="E1082" s="96"/>
+      <c r="F1082" s="96"/>
+      <c r="G1082" s="96"/>
+      <c r="H1082" s="97"/>
+      <c r="I1082" s="97"/>
+      <c r="J1082" s="97"/>
+      <c r="K1082" s="98"/>
+      <c r="L1082" s="99"/>
+      <c r="M1082" s="100"/>
+      <c r="N1082" s="100"/>
+      <c r="O1082" s="101"/>
+      <c r="P1082" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1082:G1082)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1083" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1083" s="101"/>
-[...14 lines deleted...]
-      <c r="P1083" s="108" t="str">
+      <c r="A1083" s="143"/>
+      <c r="B1083" s="144"/>
+      <c r="C1083" s="103"/>
+      <c r="D1083" s="103"/>
+      <c r="E1083" s="96"/>
+      <c r="F1083" s="96"/>
+      <c r="G1083" s="96"/>
+      <c r="H1083" s="97"/>
+      <c r="I1083" s="97"/>
+      <c r="J1083" s="97"/>
+      <c r="K1083" s="98"/>
+      <c r="L1083" s="99"/>
+      <c r="M1083" s="100"/>
+      <c r="N1083" s="100"/>
+      <c r="O1083" s="101"/>
+      <c r="P1083" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1083:G1083)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1084" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1084" s="101"/>
-[...14 lines deleted...]
-      <c r="P1084" s="108" t="str">
+      <c r="A1084" s="143"/>
+      <c r="B1084" s="144"/>
+      <c r="C1084" s="103"/>
+      <c r="D1084" s="103"/>
+      <c r="E1084" s="96"/>
+      <c r="F1084" s="96"/>
+      <c r="G1084" s="96"/>
+      <c r="H1084" s="97"/>
+      <c r="I1084" s="97"/>
+      <c r="J1084" s="97"/>
+      <c r="K1084" s="98"/>
+      <c r="L1084" s="99"/>
+      <c r="M1084" s="100"/>
+      <c r="N1084" s="100"/>
+      <c r="O1084" s="101"/>
+      <c r="P1084" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1084:G1084)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1085" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1085" s="101"/>
-[...14 lines deleted...]
-      <c r="P1085" s="108" t="str">
+      <c r="A1085" s="143"/>
+      <c r="B1085" s="144"/>
+      <c r="C1085" s="103"/>
+      <c r="D1085" s="103"/>
+      <c r="E1085" s="96"/>
+      <c r="F1085" s="96"/>
+      <c r="G1085" s="96"/>
+      <c r="H1085" s="97"/>
+      <c r="I1085" s="97"/>
+      <c r="J1085" s="97"/>
+      <c r="K1085" s="98"/>
+      <c r="L1085" s="99"/>
+      <c r="M1085" s="100"/>
+      <c r="N1085" s="100"/>
+      <c r="O1085" s="101"/>
+      <c r="P1085" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1085:G1085)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1086" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1086" s="101"/>
-[...14 lines deleted...]
-      <c r="P1086" s="108" t="str">
+      <c r="A1086" s="143"/>
+      <c r="B1086" s="144"/>
+      <c r="C1086" s="103"/>
+      <c r="D1086" s="103"/>
+      <c r="E1086" s="96"/>
+      <c r="F1086" s="96"/>
+      <c r="G1086" s="96"/>
+      <c r="H1086" s="97"/>
+      <c r="I1086" s="97"/>
+      <c r="J1086" s="97"/>
+      <c r="K1086" s="98"/>
+      <c r="L1086" s="99"/>
+      <c r="M1086" s="100"/>
+      <c r="N1086" s="100"/>
+      <c r="O1086" s="101"/>
+      <c r="P1086" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1086:G1086)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1087" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1087" s="101"/>
-[...14 lines deleted...]
-      <c r="P1087" s="108" t="str">
+      <c r="A1087" s="143"/>
+      <c r="B1087" s="144"/>
+      <c r="C1087" s="103"/>
+      <c r="D1087" s="103"/>
+      <c r="E1087" s="96"/>
+      <c r="F1087" s="96"/>
+      <c r="G1087" s="96"/>
+      <c r="H1087" s="97"/>
+      <c r="I1087" s="97"/>
+      <c r="J1087" s="97"/>
+      <c r="K1087" s="98"/>
+      <c r="L1087" s="99"/>
+      <c r="M1087" s="100"/>
+      <c r="N1087" s="100"/>
+      <c r="O1087" s="101"/>
+      <c r="P1087" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1087:G1087)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1088" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1088" s="101"/>
-[...14 lines deleted...]
-      <c r="P1088" s="108" t="str">
+      <c r="A1088" s="143"/>
+      <c r="B1088" s="144"/>
+      <c r="C1088" s="103"/>
+      <c r="D1088" s="103"/>
+      <c r="E1088" s="96"/>
+      <c r="F1088" s="96"/>
+      <c r="G1088" s="96"/>
+      <c r="H1088" s="97"/>
+      <c r="I1088" s="97"/>
+      <c r="J1088" s="97"/>
+      <c r="K1088" s="98"/>
+      <c r="L1088" s="99"/>
+      <c r="M1088" s="100"/>
+      <c r="N1088" s="100"/>
+      <c r="O1088" s="101"/>
+      <c r="P1088" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1088:G1088)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1089" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1089" s="101"/>
-[...14 lines deleted...]
-      <c r="P1089" s="108" t="str">
+      <c r="A1089" s="143"/>
+      <c r="B1089" s="144"/>
+      <c r="C1089" s="103"/>
+      <c r="D1089" s="103"/>
+      <c r="E1089" s="96"/>
+      <c r="F1089" s="96"/>
+      <c r="G1089" s="96"/>
+      <c r="H1089" s="97"/>
+      <c r="I1089" s="97"/>
+      <c r="J1089" s="97"/>
+      <c r="K1089" s="98"/>
+      <c r="L1089" s="99"/>
+      <c r="M1089" s="100"/>
+      <c r="N1089" s="100"/>
+      <c r="O1089" s="101"/>
+      <c r="P1089" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1089:G1089)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1090" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1090" s="101"/>
-[...14 lines deleted...]
-      <c r="P1090" s="108" t="str">
+      <c r="A1090" s="143"/>
+      <c r="B1090" s="144"/>
+      <c r="C1090" s="103"/>
+      <c r="D1090" s="103"/>
+      <c r="E1090" s="96"/>
+      <c r="F1090" s="96"/>
+      <c r="G1090" s="96"/>
+      <c r="H1090" s="97"/>
+      <c r="I1090" s="97"/>
+      <c r="J1090" s="97"/>
+      <c r="K1090" s="98"/>
+      <c r="L1090" s="99"/>
+      <c r="M1090" s="100"/>
+      <c r="N1090" s="100"/>
+      <c r="O1090" s="101"/>
+      <c r="P1090" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1090:G1090)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1091" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1091" s="101"/>
-[...14 lines deleted...]
-      <c r="P1091" s="108" t="str">
+      <c r="A1091" s="143"/>
+      <c r="B1091" s="144"/>
+      <c r="C1091" s="103"/>
+      <c r="D1091" s="103"/>
+      <c r="E1091" s="96"/>
+      <c r="F1091" s="96"/>
+      <c r="G1091" s="96"/>
+      <c r="H1091" s="97"/>
+      <c r="I1091" s="97"/>
+      <c r="J1091" s="97"/>
+      <c r="K1091" s="98"/>
+      <c r="L1091" s="99"/>
+      <c r="M1091" s="100"/>
+      <c r="N1091" s="100"/>
+      <c r="O1091" s="101"/>
+      <c r="P1091" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1091:G1091)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1092" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1092" s="101"/>
-[...14 lines deleted...]
-      <c r="P1092" s="108" t="str">
+      <c r="A1092" s="143"/>
+      <c r="B1092" s="144"/>
+      <c r="C1092" s="103"/>
+      <c r="D1092" s="103"/>
+      <c r="E1092" s="96"/>
+      <c r="F1092" s="96"/>
+      <c r="G1092" s="96"/>
+      <c r="H1092" s="97"/>
+      <c r="I1092" s="97"/>
+      <c r="J1092" s="97"/>
+      <c r="K1092" s="98"/>
+      <c r="L1092" s="99"/>
+      <c r="M1092" s="100"/>
+      <c r="N1092" s="100"/>
+      <c r="O1092" s="101"/>
+      <c r="P1092" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1092:G1092)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1093" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1093" s="101"/>
-[...14 lines deleted...]
-      <c r="P1093" s="108" t="str">
+      <c r="A1093" s="143"/>
+      <c r="B1093" s="144"/>
+      <c r="C1093" s="103"/>
+      <c r="D1093" s="103"/>
+      <c r="E1093" s="96"/>
+      <c r="F1093" s="96"/>
+      <c r="G1093" s="96"/>
+      <c r="H1093" s="97"/>
+      <c r="I1093" s="97"/>
+      <c r="J1093" s="97"/>
+      <c r="K1093" s="98"/>
+      <c r="L1093" s="99"/>
+      <c r="M1093" s="100"/>
+      <c r="N1093" s="100"/>
+      <c r="O1093" s="101"/>
+      <c r="P1093" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1093:G1093)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1094" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1094" s="101"/>
-[...14 lines deleted...]
-      <c r="P1094" s="108" t="str">
+      <c r="A1094" s="143"/>
+      <c r="B1094" s="144"/>
+      <c r="C1094" s="103"/>
+      <c r="D1094" s="103"/>
+      <c r="E1094" s="96"/>
+      <c r="F1094" s="96"/>
+      <c r="G1094" s="96"/>
+      <c r="H1094" s="97"/>
+      <c r="I1094" s="97"/>
+      <c r="J1094" s="97"/>
+      <c r="K1094" s="98"/>
+      <c r="L1094" s="99"/>
+      <c r="M1094" s="100"/>
+      <c r="N1094" s="100"/>
+      <c r="O1094" s="101"/>
+      <c r="P1094" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1094:G1094)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1095" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1095" s="101"/>
-[...14 lines deleted...]
-      <c r="P1095" s="108" t="str">
+      <c r="A1095" s="143"/>
+      <c r="B1095" s="144"/>
+      <c r="C1095" s="103"/>
+      <c r="D1095" s="103"/>
+      <c r="E1095" s="96"/>
+      <c r="F1095" s="96"/>
+      <c r="G1095" s="96"/>
+      <c r="H1095" s="97"/>
+      <c r="I1095" s="97"/>
+      <c r="J1095" s="97"/>
+      <c r="K1095" s="98"/>
+      <c r="L1095" s="99"/>
+      <c r="M1095" s="100"/>
+      <c r="N1095" s="100"/>
+      <c r="O1095" s="101"/>
+      <c r="P1095" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1095:G1095)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1096" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1096" s="101"/>
-[...14 lines deleted...]
-      <c r="P1096" s="108" t="str">
+      <c r="A1096" s="143"/>
+      <c r="B1096" s="144"/>
+      <c r="C1096" s="103"/>
+      <c r="D1096" s="103"/>
+      <c r="E1096" s="96"/>
+      <c r="F1096" s="96"/>
+      <c r="G1096" s="96"/>
+      <c r="H1096" s="97"/>
+      <c r="I1096" s="97"/>
+      <c r="J1096" s="97"/>
+      <c r="K1096" s="98"/>
+      <c r="L1096" s="99"/>
+      <c r="M1096" s="100"/>
+      <c r="N1096" s="100"/>
+      <c r="O1096" s="101"/>
+      <c r="P1096" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1096:G1096)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1097" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1097" s="101"/>
-[...14 lines deleted...]
-      <c r="P1097" s="108" t="str">
+      <c r="A1097" s="143"/>
+      <c r="B1097" s="144"/>
+      <c r="C1097" s="103"/>
+      <c r="D1097" s="103"/>
+      <c r="E1097" s="96"/>
+      <c r="F1097" s="96"/>
+      <c r="G1097" s="96"/>
+      <c r="H1097" s="97"/>
+      <c r="I1097" s="97"/>
+      <c r="J1097" s="97"/>
+      <c r="K1097" s="98"/>
+      <c r="L1097" s="99"/>
+      <c r="M1097" s="100"/>
+      <c r="N1097" s="100"/>
+      <c r="O1097" s="101"/>
+      <c r="P1097" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1097:G1097)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1098" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1098" s="101"/>
-[...14 lines deleted...]
-      <c r="P1098" s="108" t="str">
+      <c r="A1098" s="143"/>
+      <c r="B1098" s="144"/>
+      <c r="C1098" s="103"/>
+      <c r="D1098" s="103"/>
+      <c r="E1098" s="96"/>
+      <c r="F1098" s="96"/>
+      <c r="G1098" s="96"/>
+      <c r="H1098" s="97"/>
+      <c r="I1098" s="97"/>
+      <c r="J1098" s="97"/>
+      <c r="K1098" s="98"/>
+      <c r="L1098" s="99"/>
+      <c r="M1098" s="100"/>
+      <c r="N1098" s="100"/>
+      <c r="O1098" s="101"/>
+      <c r="P1098" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1098:G1098)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1099" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1099" s="101"/>
-[...14 lines deleted...]
-      <c r="P1099" s="108" t="str">
+      <c r="A1099" s="143"/>
+      <c r="B1099" s="144"/>
+      <c r="C1099" s="103"/>
+      <c r="D1099" s="103"/>
+      <c r="E1099" s="96"/>
+      <c r="F1099" s="96"/>
+      <c r="G1099" s="96"/>
+      <c r="H1099" s="97"/>
+      <c r="I1099" s="97"/>
+      <c r="J1099" s="97"/>
+      <c r="K1099" s="98"/>
+      <c r="L1099" s="99"/>
+      <c r="M1099" s="100"/>
+      <c r="N1099" s="100"/>
+      <c r="O1099" s="101"/>
+      <c r="P1099" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1099:G1099)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1100" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1100" s="101"/>
-[...14 lines deleted...]
-      <c r="P1100" s="108" t="str">
+      <c r="A1100" s="143"/>
+      <c r="B1100" s="144"/>
+      <c r="C1100" s="103"/>
+      <c r="D1100" s="103"/>
+      <c r="E1100" s="96"/>
+      <c r="F1100" s="96"/>
+      <c r="G1100" s="96"/>
+      <c r="H1100" s="97"/>
+      <c r="I1100" s="97"/>
+      <c r="J1100" s="97"/>
+      <c r="K1100" s="98"/>
+      <c r="L1100" s="99"/>
+      <c r="M1100" s="100"/>
+      <c r="N1100" s="100"/>
+      <c r="O1100" s="101"/>
+      <c r="P1100" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1100:G1100)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1101" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1101" s="101"/>
-[...14 lines deleted...]
-      <c r="P1101" s="108" t="str">
+      <c r="A1101" s="143"/>
+      <c r="B1101" s="144"/>
+      <c r="C1101" s="103"/>
+      <c r="D1101" s="103"/>
+      <c r="E1101" s="96"/>
+      <c r="F1101" s="96"/>
+      <c r="G1101" s="96"/>
+      <c r="H1101" s="97"/>
+      <c r="I1101" s="97"/>
+      <c r="J1101" s="97"/>
+      <c r="K1101" s="98"/>
+      <c r="L1101" s="99"/>
+      <c r="M1101" s="100"/>
+      <c r="N1101" s="100"/>
+      <c r="O1101" s="101"/>
+      <c r="P1101" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1101:G1101)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1102" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1102" s="101"/>
-[...14 lines deleted...]
-      <c r="P1102" s="108" t="str">
+      <c r="A1102" s="143"/>
+      <c r="B1102" s="144"/>
+      <c r="C1102" s="103"/>
+      <c r="D1102" s="103"/>
+      <c r="E1102" s="96"/>
+      <c r="F1102" s="96"/>
+      <c r="G1102" s="96"/>
+      <c r="H1102" s="97"/>
+      <c r="I1102" s="97"/>
+      <c r="J1102" s="97"/>
+      <c r="K1102" s="98"/>
+      <c r="L1102" s="99"/>
+      <c r="M1102" s="100"/>
+      <c r="N1102" s="100"/>
+      <c r="O1102" s="101"/>
+      <c r="P1102" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1102:G1102)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1103" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1103" s="101"/>
-[...14 lines deleted...]
-      <c r="P1103" s="108" t="str">
+      <c r="A1103" s="143"/>
+      <c r="B1103" s="144"/>
+      <c r="C1103" s="103"/>
+      <c r="D1103" s="103"/>
+      <c r="E1103" s="96"/>
+      <c r="F1103" s="96"/>
+      <c r="G1103" s="96"/>
+      <c r="H1103" s="97"/>
+      <c r="I1103" s="97"/>
+      <c r="J1103" s="97"/>
+      <c r="K1103" s="98"/>
+      <c r="L1103" s="99"/>
+      <c r="M1103" s="100"/>
+      <c r="N1103" s="100"/>
+      <c r="O1103" s="101"/>
+      <c r="P1103" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1103:G1103)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1104" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1104" s="101"/>
-[...14 lines deleted...]
-      <c r="P1104" s="108" t="str">
+      <c r="A1104" s="143"/>
+      <c r="B1104" s="144"/>
+      <c r="C1104" s="103"/>
+      <c r="D1104" s="103"/>
+      <c r="E1104" s="96"/>
+      <c r="F1104" s="96"/>
+      <c r="G1104" s="96"/>
+      <c r="H1104" s="97"/>
+      <c r="I1104" s="97"/>
+      <c r="J1104" s="97"/>
+      <c r="K1104" s="98"/>
+      <c r="L1104" s="99"/>
+      <c r="M1104" s="100"/>
+      <c r="N1104" s="100"/>
+      <c r="O1104" s="101"/>
+      <c r="P1104" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1104:G1104)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1105" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1105" s="101"/>
-[...14 lines deleted...]
-      <c r="P1105" s="108" t="str">
+      <c r="A1105" s="143"/>
+      <c r="B1105" s="144"/>
+      <c r="C1105" s="103"/>
+      <c r="D1105" s="103"/>
+      <c r="E1105" s="96"/>
+      <c r="F1105" s="96"/>
+      <c r="G1105" s="96"/>
+      <c r="H1105" s="97"/>
+      <c r="I1105" s="97"/>
+      <c r="J1105" s="97"/>
+      <c r="K1105" s="98"/>
+      <c r="L1105" s="99"/>
+      <c r="M1105" s="100"/>
+      <c r="N1105" s="100"/>
+      <c r="O1105" s="101"/>
+      <c r="P1105" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1105:G1105)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1106" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1106" s="101"/>
-[...14 lines deleted...]
-      <c r="P1106" s="108" t="str">
+      <c r="A1106" s="143"/>
+      <c r="B1106" s="144"/>
+      <c r="C1106" s="103"/>
+      <c r="D1106" s="103"/>
+      <c r="E1106" s="96"/>
+      <c r="F1106" s="96"/>
+      <c r="G1106" s="96"/>
+      <c r="H1106" s="97"/>
+      <c r="I1106" s="97"/>
+      <c r="J1106" s="97"/>
+      <c r="K1106" s="98"/>
+      <c r="L1106" s="99"/>
+      <c r="M1106" s="100"/>
+      <c r="N1106" s="100"/>
+      <c r="O1106" s="101"/>
+      <c r="P1106" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1106:G1106)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1107" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1107" s="101"/>
-[...14 lines deleted...]
-      <c r="P1107" s="108" t="str">
+      <c r="A1107" s="143"/>
+      <c r="B1107" s="144"/>
+      <c r="C1107" s="103"/>
+      <c r="D1107" s="103"/>
+      <c r="E1107" s="96"/>
+      <c r="F1107" s="96"/>
+      <c r="G1107" s="96"/>
+      <c r="H1107" s="97"/>
+      <c r="I1107" s="97"/>
+      <c r="J1107" s="97"/>
+      <c r="K1107" s="98"/>
+      <c r="L1107" s="99"/>
+      <c r="M1107" s="100"/>
+      <c r="N1107" s="100"/>
+      <c r="O1107" s="101"/>
+      <c r="P1107" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1107:G1107)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1108" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1108" s="101"/>
-[...14 lines deleted...]
-      <c r="P1108" s="108" t="str">
+      <c r="A1108" s="143"/>
+      <c r="B1108" s="144"/>
+      <c r="C1108" s="103"/>
+      <c r="D1108" s="103"/>
+      <c r="E1108" s="96"/>
+      <c r="F1108" s="96"/>
+      <c r="G1108" s="96"/>
+      <c r="H1108" s="97"/>
+      <c r="I1108" s="97"/>
+      <c r="J1108" s="97"/>
+      <c r="K1108" s="98"/>
+      <c r="L1108" s="99"/>
+      <c r="M1108" s="100"/>
+      <c r="N1108" s="100"/>
+      <c r="O1108" s="101"/>
+      <c r="P1108" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1108:G1108)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1109" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1109" s="101"/>
-[...14 lines deleted...]
-      <c r="P1109" s="108" t="str">
+      <c r="A1109" s="143"/>
+      <c r="B1109" s="144"/>
+      <c r="C1109" s="103"/>
+      <c r="D1109" s="103"/>
+      <c r="E1109" s="96"/>
+      <c r="F1109" s="96"/>
+      <c r="G1109" s="96"/>
+      <c r="H1109" s="97"/>
+      <c r="I1109" s="97"/>
+      <c r="J1109" s="97"/>
+      <c r="K1109" s="98"/>
+      <c r="L1109" s="99"/>
+      <c r="M1109" s="100"/>
+      <c r="N1109" s="100"/>
+      <c r="O1109" s="101"/>
+      <c r="P1109" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1109:G1109)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1110" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1110" s="101"/>
-[...14 lines deleted...]
-      <c r="P1110" s="108" t="str">
+      <c r="A1110" s="143"/>
+      <c r="B1110" s="144"/>
+      <c r="C1110" s="103"/>
+      <c r="D1110" s="103"/>
+      <c r="E1110" s="96"/>
+      <c r="F1110" s="96"/>
+      <c r="G1110" s="96"/>
+      <c r="H1110" s="97"/>
+      <c r="I1110" s="97"/>
+      <c r="J1110" s="97"/>
+      <c r="K1110" s="98"/>
+      <c r="L1110" s="99"/>
+      <c r="M1110" s="100"/>
+      <c r="N1110" s="100"/>
+      <c r="O1110" s="101"/>
+      <c r="P1110" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1110:G1110)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1111" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1111" s="101"/>
-[...14 lines deleted...]
-      <c r="P1111" s="108" t="str">
+      <c r="A1111" s="143"/>
+      <c r="B1111" s="144"/>
+      <c r="C1111" s="103"/>
+      <c r="D1111" s="103"/>
+      <c r="E1111" s="96"/>
+      <c r="F1111" s="96"/>
+      <c r="G1111" s="96"/>
+      <c r="H1111" s="97"/>
+      <c r="I1111" s="97"/>
+      <c r="J1111" s="97"/>
+      <c r="K1111" s="98"/>
+      <c r="L1111" s="99"/>
+      <c r="M1111" s="100"/>
+      <c r="N1111" s="100"/>
+      <c r="O1111" s="101"/>
+      <c r="P1111" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1111:G1111)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1112" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1112" s="101"/>
-[...14 lines deleted...]
-      <c r="P1112" s="108" t="str">
+      <c r="A1112" s="143"/>
+      <c r="B1112" s="144"/>
+      <c r="C1112" s="103"/>
+      <c r="D1112" s="103"/>
+      <c r="E1112" s="96"/>
+      <c r="F1112" s="96"/>
+      <c r="G1112" s="96"/>
+      <c r="H1112" s="97"/>
+      <c r="I1112" s="97"/>
+      <c r="J1112" s="97"/>
+      <c r="K1112" s="98"/>
+      <c r="L1112" s="99"/>
+      <c r="M1112" s="100"/>
+      <c r="N1112" s="100"/>
+      <c r="O1112" s="101"/>
+      <c r="P1112" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1112:G1112)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1113" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1113" s="101"/>
-[...14 lines deleted...]
-      <c r="P1113" s="108" t="str">
+      <c r="A1113" s="143"/>
+      <c r="B1113" s="144"/>
+      <c r="C1113" s="103"/>
+      <c r="D1113" s="103"/>
+      <c r="E1113" s="96"/>
+      <c r="F1113" s="96"/>
+      <c r="G1113" s="96"/>
+      <c r="H1113" s="97"/>
+      <c r="I1113" s="97"/>
+      <c r="J1113" s="97"/>
+      <c r="K1113" s="98"/>
+      <c r="L1113" s="99"/>
+      <c r="M1113" s="100"/>
+      <c r="N1113" s="100"/>
+      <c r="O1113" s="101"/>
+      <c r="P1113" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1113:G1113)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1114" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1114" s="101"/>
-[...14 lines deleted...]
-      <c r="P1114" s="108" t="str">
+      <c r="A1114" s="143"/>
+      <c r="B1114" s="144"/>
+      <c r="C1114" s="103"/>
+      <c r="D1114" s="103"/>
+      <c r="E1114" s="96"/>
+      <c r="F1114" s="96"/>
+      <c r="G1114" s="96"/>
+      <c r="H1114" s="97"/>
+      <c r="I1114" s="97"/>
+      <c r="J1114" s="97"/>
+      <c r="K1114" s="98"/>
+      <c r="L1114" s="99"/>
+      <c r="M1114" s="100"/>
+      <c r="N1114" s="100"/>
+      <c r="O1114" s="101"/>
+      <c r="P1114" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1114:G1114)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1115" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1115" s="101"/>
-[...14 lines deleted...]
-      <c r="P1115" s="108" t="str">
+      <c r="A1115" s="143"/>
+      <c r="B1115" s="144"/>
+      <c r="C1115" s="103"/>
+      <c r="D1115" s="103"/>
+      <c r="E1115" s="96"/>
+      <c r="F1115" s="96"/>
+      <c r="G1115" s="96"/>
+      <c r="H1115" s="97"/>
+      <c r="I1115" s="97"/>
+      <c r="J1115" s="97"/>
+      <c r="K1115" s="98"/>
+      <c r="L1115" s="99"/>
+      <c r="M1115" s="100"/>
+      <c r="N1115" s="100"/>
+      <c r="O1115" s="101"/>
+      <c r="P1115" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1115:G1115)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1116" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1116" s="101"/>
-[...14 lines deleted...]
-      <c r="P1116" s="108" t="str">
+      <c r="A1116" s="143"/>
+      <c r="B1116" s="144"/>
+      <c r="C1116" s="103"/>
+      <c r="D1116" s="103"/>
+      <c r="E1116" s="96"/>
+      <c r="F1116" s="96"/>
+      <c r="G1116" s="96"/>
+      <c r="H1116" s="97"/>
+      <c r="I1116" s="97"/>
+      <c r="J1116" s="97"/>
+      <c r="K1116" s="98"/>
+      <c r="L1116" s="99"/>
+      <c r="M1116" s="100"/>
+      <c r="N1116" s="100"/>
+      <c r="O1116" s="101"/>
+      <c r="P1116" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1116:G1116)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1117" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1117" s="101"/>
-[...14 lines deleted...]
-      <c r="P1117" s="108" t="str">
+      <c r="A1117" s="143"/>
+      <c r="B1117" s="144"/>
+      <c r="C1117" s="103"/>
+      <c r="D1117" s="103"/>
+      <c r="E1117" s="96"/>
+      <c r="F1117" s="96"/>
+      <c r="G1117" s="96"/>
+      <c r="H1117" s="97"/>
+      <c r="I1117" s="97"/>
+      <c r="J1117" s="97"/>
+      <c r="K1117" s="98"/>
+      <c r="L1117" s="99"/>
+      <c r="M1117" s="100"/>
+      <c r="N1117" s="100"/>
+      <c r="O1117" s="101"/>
+      <c r="P1117" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1117:G1117)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1118" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1118" s="101"/>
-[...14 lines deleted...]
-      <c r="P1118" s="108" t="str">
+      <c r="A1118" s="143"/>
+      <c r="B1118" s="144"/>
+      <c r="C1118" s="103"/>
+      <c r="D1118" s="103"/>
+      <c r="E1118" s="96"/>
+      <c r="F1118" s="96"/>
+      <c r="G1118" s="96"/>
+      <c r="H1118" s="97"/>
+      <c r="I1118" s="97"/>
+      <c r="J1118" s="97"/>
+      <c r="K1118" s="98"/>
+      <c r="L1118" s="99"/>
+      <c r="M1118" s="100"/>
+      <c r="N1118" s="100"/>
+      <c r="O1118" s="101"/>
+      <c r="P1118" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1118:G1118)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1119" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1119" s="101"/>
-[...14 lines deleted...]
-      <c r="P1119" s="108" t="str">
+      <c r="A1119" s="143"/>
+      <c r="B1119" s="144"/>
+      <c r="C1119" s="103"/>
+      <c r="D1119" s="103"/>
+      <c r="E1119" s="96"/>
+      <c r="F1119" s="96"/>
+      <c r="G1119" s="96"/>
+      <c r="H1119" s="97"/>
+      <c r="I1119" s="97"/>
+      <c r="J1119" s="97"/>
+      <c r="K1119" s="98"/>
+      <c r="L1119" s="99"/>
+      <c r="M1119" s="100"/>
+      <c r="N1119" s="100"/>
+      <c r="O1119" s="101"/>
+      <c r="P1119" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1119:G1119)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1120" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1120" s="101"/>
-[...14 lines deleted...]
-      <c r="P1120" s="108" t="str">
+      <c r="A1120" s="143"/>
+      <c r="B1120" s="144"/>
+      <c r="C1120" s="103"/>
+      <c r="D1120" s="103"/>
+      <c r="E1120" s="96"/>
+      <c r="F1120" s="96"/>
+      <c r="G1120" s="96"/>
+      <c r="H1120" s="97"/>
+      <c r="I1120" s="97"/>
+      <c r="J1120" s="97"/>
+      <c r="K1120" s="98"/>
+      <c r="L1120" s="99"/>
+      <c r="M1120" s="100"/>
+      <c r="N1120" s="100"/>
+      <c r="O1120" s="101"/>
+      <c r="P1120" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1120:G1120)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1121" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1121" s="101"/>
-[...14 lines deleted...]
-      <c r="P1121" s="108" t="str">
+      <c r="A1121" s="143"/>
+      <c r="B1121" s="144"/>
+      <c r="C1121" s="103"/>
+      <c r="D1121" s="103"/>
+      <c r="E1121" s="96"/>
+      <c r="F1121" s="96"/>
+      <c r="G1121" s="96"/>
+      <c r="H1121" s="97"/>
+      <c r="I1121" s="97"/>
+      <c r="J1121" s="97"/>
+      <c r="K1121" s="98"/>
+      <c r="L1121" s="99"/>
+      <c r="M1121" s="100"/>
+      <c r="N1121" s="100"/>
+      <c r="O1121" s="101"/>
+      <c r="P1121" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1121:G1121)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1122" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1122" s="101"/>
-[...14 lines deleted...]
-      <c r="P1122" s="108" t="str">
+      <c r="A1122" s="143"/>
+      <c r="B1122" s="144"/>
+      <c r="C1122" s="103"/>
+      <c r="D1122" s="103"/>
+      <c r="E1122" s="96"/>
+      <c r="F1122" s="96"/>
+      <c r="G1122" s="96"/>
+      <c r="H1122" s="97"/>
+      <c r="I1122" s="97"/>
+      <c r="J1122" s="97"/>
+      <c r="K1122" s="98"/>
+      <c r="L1122" s="99"/>
+      <c r="M1122" s="100"/>
+      <c r="N1122" s="100"/>
+      <c r="O1122" s="101"/>
+      <c r="P1122" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1122:G1122)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1123" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1123" s="101"/>
-[...14 lines deleted...]
-      <c r="P1123" s="108" t="str">
+      <c r="A1123" s="143"/>
+      <c r="B1123" s="144"/>
+      <c r="C1123" s="103"/>
+      <c r="D1123" s="103"/>
+      <c r="E1123" s="96"/>
+      <c r="F1123" s="96"/>
+      <c r="G1123" s="96"/>
+      <c r="H1123" s="97"/>
+      <c r="I1123" s="97"/>
+      <c r="J1123" s="97"/>
+      <c r="K1123" s="98"/>
+      <c r="L1123" s="99"/>
+      <c r="M1123" s="100"/>
+      <c r="N1123" s="100"/>
+      <c r="O1123" s="101"/>
+      <c r="P1123" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1123:G1123)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1124" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1124" s="101"/>
-[...14 lines deleted...]
-      <c r="P1124" s="108" t="str">
+      <c r="A1124" s="143"/>
+      <c r="B1124" s="144"/>
+      <c r="C1124" s="103"/>
+      <c r="D1124" s="103"/>
+      <c r="E1124" s="96"/>
+      <c r="F1124" s="96"/>
+      <c r="G1124" s="96"/>
+      <c r="H1124" s="97"/>
+      <c r="I1124" s="97"/>
+      <c r="J1124" s="97"/>
+      <c r="K1124" s="98"/>
+      <c r="L1124" s="99"/>
+      <c r="M1124" s="100"/>
+      <c r="N1124" s="100"/>
+      <c r="O1124" s="101"/>
+      <c r="P1124" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1124:G1124)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1125" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1125" s="101"/>
-[...14 lines deleted...]
-      <c r="P1125" s="108" t="str">
+      <c r="A1125" s="143"/>
+      <c r="B1125" s="144"/>
+      <c r="C1125" s="103"/>
+      <c r="D1125" s="103"/>
+      <c r="E1125" s="96"/>
+      <c r="F1125" s="96"/>
+      <c r="G1125" s="96"/>
+      <c r="H1125" s="97"/>
+      <c r="I1125" s="97"/>
+      <c r="J1125" s="97"/>
+      <c r="K1125" s="98"/>
+      <c r="L1125" s="99"/>
+      <c r="M1125" s="100"/>
+      <c r="N1125" s="100"/>
+      <c r="O1125" s="101"/>
+      <c r="P1125" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1125:G1125)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1126" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1126" s="101"/>
-[...14 lines deleted...]
-      <c r="P1126" s="108" t="str">
+      <c r="A1126" s="143"/>
+      <c r="B1126" s="144"/>
+      <c r="C1126" s="103"/>
+      <c r="D1126" s="103"/>
+      <c r="E1126" s="96"/>
+      <c r="F1126" s="96"/>
+      <c r="G1126" s="96"/>
+      <c r="H1126" s="97"/>
+      <c r="I1126" s="97"/>
+      <c r="J1126" s="97"/>
+      <c r="K1126" s="98"/>
+      <c r="L1126" s="99"/>
+      <c r="M1126" s="100"/>
+      <c r="N1126" s="100"/>
+      <c r="O1126" s="101"/>
+      <c r="P1126" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1126:G1126)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1127" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1127" s="101"/>
-[...14 lines deleted...]
-      <c r="P1127" s="108" t="str">
+      <c r="A1127" s="143"/>
+      <c r="B1127" s="144"/>
+      <c r="C1127" s="103"/>
+      <c r="D1127" s="103"/>
+      <c r="E1127" s="96"/>
+      <c r="F1127" s="96"/>
+      <c r="G1127" s="96"/>
+      <c r="H1127" s="97"/>
+      <c r="I1127" s="97"/>
+      <c r="J1127" s="97"/>
+      <c r="K1127" s="98"/>
+      <c r="L1127" s="99"/>
+      <c r="M1127" s="100"/>
+      <c r="N1127" s="100"/>
+      <c r="O1127" s="101"/>
+      <c r="P1127" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1127:G1127)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1128" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1128" s="101"/>
-[...14 lines deleted...]
-      <c r="P1128" s="108" t="str">
+      <c r="A1128" s="143"/>
+      <c r="B1128" s="144"/>
+      <c r="C1128" s="103"/>
+      <c r="D1128" s="103"/>
+      <c r="E1128" s="96"/>
+      <c r="F1128" s="96"/>
+      <c r="G1128" s="96"/>
+      <c r="H1128" s="97"/>
+      <c r="I1128" s="97"/>
+      <c r="J1128" s="97"/>
+      <c r="K1128" s="98"/>
+      <c r="L1128" s="99"/>
+      <c r="M1128" s="100"/>
+      <c r="N1128" s="100"/>
+      <c r="O1128" s="101"/>
+      <c r="P1128" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1128:G1128)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1129" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1129" s="101"/>
-[...14 lines deleted...]
-      <c r="P1129" s="108" t="str">
+      <c r="A1129" s="143"/>
+      <c r="B1129" s="144"/>
+      <c r="C1129" s="103"/>
+      <c r="D1129" s="103"/>
+      <c r="E1129" s="96"/>
+      <c r="F1129" s="96"/>
+      <c r="G1129" s="96"/>
+      <c r="H1129" s="97"/>
+      <c r="I1129" s="97"/>
+      <c r="J1129" s="97"/>
+      <c r="K1129" s="98"/>
+      <c r="L1129" s="99"/>
+      <c r="M1129" s="100"/>
+      <c r="N1129" s="100"/>
+      <c r="O1129" s="101"/>
+      <c r="P1129" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1129:G1129)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1130" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1130" s="101"/>
-[...14 lines deleted...]
-      <c r="P1130" s="108" t="str">
+      <c r="A1130" s="143"/>
+      <c r="B1130" s="144"/>
+      <c r="C1130" s="103"/>
+      <c r="D1130" s="103"/>
+      <c r="E1130" s="96"/>
+      <c r="F1130" s="96"/>
+      <c r="G1130" s="96"/>
+      <c r="H1130" s="97"/>
+      <c r="I1130" s="97"/>
+      <c r="J1130" s="97"/>
+      <c r="K1130" s="98"/>
+      <c r="L1130" s="99"/>
+      <c r="M1130" s="100"/>
+      <c r="N1130" s="100"/>
+      <c r="O1130" s="101"/>
+      <c r="P1130" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1130:G1130)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1131" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1131" s="101"/>
-[...14 lines deleted...]
-      <c r="P1131" s="108" t="str">
+      <c r="A1131" s="143"/>
+      <c r="B1131" s="144"/>
+      <c r="C1131" s="103"/>
+      <c r="D1131" s="103"/>
+      <c r="E1131" s="96"/>
+      <c r="F1131" s="96"/>
+      <c r="G1131" s="96"/>
+      <c r="H1131" s="97"/>
+      <c r="I1131" s="97"/>
+      <c r="J1131" s="97"/>
+      <c r="K1131" s="98"/>
+      <c r="L1131" s="99"/>
+      <c r="M1131" s="100"/>
+      <c r="N1131" s="100"/>
+      <c r="O1131" s="101"/>
+      <c r="P1131" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1131:G1131)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1132" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1132" s="101"/>
-[...14 lines deleted...]
-      <c r="P1132" s="108" t="str">
+      <c r="A1132" s="143"/>
+      <c r="B1132" s="144"/>
+      <c r="C1132" s="103"/>
+      <c r="D1132" s="103"/>
+      <c r="E1132" s="96"/>
+      <c r="F1132" s="96"/>
+      <c r="G1132" s="96"/>
+      <c r="H1132" s="97"/>
+      <c r="I1132" s="97"/>
+      <c r="J1132" s="97"/>
+      <c r="K1132" s="98"/>
+      <c r="L1132" s="99"/>
+      <c r="M1132" s="100"/>
+      <c r="N1132" s="100"/>
+      <c r="O1132" s="101"/>
+      <c r="P1132" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1132:G1132)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1133" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1133" s="101"/>
-[...14 lines deleted...]
-      <c r="P1133" s="108" t="str">
+      <c r="A1133" s="143"/>
+      <c r="B1133" s="144"/>
+      <c r="C1133" s="103"/>
+      <c r="D1133" s="103"/>
+      <c r="E1133" s="96"/>
+      <c r="F1133" s="96"/>
+      <c r="G1133" s="96"/>
+      <c r="H1133" s="97"/>
+      <c r="I1133" s="97"/>
+      <c r="J1133" s="97"/>
+      <c r="K1133" s="98"/>
+      <c r="L1133" s="99"/>
+      <c r="M1133" s="100"/>
+      <c r="N1133" s="100"/>
+      <c r="O1133" s="101"/>
+      <c r="P1133" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1133:G1133)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1134" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1134" s="101"/>
-[...14 lines deleted...]
-      <c r="P1134" s="108" t="str">
+      <c r="A1134" s="143"/>
+      <c r="B1134" s="144"/>
+      <c r="C1134" s="103"/>
+      <c r="D1134" s="103"/>
+      <c r="E1134" s="96"/>
+      <c r="F1134" s="96"/>
+      <c r="G1134" s="96"/>
+      <c r="H1134" s="97"/>
+      <c r="I1134" s="97"/>
+      <c r="J1134" s="97"/>
+      <c r="K1134" s="98"/>
+      <c r="L1134" s="99"/>
+      <c r="M1134" s="100"/>
+      <c r="N1134" s="100"/>
+      <c r="O1134" s="101"/>
+      <c r="P1134" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1134:G1134)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1135" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1135" s="101"/>
-[...14 lines deleted...]
-      <c r="P1135" s="108" t="str">
+      <c r="A1135" s="143"/>
+      <c r="B1135" s="144"/>
+      <c r="C1135" s="103"/>
+      <c r="D1135" s="103"/>
+      <c r="E1135" s="96"/>
+      <c r="F1135" s="96"/>
+      <c r="G1135" s="96"/>
+      <c r="H1135" s="97"/>
+      <c r="I1135" s="97"/>
+      <c r="J1135" s="97"/>
+      <c r="K1135" s="98"/>
+      <c r="L1135" s="99"/>
+      <c r="M1135" s="100"/>
+      <c r="N1135" s="100"/>
+      <c r="O1135" s="101"/>
+      <c r="P1135" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1135:G1135)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1136" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1136" s="101"/>
-[...14 lines deleted...]
-      <c r="P1136" s="108" t="str">
+      <c r="A1136" s="143"/>
+      <c r="B1136" s="144"/>
+      <c r="C1136" s="103"/>
+      <c r="D1136" s="103"/>
+      <c r="E1136" s="96"/>
+      <c r="F1136" s="96"/>
+      <c r="G1136" s="96"/>
+      <c r="H1136" s="97"/>
+      <c r="I1136" s="97"/>
+      <c r="J1136" s="97"/>
+      <c r="K1136" s="98"/>
+      <c r="L1136" s="99"/>
+      <c r="M1136" s="100"/>
+      <c r="N1136" s="100"/>
+      <c r="O1136" s="101"/>
+      <c r="P1136" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1136:G1136)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1137" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1137" s="101"/>
-[...14 lines deleted...]
-      <c r="P1137" s="108" t="str">
+      <c r="A1137" s="143"/>
+      <c r="B1137" s="144"/>
+      <c r="C1137" s="103"/>
+      <c r="D1137" s="103"/>
+      <c r="E1137" s="96"/>
+      <c r="F1137" s="96"/>
+      <c r="G1137" s="96"/>
+      <c r="H1137" s="97"/>
+      <c r="I1137" s="97"/>
+      <c r="J1137" s="97"/>
+      <c r="K1137" s="98"/>
+      <c r="L1137" s="99"/>
+      <c r="M1137" s="100"/>
+      <c r="N1137" s="100"/>
+      <c r="O1137" s="101"/>
+      <c r="P1137" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1137:G1137)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1138" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1138" s="101"/>
-[...14 lines deleted...]
-      <c r="P1138" s="108" t="str">
+      <c r="A1138" s="143"/>
+      <c r="B1138" s="144"/>
+      <c r="C1138" s="103"/>
+      <c r="D1138" s="103"/>
+      <c r="E1138" s="96"/>
+      <c r="F1138" s="96"/>
+      <c r="G1138" s="96"/>
+      <c r="H1138" s="97"/>
+      <c r="I1138" s="97"/>
+      <c r="J1138" s="97"/>
+      <c r="K1138" s="98"/>
+      <c r="L1138" s="99"/>
+      <c r="M1138" s="100"/>
+      <c r="N1138" s="100"/>
+      <c r="O1138" s="101"/>
+      <c r="P1138" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1138:G1138)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1139" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1139" s="101"/>
-[...14 lines deleted...]
-      <c r="P1139" s="108" t="str">
+      <c r="A1139" s="143"/>
+      <c r="B1139" s="144"/>
+      <c r="C1139" s="103"/>
+      <c r="D1139" s="103"/>
+      <c r="E1139" s="96"/>
+      <c r="F1139" s="96"/>
+      <c r="G1139" s="96"/>
+      <c r="H1139" s="97"/>
+      <c r="I1139" s="97"/>
+      <c r="J1139" s="97"/>
+      <c r="K1139" s="98"/>
+      <c r="L1139" s="99"/>
+      <c r="M1139" s="100"/>
+      <c r="N1139" s="100"/>
+      <c r="O1139" s="101"/>
+      <c r="P1139" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1139:G1139)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1140" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1140" s="101"/>
-[...14 lines deleted...]
-      <c r="P1140" s="108" t="str">
+      <c r="A1140" s="143"/>
+      <c r="B1140" s="144"/>
+      <c r="C1140" s="103"/>
+      <c r="D1140" s="103"/>
+      <c r="E1140" s="96"/>
+      <c r="F1140" s="96"/>
+      <c r="G1140" s="96"/>
+      <c r="H1140" s="97"/>
+      <c r="I1140" s="97"/>
+      <c r="J1140" s="97"/>
+      <c r="K1140" s="98"/>
+      <c r="L1140" s="99"/>
+      <c r="M1140" s="100"/>
+      <c r="N1140" s="100"/>
+      <c r="O1140" s="101"/>
+      <c r="P1140" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1140:G1140)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1141" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1141" s="101"/>
-[...14 lines deleted...]
-      <c r="P1141" s="108" t="str">
+      <c r="A1141" s="143"/>
+      <c r="B1141" s="144"/>
+      <c r="C1141" s="103"/>
+      <c r="D1141" s="103"/>
+      <c r="E1141" s="96"/>
+      <c r="F1141" s="96"/>
+      <c r="G1141" s="96"/>
+      <c r="H1141" s="97"/>
+      <c r="I1141" s="97"/>
+      <c r="J1141" s="97"/>
+      <c r="K1141" s="98"/>
+      <c r="L1141" s="99"/>
+      <c r="M1141" s="100"/>
+      <c r="N1141" s="100"/>
+      <c r="O1141" s="101"/>
+      <c r="P1141" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1141:G1141)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1142" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1142" s="101"/>
-[...14 lines deleted...]
-      <c r="P1142" s="108" t="str">
+      <c r="A1142" s="143"/>
+      <c r="B1142" s="144"/>
+      <c r="C1142" s="103"/>
+      <c r="D1142" s="103"/>
+      <c r="E1142" s="96"/>
+      <c r="F1142" s="96"/>
+      <c r="G1142" s="96"/>
+      <c r="H1142" s="97"/>
+      <c r="I1142" s="97"/>
+      <c r="J1142" s="97"/>
+      <c r="K1142" s="98"/>
+      <c r="L1142" s="99"/>
+      <c r="M1142" s="100"/>
+      <c r="N1142" s="100"/>
+      <c r="O1142" s="101"/>
+      <c r="P1142" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1142:G1142)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1143" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1143" s="101"/>
-[...14 lines deleted...]
-      <c r="P1143" s="108" t="str">
+      <c r="A1143" s="143"/>
+      <c r="B1143" s="144"/>
+      <c r="C1143" s="103"/>
+      <c r="D1143" s="103"/>
+      <c r="E1143" s="96"/>
+      <c r="F1143" s="96"/>
+      <c r="G1143" s="96"/>
+      <c r="H1143" s="97"/>
+      <c r="I1143" s="97"/>
+      <c r="J1143" s="97"/>
+      <c r="K1143" s="98"/>
+      <c r="L1143" s="99"/>
+      <c r="M1143" s="100"/>
+      <c r="N1143" s="100"/>
+      <c r="O1143" s="101"/>
+      <c r="P1143" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1143:G1143)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1144" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1144" s="101"/>
-[...14 lines deleted...]
-      <c r="P1144" s="108" t="str">
+      <c r="A1144" s="143"/>
+      <c r="B1144" s="144"/>
+      <c r="C1144" s="103"/>
+      <c r="D1144" s="103"/>
+      <c r="E1144" s="96"/>
+      <c r="F1144" s="96"/>
+      <c r="G1144" s="96"/>
+      <c r="H1144" s="97"/>
+      <c r="I1144" s="97"/>
+      <c r="J1144" s="97"/>
+      <c r="K1144" s="98"/>
+      <c r="L1144" s="99"/>
+      <c r="M1144" s="100"/>
+      <c r="N1144" s="100"/>
+      <c r="O1144" s="101"/>
+      <c r="P1144" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1144:G1144)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1145" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1145" s="101"/>
-[...14 lines deleted...]
-      <c r="P1145" s="108" t="str">
+      <c r="A1145" s="143"/>
+      <c r="B1145" s="144"/>
+      <c r="C1145" s="103"/>
+      <c r="D1145" s="103"/>
+      <c r="E1145" s="96"/>
+      <c r="F1145" s="96"/>
+      <c r="G1145" s="96"/>
+      <c r="H1145" s="97"/>
+      <c r="I1145" s="97"/>
+      <c r="J1145" s="97"/>
+      <c r="K1145" s="98"/>
+      <c r="L1145" s="99"/>
+      <c r="M1145" s="100"/>
+      <c r="N1145" s="100"/>
+      <c r="O1145" s="101"/>
+      <c r="P1145" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1145:G1145)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1146" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1146" s="101"/>
-[...14 lines deleted...]
-      <c r="P1146" s="108" t="str">
+      <c r="A1146" s="143"/>
+      <c r="B1146" s="144"/>
+      <c r="C1146" s="103"/>
+      <c r="D1146" s="103"/>
+      <c r="E1146" s="96"/>
+      <c r="F1146" s="96"/>
+      <c r="G1146" s="96"/>
+      <c r="H1146" s="97"/>
+      <c r="I1146" s="97"/>
+      <c r="J1146" s="97"/>
+      <c r="K1146" s="98"/>
+      <c r="L1146" s="99"/>
+      <c r="M1146" s="100"/>
+      <c r="N1146" s="100"/>
+      <c r="O1146" s="101"/>
+      <c r="P1146" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1146:G1146)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1147" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1147" s="101"/>
-[...14 lines deleted...]
-      <c r="P1147" s="108" t="str">
+      <c r="A1147" s="143"/>
+      <c r="B1147" s="144"/>
+      <c r="C1147" s="103"/>
+      <c r="D1147" s="103"/>
+      <c r="E1147" s="96"/>
+      <c r="F1147" s="96"/>
+      <c r="G1147" s="96"/>
+      <c r="H1147" s="97"/>
+      <c r="I1147" s="97"/>
+      <c r="J1147" s="97"/>
+      <c r="K1147" s="98"/>
+      <c r="L1147" s="99"/>
+      <c r="M1147" s="100"/>
+      <c r="N1147" s="100"/>
+      <c r="O1147" s="101"/>
+      <c r="P1147" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1147:G1147)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1148" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1148" s="101"/>
-[...14 lines deleted...]
-      <c r="P1148" s="108" t="str">
+      <c r="A1148" s="143"/>
+      <c r="B1148" s="144"/>
+      <c r="C1148" s="103"/>
+      <c r="D1148" s="103"/>
+      <c r="E1148" s="96"/>
+      <c r="F1148" s="96"/>
+      <c r="G1148" s="96"/>
+      <c r="H1148" s="97"/>
+      <c r="I1148" s="97"/>
+      <c r="J1148" s="97"/>
+      <c r="K1148" s="98"/>
+      <c r="L1148" s="99"/>
+      <c r="M1148" s="100"/>
+      <c r="N1148" s="100"/>
+      <c r="O1148" s="101"/>
+      <c r="P1148" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1148:G1148)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1149" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1149" s="101"/>
-[...14 lines deleted...]
-      <c r="P1149" s="108" t="str">
+      <c r="A1149" s="143"/>
+      <c r="B1149" s="144"/>
+      <c r="C1149" s="103"/>
+      <c r="D1149" s="103"/>
+      <c r="E1149" s="96"/>
+      <c r="F1149" s="96"/>
+      <c r="G1149" s="96"/>
+      <c r="H1149" s="97"/>
+      <c r="I1149" s="97"/>
+      <c r="J1149" s="97"/>
+      <c r="K1149" s="98"/>
+      <c r="L1149" s="99"/>
+      <c r="M1149" s="100"/>
+      <c r="N1149" s="100"/>
+      <c r="O1149" s="101"/>
+      <c r="P1149" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1149:G1149)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1150" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1150" s="101"/>
-[...14 lines deleted...]
-      <c r="P1150" s="108" t="str">
+      <c r="A1150" s="143"/>
+      <c r="B1150" s="144"/>
+      <c r="C1150" s="103"/>
+      <c r="D1150" s="103"/>
+      <c r="E1150" s="96"/>
+      <c r="F1150" s="96"/>
+      <c r="G1150" s="96"/>
+      <c r="H1150" s="97"/>
+      <c r="I1150" s="97"/>
+      <c r="J1150" s="97"/>
+      <c r="K1150" s="98"/>
+      <c r="L1150" s="99"/>
+      <c r="M1150" s="100"/>
+      <c r="N1150" s="100"/>
+      <c r="O1150" s="101"/>
+      <c r="P1150" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1150:G1150)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1151" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1151" s="101"/>
-[...14 lines deleted...]
-      <c r="P1151" s="108" t="str">
+      <c r="A1151" s="143"/>
+      <c r="B1151" s="144"/>
+      <c r="C1151" s="103"/>
+      <c r="D1151" s="103"/>
+      <c r="E1151" s="96"/>
+      <c r="F1151" s="96"/>
+      <c r="G1151" s="96"/>
+      <c r="H1151" s="97"/>
+      <c r="I1151" s="97"/>
+      <c r="J1151" s="97"/>
+      <c r="K1151" s="98"/>
+      <c r="L1151" s="99"/>
+      <c r="M1151" s="100"/>
+      <c r="N1151" s="100"/>
+      <c r="O1151" s="101"/>
+      <c r="P1151" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1151:G1151)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1152" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1152" s="101"/>
-[...14 lines deleted...]
-      <c r="P1152" s="108" t="str">
+      <c r="A1152" s="143"/>
+      <c r="B1152" s="144"/>
+      <c r="C1152" s="103"/>
+      <c r="D1152" s="103"/>
+      <c r="E1152" s="96"/>
+      <c r="F1152" s="96"/>
+      <c r="G1152" s="96"/>
+      <c r="H1152" s="97"/>
+      <c r="I1152" s="97"/>
+      <c r="J1152" s="97"/>
+      <c r="K1152" s="98"/>
+      <c r="L1152" s="99"/>
+      <c r="M1152" s="100"/>
+      <c r="N1152" s="100"/>
+      <c r="O1152" s="101"/>
+      <c r="P1152" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1152:G1152)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1153" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1153" s="101"/>
-[...14 lines deleted...]
-      <c r="P1153" s="108" t="str">
+      <c r="A1153" s="143"/>
+      <c r="B1153" s="144"/>
+      <c r="C1153" s="103"/>
+      <c r="D1153" s="103"/>
+      <c r="E1153" s="96"/>
+      <c r="F1153" s="96"/>
+      <c r="G1153" s="96"/>
+      <c r="H1153" s="97"/>
+      <c r="I1153" s="97"/>
+      <c r="J1153" s="97"/>
+      <c r="K1153" s="98"/>
+      <c r="L1153" s="99"/>
+      <c r="M1153" s="100"/>
+      <c r="N1153" s="100"/>
+      <c r="O1153" s="101"/>
+      <c r="P1153" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1153:G1153)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1154" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1154" s="101"/>
-[...14 lines deleted...]
-      <c r="P1154" s="108" t="str">
+      <c r="A1154" s="143"/>
+      <c r="B1154" s="144"/>
+      <c r="C1154" s="103"/>
+      <c r="D1154" s="103"/>
+      <c r="E1154" s="96"/>
+      <c r="F1154" s="96"/>
+      <c r="G1154" s="96"/>
+      <c r="H1154" s="97"/>
+      <c r="I1154" s="97"/>
+      <c r="J1154" s="97"/>
+      <c r="K1154" s="98"/>
+      <c r="L1154" s="99"/>
+      <c r="M1154" s="100"/>
+      <c r="N1154" s="100"/>
+      <c r="O1154" s="101"/>
+      <c r="P1154" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1154:G1154)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1155" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1155" s="101"/>
-[...14 lines deleted...]
-      <c r="P1155" s="108" t="str">
+      <c r="A1155" s="143"/>
+      <c r="B1155" s="144"/>
+      <c r="C1155" s="103"/>
+      <c r="D1155" s="103"/>
+      <c r="E1155" s="96"/>
+      <c r="F1155" s="96"/>
+      <c r="G1155" s="96"/>
+      <c r="H1155" s="97"/>
+      <c r="I1155" s="97"/>
+      <c r="J1155" s="97"/>
+      <c r="K1155" s="98"/>
+      <c r="L1155" s="99"/>
+      <c r="M1155" s="100"/>
+      <c r="N1155" s="100"/>
+      <c r="O1155" s="101"/>
+      <c r="P1155" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1155:G1155)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1156" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1156" s="101"/>
-[...14 lines deleted...]
-      <c r="P1156" s="108" t="str">
+      <c r="A1156" s="143"/>
+      <c r="B1156" s="144"/>
+      <c r="C1156" s="103"/>
+      <c r="D1156" s="103"/>
+      <c r="E1156" s="96"/>
+      <c r="F1156" s="96"/>
+      <c r="G1156" s="96"/>
+      <c r="H1156" s="97"/>
+      <c r="I1156" s="97"/>
+      <c r="J1156" s="97"/>
+      <c r="K1156" s="98"/>
+      <c r="L1156" s="99"/>
+      <c r="M1156" s="100"/>
+      <c r="N1156" s="100"/>
+      <c r="O1156" s="101"/>
+      <c r="P1156" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1156:G1156)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1157" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1157" s="101"/>
-[...14 lines deleted...]
-      <c r="P1157" s="108" t="str">
+      <c r="A1157" s="143"/>
+      <c r="B1157" s="144"/>
+      <c r="C1157" s="103"/>
+      <c r="D1157" s="103"/>
+      <c r="E1157" s="96"/>
+      <c r="F1157" s="96"/>
+      <c r="G1157" s="96"/>
+      <c r="H1157" s="97"/>
+      <c r="I1157" s="97"/>
+      <c r="J1157" s="97"/>
+      <c r="K1157" s="98"/>
+      <c r="L1157" s="99"/>
+      <c r="M1157" s="100"/>
+      <c r="N1157" s="100"/>
+      <c r="O1157" s="101"/>
+      <c r="P1157" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1157:G1157)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1158" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1158" s="101"/>
-[...14 lines deleted...]
-      <c r="P1158" s="108" t="str">
+      <c r="A1158" s="143"/>
+      <c r="B1158" s="144"/>
+      <c r="C1158" s="103"/>
+      <c r="D1158" s="103"/>
+      <c r="E1158" s="96"/>
+      <c r="F1158" s="96"/>
+      <c r="G1158" s="96"/>
+      <c r="H1158" s="97"/>
+      <c r="I1158" s="97"/>
+      <c r="J1158" s="97"/>
+      <c r="K1158" s="98"/>
+      <c r="L1158" s="99"/>
+      <c r="M1158" s="100"/>
+      <c r="N1158" s="100"/>
+      <c r="O1158" s="101"/>
+      <c r="P1158" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1158:G1158)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1159" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1159" s="101"/>
-[...14 lines deleted...]
-      <c r="P1159" s="108" t="str">
+      <c r="A1159" s="143"/>
+      <c r="B1159" s="144"/>
+      <c r="C1159" s="103"/>
+      <c r="D1159" s="103"/>
+      <c r="E1159" s="96"/>
+      <c r="F1159" s="96"/>
+      <c r="G1159" s="96"/>
+      <c r="H1159" s="97"/>
+      <c r="I1159" s="97"/>
+      <c r="J1159" s="97"/>
+      <c r="K1159" s="98"/>
+      <c r="L1159" s="99"/>
+      <c r="M1159" s="100"/>
+      <c r="N1159" s="100"/>
+      <c r="O1159" s="101"/>
+      <c r="P1159" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1159:G1159)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1160" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1160" s="101"/>
-[...14 lines deleted...]
-      <c r="P1160" s="108" t="str">
+      <c r="A1160" s="143"/>
+      <c r="B1160" s="144"/>
+      <c r="C1160" s="103"/>
+      <c r="D1160" s="103"/>
+      <c r="E1160" s="96"/>
+      <c r="F1160" s="96"/>
+      <c r="G1160" s="96"/>
+      <c r="H1160" s="97"/>
+      <c r="I1160" s="97"/>
+      <c r="J1160" s="97"/>
+      <c r="K1160" s="98"/>
+      <c r="L1160" s="99"/>
+      <c r="M1160" s="100"/>
+      <c r="N1160" s="100"/>
+      <c r="O1160" s="101"/>
+      <c r="P1160" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1160:G1160)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1161" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1161" s="101"/>
-[...14 lines deleted...]
-      <c r="P1161" s="108" t="str">
+      <c r="A1161" s="143"/>
+      <c r="B1161" s="144"/>
+      <c r="C1161" s="103"/>
+      <c r="D1161" s="103"/>
+      <c r="E1161" s="96"/>
+      <c r="F1161" s="96"/>
+      <c r="G1161" s="96"/>
+      <c r="H1161" s="97"/>
+      <c r="I1161" s="97"/>
+      <c r="J1161" s="97"/>
+      <c r="K1161" s="98"/>
+      <c r="L1161" s="99"/>
+      <c r="M1161" s="100"/>
+      <c r="N1161" s="100"/>
+      <c r="O1161" s="101"/>
+      <c r="P1161" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1161:G1161)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1162" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1162" s="101"/>
-[...14 lines deleted...]
-      <c r="P1162" s="108" t="str">
+      <c r="A1162" s="143"/>
+      <c r="B1162" s="144"/>
+      <c r="C1162" s="103"/>
+      <c r="D1162" s="103"/>
+      <c r="E1162" s="96"/>
+      <c r="F1162" s="96"/>
+      <c r="G1162" s="96"/>
+      <c r="H1162" s="97"/>
+      <c r="I1162" s="97"/>
+      <c r="J1162" s="97"/>
+      <c r="K1162" s="98"/>
+      <c r="L1162" s="99"/>
+      <c r="M1162" s="100"/>
+      <c r="N1162" s="100"/>
+      <c r="O1162" s="101"/>
+      <c r="P1162" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1162:G1162)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1163" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1163" s="101"/>
-[...14 lines deleted...]
-      <c r="P1163" s="108" t="str">
+      <c r="A1163" s="143"/>
+      <c r="B1163" s="144"/>
+      <c r="C1163" s="103"/>
+      <c r="D1163" s="103"/>
+      <c r="E1163" s="96"/>
+      <c r="F1163" s="96"/>
+      <c r="G1163" s="96"/>
+      <c r="H1163" s="97"/>
+      <c r="I1163" s="97"/>
+      <c r="J1163" s="97"/>
+      <c r="K1163" s="98"/>
+      <c r="L1163" s="99"/>
+      <c r="M1163" s="100"/>
+      <c r="N1163" s="100"/>
+      <c r="O1163" s="101"/>
+      <c r="P1163" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1163:G1163)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1164" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1164" s="101"/>
-[...14 lines deleted...]
-      <c r="P1164" s="108" t="str">
+      <c r="A1164" s="143"/>
+      <c r="B1164" s="144"/>
+      <c r="C1164" s="103"/>
+      <c r="D1164" s="103"/>
+      <c r="E1164" s="96"/>
+      <c r="F1164" s="96"/>
+      <c r="G1164" s="96"/>
+      <c r="H1164" s="97"/>
+      <c r="I1164" s="97"/>
+      <c r="J1164" s="97"/>
+      <c r="K1164" s="98"/>
+      <c r="L1164" s="99"/>
+      <c r="M1164" s="100"/>
+      <c r="N1164" s="100"/>
+      <c r="O1164" s="101"/>
+      <c r="P1164" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1164:G1164)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1165" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1165" s="101"/>
-[...14 lines deleted...]
-      <c r="P1165" s="108" t="str">
+      <c r="A1165" s="143"/>
+      <c r="B1165" s="144"/>
+      <c r="C1165" s="103"/>
+      <c r="D1165" s="103"/>
+      <c r="E1165" s="96"/>
+      <c r="F1165" s="96"/>
+      <c r="G1165" s="96"/>
+      <c r="H1165" s="97"/>
+      <c r="I1165" s="97"/>
+      <c r="J1165" s="97"/>
+      <c r="K1165" s="98"/>
+      <c r="L1165" s="99"/>
+      <c r="M1165" s="100"/>
+      <c r="N1165" s="100"/>
+      <c r="O1165" s="101"/>
+      <c r="P1165" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1165:G1165)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1166" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1166" s="101"/>
-[...14 lines deleted...]
-      <c r="P1166" s="108" t="str">
+      <c r="A1166" s="143"/>
+      <c r="B1166" s="144"/>
+      <c r="C1166" s="103"/>
+      <c r="D1166" s="103"/>
+      <c r="E1166" s="96"/>
+      <c r="F1166" s="96"/>
+      <c r="G1166" s="96"/>
+      <c r="H1166" s="97"/>
+      <c r="I1166" s="97"/>
+      <c r="J1166" s="97"/>
+      <c r="K1166" s="98"/>
+      <c r="L1166" s="99"/>
+      <c r="M1166" s="100"/>
+      <c r="N1166" s="100"/>
+      <c r="O1166" s="101"/>
+      <c r="P1166" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1166:G1166)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1167" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1167" s="101"/>
-[...14 lines deleted...]
-      <c r="P1167" s="108" t="str">
+      <c r="A1167" s="143"/>
+      <c r="B1167" s="144"/>
+      <c r="C1167" s="103"/>
+      <c r="D1167" s="103"/>
+      <c r="E1167" s="96"/>
+      <c r="F1167" s="96"/>
+      <c r="G1167" s="96"/>
+      <c r="H1167" s="97"/>
+      <c r="I1167" s="97"/>
+      <c r="J1167" s="97"/>
+      <c r="K1167" s="98"/>
+      <c r="L1167" s="99"/>
+      <c r="M1167" s="100"/>
+      <c r="N1167" s="100"/>
+      <c r="O1167" s="101"/>
+      <c r="P1167" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1167:G1167)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1168" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1168" s="101"/>
-[...14 lines deleted...]
-      <c r="P1168" s="108" t="str">
+      <c r="A1168" s="143"/>
+      <c r="B1168" s="144"/>
+      <c r="C1168" s="103"/>
+      <c r="D1168" s="103"/>
+      <c r="E1168" s="96"/>
+      <c r="F1168" s="96"/>
+      <c r="G1168" s="96"/>
+      <c r="H1168" s="97"/>
+      <c r="I1168" s="97"/>
+      <c r="J1168" s="97"/>
+      <c r="K1168" s="98"/>
+      <c r="L1168" s="99"/>
+      <c r="M1168" s="100"/>
+      <c r="N1168" s="100"/>
+      <c r="O1168" s="101"/>
+      <c r="P1168" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1168:G1168)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1169" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1169" s="101"/>
-[...14 lines deleted...]
-      <c r="P1169" s="108" t="str">
+      <c r="A1169" s="143"/>
+      <c r="B1169" s="144"/>
+      <c r="C1169" s="103"/>
+      <c r="D1169" s="103"/>
+      <c r="E1169" s="96"/>
+      <c r="F1169" s="96"/>
+      <c r="G1169" s="96"/>
+      <c r="H1169" s="97"/>
+      <c r="I1169" s="97"/>
+      <c r="J1169" s="97"/>
+      <c r="K1169" s="98"/>
+      <c r="L1169" s="99"/>
+      <c r="M1169" s="100"/>
+      <c r="N1169" s="100"/>
+      <c r="O1169" s="101"/>
+      <c r="P1169" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1169:G1169)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1170" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1170" s="101"/>
-[...14 lines deleted...]
-      <c r="P1170" s="108" t="str">
+      <c r="A1170" s="143"/>
+      <c r="B1170" s="144"/>
+      <c r="C1170" s="103"/>
+      <c r="D1170" s="103"/>
+      <c r="E1170" s="96"/>
+      <c r="F1170" s="96"/>
+      <c r="G1170" s="96"/>
+      <c r="H1170" s="97"/>
+      <c r="I1170" s="97"/>
+      <c r="J1170" s="97"/>
+      <c r="K1170" s="98"/>
+      <c r="L1170" s="99"/>
+      <c r="M1170" s="100"/>
+      <c r="N1170" s="100"/>
+      <c r="O1170" s="101"/>
+      <c r="P1170" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1170:G1170)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1171" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1171" s="101"/>
-[...14 lines deleted...]
-      <c r="P1171" s="108" t="str">
+      <c r="A1171" s="143"/>
+      <c r="B1171" s="144"/>
+      <c r="C1171" s="103"/>
+      <c r="D1171" s="103"/>
+      <c r="E1171" s="96"/>
+      <c r="F1171" s="96"/>
+      <c r="G1171" s="96"/>
+      <c r="H1171" s="97"/>
+      <c r="I1171" s="97"/>
+      <c r="J1171" s="97"/>
+      <c r="K1171" s="98"/>
+      <c r="L1171" s="99"/>
+      <c r="M1171" s="100"/>
+      <c r="N1171" s="100"/>
+      <c r="O1171" s="101"/>
+      <c r="P1171" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1171:G1171)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1172" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1172" s="101"/>
-[...14 lines deleted...]
-      <c r="P1172" s="108" t="str">
+      <c r="A1172" s="143"/>
+      <c r="B1172" s="144"/>
+      <c r="C1172" s="103"/>
+      <c r="D1172" s="103"/>
+      <c r="E1172" s="96"/>
+      <c r="F1172" s="96"/>
+      <c r="G1172" s="96"/>
+      <c r="H1172" s="97"/>
+      <c r="I1172" s="97"/>
+      <c r="J1172" s="97"/>
+      <c r="K1172" s="98"/>
+      <c r="L1172" s="99"/>
+      <c r="M1172" s="100"/>
+      <c r="N1172" s="100"/>
+      <c r="O1172" s="101"/>
+      <c r="P1172" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1172:G1172)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1173" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1173" s="101"/>
-[...14 lines deleted...]
-      <c r="P1173" s="108" t="str">
+      <c r="A1173" s="143"/>
+      <c r="B1173" s="144"/>
+      <c r="C1173" s="103"/>
+      <c r="D1173" s="103"/>
+      <c r="E1173" s="96"/>
+      <c r="F1173" s="96"/>
+      <c r="G1173" s="96"/>
+      <c r="H1173" s="97"/>
+      <c r="I1173" s="97"/>
+      <c r="J1173" s="97"/>
+      <c r="K1173" s="98"/>
+      <c r="L1173" s="99"/>
+      <c r="M1173" s="100"/>
+      <c r="N1173" s="100"/>
+      <c r="O1173" s="101"/>
+      <c r="P1173" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1173:G1173)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1174" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1174" s="101"/>
-[...14 lines deleted...]
-      <c r="P1174" s="108" t="str">
+      <c r="A1174" s="143"/>
+      <c r="B1174" s="144"/>
+      <c r="C1174" s="103"/>
+      <c r="D1174" s="103"/>
+      <c r="E1174" s="96"/>
+      <c r="F1174" s="96"/>
+      <c r="G1174" s="96"/>
+      <c r="H1174" s="97"/>
+      <c r="I1174" s="97"/>
+      <c r="J1174" s="97"/>
+      <c r="K1174" s="98"/>
+      <c r="L1174" s="99"/>
+      <c r="M1174" s="100"/>
+      <c r="N1174" s="100"/>
+      <c r="O1174" s="101"/>
+      <c r="P1174" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1174:G1174)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1175" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1175" s="101"/>
-[...14 lines deleted...]
-      <c r="P1175" s="108" t="str">
+      <c r="A1175" s="143"/>
+      <c r="B1175" s="144"/>
+      <c r="C1175" s="103"/>
+      <c r="D1175" s="103"/>
+      <c r="E1175" s="96"/>
+      <c r="F1175" s="96"/>
+      <c r="G1175" s="96"/>
+      <c r="H1175" s="97"/>
+      <c r="I1175" s="97"/>
+      <c r="J1175" s="97"/>
+      <c r="K1175" s="98"/>
+      <c r="L1175" s="99"/>
+      <c r="M1175" s="100"/>
+      <c r="N1175" s="100"/>
+      <c r="O1175" s="101"/>
+      <c r="P1175" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1175:G1175)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1176" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1176" s="101"/>
-[...14 lines deleted...]
-      <c r="P1176" s="108" t="str">
+      <c r="A1176" s="143"/>
+      <c r="B1176" s="144"/>
+      <c r="C1176" s="103"/>
+      <c r="D1176" s="103"/>
+      <c r="E1176" s="96"/>
+      <c r="F1176" s="96"/>
+      <c r="G1176" s="96"/>
+      <c r="H1176" s="97"/>
+      <c r="I1176" s="97"/>
+      <c r="J1176" s="97"/>
+      <c r="K1176" s="98"/>
+      <c r="L1176" s="99"/>
+      <c r="M1176" s="100"/>
+      <c r="N1176" s="100"/>
+      <c r="O1176" s="101"/>
+      <c r="P1176" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1176:G1176)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1177" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1177" s="101"/>
-[...14 lines deleted...]
-      <c r="P1177" s="108" t="str">
+      <c r="A1177" s="143"/>
+      <c r="B1177" s="144"/>
+      <c r="C1177" s="103"/>
+      <c r="D1177" s="103"/>
+      <c r="E1177" s="96"/>
+      <c r="F1177" s="96"/>
+      <c r="G1177" s="96"/>
+      <c r="H1177" s="97"/>
+      <c r="I1177" s="97"/>
+      <c r="J1177" s="97"/>
+      <c r="K1177" s="98"/>
+      <c r="L1177" s="99"/>
+      <c r="M1177" s="100"/>
+      <c r="N1177" s="100"/>
+      <c r="O1177" s="101"/>
+      <c r="P1177" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1177:G1177)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1178" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1178" s="101"/>
-[...14 lines deleted...]
-      <c r="P1178" s="108" t="str">
+      <c r="A1178" s="143"/>
+      <c r="B1178" s="144"/>
+      <c r="C1178" s="103"/>
+      <c r="D1178" s="103"/>
+      <c r="E1178" s="96"/>
+      <c r="F1178" s="96"/>
+      <c r="G1178" s="96"/>
+      <c r="H1178" s="97"/>
+      <c r="I1178" s="97"/>
+      <c r="J1178" s="97"/>
+      <c r="K1178" s="98"/>
+      <c r="L1178" s="99"/>
+      <c r="M1178" s="100"/>
+      <c r="N1178" s="100"/>
+      <c r="O1178" s="101"/>
+      <c r="P1178" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1178:G1178)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1179" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1179" s="101"/>
-[...14 lines deleted...]
-      <c r="P1179" s="108" t="str">
+      <c r="A1179" s="143"/>
+      <c r="B1179" s="144"/>
+      <c r="C1179" s="103"/>
+      <c r="D1179" s="103"/>
+      <c r="E1179" s="96"/>
+      <c r="F1179" s="96"/>
+      <c r="G1179" s="96"/>
+      <c r="H1179" s="97"/>
+      <c r="I1179" s="97"/>
+      <c r="J1179" s="97"/>
+      <c r="K1179" s="98"/>
+      <c r="L1179" s="99"/>
+      <c r="M1179" s="100"/>
+      <c r="N1179" s="100"/>
+      <c r="O1179" s="101"/>
+      <c r="P1179" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1179:G1179)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1180" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1180" s="101"/>
-[...14 lines deleted...]
-      <c r="P1180" s="108" t="str">
+      <c r="A1180" s="143"/>
+      <c r="B1180" s="144"/>
+      <c r="C1180" s="103"/>
+      <c r="D1180" s="103"/>
+      <c r="E1180" s="96"/>
+      <c r="F1180" s="96"/>
+      <c r="G1180" s="96"/>
+      <c r="H1180" s="97"/>
+      <c r="I1180" s="97"/>
+      <c r="J1180" s="97"/>
+      <c r="K1180" s="98"/>
+      <c r="L1180" s="99"/>
+      <c r="M1180" s="100"/>
+      <c r="N1180" s="100"/>
+      <c r="O1180" s="101"/>
+      <c r="P1180" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1180:G1180)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1181" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1181" s="101"/>
-[...14 lines deleted...]
-      <c r="P1181" s="108" t="str">
+      <c r="A1181" s="143"/>
+      <c r="B1181" s="144"/>
+      <c r="C1181" s="103"/>
+      <c r="D1181" s="103"/>
+      <c r="E1181" s="96"/>
+      <c r="F1181" s="96"/>
+      <c r="G1181" s="96"/>
+      <c r="H1181" s="97"/>
+      <c r="I1181" s="97"/>
+      <c r="J1181" s="97"/>
+      <c r="K1181" s="98"/>
+      <c r="L1181" s="99"/>
+      <c r="M1181" s="100"/>
+      <c r="N1181" s="100"/>
+      <c r="O1181" s="101"/>
+      <c r="P1181" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1181:G1181)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1182" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1182" s="101"/>
-[...14 lines deleted...]
-      <c r="P1182" s="108" t="str">
+      <c r="A1182" s="143"/>
+      <c r="B1182" s="144"/>
+      <c r="C1182" s="103"/>
+      <c r="D1182" s="103"/>
+      <c r="E1182" s="96"/>
+      <c r="F1182" s="96"/>
+      <c r="G1182" s="96"/>
+      <c r="H1182" s="97"/>
+      <c r="I1182" s="97"/>
+      <c r="J1182" s="97"/>
+      <c r="K1182" s="98"/>
+      <c r="L1182" s="99"/>
+      <c r="M1182" s="100"/>
+      <c r="N1182" s="100"/>
+      <c r="O1182" s="101"/>
+      <c r="P1182" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1182:G1182)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1183" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1183" s="101"/>
-[...14 lines deleted...]
-      <c r="P1183" s="108" t="str">
+      <c r="A1183" s="143"/>
+      <c r="B1183" s="144"/>
+      <c r="C1183" s="103"/>
+      <c r="D1183" s="103"/>
+      <c r="E1183" s="96"/>
+      <c r="F1183" s="96"/>
+      <c r="G1183" s="96"/>
+      <c r="H1183" s="97"/>
+      <c r="I1183" s="97"/>
+      <c r="J1183" s="97"/>
+      <c r="K1183" s="98"/>
+      <c r="L1183" s="99"/>
+      <c r="M1183" s="100"/>
+      <c r="N1183" s="100"/>
+      <c r="O1183" s="101"/>
+      <c r="P1183" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1183:G1183)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1184" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1184" s="101"/>
-[...14 lines deleted...]
-      <c r="P1184" s="108" t="str">
+      <c r="A1184" s="143"/>
+      <c r="B1184" s="144"/>
+      <c r="C1184" s="103"/>
+      <c r="D1184" s="103"/>
+      <c r="E1184" s="96"/>
+      <c r="F1184" s="96"/>
+      <c r="G1184" s="96"/>
+      <c r="H1184" s="97"/>
+      <c r="I1184" s="97"/>
+      <c r="J1184" s="97"/>
+      <c r="K1184" s="98"/>
+      <c r="L1184" s="99"/>
+      <c r="M1184" s="100"/>
+      <c r="N1184" s="100"/>
+      <c r="O1184" s="101"/>
+      <c r="P1184" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1184:G1184)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1185" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1185" s="101"/>
-[...14 lines deleted...]
-      <c r="P1185" s="108" t="str">
+      <c r="A1185" s="143"/>
+      <c r="B1185" s="144"/>
+      <c r="C1185" s="103"/>
+      <c r="D1185" s="103"/>
+      <c r="E1185" s="96"/>
+      <c r="F1185" s="96"/>
+      <c r="G1185" s="96"/>
+      <c r="H1185" s="97"/>
+      <c r="I1185" s="97"/>
+      <c r="J1185" s="97"/>
+      <c r="K1185" s="98"/>
+      <c r="L1185" s="99"/>
+      <c r="M1185" s="100"/>
+      <c r="N1185" s="100"/>
+      <c r="O1185" s="101"/>
+      <c r="P1185" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1185:G1185)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1186" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1186" s="101"/>
-[...14 lines deleted...]
-      <c r="P1186" s="108" t="str">
+      <c r="B1186" s="144"/>
+      <c r="C1186" s="103"/>
+      <c r="D1186" s="103"/>
+      <c r="E1186" s="96"/>
+      <c r="F1186" s="96"/>
+      <c r="G1186" s="96"/>
+      <c r="H1186" s="97"/>
+      <c r="I1186" s="97"/>
+      <c r="J1186" s="97"/>
+      <c r="K1186" s="98"/>
+      <c r="L1186" s="99"/>
+      <c r="M1186" s="100"/>
+      <c r="N1186" s="100"/>
+      <c r="O1186" s="101"/>
+      <c r="P1186" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1186:G1186)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1187" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1187" s="101"/>
-[...14 lines deleted...]
-      <c r="P1187" s="108" t="str">
+      <c r="B1187" s="144"/>
+      <c r="C1187" s="103"/>
+      <c r="D1187" s="103"/>
+      <c r="E1187" s="96"/>
+      <c r="F1187" s="96"/>
+      <c r="G1187" s="96"/>
+      <c r="H1187" s="97"/>
+      <c r="I1187" s="97"/>
+      <c r="J1187" s="97"/>
+      <c r="K1187" s="98"/>
+      <c r="L1187" s="99"/>
+      <c r="M1187" s="100"/>
+      <c r="N1187" s="100"/>
+      <c r="O1187" s="101"/>
+      <c r="P1187" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1187:G1187)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1188" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1188" s="101"/>
-[...14 lines deleted...]
-      <c r="P1188" s="108" t="str">
+      <c r="B1188" s="144"/>
+      <c r="C1188" s="103"/>
+      <c r="D1188" s="103"/>
+      <c r="E1188" s="96"/>
+      <c r="F1188" s="96"/>
+      <c r="G1188" s="96"/>
+      <c r="H1188" s="97"/>
+      <c r="I1188" s="97"/>
+      <c r="J1188" s="97"/>
+      <c r="K1188" s="98"/>
+      <c r="L1188" s="99"/>
+      <c r="M1188" s="100"/>
+      <c r="N1188" s="100"/>
+      <c r="O1188" s="101"/>
+      <c r="P1188" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1188:G1188)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1189" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1189" s="101"/>
-[...14 lines deleted...]
-      <c r="P1189" s="108" t="str">
+      <c r="B1189" s="144"/>
+      <c r="C1189" s="103"/>
+      <c r="D1189" s="103"/>
+      <c r="E1189" s="96"/>
+      <c r="F1189" s="96"/>
+      <c r="G1189" s="96"/>
+      <c r="H1189" s="97"/>
+      <c r="I1189" s="97"/>
+      <c r="J1189" s="97"/>
+      <c r="K1189" s="98"/>
+      <c r="L1189" s="99"/>
+      <c r="M1189" s="100"/>
+      <c r="N1189" s="100"/>
+      <c r="O1189" s="101"/>
+      <c r="P1189" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1189:G1189)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1190" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1190" s="101"/>
-[...14 lines deleted...]
-      <c r="P1190" s="108" t="str">
+      <c r="B1190" s="144"/>
+      <c r="C1190" s="103"/>
+      <c r="D1190" s="103"/>
+      <c r="E1190" s="96"/>
+      <c r="F1190" s="96"/>
+      <c r="G1190" s="96"/>
+      <c r="H1190" s="97"/>
+      <c r="I1190" s="97"/>
+      <c r="J1190" s="97"/>
+      <c r="K1190" s="98"/>
+      <c r="L1190" s="99"/>
+      <c r="M1190" s="100"/>
+      <c r="N1190" s="100"/>
+      <c r="O1190" s="101"/>
+      <c r="P1190" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1190:G1190)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1191" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1191" s="101"/>
-[...14 lines deleted...]
-      <c r="P1191" s="108" t="str">
+      <c r="B1191" s="144"/>
+      <c r="C1191" s="103"/>
+      <c r="D1191" s="103"/>
+      <c r="E1191" s="96"/>
+      <c r="F1191" s="96"/>
+      <c r="G1191" s="96"/>
+      <c r="H1191" s="97"/>
+      <c r="I1191" s="97"/>
+      <c r="J1191" s="97"/>
+      <c r="K1191" s="98"/>
+      <c r="L1191" s="99"/>
+      <c r="M1191" s="100"/>
+      <c r="N1191" s="100"/>
+      <c r="O1191" s="101"/>
+      <c r="P1191" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1191:G1191)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1192" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1192" s="101"/>
-[...14 lines deleted...]
-      <c r="P1192" s="108" t="str">
+      <c r="B1192" s="144"/>
+      <c r="C1192" s="103"/>
+      <c r="D1192" s="103"/>
+      <c r="E1192" s="96"/>
+      <c r="F1192" s="96"/>
+      <c r="G1192" s="96"/>
+      <c r="H1192" s="97"/>
+      <c r="I1192" s="97"/>
+      <c r="J1192" s="97"/>
+      <c r="K1192" s="98"/>
+      <c r="L1192" s="99"/>
+      <c r="M1192" s="100"/>
+      <c r="N1192" s="100"/>
+      <c r="O1192" s="101"/>
+      <c r="P1192" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1192:G1192)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1193" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1193" s="101"/>
-[...14 lines deleted...]
-      <c r="P1193" s="108" t="str">
+      <c r="B1193" s="144"/>
+      <c r="C1193" s="103"/>
+      <c r="D1193" s="103"/>
+      <c r="E1193" s="96"/>
+      <c r="F1193" s="96"/>
+      <c r="G1193" s="96"/>
+      <c r="H1193" s="97"/>
+      <c r="I1193" s="97"/>
+      <c r="J1193" s="97"/>
+      <c r="K1193" s="98"/>
+      <c r="L1193" s="99"/>
+      <c r="M1193" s="100"/>
+      <c r="N1193" s="100"/>
+      <c r="O1193" s="101"/>
+      <c r="P1193" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1193:G1193)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1194" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1194" s="101"/>
-[...14 lines deleted...]
-      <c r="P1194" s="108" t="str">
+      <c r="B1194" s="144"/>
+      <c r="C1194" s="103"/>
+      <c r="D1194" s="103"/>
+      <c r="E1194" s="96"/>
+      <c r="F1194" s="96"/>
+      <c r="G1194" s="96"/>
+      <c r="H1194" s="97"/>
+      <c r="I1194" s="97"/>
+      <c r="J1194" s="97"/>
+      <c r="K1194" s="98"/>
+      <c r="L1194" s="99"/>
+      <c r="M1194" s="100"/>
+      <c r="N1194" s="100"/>
+      <c r="O1194" s="101"/>
+      <c r="P1194" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1194:G1194)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1195" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1195" s="101"/>
-[...14 lines deleted...]
-      <c r="P1195" s="108" t="str">
+      <c r="B1195" s="144"/>
+      <c r="C1195" s="103"/>
+      <c r="D1195" s="103"/>
+      <c r="E1195" s="96"/>
+      <c r="F1195" s="96"/>
+      <c r="G1195" s="96"/>
+      <c r="H1195" s="97"/>
+      <c r="I1195" s="97"/>
+      <c r="J1195" s="97"/>
+      <c r="K1195" s="98"/>
+      <c r="L1195" s="99"/>
+      <c r="M1195" s="100"/>
+      <c r="N1195" s="100"/>
+      <c r="O1195" s="101"/>
+      <c r="P1195" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1195:G1195)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1196" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1196" s="101"/>
-[...14 lines deleted...]
-      <c r="P1196" s="108" t="str">
+      <c r="B1196" s="144"/>
+      <c r="C1196" s="103"/>
+      <c r="D1196" s="103"/>
+      <c r="E1196" s="96"/>
+      <c r="F1196" s="96"/>
+      <c r="G1196" s="96"/>
+      <c r="H1196" s="97"/>
+      <c r="I1196" s="97"/>
+      <c r="J1196" s="97"/>
+      <c r="K1196" s="98"/>
+      <c r="L1196" s="99"/>
+      <c r="M1196" s="100"/>
+      <c r="N1196" s="100"/>
+      <c r="O1196" s="101"/>
+      <c r="P1196" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1196:G1196)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1197" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1197" s="101"/>
-[...14 lines deleted...]
-      <c r="P1197" s="108" t="str">
+      <c r="B1197" s="144"/>
+      <c r="C1197" s="103"/>
+      <c r="D1197" s="103"/>
+      <c r="E1197" s="96"/>
+      <c r="F1197" s="96"/>
+      <c r="G1197" s="96"/>
+      <c r="H1197" s="97"/>
+      <c r="I1197" s="97"/>
+      <c r="J1197" s="97"/>
+      <c r="K1197" s="98"/>
+      <c r="L1197" s="99"/>
+      <c r="M1197" s="100"/>
+      <c r="N1197" s="100"/>
+      <c r="O1197" s="101"/>
+      <c r="P1197" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1197:G1197)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1198" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1198" s="101"/>
-[...14 lines deleted...]
-      <c r="P1198" s="108" t="str">
+      <c r="B1198" s="144"/>
+      <c r="C1198" s="103"/>
+      <c r="D1198" s="103"/>
+      <c r="E1198" s="96"/>
+      <c r="F1198" s="96"/>
+      <c r="G1198" s="96"/>
+      <c r="H1198" s="97"/>
+      <c r="I1198" s="97"/>
+      <c r="J1198" s="97"/>
+      <c r="K1198" s="98"/>
+      <c r="L1198" s="99"/>
+      <c r="M1198" s="100"/>
+      <c r="N1198" s="100"/>
+      <c r="O1198" s="101"/>
+      <c r="P1198" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1198:G1198)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1199" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1199" s="101"/>
-[...14 lines deleted...]
-      <c r="P1199" s="108" t="str">
+      <c r="B1199" s="144"/>
+      <c r="C1199" s="103"/>
+      <c r="D1199" s="103"/>
+      <c r="E1199" s="96"/>
+      <c r="F1199" s="96"/>
+      <c r="G1199" s="96"/>
+      <c r="H1199" s="97"/>
+      <c r="I1199" s="97"/>
+      <c r="J1199" s="97"/>
+      <c r="K1199" s="98"/>
+      <c r="L1199" s="99"/>
+      <c r="M1199" s="100"/>
+      <c r="N1199" s="100"/>
+      <c r="O1199" s="101"/>
+      <c r="P1199" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1199:G1199)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
     <row r="1200" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="A1200" s="101"/>
-[...14 lines deleted...]
-      <c r="P1200" s="108" t="str">
+      <c r="B1200" s="144"/>
+      <c r="C1200" s="103"/>
+      <c r="D1200" s="103"/>
+      <c r="E1200" s="96"/>
+      <c r="F1200" s="96"/>
+      <c r="G1200" s="96"/>
+      <c r="H1200" s="97"/>
+      <c r="I1200" s="97"/>
+      <c r="J1200" s="97"/>
+      <c r="K1200" s="98"/>
+      <c r="L1200" s="99"/>
+      <c r="M1200" s="100"/>
+      <c r="N1200" s="100"/>
+      <c r="O1200" s="101"/>
+      <c r="P1200" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1200:G1200)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="1201" spans="1:16" ht="15.5" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="P1201" s="108" t="str">
+    <row r="1201" spans="2:16" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B1201" s="144"/>
+      <c r="C1201" s="103"/>
+      <c r="D1201" s="103"/>
+      <c r="E1201" s="96"/>
+      <c r="F1201" s="96"/>
+      <c r="G1201" s="96"/>
+      <c r="H1201" s="104"/>
+      <c r="I1201" s="104"/>
+      <c r="J1201" s="105"/>
+      <c r="K1201" s="98"/>
+      <c r="L1201" s="99"/>
+      <c r="M1201" s="100"/>
+      <c r="N1201" s="106"/>
+      <c r="O1201" s="101"/>
+      <c r="P1201" s="102" t="str">
         <f>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
 OPAS C]])=0,"-",IF(COUNTBLANK(DECOMPTE[[#This Row],[N° ID/Infirmière]])&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1201:G1201)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="1202" spans="1:16" ht="15.5" x14ac:dyDescent="0.35">
-[...33 lines deleted...]
-    </row>
+    <row r="1202" spans="2:16" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="H2:J2"/>
   </mergeCells>
   <conditionalFormatting sqref="A3:G3">
-    <cfRule type="duplicateValues" dxfId="22" priority="9"/>
+    <cfRule type="duplicateValues" dxfId="4" priority="10"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="O5:P1201">
-    <cfRule type="containsText" dxfId="21" priority="11" operator="containsText" text="Entrez"/>
+  <conditionalFormatting sqref="D4:D1048576">
+    <cfRule type="duplicateValues" dxfId="3" priority="1"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K3:L3 N3">
+    <cfRule type="duplicateValues" dxfId="2" priority="14"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="M3">
-    <cfRule type="duplicateValues" dxfId="20" priority="12"/>
+    <cfRule type="duplicateValues" dxfId="1" priority="13"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K3:L3 N3">
-    <cfRule type="duplicateValues" dxfId="19" priority="13"/>
+  <conditionalFormatting sqref="O4:P1201">
+    <cfRule type="containsText" dxfId="0" priority="6" operator="containsText" text="Entrez"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A4:A1201">
-[...12 lines deleted...]
-  <dataValidations xWindow="374" yWindow="1099" count="7">
+  <dataValidations xWindow="374" yWindow="1099" count="9">
     <dataValidation operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Nbre de jours avec prestations" error="Si la valeur est &quot;0&quot;, veuillez renseigner le prestataire partenaire." promptTitle="Jours facturés au patient" prompt="Nombre de jours ayant fait l'objet d'une prestation auprès du patient, durant la période relative à la facture._x000a__x000a_Dans le cas de prestations déléguées, se référer à la directive._x000a__x000a_La valeur entrée doit être un nombre entier." sqref="K4:K1201" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" promptTitle="Montant du remboursement" prompt="Veuillez indiquer le montant remboursé par l'assurance concernant vos prestations." sqref="L4:L1201" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Le nombre doit être supérieur ou égale à 0." promptTitle="Heures de prestations" prompt="_x000a_Pour être intégrées au décompte, les heures de prestations doivent:_x000a_- concerner des prestations de type OPAS a, b ou c._x000a_- avoir été remboursées entièrement par l'assurance_x000a_- avoir été effectuées auprès de patients résidant de le canton de Genève" sqref="H4:J1201" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° ID du patient" prompt="_x000a_Veuillez entrer le numéro ID que vous avez choisi pour le patient._x000a_Attention ne doit jamais être modifié, car servira pour les statistiques." sqref="B4:B1201" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer le numéro de facture. _x000a__x000a_Les doublons ne sont pas admis et apparaissent en rouge. Veuillez les corriger, le cas échéant." sqref="D4:D1201" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Contrôle" prompt="Ne pas remplir cette colonne!_x000a__x000a_Veuillez consulter les remarques de cette colonne et corriger les éventuelles erreurs de saisie de votre décompte._x000a_" sqref="P4:P1201" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Code postal du patient" prompt="_x000a_Veuillez entrer le code postal du lieu de résidence du patient._x000a_" sqref="C4:C1201" xr:uid="{00000000-0002-0000-0100-000007000000}"/>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Code postal du patient" prompt="_x000a_Veuillez entrer le code postal du lieu de résidence du patient._x000a_" sqref="C1202:C1048576" xr:uid="{01E0FA10-C9FB-4347-B77B-9D00B715A497}">
+      <formula1>AND(ISNUMBER(C1203),LEN(C1203)=4)</formula1>
+    </dataValidation>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Code postal du patient" prompt="_x000a_Veuillez entrer le code postal du lieu de résidence du patient._x000a_" sqref="C4:C1201" xr:uid="{AADAC0AA-E9B1-432F-86F8-107D55CBA995}">
+      <formula1>AND(ISNUMBER(C4),LEN(C4)=4)</formula1>
+    </dataValidation>
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Veuillez indiquer le numéro BAG de l'assurance ayant pris en charge les prestations sur la base de la LAMal._x000a_https://www.bag.admin.ch/fr/listes-des-assureurs-et-des-reassureurs-autorises " sqref="M4:M1048576" xr:uid="{220F6387-CC79-4297-B162-D737B6937CEF}">
+      <formula1>1</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
@@ -33805,50 +33586,50 @@
       <vt:lpstr>Tarif_OPAS_B</vt:lpstr>
       <vt:lpstr>Tarif_OPAS_C</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Derfoufi Karima (DSM)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>-767005090</vt:i4>
+    <vt:i4>780232006</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Site internet-Décomptes </vt:lpwstr>
+    <vt:lpwstr>Màj site internet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
-    <vt:lpwstr>snrs.financement-residuel@etat.ge.ch</vt:lpwstr>
+    <vt:lpwstr>karima.derfoufi@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
-    <vt:lpwstr>DGS - SNRS Financement résiduel (DSM)</vt:lpwstr>
+    <vt:lpwstr>Derfoufi Karima (DSM)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_PreviousAdHocReviewCycleID">
     <vt:i4>1342710720</vt:i4>
   </property>
 </Properties>
 </file>