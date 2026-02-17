--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -16,1315 +16,1311 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO7135\04_ECONOMIE_DE_LA_SANTE\10_Cofinancement_cantonal\Financement residuel\1. LAMAL GENEVOIS\4. MODELE DECOMPTE-STAT-FICHE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO7135\04_ECONOMIE_DE_LA_SANTE\10_Cofinancement_cantonal\Financement residuel\1. LAMAL GENEVOIS\04. MODELE DECOMPTE-STAT-FICHE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E35BE1C-32CF-4FD8-956C-48F10C52CF4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{41FE0BD2-B746-409B-A7B2-919C0E88FD31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="57480" yWindow="-15" windowWidth="29040" windowHeight="15720" tabRatio="430" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Décompte" sheetId="1" r:id="rId1"/>
     <sheet name="Saisie_AOS" sheetId="9" r:id="rId2"/>
     <sheet name="Paramètres" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="para" sheetId="8" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="ASSURANCE">[1]Listes!$G$2:$G$53</definedName>
     <definedName name="Part_AOS_A" localSheetId="1">[2]Feuil1!$E$32</definedName>
     <definedName name="Part_AOS_A">Décompte!$E$22</definedName>
     <definedName name="Part_AOS_B" localSheetId="1">[2]Feuil1!$E$33</definedName>
     <definedName name="Part_AOS_B">Décompte!$E$23</definedName>
     <definedName name="Part_AOS_C" localSheetId="1">[2]Feuil1!$E$34</definedName>
     <definedName name="Part_AOS_C">Décompte!$E$24</definedName>
     <definedName name="Part_patient" localSheetId="1">[2]Feuil1!$F$32</definedName>
     <definedName name="Part_patient">Décompte!$F$22</definedName>
     <definedName name="Tarif_OPAS_A" localSheetId="1">[2]Feuil1!$G$32</definedName>
     <definedName name="Tarif_OPAS_A">Décompte!$G$22</definedName>
     <definedName name="Tarif_OPAS_B" localSheetId="1">[2]Feuil1!$G$33</definedName>
     <definedName name="Tarif_OPAS_B">Décompte!$G$23</definedName>
     <definedName name="Tarif_OPAS_C" localSheetId="1">[2]Feuil1!$G$34</definedName>
     <definedName name="Tarif_OPAS_C">Décompte!$G$24</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Décompte!$A$1:$I$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A31" i="1" l="1"/>
   <c r="F22" i="1" l="1"/>
   <c r="E28" i="1" l="1"/>
   <c r="C28" i="1"/>
   <c r="B28" i="1"/>
   <c r="A28" i="1"/>
-  <c r="J1202" i="9"/>
-[...1200 lines deleted...]
-  <c r="O4" i="9"/>
+  <c r="P1201" i="9"/>
+  <c r="P1200" i="9"/>
+  <c r="P1199" i="9"/>
+  <c r="P1198" i="9"/>
+  <c r="P1197" i="9"/>
+  <c r="P1196" i="9"/>
+  <c r="P1195" i="9"/>
+  <c r="P1194" i="9"/>
+  <c r="P1193" i="9"/>
+  <c r="P1192" i="9"/>
+  <c r="P1191" i="9"/>
+  <c r="P1190" i="9"/>
+  <c r="P1189" i="9"/>
+  <c r="P1188" i="9"/>
+  <c r="P1187" i="9"/>
+  <c r="P1186" i="9"/>
+  <c r="P1185" i="9"/>
+  <c r="P1184" i="9"/>
+  <c r="P1183" i="9"/>
+  <c r="P1182" i="9"/>
+  <c r="P1181" i="9"/>
+  <c r="P1180" i="9"/>
+  <c r="P1179" i="9"/>
+  <c r="P1178" i="9"/>
+  <c r="P1177" i="9"/>
+  <c r="P1176" i="9"/>
+  <c r="P1175" i="9"/>
+  <c r="P1174" i="9"/>
+  <c r="P1173" i="9"/>
+  <c r="P1172" i="9"/>
+  <c r="P1171" i="9"/>
+  <c r="P1170" i="9"/>
+  <c r="P1169" i="9"/>
+  <c r="P1168" i="9"/>
+  <c r="P1167" i="9"/>
+  <c r="P1166" i="9"/>
+  <c r="P1165" i="9"/>
+  <c r="P1164" i="9"/>
+  <c r="P1163" i="9"/>
+  <c r="P1162" i="9"/>
+  <c r="P1161" i="9"/>
+  <c r="P1160" i="9"/>
+  <c r="P1159" i="9"/>
+  <c r="P1158" i="9"/>
+  <c r="P1157" i="9"/>
+  <c r="P1156" i="9"/>
+  <c r="P1155" i="9"/>
+  <c r="P1154" i="9"/>
+  <c r="P1153" i="9"/>
+  <c r="P1152" i="9"/>
+  <c r="P1151" i="9"/>
+  <c r="P1150" i="9"/>
+  <c r="P1149" i="9"/>
+  <c r="P1148" i="9"/>
+  <c r="P1147" i="9"/>
+  <c r="P1146" i="9"/>
+  <c r="P1145" i="9"/>
+  <c r="P1144" i="9"/>
+  <c r="P1143" i="9"/>
+  <c r="P1142" i="9"/>
+  <c r="P1141" i="9"/>
+  <c r="P1140" i="9"/>
+  <c r="P1139" i="9"/>
+  <c r="P1138" i="9"/>
+  <c r="P1137" i="9"/>
+  <c r="P1136" i="9"/>
+  <c r="P1135" i="9"/>
+  <c r="P1134" i="9"/>
+  <c r="P1133" i="9"/>
+  <c r="P1132" i="9"/>
+  <c r="P1131" i="9"/>
+  <c r="P1130" i="9"/>
+  <c r="P1129" i="9"/>
+  <c r="P1128" i="9"/>
+  <c r="P1127" i="9"/>
+  <c r="P1126" i="9"/>
+  <c r="P1125" i="9"/>
+  <c r="P1124" i="9"/>
+  <c r="P1123" i="9"/>
+  <c r="P1122" i="9"/>
+  <c r="P1121" i="9"/>
+  <c r="P1120" i="9"/>
+  <c r="P1119" i="9"/>
+  <c r="P1118" i="9"/>
+  <c r="P1117" i="9"/>
+  <c r="P1116" i="9"/>
+  <c r="P1115" i="9"/>
+  <c r="P1114" i="9"/>
+  <c r="P1113" i="9"/>
+  <c r="P1112" i="9"/>
+  <c r="P1111" i="9"/>
+  <c r="P1110" i="9"/>
+  <c r="P1109" i="9"/>
+  <c r="P1108" i="9"/>
+  <c r="P1107" i="9"/>
+  <c r="P1106" i="9"/>
+  <c r="P1105" i="9"/>
+  <c r="P1104" i="9"/>
+  <c r="P1103" i="9"/>
+  <c r="P1102" i="9"/>
+  <c r="P1101" i="9"/>
+  <c r="P1100" i="9"/>
+  <c r="P1099" i="9"/>
+  <c r="P1098" i="9"/>
+  <c r="P1097" i="9"/>
+  <c r="P1096" i="9"/>
+  <c r="P1095" i="9"/>
+  <c r="P1094" i="9"/>
+  <c r="P1093" i="9"/>
+  <c r="P1092" i="9"/>
+  <c r="P1091" i="9"/>
+  <c r="P1090" i="9"/>
+  <c r="P1089" i="9"/>
+  <c r="P1088" i="9"/>
+  <c r="P1087" i="9"/>
+  <c r="P1086" i="9"/>
+  <c r="P1085" i="9"/>
+  <c r="P1084" i="9"/>
+  <c r="P1083" i="9"/>
+  <c r="P1082" i="9"/>
+  <c r="P1081" i="9"/>
+  <c r="P1080" i="9"/>
+  <c r="P1079" i="9"/>
+  <c r="P1078" i="9"/>
+  <c r="P1077" i="9"/>
+  <c r="P1076" i="9"/>
+  <c r="P1075" i="9"/>
+  <c r="P1074" i="9"/>
+  <c r="P1073" i="9"/>
+  <c r="P1072" i="9"/>
+  <c r="P1071" i="9"/>
+  <c r="P1070" i="9"/>
+  <c r="P1069" i="9"/>
+  <c r="P1068" i="9"/>
+  <c r="P1067" i="9"/>
+  <c r="P1066" i="9"/>
+  <c r="P1065" i="9"/>
+  <c r="P1064" i="9"/>
+  <c r="P1063" i="9"/>
+  <c r="P1062" i="9"/>
+  <c r="P1061" i="9"/>
+  <c r="P1060" i="9"/>
+  <c r="P1059" i="9"/>
+  <c r="P1058" i="9"/>
+  <c r="P1057" i="9"/>
+  <c r="P1056" i="9"/>
+  <c r="P1055" i="9"/>
+  <c r="P1054" i="9"/>
+  <c r="P1053" i="9"/>
+  <c r="P1052" i="9"/>
+  <c r="P1051" i="9"/>
+  <c r="P1050" i="9"/>
+  <c r="P1049" i="9"/>
+  <c r="P1048" i="9"/>
+  <c r="P1047" i="9"/>
+  <c r="P1046" i="9"/>
+  <c r="P1045" i="9"/>
+  <c r="P1044" i="9"/>
+  <c r="P1043" i="9"/>
+  <c r="P1042" i="9"/>
+  <c r="P1041" i="9"/>
+  <c r="P1040" i="9"/>
+  <c r="P1039" i="9"/>
+  <c r="P1038" i="9"/>
+  <c r="P1037" i="9"/>
+  <c r="P1036" i="9"/>
+  <c r="P1035" i="9"/>
+  <c r="P1034" i="9"/>
+  <c r="P1033" i="9"/>
+  <c r="P1032" i="9"/>
+  <c r="P1031" i="9"/>
+  <c r="P1030" i="9"/>
+  <c r="P1029" i="9"/>
+  <c r="P1028" i="9"/>
+  <c r="P1027" i="9"/>
+  <c r="P1026" i="9"/>
+  <c r="P1025" i="9"/>
+  <c r="P1024" i="9"/>
+  <c r="P1023" i="9"/>
+  <c r="P1022" i="9"/>
+  <c r="P1021" i="9"/>
+  <c r="P1020" i="9"/>
+  <c r="P1019" i="9"/>
+  <c r="P1018" i="9"/>
+  <c r="P1017" i="9"/>
+  <c r="P1016" i="9"/>
+  <c r="P1015" i="9"/>
+  <c r="P1014" i="9"/>
+  <c r="P1013" i="9"/>
+  <c r="P1012" i="9"/>
+  <c r="P1011" i="9"/>
+  <c r="P1010" i="9"/>
+  <c r="P1009" i="9"/>
+  <c r="P1008" i="9"/>
+  <c r="P1007" i="9"/>
+  <c r="P1006" i="9"/>
+  <c r="P1005" i="9"/>
+  <c r="P1004" i="9"/>
+  <c r="P1003" i="9"/>
+  <c r="P1002" i="9"/>
+  <c r="P1001" i="9"/>
+  <c r="P1000" i="9"/>
+  <c r="P999" i="9"/>
+  <c r="P998" i="9"/>
+  <c r="P997" i="9"/>
+  <c r="P996" i="9"/>
+  <c r="P995" i="9"/>
+  <c r="P994" i="9"/>
+  <c r="P993" i="9"/>
+  <c r="P992" i="9"/>
+  <c r="P991" i="9"/>
+  <c r="P990" i="9"/>
+  <c r="P989" i="9"/>
+  <c r="P988" i="9"/>
+  <c r="P987" i="9"/>
+  <c r="P986" i="9"/>
+  <c r="P985" i="9"/>
+  <c r="P984" i="9"/>
+  <c r="P983" i="9"/>
+  <c r="P982" i="9"/>
+  <c r="P981" i="9"/>
+  <c r="P980" i="9"/>
+  <c r="P979" i="9"/>
+  <c r="P978" i="9"/>
+  <c r="P977" i="9"/>
+  <c r="P976" i="9"/>
+  <c r="P975" i="9"/>
+  <c r="P974" i="9"/>
+  <c r="P973" i="9"/>
+  <c r="P972" i="9"/>
+  <c r="P971" i="9"/>
+  <c r="P970" i="9"/>
+  <c r="P969" i="9"/>
+  <c r="P968" i="9"/>
+  <c r="P967" i="9"/>
+  <c r="P966" i="9"/>
+  <c r="P965" i="9"/>
+  <c r="P964" i="9"/>
+  <c r="P963" i="9"/>
+  <c r="P962" i="9"/>
+  <c r="P961" i="9"/>
+  <c r="P960" i="9"/>
+  <c r="P959" i="9"/>
+  <c r="P958" i="9"/>
+  <c r="P957" i="9"/>
+  <c r="P956" i="9"/>
+  <c r="P955" i="9"/>
+  <c r="P954" i="9"/>
+  <c r="P953" i="9"/>
+  <c r="P952" i="9"/>
+  <c r="P951" i="9"/>
+  <c r="P950" i="9"/>
+  <c r="P949" i="9"/>
+  <c r="P948" i="9"/>
+  <c r="P947" i="9"/>
+  <c r="P946" i="9"/>
+  <c r="P945" i="9"/>
+  <c r="P944" i="9"/>
+  <c r="P943" i="9"/>
+  <c r="P942" i="9"/>
+  <c r="P941" i="9"/>
+  <c r="P940" i="9"/>
+  <c r="P939" i="9"/>
+  <c r="P938" i="9"/>
+  <c r="P937" i="9"/>
+  <c r="P936" i="9"/>
+  <c r="P935" i="9"/>
+  <c r="P934" i="9"/>
+  <c r="P933" i="9"/>
+  <c r="P932" i="9"/>
+  <c r="P931" i="9"/>
+  <c r="P930" i="9"/>
+  <c r="P929" i="9"/>
+  <c r="P928" i="9"/>
+  <c r="P927" i="9"/>
+  <c r="P926" i="9"/>
+  <c r="P925" i="9"/>
+  <c r="P924" i="9"/>
+  <c r="P923" i="9"/>
+  <c r="P922" i="9"/>
+  <c r="P921" i="9"/>
+  <c r="P920" i="9"/>
+  <c r="P919" i="9"/>
+  <c r="P918" i="9"/>
+  <c r="P917" i="9"/>
+  <c r="P916" i="9"/>
+  <c r="P915" i="9"/>
+  <c r="P914" i="9"/>
+  <c r="P913" i="9"/>
+  <c r="P912" i="9"/>
+  <c r="P911" i="9"/>
+  <c r="P910" i="9"/>
+  <c r="P909" i="9"/>
+  <c r="P908" i="9"/>
+  <c r="P907" i="9"/>
+  <c r="P906" i="9"/>
+  <c r="P905" i="9"/>
+  <c r="P904" i="9"/>
+  <c r="P903" i="9"/>
+  <c r="P902" i="9"/>
+  <c r="P901" i="9"/>
+  <c r="P900" i="9"/>
+  <c r="P899" i="9"/>
+  <c r="P898" i="9"/>
+  <c r="P897" i="9"/>
+  <c r="P896" i="9"/>
+  <c r="P895" i="9"/>
+  <c r="P894" i="9"/>
+  <c r="P893" i="9"/>
+  <c r="P892" i="9"/>
+  <c r="P891" i="9"/>
+  <c r="P890" i="9"/>
+  <c r="P889" i="9"/>
+  <c r="P888" i="9"/>
+  <c r="P887" i="9"/>
+  <c r="P886" i="9"/>
+  <c r="P885" i="9"/>
+  <c r="P884" i="9"/>
+  <c r="P883" i="9"/>
+  <c r="P882" i="9"/>
+  <c r="P881" i="9"/>
+  <c r="P880" i="9"/>
+  <c r="P879" i="9"/>
+  <c r="P878" i="9"/>
+  <c r="P877" i="9"/>
+  <c r="P876" i="9"/>
+  <c r="P875" i="9"/>
+  <c r="P874" i="9"/>
+  <c r="P873" i="9"/>
+  <c r="P872" i="9"/>
+  <c r="P871" i="9"/>
+  <c r="P870" i="9"/>
+  <c r="P869" i="9"/>
+  <c r="P868" i="9"/>
+  <c r="P867" i="9"/>
+  <c r="P866" i="9"/>
+  <c r="P865" i="9"/>
+  <c r="P864" i="9"/>
+  <c r="P863" i="9"/>
+  <c r="P862" i="9"/>
+  <c r="P861" i="9"/>
+  <c r="P860" i="9"/>
+  <c r="P859" i="9"/>
+  <c r="P858" i="9"/>
+  <c r="P857" i="9"/>
+  <c r="P856" i="9"/>
+  <c r="P855" i="9"/>
+  <c r="P854" i="9"/>
+  <c r="P853" i="9"/>
+  <c r="P852" i="9"/>
+  <c r="P851" i="9"/>
+  <c r="P850" i="9"/>
+  <c r="P849" i="9"/>
+  <c r="P848" i="9"/>
+  <c r="P847" i="9"/>
+  <c r="P846" i="9"/>
+  <c r="P845" i="9"/>
+  <c r="P844" i="9"/>
+  <c r="P843" i="9"/>
+  <c r="P842" i="9"/>
+  <c r="P841" i="9"/>
+  <c r="P840" i="9"/>
+  <c r="P839" i="9"/>
+  <c r="P838" i="9"/>
+  <c r="P837" i="9"/>
+  <c r="P836" i="9"/>
+  <c r="P835" i="9"/>
+  <c r="P834" i="9"/>
+  <c r="P833" i="9"/>
+  <c r="P832" i="9"/>
+  <c r="P831" i="9"/>
+  <c r="P830" i="9"/>
+  <c r="P829" i="9"/>
+  <c r="P828" i="9"/>
+  <c r="P827" i="9"/>
+  <c r="P826" i="9"/>
+  <c r="P825" i="9"/>
+  <c r="P824" i="9"/>
+  <c r="P823" i="9"/>
+  <c r="P822" i="9"/>
+  <c r="P821" i="9"/>
+  <c r="P820" i="9"/>
+  <c r="P819" i="9"/>
+  <c r="P818" i="9"/>
+  <c r="P817" i="9"/>
+  <c r="P816" i="9"/>
+  <c r="P815" i="9"/>
+  <c r="P814" i="9"/>
+  <c r="P813" i="9"/>
+  <c r="P812" i="9"/>
+  <c r="P811" i="9"/>
+  <c r="P810" i="9"/>
+  <c r="P809" i="9"/>
+  <c r="P808" i="9"/>
+  <c r="P807" i="9"/>
+  <c r="P806" i="9"/>
+  <c r="P805" i="9"/>
+  <c r="P804" i="9"/>
+  <c r="P803" i="9"/>
+  <c r="P802" i="9"/>
+  <c r="P801" i="9"/>
+  <c r="P800" i="9"/>
+  <c r="P799" i="9"/>
+  <c r="P798" i="9"/>
+  <c r="P797" i="9"/>
+  <c r="P796" i="9"/>
+  <c r="P795" i="9"/>
+  <c r="P794" i="9"/>
+  <c r="P793" i="9"/>
+  <c r="P792" i="9"/>
+  <c r="P791" i="9"/>
+  <c r="P790" i="9"/>
+  <c r="P789" i="9"/>
+  <c r="P788" i="9"/>
+  <c r="P787" i="9"/>
+  <c r="P786" i="9"/>
+  <c r="P785" i="9"/>
+  <c r="P784" i="9"/>
+  <c r="P783" i="9"/>
+  <c r="P782" i="9"/>
+  <c r="P781" i="9"/>
+  <c r="P780" i="9"/>
+  <c r="P779" i="9"/>
+  <c r="P778" i="9"/>
+  <c r="P777" i="9"/>
+  <c r="P776" i="9"/>
+  <c r="P775" i="9"/>
+  <c r="P774" i="9"/>
+  <c r="P773" i="9"/>
+  <c r="P772" i="9"/>
+  <c r="P771" i="9"/>
+  <c r="P770" i="9"/>
+  <c r="P769" i="9"/>
+  <c r="P768" i="9"/>
+  <c r="P767" i="9"/>
+  <c r="P766" i="9"/>
+  <c r="P765" i="9"/>
+  <c r="P764" i="9"/>
+  <c r="P763" i="9"/>
+  <c r="P762" i="9"/>
+  <c r="P761" i="9"/>
+  <c r="P760" i="9"/>
+  <c r="P759" i="9"/>
+  <c r="P758" i="9"/>
+  <c r="P757" i="9"/>
+  <c r="P756" i="9"/>
+  <c r="P755" i="9"/>
+  <c r="P754" i="9"/>
+  <c r="P753" i="9"/>
+  <c r="P752" i="9"/>
+  <c r="P751" i="9"/>
+  <c r="P750" i="9"/>
+  <c r="P749" i="9"/>
+  <c r="P748" i="9"/>
+  <c r="P747" i="9"/>
+  <c r="P746" i="9"/>
+  <c r="P745" i="9"/>
+  <c r="P744" i="9"/>
+  <c r="P743" i="9"/>
+  <c r="P742" i="9"/>
+  <c r="P741" i="9"/>
+  <c r="P740" i="9"/>
+  <c r="P739" i="9"/>
+  <c r="P738" i="9"/>
+  <c r="P737" i="9"/>
+  <c r="P736" i="9"/>
+  <c r="P735" i="9"/>
+  <c r="P734" i="9"/>
+  <c r="P733" i="9"/>
+  <c r="P732" i="9"/>
+  <c r="P731" i="9"/>
+  <c r="P730" i="9"/>
+  <c r="P729" i="9"/>
+  <c r="P728" i="9"/>
+  <c r="P727" i="9"/>
+  <c r="P726" i="9"/>
+  <c r="P725" i="9"/>
+  <c r="P724" i="9"/>
+  <c r="P723" i="9"/>
+  <c r="P722" i="9"/>
+  <c r="P721" i="9"/>
+  <c r="P720" i="9"/>
+  <c r="P719" i="9"/>
+  <c r="P718" i="9"/>
+  <c r="P717" i="9"/>
+  <c r="P716" i="9"/>
+  <c r="P715" i="9"/>
+  <c r="P714" i="9"/>
+  <c r="P713" i="9"/>
+  <c r="P712" i="9"/>
+  <c r="P711" i="9"/>
+  <c r="P710" i="9"/>
+  <c r="P709" i="9"/>
+  <c r="P708" i="9"/>
+  <c r="P707" i="9"/>
+  <c r="P706" i="9"/>
+  <c r="P705" i="9"/>
+  <c r="P704" i="9"/>
+  <c r="P703" i="9"/>
+  <c r="P702" i="9"/>
+  <c r="P701" i="9"/>
+  <c r="P700" i="9"/>
+  <c r="P699" i="9"/>
+  <c r="P698" i="9"/>
+  <c r="P697" i="9"/>
+  <c r="P696" i="9"/>
+  <c r="P695" i="9"/>
+  <c r="P694" i="9"/>
+  <c r="P693" i="9"/>
+  <c r="P692" i="9"/>
+  <c r="P691" i="9"/>
+  <c r="P690" i="9"/>
+  <c r="P689" i="9"/>
+  <c r="P688" i="9"/>
+  <c r="P687" i="9"/>
+  <c r="P686" i="9"/>
+  <c r="P685" i="9"/>
+  <c r="P684" i="9"/>
+  <c r="P683" i="9"/>
+  <c r="P682" i="9"/>
+  <c r="P681" i="9"/>
+  <c r="P680" i="9"/>
+  <c r="P679" i="9"/>
+  <c r="P678" i="9"/>
+  <c r="P677" i="9"/>
+  <c r="P676" i="9"/>
+  <c r="P675" i="9"/>
+  <c r="P674" i="9"/>
+  <c r="P673" i="9"/>
+  <c r="P672" i="9"/>
+  <c r="P671" i="9"/>
+  <c r="P670" i="9"/>
+  <c r="P669" i="9"/>
+  <c r="P668" i="9"/>
+  <c r="P667" i="9"/>
+  <c r="P666" i="9"/>
+  <c r="P665" i="9"/>
+  <c r="P664" i="9"/>
+  <c r="P663" i="9"/>
+  <c r="P662" i="9"/>
+  <c r="P661" i="9"/>
+  <c r="P660" i="9"/>
+  <c r="P659" i="9"/>
+  <c r="P658" i="9"/>
+  <c r="P657" i="9"/>
+  <c r="P656" i="9"/>
+  <c r="P655" i="9"/>
+  <c r="P654" i="9"/>
+  <c r="P653" i="9"/>
+  <c r="P652" i="9"/>
+  <c r="P651" i="9"/>
+  <c r="P650" i="9"/>
+  <c r="P649" i="9"/>
+  <c r="P648" i="9"/>
+  <c r="P647" i="9"/>
+  <c r="P646" i="9"/>
+  <c r="P645" i="9"/>
+  <c r="P644" i="9"/>
+  <c r="P643" i="9"/>
+  <c r="P642" i="9"/>
+  <c r="P641" i="9"/>
+  <c r="P640" i="9"/>
+  <c r="P639" i="9"/>
+  <c r="P638" i="9"/>
+  <c r="P637" i="9"/>
+  <c r="P636" i="9"/>
+  <c r="P635" i="9"/>
+  <c r="P634" i="9"/>
+  <c r="P633" i="9"/>
+  <c r="P632" i="9"/>
+  <c r="P631" i="9"/>
+  <c r="P630" i="9"/>
+  <c r="P629" i="9"/>
+  <c r="P628" i="9"/>
+  <c r="P627" i="9"/>
+  <c r="P626" i="9"/>
+  <c r="P625" i="9"/>
+  <c r="P624" i="9"/>
+  <c r="P623" i="9"/>
+  <c r="P622" i="9"/>
+  <c r="P621" i="9"/>
+  <c r="P620" i="9"/>
+  <c r="P619" i="9"/>
+  <c r="P618" i="9"/>
+  <c r="P617" i="9"/>
+  <c r="P616" i="9"/>
+  <c r="P615" i="9"/>
+  <c r="P614" i="9"/>
+  <c r="P613" i="9"/>
+  <c r="P612" i="9"/>
+  <c r="P611" i="9"/>
+  <c r="P610" i="9"/>
+  <c r="P609" i="9"/>
+  <c r="P608" i="9"/>
+  <c r="P607" i="9"/>
+  <c r="P606" i="9"/>
+  <c r="P605" i="9"/>
+  <c r="P604" i="9"/>
+  <c r="P603" i="9"/>
+  <c r="P602" i="9"/>
+  <c r="P601" i="9"/>
+  <c r="P600" i="9"/>
+  <c r="P599" i="9"/>
+  <c r="P598" i="9"/>
+  <c r="P597" i="9"/>
+  <c r="P596" i="9"/>
+  <c r="P595" i="9"/>
+  <c r="P594" i="9"/>
+  <c r="P593" i="9"/>
+  <c r="P592" i="9"/>
+  <c r="P591" i="9"/>
+  <c r="P590" i="9"/>
+  <c r="P589" i="9"/>
+  <c r="P588" i="9"/>
+  <c r="P587" i="9"/>
+  <c r="P586" i="9"/>
+  <c r="P585" i="9"/>
+  <c r="P584" i="9"/>
+  <c r="P583" i="9"/>
+  <c r="P582" i="9"/>
+  <c r="P581" i="9"/>
+  <c r="P580" i="9"/>
+  <c r="P579" i="9"/>
+  <c r="P578" i="9"/>
+  <c r="P577" i="9"/>
+  <c r="P576" i="9"/>
+  <c r="P575" i="9"/>
+  <c r="P574" i="9"/>
+  <c r="P573" i="9"/>
+  <c r="P572" i="9"/>
+  <c r="P571" i="9"/>
+  <c r="P570" i="9"/>
+  <c r="P569" i="9"/>
+  <c r="P568" i="9"/>
+  <c r="P567" i="9"/>
+  <c r="P566" i="9"/>
+  <c r="P565" i="9"/>
+  <c r="P564" i="9"/>
+  <c r="P563" i="9"/>
+  <c r="P562" i="9"/>
+  <c r="P561" i="9"/>
+  <c r="P560" i="9"/>
+  <c r="P559" i="9"/>
+  <c r="P558" i="9"/>
+  <c r="P557" i="9"/>
+  <c r="P556" i="9"/>
+  <c r="P555" i="9"/>
+  <c r="P554" i="9"/>
+  <c r="P553" i="9"/>
+  <c r="P552" i="9"/>
+  <c r="P551" i="9"/>
+  <c r="P550" i="9"/>
+  <c r="P549" i="9"/>
+  <c r="P548" i="9"/>
+  <c r="P547" i="9"/>
+  <c r="P546" i="9"/>
+  <c r="P545" i="9"/>
+  <c r="P544" i="9"/>
+  <c r="P543" i="9"/>
+  <c r="P542" i="9"/>
+  <c r="P541" i="9"/>
+  <c r="P540" i="9"/>
+  <c r="P539" i="9"/>
+  <c r="P538" i="9"/>
+  <c r="P537" i="9"/>
+  <c r="P536" i="9"/>
+  <c r="P535" i="9"/>
+  <c r="P534" i="9"/>
+  <c r="P533" i="9"/>
+  <c r="P532" i="9"/>
+  <c r="P531" i="9"/>
+  <c r="P530" i="9"/>
+  <c r="P529" i="9"/>
+  <c r="P528" i="9"/>
+  <c r="P527" i="9"/>
+  <c r="P526" i="9"/>
+  <c r="P525" i="9"/>
+  <c r="P524" i="9"/>
+  <c r="P523" i="9"/>
+  <c r="P522" i="9"/>
+  <c r="P521" i="9"/>
+  <c r="P520" i="9"/>
+  <c r="P519" i="9"/>
+  <c r="P518" i="9"/>
+  <c r="P517" i="9"/>
+  <c r="P516" i="9"/>
+  <c r="P515" i="9"/>
+  <c r="P514" i="9"/>
+  <c r="P513" i="9"/>
+  <c r="P512" i="9"/>
+  <c r="P511" i="9"/>
+  <c r="P510" i="9"/>
+  <c r="P509" i="9"/>
+  <c r="P508" i="9"/>
+  <c r="P507" i="9"/>
+  <c r="P506" i="9"/>
+  <c r="P505" i="9"/>
+  <c r="P504" i="9"/>
+  <c r="P503" i="9"/>
+  <c r="P502" i="9"/>
+  <c r="P501" i="9"/>
+  <c r="P500" i="9"/>
+  <c r="P499" i="9"/>
+  <c r="P498" i="9"/>
+  <c r="P497" i="9"/>
+  <c r="P496" i="9"/>
+  <c r="P495" i="9"/>
+  <c r="P494" i="9"/>
+  <c r="P493" i="9"/>
+  <c r="P492" i="9"/>
+  <c r="P491" i="9"/>
+  <c r="P490" i="9"/>
+  <c r="P489" i="9"/>
+  <c r="P488" i="9"/>
+  <c r="P487" i="9"/>
+  <c r="P486" i="9"/>
+  <c r="P485" i="9"/>
+  <c r="P484" i="9"/>
+  <c r="P483" i="9"/>
+  <c r="P482" i="9"/>
+  <c r="P481" i="9"/>
+  <c r="P480" i="9"/>
+  <c r="P479" i="9"/>
+  <c r="P478" i="9"/>
+  <c r="P477" i="9"/>
+  <c r="P476" i="9"/>
+  <c r="P475" i="9"/>
+  <c r="P474" i="9"/>
+  <c r="P473" i="9"/>
+  <c r="P472" i="9"/>
+  <c r="P471" i="9"/>
+  <c r="P470" i="9"/>
+  <c r="P469" i="9"/>
+  <c r="P468" i="9"/>
+  <c r="P467" i="9"/>
+  <c r="P466" i="9"/>
+  <c r="P465" i="9"/>
+  <c r="P464" i="9"/>
+  <c r="P463" i="9"/>
+  <c r="P462" i="9"/>
+  <c r="P461" i="9"/>
+  <c r="P460" i="9"/>
+  <c r="P459" i="9"/>
+  <c r="P458" i="9"/>
+  <c r="P457" i="9"/>
+  <c r="P456" i="9"/>
+  <c r="P455" i="9"/>
+  <c r="P454" i="9"/>
+  <c r="P453" i="9"/>
+  <c r="P452" i="9"/>
+  <c r="P451" i="9"/>
+  <c r="P450" i="9"/>
+  <c r="P449" i="9"/>
+  <c r="P448" i="9"/>
+  <c r="P447" i="9"/>
+  <c r="P446" i="9"/>
+  <c r="P445" i="9"/>
+  <c r="P444" i="9"/>
+  <c r="P443" i="9"/>
+  <c r="P442" i="9"/>
+  <c r="P441" i="9"/>
+  <c r="P440" i="9"/>
+  <c r="P439" i="9"/>
+  <c r="P438" i="9"/>
+  <c r="P437" i="9"/>
+  <c r="P436" i="9"/>
+  <c r="P435" i="9"/>
+  <c r="P434" i="9"/>
+  <c r="P433" i="9"/>
+  <c r="P432" i="9"/>
+  <c r="P431" i="9"/>
+  <c r="P430" i="9"/>
+  <c r="P429" i="9"/>
+  <c r="P428" i="9"/>
+  <c r="P427" i="9"/>
+  <c r="P426" i="9"/>
+  <c r="P425" i="9"/>
+  <c r="P424" i="9"/>
+  <c r="P423" i="9"/>
+  <c r="P422" i="9"/>
+  <c r="P421" i="9"/>
+  <c r="P420" i="9"/>
+  <c r="P419" i="9"/>
+  <c r="P418" i="9"/>
+  <c r="P417" i="9"/>
+  <c r="P416" i="9"/>
+  <c r="P415" i="9"/>
+  <c r="P414" i="9"/>
+  <c r="P413" i="9"/>
+  <c r="P412" i="9"/>
+  <c r="P411" i="9"/>
+  <c r="P410" i="9"/>
+  <c r="P409" i="9"/>
+  <c r="P408" i="9"/>
+  <c r="P407" i="9"/>
+  <c r="P406" i="9"/>
+  <c r="P405" i="9"/>
+  <c r="P404" i="9"/>
+  <c r="P403" i="9"/>
+  <c r="P402" i="9"/>
+  <c r="P401" i="9"/>
+  <c r="P400" i="9"/>
+  <c r="P399" i="9"/>
+  <c r="P398" i="9"/>
+  <c r="P397" i="9"/>
+  <c r="P396" i="9"/>
+  <c r="P395" i="9"/>
+  <c r="P394" i="9"/>
+  <c r="P393" i="9"/>
+  <c r="P392" i="9"/>
+  <c r="P391" i="9"/>
+  <c r="P390" i="9"/>
+  <c r="P389" i="9"/>
+  <c r="P388" i="9"/>
+  <c r="P387" i="9"/>
+  <c r="P386" i="9"/>
+  <c r="P385" i="9"/>
+  <c r="P384" i="9"/>
+  <c r="P383" i="9"/>
+  <c r="P382" i="9"/>
+  <c r="P381" i="9"/>
+  <c r="P380" i="9"/>
+  <c r="P379" i="9"/>
+  <c r="P378" i="9"/>
+  <c r="P377" i="9"/>
+  <c r="P376" i="9"/>
+  <c r="P375" i="9"/>
+  <c r="P374" i="9"/>
+  <c r="P373" i="9"/>
+  <c r="P372" i="9"/>
+  <c r="P371" i="9"/>
+  <c r="P370" i="9"/>
+  <c r="P369" i="9"/>
+  <c r="P368" i="9"/>
+  <c r="P367" i="9"/>
+  <c r="P366" i="9"/>
+  <c r="P365" i="9"/>
+  <c r="P364" i="9"/>
+  <c r="P363" i="9"/>
+  <c r="P362" i="9"/>
+  <c r="P361" i="9"/>
+  <c r="P360" i="9"/>
+  <c r="P359" i="9"/>
+  <c r="P358" i="9"/>
+  <c r="P357" i="9"/>
+  <c r="P356" i="9"/>
+  <c r="P355" i="9"/>
+  <c r="P354" i="9"/>
+  <c r="P353" i="9"/>
+  <c r="P352" i="9"/>
+  <c r="P351" i="9"/>
+  <c r="P350" i="9"/>
+  <c r="P349" i="9"/>
+  <c r="P348" i="9"/>
+  <c r="P347" i="9"/>
+  <c r="P346" i="9"/>
+  <c r="P345" i="9"/>
+  <c r="P344" i="9"/>
+  <c r="P343" i="9"/>
+  <c r="P342" i="9"/>
+  <c r="P341" i="9"/>
+  <c r="P340" i="9"/>
+  <c r="P339" i="9"/>
+  <c r="P338" i="9"/>
+  <c r="P337" i="9"/>
+  <c r="P336" i="9"/>
+  <c r="P335" i="9"/>
+  <c r="P334" i="9"/>
+  <c r="P333" i="9"/>
+  <c r="P332" i="9"/>
+  <c r="P331" i="9"/>
+  <c r="P330" i="9"/>
+  <c r="P329" i="9"/>
+  <c r="P328" i="9"/>
+  <c r="P327" i="9"/>
+  <c r="P326" i="9"/>
+  <c r="P325" i="9"/>
+  <c r="P324" i="9"/>
+  <c r="P323" i="9"/>
+  <c r="P322" i="9"/>
+  <c r="P321" i="9"/>
+  <c r="P320" i="9"/>
+  <c r="P319" i="9"/>
+  <c r="P318" i="9"/>
+  <c r="P317" i="9"/>
+  <c r="P316" i="9"/>
+  <c r="P315" i="9"/>
+  <c r="P314" i="9"/>
+  <c r="P313" i="9"/>
+  <c r="P312" i="9"/>
+  <c r="P311" i="9"/>
+  <c r="P310" i="9"/>
+  <c r="P309" i="9"/>
+  <c r="P308" i="9"/>
+  <c r="P307" i="9"/>
+  <c r="P306" i="9"/>
+  <c r="P305" i="9"/>
+  <c r="P304" i="9"/>
+  <c r="P303" i="9"/>
+  <c r="P302" i="9"/>
+  <c r="P301" i="9"/>
+  <c r="P300" i="9"/>
+  <c r="P299" i="9"/>
+  <c r="P298" i="9"/>
+  <c r="P297" i="9"/>
+  <c r="P296" i="9"/>
+  <c r="P295" i="9"/>
+  <c r="P294" i="9"/>
+  <c r="P293" i="9"/>
+  <c r="P292" i="9"/>
+  <c r="P291" i="9"/>
+  <c r="P290" i="9"/>
+  <c r="P289" i="9"/>
+  <c r="P288" i="9"/>
+  <c r="P287" i="9"/>
+  <c r="P286" i="9"/>
+  <c r="P285" i="9"/>
+  <c r="P284" i="9"/>
+  <c r="P283" i="9"/>
+  <c r="P282" i="9"/>
+  <c r="P281" i="9"/>
+  <c r="P280" i="9"/>
+  <c r="P279" i="9"/>
+  <c r="P278" i="9"/>
+  <c r="P277" i="9"/>
+  <c r="P276" i="9"/>
+  <c r="P275" i="9"/>
+  <c r="P274" i="9"/>
+  <c r="P273" i="9"/>
+  <c r="P272" i="9"/>
+  <c r="P271" i="9"/>
+  <c r="P270" i="9"/>
+  <c r="P269" i="9"/>
+  <c r="P268" i="9"/>
+  <c r="P267" i="9"/>
+  <c r="P266" i="9"/>
+  <c r="P265" i="9"/>
+  <c r="P264" i="9"/>
+  <c r="P263" i="9"/>
+  <c r="P262" i="9"/>
+  <c r="P261" i="9"/>
+  <c r="P260" i="9"/>
+  <c r="P259" i="9"/>
+  <c r="P258" i="9"/>
+  <c r="P257" i="9"/>
+  <c r="P256" i="9"/>
+  <c r="P255" i="9"/>
+  <c r="P254" i="9"/>
+  <c r="P253" i="9"/>
+  <c r="P252" i="9"/>
+  <c r="P251" i="9"/>
+  <c r="P250" i="9"/>
+  <c r="P249" i="9"/>
+  <c r="P248" i="9"/>
+  <c r="P247" i="9"/>
+  <c r="P246" i="9"/>
+  <c r="P245" i="9"/>
+  <c r="P244" i="9"/>
+  <c r="P243" i="9"/>
+  <c r="P242" i="9"/>
+  <c r="P241" i="9"/>
+  <c r="P240" i="9"/>
+  <c r="P239" i="9"/>
+  <c r="P238" i="9"/>
+  <c r="P237" i="9"/>
+  <c r="P236" i="9"/>
+  <c r="P235" i="9"/>
+  <c r="P234" i="9"/>
+  <c r="P233" i="9"/>
+  <c r="P232" i="9"/>
+  <c r="P231" i="9"/>
+  <c r="P230" i="9"/>
+  <c r="P229" i="9"/>
+  <c r="P228" i="9"/>
+  <c r="P227" i="9"/>
+  <c r="P226" i="9"/>
+  <c r="P225" i="9"/>
+  <c r="P224" i="9"/>
+  <c r="P223" i="9"/>
+  <c r="P222" i="9"/>
+  <c r="P221" i="9"/>
+  <c r="P220" i="9"/>
+  <c r="P219" i="9"/>
+  <c r="P218" i="9"/>
+  <c r="P217" i="9"/>
+  <c r="P216" i="9"/>
+  <c r="P215" i="9"/>
+  <c r="P214" i="9"/>
+  <c r="P213" i="9"/>
+  <c r="P212" i="9"/>
+  <c r="P211" i="9"/>
+  <c r="P210" i="9"/>
+  <c r="P209" i="9"/>
+  <c r="P208" i="9"/>
+  <c r="P207" i="9"/>
+  <c r="P206" i="9"/>
+  <c r="P205" i="9"/>
+  <c r="P204" i="9"/>
+  <c r="P203" i="9"/>
+  <c r="P202" i="9"/>
+  <c r="P201" i="9"/>
+  <c r="P200" i="9"/>
+  <c r="P199" i="9"/>
+  <c r="P198" i="9"/>
+  <c r="P197" i="9"/>
+  <c r="P196" i="9"/>
+  <c r="P195" i="9"/>
+  <c r="P194" i="9"/>
+  <c r="P193" i="9"/>
+  <c r="P192" i="9"/>
+  <c r="P191" i="9"/>
+  <c r="P190" i="9"/>
+  <c r="P189" i="9"/>
+  <c r="P188" i="9"/>
+  <c r="P187" i="9"/>
+  <c r="P186" i="9"/>
+  <c r="P185" i="9"/>
+  <c r="P184" i="9"/>
+  <c r="P183" i="9"/>
+  <c r="P182" i="9"/>
+  <c r="P181" i="9"/>
+  <c r="P180" i="9"/>
+  <c r="P179" i="9"/>
+  <c r="P178" i="9"/>
+  <c r="P177" i="9"/>
+  <c r="P176" i="9"/>
+  <c r="P175" i="9"/>
+  <c r="P174" i="9"/>
+  <c r="P173" i="9"/>
+  <c r="P172" i="9"/>
+  <c r="P171" i="9"/>
+  <c r="P170" i="9"/>
+  <c r="P169" i="9"/>
+  <c r="P168" i="9"/>
+  <c r="P167" i="9"/>
+  <c r="P166" i="9"/>
+  <c r="P165" i="9"/>
+  <c r="P164" i="9"/>
+  <c r="P163" i="9"/>
+  <c r="P162" i="9"/>
+  <c r="P161" i="9"/>
+  <c r="P160" i="9"/>
+  <c r="P159" i="9"/>
+  <c r="P158" i="9"/>
+  <c r="P157" i="9"/>
+  <c r="P156" i="9"/>
+  <c r="P155" i="9"/>
+  <c r="P154" i="9"/>
+  <c r="P153" i="9"/>
+  <c r="P152" i="9"/>
+  <c r="P151" i="9"/>
+  <c r="P150" i="9"/>
+  <c r="P149" i="9"/>
+  <c r="P148" i="9"/>
+  <c r="P147" i="9"/>
+  <c r="P146" i="9"/>
+  <c r="P145" i="9"/>
+  <c r="P144" i="9"/>
+  <c r="P143" i="9"/>
+  <c r="P142" i="9"/>
+  <c r="P141" i="9"/>
+  <c r="P140" i="9"/>
+  <c r="P139" i="9"/>
+  <c r="P138" i="9"/>
+  <c r="P137" i="9"/>
+  <c r="P136" i="9"/>
+  <c r="P135" i="9"/>
+  <c r="P134" i="9"/>
+  <c r="P133" i="9"/>
+  <c r="P132" i="9"/>
+  <c r="P131" i="9"/>
+  <c r="P130" i="9"/>
+  <c r="P129" i="9"/>
+  <c r="P128" i="9"/>
+  <c r="P127" i="9"/>
+  <c r="P126" i="9"/>
+  <c r="P125" i="9"/>
+  <c r="P124" i="9"/>
+  <c r="P123" i="9"/>
+  <c r="P122" i="9"/>
+  <c r="P121" i="9"/>
+  <c r="P120" i="9"/>
+  <c r="P119" i="9"/>
+  <c r="P118" i="9"/>
+  <c r="P117" i="9"/>
+  <c r="P116" i="9"/>
+  <c r="P115" i="9"/>
+  <c r="P114" i="9"/>
+  <c r="P113" i="9"/>
+  <c r="P112" i="9"/>
+  <c r="P111" i="9"/>
+  <c r="P110" i="9"/>
+  <c r="P109" i="9"/>
+  <c r="P108" i="9"/>
+  <c r="P107" i="9"/>
+  <c r="P106" i="9"/>
+  <c r="P105" i="9"/>
+  <c r="P104" i="9"/>
+  <c r="P103" i="9"/>
+  <c r="P102" i="9"/>
+  <c r="P101" i="9"/>
+  <c r="P100" i="9"/>
+  <c r="P99" i="9"/>
+  <c r="P98" i="9"/>
+  <c r="P97" i="9"/>
+  <c r="P96" i="9"/>
+  <c r="P95" i="9"/>
+  <c r="P94" i="9"/>
+  <c r="P93" i="9"/>
+  <c r="P92" i="9"/>
+  <c r="P91" i="9"/>
+  <c r="P90" i="9"/>
+  <c r="P89" i="9"/>
+  <c r="P88" i="9"/>
+  <c r="P87" i="9"/>
+  <c r="P86" i="9"/>
+  <c r="P85" i="9"/>
+  <c r="P84" i="9"/>
+  <c r="P83" i="9"/>
+  <c r="P82" i="9"/>
+  <c r="P81" i="9"/>
+  <c r="P80" i="9"/>
+  <c r="P79" i="9"/>
+  <c r="P78" i="9"/>
+  <c r="P77" i="9"/>
+  <c r="P76" i="9"/>
+  <c r="P75" i="9"/>
+  <c r="P74" i="9"/>
+  <c r="P73" i="9"/>
+  <c r="P72" i="9"/>
+  <c r="P71" i="9"/>
+  <c r="P70" i="9"/>
+  <c r="P69" i="9"/>
+  <c r="P68" i="9"/>
+  <c r="P67" i="9"/>
+  <c r="P66" i="9"/>
+  <c r="P65" i="9"/>
+  <c r="P64" i="9"/>
+  <c r="P63" i="9"/>
+  <c r="P62" i="9"/>
+  <c r="P61" i="9"/>
+  <c r="P60" i="9"/>
+  <c r="P59" i="9"/>
+  <c r="P58" i="9"/>
+  <c r="P57" i="9"/>
+  <c r="P56" i="9"/>
+  <c r="P55" i="9"/>
+  <c r="P54" i="9"/>
+  <c r="P53" i="9"/>
+  <c r="P52" i="9"/>
+  <c r="P51" i="9"/>
+  <c r="P50" i="9"/>
+  <c r="P49" i="9"/>
+  <c r="P48" i="9"/>
+  <c r="P47" i="9"/>
+  <c r="P46" i="9"/>
+  <c r="P45" i="9"/>
+  <c r="P44" i="9"/>
+  <c r="P43" i="9"/>
+  <c r="P42" i="9"/>
+  <c r="P41" i="9"/>
+  <c r="P40" i="9"/>
+  <c r="P39" i="9"/>
+  <c r="P38" i="9"/>
+  <c r="P37" i="9"/>
+  <c r="P36" i="9"/>
+  <c r="P35" i="9"/>
+  <c r="P34" i="9"/>
+  <c r="P33" i="9"/>
+  <c r="P32" i="9"/>
+  <c r="P31" i="9"/>
+  <c r="P30" i="9"/>
+  <c r="P29" i="9"/>
+  <c r="P28" i="9"/>
+  <c r="P27" i="9"/>
+  <c r="P26" i="9"/>
+  <c r="P25" i="9"/>
+  <c r="P24" i="9"/>
+  <c r="P23" i="9"/>
+  <c r="P22" i="9"/>
+  <c r="P21" i="9"/>
+  <c r="P20" i="9"/>
+  <c r="P19" i="9"/>
+  <c r="P18" i="9"/>
+  <c r="P17" i="9"/>
+  <c r="P16" i="9"/>
+  <c r="P15" i="9"/>
+  <c r="P14" i="9"/>
+  <c r="P13" i="9"/>
+  <c r="P12" i="9"/>
+  <c r="P11" i="9"/>
+  <c r="P10" i="9"/>
+  <c r="P9" i="9"/>
+  <c r="P8" i="9"/>
+  <c r="P7" i="9"/>
+  <c r="P6" i="9"/>
+  <c r="P5" i="9"/>
+  <c r="P4" i="9"/>
   <c r="C3" i="8" l="1"/>
   <c r="C4" i="8"/>
   <c r="C5" i="8"/>
   <c r="C6" i="8"/>
   <c r="C7" i="8"/>
   <c r="C8" i="8"/>
   <c r="C9" i="8"/>
   <c r="C10" i="8"/>
   <c r="C11" i="8"/>
   <c r="C12" i="8"/>
   <c r="C13" i="8"/>
   <c r="C14" i="8"/>
   <c r="C15" i="8"/>
   <c r="C16" i="8"/>
   <c r="C17" i="8"/>
   <c r="C18" i="8"/>
   <c r="C19" i="8"/>
   <c r="C20" i="8"/>
   <c r="C21" i="8"/>
   <c r="C22" i="8"/>
   <c r="C23" i="8"/>
   <c r="C24" i="8"/>
   <c r="C25" i="8"/>
   <c r="C26" i="8"/>
   <c r="C27" i="8"/>
@@ -1336,72 +1332,71 @@
   <c r="C33" i="8"/>
   <c r="C34" i="8"/>
   <c r="C35" i="8"/>
   <c r="C36" i="8"/>
   <c r="C37" i="8"/>
   <c r="C38" i="8"/>
   <c r="C39" i="8"/>
   <c r="C40" i="8"/>
   <c r="C41" i="8"/>
   <c r="C42" i="8"/>
   <c r="C43" i="8"/>
   <c r="C44" i="8"/>
   <c r="C45" i="8"/>
   <c r="C46" i="8"/>
   <c r="C47" i="8"/>
   <c r="C48" i="8"/>
   <c r="C49" i="8"/>
   <c r="C50" i="8"/>
   <c r="C51" i="8"/>
   <c r="C52" i="8"/>
   <c r="C53" i="8"/>
   <c r="C2" i="8"/>
   <c r="D24" i="1"/>
   <c r="D23" i="1"/>
   <c r="D22" i="1"/>
-  <c r="A31" i="1"/>
   <c r="F28" i="1"/>
   <c r="B13" i="2"/>
   <c r="B12" i="2"/>
   <c r="B11" i="2"/>
   <c r="B10" i="2"/>
   <c r="B9" i="2"/>
   <c r="B8" i="2"/>
   <c r="B7" i="2"/>
   <c r="B6" i="2"/>
   <c r="B5" i="2"/>
   <c r="B4" i="2"/>
   <c r="B3" i="2"/>
   <c r="B2" i="2"/>
   <c r="G28" i="1" l="1"/>
   <c r="D28" i="1"/>
   <c r="H28" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="126">
   <si>
     <t>Tarif</t>
   </si>
   <si>
     <t>Prestations calculées pour 60 minutes</t>
   </si>
   <si>
     <t>Evaluation et conseil (art.7 al.2 let. a OPAS)</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Examens et traitements (art.7 al.2 let. b OPAS)</t>
   </si>
   <si>
     <t>Soins de base (art.7 al.2 let. c OPAS)</t>
   </si>
   <si>
@@ -1432,53 +1427,50 @@
     <t>Année</t>
   </si>
   <si>
     <t>Heures
 OPAS A</t>
   </si>
   <si>
     <t>Heures
 OPAS B</t>
   </si>
   <si>
     <t>Heures
 OPAS C</t>
   </si>
   <si>
     <t>Synthèse</t>
   </si>
   <si>
     <t>Caisse des médecins</t>
   </si>
   <si>
     <t>atteste avoir signé la charte de collaboration des partenaires du réseau de soin</t>
   </si>
   <si>
     <t>Tarifs OPAS et part résiduelle cantonale selon le règlement (RFRLAMal)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Signature</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Part patient
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(par jour)</t>
     </r>
   </si>
   <si>
     <t>CSI</t>
   </si>
   <si>
     <t>Autre</t>
   </si>
   <si>
     <t>atteste que les heures figurant dans le présent décompte concernent exclusivement des patients résidant dans le canton de Genève</t>
   </si>
@@ -1561,63 +1553,51 @@
     <t>Décompte des heures prestées et remboursées par les assureurs 
 pour le versement de la part résiduelle de soins</t>
   </si>
   <si>
     <t xml:space="preserve">Année </t>
   </si>
   <si>
     <t xml:space="preserve">Type </t>
   </si>
   <si>
     <t>Nom de l'entité</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>N° RCC</t>
   </si>
   <si>
-    <t>Remarques éventuelles à consulter avant signature</t>
-[...4 lines deleted...]
-  <si>
     <t>atteste que les heures figurant dans le présent décompte ont fait  l'objet d'un remboursement intégral de la part de  l'assurance obligatoire des soins au titre des prestations prévues par l'OPAS, article 7</t>
-  </si>
-[...4 lines deleted...]
-    <t>Signature :</t>
   </si>
   <si>
     <t>N°BAG</t>
   </si>
   <si>
     <t>ASSURANCE</t>
   </si>
   <si>
     <t>Agrisano</t>
   </si>
   <si>
     <t>AMB Assurances SA</t>
   </si>
   <si>
     <t>Aquilana</t>
   </si>
   <si>
     <t>Arcosana</t>
   </si>
   <si>
     <t>Assura-Basis SA</t>
   </si>
   <si>
     <t>Atupri</t>
   </si>
@@ -1744,189 +1724,50 @@
   <si>
     <t>Visperterminen</t>
   </si>
   <si>
     <t>vita surselva</t>
   </si>
   <si>
     <t>Vivacare</t>
   </si>
   <si>
     <t>Vivao Sympany</t>
   </si>
   <si>
     <t>Wädenswil</t>
   </si>
   <si>
     <t>Assurance et n°BAG</t>
   </si>
   <si>
     <t>Remarques</t>
   </si>
   <si>
     <t>Département de la santé et des mobilités</t>
   </si>
   <si>
-    <r>
-[...137 lines deleted...]
-  <si>
     <t>Office cantonal de la santé</t>
   </si>
   <si>
     <t>atteste avoir transmis à l'OCS (snrs.financement-residuel@etat.ge.ch) le document "Fiche fournisseur" à jour (coordonnées bancaires)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve">Veuillez renseigner les détails de la facture
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t>(</t>
@@ -1960,103 +1801,158 @@
   <si>
     <t>N° facture</t>
   </si>
   <si>
     <t>Date d'émission de la facture</t>
   </si>
   <si>
     <t>Date de début des prestations facturées</t>
   </si>
   <si>
     <t>Date de fin des prestations facturées</t>
   </si>
   <si>
     <t>Montant du remboursement AOS</t>
   </si>
   <si>
     <t xml:space="preserve"> Assurance (N° BAG)</t>
   </si>
   <si>
     <t>Autre prestataire ayant facturé une contribution patient le même jour</t>
   </si>
   <si>
     <t>Controle_source</t>
   </si>
   <si>
-    <t>NPA/Code postal patient</t>
+    <t xml:space="preserve">Nombre de jours pour lesquels la contribution obligatoire de 10 CHF a été facturée au patient
+</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre de jours pour lesquels la contribution obligatoire de 10 CHF a été facturée au patient
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Pour bénéficier du financement résiduel, 
+le présent décompte dûment rempli doit être déposé sous format Exel sur le portail suivant: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>https://mfte.ge.ch/</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+au plus tard 
 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>le 10 avril pour le 1er trimestre,
+le 10 juillet pour le 2ème trimestre, 
+le 10 octobre pour le 3ème trimestre,
+le 10 janvier de l'année suivante pour le 4ème trimestre</t>
+    </r>
+  </si>
+  <si>
+    <t>L'OASD atteste être en conformité avec les exigences de la directive portant sur le financement résiduel et en particulier :</t>
+  </si>
+  <si>
+    <t>Remarques éventuelles à consulter avant signature</t>
+  </si>
+  <si>
+    <t>Le numéro ID est à renseigner dans l'onglet décompte et est reporté automatiquement dans la colonne ci-dessous.</t>
+  </si>
+  <si>
+    <t>N° ID/Infirmière</t>
+  </si>
+  <si>
+    <t>NPA patient</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="mmm/yyyy"/>
     <numFmt numFmtId="166" formatCode="yyyy"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* \-??_);_(@_)"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="1"/>
-[...4 lines deleted...]
-      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2066,173 +1962,185 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...18 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.79998168889431442"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="3" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDCE6F2"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFDCE6F2"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="34">
+  <borders count="35">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2440,129 +2348,55 @@
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left style="double">
         <color rgb="FF8EB4E3"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...35 lines deleted...]
-      </top>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF8EB4E3"/>
       </left>
       <right style="double">
         <color rgb="FF8EB4E3"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF558ED5"/>
       </bottom>
@@ -2573,367 +2407,450 @@
       <right style="double">
         <color rgb="FF8EB4E3"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF8EB4E3"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF8EB4E3"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="4" tint="0.39997558519241921"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="4" tint="0.39997558519241921"/>
+      </top>
+      <bottom style="thin">
+        <color theme="4" tint="0.39994506668294322"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="5" tint="0.39994506668294322"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </right>
+      <top style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </top>
+      <bottom style="thin">
+        <color theme="5" tint="0.39991454817346722"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF558ED5"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF558ED5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF558ED5"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="double">
+        <color rgb="FF8EB4E3"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF558ED5"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="157">
+  <cellXfs count="156">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="18" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...6 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="21" fillId="9" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="22" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
@@ -2963,221 +2880,124 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf numFmtId="49" fontId="9" fillId="3" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="8" fillId="3" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="20" fillId="8" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="7" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="1" builtinId="3"/>
     <cellStyle name="Milliers 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="39">
-[...93 lines deleted...]
-    </dxf>
+  <dxfs count="38">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
@@ -3206,76 +3026,148 @@
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top/>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="10"/>
-        <color theme="1"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="1" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
@@ -3509,58 +3401,58 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFC6C6C6"/>
         </left>
         <right style="thin">
           <color rgb="FFC6C6C6"/>
         </right>
         <top style="thin">
           <color rgb="FFC6C6C6"/>
         </top>
         <bottom style="thin">
           <color rgb="FFC6C6C6"/>
         </bottom>
         <horizontal style="thin">
           <color rgb="FFC6C6C6"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="2" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="TableStyleQueryPreview" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}">
-      <tableStyleElement type="wholeTable" dxfId="38"/>
-[...1 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="36"/>
+      <tableStyleElement type="wholeTable" dxfId="37"/>
+      <tableStyleElement type="headerRow" dxfId="36"/>
+      <tableStyleElement type="firstRowStripe" dxfId="35"/>
     </tableStyle>
     <tableStyle name="TableStyleQueryResult" pivot="0" count="3" xr9:uid="{00000000-0011-0000-FFFF-FFFF01000000}">
-      <tableStyleElement type="wholeTable" dxfId="35"/>
-[...1 lines deleted...]
-      <tableStyleElement type="firstRowStripe" dxfId="33"/>
+      <tableStyleElement type="wholeTable" dxfId="34"/>
+      <tableStyleElement type="headerRow" dxfId="33"/>
+      <tableStyleElement type="firstRowStripe" dxfId="32"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$I$35" lockText="1" noThreeD="1"/>
 </file>
@@ -4001,51 +3893,51 @@
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/UO6082/98_TRANSFERT/11_RESEAU_SOINS/02_SAD/00_FINANCEMENT%20RESIDUEL/1.%20LAMAL%20GENEVOIS/4.MODELE%20DECOMPTE/decompte_inf2020%20(1).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/UO6082/98_TRANSFERT/11_RESEAU_SOINS/02_SAD/00_FINANCEMENT%20RESIDUEL/1.%20LAMAL%20GENEVOIS/4.MODELE%20DECOMPTE/D&#233;compteINFxlsx.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Décompte"/>
       <sheetName val="Saisie_heures"/>
       <sheetName val="Listes"/>
       <sheetName val="Paramètres"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="8">
           <cell r="F8"/>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
-      <sheetData sheetId="2">
+      <sheetData sheetId="2" refreshError="1">
         <row r="2">
           <cell r="G2" t="str">
             <v>Agrisano</v>
           </cell>
         </row>
         <row r="3">
           <cell r="G3" t="str">
             <v>AMB Assurances SA</v>
           </cell>
         </row>
         <row r="4">
           <cell r="G4" t="str">
             <v>Aquilana</v>
           </cell>
         </row>
         <row r="5">
           <cell r="G5" t="str">
             <v>Arcosana</v>
           </cell>
         </row>
         <row r="6">
           <cell r="G6" t="str">
             <v>Assura-Basis SA</v>
           </cell>
         </row>
@@ -4313,122 +4205,122 @@
         </row>
         <row r="33">
           <cell r="E33">
             <v>63</v>
           </cell>
           <cell r="G33">
             <v>98</v>
           </cell>
         </row>
         <row r="34">
           <cell r="E34">
             <v>52.6</v>
           </cell>
           <cell r="G34">
             <v>82</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="29" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="SYNTHESE" displayName="SYNTHESE" ref="A27:H28" headerRowDxfId="32" dataDxfId="31" totalsRowDxfId="30">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="29" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="SYNTHESE" displayName="SYNTHESE" ref="A27:H28" headerRowDxfId="31" dataDxfId="30" totalsRowDxfId="29">
   <autoFilter ref="A27:H28" xr:uid="{00000000-0009-0000-0100-00001D000000}"/>
   <tableColumns count="8">
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Heures_x000a_OPAS A" totalsRowFunction="sum" dataDxfId="29" dataCellStyle="Milliers">
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Heures_x000a_OPAS A" totalsRowFunction="sum" dataDxfId="28" dataCellStyle="Milliers">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS A])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Heures_x000a_OPAS B" totalsRowFunction="sum" dataDxfId="28" dataCellStyle="Milliers">
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Heures_x000a_OPAS B" totalsRowFunction="sum" dataDxfId="27" dataCellStyle="Milliers">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS B])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Heures_x000a_OPAS C" totalsRowFunction="sum" dataDxfId="27" dataCellStyle="Milliers">
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Heures_x000a_OPAS C" totalsRowFunction="sum" dataDxfId="26" dataCellStyle="Milliers">
       <calculatedColumnFormula>SUM(DECOMPTE[Heures
 OPAS C])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Part assureurs" totalsRowFunction="sum" dataDxfId="26" dataCellStyle="Milliers">
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Part assureurs" totalsRowFunction="sum" dataDxfId="25" dataCellStyle="Milliers">
       <calculatedColumnFormula xml:space="preserve">
 (SYNTHESE[Heures
 OPAS A]*Part_AOS_A)
 +(SYNTHESE[Heures
 OPAS B]*Part_AOS_B)
 +
 (SYNTHESE[Heures
 OPAS C]*Part_AOS_C)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="Nb de jours facturés au patient" dataDxfId="25">
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="Nb de jours facturés au patient" dataDxfId="24">
       <calculatedColumnFormula>SUM(DECOMPTE[Nb jours facturés au patient])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="Montant part patient totale" dataDxfId="24" dataCellStyle="Milliers">
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="Montant part patient totale" dataDxfId="23" dataCellStyle="Milliers">
       <calculatedColumnFormula>SYNTHESE[Nb de jours facturés au patient]*Part_patient</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Cout total selon RFRLAMal" totalsRowFunction="custom" dataDxfId="23" dataCellStyle="Milliers">
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Cout total selon RFRLAMal" totalsRowFunction="custom" dataDxfId="22" dataCellStyle="Milliers">
       <calculatedColumnFormula xml:space="preserve">
 (SYNTHESE[Heures
 OPAS A]*Tarif_OPAS_A)
 +(SYNTHESE[Heures
 OPAS B]*Tarif_OPAS_B)
 +
 (SYNTHESE[Heures
 OPAS C]*Tarif_OPAS_C)</calculatedColumnFormula>
       <totalsRowFormula>SUBTOTAL(109,#REF!)</totalsRowFormula>
     </tableColumn>
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Part résiduelle cantonale" dataDxfId="22" totalsRowDxfId="21" dataCellStyle="Milliers">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Part résiduelle cantonale" dataDxfId="21" dataCellStyle="Milliers">
       <calculatedColumnFormula>SYNTHESE[Cout total selon RFRLAMal]-SYNTHESE[Montant part patient totale]-SYNTHESE[Part assureurs]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight17" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="DECOMPTE" displayName="DECOMPTE" ref="A3:O1201" totalsRowShown="0">
-  <autoFilter ref="A3:O1201" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="DECOMPTE" displayName="DECOMPTE" ref="B3:P1201" totalsRowShown="0">
+  <autoFilter ref="B3:P1201" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="15">
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="N°ID/Patient" dataDxfId="14"/>
-[...13 lines deleted...]
-    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0100-000017000000}" name="Controle_source" dataDxfId="0">
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="N°ID/Patient" dataDxfId="20"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0100-00000F000000}" name="NPA patient" dataDxfId="19"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="N° facture" dataDxfId="18"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Date d'émission de la facture" dataDxfId="17"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Date de début des prestations facturées" dataDxfId="16"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Date de fin des prestations facturées" dataDxfId="15"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Heures_x000a_OPAS A" dataDxfId="14"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="Heures_x000a_OPAS B" dataDxfId="13"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Heures_x000a_OPAS C" dataDxfId="12"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="Nb jours facturés au patient" dataDxfId="11"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0100-00000B000000}" name="Montant du remboursement AOS" dataDxfId="10"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0100-00000C000000}" name=" Assurance (N° BAG)" dataDxfId="9"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0100-00000D000000}" name="Autre prestataire ayant facturé une contribution patient le même jour" dataDxfId="8"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0100-00000E000000}" name="Remarques" dataDxfId="7"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0100-000017000000}" name="Controle_source" dataDxfId="6">
       <calculatedColumnFormula>IF(SUM(DECOMPTE[[#This Row],[Heures
 OPAS A]]:DECOMPTE[[#This Row],[Heures
-OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(A4:F4)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</calculatedColumnFormula>
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B4:G4)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4691,642 +4583,634 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Y46"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" view="pageBreakPreview" topLeftCell="A6" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="E28" sqref="E28"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="H27" sqref="H27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="22.54296875" customWidth="1"/>
     <col min="3" max="4" width="20.81640625" customWidth="1"/>
     <col min="5" max="5" width="28.81640625" style="8" customWidth="1"/>
     <col min="6" max="6" width="22.26953125" customWidth="1"/>
-    <col min="7" max="7" width="27.1796875" style="10" customWidth="1"/>
+    <col min="7" max="7" width="27.1796875" style="9" customWidth="1"/>
     <col min="8" max="8" width="24" customWidth="1"/>
-    <col min="9" max="9" width="17.7265625" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="9.81640625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="61.15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:8" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="82"/>
+      <c r="A5" s="63"/>
     </row>
     <row r="6" spans="1:8" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="112" t="s">
-[...8 lines deleted...]
-      <c r="H6" s="114"/>
+      <c r="A6" s="114" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="115"/>
+      <c r="C6" s="115"/>
+      <c r="D6" s="115"/>
+      <c r="E6" s="115"/>
+      <c r="F6" s="115"/>
+      <c r="G6" s="115"/>
+      <c r="H6" s="116"/>
     </row>
     <row r="7" spans="1:8" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B7" s="111">
+        <v>42</v>
+      </c>
+      <c r="B7" s="88">
         <v>2025</v>
       </c>
-      <c r="E7" s="55"/>
-[...1 lines deleted...]
-      <c r="G7" s="51"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="43"/>
+      <c r="G7" s="43"/>
     </row>
     <row r="8" spans="1:8" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="56" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="55" t="s">
+      <c r="B8" s="48" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="47" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="57"/>
-      <c r="E8" s="55" t="s">
+      <c r="D8" s="49"/>
+      <c r="E8" s="47" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="57"/>
-      <c r="G8" s="51"/>
+      <c r="F8" s="49"/>
+      <c r="G8" s="43"/>
     </row>
     <row r="9" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="11" spans="1:8" s="2" customFormat="1" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B11" s="117" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C11" s="118"/>
       <c r="D11" s="118"/>
-      <c r="E11" s="54" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="51"/>
+      <c r="E11" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" s="43"/>
     </row>
     <row r="12" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B12" s="121"/>
       <c r="C12" s="122"/>
       <c r="D12" s="122"/>
       <c r="E12" s="123"/>
-      <c r="G12" s="51"/>
+      <c r="G12" s="43"/>
     </row>
     <row r="13" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="G13" s="51"/>
+        <v>45</v>
+      </c>
+      <c r="B13" s="142"/>
+      <c r="C13" s="143"/>
+      <c r="D13" s="143"/>
+      <c r="E13" s="144"/>
+      <c r="G13" s="43"/>
     </row>
     <row r="14" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-      <c r="G14" s="51"/>
+        <v>46</v>
+      </c>
+      <c r="B14" s="136"/>
+      <c r="C14" s="137"/>
+      <c r="D14" s="137"/>
+      <c r="E14" s="138"/>
+      <c r="G14" s="43"/>
     </row>
     <row r="15" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A15" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B15" s="127"/>
       <c r="C15" s="128"/>
       <c r="D15" s="128"/>
       <c r="E15" s="129"/>
-      <c r="G15" s="51"/>
+      <c r="G15" s="43"/>
     </row>
     <row r="16" spans="1:8" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B16" s="130"/>
       <c r="C16" s="131"/>
       <c r="D16" s="131"/>
       <c r="E16" s="132"/>
-      <c r="G16" s="51"/>
+      <c r="G16" s="43"/>
     </row>
     <row r="17" spans="1:25" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B17" s="133"/>
       <c r="C17" s="134"/>
       <c r="D17" s="134"/>
       <c r="E17" s="135"/>
-      <c r="G17" s="51"/>
+      <c r="G17" s="43"/>
     </row>
     <row r="18" spans="1:25" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B18" s="124"/>
       <c r="C18" s="125"/>
       <c r="D18" s="125"/>
       <c r="E18" s="126"/>
-      <c r="G18" s="51"/>
+      <c r="G18" s="43"/>
     </row>
     <row r="19" spans="1:25" ht="46.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:25" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="33" t="s">
+      <c r="A20" s="32" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="16"/>
-[...4 lines deleted...]
-      <c r="G20" s="17"/>
+      <c r="B20" s="15"/>
+      <c r="C20" s="15"/>
+      <c r="D20" s="15"/>
+      <c r="E20" s="38"/>
+      <c r="F20" s="15"/>
+      <c r="G20" s="16"/>
     </row>
     <row r="21" spans="1:25" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="19" t="s">
+      <c r="A21" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="119" t="s">
         <v>1</v>
       </c>
       <c r="C21" s="120"/>
-      <c r="D21" s="45" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="45" t="s">
+      <c r="D21" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="F21" s="45" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="20" t="s">
+      <c r="E21" s="37" t="s">
         <v>33</v>
       </c>
+      <c r="F21" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="19" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="22" spans="1:25" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="21" t="s">
+      <c r="A22" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="B22" s="22" t="s">
+      <c r="B22" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="C22" s="23"/>
-      <c r="D22" s="24">
+      <c r="C22" s="22"/>
+      <c r="D22" s="23">
         <f>G22-F22-E22</f>
         <v>33.099999999999994</v>
       </c>
-      <c r="E22" s="47">
+      <c r="E22" s="39">
         <v>76.900000000000006</v>
       </c>
-      <c r="F22" s="146">
+      <c r="F22" s="139">
         <f>IF(B7&lt;=2024,8,10)</f>
         <v>10</v>
       </c>
-      <c r="G22" s="25">
+      <c r="G22" s="24">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:25" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="21" t="s">
+      <c r="A23" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="22" t="s">
+      <c r="B23" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="C23" s="23"/>
-      <c r="D23" s="24">
+      <c r="C23" s="22"/>
+      <c r="D23" s="23">
         <f>G23-F22-E23</f>
         <v>25</v>
       </c>
-      <c r="E23" s="47">
+      <c r="E23" s="39">
         <v>63</v>
       </c>
-      <c r="F23" s="147"/>
-      <c r="G23" s="25">
+      <c r="F23" s="140"/>
+      <c r="G23" s="24">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:25" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="26" t="s">
+      <c r="A24" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B24" s="27" t="s">
+      <c r="B24" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C24" s="28"/>
-      <c r="D24" s="29">
+      <c r="C24" s="27"/>
+      <c r="D24" s="28">
         <f>G24-F22-E24</f>
         <v>19.399999999999999</v>
       </c>
-      <c r="E24" s="48">
+      <c r="E24" s="40">
         <v>52.6</v>
       </c>
-      <c r="F24" s="148"/>
-      <c r="G24" s="30">
+      <c r="F24" s="141"/>
+      <c r="G24" s="29">
         <v>82</v>
       </c>
     </row>
     <row r="25" spans="1:25" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="18"/>
-[...8 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="A25" s="17"/>
+      <c r="B25" s="15"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="38"/>
+      <c r="F25" s="15"/>
+      <c r="G25" s="16"/>
+    </row>
+    <row r="26" spans="1:25" s="31" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="B26" s="43"/>
-[...7 lines deleted...]
-      <c r="A27" s="31" t="s">
+      <c r="B26" s="35"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="35"/>
+      <c r="G26" s="36"/>
+    </row>
+    <row r="27" spans="1:25" s="14" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="31" t="s">
+      <c r="B27" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="C27" s="31" t="s">
+      <c r="C27" s="30" t="s">
         <v>19</v>
       </c>
-      <c r="D27" s="31" t="s">
+      <c r="D27" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="E27" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="E27" s="31" t="s">
+      <c r="F27" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="F27" s="31" t="s">
-[...10 lines deleted...]
-      <c r="A28" s="53">
+      <c r="H27" s="59" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25" s="13" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="45">
         <f>SUM(DECOMPTE[Heures
 OPAS A])</f>
         <v>0</v>
       </c>
-      <c r="B28" s="53">
+      <c r="B28" s="45">
         <f>SUM(DECOMPTE[Heures
 OPAS B])</f>
         <v>0</v>
       </c>
-      <c r="C28" s="53">
+      <c r="C28" s="45">
         <f>SUM(DECOMPTE[Heures
 OPAS C])</f>
         <v>0</v>
       </c>
-      <c r="D28" s="52">
+      <c r="D28" s="44">
         <f xml:space="preserve">
 (SYNTHESE[Heures
 OPAS A]*Part_AOS_A)
 +(SYNTHESE[Heures
 OPAS B]*Part_AOS_B)
 +
 (SYNTHESE[Heures
 OPAS C]*Part_AOS_C)</f>
         <v>0</v>
       </c>
-      <c r="E28" s="11">
+      <c r="E28" s="10">
         <f>SUM(DECOMPTE[Nb jours facturés au patient])</f>
         <v>0</v>
       </c>
-      <c r="F28" s="52">
+      <c r="F28" s="44">
         <f>SYNTHESE[Nb de jours facturés au patient]*Part_patient</f>
         <v>0</v>
       </c>
-      <c r="G28" s="52">
+      <c r="G28" s="44">
         <f xml:space="preserve">
 (SYNTHESE[Heures
 OPAS A]*Tarif_OPAS_A)
 +(SYNTHESE[Heures
 OPAS B]*Tarif_OPAS_B)
 +
 (SYNTHESE[Heures
 OPAS C]*Tarif_OPAS_C)</f>
         <v>0</v>
       </c>
-      <c r="H28" s="77">
+      <c r="H28" s="58">
         <f>SYNTHESE[Cout total selon RFRLAMal]-SYNTHESE[Montant part patient totale]-SYNTHESE[Part assureurs]</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:25" s="14" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G29" s="52"/>
+    <row r="29" spans="1:25" s="13" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="45"/>
+      <c r="B29" s="45"/>
+      <c r="C29" s="45"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="10"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
     </row>
     <row r="30" spans="1:25" ht="55.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="136" t="s">
-[...25 lines deleted...]
-      <c r="Y30" s="63"/>
+      <c r="A30" s="113" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" s="113"/>
+      <c r="C30" s="113"/>
+      <c r="D30" s="113"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="113"/>
+      <c r="G30" s="96"/>
+      <c r="H30" s="94"/>
+      <c r="I30" s="51"/>
+      <c r="J30" s="51"/>
+      <c r="K30" s="51"/>
+      <c r="L30" s="51"/>
+      <c r="M30" s="51"/>
+      <c r="N30" s="97"/>
+      <c r="O30" s="97"/>
+      <c r="P30" s="97"/>
+      <c r="Q30" s="97"/>
+      <c r="R30" s="97"/>
+      <c r="S30" s="51"/>
+      <c r="T30" s="51"/>
+      <c r="U30" s="51"/>
+      <c r="V30" s="51"/>
+      <c r="W30" s="51"/>
+      <c r="X30" s="51"/>
+      <c r="Y30" s="51"/>
     </row>
     <row r="31" spans="1:25" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="72" t="str">
+      <c r="A31" s="98" t="str">
         <f>IF(COUNTIF(I35:I39,TRUE)=5,"","- Veuillez cochez les cases figurant au bas de la page avant signature pour attester de votre conformité avec les bases légales")</f>
         <v>- Veuillez cochez les cases figurant au bas de la page avant signature pour attester de votre conformité avec les bases légales</v>
       </c>
-      <c r="B31" s="73"/>
-[...42 lines deleted...]
-      <c r="G33" s="9"/>
+      <c r="B31" s="99"/>
+      <c r="C31" s="100"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="101"/>
+      <c r="F31" s="99"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="102"/>
+      <c r="I31" s="93"/>
+      <c r="J31" s="93"/>
+      <c r="K31" s="93"/>
+      <c r="L31" s="93"/>
+      <c r="M31" s="93"/>
+      <c r="N31" s="103"/>
+      <c r="O31" s="103"/>
+      <c r="P31" s="103"/>
+      <c r="Q31" s="103"/>
+      <c r="R31" s="103"/>
+      <c r="S31" s="51"/>
+      <c r="T31" s="51"/>
+      <c r="U31" s="51"/>
+      <c r="V31" s="51"/>
+      <c r="W31" s="51"/>
+      <c r="X31" s="51"/>
+      <c r="Y31" s="51"/>
+    </row>
+    <row r="32" spans="1:25" ht="46.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="104"/>
+      <c r="B32" s="104"/>
+      <c r="C32" s="104"/>
+      <c r="D32" s="105"/>
+      <c r="E32" s="106"/>
+      <c r="F32" s="105"/>
+      <c r="G32" s="96"/>
+    </row>
+    <row r="33" spans="1:9" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="10"/>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="11"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="11"/>
+      <c r="G33" s="12"/>
     </row>
     <row r="34" spans="1:9" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="141" t="s">
-[...9 lines deleted...]
-        <v>40</v>
+      <c r="A34" s="149" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" s="150"/>
+      <c r="C34" s="150"/>
+      <c r="D34" s="150"/>
+      <c r="E34" s="150"/>
+      <c r="F34" s="150"/>
+      <c r="G34" s="150"/>
+      <c r="I34" s="53" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="66"/>
-[...8 lines deleted...]
-      <c r="I35" s="68" t="b">
+      <c r="A35" s="52"/>
+      <c r="B35" s="50" t="s">
+        <v>36</v>
+      </c>
+      <c r="C35" s="50"/>
+      <c r="D35" s="50"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="50"/>
+      <c r="G35" s="50"/>
+      <c r="I35" s="54" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="66"/>
-[...8 lines deleted...]
-      <c r="I36" s="69" t="b">
+      <c r="A36" s="52"/>
+      <c r="B36" s="145" t="s">
+        <v>27</v>
+      </c>
+      <c r="C36" s="145"/>
+      <c r="D36" s="145"/>
+      <c r="E36" s="145"/>
+      <c r="F36" s="145"/>
+      <c r="G36" s="150"/>
+      <c r="I36" s="55" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="66"/>
-[...8 lines deleted...]
-      <c r="I37" s="70" t="b">
+      <c r="A37" s="52"/>
+      <c r="B37" s="145" t="s">
+        <v>49</v>
+      </c>
+      <c r="C37" s="145"/>
+      <c r="D37" s="145"/>
+      <c r="E37" s="145"/>
+      <c r="F37" s="145"/>
+      <c r="G37" s="145"/>
+      <c r="I37" s="56" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="66"/>
-[...8 lines deleted...]
-      <c r="I38" s="70" t="b">
+      <c r="A38" s="52"/>
+      <c r="B38" s="64" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="50"/>
+      <c r="D38" s="50"/>
+      <c r="E38" s="47"/>
+      <c r="F38" s="50"/>
+      <c r="G38" s="50"/>
+      <c r="I38" s="56" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="66"/>
-      <c r="B39" s="58" t="s">
+      <c r="A39" s="52"/>
+      <c r="B39" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="C39" s="58"/>
-[...4 lines deleted...]
-      <c r="I39" s="71" t="b">
+      <c r="C39" s="50"/>
+      <c r="D39" s="50"/>
+      <c r="E39" s="47"/>
+      <c r="F39" s="50"/>
+      <c r="G39" s="50"/>
+      <c r="I39" s="57" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="2"/>
     </row>
     <row r="41" spans="1:9" ht="296.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="6"/>
-      <c r="B41" s="138" t="s">
-[...6 lines deleted...]
-      <c r="G41" s="140"/>
+      <c r="B41" s="146" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="147"/>
+      <c r="D41" s="147"/>
+      <c r="E41" s="147"/>
+      <c r="F41" s="147"/>
+      <c r="G41" s="148"/>
       <c r="H41" s="2"/>
-      <c r="I41" s="79"/>
+      <c r="I41" s="60"/>
     </row>
     <row r="42" spans="1:9" ht="16" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6"/>
+      <c r="G42"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="G45" s="40"/>
+    <row r="43" spans="1:9" s="91" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="95"/>
+      <c r="B43" s="111"/>
+      <c r="C43" s="112"/>
+      <c r="E43" s="95"/>
+      <c r="F43" s="92"/>
+      <c r="G43" s="92"/>
+    </row>
+    <row r="44" spans="1:9" s="91" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F44" s="92"/>
+      <c r="G44" s="92"/>
+    </row>
+    <row r="45" spans="1:9" s="91" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F45" s="92"/>
+      <c r="G45" s="92"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="G46"/>
     </row>
   </sheetData>
-  <mergeCells count="16">
+  <mergeCells count="15">
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="A30:F30"/>
     <mergeCell ref="A6:H6"/>
-    <mergeCell ref="B43:C43"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B15:E17"/>
-    <mergeCell ref="A33:F33"/>
+    <mergeCell ref="B14:E14"/>
+    <mergeCell ref="F22:F24"/>
+    <mergeCell ref="B13:E13"/>
     <mergeCell ref="B37:G37"/>
-    <mergeCell ref="A30:F30"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="B36:G36"/>
-    <mergeCell ref="B14:E14"/>
-[...1 lines deleted...]
-    <mergeCell ref="B13:E13"/>
   </mergeCells>
   <dataValidations xWindow="1477" yWindow="563" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"2024 , 2025 , 2026 , 2027 , 2028 , 2029 , 2030"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="47" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;LDGS&amp;CDécompte des heures de prestations LAMal&amp;R&amp;D</oddHeader>
     <oddFooter>&amp;L&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1034" r:id="rId4" name="Check Box 10">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>946150</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
@@ -5425,26687 +5309,27868 @@
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <tableParts count="1">
     <tablePart r:id="rId9"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="1477" yWindow="563" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Paramètres!$C$2:$C$5</xm:f>
           </x14:formula1>
           <xm:sqref>B8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:AMD1202"/>
+  <dimension ref="A1:AME1048575"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="18.81640625" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="1019" max="16384" width="9.1796875" hidden="1"/>
+    <col min="1" max="1" width="3.26953125" style="110" customWidth="1"/>
+    <col min="2" max="2" width="19.90625" customWidth="1"/>
+    <col min="3" max="3" width="18.81640625" customWidth="1"/>
+    <col min="4" max="6" width="23.1796875" customWidth="1"/>
+    <col min="7" max="9" width="17.54296875" customWidth="1"/>
+    <col min="10" max="10" width="18.1796875" customWidth="1"/>
+    <col min="11" max="12" width="23.453125" customWidth="1"/>
+    <col min="13" max="13" width="35.1796875" style="90" customWidth="1"/>
+    <col min="14" max="14" width="33.1796875" customWidth="1"/>
+    <col min="15" max="15" width="56.54296875" style="6" customWidth="1"/>
+    <col min="16" max="16" width="56.54296875" style="6" hidden="1" customWidth="1"/>
+    <col min="17" max="18" width="11.453125" hidden="1" customWidth="1"/>
+    <col min="19" max="1019" width="10.7265625" hidden="1" customWidth="1"/>
+    <col min="1020" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="140.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" ht="38.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="152"/>
       <c r="B1" s="152"/>
       <c r="C1" s="152"/>
       <c r="D1" s="152"/>
       <c r="E1" s="152"/>
       <c r="F1" s="152"/>
       <c r="G1" s="152"/>
       <c r="H1" s="152"/>
       <c r="I1" s="152"/>
       <c r="J1" s="152"/>
       <c r="K1" s="152"/>
       <c r="L1" s="152"/>
       <c r="M1" s="152"/>
       <c r="N1" s="152"/>
-      <c r="O1" s="84"/>
-[...5 lines deleted...]
-      <c r="B2" s="154"/>
+      <c r="O1" s="152"/>
+      <c r="P1" s="65"/>
+    </row>
+    <row r="2" spans="1:16" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="107" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" s="153" t="s">
+        <v>108</v>
+      </c>
       <c r="C2" s="154"/>
       <c r="D2" s="154"/>
       <c r="E2" s="154"/>
-      <c r="F2" s="155"/>
-      <c r="G2" s="156" t="s">
+      <c r="F2" s="154"/>
+      <c r="G2" s="155"/>
+      <c r="H2" s="151" t="s">
+        <v>109</v>
+      </c>
+      <c r="I2" s="151"/>
+      <c r="J2" s="151"/>
+      <c r="K2" s="66" t="s">
+        <v>119</v>
+      </c>
+      <c r="L2" s="66"/>
+      <c r="M2" s="66"/>
+      <c r="N2" s="66"/>
+      <c r="O2" s="66"/>
+      <c r="P2" s="67"/>
+    </row>
+    <row r="3" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="108" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" s="68" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" s="68" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" s="68" t="s">
+        <v>111</v>
+      </c>
+      <c r="E3" s="68" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" s="68" t="s">
+        <v>113</v>
+      </c>
+      <c r="G3" s="69" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="I3" s="71" t="s">
+        <v>18</v>
+      </c>
+      <c r="J3" s="72" t="s">
+        <v>19</v>
+      </c>
+      <c r="K3" s="73" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="68" t="s">
         <v>115</v>
       </c>
-      <c r="H2" s="156"/>
-[...11 lines deleted...]
-      <c r="A3" s="87" t="s">
+      <c r="M3" s="68" t="s">
         <v>116</v>
       </c>
-      <c r="B3" s="87" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="87" t="s">
+      <c r="N3" s="68" t="s">
         <v>117</v>
       </c>
-      <c r="D3" s="87" t="s">
+      <c r="O3" s="74" t="s">
+        <v>104</v>
+      </c>
+      <c r="P3" s="75" t="s">
         <v>118</v>
       </c>
-      <c r="E3" s="87" t="s">
-[...26420 lines deleted...]
-    </row>
+    </row>
+    <row r="4" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="109"/>
+      <c r="B4" s="76"/>
+      <c r="C4" s="76"/>
+      <c r="D4" s="76"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="78"/>
+      <c r="I4" s="78"/>
+      <c r="J4" s="78"/>
+      <c r="K4" s="79"/>
+      <c r="L4" s="80"/>
+      <c r="M4" s="89"/>
+      <c r="N4" s="81"/>
+      <c r="O4" s="82"/>
+      <c r="P4" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B4:G4)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="109"/>
+      <c r="B5" s="76"/>
+      <c r="C5" s="76"/>
+      <c r="D5" s="76"/>
+      <c r="E5" s="77"/>
+      <c r="F5" s="77"/>
+      <c r="G5" s="77"/>
+      <c r="H5" s="78"/>
+      <c r="I5" s="78"/>
+      <c r="J5" s="78"/>
+      <c r="K5" s="79"/>
+      <c r="L5" s="80"/>
+      <c r="M5" s="89"/>
+      <c r="N5" s="81"/>
+      <c r="O5" s="82"/>
+      <c r="P5" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B5:G5)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="109"/>
+      <c r="B6" s="76"/>
+      <c r="C6" s="76"/>
+      <c r="D6" s="76"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="78"/>
+      <c r="I6" s="78"/>
+      <c r="J6" s="78"/>
+      <c r="K6" s="79"/>
+      <c r="L6" s="80"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="81"/>
+      <c r="O6" s="82"/>
+      <c r="P6" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B6:G6)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="109"/>
+      <c r="B7" s="76"/>
+      <c r="C7" s="76"/>
+      <c r="D7" s="76"/>
+      <c r="E7" s="77"/>
+      <c r="F7" s="77"/>
+      <c r="G7" s="77"/>
+      <c r="H7" s="78"/>
+      <c r="I7" s="78"/>
+      <c r="J7" s="78"/>
+      <c r="K7" s="79"/>
+      <c r="L7" s="80"/>
+      <c r="M7" s="89"/>
+      <c r="N7" s="81"/>
+      <c r="O7" s="82"/>
+      <c r="P7" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B7:G7)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="109"/>
+      <c r="B8" s="76"/>
+      <c r="C8" s="76"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="77"/>
+      <c r="F8" s="77"/>
+      <c r="G8" s="77"/>
+      <c r="H8" s="78"/>
+      <c r="I8" s="78"/>
+      <c r="J8" s="78"/>
+      <c r="K8" s="79"/>
+      <c r="L8" s="80"/>
+      <c r="M8" s="89"/>
+      <c r="N8" s="81"/>
+      <c r="O8" s="82"/>
+      <c r="P8" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B8:G8)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="109"/>
+      <c r="B9" s="76"/>
+      <c r="C9" s="76"/>
+      <c r="D9" s="76"/>
+      <c r="E9" s="77"/>
+      <c r="F9" s="77"/>
+      <c r="G9" s="77"/>
+      <c r="H9" s="78"/>
+      <c r="I9" s="78"/>
+      <c r="J9" s="78"/>
+      <c r="K9" s="79"/>
+      <c r="L9" s="80"/>
+      <c r="M9" s="89"/>
+      <c r="N9" s="81"/>
+      <c r="O9" s="82"/>
+      <c r="P9" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B9:G9)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="109"/>
+      <c r="B10" s="76"/>
+      <c r="C10" s="76"/>
+      <c r="D10" s="76"/>
+      <c r="E10" s="77"/>
+      <c r="F10" s="77"/>
+      <c r="G10" s="77"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="J10" s="78"/>
+      <c r="K10" s="79"/>
+      <c r="L10" s="80"/>
+      <c r="M10" s="89"/>
+      <c r="N10" s="81"/>
+      <c r="O10" s="82"/>
+      <c r="P10" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B10:G10)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="109"/>
+      <c r="B11" s="76"/>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="77"/>
+      <c r="F11" s="77"/>
+      <c r="G11" s="77"/>
+      <c r="H11" s="78"/>
+      <c r="I11" s="78"/>
+      <c r="J11" s="78"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="80"/>
+      <c r="M11" s="89"/>
+      <c r="N11" s="81"/>
+      <c r="O11" s="82"/>
+      <c r="P11" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B11:G11)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="109"/>
+      <c r="B12" s="76"/>
+      <c r="C12" s="76"/>
+      <c r="D12" s="76"/>
+      <c r="E12" s="77"/>
+      <c r="F12" s="77"/>
+      <c r="G12" s="77"/>
+      <c r="H12" s="78"/>
+      <c r="I12" s="78"/>
+      <c r="J12" s="78"/>
+      <c r="K12" s="79"/>
+      <c r="L12" s="80"/>
+      <c r="M12" s="89"/>
+      <c r="N12" s="81"/>
+      <c r="O12" s="82"/>
+      <c r="P12" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B12:G12)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="109"/>
+      <c r="B13" s="76"/>
+      <c r="C13" s="76"/>
+      <c r="D13" s="76"/>
+      <c r="E13" s="77"/>
+      <c r="F13" s="77"/>
+      <c r="G13" s="77"/>
+      <c r="H13" s="78"/>
+      <c r="I13" s="78"/>
+      <c r="J13" s="78"/>
+      <c r="K13" s="79"/>
+      <c r="L13" s="80"/>
+      <c r="M13" s="89"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="82"/>
+      <c r="P13" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B13:G13)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="109"/>
+      <c r="B14" s="76"/>
+      <c r="C14" s="76"/>
+      <c r="D14" s="76"/>
+      <c r="E14" s="77"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="77"/>
+      <c r="H14" s="78"/>
+      <c r="I14" s="78"/>
+      <c r="J14" s="78"/>
+      <c r="K14" s="79"/>
+      <c r="L14" s="80"/>
+      <c r="M14" s="89"/>
+      <c r="N14" s="81"/>
+      <c r="O14" s="82"/>
+      <c r="P14" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B14:G14)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="109"/>
+      <c r="B15" s="76"/>
+      <c r="C15" s="76"/>
+      <c r="D15" s="76"/>
+      <c r="E15" s="77"/>
+      <c r="F15" s="77"/>
+      <c r="G15" s="77"/>
+      <c r="H15" s="78"/>
+      <c r="I15" s="78"/>
+      <c r="J15" s="78"/>
+      <c r="K15" s="79"/>
+      <c r="L15" s="80"/>
+      <c r="M15" s="89"/>
+      <c r="N15" s="81"/>
+      <c r="O15" s="82"/>
+      <c r="P15" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B15:G15)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="109"/>
+      <c r="B16" s="76"/>
+      <c r="C16" s="76"/>
+      <c r="D16" s="76"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="77"/>
+      <c r="G16" s="77"/>
+      <c r="H16" s="78"/>
+      <c r="I16" s="78"/>
+      <c r="J16" s="78"/>
+      <c r="K16" s="79"/>
+      <c r="L16" s="80"/>
+      <c r="M16" s="89"/>
+      <c r="N16" s="81"/>
+      <c r="O16" s="82"/>
+      <c r="P16" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B16:G16)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="109"/>
+      <c r="B17" s="76"/>
+      <c r="C17" s="76"/>
+      <c r="D17" s="76"/>
+      <c r="E17" s="77"/>
+      <c r="F17" s="77"/>
+      <c r="G17" s="77"/>
+      <c r="H17" s="78"/>
+      <c r="I17" s="78"/>
+      <c r="J17" s="78"/>
+      <c r="K17" s="79"/>
+      <c r="L17" s="80"/>
+      <c r="M17" s="89"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="82"/>
+      <c r="P17" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B17:G17)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="109"/>
+      <c r="B18" s="76"/>
+      <c r="C18" s="76"/>
+      <c r="D18" s="76"/>
+      <c r="E18" s="77"/>
+      <c r="F18" s="77"/>
+      <c r="G18" s="77"/>
+      <c r="H18" s="78"/>
+      <c r="I18" s="78"/>
+      <c r="J18" s="78"/>
+      <c r="K18" s="79"/>
+      <c r="L18" s="80"/>
+      <c r="M18" s="89"/>
+      <c r="N18" s="81"/>
+      <c r="O18" s="82"/>
+      <c r="P18" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B18:G18)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="109"/>
+      <c r="B19" s="76"/>
+      <c r="C19" s="76"/>
+      <c r="D19" s="76"/>
+      <c r="E19" s="77"/>
+      <c r="F19" s="77"/>
+      <c r="G19" s="77"/>
+      <c r="H19" s="78"/>
+      <c r="I19" s="78"/>
+      <c r="J19" s="78"/>
+      <c r="K19" s="79"/>
+      <c r="L19" s="80"/>
+      <c r="M19" s="89"/>
+      <c r="N19" s="81"/>
+      <c r="O19" s="82"/>
+      <c r="P19" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B19:G19)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="109"/>
+      <c r="B20" s="76"/>
+      <c r="C20" s="76"/>
+      <c r="D20" s="76"/>
+      <c r="E20" s="77"/>
+      <c r="F20" s="77"/>
+      <c r="G20" s="77"/>
+      <c r="H20" s="78"/>
+      <c r="I20" s="78"/>
+      <c r="J20" s="78"/>
+      <c r="K20" s="79"/>
+      <c r="L20" s="80"/>
+      <c r="M20" s="89"/>
+      <c r="N20" s="81"/>
+      <c r="O20" s="82"/>
+      <c r="P20" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B20:G20)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="109"/>
+      <c r="B21" s="76"/>
+      <c r="C21" s="76"/>
+      <c r="D21" s="76"/>
+      <c r="E21" s="77"/>
+      <c r="F21" s="77"/>
+      <c r="G21" s="77"/>
+      <c r="H21" s="78"/>
+      <c r="I21" s="78"/>
+      <c r="J21" s="78"/>
+      <c r="K21" s="79"/>
+      <c r="L21" s="80"/>
+      <c r="M21" s="89"/>
+      <c r="N21" s="81"/>
+      <c r="O21" s="82"/>
+      <c r="P21" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B21:G21)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="109"/>
+      <c r="B22" s="76"/>
+      <c r="C22" s="76"/>
+      <c r="D22" s="76"/>
+      <c r="E22" s="77"/>
+      <c r="F22" s="77"/>
+      <c r="G22" s="77"/>
+      <c r="H22" s="78"/>
+      <c r="I22" s="78"/>
+      <c r="J22" s="78"/>
+      <c r="K22" s="79"/>
+      <c r="L22" s="80"/>
+      <c r="M22" s="89"/>
+      <c r="N22" s="81"/>
+      <c r="O22" s="82"/>
+      <c r="P22" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B22:G22)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="109"/>
+      <c r="B23" s="76"/>
+      <c r="C23" s="76"/>
+      <c r="D23" s="76"/>
+      <c r="E23" s="77"/>
+      <c r="F23" s="77"/>
+      <c r="G23" s="77"/>
+      <c r="H23" s="78"/>
+      <c r="I23" s="78"/>
+      <c r="J23" s="78"/>
+      <c r="K23" s="79"/>
+      <c r="L23" s="80"/>
+      <c r="M23" s="89"/>
+      <c r="N23" s="81"/>
+      <c r="O23" s="82"/>
+      <c r="P23" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B23:G23)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="109"/>
+      <c r="B24" s="76"/>
+      <c r="C24" s="76"/>
+      <c r="D24" s="76"/>
+      <c r="E24" s="77"/>
+      <c r="F24" s="77"/>
+      <c r="G24" s="77"/>
+      <c r="H24" s="78"/>
+      <c r="I24" s="78"/>
+      <c r="J24" s="78"/>
+      <c r="K24" s="79"/>
+      <c r="L24" s="80"/>
+      <c r="M24" s="89"/>
+      <c r="N24" s="81"/>
+      <c r="O24" s="82"/>
+      <c r="P24" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B24:G24)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="109"/>
+      <c r="B25" s="76"/>
+      <c r="C25" s="76"/>
+      <c r="D25" s="76"/>
+      <c r="E25" s="77"/>
+      <c r="F25" s="77"/>
+      <c r="G25" s="77"/>
+      <c r="H25" s="78"/>
+      <c r="I25" s="78"/>
+      <c r="J25" s="78"/>
+      <c r="K25" s="79"/>
+      <c r="L25" s="80"/>
+      <c r="M25" s="89"/>
+      <c r="N25" s="81"/>
+      <c r="O25" s="82"/>
+      <c r="P25" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B25:G25)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="109"/>
+      <c r="B26" s="76"/>
+      <c r="C26" s="76"/>
+      <c r="D26" s="76"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="77"/>
+      <c r="G26" s="77"/>
+      <c r="H26" s="78"/>
+      <c r="I26" s="78"/>
+      <c r="J26" s="78"/>
+      <c r="K26" s="79"/>
+      <c r="L26" s="80"/>
+      <c r="M26" s="89"/>
+      <c r="N26" s="81"/>
+      <c r="O26" s="82"/>
+      <c r="P26" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B26:G26)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="109"/>
+      <c r="B27" s="76"/>
+      <c r="C27" s="76"/>
+      <c r="D27" s="76"/>
+      <c r="E27" s="77"/>
+      <c r="F27" s="77"/>
+      <c r="G27" s="77"/>
+      <c r="H27" s="78"/>
+      <c r="I27" s="78"/>
+      <c r="J27" s="78"/>
+      <c r="K27" s="79"/>
+      <c r="L27" s="80"/>
+      <c r="M27" s="89"/>
+      <c r="N27" s="81"/>
+      <c r="O27" s="82"/>
+      <c r="P27" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B27:G27)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="109"/>
+      <c r="B28" s="76"/>
+      <c r="C28" s="76"/>
+      <c r="D28" s="76"/>
+      <c r="E28" s="77"/>
+      <c r="F28" s="77"/>
+      <c r="G28" s="77"/>
+      <c r="H28" s="78"/>
+      <c r="I28" s="78"/>
+      <c r="J28" s="78"/>
+      <c r="K28" s="79"/>
+      <c r="L28" s="80"/>
+      <c r="M28" s="89"/>
+      <c r="N28" s="81"/>
+      <c r="O28" s="82"/>
+      <c r="P28" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B28:G28)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="109"/>
+      <c r="B29" s="76"/>
+      <c r="C29" s="76"/>
+      <c r="D29" s="76"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="77"/>
+      <c r="G29" s="77"/>
+      <c r="H29" s="78"/>
+      <c r="I29" s="78"/>
+      <c r="J29" s="78"/>
+      <c r="K29" s="79"/>
+      <c r="L29" s="80"/>
+      <c r="M29" s="89"/>
+      <c r="N29" s="81"/>
+      <c r="O29" s="82"/>
+      <c r="P29" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B29:G29)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="109"/>
+      <c r="B30" s="76"/>
+      <c r="C30" s="76"/>
+      <c r="D30" s="76"/>
+      <c r="E30" s="77"/>
+      <c r="F30" s="77"/>
+      <c r="G30" s="77"/>
+      <c r="H30" s="78"/>
+      <c r="I30" s="78"/>
+      <c r="J30" s="78"/>
+      <c r="K30" s="79"/>
+      <c r="L30" s="80"/>
+      <c r="M30" s="89"/>
+      <c r="N30" s="81"/>
+      <c r="O30" s="82"/>
+      <c r="P30" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B30:G30)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="109"/>
+      <c r="B31" s="76"/>
+      <c r="C31" s="76"/>
+      <c r="D31" s="76"/>
+      <c r="E31" s="77"/>
+      <c r="F31" s="77"/>
+      <c r="G31" s="77"/>
+      <c r="H31" s="78"/>
+      <c r="I31" s="78"/>
+      <c r="J31" s="78"/>
+      <c r="K31" s="79"/>
+      <c r="L31" s="80"/>
+      <c r="M31" s="89"/>
+      <c r="N31" s="81"/>
+      <c r="O31" s="82"/>
+      <c r="P31" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B31:G31)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="109"/>
+      <c r="B32" s="76"/>
+      <c r="C32" s="76"/>
+      <c r="D32" s="76"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="77"/>
+      <c r="G32" s="77"/>
+      <c r="H32" s="78"/>
+      <c r="I32" s="78"/>
+      <c r="J32" s="78"/>
+      <c r="K32" s="79"/>
+      <c r="L32" s="80"/>
+      <c r="M32" s="89"/>
+      <c r="N32" s="81"/>
+      <c r="O32" s="82"/>
+      <c r="P32" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B32:G32)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="109"/>
+      <c r="B33" s="76"/>
+      <c r="C33" s="76"/>
+      <c r="D33" s="76"/>
+      <c r="E33" s="77"/>
+      <c r="F33" s="77"/>
+      <c r="G33" s="77"/>
+      <c r="H33" s="78"/>
+      <c r="I33" s="78"/>
+      <c r="J33" s="78"/>
+      <c r="K33" s="79"/>
+      <c r="L33" s="80"/>
+      <c r="M33" s="89"/>
+      <c r="N33" s="81"/>
+      <c r="O33" s="82"/>
+      <c r="P33" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B33:G33)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="109"/>
+      <c r="B34" s="76"/>
+      <c r="C34" s="76"/>
+      <c r="D34" s="76"/>
+      <c r="E34" s="77"/>
+      <c r="F34" s="77"/>
+      <c r="G34" s="77"/>
+      <c r="H34" s="78"/>
+      <c r="I34" s="78"/>
+      <c r="J34" s="78"/>
+      <c r="K34" s="79"/>
+      <c r="L34" s="80"/>
+      <c r="M34" s="89"/>
+      <c r="N34" s="81"/>
+      <c r="O34" s="82"/>
+      <c r="P34" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B34:G34)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="109"/>
+      <c r="B35" s="76"/>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="77"/>
+      <c r="G35" s="77"/>
+      <c r="H35" s="78"/>
+      <c r="I35" s="78"/>
+      <c r="J35" s="78"/>
+      <c r="K35" s="79"/>
+      <c r="L35" s="80"/>
+      <c r="M35" s="89"/>
+      <c r="N35" s="81"/>
+      <c r="O35" s="82"/>
+      <c r="P35" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B35:G35)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="109"/>
+      <c r="B36" s="76"/>
+      <c r="C36" s="76"/>
+      <c r="D36" s="76"/>
+      <c r="E36" s="77"/>
+      <c r="F36" s="77"/>
+      <c r="G36" s="77"/>
+      <c r="H36" s="78"/>
+      <c r="I36" s="78"/>
+      <c r="J36" s="78"/>
+      <c r="K36" s="79"/>
+      <c r="L36" s="80"/>
+      <c r="M36" s="89"/>
+      <c r="N36" s="81"/>
+      <c r="O36" s="82"/>
+      <c r="P36" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B36:G36)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="109"/>
+      <c r="B37" s="76"/>
+      <c r="C37" s="76"/>
+      <c r="D37" s="76"/>
+      <c r="E37" s="77"/>
+      <c r="F37" s="77"/>
+      <c r="G37" s="77"/>
+      <c r="H37" s="78"/>
+      <c r="I37" s="78"/>
+      <c r="J37" s="78"/>
+      <c r="K37" s="79"/>
+      <c r="L37" s="80"/>
+      <c r="M37" s="89"/>
+      <c r="N37" s="81"/>
+      <c r="O37" s="82"/>
+      <c r="P37" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B37:G37)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="109"/>
+      <c r="B38" s="76"/>
+      <c r="C38" s="76"/>
+      <c r="D38" s="76"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="77"/>
+      <c r="G38" s="77"/>
+      <c r="H38" s="78"/>
+      <c r="I38" s="78"/>
+      <c r="J38" s="78"/>
+      <c r="K38" s="79"/>
+      <c r="L38" s="80"/>
+      <c r="M38" s="89"/>
+      <c r="N38" s="81"/>
+      <c r="O38" s="82"/>
+      <c r="P38" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B38:G38)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="109"/>
+      <c r="B39" s="76"/>
+      <c r="C39" s="76"/>
+      <c r="D39" s="76"/>
+      <c r="E39" s="77"/>
+      <c r="F39" s="77"/>
+      <c r="G39" s="77"/>
+      <c r="H39" s="78"/>
+      <c r="I39" s="78"/>
+      <c r="J39" s="78"/>
+      <c r="K39" s="79"/>
+      <c r="L39" s="80"/>
+      <c r="M39" s="89"/>
+      <c r="N39" s="81"/>
+      <c r="O39" s="82"/>
+      <c r="P39" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B39:G39)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="109"/>
+      <c r="B40" s="76"/>
+      <c r="C40" s="76"/>
+      <c r="D40" s="76"/>
+      <c r="E40" s="77"/>
+      <c r="F40" s="77"/>
+      <c r="G40" s="77"/>
+      <c r="H40" s="78"/>
+      <c r="I40" s="78"/>
+      <c r="J40" s="78"/>
+      <c r="K40" s="79"/>
+      <c r="L40" s="80"/>
+      <c r="M40" s="89"/>
+      <c r="N40" s="81"/>
+      <c r="O40" s="82"/>
+      <c r="P40" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B40:G40)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="109"/>
+      <c r="B41" s="76"/>
+      <c r="C41" s="76"/>
+      <c r="D41" s="76"/>
+      <c r="E41" s="77"/>
+      <c r="F41" s="77"/>
+      <c r="G41" s="77"/>
+      <c r="H41" s="78"/>
+      <c r="I41" s="78"/>
+      <c r="J41" s="78"/>
+      <c r="K41" s="79"/>
+      <c r="L41" s="80"/>
+      <c r="M41" s="89"/>
+      <c r="N41" s="81"/>
+      <c r="O41" s="82"/>
+      <c r="P41" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B41:G41)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="109"/>
+      <c r="B42" s="76"/>
+      <c r="C42" s="76"/>
+      <c r="D42" s="76"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="78"/>
+      <c r="J42" s="78"/>
+      <c r="K42" s="79"/>
+      <c r="L42" s="80"/>
+      <c r="M42" s="89"/>
+      <c r="N42" s="81"/>
+      <c r="O42" s="82"/>
+      <c r="P42" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B42:G42)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="109"/>
+      <c r="B43" s="76"/>
+      <c r="C43" s="76"/>
+      <c r="D43" s="76"/>
+      <c r="E43" s="77"/>
+      <c r="F43" s="77"/>
+      <c r="G43" s="77"/>
+      <c r="H43" s="78"/>
+      <c r="I43" s="78"/>
+      <c r="J43" s="78"/>
+      <c r="K43" s="79"/>
+      <c r="L43" s="80"/>
+      <c r="M43" s="89"/>
+      <c r="N43" s="81"/>
+      <c r="O43" s="82"/>
+      <c r="P43" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B43:G43)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="109"/>
+      <c r="B44" s="76"/>
+      <c r="C44" s="76"/>
+      <c r="D44" s="76"/>
+      <c r="E44" s="77"/>
+      <c r="F44" s="77"/>
+      <c r="G44" s="77"/>
+      <c r="H44" s="78"/>
+      <c r="I44" s="78"/>
+      <c r="J44" s="78"/>
+      <c r="K44" s="79"/>
+      <c r="L44" s="80"/>
+      <c r="M44" s="89"/>
+      <c r="N44" s="81"/>
+      <c r="O44" s="82"/>
+      <c r="P44" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B44:G44)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="109"/>
+      <c r="B45" s="76"/>
+      <c r="C45" s="76"/>
+      <c r="D45" s="76"/>
+      <c r="E45" s="77"/>
+      <c r="F45" s="77"/>
+      <c r="G45" s="77"/>
+      <c r="H45" s="78"/>
+      <c r="I45" s="78"/>
+      <c r="J45" s="78"/>
+      <c r="K45" s="79"/>
+      <c r="L45" s="80"/>
+      <c r="M45" s="89"/>
+      <c r="N45" s="81"/>
+      <c r="O45" s="82"/>
+      <c r="P45" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B45:G45)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="109"/>
+      <c r="B46" s="76"/>
+      <c r="C46" s="76"/>
+      <c r="D46" s="76"/>
+      <c r="E46" s="77"/>
+      <c r="F46" s="77"/>
+      <c r="G46" s="77"/>
+      <c r="H46" s="78"/>
+      <c r="I46" s="78"/>
+      <c r="J46" s="78"/>
+      <c r="K46" s="79"/>
+      <c r="L46" s="80"/>
+      <c r="M46" s="89"/>
+      <c r="N46" s="81"/>
+      <c r="O46" s="82"/>
+      <c r="P46" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B46:G46)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="109"/>
+      <c r="B47" s="76"/>
+      <c r="C47" s="76"/>
+      <c r="D47" s="76"/>
+      <c r="E47" s="77"/>
+      <c r="F47" s="77"/>
+      <c r="G47" s="77"/>
+      <c r="H47" s="78"/>
+      <c r="I47" s="78"/>
+      <c r="J47" s="78"/>
+      <c r="K47" s="79"/>
+      <c r="L47" s="80"/>
+      <c r="M47" s="89"/>
+      <c r="N47" s="81"/>
+      <c r="O47" s="82"/>
+      <c r="P47" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B47:G47)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="109"/>
+      <c r="B48" s="76"/>
+      <c r="C48" s="76"/>
+      <c r="D48" s="76"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="77"/>
+      <c r="G48" s="77"/>
+      <c r="H48" s="78"/>
+      <c r="I48" s="78"/>
+      <c r="J48" s="78"/>
+      <c r="K48" s="79"/>
+      <c r="L48" s="80"/>
+      <c r="M48" s="89"/>
+      <c r="N48" s="81"/>
+      <c r="O48" s="82"/>
+      <c r="P48" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B48:G48)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="109"/>
+      <c r="B49" s="76"/>
+      <c r="C49" s="76"/>
+      <c r="D49" s="76"/>
+      <c r="E49" s="77"/>
+      <c r="F49" s="77"/>
+      <c r="G49" s="77"/>
+      <c r="H49" s="78"/>
+      <c r="I49" s="78"/>
+      <c r="J49" s="78"/>
+      <c r="K49" s="79"/>
+      <c r="L49" s="80"/>
+      <c r="M49" s="89"/>
+      <c r="N49" s="81"/>
+      <c r="O49" s="82"/>
+      <c r="P49" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B49:G49)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A50" s="109"/>
+      <c r="B50" s="76"/>
+      <c r="C50" s="76"/>
+      <c r="D50" s="76"/>
+      <c r="E50" s="77"/>
+      <c r="F50" s="77"/>
+      <c r="G50" s="77"/>
+      <c r="H50" s="78"/>
+      <c r="I50" s="78"/>
+      <c r="J50" s="78"/>
+      <c r="K50" s="79"/>
+      <c r="L50" s="80"/>
+      <c r="M50" s="89"/>
+      <c r="N50" s="81"/>
+      <c r="O50" s="82"/>
+      <c r="P50" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B50:G50)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="109"/>
+      <c r="B51" s="76"/>
+      <c r="C51" s="76"/>
+      <c r="D51" s="76"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="77"/>
+      <c r="G51" s="77"/>
+      <c r="H51" s="78"/>
+      <c r="I51" s="78"/>
+      <c r="J51" s="78"/>
+      <c r="K51" s="79"/>
+      <c r="L51" s="80"/>
+      <c r="M51" s="89"/>
+      <c r="N51" s="81"/>
+      <c r="O51" s="82"/>
+      <c r="P51" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B51:G51)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="109"/>
+      <c r="B52" s="76"/>
+      <c r="C52" s="76"/>
+      <c r="D52" s="76"/>
+      <c r="E52" s="77"/>
+      <c r="F52" s="77"/>
+      <c r="G52" s="77"/>
+      <c r="H52" s="78"/>
+      <c r="I52" s="78"/>
+      <c r="J52" s="78"/>
+      <c r="K52" s="79"/>
+      <c r="L52" s="80"/>
+      <c r="M52" s="89"/>
+      <c r="N52" s="81"/>
+      <c r="O52" s="82"/>
+      <c r="P52" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B52:G52)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="109"/>
+      <c r="B53" s="76"/>
+      <c r="C53" s="76"/>
+      <c r="D53" s="76"/>
+      <c r="E53" s="77"/>
+      <c r="F53" s="77"/>
+      <c r="G53" s="77"/>
+      <c r="H53" s="78"/>
+      <c r="I53" s="78"/>
+      <c r="J53" s="78"/>
+      <c r="K53" s="79"/>
+      <c r="L53" s="80"/>
+      <c r="M53" s="89"/>
+      <c r="N53" s="81"/>
+      <c r="O53" s="82"/>
+      <c r="P53" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B53:G53)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="109"/>
+      <c r="B54" s="76"/>
+      <c r="C54" s="76"/>
+      <c r="D54" s="76"/>
+      <c r="E54" s="77"/>
+      <c r="F54" s="77"/>
+      <c r="G54" s="77"/>
+      <c r="H54" s="78"/>
+      <c r="I54" s="78"/>
+      <c r="J54" s="78"/>
+      <c r="K54" s="79"/>
+      <c r="L54" s="80"/>
+      <c r="M54" s="89"/>
+      <c r="N54" s="81"/>
+      <c r="O54" s="82"/>
+      <c r="P54" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B54:G54)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="109"/>
+      <c r="B55" s="76"/>
+      <c r="C55" s="76"/>
+      <c r="D55" s="76"/>
+      <c r="E55" s="77"/>
+      <c r="F55" s="77"/>
+      <c r="G55" s="77"/>
+      <c r="H55" s="78"/>
+      <c r="I55" s="78"/>
+      <c r="J55" s="78"/>
+      <c r="K55" s="79"/>
+      <c r="L55" s="80"/>
+      <c r="M55" s="89"/>
+      <c r="N55" s="81"/>
+      <c r="O55" s="82"/>
+      <c r="P55" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B55:G55)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="109"/>
+      <c r="B56" s="76"/>
+      <c r="C56" s="76"/>
+      <c r="D56" s="76"/>
+      <c r="E56" s="77"/>
+      <c r="F56" s="77"/>
+      <c r="G56" s="77"/>
+      <c r="H56" s="78"/>
+      <c r="I56" s="78"/>
+      <c r="J56" s="78"/>
+      <c r="K56" s="79"/>
+      <c r="L56" s="80"/>
+      <c r="M56" s="89"/>
+      <c r="N56" s="81"/>
+      <c r="O56" s="82"/>
+      <c r="P56" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B56:G56)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="109"/>
+      <c r="B57" s="76"/>
+      <c r="C57" s="76"/>
+      <c r="D57" s="76"/>
+      <c r="E57" s="77"/>
+      <c r="F57" s="77"/>
+      <c r="G57" s="77"/>
+      <c r="H57" s="78"/>
+      <c r="I57" s="78"/>
+      <c r="J57" s="78"/>
+      <c r="K57" s="79"/>
+      <c r="L57" s="80"/>
+      <c r="M57" s="89"/>
+      <c r="N57" s="81"/>
+      <c r="O57" s="82"/>
+      <c r="P57" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B57:G57)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A58" s="109"/>
+      <c r="B58" s="76"/>
+      <c r="C58" s="76"/>
+      <c r="D58" s="76"/>
+      <c r="E58" s="77"/>
+      <c r="F58" s="77"/>
+      <c r="G58" s="77"/>
+      <c r="H58" s="78"/>
+      <c r="I58" s="78"/>
+      <c r="J58" s="78"/>
+      <c r="K58" s="79"/>
+      <c r="L58" s="80"/>
+      <c r="M58" s="89"/>
+      <c r="N58" s="81"/>
+      <c r="O58" s="82"/>
+      <c r="P58" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B58:G58)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="109"/>
+      <c r="B59" s="76"/>
+      <c r="C59" s="76"/>
+      <c r="D59" s="76"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="77"/>
+      <c r="G59" s="77"/>
+      <c r="H59" s="78"/>
+      <c r="I59" s="78"/>
+      <c r="J59" s="78"/>
+      <c r="K59" s="79"/>
+      <c r="L59" s="80"/>
+      <c r="M59" s="89"/>
+      <c r="N59" s="81"/>
+      <c r="O59" s="82"/>
+      <c r="P59" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B59:G59)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="109"/>
+      <c r="B60" s="76"/>
+      <c r="C60" s="76"/>
+      <c r="D60" s="76"/>
+      <c r="E60" s="77"/>
+      <c r="F60" s="77"/>
+      <c r="G60" s="77"/>
+      <c r="H60" s="78"/>
+      <c r="I60" s="78"/>
+      <c r="J60" s="78"/>
+      <c r="K60" s="79"/>
+      <c r="L60" s="80"/>
+      <c r="M60" s="89"/>
+      <c r="N60" s="81"/>
+      <c r="O60" s="82"/>
+      <c r="P60" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B60:G60)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="109"/>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+      <c r="G61" s="77"/>
+      <c r="H61" s="78"/>
+      <c r="I61" s="78"/>
+      <c r="J61" s="78"/>
+      <c r="K61" s="79"/>
+      <c r="L61" s="80"/>
+      <c r="M61" s="89"/>
+      <c r="N61" s="81"/>
+      <c r="O61" s="82"/>
+      <c r="P61" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B61:G61)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A62" s="109"/>
+      <c r="B62" s="76"/>
+      <c r="C62" s="76"/>
+      <c r="D62" s="76"/>
+      <c r="E62" s="77"/>
+      <c r="F62" s="77"/>
+      <c r="G62" s="77"/>
+      <c r="H62" s="78"/>
+      <c r="I62" s="78"/>
+      <c r="J62" s="78"/>
+      <c r="K62" s="79"/>
+      <c r="L62" s="80"/>
+      <c r="M62" s="89"/>
+      <c r="N62" s="81"/>
+      <c r="O62" s="82"/>
+      <c r="P62" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B62:G62)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="109"/>
+      <c r="B63" s="76"/>
+      <c r="C63" s="76"/>
+      <c r="D63" s="76"/>
+      <c r="E63" s="77"/>
+      <c r="F63" s="77"/>
+      <c r="G63" s="77"/>
+      <c r="H63" s="78"/>
+      <c r="I63" s="78"/>
+      <c r="J63" s="78"/>
+      <c r="K63" s="79"/>
+      <c r="L63" s="80"/>
+      <c r="M63" s="89"/>
+      <c r="N63" s="81"/>
+      <c r="O63" s="82"/>
+      <c r="P63" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B63:G63)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="109"/>
+      <c r="B64" s="76"/>
+      <c r="C64" s="76"/>
+      <c r="D64" s="76"/>
+      <c r="E64" s="77"/>
+      <c r="F64" s="77"/>
+      <c r="G64" s="77"/>
+      <c r="H64" s="78"/>
+      <c r="I64" s="78"/>
+      <c r="J64" s="78"/>
+      <c r="K64" s="79"/>
+      <c r="L64" s="80"/>
+      <c r="M64" s="89"/>
+      <c r="N64" s="81"/>
+      <c r="O64" s="82"/>
+      <c r="P64" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B64:G64)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="109"/>
+      <c r="B65" s="76"/>
+      <c r="C65" s="76"/>
+      <c r="D65" s="76"/>
+      <c r="E65" s="77"/>
+      <c r="F65" s="77"/>
+      <c r="G65" s="77"/>
+      <c r="H65" s="78"/>
+      <c r="I65" s="78"/>
+      <c r="J65" s="78"/>
+      <c r="K65" s="79"/>
+      <c r="L65" s="80"/>
+      <c r="M65" s="89"/>
+      <c r="N65" s="81"/>
+      <c r="O65" s="82"/>
+      <c r="P65" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B65:G65)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="109"/>
+      <c r="B66" s="76"/>
+      <c r="C66" s="76"/>
+      <c r="D66" s="76"/>
+      <c r="E66" s="77"/>
+      <c r="F66" s="77"/>
+      <c r="G66" s="77"/>
+      <c r="H66" s="78"/>
+      <c r="I66" s="78"/>
+      <c r="J66" s="78"/>
+      <c r="K66" s="79"/>
+      <c r="L66" s="80"/>
+      <c r="M66" s="89"/>
+      <c r="N66" s="81"/>
+      <c r="O66" s="82"/>
+      <c r="P66" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B66:G66)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A67" s="109"/>
+      <c r="B67" s="76"/>
+      <c r="C67" s="76"/>
+      <c r="D67" s="76"/>
+      <c r="E67" s="77"/>
+      <c r="F67" s="77"/>
+      <c r="G67" s="77"/>
+      <c r="H67" s="78"/>
+      <c r="I67" s="78"/>
+      <c r="J67" s="78"/>
+      <c r="K67" s="79"/>
+      <c r="L67" s="80"/>
+      <c r="M67" s="89"/>
+      <c r="N67" s="81"/>
+      <c r="O67" s="82"/>
+      <c r="P67" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B67:G67)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A68" s="109"/>
+      <c r="B68" s="76"/>
+      <c r="C68" s="76"/>
+      <c r="D68" s="76"/>
+      <c r="E68" s="77"/>
+      <c r="F68" s="77"/>
+      <c r="G68" s="77"/>
+      <c r="H68" s="78"/>
+      <c r="I68" s="78"/>
+      <c r="J68" s="78"/>
+      <c r="K68" s="79"/>
+      <c r="L68" s="80"/>
+      <c r="M68" s="89"/>
+      <c r="N68" s="81"/>
+      <c r="O68" s="82"/>
+      <c r="P68" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B68:G68)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A69" s="109"/>
+      <c r="B69" s="76"/>
+      <c r="C69" s="76"/>
+      <c r="D69" s="76"/>
+      <c r="E69" s="77"/>
+      <c r="F69" s="77"/>
+      <c r="G69" s="77"/>
+      <c r="H69" s="78"/>
+      <c r="I69" s="78"/>
+      <c r="J69" s="78"/>
+      <c r="K69" s="79"/>
+      <c r="L69" s="80"/>
+      <c r="M69" s="89"/>
+      <c r="N69" s="81"/>
+      <c r="O69" s="82"/>
+      <c r="P69" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B69:G69)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="109"/>
+      <c r="B70" s="76"/>
+      <c r="C70" s="76"/>
+      <c r="D70" s="76"/>
+      <c r="E70" s="77"/>
+      <c r="F70" s="77"/>
+      <c r="G70" s="77"/>
+      <c r="H70" s="78"/>
+      <c r="I70" s="78"/>
+      <c r="J70" s="78"/>
+      <c r="K70" s="79"/>
+      <c r="L70" s="80"/>
+      <c r="M70" s="89"/>
+      <c r="N70" s="81"/>
+      <c r="O70" s="82"/>
+      <c r="P70" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B70:G70)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="109"/>
+      <c r="B71" s="76"/>
+      <c r="C71" s="76"/>
+      <c r="D71" s="76"/>
+      <c r="E71" s="77"/>
+      <c r="F71" s="77"/>
+      <c r="G71" s="77"/>
+      <c r="H71" s="78"/>
+      <c r="I71" s="78"/>
+      <c r="J71" s="78"/>
+      <c r="K71" s="79"/>
+      <c r="L71" s="80"/>
+      <c r="M71" s="89"/>
+      <c r="N71" s="81"/>
+      <c r="O71" s="82"/>
+      <c r="P71" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B71:G71)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="109"/>
+      <c r="B72" s="76"/>
+      <c r="C72" s="76"/>
+      <c r="D72" s="76"/>
+      <c r="E72" s="77"/>
+      <c r="F72" s="77"/>
+      <c r="G72" s="77"/>
+      <c r="H72" s="78"/>
+      <c r="I72" s="78"/>
+      <c r="J72" s="78"/>
+      <c r="K72" s="79"/>
+      <c r="L72" s="80"/>
+      <c r="M72" s="89"/>
+      <c r="N72" s="81"/>
+      <c r="O72" s="82"/>
+      <c r="P72" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B72:G72)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A73" s="109"/>
+      <c r="B73" s="76"/>
+      <c r="C73" s="76"/>
+      <c r="D73" s="76"/>
+      <c r="E73" s="77"/>
+      <c r="F73" s="77"/>
+      <c r="G73" s="77"/>
+      <c r="H73" s="78"/>
+      <c r="I73" s="78"/>
+      <c r="J73" s="78"/>
+      <c r="K73" s="79"/>
+      <c r="L73" s="80"/>
+      <c r="M73" s="89"/>
+      <c r="N73" s="81"/>
+      <c r="O73" s="82"/>
+      <c r="P73" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B73:G73)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A74" s="109"/>
+      <c r="B74" s="76"/>
+      <c r="C74" s="76"/>
+      <c r="D74" s="76"/>
+      <c r="E74" s="77"/>
+      <c r="F74" s="77"/>
+      <c r="G74" s="77"/>
+      <c r="H74" s="78"/>
+      <c r="I74" s="78"/>
+      <c r="J74" s="78"/>
+      <c r="K74" s="79"/>
+      <c r="L74" s="80"/>
+      <c r="M74" s="89"/>
+      <c r="N74" s="81"/>
+      <c r="O74" s="82"/>
+      <c r="P74" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B74:G74)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A75" s="109"/>
+      <c r="B75" s="76"/>
+      <c r="C75" s="76"/>
+      <c r="D75" s="76"/>
+      <c r="E75" s="77"/>
+      <c r="F75" s="77"/>
+      <c r="G75" s="77"/>
+      <c r="H75" s="78"/>
+      <c r="I75" s="78"/>
+      <c r="J75" s="78"/>
+      <c r="K75" s="79"/>
+      <c r="L75" s="80"/>
+      <c r="M75" s="89"/>
+      <c r="N75" s="81"/>
+      <c r="O75" s="82"/>
+      <c r="P75" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B75:G75)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A76" s="109"/>
+      <c r="B76" s="76"/>
+      <c r="C76" s="76"/>
+      <c r="D76" s="76"/>
+      <c r="E76" s="77"/>
+      <c r="F76" s="77"/>
+      <c r="G76" s="77"/>
+      <c r="H76" s="78"/>
+      <c r="I76" s="78"/>
+      <c r="J76" s="78"/>
+      <c r="K76" s="79"/>
+      <c r="L76" s="80"/>
+      <c r="M76" s="89"/>
+      <c r="N76" s="81"/>
+      <c r="O76" s="82"/>
+      <c r="P76" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B76:G76)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="109"/>
+      <c r="B77" s="76"/>
+      <c r="C77" s="76"/>
+      <c r="D77" s="76"/>
+      <c r="E77" s="77"/>
+      <c r="F77" s="77"/>
+      <c r="G77" s="77"/>
+      <c r="H77" s="78"/>
+      <c r="I77" s="78"/>
+      <c r="J77" s="78"/>
+      <c r="K77" s="79"/>
+      <c r="L77" s="80"/>
+      <c r="M77" s="89"/>
+      <c r="N77" s="81"/>
+      <c r="O77" s="82"/>
+      <c r="P77" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B77:G77)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="109"/>
+      <c r="B78" s="76"/>
+      <c r="C78" s="76"/>
+      <c r="D78" s="76"/>
+      <c r="E78" s="77"/>
+      <c r="F78" s="77"/>
+      <c r="G78" s="77"/>
+      <c r="H78" s="78"/>
+      <c r="I78" s="78"/>
+      <c r="J78" s="78"/>
+      <c r="K78" s="79"/>
+      <c r="L78" s="80"/>
+      <c r="M78" s="89"/>
+      <c r="N78" s="81"/>
+      <c r="O78" s="82"/>
+      <c r="P78" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B78:G78)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A79" s="109"/>
+      <c r="B79" s="76"/>
+      <c r="C79" s="76"/>
+      <c r="D79" s="76"/>
+      <c r="E79" s="77"/>
+      <c r="F79" s="77"/>
+      <c r="G79" s="77"/>
+      <c r="H79" s="78"/>
+      <c r="I79" s="78"/>
+      <c r="J79" s="78"/>
+      <c r="K79" s="79"/>
+      <c r="L79" s="80"/>
+      <c r="M79" s="89"/>
+      <c r="N79" s="81"/>
+      <c r="O79" s="82"/>
+      <c r="P79" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B79:G79)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A80" s="109"/>
+      <c r="B80" s="76"/>
+      <c r="C80" s="76"/>
+      <c r="D80" s="76"/>
+      <c r="E80" s="77"/>
+      <c r="F80" s="77"/>
+      <c r="G80" s="77"/>
+      <c r="H80" s="78"/>
+      <c r="I80" s="78"/>
+      <c r="J80" s="78"/>
+      <c r="K80" s="79"/>
+      <c r="L80" s="80"/>
+      <c r="M80" s="89"/>
+      <c r="N80" s="81"/>
+      <c r="O80" s="82"/>
+      <c r="P80" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B80:G80)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A81" s="109"/>
+      <c r="B81" s="76"/>
+      <c r="C81" s="76"/>
+      <c r="D81" s="76"/>
+      <c r="E81" s="77"/>
+      <c r="F81" s="77"/>
+      <c r="G81" s="77"/>
+      <c r="H81" s="78"/>
+      <c r="I81" s="78"/>
+      <c r="J81" s="78"/>
+      <c r="K81" s="79"/>
+      <c r="L81" s="80"/>
+      <c r="M81" s="89"/>
+      <c r="N81" s="81"/>
+      <c r="O81" s="82"/>
+      <c r="P81" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B81:G81)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A82" s="109"/>
+      <c r="B82" s="76"/>
+      <c r="C82" s="76"/>
+      <c r="D82" s="76"/>
+      <c r="E82" s="77"/>
+      <c r="F82" s="77"/>
+      <c r="G82" s="77"/>
+      <c r="H82" s="78"/>
+      <c r="I82" s="78"/>
+      <c r="J82" s="78"/>
+      <c r="K82" s="79"/>
+      <c r="L82" s="80"/>
+      <c r="M82" s="89"/>
+      <c r="N82" s="81"/>
+      <c r="O82" s="82"/>
+      <c r="P82" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B82:G82)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A83" s="109"/>
+      <c r="B83" s="76"/>
+      <c r="C83" s="76"/>
+      <c r="D83" s="76"/>
+      <c r="E83" s="77"/>
+      <c r="F83" s="77"/>
+      <c r="G83" s="77"/>
+      <c r="H83" s="78"/>
+      <c r="I83" s="78"/>
+      <c r="J83" s="78"/>
+      <c r="K83" s="79"/>
+      <c r="L83" s="80"/>
+      <c r="M83" s="89"/>
+      <c r="N83" s="81"/>
+      <c r="O83" s="82"/>
+      <c r="P83" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B83:G83)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A84" s="109"/>
+      <c r="B84" s="76"/>
+      <c r="C84" s="76"/>
+      <c r="D84" s="76"/>
+      <c r="E84" s="77"/>
+      <c r="F84" s="77"/>
+      <c r="G84" s="77"/>
+      <c r="H84" s="78"/>
+      <c r="I84" s="78"/>
+      <c r="J84" s="78"/>
+      <c r="K84" s="79"/>
+      <c r="L84" s="80"/>
+      <c r="M84" s="89"/>
+      <c r="N84" s="81"/>
+      <c r="O84" s="82"/>
+      <c r="P84" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B84:G84)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A85" s="109"/>
+      <c r="B85" s="76"/>
+      <c r="C85" s="76"/>
+      <c r="D85" s="76"/>
+      <c r="E85" s="77"/>
+      <c r="F85" s="77"/>
+      <c r="G85" s="77"/>
+      <c r="H85" s="78"/>
+      <c r="I85" s="78"/>
+      <c r="J85" s="78"/>
+      <c r="K85" s="79"/>
+      <c r="L85" s="80"/>
+      <c r="M85" s="89"/>
+      <c r="N85" s="81"/>
+      <c r="O85" s="82"/>
+      <c r="P85" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B85:G85)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A86" s="109"/>
+      <c r="B86" s="76"/>
+      <c r="C86" s="76"/>
+      <c r="D86" s="76"/>
+      <c r="E86" s="77"/>
+      <c r="F86" s="77"/>
+      <c r="G86" s="77"/>
+      <c r="H86" s="78"/>
+      <c r="I86" s="78"/>
+      <c r="J86" s="78"/>
+      <c r="K86" s="79"/>
+      <c r="L86" s="80"/>
+      <c r="M86" s="89"/>
+      <c r="N86" s="81"/>
+      <c r="O86" s="82"/>
+      <c r="P86" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B86:G86)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A87" s="109"/>
+      <c r="B87" s="76"/>
+      <c r="C87" s="76"/>
+      <c r="D87" s="76"/>
+      <c r="E87" s="77"/>
+      <c r="F87" s="77"/>
+      <c r="G87" s="77"/>
+      <c r="H87" s="78"/>
+      <c r="I87" s="78"/>
+      <c r="J87" s="78"/>
+      <c r="K87" s="79"/>
+      <c r="L87" s="80"/>
+      <c r="M87" s="89"/>
+      <c r="N87" s="81"/>
+      <c r="O87" s="82"/>
+      <c r="P87" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B87:G87)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A88" s="109"/>
+      <c r="B88" s="76"/>
+      <c r="C88" s="76"/>
+      <c r="D88" s="76"/>
+      <c r="E88" s="77"/>
+      <c r="F88" s="77"/>
+      <c r="G88" s="77"/>
+      <c r="H88" s="78"/>
+      <c r="I88" s="78"/>
+      <c r="J88" s="78"/>
+      <c r="K88" s="79"/>
+      <c r="L88" s="80"/>
+      <c r="M88" s="89"/>
+      <c r="N88" s="81"/>
+      <c r="O88" s="82"/>
+      <c r="P88" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B88:G88)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A89" s="109"/>
+      <c r="B89" s="76"/>
+      <c r="C89" s="76"/>
+      <c r="D89" s="76"/>
+      <c r="E89" s="77"/>
+      <c r="F89" s="77"/>
+      <c r="G89" s="77"/>
+      <c r="H89" s="78"/>
+      <c r="I89" s="78"/>
+      <c r="J89" s="78"/>
+      <c r="K89" s="79"/>
+      <c r="L89" s="80"/>
+      <c r="M89" s="89"/>
+      <c r="N89" s="81"/>
+      <c r="O89" s="82"/>
+      <c r="P89" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B89:G89)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="109"/>
+      <c r="B90" s="76"/>
+      <c r="C90" s="76"/>
+      <c r="D90" s="76"/>
+      <c r="E90" s="77"/>
+      <c r="F90" s="77"/>
+      <c r="G90" s="77"/>
+      <c r="H90" s="78"/>
+      <c r="I90" s="78"/>
+      <c r="J90" s="78"/>
+      <c r="K90" s="79"/>
+      <c r="L90" s="80"/>
+      <c r="M90" s="89"/>
+      <c r="N90" s="81"/>
+      <c r="O90" s="82"/>
+      <c r="P90" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B90:G90)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A91" s="109"/>
+      <c r="B91" s="76"/>
+      <c r="C91" s="76"/>
+      <c r="D91" s="76"/>
+      <c r="E91" s="77"/>
+      <c r="F91" s="77"/>
+      <c r="G91" s="77"/>
+      <c r="H91" s="78"/>
+      <c r="I91" s="78"/>
+      <c r="J91" s="78"/>
+      <c r="K91" s="79"/>
+      <c r="L91" s="80"/>
+      <c r="M91" s="89"/>
+      <c r="N91" s="81"/>
+      <c r="O91" s="82"/>
+      <c r="P91" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B91:G91)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A92" s="109"/>
+      <c r="B92" s="76"/>
+      <c r="C92" s="76"/>
+      <c r="D92" s="76"/>
+      <c r="E92" s="77"/>
+      <c r="F92" s="77"/>
+      <c r="G92" s="77"/>
+      <c r="H92" s="78"/>
+      <c r="I92" s="78"/>
+      <c r="J92" s="78"/>
+      <c r="K92" s="79"/>
+      <c r="L92" s="80"/>
+      <c r="M92" s="89"/>
+      <c r="N92" s="81"/>
+      <c r="O92" s="82"/>
+      <c r="P92" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B92:G92)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A93" s="109"/>
+      <c r="B93" s="76"/>
+      <c r="C93" s="76"/>
+      <c r="D93" s="76"/>
+      <c r="E93" s="77"/>
+      <c r="F93" s="77"/>
+      <c r="G93" s="77"/>
+      <c r="H93" s="78"/>
+      <c r="I93" s="78"/>
+      <c r="J93" s="78"/>
+      <c r="K93" s="79"/>
+      <c r="L93" s="80"/>
+      <c r="M93" s="89"/>
+      <c r="N93" s="81"/>
+      <c r="O93" s="82"/>
+      <c r="P93" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B93:G93)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="109"/>
+      <c r="B94" s="76"/>
+      <c r="C94" s="76"/>
+      <c r="D94" s="76"/>
+      <c r="E94" s="77"/>
+      <c r="F94" s="77"/>
+      <c r="G94" s="77"/>
+      <c r="H94" s="78"/>
+      <c r="I94" s="78"/>
+      <c r="J94" s="78"/>
+      <c r="K94" s="79"/>
+      <c r="L94" s="80"/>
+      <c r="M94" s="89"/>
+      <c r="N94" s="81"/>
+      <c r="O94" s="82"/>
+      <c r="P94" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B94:G94)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="109"/>
+      <c r="B95" s="76"/>
+      <c r="C95" s="76"/>
+      <c r="D95" s="76"/>
+      <c r="E95" s="77"/>
+      <c r="F95" s="77"/>
+      <c r="G95" s="77"/>
+      <c r="H95" s="78"/>
+      <c r="I95" s="78"/>
+      <c r="J95" s="78"/>
+      <c r="K95" s="79"/>
+      <c r="L95" s="80"/>
+      <c r="M95" s="89"/>
+      <c r="N95" s="81"/>
+      <c r="O95" s="82"/>
+      <c r="P95" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B95:G95)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="109"/>
+      <c r="B96" s="76"/>
+      <c r="C96" s="76"/>
+      <c r="D96" s="76"/>
+      <c r="E96" s="77"/>
+      <c r="F96" s="77"/>
+      <c r="G96" s="77"/>
+      <c r="H96" s="78"/>
+      <c r="I96" s="78"/>
+      <c r="J96" s="78"/>
+      <c r="K96" s="79"/>
+      <c r="L96" s="80"/>
+      <c r="M96" s="89"/>
+      <c r="N96" s="81"/>
+      <c r="O96" s="82"/>
+      <c r="P96" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B96:G96)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="109"/>
+      <c r="B97" s="76"/>
+      <c r="C97" s="76"/>
+      <c r="D97" s="76"/>
+      <c r="E97" s="77"/>
+      <c r="F97" s="77"/>
+      <c r="G97" s="77"/>
+      <c r="H97" s="78"/>
+      <c r="I97" s="78"/>
+      <c r="J97" s="78"/>
+      <c r="K97" s="79"/>
+      <c r="L97" s="80"/>
+      <c r="M97" s="89"/>
+      <c r="N97" s="81"/>
+      <c r="O97" s="82"/>
+      <c r="P97" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B97:G97)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A98" s="109"/>
+      <c r="B98" s="76"/>
+      <c r="C98" s="76"/>
+      <c r="D98" s="76"/>
+      <c r="E98" s="77"/>
+      <c r="F98" s="77"/>
+      <c r="G98" s="77"/>
+      <c r="H98" s="78"/>
+      <c r="I98" s="78"/>
+      <c r="J98" s="78"/>
+      <c r="K98" s="79"/>
+      <c r="L98" s="80"/>
+      <c r="M98" s="89"/>
+      <c r="N98" s="81"/>
+      <c r="O98" s="82"/>
+      <c r="P98" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B98:G98)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A99" s="109"/>
+      <c r="B99" s="76"/>
+      <c r="C99" s="76"/>
+      <c r="D99" s="76"/>
+      <c r="E99" s="77"/>
+      <c r="F99" s="77"/>
+      <c r="G99" s="77"/>
+      <c r="H99" s="78"/>
+      <c r="I99" s="78"/>
+      <c r="J99" s="78"/>
+      <c r="K99" s="79"/>
+      <c r="L99" s="80"/>
+      <c r="M99" s="89"/>
+      <c r="N99" s="81"/>
+      <c r="O99" s="82"/>
+      <c r="P99" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B99:G99)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="109"/>
+      <c r="B100" s="76"/>
+      <c r="C100" s="76"/>
+      <c r="D100" s="76"/>
+      <c r="E100" s="77"/>
+      <c r="F100" s="77"/>
+      <c r="G100" s="77"/>
+      <c r="H100" s="78"/>
+      <c r="I100" s="78"/>
+      <c r="J100" s="78"/>
+      <c r="K100" s="79"/>
+      <c r="L100" s="80"/>
+      <c r="M100" s="89"/>
+      <c r="N100" s="81"/>
+      <c r="O100" s="82"/>
+      <c r="P100" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B100:G100)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="109"/>
+      <c r="B101" s="76"/>
+      <c r="C101" s="76"/>
+      <c r="D101" s="76"/>
+      <c r="E101" s="77"/>
+      <c r="F101" s="77"/>
+      <c r="G101" s="77"/>
+      <c r="H101" s="78"/>
+      <c r="I101" s="78"/>
+      <c r="J101" s="78"/>
+      <c r="K101" s="79"/>
+      <c r="L101" s="80"/>
+      <c r="M101" s="89"/>
+      <c r="N101" s="81"/>
+      <c r="O101" s="82"/>
+      <c r="P101" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B101:G101)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A102" s="109"/>
+      <c r="B102" s="76"/>
+      <c r="C102" s="76"/>
+      <c r="D102" s="76"/>
+      <c r="E102" s="77"/>
+      <c r="F102" s="77"/>
+      <c r="G102" s="77"/>
+      <c r="H102" s="78"/>
+      <c r="I102" s="78"/>
+      <c r="J102" s="78"/>
+      <c r="K102" s="79"/>
+      <c r="L102" s="80"/>
+      <c r="M102" s="89"/>
+      <c r="N102" s="81"/>
+      <c r="O102" s="82"/>
+      <c r="P102" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B102:G102)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A103" s="109"/>
+      <c r="B103" s="76"/>
+      <c r="C103" s="76"/>
+      <c r="D103" s="76"/>
+      <c r="E103" s="77"/>
+      <c r="F103" s="77"/>
+      <c r="G103" s="77"/>
+      <c r="H103" s="78"/>
+      <c r="I103" s="78"/>
+      <c r="J103" s="78"/>
+      <c r="K103" s="79"/>
+      <c r="L103" s="80"/>
+      <c r="M103" s="89"/>
+      <c r="N103" s="81"/>
+      <c r="O103" s="82"/>
+      <c r="P103" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B103:G103)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A104" s="109"/>
+      <c r="B104" s="76"/>
+      <c r="C104" s="76"/>
+      <c r="D104" s="76"/>
+      <c r="E104" s="77"/>
+      <c r="F104" s="77"/>
+      <c r="G104" s="77"/>
+      <c r="H104" s="78"/>
+      <c r="I104" s="78"/>
+      <c r="J104" s="78"/>
+      <c r="K104" s="79"/>
+      <c r="L104" s="80"/>
+      <c r="M104" s="89"/>
+      <c r="N104" s="81"/>
+      <c r="O104" s="82"/>
+      <c r="P104" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B104:G104)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A105" s="109"/>
+      <c r="B105" s="76"/>
+      <c r="C105" s="76"/>
+      <c r="D105" s="76"/>
+      <c r="E105" s="77"/>
+      <c r="F105" s="77"/>
+      <c r="G105" s="77"/>
+      <c r="H105" s="78"/>
+      <c r="I105" s="78"/>
+      <c r="J105" s="78"/>
+      <c r="K105" s="79"/>
+      <c r="L105" s="80"/>
+      <c r="M105" s="89"/>
+      <c r="N105" s="81"/>
+      <c r="O105" s="82"/>
+      <c r="P105" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B105:G105)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A106" s="109"/>
+      <c r="B106" s="76"/>
+      <c r="C106" s="76"/>
+      <c r="D106" s="76"/>
+      <c r="E106" s="77"/>
+      <c r="F106" s="77"/>
+      <c r="G106" s="77"/>
+      <c r="H106" s="78"/>
+      <c r="I106" s="78"/>
+      <c r="J106" s="78"/>
+      <c r="K106" s="79"/>
+      <c r="L106" s="80"/>
+      <c r="M106" s="89"/>
+      <c r="N106" s="81"/>
+      <c r="O106" s="82"/>
+      <c r="P106" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B106:G106)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="109"/>
+      <c r="B107" s="76"/>
+      <c r="C107" s="76"/>
+      <c r="D107" s="76"/>
+      <c r="E107" s="77"/>
+      <c r="F107" s="77"/>
+      <c r="G107" s="77"/>
+      <c r="H107" s="78"/>
+      <c r="I107" s="78"/>
+      <c r="J107" s="78"/>
+      <c r="K107" s="79"/>
+      <c r="L107" s="80"/>
+      <c r="M107" s="89"/>
+      <c r="N107" s="81"/>
+      <c r="O107" s="82"/>
+      <c r="P107" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B107:G107)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A108" s="109"/>
+      <c r="B108" s="76"/>
+      <c r="C108" s="76"/>
+      <c r="D108" s="76"/>
+      <c r="E108" s="77"/>
+      <c r="F108" s="77"/>
+      <c r="G108" s="77"/>
+      <c r="H108" s="78"/>
+      <c r="I108" s="78"/>
+      <c r="J108" s="78"/>
+      <c r="K108" s="79"/>
+      <c r="L108" s="80"/>
+      <c r="M108" s="89"/>
+      <c r="N108" s="81"/>
+      <c r="O108" s="82"/>
+      <c r="P108" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B108:G108)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A109" s="109"/>
+      <c r="B109" s="76"/>
+      <c r="C109" s="76"/>
+      <c r="D109" s="76"/>
+      <c r="E109" s="77"/>
+      <c r="F109" s="77"/>
+      <c r="G109" s="77"/>
+      <c r="H109" s="78"/>
+      <c r="I109" s="78"/>
+      <c r="J109" s="78"/>
+      <c r="K109" s="79"/>
+      <c r="L109" s="80"/>
+      <c r="M109" s="89"/>
+      <c r="N109" s="81"/>
+      <c r="O109" s="82"/>
+      <c r="P109" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B109:G109)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="109"/>
+      <c r="B110" s="76"/>
+      <c r="C110" s="76"/>
+      <c r="D110" s="76"/>
+      <c r="E110" s="77"/>
+      <c r="F110" s="77"/>
+      <c r="G110" s="77"/>
+      <c r="H110" s="78"/>
+      <c r="I110" s="78"/>
+      <c r="J110" s="78"/>
+      <c r="K110" s="79"/>
+      <c r="L110" s="80"/>
+      <c r="M110" s="89"/>
+      <c r="N110" s="81"/>
+      <c r="O110" s="82"/>
+      <c r="P110" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B110:G110)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="109"/>
+      <c r="B111" s="76"/>
+      <c r="C111" s="76"/>
+      <c r="D111" s="76"/>
+      <c r="E111" s="77"/>
+      <c r="F111" s="77"/>
+      <c r="G111" s="77"/>
+      <c r="H111" s="78"/>
+      <c r="I111" s="78"/>
+      <c r="J111" s="78"/>
+      <c r="K111" s="79"/>
+      <c r="L111" s="80"/>
+      <c r="M111" s="89"/>
+      <c r="N111" s="81"/>
+      <c r="O111" s="82"/>
+      <c r="P111" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B111:G111)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="109"/>
+      <c r="B112" s="76"/>
+      <c r="C112" s="76"/>
+      <c r="D112" s="76"/>
+      <c r="E112" s="77"/>
+      <c r="F112" s="77"/>
+      <c r="G112" s="77"/>
+      <c r="H112" s="78"/>
+      <c r="I112" s="78"/>
+      <c r="J112" s="78"/>
+      <c r="K112" s="79"/>
+      <c r="L112" s="80"/>
+      <c r="M112" s="89"/>
+      <c r="N112" s="81"/>
+      <c r="O112" s="82"/>
+      <c r="P112" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B112:G112)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A113" s="109"/>
+      <c r="B113" s="76"/>
+      <c r="C113" s="76"/>
+      <c r="D113" s="76"/>
+      <c r="E113" s="77"/>
+      <c r="F113" s="77"/>
+      <c r="G113" s="77"/>
+      <c r="H113" s="78"/>
+      <c r="I113" s="78"/>
+      <c r="J113" s="78"/>
+      <c r="K113" s="79"/>
+      <c r="L113" s="80"/>
+      <c r="M113" s="89"/>
+      <c r="N113" s="81"/>
+      <c r="O113" s="82"/>
+      <c r="P113" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B113:G113)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A114" s="109"/>
+      <c r="B114" s="76"/>
+      <c r="C114" s="76"/>
+      <c r="D114" s="76"/>
+      <c r="E114" s="77"/>
+      <c r="F114" s="77"/>
+      <c r="G114" s="77"/>
+      <c r="H114" s="78"/>
+      <c r="I114" s="78"/>
+      <c r="J114" s="78"/>
+      <c r="K114" s="79"/>
+      <c r="L114" s="80"/>
+      <c r="M114" s="89"/>
+      <c r="N114" s="81"/>
+      <c r="O114" s="82"/>
+      <c r="P114" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B114:G114)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A115" s="109"/>
+      <c r="B115" s="76"/>
+      <c r="C115" s="76"/>
+      <c r="D115" s="76"/>
+      <c r="E115" s="77"/>
+      <c r="F115" s="77"/>
+      <c r="G115" s="77"/>
+      <c r="H115" s="78"/>
+      <c r="I115" s="78"/>
+      <c r="J115" s="78"/>
+      <c r="K115" s="79"/>
+      <c r="L115" s="80"/>
+      <c r="M115" s="89"/>
+      <c r="N115" s="81"/>
+      <c r="O115" s="82"/>
+      <c r="P115" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B115:G115)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="109"/>
+      <c r="B116" s="76"/>
+      <c r="C116" s="76"/>
+      <c r="D116" s="76"/>
+      <c r="E116" s="77"/>
+      <c r="F116" s="77"/>
+      <c r="G116" s="77"/>
+      <c r="H116" s="78"/>
+      <c r="I116" s="78"/>
+      <c r="J116" s="78"/>
+      <c r="K116" s="79"/>
+      <c r="L116" s="80"/>
+      <c r="M116" s="89"/>
+      <c r="N116" s="81"/>
+      <c r="O116" s="82"/>
+      <c r="P116" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B116:G116)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A117" s="109"/>
+      <c r="B117" s="76"/>
+      <c r="C117" s="76"/>
+      <c r="D117" s="76"/>
+      <c r="E117" s="77"/>
+      <c r="F117" s="77"/>
+      <c r="G117" s="77"/>
+      <c r="H117" s="78"/>
+      <c r="I117" s="78"/>
+      <c r="J117" s="78"/>
+      <c r="K117" s="79"/>
+      <c r="L117" s="80"/>
+      <c r="M117" s="89"/>
+      <c r="N117" s="81"/>
+      <c r="O117" s="82"/>
+      <c r="P117" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B117:G117)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="109"/>
+      <c r="B118" s="76"/>
+      <c r="C118" s="76"/>
+      <c r="D118" s="76"/>
+      <c r="E118" s="77"/>
+      <c r="F118" s="77"/>
+      <c r="G118" s="77"/>
+      <c r="H118" s="78"/>
+      <c r="I118" s="78"/>
+      <c r="J118" s="78"/>
+      <c r="K118" s="79"/>
+      <c r="L118" s="80"/>
+      <c r="M118" s="89"/>
+      <c r="N118" s="81"/>
+      <c r="O118" s="82"/>
+      <c r="P118" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B118:G118)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="109"/>
+      <c r="B119" s="76"/>
+      <c r="C119" s="76"/>
+      <c r="D119" s="76"/>
+      <c r="E119" s="77"/>
+      <c r="F119" s="77"/>
+      <c r="G119" s="77"/>
+      <c r="H119" s="78"/>
+      <c r="I119" s="78"/>
+      <c r="J119" s="78"/>
+      <c r="K119" s="79"/>
+      <c r="L119" s="80"/>
+      <c r="M119" s="89"/>
+      <c r="N119" s="81"/>
+      <c r="O119" s="82"/>
+      <c r="P119" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B119:G119)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="109"/>
+      <c r="B120" s="76"/>
+      <c r="C120" s="76"/>
+      <c r="D120" s="76"/>
+      <c r="E120" s="77"/>
+      <c r="F120" s="77"/>
+      <c r="G120" s="77"/>
+      <c r="H120" s="78"/>
+      <c r="I120" s="78"/>
+      <c r="J120" s="78"/>
+      <c r="K120" s="79"/>
+      <c r="L120" s="80"/>
+      <c r="M120" s="89"/>
+      <c r="N120" s="81"/>
+      <c r="O120" s="82"/>
+      <c r="P120" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B120:G120)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="109"/>
+      <c r="B121" s="76"/>
+      <c r="C121" s="76"/>
+      <c r="D121" s="76"/>
+      <c r="E121" s="77"/>
+      <c r="F121" s="77"/>
+      <c r="G121" s="77"/>
+      <c r="H121" s="78"/>
+      <c r="I121" s="78"/>
+      <c r="J121" s="78"/>
+      <c r="K121" s="79"/>
+      <c r="L121" s="80"/>
+      <c r="M121" s="89"/>
+      <c r="N121" s="81"/>
+      <c r="O121" s="82"/>
+      <c r="P121" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B121:G121)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="109"/>
+      <c r="B122" s="76"/>
+      <c r="C122" s="76"/>
+      <c r="D122" s="76"/>
+      <c r="E122" s="77"/>
+      <c r="F122" s="77"/>
+      <c r="G122" s="77"/>
+      <c r="H122" s="78"/>
+      <c r="I122" s="78"/>
+      <c r="J122" s="78"/>
+      <c r="K122" s="79"/>
+      <c r="L122" s="80"/>
+      <c r="M122" s="89"/>
+      <c r="N122" s="81"/>
+      <c r="O122" s="82"/>
+      <c r="P122" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B122:G122)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="109"/>
+      <c r="B123" s="76"/>
+      <c r="C123" s="76"/>
+      <c r="D123" s="76"/>
+      <c r="E123" s="77"/>
+      <c r="F123" s="77"/>
+      <c r="G123" s="77"/>
+      <c r="H123" s="78"/>
+      <c r="I123" s="78"/>
+      <c r="J123" s="78"/>
+      <c r="K123" s="79"/>
+      <c r="L123" s="80"/>
+      <c r="M123" s="89"/>
+      <c r="N123" s="81"/>
+      <c r="O123" s="82"/>
+      <c r="P123" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B123:G123)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="109"/>
+      <c r="B124" s="76"/>
+      <c r="C124" s="76"/>
+      <c r="D124" s="76"/>
+      <c r="E124" s="77"/>
+      <c r="F124" s="77"/>
+      <c r="G124" s="77"/>
+      <c r="H124" s="78"/>
+      <c r="I124" s="78"/>
+      <c r="J124" s="78"/>
+      <c r="K124" s="79"/>
+      <c r="L124" s="80"/>
+      <c r="M124" s="89"/>
+      <c r="N124" s="81"/>
+      <c r="O124" s="82"/>
+      <c r="P124" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B124:G124)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="109"/>
+      <c r="B125" s="76"/>
+      <c r="C125" s="76"/>
+      <c r="D125" s="76"/>
+      <c r="E125" s="77"/>
+      <c r="F125" s="77"/>
+      <c r="G125" s="77"/>
+      <c r="H125" s="78"/>
+      <c r="I125" s="78"/>
+      <c r="J125" s="78"/>
+      <c r="K125" s="79"/>
+      <c r="L125" s="80"/>
+      <c r="M125" s="89"/>
+      <c r="N125" s="81"/>
+      <c r="O125" s="82"/>
+      <c r="P125" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B125:G125)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A126" s="109"/>
+      <c r="B126" s="76"/>
+      <c r="C126" s="76"/>
+      <c r="D126" s="76"/>
+      <c r="E126" s="77"/>
+      <c r="F126" s="77"/>
+      <c r="G126" s="77"/>
+      <c r="H126" s="78"/>
+      <c r="I126" s="78"/>
+      <c r="J126" s="78"/>
+      <c r="K126" s="79"/>
+      <c r="L126" s="80"/>
+      <c r="M126" s="89"/>
+      <c r="N126" s="81"/>
+      <c r="O126" s="82"/>
+      <c r="P126" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B126:G126)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A127" s="109"/>
+      <c r="B127" s="76"/>
+      <c r="C127" s="76"/>
+      <c r="D127" s="76"/>
+      <c r="E127" s="77"/>
+      <c r="F127" s="77"/>
+      <c r="G127" s="77"/>
+      <c r="H127" s="78"/>
+      <c r="I127" s="78"/>
+      <c r="J127" s="78"/>
+      <c r="K127" s="79"/>
+      <c r="L127" s="80"/>
+      <c r="M127" s="89"/>
+      <c r="N127" s="81"/>
+      <c r="O127" s="82"/>
+      <c r="P127" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B127:G127)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A128" s="109"/>
+      <c r="B128" s="76"/>
+      <c r="C128" s="76"/>
+      <c r="D128" s="76"/>
+      <c r="E128" s="77"/>
+      <c r="F128" s="77"/>
+      <c r="G128" s="77"/>
+      <c r="H128" s="78"/>
+      <c r="I128" s="78"/>
+      <c r="J128" s="78"/>
+      <c r="K128" s="79"/>
+      <c r="L128" s="80"/>
+      <c r="M128" s="89"/>
+      <c r="N128" s="81"/>
+      <c r="O128" s="82"/>
+      <c r="P128" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B128:G128)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A129" s="109"/>
+      <c r="B129" s="76"/>
+      <c r="C129" s="76"/>
+      <c r="D129" s="76"/>
+      <c r="E129" s="77"/>
+      <c r="F129" s="77"/>
+      <c r="G129" s="77"/>
+      <c r="H129" s="78"/>
+      <c r="I129" s="78"/>
+      <c r="J129" s="78"/>
+      <c r="K129" s="79"/>
+      <c r="L129" s="80"/>
+      <c r="M129" s="89"/>
+      <c r="N129" s="81"/>
+      <c r="O129" s="82"/>
+      <c r="P129" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B129:G129)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="109"/>
+      <c r="B130" s="76"/>
+      <c r="C130" s="76"/>
+      <c r="D130" s="76"/>
+      <c r="E130" s="77"/>
+      <c r="F130" s="77"/>
+      <c r="G130" s="77"/>
+      <c r="H130" s="78"/>
+      <c r="I130" s="78"/>
+      <c r="J130" s="78"/>
+      <c r="K130" s="79"/>
+      <c r="L130" s="80"/>
+      <c r="M130" s="89"/>
+      <c r="N130" s="81"/>
+      <c r="O130" s="82"/>
+      <c r="P130" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B130:G130)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A131" s="109"/>
+      <c r="B131" s="76"/>
+      <c r="C131" s="76"/>
+      <c r="D131" s="76"/>
+      <c r="E131" s="77"/>
+      <c r="F131" s="77"/>
+      <c r="G131" s="77"/>
+      <c r="H131" s="78"/>
+      <c r="I131" s="78"/>
+      <c r="J131" s="78"/>
+      <c r="K131" s="79"/>
+      <c r="L131" s="80"/>
+      <c r="M131" s="89"/>
+      <c r="N131" s="81"/>
+      <c r="O131" s="82"/>
+      <c r="P131" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B131:G131)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A132" s="109"/>
+      <c r="B132" s="76"/>
+      <c r="C132" s="76"/>
+      <c r="D132" s="76"/>
+      <c r="E132" s="77"/>
+      <c r="F132" s="77"/>
+      <c r="G132" s="77"/>
+      <c r="H132" s="78"/>
+      <c r="I132" s="78"/>
+      <c r="J132" s="78"/>
+      <c r="K132" s="79"/>
+      <c r="L132" s="80"/>
+      <c r="M132" s="89"/>
+      <c r="N132" s="81"/>
+      <c r="O132" s="82"/>
+      <c r="P132" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B132:G132)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A133" s="109"/>
+      <c r="B133" s="76"/>
+      <c r="C133" s="76"/>
+      <c r="D133" s="76"/>
+      <c r="E133" s="77"/>
+      <c r="F133" s="77"/>
+      <c r="G133" s="77"/>
+      <c r="H133" s="78"/>
+      <c r="I133" s="78"/>
+      <c r="J133" s="78"/>
+      <c r="K133" s="79"/>
+      <c r="L133" s="80"/>
+      <c r="M133" s="89"/>
+      <c r="N133" s="81"/>
+      <c r="O133" s="82"/>
+      <c r="P133" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B133:G133)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A134" s="109"/>
+      <c r="B134" s="76"/>
+      <c r="C134" s="76"/>
+      <c r="D134" s="76"/>
+      <c r="E134" s="77"/>
+      <c r="F134" s="77"/>
+      <c r="G134" s="77"/>
+      <c r="H134" s="78"/>
+      <c r="I134" s="78"/>
+      <c r="J134" s="78"/>
+      <c r="K134" s="79"/>
+      <c r="L134" s="80"/>
+      <c r="M134" s="89"/>
+      <c r="N134" s="81"/>
+      <c r="O134" s="82"/>
+      <c r="P134" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B134:G134)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A135" s="109"/>
+      <c r="B135" s="76"/>
+      <c r="C135" s="76"/>
+      <c r="D135" s="76"/>
+      <c r="E135" s="77"/>
+      <c r="F135" s="77"/>
+      <c r="G135" s="77"/>
+      <c r="H135" s="78"/>
+      <c r="I135" s="78"/>
+      <c r="J135" s="78"/>
+      <c r="K135" s="79"/>
+      <c r="L135" s="80"/>
+      <c r="M135" s="89"/>
+      <c r="N135" s="81"/>
+      <c r="O135" s="82"/>
+      <c r="P135" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B135:G135)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="109"/>
+      <c r="B136" s="76"/>
+      <c r="C136" s="76"/>
+      <c r="D136" s="76"/>
+      <c r="E136" s="77"/>
+      <c r="F136" s="77"/>
+      <c r="G136" s="77"/>
+      <c r="H136" s="78"/>
+      <c r="I136" s="78"/>
+      <c r="J136" s="78"/>
+      <c r="K136" s="79"/>
+      <c r="L136" s="80"/>
+      <c r="M136" s="89"/>
+      <c r="N136" s="81"/>
+      <c r="O136" s="82"/>
+      <c r="P136" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B136:G136)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A137" s="109"/>
+      <c r="B137" s="76"/>
+      <c r="C137" s="76"/>
+      <c r="D137" s="76"/>
+      <c r="E137" s="77"/>
+      <c r="F137" s="77"/>
+      <c r="G137" s="77"/>
+      <c r="H137" s="78"/>
+      <c r="I137" s="78"/>
+      <c r="J137" s="78"/>
+      <c r="K137" s="79"/>
+      <c r="L137" s="80"/>
+      <c r="M137" s="89"/>
+      <c r="N137" s="81"/>
+      <c r="O137" s="82"/>
+      <c r="P137" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B137:G137)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A138" s="109"/>
+      <c r="B138" s="76"/>
+      <c r="C138" s="76"/>
+      <c r="D138" s="76"/>
+      <c r="E138" s="77"/>
+      <c r="F138" s="77"/>
+      <c r="G138" s="77"/>
+      <c r="H138" s="78"/>
+      <c r="I138" s="78"/>
+      <c r="J138" s="78"/>
+      <c r="K138" s="79"/>
+      <c r="L138" s="80"/>
+      <c r="M138" s="89"/>
+      <c r="N138" s="81"/>
+      <c r="O138" s="82"/>
+      <c r="P138" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B138:G138)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="109"/>
+      <c r="B139" s="76"/>
+      <c r="C139" s="76"/>
+      <c r="D139" s="76"/>
+      <c r="E139" s="77"/>
+      <c r="F139" s="77"/>
+      <c r="G139" s="77"/>
+      <c r="H139" s="78"/>
+      <c r="I139" s="78"/>
+      <c r="J139" s="78"/>
+      <c r="K139" s="79"/>
+      <c r="L139" s="80"/>
+      <c r="M139" s="89"/>
+      <c r="N139" s="81"/>
+      <c r="O139" s="82"/>
+      <c r="P139" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B139:G139)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="109"/>
+      <c r="B140" s="76"/>
+      <c r="C140" s="76"/>
+      <c r="D140" s="76"/>
+      <c r="E140" s="77"/>
+      <c r="F140" s="77"/>
+      <c r="G140" s="77"/>
+      <c r="H140" s="78"/>
+      <c r="I140" s="78"/>
+      <c r="J140" s="78"/>
+      <c r="K140" s="79"/>
+      <c r="L140" s="80"/>
+      <c r="M140" s="89"/>
+      <c r="N140" s="81"/>
+      <c r="O140" s="82"/>
+      <c r="P140" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B140:G140)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A141" s="109"/>
+      <c r="B141" s="76"/>
+      <c r="C141" s="76"/>
+      <c r="D141" s="76"/>
+      <c r="E141" s="77"/>
+      <c r="F141" s="77"/>
+      <c r="G141" s="77"/>
+      <c r="H141" s="78"/>
+      <c r="I141" s="78"/>
+      <c r="J141" s="78"/>
+      <c r="K141" s="79"/>
+      <c r="L141" s="80"/>
+      <c r="M141" s="89"/>
+      <c r="N141" s="81"/>
+      <c r="O141" s="82"/>
+      <c r="P141" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B141:G141)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="109"/>
+      <c r="B142" s="76"/>
+      <c r="C142" s="76"/>
+      <c r="D142" s="76"/>
+      <c r="E142" s="77"/>
+      <c r="F142" s="77"/>
+      <c r="G142" s="77"/>
+      <c r="H142" s="78"/>
+      <c r="I142" s="78"/>
+      <c r="J142" s="78"/>
+      <c r="K142" s="79"/>
+      <c r="L142" s="80"/>
+      <c r="M142" s="89"/>
+      <c r="N142" s="81"/>
+      <c r="O142" s="82"/>
+      <c r="P142" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B142:G142)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A143" s="109"/>
+      <c r="B143" s="76"/>
+      <c r="C143" s="76"/>
+      <c r="D143" s="76"/>
+      <c r="E143" s="77"/>
+      <c r="F143" s="77"/>
+      <c r="G143" s="77"/>
+      <c r="H143" s="78"/>
+      <c r="I143" s="78"/>
+      <c r="J143" s="78"/>
+      <c r="K143" s="79"/>
+      <c r="L143" s="80"/>
+      <c r="M143" s="89"/>
+      <c r="N143" s="81"/>
+      <c r="O143" s="82"/>
+      <c r="P143" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B143:G143)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="109"/>
+      <c r="B144" s="76"/>
+      <c r="C144" s="76"/>
+      <c r="D144" s="76"/>
+      <c r="E144" s="77"/>
+      <c r="F144" s="77"/>
+      <c r="G144" s="77"/>
+      <c r="H144" s="78"/>
+      <c r="I144" s="78"/>
+      <c r="J144" s="78"/>
+      <c r="K144" s="79"/>
+      <c r="L144" s="80"/>
+      <c r="M144" s="89"/>
+      <c r="N144" s="81"/>
+      <c r="O144" s="82"/>
+      <c r="P144" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B144:G144)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A145" s="109"/>
+      <c r="B145" s="76"/>
+      <c r="C145" s="76"/>
+      <c r="D145" s="76"/>
+      <c r="E145" s="77"/>
+      <c r="F145" s="77"/>
+      <c r="G145" s="77"/>
+      <c r="H145" s="78"/>
+      <c r="I145" s="78"/>
+      <c r="J145" s="78"/>
+      <c r="K145" s="79"/>
+      <c r="L145" s="80"/>
+      <c r="M145" s="89"/>
+      <c r="N145" s="81"/>
+      <c r="O145" s="82"/>
+      <c r="P145" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B145:G145)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A146" s="109"/>
+      <c r="B146" s="76"/>
+      <c r="C146" s="76"/>
+      <c r="D146" s="76"/>
+      <c r="E146" s="77"/>
+      <c r="F146" s="77"/>
+      <c r="G146" s="77"/>
+      <c r="H146" s="78"/>
+      <c r="I146" s="78"/>
+      <c r="J146" s="78"/>
+      <c r="K146" s="79"/>
+      <c r="L146" s="80"/>
+      <c r="M146" s="89"/>
+      <c r="N146" s="81"/>
+      <c r="O146" s="82"/>
+      <c r="P146" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B146:G146)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A147" s="109"/>
+      <c r="B147" s="76"/>
+      <c r="C147" s="76"/>
+      <c r="D147" s="76"/>
+      <c r="E147" s="77"/>
+      <c r="F147" s="77"/>
+      <c r="G147" s="77"/>
+      <c r="H147" s="78"/>
+      <c r="I147" s="78"/>
+      <c r="J147" s="78"/>
+      <c r="K147" s="79"/>
+      <c r="L147" s="80"/>
+      <c r="M147" s="89"/>
+      <c r="N147" s="81"/>
+      <c r="O147" s="82"/>
+      <c r="P147" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B147:G147)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A148" s="109"/>
+      <c r="B148" s="76"/>
+      <c r="C148" s="76"/>
+      <c r="D148" s="76"/>
+      <c r="E148" s="77"/>
+      <c r="F148" s="77"/>
+      <c r="G148" s="77"/>
+      <c r="H148" s="78"/>
+      <c r="I148" s="78"/>
+      <c r="J148" s="78"/>
+      <c r="K148" s="79"/>
+      <c r="L148" s="80"/>
+      <c r="M148" s="89"/>
+      <c r="N148" s="81"/>
+      <c r="O148" s="82"/>
+      <c r="P148" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B148:G148)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A149" s="109"/>
+      <c r="B149" s="76"/>
+      <c r="C149" s="76"/>
+      <c r="D149" s="76"/>
+      <c r="E149" s="77"/>
+      <c r="F149" s="77"/>
+      <c r="G149" s="77"/>
+      <c r="H149" s="78"/>
+      <c r="I149" s="78"/>
+      <c r="J149" s="78"/>
+      <c r="K149" s="79"/>
+      <c r="L149" s="80"/>
+      <c r="M149" s="89"/>
+      <c r="N149" s="81"/>
+      <c r="O149" s="82"/>
+      <c r="P149" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B149:G149)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A150" s="109"/>
+      <c r="B150" s="76"/>
+      <c r="C150" s="76"/>
+      <c r="D150" s="76"/>
+      <c r="E150" s="77"/>
+      <c r="F150" s="77"/>
+      <c r="G150" s="77"/>
+      <c r="H150" s="78"/>
+      <c r="I150" s="78"/>
+      <c r="J150" s="78"/>
+      <c r="K150" s="79"/>
+      <c r="L150" s="80"/>
+      <c r="M150" s="89"/>
+      <c r="N150" s="81"/>
+      <c r="O150" s="82"/>
+      <c r="P150" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B150:G150)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A151" s="109"/>
+      <c r="B151" s="76"/>
+      <c r="C151" s="76"/>
+      <c r="D151" s="76"/>
+      <c r="E151" s="77"/>
+      <c r="F151" s="77"/>
+      <c r="G151" s="77"/>
+      <c r="H151" s="78"/>
+      <c r="I151" s="78"/>
+      <c r="J151" s="78"/>
+      <c r="K151" s="79"/>
+      <c r="L151" s="80"/>
+      <c r="M151" s="89"/>
+      <c r="N151" s="81"/>
+      <c r="O151" s="82"/>
+      <c r="P151" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B151:G151)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A152" s="109"/>
+      <c r="B152" s="76"/>
+      <c r="C152" s="76"/>
+      <c r="D152" s="76"/>
+      <c r="E152" s="77"/>
+      <c r="F152" s="77"/>
+      <c r="G152" s="77"/>
+      <c r="H152" s="78"/>
+      <c r="I152" s="78"/>
+      <c r="J152" s="78"/>
+      <c r="K152" s="79"/>
+      <c r="L152" s="80"/>
+      <c r="M152" s="89"/>
+      <c r="N152" s="81"/>
+      <c r="O152" s="82"/>
+      <c r="P152" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B152:G152)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="109"/>
+      <c r="B153" s="76"/>
+      <c r="C153" s="76"/>
+      <c r="D153" s="76"/>
+      <c r="E153" s="77"/>
+      <c r="F153" s="77"/>
+      <c r="G153" s="77"/>
+      <c r="H153" s="78"/>
+      <c r="I153" s="78"/>
+      <c r="J153" s="78"/>
+      <c r="K153" s="79"/>
+      <c r="L153" s="80"/>
+      <c r="M153" s="89"/>
+      <c r="N153" s="81"/>
+      <c r="O153" s="82"/>
+      <c r="P153" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B153:G153)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="109"/>
+      <c r="B154" s="76"/>
+      <c r="C154" s="76"/>
+      <c r="D154" s="76"/>
+      <c r="E154" s="77"/>
+      <c r="F154" s="77"/>
+      <c r="G154" s="77"/>
+      <c r="H154" s="78"/>
+      <c r="I154" s="78"/>
+      <c r="J154" s="78"/>
+      <c r="K154" s="79"/>
+      <c r="L154" s="80"/>
+      <c r="M154" s="89"/>
+      <c r="N154" s="81"/>
+      <c r="O154" s="82"/>
+      <c r="P154" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B154:G154)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="109"/>
+      <c r="B155" s="76"/>
+      <c r="C155" s="76"/>
+      <c r="D155" s="76"/>
+      <c r="E155" s="77"/>
+      <c r="F155" s="77"/>
+      <c r="G155" s="77"/>
+      <c r="H155" s="78"/>
+      <c r="I155" s="78"/>
+      <c r="J155" s="78"/>
+      <c r="K155" s="79"/>
+      <c r="L155" s="80"/>
+      <c r="M155" s="89"/>
+      <c r="N155" s="81"/>
+      <c r="O155" s="82"/>
+      <c r="P155" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B155:G155)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A156" s="109"/>
+      <c r="B156" s="76"/>
+      <c r="C156" s="76"/>
+      <c r="D156" s="76"/>
+      <c r="E156" s="77"/>
+      <c r="F156" s="77"/>
+      <c r="G156" s="77"/>
+      <c r="H156" s="78"/>
+      <c r="I156" s="78"/>
+      <c r="J156" s="78"/>
+      <c r="K156" s="79"/>
+      <c r="L156" s="80"/>
+      <c r="M156" s="89"/>
+      <c r="N156" s="81"/>
+      <c r="O156" s="82"/>
+      <c r="P156" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B156:G156)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A157" s="109"/>
+      <c r="B157" s="76"/>
+      <c r="C157" s="76"/>
+      <c r="D157" s="76"/>
+      <c r="E157" s="77"/>
+      <c r="F157" s="77"/>
+      <c r="G157" s="77"/>
+      <c r="H157" s="78"/>
+      <c r="I157" s="78"/>
+      <c r="J157" s="78"/>
+      <c r="K157" s="79"/>
+      <c r="L157" s="80"/>
+      <c r="M157" s="89"/>
+      <c r="N157" s="81"/>
+      <c r="O157" s="82"/>
+      <c r="P157" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B157:G157)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A158" s="109"/>
+      <c r="B158" s="76"/>
+      <c r="C158" s="76"/>
+      <c r="D158" s="76"/>
+      <c r="E158" s="77"/>
+      <c r="F158" s="77"/>
+      <c r="G158" s="77"/>
+      <c r="H158" s="78"/>
+      <c r="I158" s="78"/>
+      <c r="J158" s="78"/>
+      <c r="K158" s="79"/>
+      <c r="L158" s="80"/>
+      <c r="M158" s="89"/>
+      <c r="N158" s="81"/>
+      <c r="O158" s="82"/>
+      <c r="P158" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B158:G158)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A159" s="109"/>
+      <c r="B159" s="76"/>
+      <c r="C159" s="76"/>
+      <c r="D159" s="76"/>
+      <c r="E159" s="77"/>
+      <c r="F159" s="77"/>
+      <c r="G159" s="77"/>
+      <c r="H159" s="78"/>
+      <c r="I159" s="78"/>
+      <c r="J159" s="78"/>
+      <c r="K159" s="79"/>
+      <c r="L159" s="80"/>
+      <c r="M159" s="89"/>
+      <c r="N159" s="81"/>
+      <c r="O159" s="82"/>
+      <c r="P159" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B159:G159)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A160" s="109"/>
+      <c r="B160" s="76"/>
+      <c r="C160" s="76"/>
+      <c r="D160" s="76"/>
+      <c r="E160" s="77"/>
+      <c r="F160" s="77"/>
+      <c r="G160" s="77"/>
+      <c r="H160" s="78"/>
+      <c r="I160" s="78"/>
+      <c r="J160" s="78"/>
+      <c r="K160" s="79"/>
+      <c r="L160" s="80"/>
+      <c r="M160" s="89"/>
+      <c r="N160" s="81"/>
+      <c r="O160" s="82"/>
+      <c r="P160" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B160:G160)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A161" s="109"/>
+      <c r="B161" s="76"/>
+      <c r="C161" s="76"/>
+      <c r="D161" s="76"/>
+      <c r="E161" s="77"/>
+      <c r="F161" s="77"/>
+      <c r="G161" s="77"/>
+      <c r="H161" s="78"/>
+      <c r="I161" s="78"/>
+      <c r="J161" s="78"/>
+      <c r="K161" s="79"/>
+      <c r="L161" s="80"/>
+      <c r="M161" s="89"/>
+      <c r="N161" s="81"/>
+      <c r="O161" s="82"/>
+      <c r="P161" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B161:G161)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A162" s="109"/>
+      <c r="B162" s="76"/>
+      <c r="C162" s="76"/>
+      <c r="D162" s="76"/>
+      <c r="E162" s="77"/>
+      <c r="F162" s="77"/>
+      <c r="G162" s="77"/>
+      <c r="H162" s="78"/>
+      <c r="I162" s="78"/>
+      <c r="J162" s="78"/>
+      <c r="K162" s="79"/>
+      <c r="L162" s="80"/>
+      <c r="M162" s="89"/>
+      <c r="N162" s="81"/>
+      <c r="O162" s="82"/>
+      <c r="P162" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B162:G162)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A163" s="109"/>
+      <c r="B163" s="76"/>
+      <c r="C163" s="76"/>
+      <c r="D163" s="76"/>
+      <c r="E163" s="77"/>
+      <c r="F163" s="77"/>
+      <c r="G163" s="77"/>
+      <c r="H163" s="78"/>
+      <c r="I163" s="78"/>
+      <c r="J163" s="78"/>
+      <c r="K163" s="79"/>
+      <c r="L163" s="80"/>
+      <c r="M163" s="89"/>
+      <c r="N163" s="81"/>
+      <c r="O163" s="82"/>
+      <c r="P163" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B163:G163)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A164" s="109"/>
+      <c r="B164" s="76"/>
+      <c r="C164" s="76"/>
+      <c r="D164" s="76"/>
+      <c r="E164" s="77"/>
+      <c r="F164" s="77"/>
+      <c r="G164" s="77"/>
+      <c r="H164" s="78"/>
+      <c r="I164" s="78"/>
+      <c r="J164" s="78"/>
+      <c r="K164" s="79"/>
+      <c r="L164" s="80"/>
+      <c r="M164" s="89"/>
+      <c r="N164" s="81"/>
+      <c r="O164" s="82"/>
+      <c r="P164" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B164:G164)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A165" s="109"/>
+      <c r="B165" s="76"/>
+      <c r="C165" s="76"/>
+      <c r="D165" s="76"/>
+      <c r="E165" s="77"/>
+      <c r="F165" s="77"/>
+      <c r="G165" s="77"/>
+      <c r="H165" s="78"/>
+      <c r="I165" s="78"/>
+      <c r="J165" s="78"/>
+      <c r="K165" s="79"/>
+      <c r="L165" s="80"/>
+      <c r="M165" s="89"/>
+      <c r="N165" s="81"/>
+      <c r="O165" s="82"/>
+      <c r="P165" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B165:G165)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="109"/>
+      <c r="B166" s="76"/>
+      <c r="C166" s="76"/>
+      <c r="D166" s="76"/>
+      <c r="E166" s="77"/>
+      <c r="F166" s="77"/>
+      <c r="G166" s="77"/>
+      <c r="H166" s="78"/>
+      <c r="I166" s="78"/>
+      <c r="J166" s="78"/>
+      <c r="K166" s="79"/>
+      <c r="L166" s="80"/>
+      <c r="M166" s="89"/>
+      <c r="N166" s="81"/>
+      <c r="O166" s="82"/>
+      <c r="P166" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B166:G166)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="109"/>
+      <c r="B167" s="76"/>
+      <c r="C167" s="76"/>
+      <c r="D167" s="76"/>
+      <c r="E167" s="77"/>
+      <c r="F167" s="77"/>
+      <c r="G167" s="77"/>
+      <c r="H167" s="78"/>
+      <c r="I167" s="78"/>
+      <c r="J167" s="78"/>
+      <c r="K167" s="79"/>
+      <c r="L167" s="80"/>
+      <c r="M167" s="89"/>
+      <c r="N167" s="81"/>
+      <c r="O167" s="82"/>
+      <c r="P167" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B167:G167)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A168" s="109"/>
+      <c r="B168" s="76"/>
+      <c r="C168" s="76"/>
+      <c r="D168" s="76"/>
+      <c r="E168" s="77"/>
+      <c r="F168" s="77"/>
+      <c r="G168" s="77"/>
+      <c r="H168" s="78"/>
+      <c r="I168" s="78"/>
+      <c r="J168" s="78"/>
+      <c r="K168" s="79"/>
+      <c r="L168" s="80"/>
+      <c r="M168" s="89"/>
+      <c r="N168" s="81"/>
+      <c r="O168" s="82"/>
+      <c r="P168" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B168:G168)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A169" s="109"/>
+      <c r="B169" s="76"/>
+      <c r="C169" s="76"/>
+      <c r="D169" s="76"/>
+      <c r="E169" s="77"/>
+      <c r="F169" s="77"/>
+      <c r="G169" s="77"/>
+      <c r="H169" s="78"/>
+      <c r="I169" s="78"/>
+      <c r="J169" s="78"/>
+      <c r="K169" s="79"/>
+      <c r="L169" s="80"/>
+      <c r="M169" s="89"/>
+      <c r="N169" s="81"/>
+      <c r="O169" s="82"/>
+      <c r="P169" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B169:G169)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="109"/>
+      <c r="B170" s="76"/>
+      <c r="C170" s="76"/>
+      <c r="D170" s="76"/>
+      <c r="E170" s="77"/>
+      <c r="F170" s="77"/>
+      <c r="G170" s="77"/>
+      <c r="H170" s="78"/>
+      <c r="I170" s="78"/>
+      <c r="J170" s="78"/>
+      <c r="K170" s="79"/>
+      <c r="L170" s="80"/>
+      <c r="M170" s="89"/>
+      <c r="N170" s="81"/>
+      <c r="O170" s="82"/>
+      <c r="P170" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B170:G170)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A171" s="109"/>
+      <c r="B171" s="76"/>
+      <c r="C171" s="76"/>
+      <c r="D171" s="76"/>
+      <c r="E171" s="77"/>
+      <c r="F171" s="77"/>
+      <c r="G171" s="77"/>
+      <c r="H171" s="78"/>
+      <c r="I171" s="78"/>
+      <c r="J171" s="78"/>
+      <c r="K171" s="79"/>
+      <c r="L171" s="80"/>
+      <c r="M171" s="89"/>
+      <c r="N171" s="81"/>
+      <c r="O171" s="82"/>
+      <c r="P171" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B171:G171)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A172" s="109"/>
+      <c r="B172" s="76"/>
+      <c r="C172" s="76"/>
+      <c r="D172" s="76"/>
+      <c r="E172" s="77"/>
+      <c r="F172" s="77"/>
+      <c r="G172" s="77"/>
+      <c r="H172" s="78"/>
+      <c r="I172" s="78"/>
+      <c r="J172" s="78"/>
+      <c r="K172" s="79"/>
+      <c r="L172" s="80"/>
+      <c r="M172" s="89"/>
+      <c r="N172" s="81"/>
+      <c r="O172" s="82"/>
+      <c r="P172" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B172:G172)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A173" s="109"/>
+      <c r="B173" s="76"/>
+      <c r="C173" s="76"/>
+      <c r="D173" s="76"/>
+      <c r="E173" s="77"/>
+      <c r="F173" s="77"/>
+      <c r="G173" s="77"/>
+      <c r="H173" s="78"/>
+      <c r="I173" s="78"/>
+      <c r="J173" s="78"/>
+      <c r="K173" s="79"/>
+      <c r="L173" s="80"/>
+      <c r="M173" s="89"/>
+      <c r="N173" s="81"/>
+      <c r="O173" s="82"/>
+      <c r="P173" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B173:G173)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A174" s="109"/>
+      <c r="B174" s="76"/>
+      <c r="C174" s="76"/>
+      <c r="D174" s="76"/>
+      <c r="E174" s="77"/>
+      <c r="F174" s="77"/>
+      <c r="G174" s="77"/>
+      <c r="H174" s="78"/>
+      <c r="I174" s="78"/>
+      <c r="J174" s="78"/>
+      <c r="K174" s="79"/>
+      <c r="L174" s="80"/>
+      <c r="M174" s="89"/>
+      <c r="N174" s="81"/>
+      <c r="O174" s="82"/>
+      <c r="P174" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B174:G174)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A175" s="109"/>
+      <c r="B175" s="76"/>
+      <c r="C175" s="76"/>
+      <c r="D175" s="76"/>
+      <c r="E175" s="77"/>
+      <c r="F175" s="77"/>
+      <c r="G175" s="77"/>
+      <c r="H175" s="78"/>
+      <c r="I175" s="78"/>
+      <c r="J175" s="78"/>
+      <c r="K175" s="79"/>
+      <c r="L175" s="80"/>
+      <c r="M175" s="89"/>
+      <c r="N175" s="81"/>
+      <c r="O175" s="82"/>
+      <c r="P175" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B175:G175)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A176" s="109"/>
+      <c r="B176" s="76"/>
+      <c r="C176" s="76"/>
+      <c r="D176" s="76"/>
+      <c r="E176" s="77"/>
+      <c r="F176" s="77"/>
+      <c r="G176" s="77"/>
+      <c r="H176" s="78"/>
+      <c r="I176" s="78"/>
+      <c r="J176" s="78"/>
+      <c r="K176" s="79"/>
+      <c r="L176" s="80"/>
+      <c r="M176" s="89"/>
+      <c r="N176" s="81"/>
+      <c r="O176" s="82"/>
+      <c r="P176" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B176:G176)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="109"/>
+      <c r="B177" s="76"/>
+      <c r="C177" s="76"/>
+      <c r="D177" s="76"/>
+      <c r="E177" s="77"/>
+      <c r="F177" s="77"/>
+      <c r="G177" s="77"/>
+      <c r="H177" s="78"/>
+      <c r="I177" s="78"/>
+      <c r="J177" s="78"/>
+      <c r="K177" s="79"/>
+      <c r="L177" s="80"/>
+      <c r="M177" s="89"/>
+      <c r="N177" s="81"/>
+      <c r="O177" s="82"/>
+      <c r="P177" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B177:G177)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A178" s="109"/>
+      <c r="B178" s="76"/>
+      <c r="C178" s="76"/>
+      <c r="D178" s="76"/>
+      <c r="E178" s="77"/>
+      <c r="F178" s="77"/>
+      <c r="G178" s="77"/>
+      <c r="H178" s="78"/>
+      <c r="I178" s="78"/>
+      <c r="J178" s="78"/>
+      <c r="K178" s="79"/>
+      <c r="L178" s="80"/>
+      <c r="M178" s="89"/>
+      <c r="N178" s="81"/>
+      <c r="O178" s="82"/>
+      <c r="P178" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B178:G178)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A179" s="109"/>
+      <c r="B179" s="76"/>
+      <c r="C179" s="76"/>
+      <c r="D179" s="76"/>
+      <c r="E179" s="77"/>
+      <c r="F179" s="77"/>
+      <c r="G179" s="77"/>
+      <c r="H179" s="78"/>
+      <c r="I179" s="78"/>
+      <c r="J179" s="78"/>
+      <c r="K179" s="79"/>
+      <c r="L179" s="80"/>
+      <c r="M179" s="89"/>
+      <c r="N179" s="81"/>
+      <c r="O179" s="82"/>
+      <c r="P179" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B179:G179)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A180" s="109"/>
+      <c r="B180" s="76"/>
+      <c r="C180" s="76"/>
+      <c r="D180" s="76"/>
+      <c r="E180" s="77"/>
+      <c r="F180" s="77"/>
+      <c r="G180" s="77"/>
+      <c r="H180" s="78"/>
+      <c r="I180" s="78"/>
+      <c r="J180" s="78"/>
+      <c r="K180" s="79"/>
+      <c r="L180" s="80"/>
+      <c r="M180" s="89"/>
+      <c r="N180" s="81"/>
+      <c r="O180" s="82"/>
+      <c r="P180" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B180:G180)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A181" s="109"/>
+      <c r="B181" s="76"/>
+      <c r="C181" s="76"/>
+      <c r="D181" s="76"/>
+      <c r="E181" s="77"/>
+      <c r="F181" s="77"/>
+      <c r="G181" s="77"/>
+      <c r="H181" s="78"/>
+      <c r="I181" s="78"/>
+      <c r="J181" s="78"/>
+      <c r="K181" s="79"/>
+      <c r="L181" s="80"/>
+      <c r="M181" s="89"/>
+      <c r="N181" s="81"/>
+      <c r="O181" s="82"/>
+      <c r="P181" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B181:G181)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A182" s="109"/>
+      <c r="B182" s="76"/>
+      <c r="C182" s="76"/>
+      <c r="D182" s="76"/>
+      <c r="E182" s="77"/>
+      <c r="F182" s="77"/>
+      <c r="G182" s="77"/>
+      <c r="H182" s="78"/>
+      <c r="I182" s="78"/>
+      <c r="J182" s="78"/>
+      <c r="K182" s="79"/>
+      <c r="L182" s="80"/>
+      <c r="M182" s="89"/>
+      <c r="N182" s="81"/>
+      <c r="O182" s="82"/>
+      <c r="P182" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B182:G182)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A183" s="109"/>
+      <c r="B183" s="76"/>
+      <c r="C183" s="76"/>
+      <c r="D183" s="76"/>
+      <c r="E183" s="77"/>
+      <c r="F183" s="77"/>
+      <c r="G183" s="77"/>
+      <c r="H183" s="78"/>
+      <c r="I183" s="78"/>
+      <c r="J183" s="78"/>
+      <c r="K183" s="79"/>
+      <c r="L183" s="80"/>
+      <c r="M183" s="89"/>
+      <c r="N183" s="81"/>
+      <c r="O183" s="82"/>
+      <c r="P183" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B183:G183)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="109"/>
+      <c r="B184" s="76"/>
+      <c r="C184" s="76"/>
+      <c r="D184" s="76"/>
+      <c r="E184" s="77"/>
+      <c r="F184" s="77"/>
+      <c r="G184" s="77"/>
+      <c r="H184" s="78"/>
+      <c r="I184" s="78"/>
+      <c r="J184" s="78"/>
+      <c r="K184" s="79"/>
+      <c r="L184" s="80"/>
+      <c r="M184" s="89"/>
+      <c r="N184" s="81"/>
+      <c r="O184" s="82"/>
+      <c r="P184" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B184:G184)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A185" s="109"/>
+      <c r="B185" s="76"/>
+      <c r="C185" s="76"/>
+      <c r="D185" s="76"/>
+      <c r="E185" s="77"/>
+      <c r="F185" s="77"/>
+      <c r="G185" s="77"/>
+      <c r="H185" s="78"/>
+      <c r="I185" s="78"/>
+      <c r="J185" s="78"/>
+      <c r="K185" s="79"/>
+      <c r="L185" s="80"/>
+      <c r="M185" s="89"/>
+      <c r="N185" s="81"/>
+      <c r="O185" s="82"/>
+      <c r="P185" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B185:G185)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A186" s="109"/>
+      <c r="B186" s="76"/>
+      <c r="C186" s="76"/>
+      <c r="D186" s="76"/>
+      <c r="E186" s="77"/>
+      <c r="F186" s="77"/>
+      <c r="G186" s="77"/>
+      <c r="H186" s="78"/>
+      <c r="I186" s="78"/>
+      <c r="J186" s="78"/>
+      <c r="K186" s="79"/>
+      <c r="L186" s="80"/>
+      <c r="M186" s="89"/>
+      <c r="N186" s="81"/>
+      <c r="O186" s="82"/>
+      <c r="P186" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B186:G186)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A187" s="109"/>
+      <c r="B187" s="76"/>
+      <c r="C187" s="76"/>
+      <c r="D187" s="76"/>
+      <c r="E187" s="77"/>
+      <c r="F187" s="77"/>
+      <c r="G187" s="77"/>
+      <c r="H187" s="78"/>
+      <c r="I187" s="78"/>
+      <c r="J187" s="78"/>
+      <c r="K187" s="79"/>
+      <c r="L187" s="80"/>
+      <c r="M187" s="89"/>
+      <c r="N187" s="81"/>
+      <c r="O187" s="82"/>
+      <c r="P187" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B187:G187)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A188" s="109"/>
+      <c r="B188" s="76"/>
+      <c r="C188" s="76"/>
+      <c r="D188" s="76"/>
+      <c r="E188" s="77"/>
+      <c r="F188" s="77"/>
+      <c r="G188" s="77"/>
+      <c r="H188" s="78"/>
+      <c r="I188" s="78"/>
+      <c r="J188" s="78"/>
+      <c r="K188" s="79"/>
+      <c r="L188" s="80"/>
+      <c r="M188" s="89"/>
+      <c r="N188" s="81"/>
+      <c r="O188" s="82"/>
+      <c r="P188" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B188:G188)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A189" s="109"/>
+      <c r="B189" s="76"/>
+      <c r="C189" s="76"/>
+      <c r="D189" s="76"/>
+      <c r="E189" s="77"/>
+      <c r="F189" s="77"/>
+      <c r="G189" s="77"/>
+      <c r="H189" s="78"/>
+      <c r="I189" s="78"/>
+      <c r="J189" s="78"/>
+      <c r="K189" s="79"/>
+      <c r="L189" s="80"/>
+      <c r="M189" s="89"/>
+      <c r="N189" s="81"/>
+      <c r="O189" s="82"/>
+      <c r="P189" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B189:G189)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A190" s="109"/>
+      <c r="B190" s="76"/>
+      <c r="C190" s="76"/>
+      <c r="D190" s="76"/>
+      <c r="E190" s="77"/>
+      <c r="F190" s="77"/>
+      <c r="G190" s="77"/>
+      <c r="H190" s="78"/>
+      <c r="I190" s="78"/>
+      <c r="J190" s="78"/>
+      <c r="K190" s="79"/>
+      <c r="L190" s="80"/>
+      <c r="M190" s="89"/>
+      <c r="N190" s="81"/>
+      <c r="O190" s="82"/>
+      <c r="P190" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B190:G190)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A191" s="109"/>
+      <c r="B191" s="76"/>
+      <c r="C191" s="76"/>
+      <c r="D191" s="76"/>
+      <c r="E191" s="77"/>
+      <c r="F191" s="77"/>
+      <c r="G191" s="77"/>
+      <c r="H191" s="78"/>
+      <c r="I191" s="78"/>
+      <c r="J191" s="78"/>
+      <c r="K191" s="79"/>
+      <c r="L191" s="80"/>
+      <c r="M191" s="89"/>
+      <c r="N191" s="81"/>
+      <c r="O191" s="82"/>
+      <c r="P191" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B191:G191)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A192" s="109"/>
+      <c r="B192" s="76"/>
+      <c r="C192" s="76"/>
+      <c r="D192" s="76"/>
+      <c r="E192" s="77"/>
+      <c r="F192" s="77"/>
+      <c r="G192" s="77"/>
+      <c r="H192" s="78"/>
+      <c r="I192" s="78"/>
+      <c r="J192" s="78"/>
+      <c r="K192" s="79"/>
+      <c r="L192" s="80"/>
+      <c r="M192" s="89"/>
+      <c r="N192" s="81"/>
+      <c r="O192" s="82"/>
+      <c r="P192" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B192:G192)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A193" s="109"/>
+      <c r="B193" s="76"/>
+      <c r="C193" s="76"/>
+      <c r="D193" s="76"/>
+      <c r="E193" s="77"/>
+      <c r="F193" s="77"/>
+      <c r="G193" s="77"/>
+      <c r="H193" s="78"/>
+      <c r="I193" s="78"/>
+      <c r="J193" s="78"/>
+      <c r="K193" s="79"/>
+      <c r="L193" s="80"/>
+      <c r="M193" s="89"/>
+      <c r="N193" s="81"/>
+      <c r="O193" s="82"/>
+      <c r="P193" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B193:G193)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A194" s="109"/>
+      <c r="B194" s="76"/>
+      <c r="C194" s="76"/>
+      <c r="D194" s="76"/>
+      <c r="E194" s="77"/>
+      <c r="F194" s="77"/>
+      <c r="G194" s="77"/>
+      <c r="H194" s="78"/>
+      <c r="I194" s="78"/>
+      <c r="J194" s="78"/>
+      <c r="K194" s="79"/>
+      <c r="L194" s="80"/>
+      <c r="M194" s="89"/>
+      <c r="N194" s="81"/>
+      <c r="O194" s="82"/>
+      <c r="P194" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B194:G194)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A195" s="109"/>
+      <c r="B195" s="76"/>
+      <c r="C195" s="76"/>
+      <c r="D195" s="76"/>
+      <c r="E195" s="77"/>
+      <c r="F195" s="77"/>
+      <c r="G195" s="77"/>
+      <c r="H195" s="78"/>
+      <c r="I195" s="78"/>
+      <c r="J195" s="78"/>
+      <c r="K195" s="79"/>
+      <c r="L195" s="80"/>
+      <c r="M195" s="89"/>
+      <c r="N195" s="81"/>
+      <c r="O195" s="82"/>
+      <c r="P195" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B195:G195)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A196" s="109"/>
+      <c r="B196" s="76"/>
+      <c r="C196" s="76"/>
+      <c r="D196" s="76"/>
+      <c r="E196" s="77"/>
+      <c r="F196" s="77"/>
+      <c r="G196" s="77"/>
+      <c r="H196" s="78"/>
+      <c r="I196" s="78"/>
+      <c r="J196" s="78"/>
+      <c r="K196" s="79"/>
+      <c r="L196" s="80"/>
+      <c r="M196" s="89"/>
+      <c r="N196" s="81"/>
+      <c r="O196" s="82"/>
+      <c r="P196" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B196:G196)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="109"/>
+      <c r="B197" s="76"/>
+      <c r="C197" s="76"/>
+      <c r="D197" s="76"/>
+      <c r="E197" s="77"/>
+      <c r="F197" s="77"/>
+      <c r="G197" s="77"/>
+      <c r="H197" s="78"/>
+      <c r="I197" s="78"/>
+      <c r="J197" s="78"/>
+      <c r="K197" s="79"/>
+      <c r="L197" s="80"/>
+      <c r="M197" s="89"/>
+      <c r="N197" s="81"/>
+      <c r="O197" s="82"/>
+      <c r="P197" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B197:G197)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A198" s="109"/>
+      <c r="B198" s="76"/>
+      <c r="C198" s="76"/>
+      <c r="D198" s="76"/>
+      <c r="E198" s="77"/>
+      <c r="F198" s="77"/>
+      <c r="G198" s="77"/>
+      <c r="H198" s="78"/>
+      <c r="I198" s="78"/>
+      <c r="J198" s="78"/>
+      <c r="K198" s="79"/>
+      <c r="L198" s="80"/>
+      <c r="M198" s="89"/>
+      <c r="N198" s="81"/>
+      <c r="O198" s="82"/>
+      <c r="P198" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B198:G198)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A199" s="109"/>
+      <c r="B199" s="76"/>
+      <c r="C199" s="76"/>
+      <c r="D199" s="76"/>
+      <c r="E199" s="77"/>
+      <c r="F199" s="77"/>
+      <c r="G199" s="77"/>
+      <c r="H199" s="78"/>
+      <c r="I199" s="78"/>
+      <c r="J199" s="78"/>
+      <c r="K199" s="79"/>
+      <c r="L199" s="80"/>
+      <c r="M199" s="89"/>
+      <c r="N199" s="81"/>
+      <c r="O199" s="82"/>
+      <c r="P199" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B199:G199)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A200" s="109"/>
+      <c r="B200" s="76"/>
+      <c r="C200" s="76"/>
+      <c r="D200" s="76"/>
+      <c r="E200" s="77"/>
+      <c r="F200" s="77"/>
+      <c r="G200" s="77"/>
+      <c r="H200" s="78"/>
+      <c r="I200" s="78"/>
+      <c r="J200" s="78"/>
+      <c r="K200" s="79"/>
+      <c r="L200" s="80"/>
+      <c r="M200" s="89"/>
+      <c r="N200" s="81"/>
+      <c r="O200" s="82"/>
+      <c r="P200" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B200:G200)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A201" s="109"/>
+      <c r="B201" s="76"/>
+      <c r="C201" s="76"/>
+      <c r="D201" s="76"/>
+      <c r="E201" s="77"/>
+      <c r="F201" s="77"/>
+      <c r="G201" s="77"/>
+      <c r="H201" s="78"/>
+      <c r="I201" s="78"/>
+      <c r="J201" s="78"/>
+      <c r="K201" s="79"/>
+      <c r="L201" s="80"/>
+      <c r="M201" s="89"/>
+      <c r="N201" s="81"/>
+      <c r="O201" s="82"/>
+      <c r="P201" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B201:G201)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A202" s="109"/>
+      <c r="B202" s="76"/>
+      <c r="C202" s="76"/>
+      <c r="D202" s="76"/>
+      <c r="E202" s="77"/>
+      <c r="F202" s="77"/>
+      <c r="G202" s="77"/>
+      <c r="H202" s="78"/>
+      <c r="I202" s="78"/>
+      <c r="J202" s="78"/>
+      <c r="K202" s="79"/>
+      <c r="L202" s="80"/>
+      <c r="M202" s="89"/>
+      <c r="N202" s="81"/>
+      <c r="O202" s="82"/>
+      <c r="P202" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B202:G202)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A203" s="109"/>
+      <c r="B203" s="76"/>
+      <c r="C203" s="76"/>
+      <c r="D203" s="76"/>
+      <c r="E203" s="77"/>
+      <c r="F203" s="77"/>
+      <c r="G203" s="77"/>
+      <c r="H203" s="78"/>
+      <c r="I203" s="78"/>
+      <c r="J203" s="78"/>
+      <c r="K203" s="79"/>
+      <c r="L203" s="80"/>
+      <c r="M203" s="89"/>
+      <c r="N203" s="81"/>
+      <c r="O203" s="82"/>
+      <c r="P203" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B203:G203)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A204" s="109"/>
+      <c r="B204" s="76"/>
+      <c r="C204" s="76"/>
+      <c r="D204" s="76"/>
+      <c r="E204" s="77"/>
+      <c r="F204" s="77"/>
+      <c r="G204" s="77"/>
+      <c r="H204" s="78"/>
+      <c r="I204" s="78"/>
+      <c r="J204" s="78"/>
+      <c r="K204" s="79"/>
+      <c r="L204" s="80"/>
+      <c r="M204" s="89"/>
+      <c r="N204" s="81"/>
+      <c r="O204" s="82"/>
+      <c r="P204" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B204:G204)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A205" s="109"/>
+      <c r="B205" s="76"/>
+      <c r="C205" s="76"/>
+      <c r="D205" s="76"/>
+      <c r="E205" s="77"/>
+      <c r="F205" s="77"/>
+      <c r="G205" s="77"/>
+      <c r="H205" s="78"/>
+      <c r="I205" s="78"/>
+      <c r="J205" s="78"/>
+      <c r="K205" s="79"/>
+      <c r="L205" s="80"/>
+      <c r="M205" s="89"/>
+      <c r="N205" s="81"/>
+      <c r="O205" s="82"/>
+      <c r="P205" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B205:G205)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A206" s="109"/>
+      <c r="B206" s="76"/>
+      <c r="C206" s="76"/>
+      <c r="D206" s="76"/>
+      <c r="E206" s="77"/>
+      <c r="F206" s="77"/>
+      <c r="G206" s="77"/>
+      <c r="H206" s="78"/>
+      <c r="I206" s="78"/>
+      <c r="J206" s="78"/>
+      <c r="K206" s="79"/>
+      <c r="L206" s="80"/>
+      <c r="M206" s="89"/>
+      <c r="N206" s="81"/>
+      <c r="O206" s="82"/>
+      <c r="P206" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B206:G206)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A207" s="109"/>
+      <c r="B207" s="76"/>
+      <c r="C207" s="76"/>
+      <c r="D207" s="76"/>
+      <c r="E207" s="77"/>
+      <c r="F207" s="77"/>
+      <c r="G207" s="77"/>
+      <c r="H207" s="78"/>
+      <c r="I207" s="78"/>
+      <c r="J207" s="78"/>
+      <c r="K207" s="79"/>
+      <c r="L207" s="80"/>
+      <c r="M207" s="89"/>
+      <c r="N207" s="81"/>
+      <c r="O207" s="82"/>
+      <c r="P207" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B207:G207)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A208" s="109"/>
+      <c r="B208" s="76"/>
+      <c r="C208" s="76"/>
+      <c r="D208" s="76"/>
+      <c r="E208" s="77"/>
+      <c r="F208" s="77"/>
+      <c r="G208" s="77"/>
+      <c r="H208" s="78"/>
+      <c r="I208" s="78"/>
+      <c r="J208" s="78"/>
+      <c r="K208" s="79"/>
+      <c r="L208" s="80"/>
+      <c r="M208" s="89"/>
+      <c r="N208" s="81"/>
+      <c r="O208" s="82"/>
+      <c r="P208" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B208:G208)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A209" s="109"/>
+      <c r="B209" s="76"/>
+      <c r="C209" s="76"/>
+      <c r="D209" s="76"/>
+      <c r="E209" s="77"/>
+      <c r="F209" s="77"/>
+      <c r="G209" s="77"/>
+      <c r="H209" s="78"/>
+      <c r="I209" s="78"/>
+      <c r="J209" s="78"/>
+      <c r="K209" s="79"/>
+      <c r="L209" s="80"/>
+      <c r="M209" s="89"/>
+      <c r="N209" s="81"/>
+      <c r="O209" s="82"/>
+      <c r="P209" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B209:G209)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="109"/>
+      <c r="B210" s="76"/>
+      <c r="C210" s="76"/>
+      <c r="D210" s="76"/>
+      <c r="E210" s="77"/>
+      <c r="F210" s="77"/>
+      <c r="G210" s="77"/>
+      <c r="H210" s="78"/>
+      <c r="I210" s="78"/>
+      <c r="J210" s="78"/>
+      <c r="K210" s="79"/>
+      <c r="L210" s="80"/>
+      <c r="M210" s="89"/>
+      <c r="N210" s="81"/>
+      <c r="O210" s="82"/>
+      <c r="P210" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B210:G210)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A211" s="109"/>
+      <c r="B211" s="76"/>
+      <c r="C211" s="76"/>
+      <c r="D211" s="76"/>
+      <c r="E211" s="77"/>
+      <c r="F211" s="77"/>
+      <c r="G211" s="77"/>
+      <c r="H211" s="78"/>
+      <c r="I211" s="78"/>
+      <c r="J211" s="78"/>
+      <c r="K211" s="79"/>
+      <c r="L211" s="80"/>
+      <c r="M211" s="89"/>
+      <c r="N211" s="81"/>
+      <c r="O211" s="82"/>
+      <c r="P211" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B211:G211)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A212" s="109"/>
+      <c r="B212" s="76"/>
+      <c r="C212" s="76"/>
+      <c r="D212" s="76"/>
+      <c r="E212" s="77"/>
+      <c r="F212" s="77"/>
+      <c r="G212" s="77"/>
+      <c r="H212" s="78"/>
+      <c r="I212" s="78"/>
+      <c r="J212" s="78"/>
+      <c r="K212" s="79"/>
+      <c r="L212" s="80"/>
+      <c r="M212" s="89"/>
+      <c r="N212" s="81"/>
+      <c r="O212" s="82"/>
+      <c r="P212" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B212:G212)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A213" s="109"/>
+      <c r="B213" s="76"/>
+      <c r="C213" s="76"/>
+      <c r="D213" s="76"/>
+      <c r="E213" s="77"/>
+      <c r="F213" s="77"/>
+      <c r="G213" s="77"/>
+      <c r="H213" s="78"/>
+      <c r="I213" s="78"/>
+      <c r="J213" s="78"/>
+      <c r="K213" s="79"/>
+      <c r="L213" s="80"/>
+      <c r="M213" s="89"/>
+      <c r="N213" s="81"/>
+      <c r="O213" s="82"/>
+      <c r="P213" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B213:G213)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A214" s="109"/>
+      <c r="B214" s="76"/>
+      <c r="C214" s="76"/>
+      <c r="D214" s="76"/>
+      <c r="E214" s="77"/>
+      <c r="F214" s="77"/>
+      <c r="G214" s="77"/>
+      <c r="H214" s="78"/>
+      <c r="I214" s="78"/>
+      <c r="J214" s="78"/>
+      <c r="K214" s="79"/>
+      <c r="L214" s="80"/>
+      <c r="M214" s="89"/>
+      <c r="N214" s="81"/>
+      <c r="O214" s="82"/>
+      <c r="P214" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B214:G214)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="109"/>
+      <c r="B215" s="76"/>
+      <c r="C215" s="76"/>
+      <c r="D215" s="76"/>
+      <c r="E215" s="77"/>
+      <c r="F215" s="77"/>
+      <c r="G215" s="77"/>
+      <c r="H215" s="78"/>
+      <c r="I215" s="78"/>
+      <c r="J215" s="78"/>
+      <c r="K215" s="79"/>
+      <c r="L215" s="80"/>
+      <c r="M215" s="89"/>
+      <c r="N215" s="81"/>
+      <c r="O215" s="82"/>
+      <c r="P215" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B215:G215)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A216" s="109"/>
+      <c r="B216" s="76"/>
+      <c r="C216" s="76"/>
+      <c r="D216" s="76"/>
+      <c r="E216" s="77"/>
+      <c r="F216" s="77"/>
+      <c r="G216" s="77"/>
+      <c r="H216" s="78"/>
+      <c r="I216" s="78"/>
+      <c r="J216" s="78"/>
+      <c r="K216" s="79"/>
+      <c r="L216" s="80"/>
+      <c r="M216" s="89"/>
+      <c r="N216" s="81"/>
+      <c r="O216" s="82"/>
+      <c r="P216" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B216:G216)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A217" s="109"/>
+      <c r="B217" s="76"/>
+      <c r="C217" s="76"/>
+      <c r="D217" s="76"/>
+      <c r="E217" s="77"/>
+      <c r="F217" s="77"/>
+      <c r="G217" s="77"/>
+      <c r="H217" s="78"/>
+      <c r="I217" s="78"/>
+      <c r="J217" s="78"/>
+      <c r="K217" s="79"/>
+      <c r="L217" s="80"/>
+      <c r="M217" s="89"/>
+      <c r="N217" s="81"/>
+      <c r="O217" s="82"/>
+      <c r="P217" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B217:G217)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A218" s="109"/>
+      <c r="B218" s="76"/>
+      <c r="C218" s="76"/>
+      <c r="D218" s="76"/>
+      <c r="E218" s="77"/>
+      <c r="F218" s="77"/>
+      <c r="G218" s="77"/>
+      <c r="H218" s="78"/>
+      <c r="I218" s="78"/>
+      <c r="J218" s="78"/>
+      <c r="K218" s="79"/>
+      <c r="L218" s="80"/>
+      <c r="M218" s="89"/>
+      <c r="N218" s="81"/>
+      <c r="O218" s="82"/>
+      <c r="P218" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B218:G218)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A219" s="109"/>
+      <c r="B219" s="76"/>
+      <c r="C219" s="76"/>
+      <c r="D219" s="76"/>
+      <c r="E219" s="77"/>
+      <c r="F219" s="77"/>
+      <c r="G219" s="77"/>
+      <c r="H219" s="78"/>
+      <c r="I219" s="78"/>
+      <c r="J219" s="78"/>
+      <c r="K219" s="79"/>
+      <c r="L219" s="80"/>
+      <c r="M219" s="89"/>
+      <c r="N219" s="81"/>
+      <c r="O219" s="82"/>
+      <c r="P219" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B219:G219)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A220" s="109"/>
+      <c r="B220" s="76"/>
+      <c r="C220" s="76"/>
+      <c r="D220" s="76"/>
+      <c r="E220" s="77"/>
+      <c r="F220" s="77"/>
+      <c r="G220" s="77"/>
+      <c r="H220" s="78"/>
+      <c r="I220" s="78"/>
+      <c r="J220" s="78"/>
+      <c r="K220" s="79"/>
+      <c r="L220" s="80"/>
+      <c r="M220" s="89"/>
+      <c r="N220" s="81"/>
+      <c r="O220" s="82"/>
+      <c r="P220" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B220:G220)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A221" s="109"/>
+      <c r="B221" s="76"/>
+      <c r="C221" s="76"/>
+      <c r="D221" s="76"/>
+      <c r="E221" s="77"/>
+      <c r="F221" s="77"/>
+      <c r="G221" s="77"/>
+      <c r="H221" s="78"/>
+      <c r="I221" s="78"/>
+      <c r="J221" s="78"/>
+      <c r="K221" s="79"/>
+      <c r="L221" s="80"/>
+      <c r="M221" s="89"/>
+      <c r="N221" s="81"/>
+      <c r="O221" s="82"/>
+      <c r="P221" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B221:G221)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A222" s="109"/>
+      <c r="B222" s="76"/>
+      <c r="C222" s="76"/>
+      <c r="D222" s="76"/>
+      <c r="E222" s="77"/>
+      <c r="F222" s="77"/>
+      <c r="G222" s="77"/>
+      <c r="H222" s="78"/>
+      <c r="I222" s="78"/>
+      <c r="J222" s="78"/>
+      <c r="K222" s="79"/>
+      <c r="L222" s="80"/>
+      <c r="M222" s="89"/>
+      <c r="N222" s="81"/>
+      <c r="O222" s="82"/>
+      <c r="P222" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B222:G222)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A223" s="109"/>
+      <c r="B223" s="76"/>
+      <c r="C223" s="76"/>
+      <c r="D223" s="76"/>
+      <c r="E223" s="77"/>
+      <c r="F223" s="77"/>
+      <c r="G223" s="77"/>
+      <c r="H223" s="78"/>
+      <c r="I223" s="78"/>
+      <c r="J223" s="78"/>
+      <c r="K223" s="79"/>
+      <c r="L223" s="80"/>
+      <c r="M223" s="89"/>
+      <c r="N223" s="81"/>
+      <c r="O223" s="82"/>
+      <c r="P223" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B223:G223)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A224" s="109"/>
+      <c r="B224" s="76"/>
+      <c r="C224" s="76"/>
+      <c r="D224" s="76"/>
+      <c r="E224" s="77"/>
+      <c r="F224" s="77"/>
+      <c r="G224" s="77"/>
+      <c r="H224" s="78"/>
+      <c r="I224" s="78"/>
+      <c r="J224" s="78"/>
+      <c r="K224" s="79"/>
+      <c r="L224" s="80"/>
+      <c r="M224" s="89"/>
+      <c r="N224" s="81"/>
+      <c r="O224" s="82"/>
+      <c r="P224" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B224:G224)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A225" s="109"/>
+      <c r="B225" s="76"/>
+      <c r="C225" s="76"/>
+      <c r="D225" s="76"/>
+      <c r="E225" s="77"/>
+      <c r="F225" s="77"/>
+      <c r="G225" s="77"/>
+      <c r="H225" s="78"/>
+      <c r="I225" s="78"/>
+      <c r="J225" s="78"/>
+      <c r="K225" s="79"/>
+      <c r="L225" s="80"/>
+      <c r="M225" s="89"/>
+      <c r="N225" s="81"/>
+      <c r="O225" s="82"/>
+      <c r="P225" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B225:G225)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A226" s="109"/>
+      <c r="B226" s="76"/>
+      <c r="C226" s="76"/>
+      <c r="D226" s="76"/>
+      <c r="E226" s="77"/>
+      <c r="F226" s="77"/>
+      <c r="G226" s="77"/>
+      <c r="H226" s="78"/>
+      <c r="I226" s="78"/>
+      <c r="J226" s="78"/>
+      <c r="K226" s="79"/>
+      <c r="L226" s="80"/>
+      <c r="M226" s="89"/>
+      <c r="N226" s="81"/>
+      <c r="O226" s="82"/>
+      <c r="P226" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B226:G226)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A227" s="109"/>
+      <c r="B227" s="76"/>
+      <c r="C227" s="76"/>
+      <c r="D227" s="76"/>
+      <c r="E227" s="77"/>
+      <c r="F227" s="77"/>
+      <c r="G227" s="77"/>
+      <c r="H227" s="78"/>
+      <c r="I227" s="78"/>
+      <c r="J227" s="78"/>
+      <c r="K227" s="79"/>
+      <c r="L227" s="80"/>
+      <c r="M227" s="89"/>
+      <c r="N227" s="81"/>
+      <c r="O227" s="82"/>
+      <c r="P227" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B227:G227)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A228" s="109"/>
+      <c r="B228" s="76"/>
+      <c r="C228" s="76"/>
+      <c r="D228" s="76"/>
+      <c r="E228" s="77"/>
+      <c r="F228" s="77"/>
+      <c r="G228" s="77"/>
+      <c r="H228" s="78"/>
+      <c r="I228" s="78"/>
+      <c r="J228" s="78"/>
+      <c r="K228" s="79"/>
+      <c r="L228" s="80"/>
+      <c r="M228" s="89"/>
+      <c r="N228" s="81"/>
+      <c r="O228" s="82"/>
+      <c r="P228" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B228:G228)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A229" s="109"/>
+      <c r="B229" s="76"/>
+      <c r="C229" s="76"/>
+      <c r="D229" s="76"/>
+      <c r="E229" s="77"/>
+      <c r="F229" s="77"/>
+      <c r="G229" s="77"/>
+      <c r="H229" s="78"/>
+      <c r="I229" s="78"/>
+      <c r="J229" s="78"/>
+      <c r="K229" s="79"/>
+      <c r="L229" s="80"/>
+      <c r="M229" s="89"/>
+      <c r="N229" s="81"/>
+      <c r="O229" s="82"/>
+      <c r="P229" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B229:G229)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A230" s="109"/>
+      <c r="B230" s="76"/>
+      <c r="C230" s="76"/>
+      <c r="D230" s="76"/>
+      <c r="E230" s="77"/>
+      <c r="F230" s="77"/>
+      <c r="G230" s="77"/>
+      <c r="H230" s="78"/>
+      <c r="I230" s="78"/>
+      <c r="J230" s="78"/>
+      <c r="K230" s="79"/>
+      <c r="L230" s="80"/>
+      <c r="M230" s="89"/>
+      <c r="N230" s="81"/>
+      <c r="O230" s="82"/>
+      <c r="P230" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B230:G230)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A231" s="109"/>
+      <c r="B231" s="76"/>
+      <c r="C231" s="76"/>
+      <c r="D231" s="76"/>
+      <c r="E231" s="77"/>
+      <c r="F231" s="77"/>
+      <c r="G231" s="77"/>
+      <c r="H231" s="78"/>
+      <c r="I231" s="78"/>
+      <c r="J231" s="78"/>
+      <c r="K231" s="79"/>
+      <c r="L231" s="80"/>
+      <c r="M231" s="89"/>
+      <c r="N231" s="81"/>
+      <c r="O231" s="82"/>
+      <c r="P231" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B231:G231)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A232" s="109"/>
+      <c r="B232" s="76"/>
+      <c r="C232" s="76"/>
+      <c r="D232" s="76"/>
+      <c r="E232" s="77"/>
+      <c r="F232" s="77"/>
+      <c r="G232" s="77"/>
+      <c r="H232" s="78"/>
+      <c r="I232" s="78"/>
+      <c r="J232" s="78"/>
+      <c r="K232" s="79"/>
+      <c r="L232" s="80"/>
+      <c r="M232" s="89"/>
+      <c r="N232" s="81"/>
+      <c r="O232" s="82"/>
+      <c r="P232" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B232:G232)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A233" s="109"/>
+      <c r="B233" s="76"/>
+      <c r="C233" s="76"/>
+      <c r="D233" s="76"/>
+      <c r="E233" s="77"/>
+      <c r="F233" s="77"/>
+      <c r="G233" s="77"/>
+      <c r="H233" s="78"/>
+      <c r="I233" s="78"/>
+      <c r="J233" s="78"/>
+      <c r="K233" s="79"/>
+      <c r="L233" s="80"/>
+      <c r="M233" s="89"/>
+      <c r="N233" s="81"/>
+      <c r="O233" s="82"/>
+      <c r="P233" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B233:G233)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="109"/>
+      <c r="B234" s="76"/>
+      <c r="C234" s="76"/>
+      <c r="D234" s="76"/>
+      <c r="E234" s="77"/>
+      <c r="F234" s="77"/>
+      <c r="G234" s="77"/>
+      <c r="H234" s="78"/>
+      <c r="I234" s="78"/>
+      <c r="J234" s="78"/>
+      <c r="K234" s="79"/>
+      <c r="L234" s="80"/>
+      <c r="M234" s="89"/>
+      <c r="N234" s="81"/>
+      <c r="O234" s="82"/>
+      <c r="P234" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B234:G234)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A235" s="109"/>
+      <c r="B235" s="76"/>
+      <c r="C235" s="76"/>
+      <c r="D235" s="76"/>
+      <c r="E235" s="77"/>
+      <c r="F235" s="77"/>
+      <c r="G235" s="77"/>
+      <c r="H235" s="78"/>
+      <c r="I235" s="78"/>
+      <c r="J235" s="78"/>
+      <c r="K235" s="79"/>
+      <c r="L235" s="80"/>
+      <c r="M235" s="89"/>
+      <c r="N235" s="81"/>
+      <c r="O235" s="82"/>
+      <c r="P235" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B235:G235)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A236" s="109"/>
+      <c r="B236" s="76"/>
+      <c r="C236" s="76"/>
+      <c r="D236" s="76"/>
+      <c r="E236" s="77"/>
+      <c r="F236" s="77"/>
+      <c r="G236" s="77"/>
+      <c r="H236" s="78"/>
+      <c r="I236" s="78"/>
+      <c r="J236" s="78"/>
+      <c r="K236" s="79"/>
+      <c r="L236" s="80"/>
+      <c r="M236" s="89"/>
+      <c r="N236" s="81"/>
+      <c r="O236" s="82"/>
+      <c r="P236" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B236:G236)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A237" s="109"/>
+      <c r="B237" s="76"/>
+      <c r="C237" s="76"/>
+      <c r="D237" s="76"/>
+      <c r="E237" s="77"/>
+      <c r="F237" s="77"/>
+      <c r="G237" s="77"/>
+      <c r="H237" s="78"/>
+      <c r="I237" s="78"/>
+      <c r="J237" s="78"/>
+      <c r="K237" s="79"/>
+      <c r="L237" s="80"/>
+      <c r="M237" s="89"/>
+      <c r="N237" s="81"/>
+      <c r="O237" s="82"/>
+      <c r="P237" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B237:G237)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="109"/>
+      <c r="B238" s="76"/>
+      <c r="C238" s="76"/>
+      <c r="D238" s="76"/>
+      <c r="E238" s="77"/>
+      <c r="F238" s="77"/>
+      <c r="G238" s="77"/>
+      <c r="H238" s="78"/>
+      <c r="I238" s="78"/>
+      <c r="J238" s="78"/>
+      <c r="K238" s="79"/>
+      <c r="L238" s="80"/>
+      <c r="M238" s="89"/>
+      <c r="N238" s="81"/>
+      <c r="O238" s="82"/>
+      <c r="P238" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B238:G238)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A239" s="109"/>
+      <c r="B239" s="76"/>
+      <c r="C239" s="76"/>
+      <c r="D239" s="76"/>
+      <c r="E239" s="77"/>
+      <c r="F239" s="77"/>
+      <c r="G239" s="77"/>
+      <c r="H239" s="78"/>
+      <c r="I239" s="78"/>
+      <c r="J239" s="78"/>
+      <c r="K239" s="79"/>
+      <c r="L239" s="80"/>
+      <c r="M239" s="89"/>
+      <c r="N239" s="81"/>
+      <c r="O239" s="82"/>
+      <c r="P239" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B239:G239)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A240" s="109"/>
+      <c r="B240" s="76"/>
+      <c r="C240" s="76"/>
+      <c r="D240" s="76"/>
+      <c r="E240" s="77"/>
+      <c r="F240" s="77"/>
+      <c r="G240" s="77"/>
+      <c r="H240" s="78"/>
+      <c r="I240" s="78"/>
+      <c r="J240" s="78"/>
+      <c r="K240" s="79"/>
+      <c r="L240" s="80"/>
+      <c r="M240" s="89"/>
+      <c r="N240" s="81"/>
+      <c r="O240" s="82"/>
+      <c r="P240" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B240:G240)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A241" s="109"/>
+      <c r="B241" s="76"/>
+      <c r="C241" s="76"/>
+      <c r="D241" s="76"/>
+      <c r="E241" s="77"/>
+      <c r="F241" s="77"/>
+      <c r="G241" s="77"/>
+      <c r="H241" s="78"/>
+      <c r="I241" s="78"/>
+      <c r="J241" s="78"/>
+      <c r="K241" s="79"/>
+      <c r="L241" s="80"/>
+      <c r="M241" s="89"/>
+      <c r="N241" s="81"/>
+      <c r="O241" s="82"/>
+      <c r="P241" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B241:G241)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A242" s="109"/>
+      <c r="B242" s="76"/>
+      <c r="C242" s="76"/>
+      <c r="D242" s="76"/>
+      <c r="E242" s="77"/>
+      <c r="F242" s="77"/>
+      <c r="G242" s="77"/>
+      <c r="H242" s="78"/>
+      <c r="I242" s="78"/>
+      <c r="J242" s="78"/>
+      <c r="K242" s="79"/>
+      <c r="L242" s="80"/>
+      <c r="M242" s="89"/>
+      <c r="N242" s="81"/>
+      <c r="O242" s="82"/>
+      <c r="P242" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B242:G242)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A243" s="109"/>
+      <c r="B243" s="76"/>
+      <c r="C243" s="76"/>
+      <c r="D243" s="76"/>
+      <c r="E243" s="77"/>
+      <c r="F243" s="77"/>
+      <c r="G243" s="77"/>
+      <c r="H243" s="78"/>
+      <c r="I243" s="78"/>
+      <c r="J243" s="78"/>
+      <c r="K243" s="79"/>
+      <c r="L243" s="80"/>
+      <c r="M243" s="89"/>
+      <c r="N243" s="81"/>
+      <c r="O243" s="82"/>
+      <c r="P243" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B243:G243)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="109"/>
+      <c r="B244" s="76"/>
+      <c r="C244" s="76"/>
+      <c r="D244" s="76"/>
+      <c r="E244" s="77"/>
+      <c r="F244" s="77"/>
+      <c r="G244" s="77"/>
+      <c r="H244" s="78"/>
+      <c r="I244" s="78"/>
+      <c r="J244" s="78"/>
+      <c r="K244" s="79"/>
+      <c r="L244" s="80"/>
+      <c r="M244" s="89"/>
+      <c r="N244" s="81"/>
+      <c r="O244" s="82"/>
+      <c r="P244" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B244:G244)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A245" s="109"/>
+      <c r="B245" s="76"/>
+      <c r="C245" s="76"/>
+      <c r="D245" s="76"/>
+      <c r="E245" s="77"/>
+      <c r="F245" s="77"/>
+      <c r="G245" s="77"/>
+      <c r="H245" s="78"/>
+      <c r="I245" s="78"/>
+      <c r="J245" s="78"/>
+      <c r="K245" s="79"/>
+      <c r="L245" s="80"/>
+      <c r="M245" s="89"/>
+      <c r="N245" s="81"/>
+      <c r="O245" s="82"/>
+      <c r="P245" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B245:G245)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A246" s="109"/>
+      <c r="B246" s="76"/>
+      <c r="C246" s="76"/>
+      <c r="D246" s="76"/>
+      <c r="E246" s="77"/>
+      <c r="F246" s="77"/>
+      <c r="G246" s="77"/>
+      <c r="H246" s="78"/>
+      <c r="I246" s="78"/>
+      <c r="J246" s="78"/>
+      <c r="K246" s="79"/>
+      <c r="L246" s="80"/>
+      <c r="M246" s="89"/>
+      <c r="N246" s="81"/>
+      <c r="O246" s="82"/>
+      <c r="P246" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B246:G246)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A247" s="109"/>
+      <c r="B247" s="76"/>
+      <c r="C247" s="76"/>
+      <c r="D247" s="76"/>
+      <c r="E247" s="77"/>
+      <c r="F247" s="77"/>
+      <c r="G247" s="77"/>
+      <c r="H247" s="78"/>
+      <c r="I247" s="78"/>
+      <c r="J247" s="78"/>
+      <c r="K247" s="79"/>
+      <c r="L247" s="80"/>
+      <c r="M247" s="89"/>
+      <c r="N247" s="81"/>
+      <c r="O247" s="82"/>
+      <c r="P247" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B247:G247)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A248" s="109"/>
+      <c r="B248" s="76"/>
+      <c r="C248" s="76"/>
+      <c r="D248" s="76"/>
+      <c r="E248" s="77"/>
+      <c r="F248" s="77"/>
+      <c r="G248" s="77"/>
+      <c r="H248" s="78"/>
+      <c r="I248" s="78"/>
+      <c r="J248" s="78"/>
+      <c r="K248" s="79"/>
+      <c r="L248" s="80"/>
+      <c r="M248" s="89"/>
+      <c r="N248" s="81"/>
+      <c r="O248" s="82"/>
+      <c r="P248" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B248:G248)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="109"/>
+      <c r="B249" s="76"/>
+      <c r="C249" s="76"/>
+      <c r="D249" s="76"/>
+      <c r="E249" s="77"/>
+      <c r="F249" s="77"/>
+      <c r="G249" s="77"/>
+      <c r="H249" s="78"/>
+      <c r="I249" s="78"/>
+      <c r="J249" s="78"/>
+      <c r="K249" s="79"/>
+      <c r="L249" s="80"/>
+      <c r="M249" s="89"/>
+      <c r="N249" s="81"/>
+      <c r="O249" s="82"/>
+      <c r="P249" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B249:G249)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A250" s="109"/>
+      <c r="B250" s="76"/>
+      <c r="C250" s="76"/>
+      <c r="D250" s="76"/>
+      <c r="E250" s="77"/>
+      <c r="F250" s="77"/>
+      <c r="G250" s="77"/>
+      <c r="H250" s="78"/>
+      <c r="I250" s="78"/>
+      <c r="J250" s="78"/>
+      <c r="K250" s="79"/>
+      <c r="L250" s="80"/>
+      <c r="M250" s="89"/>
+      <c r="N250" s="81"/>
+      <c r="O250" s="82"/>
+      <c r="P250" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B250:G250)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A251" s="109"/>
+      <c r="B251" s="76"/>
+      <c r="C251" s="76"/>
+      <c r="D251" s="76"/>
+      <c r="E251" s="77"/>
+      <c r="F251" s="77"/>
+      <c r="G251" s="77"/>
+      <c r="H251" s="78"/>
+      <c r="I251" s="78"/>
+      <c r="J251" s="78"/>
+      <c r="K251" s="79"/>
+      <c r="L251" s="80"/>
+      <c r="M251" s="89"/>
+      <c r="N251" s="81"/>
+      <c r="O251" s="82"/>
+      <c r="P251" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B251:G251)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A252" s="109"/>
+      <c r="B252" s="76"/>
+      <c r="C252" s="76"/>
+      <c r="D252" s="76"/>
+      <c r="E252" s="77"/>
+      <c r="F252" s="77"/>
+      <c r="G252" s="77"/>
+      <c r="H252" s="78"/>
+      <c r="I252" s="78"/>
+      <c r="J252" s="78"/>
+      <c r="K252" s="79"/>
+      <c r="L252" s="80"/>
+      <c r="M252" s="89"/>
+      <c r="N252" s="81"/>
+      <c r="O252" s="82"/>
+      <c r="P252" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B252:G252)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A253" s="109"/>
+      <c r="B253" s="76"/>
+      <c r="C253" s="76"/>
+      <c r="D253" s="76"/>
+      <c r="E253" s="77"/>
+      <c r="F253" s="77"/>
+      <c r="G253" s="77"/>
+      <c r="H253" s="78"/>
+      <c r="I253" s="78"/>
+      <c r="J253" s="78"/>
+      <c r="K253" s="79"/>
+      <c r="L253" s="80"/>
+      <c r="M253" s="89"/>
+      <c r="N253" s="81"/>
+      <c r="O253" s="82"/>
+      <c r="P253" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B253:G253)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A254" s="109"/>
+      <c r="B254" s="76"/>
+      <c r="C254" s="76"/>
+      <c r="D254" s="76"/>
+      <c r="E254" s="77"/>
+      <c r="F254" s="77"/>
+      <c r="G254" s="77"/>
+      <c r="H254" s="78"/>
+      <c r="I254" s="78"/>
+      <c r="J254" s="78"/>
+      <c r="K254" s="79"/>
+      <c r="L254" s="80"/>
+      <c r="M254" s="89"/>
+      <c r="N254" s="81"/>
+      <c r="O254" s="82"/>
+      <c r="P254" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B254:G254)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A255" s="109"/>
+      <c r="B255" s="76"/>
+      <c r="C255" s="76"/>
+      <c r="D255" s="76"/>
+      <c r="E255" s="77"/>
+      <c r="F255" s="77"/>
+      <c r="G255" s="77"/>
+      <c r="H255" s="78"/>
+      <c r="I255" s="78"/>
+      <c r="J255" s="78"/>
+      <c r="K255" s="79"/>
+      <c r="L255" s="80"/>
+      <c r="M255" s="89"/>
+      <c r="N255" s="81"/>
+      <c r="O255" s="82"/>
+      <c r="P255" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B255:G255)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A256" s="109"/>
+      <c r="B256" s="76"/>
+      <c r="C256" s="76"/>
+      <c r="D256" s="76"/>
+      <c r="E256" s="77"/>
+      <c r="F256" s="77"/>
+      <c r="G256" s="77"/>
+      <c r="H256" s="78"/>
+      <c r="I256" s="78"/>
+      <c r="J256" s="78"/>
+      <c r="K256" s="79"/>
+      <c r="L256" s="80"/>
+      <c r="M256" s="89"/>
+      <c r="N256" s="81"/>
+      <c r="O256" s="82"/>
+      <c r="P256" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B256:G256)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A257" s="109"/>
+      <c r="B257" s="76"/>
+      <c r="C257" s="76"/>
+      <c r="D257" s="76"/>
+      <c r="E257" s="77"/>
+      <c r="F257" s="77"/>
+      <c r="G257" s="77"/>
+      <c r="H257" s="78"/>
+      <c r="I257" s="78"/>
+      <c r="J257" s="78"/>
+      <c r="K257" s="79"/>
+      <c r="L257" s="80"/>
+      <c r="M257" s="89"/>
+      <c r="N257" s="81"/>
+      <c r="O257" s="82"/>
+      <c r="P257" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B257:G257)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A258" s="109"/>
+      <c r="B258" s="76"/>
+      <c r="C258" s="76"/>
+      <c r="D258" s="76"/>
+      <c r="E258" s="77"/>
+      <c r="F258" s="77"/>
+      <c r="G258" s="77"/>
+      <c r="H258" s="78"/>
+      <c r="I258" s="78"/>
+      <c r="J258" s="78"/>
+      <c r="K258" s="79"/>
+      <c r="L258" s="80"/>
+      <c r="M258" s="89"/>
+      <c r="N258" s="81"/>
+      <c r="O258" s="82"/>
+      <c r="P258" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B258:G258)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A259" s="109"/>
+      <c r="B259" s="76"/>
+      <c r="C259" s="76"/>
+      <c r="D259" s="76"/>
+      <c r="E259" s="77"/>
+      <c r="F259" s="77"/>
+      <c r="G259" s="77"/>
+      <c r="H259" s="78"/>
+      <c r="I259" s="78"/>
+      <c r="J259" s="78"/>
+      <c r="K259" s="79"/>
+      <c r="L259" s="80"/>
+      <c r="M259" s="89"/>
+      <c r="N259" s="81"/>
+      <c r="O259" s="82"/>
+      <c r="P259" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B259:G259)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A260" s="109"/>
+      <c r="B260" s="76"/>
+      <c r="C260" s="76"/>
+      <c r="D260" s="76"/>
+      <c r="E260" s="77"/>
+      <c r="F260" s="77"/>
+      <c r="G260" s="77"/>
+      <c r="H260" s="78"/>
+      <c r="I260" s="78"/>
+      <c r="J260" s="78"/>
+      <c r="K260" s="79"/>
+      <c r="L260" s="80"/>
+      <c r="M260" s="89"/>
+      <c r="N260" s="81"/>
+      <c r="O260" s="82"/>
+      <c r="P260" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B260:G260)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A261" s="109"/>
+      <c r="B261" s="76"/>
+      <c r="C261" s="76"/>
+      <c r="D261" s="76"/>
+      <c r="E261" s="77"/>
+      <c r="F261" s="77"/>
+      <c r="G261" s="77"/>
+      <c r="H261" s="78"/>
+      <c r="I261" s="78"/>
+      <c r="J261" s="78"/>
+      <c r="K261" s="79"/>
+      <c r="L261" s="80"/>
+      <c r="M261" s="89"/>
+      <c r="N261" s="81"/>
+      <c r="O261" s="82"/>
+      <c r="P261" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B261:G261)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A262" s="109"/>
+      <c r="B262" s="76"/>
+      <c r="C262" s="76"/>
+      <c r="D262" s="76"/>
+      <c r="E262" s="77"/>
+      <c r="F262" s="77"/>
+      <c r="G262" s="77"/>
+      <c r="H262" s="78"/>
+      <c r="I262" s="78"/>
+      <c r="J262" s="78"/>
+      <c r="K262" s="79"/>
+      <c r="L262" s="80"/>
+      <c r="M262" s="89"/>
+      <c r="N262" s="81"/>
+      <c r="O262" s="82"/>
+      <c r="P262" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B262:G262)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A263" s="109"/>
+      <c r="B263" s="76"/>
+      <c r="C263" s="76"/>
+      <c r="D263" s="76"/>
+      <c r="E263" s="77"/>
+      <c r="F263" s="77"/>
+      <c r="G263" s="77"/>
+      <c r="H263" s="78"/>
+      <c r="I263" s="78"/>
+      <c r="J263" s="78"/>
+      <c r="K263" s="79"/>
+      <c r="L263" s="80"/>
+      <c r="M263" s="89"/>
+      <c r="N263" s="81"/>
+      <c r="O263" s="82"/>
+      <c r="P263" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B263:G263)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A264" s="109"/>
+      <c r="B264" s="76"/>
+      <c r="C264" s="76"/>
+      <c r="D264" s="76"/>
+      <c r="E264" s="77"/>
+      <c r="F264" s="77"/>
+      <c r="G264" s="77"/>
+      <c r="H264" s="78"/>
+      <c r="I264" s="78"/>
+      <c r="J264" s="78"/>
+      <c r="K264" s="79"/>
+      <c r="L264" s="80"/>
+      <c r="M264" s="89"/>
+      <c r="N264" s="81"/>
+      <c r="O264" s="82"/>
+      <c r="P264" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B264:G264)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A265" s="109"/>
+      <c r="B265" s="76"/>
+      <c r="C265" s="76"/>
+      <c r="D265" s="76"/>
+      <c r="E265" s="77"/>
+      <c r="F265" s="77"/>
+      <c r="G265" s="77"/>
+      <c r="H265" s="78"/>
+      <c r="I265" s="78"/>
+      <c r="J265" s="78"/>
+      <c r="K265" s="79"/>
+      <c r="L265" s="80"/>
+      <c r="M265" s="89"/>
+      <c r="N265" s="81"/>
+      <c r="O265" s="82"/>
+      <c r="P265" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B265:G265)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A266" s="109"/>
+      <c r="B266" s="76"/>
+      <c r="C266" s="76"/>
+      <c r="D266" s="76"/>
+      <c r="E266" s="77"/>
+      <c r="F266" s="77"/>
+      <c r="G266" s="77"/>
+      <c r="H266" s="78"/>
+      <c r="I266" s="78"/>
+      <c r="J266" s="78"/>
+      <c r="K266" s="79"/>
+      <c r="L266" s="80"/>
+      <c r="M266" s="89"/>
+      <c r="N266" s="81"/>
+      <c r="O266" s="82"/>
+      <c r="P266" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B266:G266)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A267" s="109"/>
+      <c r="B267" s="76"/>
+      <c r="C267" s="76"/>
+      <c r="D267" s="76"/>
+      <c r="E267" s="77"/>
+      <c r="F267" s="77"/>
+      <c r="G267" s="77"/>
+      <c r="H267" s="78"/>
+      <c r="I267" s="78"/>
+      <c r="J267" s="78"/>
+      <c r="K267" s="79"/>
+      <c r="L267" s="80"/>
+      <c r="M267" s="89"/>
+      <c r="N267" s="81"/>
+      <c r="O267" s="82"/>
+      <c r="P267" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B267:G267)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A268" s="109"/>
+      <c r="B268" s="76"/>
+      <c r="C268" s="76"/>
+      <c r="D268" s="76"/>
+      <c r="E268" s="77"/>
+      <c r="F268" s="77"/>
+      <c r="G268" s="77"/>
+      <c r="H268" s="78"/>
+      <c r="I268" s="78"/>
+      <c r="J268" s="78"/>
+      <c r="K268" s="79"/>
+      <c r="L268" s="80"/>
+      <c r="M268" s="89"/>
+      <c r="N268" s="81"/>
+      <c r="O268" s="82"/>
+      <c r="P268" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B268:G268)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A269" s="109"/>
+      <c r="B269" s="76"/>
+      <c r="C269" s="76"/>
+      <c r="D269" s="76"/>
+      <c r="E269" s="77"/>
+      <c r="F269" s="77"/>
+      <c r="G269" s="77"/>
+      <c r="H269" s="78"/>
+      <c r="I269" s="78"/>
+      <c r="J269" s="78"/>
+      <c r="K269" s="79"/>
+      <c r="L269" s="80"/>
+      <c r="M269" s="89"/>
+      <c r="N269" s="81"/>
+      <c r="O269" s="82"/>
+      <c r="P269" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B269:G269)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A270" s="109"/>
+      <c r="B270" s="76"/>
+      <c r="C270" s="76"/>
+      <c r="D270" s="76"/>
+      <c r="E270" s="77"/>
+      <c r="F270" s="77"/>
+      <c r="G270" s="77"/>
+      <c r="H270" s="78"/>
+      <c r="I270" s="78"/>
+      <c r="J270" s="78"/>
+      <c r="K270" s="79"/>
+      <c r="L270" s="80"/>
+      <c r="M270" s="89"/>
+      <c r="N270" s="81"/>
+      <c r="O270" s="82"/>
+      <c r="P270" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B270:G270)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A271" s="109"/>
+      <c r="B271" s="76"/>
+      <c r="C271" s="76"/>
+      <c r="D271" s="76"/>
+      <c r="E271" s="77"/>
+      <c r="F271" s="77"/>
+      <c r="G271" s="77"/>
+      <c r="H271" s="78"/>
+      <c r="I271" s="78"/>
+      <c r="J271" s="78"/>
+      <c r="K271" s="79"/>
+      <c r="L271" s="80"/>
+      <c r="M271" s="89"/>
+      <c r="N271" s="81"/>
+      <c r="O271" s="82"/>
+      <c r="P271" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B271:G271)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A272" s="109"/>
+      <c r="B272" s="76"/>
+      <c r="C272" s="76"/>
+      <c r="D272" s="76"/>
+      <c r="E272" s="77"/>
+      <c r="F272" s="77"/>
+      <c r="G272" s="77"/>
+      <c r="H272" s="78"/>
+      <c r="I272" s="78"/>
+      <c r="J272" s="78"/>
+      <c r="K272" s="79"/>
+      <c r="L272" s="80"/>
+      <c r="M272" s="89"/>
+      <c r="N272" s="81"/>
+      <c r="O272" s="82"/>
+      <c r="P272" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B272:G272)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A273" s="109"/>
+      <c r="B273" s="76"/>
+      <c r="C273" s="76"/>
+      <c r="D273" s="76"/>
+      <c r="E273" s="77"/>
+      <c r="F273" s="77"/>
+      <c r="G273" s="77"/>
+      <c r="H273" s="78"/>
+      <c r="I273" s="78"/>
+      <c r="J273" s="78"/>
+      <c r="K273" s="79"/>
+      <c r="L273" s="80"/>
+      <c r="M273" s="89"/>
+      <c r="N273" s="81"/>
+      <c r="O273" s="82"/>
+      <c r="P273" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B273:G273)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A274" s="109"/>
+      <c r="B274" s="76"/>
+      <c r="C274" s="76"/>
+      <c r="D274" s="76"/>
+      <c r="E274" s="77"/>
+      <c r="F274" s="77"/>
+      <c r="G274" s="77"/>
+      <c r="H274" s="78"/>
+      <c r="I274" s="78"/>
+      <c r="J274" s="78"/>
+      <c r="K274" s="79"/>
+      <c r="L274" s="80"/>
+      <c r="M274" s="89"/>
+      <c r="N274" s="81"/>
+      <c r="O274" s="82"/>
+      <c r="P274" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B274:G274)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A275" s="109"/>
+      <c r="B275" s="76"/>
+      <c r="C275" s="76"/>
+      <c r="D275" s="76"/>
+      <c r="E275" s="77"/>
+      <c r="F275" s="77"/>
+      <c r="G275" s="77"/>
+      <c r="H275" s="78"/>
+      <c r="I275" s="78"/>
+      <c r="J275" s="78"/>
+      <c r="K275" s="79"/>
+      <c r="L275" s="80"/>
+      <c r="M275" s="89"/>
+      <c r="N275" s="81"/>
+      <c r="O275" s="82"/>
+      <c r="P275" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B275:G275)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A276" s="109"/>
+      <c r="B276" s="76"/>
+      <c r="C276" s="76"/>
+      <c r="D276" s="76"/>
+      <c r="E276" s="77"/>
+      <c r="F276" s="77"/>
+      <c r="G276" s="77"/>
+      <c r="H276" s="78"/>
+      <c r="I276" s="78"/>
+      <c r="J276" s="78"/>
+      <c r="K276" s="79"/>
+      <c r="L276" s="80"/>
+      <c r="M276" s="89"/>
+      <c r="N276" s="81"/>
+      <c r="O276" s="82"/>
+      <c r="P276" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B276:G276)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A277" s="109"/>
+      <c r="B277" s="76"/>
+      <c r="C277" s="76"/>
+      <c r="D277" s="76"/>
+      <c r="E277" s="77"/>
+      <c r="F277" s="77"/>
+      <c r="G277" s="77"/>
+      <c r="H277" s="78"/>
+      <c r="I277" s="78"/>
+      <c r="J277" s="78"/>
+      <c r="K277" s="79"/>
+      <c r="L277" s="80"/>
+      <c r="M277" s="89"/>
+      <c r="N277" s="81"/>
+      <c r="O277" s="82"/>
+      <c r="P277" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B277:G277)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A278" s="109"/>
+      <c r="B278" s="76"/>
+      <c r="C278" s="76"/>
+      <c r="D278" s="76"/>
+      <c r="E278" s="77"/>
+      <c r="F278" s="77"/>
+      <c r="G278" s="77"/>
+      <c r="H278" s="78"/>
+      <c r="I278" s="78"/>
+      <c r="J278" s="78"/>
+      <c r="K278" s="79"/>
+      <c r="L278" s="80"/>
+      <c r="M278" s="89"/>
+      <c r="N278" s="81"/>
+      <c r="O278" s="82"/>
+      <c r="P278" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B278:G278)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A279" s="109"/>
+      <c r="B279" s="76"/>
+      <c r="C279" s="76"/>
+      <c r="D279" s="76"/>
+      <c r="E279" s="77"/>
+      <c r="F279" s="77"/>
+      <c r="G279" s="77"/>
+      <c r="H279" s="78"/>
+      <c r="I279" s="78"/>
+      <c r="J279" s="78"/>
+      <c r="K279" s="79"/>
+      <c r="L279" s="80"/>
+      <c r="M279" s="89"/>
+      <c r="N279" s="81"/>
+      <c r="O279" s="82"/>
+      <c r="P279" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B279:G279)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A280" s="109"/>
+      <c r="B280" s="76"/>
+      <c r="C280" s="76"/>
+      <c r="D280" s="76"/>
+      <c r="E280" s="77"/>
+      <c r="F280" s="77"/>
+      <c r="G280" s="77"/>
+      <c r="H280" s="78"/>
+      <c r="I280" s="78"/>
+      <c r="J280" s="78"/>
+      <c r="K280" s="79"/>
+      <c r="L280" s="80"/>
+      <c r="M280" s="89"/>
+      <c r="N280" s="81"/>
+      <c r="O280" s="82"/>
+      <c r="P280" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B280:G280)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A281" s="109"/>
+      <c r="B281" s="76"/>
+      <c r="C281" s="76"/>
+      <c r="D281" s="76"/>
+      <c r="E281" s="77"/>
+      <c r="F281" s="77"/>
+      <c r="G281" s="77"/>
+      <c r="H281" s="78"/>
+      <c r="I281" s="78"/>
+      <c r="J281" s="78"/>
+      <c r="K281" s="79"/>
+      <c r="L281" s="80"/>
+      <c r="M281" s="89"/>
+      <c r="N281" s="81"/>
+      <c r="O281" s="82"/>
+      <c r="P281" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B281:G281)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A282" s="109"/>
+      <c r="B282" s="76"/>
+      <c r="C282" s="76"/>
+      <c r="D282" s="76"/>
+      <c r="E282" s="77"/>
+      <c r="F282" s="77"/>
+      <c r="G282" s="77"/>
+      <c r="H282" s="78"/>
+      <c r="I282" s="78"/>
+      <c r="J282" s="78"/>
+      <c r="K282" s="79"/>
+      <c r="L282" s="80"/>
+      <c r="M282" s="89"/>
+      <c r="N282" s="81"/>
+      <c r="O282" s="82"/>
+      <c r="P282" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B282:G282)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A283" s="109"/>
+      <c r="B283" s="76"/>
+      <c r="C283" s="76"/>
+      <c r="D283" s="76"/>
+      <c r="E283" s="77"/>
+      <c r="F283" s="77"/>
+      <c r="G283" s="77"/>
+      <c r="H283" s="78"/>
+      <c r="I283" s="78"/>
+      <c r="J283" s="78"/>
+      <c r="K283" s="79"/>
+      <c r="L283" s="80"/>
+      <c r="M283" s="89"/>
+      <c r="N283" s="81"/>
+      <c r="O283" s="82"/>
+      <c r="P283" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B283:G283)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A284" s="109"/>
+      <c r="B284" s="76"/>
+      <c r="C284" s="76"/>
+      <c r="D284" s="76"/>
+      <c r="E284" s="77"/>
+      <c r="F284" s="77"/>
+      <c r="G284" s="77"/>
+      <c r="H284" s="78"/>
+      <c r="I284" s="78"/>
+      <c r="J284" s="78"/>
+      <c r="K284" s="79"/>
+      <c r="L284" s="80"/>
+      <c r="M284" s="89"/>
+      <c r="N284" s="81"/>
+      <c r="O284" s="82"/>
+      <c r="P284" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B284:G284)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A285" s="109"/>
+      <c r="B285" s="76"/>
+      <c r="C285" s="76"/>
+      <c r="D285" s="76"/>
+      <c r="E285" s="77"/>
+      <c r="F285" s="77"/>
+      <c r="G285" s="77"/>
+      <c r="H285" s="78"/>
+      <c r="I285" s="78"/>
+      <c r="J285" s="78"/>
+      <c r="K285" s="79"/>
+      <c r="L285" s="80"/>
+      <c r="M285" s="89"/>
+      <c r="N285" s="81"/>
+      <c r="O285" s="82"/>
+      <c r="P285" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B285:G285)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A286" s="109"/>
+      <c r="B286" s="76"/>
+      <c r="C286" s="76"/>
+      <c r="D286" s="76"/>
+      <c r="E286" s="77"/>
+      <c r="F286" s="77"/>
+      <c r="G286" s="77"/>
+      <c r="H286" s="78"/>
+      <c r="I286" s="78"/>
+      <c r="J286" s="78"/>
+      <c r="K286" s="79"/>
+      <c r="L286" s="80"/>
+      <c r="M286" s="89"/>
+      <c r="N286" s="81"/>
+      <c r="O286" s="82"/>
+      <c r="P286" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B286:G286)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A287" s="109"/>
+      <c r="B287" s="76"/>
+      <c r="C287" s="76"/>
+      <c r="D287" s="76"/>
+      <c r="E287" s="77"/>
+      <c r="F287" s="77"/>
+      <c r="G287" s="77"/>
+      <c r="H287" s="78"/>
+      <c r="I287" s="78"/>
+      <c r="J287" s="78"/>
+      <c r="K287" s="79"/>
+      <c r="L287" s="80"/>
+      <c r="M287" s="89"/>
+      <c r="N287" s="81"/>
+      <c r="O287" s="82"/>
+      <c r="P287" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B287:G287)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A288" s="109"/>
+      <c r="B288" s="76"/>
+      <c r="C288" s="76"/>
+      <c r="D288" s="76"/>
+      <c r="E288" s="77"/>
+      <c r="F288" s="77"/>
+      <c r="G288" s="77"/>
+      <c r="H288" s="78"/>
+      <c r="I288" s="78"/>
+      <c r="J288" s="78"/>
+      <c r="K288" s="79"/>
+      <c r="L288" s="80"/>
+      <c r="M288" s="89"/>
+      <c r="N288" s="81"/>
+      <c r="O288" s="82"/>
+      <c r="P288" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B288:G288)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A289" s="109"/>
+      <c r="B289" s="76"/>
+      <c r="C289" s="76"/>
+      <c r="D289" s="76"/>
+      <c r="E289" s="77"/>
+      <c r="F289" s="77"/>
+      <c r="G289" s="77"/>
+      <c r="H289" s="78"/>
+      <c r="I289" s="78"/>
+      <c r="J289" s="78"/>
+      <c r="K289" s="79"/>
+      <c r="L289" s="80"/>
+      <c r="M289" s="89"/>
+      <c r="N289" s="81"/>
+      <c r="O289" s="82"/>
+      <c r="P289" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B289:G289)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A290" s="109"/>
+      <c r="B290" s="76"/>
+      <c r="C290" s="76"/>
+      <c r="D290" s="76"/>
+      <c r="E290" s="77"/>
+      <c r="F290" s="77"/>
+      <c r="G290" s="77"/>
+      <c r="H290" s="78"/>
+      <c r="I290" s="78"/>
+      <c r="J290" s="78"/>
+      <c r="K290" s="79"/>
+      <c r="L290" s="80"/>
+      <c r="M290" s="89"/>
+      <c r="N290" s="81"/>
+      <c r="O290" s="82"/>
+      <c r="P290" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B290:G290)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A291" s="109"/>
+      <c r="B291" s="76"/>
+      <c r="C291" s="76"/>
+      <c r="D291" s="76"/>
+      <c r="E291" s="77"/>
+      <c r="F291" s="77"/>
+      <c r="G291" s="77"/>
+      <c r="H291" s="78"/>
+      <c r="I291" s="78"/>
+      <c r="J291" s="78"/>
+      <c r="K291" s="79"/>
+      <c r="L291" s="80"/>
+      <c r="M291" s="89"/>
+      <c r="N291" s="81"/>
+      <c r="O291" s="82"/>
+      <c r="P291" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B291:G291)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A292" s="109"/>
+      <c r="B292" s="76"/>
+      <c r="C292" s="76"/>
+      <c r="D292" s="76"/>
+      <c r="E292" s="77"/>
+      <c r="F292" s="77"/>
+      <c r="G292" s="77"/>
+      <c r="H292" s="78"/>
+      <c r="I292" s="78"/>
+      <c r="J292" s="78"/>
+      <c r="K292" s="79"/>
+      <c r="L292" s="80"/>
+      <c r="M292" s="89"/>
+      <c r="N292" s="81"/>
+      <c r="O292" s="82"/>
+      <c r="P292" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B292:G292)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A293" s="109"/>
+      <c r="B293" s="76"/>
+      <c r="C293" s="76"/>
+      <c r="D293" s="76"/>
+      <c r="E293" s="77"/>
+      <c r="F293" s="77"/>
+      <c r="G293" s="77"/>
+      <c r="H293" s="78"/>
+      <c r="I293" s="78"/>
+      <c r="J293" s="78"/>
+      <c r="K293" s="79"/>
+      <c r="L293" s="80"/>
+      <c r="M293" s="89"/>
+      <c r="N293" s="81"/>
+      <c r="O293" s="82"/>
+      <c r="P293" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B293:G293)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A294" s="109"/>
+      <c r="B294" s="76"/>
+      <c r="C294" s="76"/>
+      <c r="D294" s="76"/>
+      <c r="E294" s="77"/>
+      <c r="F294" s="77"/>
+      <c r="G294" s="77"/>
+      <c r="H294" s="78"/>
+      <c r="I294" s="78"/>
+      <c r="J294" s="78"/>
+      <c r="K294" s="79"/>
+      <c r="L294" s="80"/>
+      <c r="M294" s="89"/>
+      <c r="N294" s="81"/>
+      <c r="O294" s="82"/>
+      <c r="P294" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B294:G294)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A295" s="109"/>
+      <c r="B295" s="76"/>
+      <c r="C295" s="76"/>
+      <c r="D295" s="76"/>
+      <c r="E295" s="77"/>
+      <c r="F295" s="77"/>
+      <c r="G295" s="77"/>
+      <c r="H295" s="78"/>
+      <c r="I295" s="78"/>
+      <c r="J295" s="78"/>
+      <c r="K295" s="79"/>
+      <c r="L295" s="80"/>
+      <c r="M295" s="89"/>
+      <c r="N295" s="81"/>
+      <c r="O295" s="82"/>
+      <c r="P295" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B295:G295)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A296" s="109"/>
+      <c r="B296" s="76"/>
+      <c r="C296" s="76"/>
+      <c r="D296" s="76"/>
+      <c r="E296" s="77"/>
+      <c r="F296" s="77"/>
+      <c r="G296" s="77"/>
+      <c r="H296" s="78"/>
+      <c r="I296" s="78"/>
+      <c r="J296" s="78"/>
+      <c r="K296" s="79"/>
+      <c r="L296" s="80"/>
+      <c r="M296" s="89"/>
+      <c r="N296" s="81"/>
+      <c r="O296" s="82"/>
+      <c r="P296" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B296:G296)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A297" s="109"/>
+      <c r="B297" s="76"/>
+      <c r="C297" s="76"/>
+      <c r="D297" s="76"/>
+      <c r="E297" s="77"/>
+      <c r="F297" s="77"/>
+      <c r="G297" s="77"/>
+      <c r="H297" s="78"/>
+      <c r="I297" s="78"/>
+      <c r="J297" s="78"/>
+      <c r="K297" s="79"/>
+      <c r="L297" s="80"/>
+      <c r="M297" s="89"/>
+      <c r="N297" s="81"/>
+      <c r="O297" s="82"/>
+      <c r="P297" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B297:G297)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A298" s="109"/>
+      <c r="B298" s="76"/>
+      <c r="C298" s="76"/>
+      <c r="D298" s="76"/>
+      <c r="E298" s="77"/>
+      <c r="F298" s="77"/>
+      <c r="G298" s="77"/>
+      <c r="H298" s="78"/>
+      <c r="I298" s="78"/>
+      <c r="J298" s="78"/>
+      <c r="K298" s="79"/>
+      <c r="L298" s="80"/>
+      <c r="M298" s="89"/>
+      <c r="N298" s="81"/>
+      <c r="O298" s="82"/>
+      <c r="P298" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B298:G298)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A299" s="109"/>
+      <c r="B299" s="76"/>
+      <c r="C299" s="76"/>
+      <c r="D299" s="76"/>
+      <c r="E299" s="77"/>
+      <c r="F299" s="77"/>
+      <c r="G299" s="77"/>
+      <c r="H299" s="78"/>
+      <c r="I299" s="78"/>
+      <c r="J299" s="78"/>
+      <c r="K299" s="79"/>
+      <c r="L299" s="80"/>
+      <c r="M299" s="89"/>
+      <c r="N299" s="81"/>
+      <c r="O299" s="82"/>
+      <c r="P299" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B299:G299)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A300" s="109"/>
+      <c r="B300" s="76"/>
+      <c r="C300" s="76"/>
+      <c r="D300" s="76"/>
+      <c r="E300" s="77"/>
+      <c r="F300" s="77"/>
+      <c r="G300" s="77"/>
+      <c r="H300" s="78"/>
+      <c r="I300" s="78"/>
+      <c r="J300" s="78"/>
+      <c r="K300" s="79"/>
+      <c r="L300" s="80"/>
+      <c r="M300" s="89"/>
+      <c r="N300" s="81"/>
+      <c r="O300" s="82"/>
+      <c r="P300" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B300:G300)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A301" s="109"/>
+      <c r="B301" s="76"/>
+      <c r="C301" s="76"/>
+      <c r="D301" s="76"/>
+      <c r="E301" s="77"/>
+      <c r="F301" s="77"/>
+      <c r="G301" s="77"/>
+      <c r="H301" s="78"/>
+      <c r="I301" s="78"/>
+      <c r="J301" s="78"/>
+      <c r="K301" s="79"/>
+      <c r="L301" s="80"/>
+      <c r="M301" s="89"/>
+      <c r="N301" s="81"/>
+      <c r="O301" s="82"/>
+      <c r="P301" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B301:G301)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A302" s="109"/>
+      <c r="B302" s="76"/>
+      <c r="C302" s="76"/>
+      <c r="D302" s="76"/>
+      <c r="E302" s="77"/>
+      <c r="F302" s="77"/>
+      <c r="G302" s="77"/>
+      <c r="H302" s="78"/>
+      <c r="I302" s="78"/>
+      <c r="J302" s="78"/>
+      <c r="K302" s="79"/>
+      <c r="L302" s="80"/>
+      <c r="M302" s="89"/>
+      <c r="N302" s="81"/>
+      <c r="O302" s="82"/>
+      <c r="P302" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B302:G302)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A303" s="109"/>
+      <c r="B303" s="76"/>
+      <c r="C303" s="76"/>
+      <c r="D303" s="76"/>
+      <c r="E303" s="77"/>
+      <c r="F303" s="77"/>
+      <c r="G303" s="77"/>
+      <c r="H303" s="78"/>
+      <c r="I303" s="78"/>
+      <c r="J303" s="78"/>
+      <c r="K303" s="79"/>
+      <c r="L303" s="80"/>
+      <c r="M303" s="89"/>
+      <c r="N303" s="81"/>
+      <c r="O303" s="82"/>
+      <c r="P303" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B303:G303)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A304" s="109"/>
+      <c r="B304" s="76"/>
+      <c r="C304" s="76"/>
+      <c r="D304" s="76"/>
+      <c r="E304" s="77"/>
+      <c r="F304" s="77"/>
+      <c r="G304" s="77"/>
+      <c r="H304" s="78"/>
+      <c r="I304" s="78"/>
+      <c r="J304" s="78"/>
+      <c r="K304" s="79"/>
+      <c r="L304" s="80"/>
+      <c r="M304" s="89"/>
+      <c r="N304" s="81"/>
+      <c r="O304" s="82"/>
+      <c r="P304" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B304:G304)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A305" s="109"/>
+      <c r="B305" s="76"/>
+      <c r="C305" s="76"/>
+      <c r="D305" s="76"/>
+      <c r="E305" s="77"/>
+      <c r="F305" s="77"/>
+      <c r="G305" s="77"/>
+      <c r="H305" s="78"/>
+      <c r="I305" s="78"/>
+      <c r="J305" s="78"/>
+      <c r="K305" s="79"/>
+      <c r="L305" s="80"/>
+      <c r="M305" s="89"/>
+      <c r="N305" s="81"/>
+      <c r="O305" s="82"/>
+      <c r="P305" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B305:G305)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A306" s="109"/>
+      <c r="B306" s="76"/>
+      <c r="C306" s="76"/>
+      <c r="D306" s="76"/>
+      <c r="E306" s="77"/>
+      <c r="F306" s="77"/>
+      <c r="G306" s="77"/>
+      <c r="H306" s="78"/>
+      <c r="I306" s="78"/>
+      <c r="J306" s="78"/>
+      <c r="K306" s="79"/>
+      <c r="L306" s="80"/>
+      <c r="M306" s="89"/>
+      <c r="N306" s="81"/>
+      <c r="O306" s="82"/>
+      <c r="P306" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B306:G306)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A307" s="109"/>
+      <c r="B307" s="76"/>
+      <c r="C307" s="76"/>
+      <c r="D307" s="76"/>
+      <c r="E307" s="77"/>
+      <c r="F307" s="77"/>
+      <c r="G307" s="77"/>
+      <c r="H307" s="78"/>
+      <c r="I307" s="78"/>
+      <c r="J307" s="78"/>
+      <c r="K307" s="79"/>
+      <c r="L307" s="80"/>
+      <c r="M307" s="89"/>
+      <c r="N307" s="81"/>
+      <c r="O307" s="82"/>
+      <c r="P307" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B307:G307)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A308" s="109"/>
+      <c r="B308" s="76"/>
+      <c r="C308" s="76"/>
+      <c r="D308" s="76"/>
+      <c r="E308" s="77"/>
+      <c r="F308" s="77"/>
+      <c r="G308" s="77"/>
+      <c r="H308" s="78"/>
+      <c r="I308" s="78"/>
+      <c r="J308" s="78"/>
+      <c r="K308" s="79"/>
+      <c r="L308" s="80"/>
+      <c r="M308" s="89"/>
+      <c r="N308" s="81"/>
+      <c r="O308" s="82"/>
+      <c r="P308" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B308:G308)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A309" s="109"/>
+      <c r="B309" s="76"/>
+      <c r="C309" s="76"/>
+      <c r="D309" s="76"/>
+      <c r="E309" s="77"/>
+      <c r="F309" s="77"/>
+      <c r="G309" s="77"/>
+      <c r="H309" s="78"/>
+      <c r="I309" s="78"/>
+      <c r="J309" s="78"/>
+      <c r="K309" s="79"/>
+      <c r="L309" s="80"/>
+      <c r="M309" s="89"/>
+      <c r="N309" s="81"/>
+      <c r="O309" s="82"/>
+      <c r="P309" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B309:G309)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A310" s="109"/>
+      <c r="B310" s="76"/>
+      <c r="C310" s="76"/>
+      <c r="D310" s="76"/>
+      <c r="E310" s="77"/>
+      <c r="F310" s="77"/>
+      <c r="G310" s="77"/>
+      <c r="H310" s="78"/>
+      <c r="I310" s="78"/>
+      <c r="J310" s="78"/>
+      <c r="K310" s="79"/>
+      <c r="L310" s="80"/>
+      <c r="M310" s="89"/>
+      <c r="N310" s="81"/>
+      <c r="O310" s="82"/>
+      <c r="P310" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B310:G310)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A311" s="109"/>
+      <c r="B311" s="76"/>
+      <c r="C311" s="76"/>
+      <c r="D311" s="76"/>
+      <c r="E311" s="77"/>
+      <c r="F311" s="77"/>
+      <c r="G311" s="77"/>
+      <c r="H311" s="78"/>
+      <c r="I311" s="78"/>
+      <c r="J311" s="78"/>
+      <c r="K311" s="79"/>
+      <c r="L311" s="80"/>
+      <c r="M311" s="89"/>
+      <c r="N311" s="81"/>
+      <c r="O311" s="82"/>
+      <c r="P311" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B311:G311)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A312" s="109"/>
+      <c r="B312" s="76"/>
+      <c r="C312" s="76"/>
+      <c r="D312" s="76"/>
+      <c r="E312" s="77"/>
+      <c r="F312" s="77"/>
+      <c r="G312" s="77"/>
+      <c r="H312" s="78"/>
+      <c r="I312" s="78"/>
+      <c r="J312" s="78"/>
+      <c r="K312" s="79"/>
+      <c r="L312" s="80"/>
+      <c r="M312" s="89"/>
+      <c r="N312" s="81"/>
+      <c r="O312" s="82"/>
+      <c r="P312" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B312:G312)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A313" s="109"/>
+      <c r="B313" s="76"/>
+      <c r="C313" s="76"/>
+      <c r="D313" s="76"/>
+      <c r="E313" s="77"/>
+      <c r="F313" s="77"/>
+      <c r="G313" s="77"/>
+      <c r="H313" s="78"/>
+      <c r="I313" s="78"/>
+      <c r="J313" s="78"/>
+      <c r="K313" s="79"/>
+      <c r="L313" s="80"/>
+      <c r="M313" s="89"/>
+      <c r="N313" s="81"/>
+      <c r="O313" s="82"/>
+      <c r="P313" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B313:G313)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A314" s="109"/>
+      <c r="B314" s="76"/>
+      <c r="C314" s="76"/>
+      <c r="D314" s="76"/>
+      <c r="E314" s="77"/>
+      <c r="F314" s="77"/>
+      <c r="G314" s="77"/>
+      <c r="H314" s="78"/>
+      <c r="I314" s="78"/>
+      <c r="J314" s="78"/>
+      <c r="K314" s="79"/>
+      <c r="L314" s="80"/>
+      <c r="M314" s="89"/>
+      <c r="N314" s="81"/>
+      <c r="O314" s="82"/>
+      <c r="P314" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B314:G314)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A315" s="109"/>
+      <c r="B315" s="76"/>
+      <c r="C315" s="76"/>
+      <c r="D315" s="76"/>
+      <c r="E315" s="77"/>
+      <c r="F315" s="77"/>
+      <c r="G315" s="77"/>
+      <c r="H315" s="78"/>
+      <c r="I315" s="78"/>
+      <c r="J315" s="78"/>
+      <c r="K315" s="79"/>
+      <c r="L315" s="80"/>
+      <c r="M315" s="89"/>
+      <c r="N315" s="81"/>
+      <c r="O315" s="82"/>
+      <c r="P315" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B315:G315)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A316" s="109"/>
+      <c r="B316" s="76"/>
+      <c r="C316" s="76"/>
+      <c r="D316" s="76"/>
+      <c r="E316" s="77"/>
+      <c r="F316" s="77"/>
+      <c r="G316" s="77"/>
+      <c r="H316" s="78"/>
+      <c r="I316" s="78"/>
+      <c r="J316" s="78"/>
+      <c r="K316" s="79"/>
+      <c r="L316" s="80"/>
+      <c r="M316" s="89"/>
+      <c r="N316" s="81"/>
+      <c r="O316" s="82"/>
+      <c r="P316" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B316:G316)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A317" s="109"/>
+      <c r="B317" s="76"/>
+      <c r="C317" s="76"/>
+      <c r="D317" s="76"/>
+      <c r="E317" s="77"/>
+      <c r="F317" s="77"/>
+      <c r="G317" s="77"/>
+      <c r="H317" s="78"/>
+      <c r="I317" s="78"/>
+      <c r="J317" s="78"/>
+      <c r="K317" s="79"/>
+      <c r="L317" s="80"/>
+      <c r="M317" s="89"/>
+      <c r="N317" s="81"/>
+      <c r="O317" s="82"/>
+      <c r="P317" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B317:G317)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A318" s="109"/>
+      <c r="B318" s="76"/>
+      <c r="C318" s="76"/>
+      <c r="D318" s="76"/>
+      <c r="E318" s="77"/>
+      <c r="F318" s="77"/>
+      <c r="G318" s="77"/>
+      <c r="H318" s="78"/>
+      <c r="I318" s="78"/>
+      <c r="J318" s="78"/>
+      <c r="K318" s="79"/>
+      <c r="L318" s="80"/>
+      <c r="M318" s="89"/>
+      <c r="N318" s="81"/>
+      <c r="O318" s="82"/>
+      <c r="P318" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B318:G318)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A319" s="109"/>
+      <c r="B319" s="76"/>
+      <c r="C319" s="76"/>
+      <c r="D319" s="76"/>
+      <c r="E319" s="77"/>
+      <c r="F319" s="77"/>
+      <c r="G319" s="77"/>
+      <c r="H319" s="78"/>
+      <c r="I319" s="78"/>
+      <c r="J319" s="78"/>
+      <c r="K319" s="79"/>
+      <c r="L319" s="80"/>
+      <c r="M319" s="89"/>
+      <c r="N319" s="81"/>
+      <c r="O319" s="82"/>
+      <c r="P319" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B319:G319)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A320" s="109"/>
+      <c r="B320" s="76"/>
+      <c r="C320" s="76"/>
+      <c r="D320" s="76"/>
+      <c r="E320" s="77"/>
+      <c r="F320" s="77"/>
+      <c r="G320" s="77"/>
+      <c r="H320" s="78"/>
+      <c r="I320" s="78"/>
+      <c r="J320" s="78"/>
+      <c r="K320" s="79"/>
+      <c r="L320" s="80"/>
+      <c r="M320" s="89"/>
+      <c r="N320" s="81"/>
+      <c r="O320" s="82"/>
+      <c r="P320" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B320:G320)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A321" s="109"/>
+      <c r="B321" s="76"/>
+      <c r="C321" s="76"/>
+      <c r="D321" s="76"/>
+      <c r="E321" s="77"/>
+      <c r="F321" s="77"/>
+      <c r="G321" s="77"/>
+      <c r="H321" s="78"/>
+      <c r="I321" s="78"/>
+      <c r="J321" s="78"/>
+      <c r="K321" s="79"/>
+      <c r="L321" s="80"/>
+      <c r="M321" s="89"/>
+      <c r="N321" s="81"/>
+      <c r="O321" s="82"/>
+      <c r="P321" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B321:G321)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A322" s="109"/>
+      <c r="B322" s="76"/>
+      <c r="C322" s="76"/>
+      <c r="D322" s="76"/>
+      <c r="E322" s="77"/>
+      <c r="F322" s="77"/>
+      <c r="G322" s="77"/>
+      <c r="H322" s="78"/>
+      <c r="I322" s="78"/>
+      <c r="J322" s="78"/>
+      <c r="K322" s="79"/>
+      <c r="L322" s="80"/>
+      <c r="M322" s="89"/>
+      <c r="N322" s="81"/>
+      <c r="O322" s="82"/>
+      <c r="P322" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B322:G322)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A323" s="109"/>
+      <c r="B323" s="76"/>
+      <c r="C323" s="76"/>
+      <c r="D323" s="76"/>
+      <c r="E323" s="77"/>
+      <c r="F323" s="77"/>
+      <c r="G323" s="77"/>
+      <c r="H323" s="78"/>
+      <c r="I323" s="78"/>
+      <c r="J323" s="78"/>
+      <c r="K323" s="79"/>
+      <c r="L323" s="80"/>
+      <c r="M323" s="89"/>
+      <c r="N323" s="81"/>
+      <c r="O323" s="82"/>
+      <c r="P323" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B323:G323)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A324" s="109"/>
+      <c r="B324" s="76"/>
+      <c r="C324" s="76"/>
+      <c r="D324" s="76"/>
+      <c r="E324" s="77"/>
+      <c r="F324" s="77"/>
+      <c r="G324" s="77"/>
+      <c r="H324" s="78"/>
+      <c r="I324" s="78"/>
+      <c r="J324" s="78"/>
+      <c r="K324" s="79"/>
+      <c r="L324" s="80"/>
+      <c r="M324" s="89"/>
+      <c r="N324" s="81"/>
+      <c r="O324" s="82"/>
+      <c r="P324" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B324:G324)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A325" s="109"/>
+      <c r="B325" s="76"/>
+      <c r="C325" s="76"/>
+      <c r="D325" s="76"/>
+      <c r="E325" s="77"/>
+      <c r="F325" s="77"/>
+      <c r="G325" s="77"/>
+      <c r="H325" s="78"/>
+      <c r="I325" s="78"/>
+      <c r="J325" s="78"/>
+      <c r="K325" s="79"/>
+      <c r="L325" s="80"/>
+      <c r="M325" s="89"/>
+      <c r="N325" s="81"/>
+      <c r="O325" s="82"/>
+      <c r="P325" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B325:G325)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A326" s="109"/>
+      <c r="B326" s="76"/>
+      <c r="C326" s="76"/>
+      <c r="D326" s="76"/>
+      <c r="E326" s="77"/>
+      <c r="F326" s="77"/>
+      <c r="G326" s="77"/>
+      <c r="H326" s="78"/>
+      <c r="I326" s="78"/>
+      <c r="J326" s="78"/>
+      <c r="K326" s="79"/>
+      <c r="L326" s="80"/>
+      <c r="M326" s="89"/>
+      <c r="N326" s="81"/>
+      <c r="O326" s="82"/>
+      <c r="P326" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B326:G326)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A327" s="109"/>
+      <c r="B327" s="76"/>
+      <c r="C327" s="76"/>
+      <c r="D327" s="76"/>
+      <c r="E327" s="77"/>
+      <c r="F327" s="77"/>
+      <c r="G327" s="77"/>
+      <c r="H327" s="78"/>
+      <c r="I327" s="78"/>
+      <c r="J327" s="78"/>
+      <c r="K327" s="79"/>
+      <c r="L327" s="80"/>
+      <c r="M327" s="89"/>
+      <c r="N327" s="81"/>
+      <c r="O327" s="82"/>
+      <c r="P327" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B327:G327)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A328" s="109"/>
+      <c r="B328" s="76"/>
+      <c r="C328" s="76"/>
+      <c r="D328" s="76"/>
+      <c r="E328" s="77"/>
+      <c r="F328" s="77"/>
+      <c r="G328" s="77"/>
+      <c r="H328" s="78"/>
+      <c r="I328" s="78"/>
+      <c r="J328" s="78"/>
+      <c r="K328" s="79"/>
+      <c r="L328" s="80"/>
+      <c r="M328" s="89"/>
+      <c r="N328" s="81"/>
+      <c r="O328" s="82"/>
+      <c r="P328" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B328:G328)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A329" s="109"/>
+      <c r="B329" s="76"/>
+      <c r="C329" s="76"/>
+      <c r="D329" s="76"/>
+      <c r="E329" s="77"/>
+      <c r="F329" s="77"/>
+      <c r="G329" s="77"/>
+      <c r="H329" s="78"/>
+      <c r="I329" s="78"/>
+      <c r="J329" s="78"/>
+      <c r="K329" s="79"/>
+      <c r="L329" s="80"/>
+      <c r="M329" s="89"/>
+      <c r="N329" s="81"/>
+      <c r="O329" s="82"/>
+      <c r="P329" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B329:G329)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A330" s="109"/>
+      <c r="B330" s="76"/>
+      <c r="C330" s="76"/>
+      <c r="D330" s="76"/>
+      <c r="E330" s="77"/>
+      <c r="F330" s="77"/>
+      <c r="G330" s="77"/>
+      <c r="H330" s="78"/>
+      <c r="I330" s="78"/>
+      <c r="J330" s="78"/>
+      <c r="K330" s="79"/>
+      <c r="L330" s="80"/>
+      <c r="M330" s="89"/>
+      <c r="N330" s="81"/>
+      <c r="O330" s="82"/>
+      <c r="P330" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B330:G330)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A331" s="109"/>
+      <c r="B331" s="76"/>
+      <c r="C331" s="76"/>
+      <c r="D331" s="76"/>
+      <c r="E331" s="77"/>
+      <c r="F331" s="77"/>
+      <c r="G331" s="77"/>
+      <c r="H331" s="78"/>
+      <c r="I331" s="78"/>
+      <c r="J331" s="78"/>
+      <c r="K331" s="79"/>
+      <c r="L331" s="80"/>
+      <c r="M331" s="89"/>
+      <c r="N331" s="81"/>
+      <c r="O331" s="82"/>
+      <c r="P331" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B331:G331)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A332" s="109"/>
+      <c r="B332" s="76"/>
+      <c r="C332" s="76"/>
+      <c r="D332" s="76"/>
+      <c r="E332" s="77"/>
+      <c r="F332" s="77"/>
+      <c r="G332" s="77"/>
+      <c r="H332" s="78"/>
+      <c r="I332" s="78"/>
+      <c r="J332" s="78"/>
+      <c r="K332" s="79"/>
+      <c r="L332" s="80"/>
+      <c r="M332" s="89"/>
+      <c r="N332" s="81"/>
+      <c r="O332" s="82"/>
+      <c r="P332" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B332:G332)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A333" s="109"/>
+      <c r="B333" s="76"/>
+      <c r="C333" s="76"/>
+      <c r="D333" s="76"/>
+      <c r="E333" s="77"/>
+      <c r="F333" s="77"/>
+      <c r="G333" s="77"/>
+      <c r="H333" s="78"/>
+      <c r="I333" s="78"/>
+      <c r="J333" s="78"/>
+      <c r="K333" s="79"/>
+      <c r="L333" s="80"/>
+      <c r="M333" s="89"/>
+      <c r="N333" s="81"/>
+      <c r="O333" s="82"/>
+      <c r="P333" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B333:G333)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A334" s="109"/>
+      <c r="B334" s="76"/>
+      <c r="C334" s="76"/>
+      <c r="D334" s="76"/>
+      <c r="E334" s="77"/>
+      <c r="F334" s="77"/>
+      <c r="G334" s="77"/>
+      <c r="H334" s="78"/>
+      <c r="I334" s="78"/>
+      <c r="J334" s="78"/>
+      <c r="K334" s="79"/>
+      <c r="L334" s="80"/>
+      <c r="M334" s="89"/>
+      <c r="N334" s="81"/>
+      <c r="O334" s="82"/>
+      <c r="P334" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B334:G334)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A335" s="109"/>
+      <c r="B335" s="76"/>
+      <c r="C335" s="76"/>
+      <c r="D335" s="76"/>
+      <c r="E335" s="77"/>
+      <c r="F335" s="77"/>
+      <c r="G335" s="77"/>
+      <c r="H335" s="78"/>
+      <c r="I335" s="78"/>
+      <c r="J335" s="78"/>
+      <c r="K335" s="79"/>
+      <c r="L335" s="80"/>
+      <c r="M335" s="89"/>
+      <c r="N335" s="81"/>
+      <c r="O335" s="82"/>
+      <c r="P335" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B335:G335)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A336" s="109"/>
+      <c r="B336" s="76"/>
+      <c r="C336" s="76"/>
+      <c r="D336" s="76"/>
+      <c r="E336" s="77"/>
+      <c r="F336" s="77"/>
+      <c r="G336" s="77"/>
+      <c r="H336" s="78"/>
+      <c r="I336" s="78"/>
+      <c r="J336" s="78"/>
+      <c r="K336" s="79"/>
+      <c r="L336" s="80"/>
+      <c r="M336" s="89"/>
+      <c r="N336" s="81"/>
+      <c r="O336" s="82"/>
+      <c r="P336" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B336:G336)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A337" s="109"/>
+      <c r="B337" s="76"/>
+      <c r="C337" s="76"/>
+      <c r="D337" s="76"/>
+      <c r="E337" s="77"/>
+      <c r="F337" s="77"/>
+      <c r="G337" s="77"/>
+      <c r="H337" s="78"/>
+      <c r="I337" s="78"/>
+      <c r="J337" s="78"/>
+      <c r="K337" s="79"/>
+      <c r="L337" s="80"/>
+      <c r="M337" s="89"/>
+      <c r="N337" s="81"/>
+      <c r="O337" s="82"/>
+      <c r="P337" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B337:G337)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A338" s="109"/>
+      <c r="B338" s="76"/>
+      <c r="C338" s="76"/>
+      <c r="D338" s="76"/>
+      <c r="E338" s="77"/>
+      <c r="F338" s="77"/>
+      <c r="G338" s="77"/>
+      <c r="H338" s="78"/>
+      <c r="I338" s="78"/>
+      <c r="J338" s="78"/>
+      <c r="K338" s="79"/>
+      <c r="L338" s="80"/>
+      <c r="M338" s="89"/>
+      <c r="N338" s="81"/>
+      <c r="O338" s="82"/>
+      <c r="P338" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B338:G338)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A339" s="109"/>
+      <c r="B339" s="76"/>
+      <c r="C339" s="76"/>
+      <c r="D339" s="76"/>
+      <c r="E339" s="77"/>
+      <c r="F339" s="77"/>
+      <c r="G339" s="77"/>
+      <c r="H339" s="78"/>
+      <c r="I339" s="78"/>
+      <c r="J339" s="78"/>
+      <c r="K339" s="79"/>
+      <c r="L339" s="80"/>
+      <c r="M339" s="89"/>
+      <c r="N339" s="81"/>
+      <c r="O339" s="82"/>
+      <c r="P339" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B339:G339)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A340" s="109"/>
+      <c r="B340" s="76"/>
+      <c r="C340" s="76"/>
+      <c r="D340" s="76"/>
+      <c r="E340" s="77"/>
+      <c r="F340" s="77"/>
+      <c r="G340" s="77"/>
+      <c r="H340" s="78"/>
+      <c r="I340" s="78"/>
+      <c r="J340" s="78"/>
+      <c r="K340" s="79"/>
+      <c r="L340" s="80"/>
+      <c r="M340" s="89"/>
+      <c r="N340" s="81"/>
+      <c r="O340" s="82"/>
+      <c r="P340" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B340:G340)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A341" s="109"/>
+      <c r="B341" s="76"/>
+      <c r="C341" s="76"/>
+      <c r="D341" s="76"/>
+      <c r="E341" s="77"/>
+      <c r="F341" s="77"/>
+      <c r="G341" s="77"/>
+      <c r="H341" s="78"/>
+      <c r="I341" s="78"/>
+      <c r="J341" s="78"/>
+      <c r="K341" s="79"/>
+      <c r="L341" s="80"/>
+      <c r="M341" s="89"/>
+      <c r="N341" s="81"/>
+      <c r="O341" s="82"/>
+      <c r="P341" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B341:G341)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A342" s="109"/>
+      <c r="B342" s="76"/>
+      <c r="C342" s="76"/>
+      <c r="D342" s="76"/>
+      <c r="E342" s="77"/>
+      <c r="F342" s="77"/>
+      <c r="G342" s="77"/>
+      <c r="H342" s="78"/>
+      <c r="I342" s="78"/>
+      <c r="J342" s="78"/>
+      <c r="K342" s="79"/>
+      <c r="L342" s="80"/>
+      <c r="M342" s="89"/>
+      <c r="N342" s="81"/>
+      <c r="O342" s="82"/>
+      <c r="P342" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B342:G342)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A343" s="109"/>
+      <c r="B343" s="76"/>
+      <c r="C343" s="76"/>
+      <c r="D343" s="76"/>
+      <c r="E343" s="77"/>
+      <c r="F343" s="77"/>
+      <c r="G343" s="77"/>
+      <c r="H343" s="78"/>
+      <c r="I343" s="78"/>
+      <c r="J343" s="78"/>
+      <c r="K343" s="79"/>
+      <c r="L343" s="80"/>
+      <c r="M343" s="89"/>
+      <c r="N343" s="81"/>
+      <c r="O343" s="82"/>
+      <c r="P343" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B343:G343)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A344" s="109"/>
+      <c r="B344" s="76"/>
+      <c r="C344" s="76"/>
+      <c r="D344" s="76"/>
+      <c r="E344" s="77"/>
+      <c r="F344" s="77"/>
+      <c r="G344" s="77"/>
+      <c r="H344" s="78"/>
+      <c r="I344" s="78"/>
+      <c r="J344" s="78"/>
+      <c r="K344" s="79"/>
+      <c r="L344" s="80"/>
+      <c r="M344" s="89"/>
+      <c r="N344" s="81"/>
+      <c r="O344" s="82"/>
+      <c r="P344" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B344:G344)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A345" s="109"/>
+      <c r="B345" s="76"/>
+      <c r="C345" s="76"/>
+      <c r="D345" s="76"/>
+      <c r="E345" s="77"/>
+      <c r="F345" s="77"/>
+      <c r="G345" s="77"/>
+      <c r="H345" s="78"/>
+      <c r="I345" s="78"/>
+      <c r="J345" s="78"/>
+      <c r="K345" s="79"/>
+      <c r="L345" s="80"/>
+      <c r="M345" s="89"/>
+      <c r="N345" s="81"/>
+      <c r="O345" s="82"/>
+      <c r="P345" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B345:G345)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A346" s="109"/>
+      <c r="B346" s="76"/>
+      <c r="C346" s="76"/>
+      <c r="D346" s="76"/>
+      <c r="E346" s="77"/>
+      <c r="F346" s="77"/>
+      <c r="G346" s="77"/>
+      <c r="H346" s="78"/>
+      <c r="I346" s="78"/>
+      <c r="J346" s="78"/>
+      <c r="K346" s="79"/>
+      <c r="L346" s="80"/>
+      <c r="M346" s="89"/>
+      <c r="N346" s="81"/>
+      <c r="O346" s="82"/>
+      <c r="P346" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B346:G346)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A347" s="109"/>
+      <c r="B347" s="76"/>
+      <c r="C347" s="76"/>
+      <c r="D347" s="76"/>
+      <c r="E347" s="77"/>
+      <c r="F347" s="77"/>
+      <c r="G347" s="77"/>
+      <c r="H347" s="78"/>
+      <c r="I347" s="78"/>
+      <c r="J347" s="78"/>
+      <c r="K347" s="79"/>
+      <c r="L347" s="80"/>
+      <c r="M347" s="89"/>
+      <c r="N347" s="81"/>
+      <c r="O347" s="82"/>
+      <c r="P347" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B347:G347)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A348" s="109"/>
+      <c r="B348" s="76"/>
+      <c r="C348" s="76"/>
+      <c r="D348" s="76"/>
+      <c r="E348" s="77"/>
+      <c r="F348" s="77"/>
+      <c r="G348" s="77"/>
+      <c r="H348" s="78"/>
+      <c r="I348" s="78"/>
+      <c r="J348" s="78"/>
+      <c r="K348" s="79"/>
+      <c r="L348" s="80"/>
+      <c r="M348" s="89"/>
+      <c r="N348" s="81"/>
+      <c r="O348" s="82"/>
+      <c r="P348" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B348:G348)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A349" s="109"/>
+      <c r="B349" s="76"/>
+      <c r="C349" s="76"/>
+      <c r="D349" s="76"/>
+      <c r="E349" s="77"/>
+      <c r="F349" s="77"/>
+      <c r="G349" s="77"/>
+      <c r="H349" s="78"/>
+      <c r="I349" s="78"/>
+      <c r="J349" s="78"/>
+      <c r="K349" s="79"/>
+      <c r="L349" s="80"/>
+      <c r="M349" s="89"/>
+      <c r="N349" s="81"/>
+      <c r="O349" s="82"/>
+      <c r="P349" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B349:G349)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A350" s="109"/>
+      <c r="B350" s="76"/>
+      <c r="C350" s="76"/>
+      <c r="D350" s="76"/>
+      <c r="E350" s="77"/>
+      <c r="F350" s="77"/>
+      <c r="G350" s="77"/>
+      <c r="H350" s="78"/>
+      <c r="I350" s="78"/>
+      <c r="J350" s="78"/>
+      <c r="K350" s="79"/>
+      <c r="L350" s="80"/>
+      <c r="M350" s="89"/>
+      <c r="N350" s="81"/>
+      <c r="O350" s="82"/>
+      <c r="P350" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B350:G350)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A351" s="109"/>
+      <c r="B351" s="76"/>
+      <c r="C351" s="76"/>
+      <c r="D351" s="76"/>
+      <c r="E351" s="77"/>
+      <c r="F351" s="77"/>
+      <c r="G351" s="77"/>
+      <c r="H351" s="78"/>
+      <c r="I351" s="78"/>
+      <c r="J351" s="78"/>
+      <c r="K351" s="79"/>
+      <c r="L351" s="80"/>
+      <c r="M351" s="89"/>
+      <c r="N351" s="81"/>
+      <c r="O351" s="82"/>
+      <c r="P351" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B351:G351)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A352" s="109"/>
+      <c r="B352" s="76"/>
+      <c r="C352" s="76"/>
+      <c r="D352" s="76"/>
+      <c r="E352" s="77"/>
+      <c r="F352" s="77"/>
+      <c r="G352" s="77"/>
+      <c r="H352" s="78"/>
+      <c r="I352" s="78"/>
+      <c r="J352" s="78"/>
+      <c r="K352" s="79"/>
+      <c r="L352" s="80"/>
+      <c r="M352" s="89"/>
+      <c r="N352" s="81"/>
+      <c r="O352" s="82"/>
+      <c r="P352" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B352:G352)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A353" s="109"/>
+      <c r="B353" s="76"/>
+      <c r="C353" s="76"/>
+      <c r="D353" s="76"/>
+      <c r="E353" s="77"/>
+      <c r="F353" s="77"/>
+      <c r="G353" s="77"/>
+      <c r="H353" s="78"/>
+      <c r="I353" s="78"/>
+      <c r="J353" s="78"/>
+      <c r="K353" s="79"/>
+      <c r="L353" s="80"/>
+      <c r="M353" s="89"/>
+      <c r="N353" s="81"/>
+      <c r="O353" s="82"/>
+      <c r="P353" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B353:G353)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A354" s="109"/>
+      <c r="B354" s="76"/>
+      <c r="C354" s="76"/>
+      <c r="D354" s="76"/>
+      <c r="E354" s="77"/>
+      <c r="F354" s="77"/>
+      <c r="G354" s="77"/>
+      <c r="H354" s="78"/>
+      <c r="I354" s="78"/>
+      <c r="J354" s="78"/>
+      <c r="K354" s="79"/>
+      <c r="L354" s="80"/>
+      <c r="M354" s="89"/>
+      <c r="N354" s="81"/>
+      <c r="O354" s="82"/>
+      <c r="P354" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B354:G354)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A355" s="109"/>
+      <c r="B355" s="76"/>
+      <c r="C355" s="76"/>
+      <c r="D355" s="76"/>
+      <c r="E355" s="77"/>
+      <c r="F355" s="77"/>
+      <c r="G355" s="77"/>
+      <c r="H355" s="78"/>
+      <c r="I355" s="78"/>
+      <c r="J355" s="78"/>
+      <c r="K355" s="79"/>
+      <c r="L355" s="80"/>
+      <c r="M355" s="89"/>
+      <c r="N355" s="81"/>
+      <c r="O355" s="82"/>
+      <c r="P355" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B355:G355)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A356" s="109"/>
+      <c r="B356" s="76"/>
+      <c r="C356" s="76"/>
+      <c r="D356" s="76"/>
+      <c r="E356" s="77"/>
+      <c r="F356" s="77"/>
+      <c r="G356" s="77"/>
+      <c r="H356" s="78"/>
+      <c r="I356" s="78"/>
+      <c r="J356" s="78"/>
+      <c r="K356" s="79"/>
+      <c r="L356" s="80"/>
+      <c r="M356" s="89"/>
+      <c r="N356" s="81"/>
+      <c r="O356" s="82"/>
+      <c r="P356" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B356:G356)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A357" s="109"/>
+      <c r="B357" s="76"/>
+      <c r="C357" s="76"/>
+      <c r="D357" s="76"/>
+      <c r="E357" s="77"/>
+      <c r="F357" s="77"/>
+      <c r="G357" s="77"/>
+      <c r="H357" s="78"/>
+      <c r="I357" s="78"/>
+      <c r="J357" s="78"/>
+      <c r="K357" s="79"/>
+      <c r="L357" s="80"/>
+      <c r="M357" s="89"/>
+      <c r="N357" s="81"/>
+      <c r="O357" s="82"/>
+      <c r="P357" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B357:G357)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A358" s="109"/>
+      <c r="B358" s="76"/>
+      <c r="C358" s="76"/>
+      <c r="D358" s="76"/>
+      <c r="E358" s="77"/>
+      <c r="F358" s="77"/>
+      <c r="G358" s="77"/>
+      <c r="H358" s="78"/>
+      <c r="I358" s="78"/>
+      <c r="J358" s="78"/>
+      <c r="K358" s="79"/>
+      <c r="L358" s="80"/>
+      <c r="M358" s="89"/>
+      <c r="N358" s="81"/>
+      <c r="O358" s="82"/>
+      <c r="P358" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B358:G358)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A359" s="109"/>
+      <c r="B359" s="76"/>
+      <c r="C359" s="76"/>
+      <c r="D359" s="76"/>
+      <c r="E359" s="77"/>
+      <c r="F359" s="77"/>
+      <c r="G359" s="77"/>
+      <c r="H359" s="78"/>
+      <c r="I359" s="78"/>
+      <c r="J359" s="78"/>
+      <c r="K359" s="79"/>
+      <c r="L359" s="80"/>
+      <c r="M359" s="89"/>
+      <c r="N359" s="81"/>
+      <c r="O359" s="82"/>
+      <c r="P359" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B359:G359)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A360" s="109"/>
+      <c r="B360" s="76"/>
+      <c r="C360" s="76"/>
+      <c r="D360" s="76"/>
+      <c r="E360" s="77"/>
+      <c r="F360" s="77"/>
+      <c r="G360" s="77"/>
+      <c r="H360" s="78"/>
+      <c r="I360" s="78"/>
+      <c r="J360" s="78"/>
+      <c r="K360" s="79"/>
+      <c r="L360" s="80"/>
+      <c r="M360" s="89"/>
+      <c r="N360" s="81"/>
+      <c r="O360" s="82"/>
+      <c r="P360" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B360:G360)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A361" s="109"/>
+      <c r="B361" s="76"/>
+      <c r="C361" s="76"/>
+      <c r="D361" s="76"/>
+      <c r="E361" s="77"/>
+      <c r="F361" s="77"/>
+      <c r="G361" s="77"/>
+      <c r="H361" s="78"/>
+      <c r="I361" s="78"/>
+      <c r="J361" s="78"/>
+      <c r="K361" s="79"/>
+      <c r="L361" s="80"/>
+      <c r="M361" s="89"/>
+      <c r="N361" s="81"/>
+      <c r="O361" s="82"/>
+      <c r="P361" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B361:G361)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A362" s="109"/>
+      <c r="B362" s="76"/>
+      <c r="C362" s="76"/>
+      <c r="D362" s="76"/>
+      <c r="E362" s="77"/>
+      <c r="F362" s="77"/>
+      <c r="G362" s="77"/>
+      <c r="H362" s="78"/>
+      <c r="I362" s="78"/>
+      <c r="J362" s="78"/>
+      <c r="K362" s="79"/>
+      <c r="L362" s="80"/>
+      <c r="M362" s="89"/>
+      <c r="N362" s="81"/>
+      <c r="O362" s="82"/>
+      <c r="P362" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B362:G362)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A363" s="109"/>
+      <c r="B363" s="76"/>
+      <c r="C363" s="76"/>
+      <c r="D363" s="76"/>
+      <c r="E363" s="77"/>
+      <c r="F363" s="77"/>
+      <c r="G363" s="77"/>
+      <c r="H363" s="78"/>
+      <c r="I363" s="78"/>
+      <c r="J363" s="78"/>
+      <c r="K363" s="79"/>
+      <c r="L363" s="80"/>
+      <c r="M363" s="89"/>
+      <c r="N363" s="81"/>
+      <c r="O363" s="82"/>
+      <c r="P363" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B363:G363)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A364" s="109"/>
+      <c r="B364" s="76"/>
+      <c r="C364" s="76"/>
+      <c r="D364" s="76"/>
+      <c r="E364" s="77"/>
+      <c r="F364" s="77"/>
+      <c r="G364" s="77"/>
+      <c r="H364" s="78"/>
+      <c r="I364" s="78"/>
+      <c r="J364" s="78"/>
+      <c r="K364" s="79"/>
+      <c r="L364" s="80"/>
+      <c r="M364" s="89"/>
+      <c r="N364" s="81"/>
+      <c r="O364" s="82"/>
+      <c r="P364" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B364:G364)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A365" s="109"/>
+      <c r="B365" s="76"/>
+      <c r="C365" s="76"/>
+      <c r="D365" s="76"/>
+      <c r="E365" s="77"/>
+      <c r="F365" s="77"/>
+      <c r="G365" s="77"/>
+      <c r="H365" s="78"/>
+      <c r="I365" s="78"/>
+      <c r="J365" s="78"/>
+      <c r="K365" s="79"/>
+      <c r="L365" s="80"/>
+      <c r="M365" s="89"/>
+      <c r="N365" s="81"/>
+      <c r="O365" s="82"/>
+      <c r="P365" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B365:G365)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A366" s="109"/>
+      <c r="B366" s="76"/>
+      <c r="C366" s="76"/>
+      <c r="D366" s="76"/>
+      <c r="E366" s="77"/>
+      <c r="F366" s="77"/>
+      <c r="G366" s="77"/>
+      <c r="H366" s="78"/>
+      <c r="I366" s="78"/>
+      <c r="J366" s="78"/>
+      <c r="K366" s="79"/>
+      <c r="L366" s="80"/>
+      <c r="M366" s="89"/>
+      <c r="N366" s="81"/>
+      <c r="O366" s="82"/>
+      <c r="P366" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B366:G366)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A367" s="109"/>
+      <c r="B367" s="76"/>
+      <c r="C367" s="76"/>
+      <c r="D367" s="76"/>
+      <c r="E367" s="77"/>
+      <c r="F367" s="77"/>
+      <c r="G367" s="77"/>
+      <c r="H367" s="78"/>
+      <c r="I367" s="78"/>
+      <c r="J367" s="78"/>
+      <c r="K367" s="79"/>
+      <c r="L367" s="80"/>
+      <c r="M367" s="89"/>
+      <c r="N367" s="81"/>
+      <c r="O367" s="82"/>
+      <c r="P367" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B367:G367)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A368" s="109"/>
+      <c r="B368" s="76"/>
+      <c r="C368" s="76"/>
+      <c r="D368" s="76"/>
+      <c r="E368" s="77"/>
+      <c r="F368" s="77"/>
+      <c r="G368" s="77"/>
+      <c r="H368" s="78"/>
+      <c r="I368" s="78"/>
+      <c r="J368" s="78"/>
+      <c r="K368" s="79"/>
+      <c r="L368" s="80"/>
+      <c r="M368" s="89"/>
+      <c r="N368" s="81"/>
+      <c r="O368" s="82"/>
+      <c r="P368" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B368:G368)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A369" s="109"/>
+      <c r="B369" s="76"/>
+      <c r="C369" s="76"/>
+      <c r="D369" s="76"/>
+      <c r="E369" s="77"/>
+      <c r="F369" s="77"/>
+      <c r="G369" s="77"/>
+      <c r="H369" s="78"/>
+      <c r="I369" s="78"/>
+      <c r="J369" s="78"/>
+      <c r="K369" s="79"/>
+      <c r="L369" s="80"/>
+      <c r="M369" s="89"/>
+      <c r="N369" s="81"/>
+      <c r="O369" s="82"/>
+      <c r="P369" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B369:G369)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A370" s="109"/>
+      <c r="B370" s="76"/>
+      <c r="C370" s="76"/>
+      <c r="D370" s="76"/>
+      <c r="E370" s="77"/>
+      <c r="F370" s="77"/>
+      <c r="G370" s="77"/>
+      <c r="H370" s="78"/>
+      <c r="I370" s="78"/>
+      <c r="J370" s="78"/>
+      <c r="K370" s="79"/>
+      <c r="L370" s="80"/>
+      <c r="M370" s="89"/>
+      <c r="N370" s="81"/>
+      <c r="O370" s="82"/>
+      <c r="P370" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B370:G370)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A371" s="109"/>
+      <c r="B371" s="76"/>
+      <c r="C371" s="76"/>
+      <c r="D371" s="76"/>
+      <c r="E371" s="77"/>
+      <c r="F371" s="77"/>
+      <c r="G371" s="77"/>
+      <c r="H371" s="78"/>
+      <c r="I371" s="78"/>
+      <c r="J371" s="78"/>
+      <c r="K371" s="79"/>
+      <c r="L371" s="80"/>
+      <c r="M371" s="89"/>
+      <c r="N371" s="81"/>
+      <c r="O371" s="82"/>
+      <c r="P371" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B371:G371)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A372" s="109"/>
+      <c r="B372" s="76"/>
+      <c r="C372" s="76"/>
+      <c r="D372" s="76"/>
+      <c r="E372" s="77"/>
+      <c r="F372" s="77"/>
+      <c r="G372" s="77"/>
+      <c r="H372" s="78"/>
+      <c r="I372" s="78"/>
+      <c r="J372" s="78"/>
+      <c r="K372" s="79"/>
+      <c r="L372" s="80"/>
+      <c r="M372" s="89"/>
+      <c r="N372" s="81"/>
+      <c r="O372" s="82"/>
+      <c r="P372" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B372:G372)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A373" s="109"/>
+      <c r="B373" s="76"/>
+      <c r="C373" s="76"/>
+      <c r="D373" s="76"/>
+      <c r="E373" s="77"/>
+      <c r="F373" s="77"/>
+      <c r="G373" s="77"/>
+      <c r="H373" s="78"/>
+      <c r="I373" s="78"/>
+      <c r="J373" s="78"/>
+      <c r="K373" s="79"/>
+      <c r="L373" s="80"/>
+      <c r="M373" s="89"/>
+      <c r="N373" s="81"/>
+      <c r="O373" s="82"/>
+      <c r="P373" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B373:G373)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A374" s="109"/>
+      <c r="B374" s="76"/>
+      <c r="C374" s="76"/>
+      <c r="D374" s="76"/>
+      <c r="E374" s="77"/>
+      <c r="F374" s="77"/>
+      <c r="G374" s="77"/>
+      <c r="H374" s="78"/>
+      <c r="I374" s="78"/>
+      <c r="J374" s="78"/>
+      <c r="K374" s="79"/>
+      <c r="L374" s="80"/>
+      <c r="M374" s="89"/>
+      <c r="N374" s="81"/>
+      <c r="O374" s="82"/>
+      <c r="P374" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B374:G374)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A375" s="109"/>
+      <c r="B375" s="76"/>
+      <c r="C375" s="76"/>
+      <c r="D375" s="76"/>
+      <c r="E375" s="77"/>
+      <c r="F375" s="77"/>
+      <c r="G375" s="77"/>
+      <c r="H375" s="78"/>
+      <c r="I375" s="78"/>
+      <c r="J375" s="78"/>
+      <c r="K375" s="79"/>
+      <c r="L375" s="80"/>
+      <c r="M375" s="89"/>
+      <c r="N375" s="81"/>
+      <c r="O375" s="82"/>
+      <c r="P375" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B375:G375)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A376" s="109"/>
+      <c r="B376" s="76"/>
+      <c r="C376" s="76"/>
+      <c r="D376" s="76"/>
+      <c r="E376" s="77"/>
+      <c r="F376" s="77"/>
+      <c r="G376" s="77"/>
+      <c r="H376" s="78"/>
+      <c r="I376" s="78"/>
+      <c r="J376" s="78"/>
+      <c r="K376" s="79"/>
+      <c r="L376" s="80"/>
+      <c r="M376" s="89"/>
+      <c r="N376" s="81"/>
+      <c r="O376" s="82"/>
+      <c r="P376" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B376:G376)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A377" s="109"/>
+      <c r="B377" s="76"/>
+      <c r="C377" s="76"/>
+      <c r="D377" s="76"/>
+      <c r="E377" s="77"/>
+      <c r="F377" s="77"/>
+      <c r="G377" s="77"/>
+      <c r="H377" s="78"/>
+      <c r="I377" s="78"/>
+      <c r="J377" s="78"/>
+      <c r="K377" s="79"/>
+      <c r="L377" s="80"/>
+      <c r="M377" s="89"/>
+      <c r="N377" s="81"/>
+      <c r="O377" s="82"/>
+      <c r="P377" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B377:G377)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A378" s="109"/>
+      <c r="B378" s="76"/>
+      <c r="C378" s="76"/>
+      <c r="D378" s="76"/>
+      <c r="E378" s="77"/>
+      <c r="F378" s="77"/>
+      <c r="G378" s="77"/>
+      <c r="H378" s="78"/>
+      <c r="I378" s="78"/>
+      <c r="J378" s="78"/>
+      <c r="K378" s="79"/>
+      <c r="L378" s="80"/>
+      <c r="M378" s="89"/>
+      <c r="N378" s="81"/>
+      <c r="O378" s="82"/>
+      <c r="P378" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B378:G378)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A379" s="109"/>
+      <c r="B379" s="76"/>
+      <c r="C379" s="76"/>
+      <c r="D379" s="76"/>
+      <c r="E379" s="77"/>
+      <c r="F379" s="77"/>
+      <c r="G379" s="77"/>
+      <c r="H379" s="78"/>
+      <c r="I379" s="78"/>
+      <c r="J379" s="78"/>
+      <c r="K379" s="79"/>
+      <c r="L379" s="80"/>
+      <c r="M379" s="89"/>
+      <c r="N379" s="81"/>
+      <c r="O379" s="82"/>
+      <c r="P379" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B379:G379)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A380" s="109"/>
+      <c r="B380" s="76"/>
+      <c r="C380" s="76"/>
+      <c r="D380" s="76"/>
+      <c r="E380" s="77"/>
+      <c r="F380" s="77"/>
+      <c r="G380" s="77"/>
+      <c r="H380" s="78"/>
+      <c r="I380" s="78"/>
+      <c r="J380" s="78"/>
+      <c r="K380" s="79"/>
+      <c r="L380" s="80"/>
+      <c r="M380" s="89"/>
+      <c r="N380" s="81"/>
+      <c r="O380" s="82"/>
+      <c r="P380" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B380:G380)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A381" s="109"/>
+      <c r="B381" s="76"/>
+      <c r="C381" s="76"/>
+      <c r="D381" s="76"/>
+      <c r="E381" s="77"/>
+      <c r="F381" s="77"/>
+      <c r="G381" s="77"/>
+      <c r="H381" s="78"/>
+      <c r="I381" s="78"/>
+      <c r="J381" s="78"/>
+      <c r="K381" s="79"/>
+      <c r="L381" s="80"/>
+      <c r="M381" s="89"/>
+      <c r="N381" s="81"/>
+      <c r="O381" s="82"/>
+      <c r="P381" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B381:G381)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A382" s="109"/>
+      <c r="B382" s="76"/>
+      <c r="C382" s="76"/>
+      <c r="D382" s="76"/>
+      <c r="E382" s="77"/>
+      <c r="F382" s="77"/>
+      <c r="G382" s="77"/>
+      <c r="H382" s="78"/>
+      <c r="I382" s="78"/>
+      <c r="J382" s="78"/>
+      <c r="K382" s="79"/>
+      <c r="L382" s="80"/>
+      <c r="M382" s="89"/>
+      <c r="N382" s="81"/>
+      <c r="O382" s="82"/>
+      <c r="P382" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B382:G382)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A383" s="109"/>
+      <c r="B383" s="76"/>
+      <c r="C383" s="76"/>
+      <c r="D383" s="76"/>
+      <c r="E383" s="77"/>
+      <c r="F383" s="77"/>
+      <c r="G383" s="77"/>
+      <c r="H383" s="78"/>
+      <c r="I383" s="78"/>
+      <c r="J383" s="78"/>
+      <c r="K383" s="79"/>
+      <c r="L383" s="80"/>
+      <c r="M383" s="89"/>
+      <c r="N383" s="81"/>
+      <c r="O383" s="82"/>
+      <c r="P383" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B383:G383)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A384" s="109"/>
+      <c r="B384" s="76"/>
+      <c r="C384" s="76"/>
+      <c r="D384" s="76"/>
+      <c r="E384" s="77"/>
+      <c r="F384" s="77"/>
+      <c r="G384" s="77"/>
+      <c r="H384" s="78"/>
+      <c r="I384" s="78"/>
+      <c r="J384" s="78"/>
+      <c r="K384" s="79"/>
+      <c r="L384" s="80"/>
+      <c r="M384" s="89"/>
+      <c r="N384" s="81"/>
+      <c r="O384" s="82"/>
+      <c r="P384" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B384:G384)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A385" s="109"/>
+      <c r="B385" s="76"/>
+      <c r="C385" s="76"/>
+      <c r="D385" s="76"/>
+      <c r="E385" s="77"/>
+      <c r="F385" s="77"/>
+      <c r="G385" s="77"/>
+      <c r="H385" s="78"/>
+      <c r="I385" s="78"/>
+      <c r="J385" s="78"/>
+      <c r="K385" s="79"/>
+      <c r="L385" s="80"/>
+      <c r="M385" s="89"/>
+      <c r="N385" s="81"/>
+      <c r="O385" s="82"/>
+      <c r="P385" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B385:G385)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A386" s="109"/>
+      <c r="B386" s="76"/>
+      <c r="C386" s="76"/>
+      <c r="D386" s="76"/>
+      <c r="E386" s="77"/>
+      <c r="F386" s="77"/>
+      <c r="G386" s="77"/>
+      <c r="H386" s="78"/>
+      <c r="I386" s="78"/>
+      <c r="J386" s="78"/>
+      <c r="K386" s="79"/>
+      <c r="L386" s="80"/>
+      <c r="M386" s="89"/>
+      <c r="N386" s="81"/>
+      <c r="O386" s="82"/>
+      <c r="P386" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B386:G386)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A387" s="109"/>
+      <c r="B387" s="76"/>
+      <c r="C387" s="76"/>
+      <c r="D387" s="76"/>
+      <c r="E387" s="77"/>
+      <c r="F387" s="77"/>
+      <c r="G387" s="77"/>
+      <c r="H387" s="78"/>
+      <c r="I387" s="78"/>
+      <c r="J387" s="78"/>
+      <c r="K387" s="79"/>
+      <c r="L387" s="80"/>
+      <c r="M387" s="89"/>
+      <c r="N387" s="81"/>
+      <c r="O387" s="82"/>
+      <c r="P387" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B387:G387)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A388" s="109"/>
+      <c r="B388" s="76"/>
+      <c r="C388" s="76"/>
+      <c r="D388" s="76"/>
+      <c r="E388" s="77"/>
+      <c r="F388" s="77"/>
+      <c r="G388" s="77"/>
+      <c r="H388" s="78"/>
+      <c r="I388" s="78"/>
+      <c r="J388" s="78"/>
+      <c r="K388" s="79"/>
+      <c r="L388" s="80"/>
+      <c r="M388" s="89"/>
+      <c r="N388" s="81"/>
+      <c r="O388" s="82"/>
+      <c r="P388" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B388:G388)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A389" s="109"/>
+      <c r="B389" s="76"/>
+      <c r="C389" s="76"/>
+      <c r="D389" s="76"/>
+      <c r="E389" s="77"/>
+      <c r="F389" s="77"/>
+      <c r="G389" s="77"/>
+      <c r="H389" s="78"/>
+      <c r="I389" s="78"/>
+      <c r="J389" s="78"/>
+      <c r="K389" s="79"/>
+      <c r="L389" s="80"/>
+      <c r="M389" s="89"/>
+      <c r="N389" s="81"/>
+      <c r="O389" s="82"/>
+      <c r="P389" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B389:G389)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A390" s="109"/>
+      <c r="B390" s="76"/>
+      <c r="C390" s="76"/>
+      <c r="D390" s="76"/>
+      <c r="E390" s="77"/>
+      <c r="F390" s="77"/>
+      <c r="G390" s="77"/>
+      <c r="H390" s="78"/>
+      <c r="I390" s="78"/>
+      <c r="J390" s="78"/>
+      <c r="K390" s="79"/>
+      <c r="L390" s="80"/>
+      <c r="M390" s="89"/>
+      <c r="N390" s="81"/>
+      <c r="O390" s="82"/>
+      <c r="P390" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B390:G390)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A391" s="109"/>
+      <c r="B391" s="76"/>
+      <c r="C391" s="76"/>
+      <c r="D391" s="76"/>
+      <c r="E391" s="77"/>
+      <c r="F391" s="77"/>
+      <c r="G391" s="77"/>
+      <c r="H391" s="78"/>
+      <c r="I391" s="78"/>
+      <c r="J391" s="78"/>
+      <c r="K391" s="79"/>
+      <c r="L391" s="80"/>
+      <c r="M391" s="89"/>
+      <c r="N391" s="81"/>
+      <c r="O391" s="82"/>
+      <c r="P391" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B391:G391)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A392" s="109"/>
+      <c r="B392" s="76"/>
+      <c r="C392" s="76"/>
+      <c r="D392" s="76"/>
+      <c r="E392" s="77"/>
+      <c r="F392" s="77"/>
+      <c r="G392" s="77"/>
+      <c r="H392" s="78"/>
+      <c r="I392" s="78"/>
+      <c r="J392" s="78"/>
+      <c r="K392" s="79"/>
+      <c r="L392" s="80"/>
+      <c r="M392" s="89"/>
+      <c r="N392" s="81"/>
+      <c r="O392" s="82"/>
+      <c r="P392" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B392:G392)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A393" s="109"/>
+      <c r="B393" s="76"/>
+      <c r="C393" s="76"/>
+      <c r="D393" s="76"/>
+      <c r="E393" s="77"/>
+      <c r="F393" s="77"/>
+      <c r="G393" s="77"/>
+      <c r="H393" s="78"/>
+      <c r="I393" s="78"/>
+      <c r="J393" s="78"/>
+      <c r="K393" s="79"/>
+      <c r="L393" s="80"/>
+      <c r="M393" s="89"/>
+      <c r="N393" s="81"/>
+      <c r="O393" s="82"/>
+      <c r="P393" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B393:G393)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A394" s="109"/>
+      <c r="B394" s="76"/>
+      <c r="C394" s="76"/>
+      <c r="D394" s="76"/>
+      <c r="E394" s="77"/>
+      <c r="F394" s="77"/>
+      <c r="G394" s="77"/>
+      <c r="H394" s="78"/>
+      <c r="I394" s="78"/>
+      <c r="J394" s="78"/>
+      <c r="K394" s="79"/>
+      <c r="L394" s="80"/>
+      <c r="M394" s="89"/>
+      <c r="N394" s="81"/>
+      <c r="O394" s="82"/>
+      <c r="P394" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B394:G394)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A395" s="109"/>
+      <c r="B395" s="76"/>
+      <c r="C395" s="76"/>
+      <c r="D395" s="76"/>
+      <c r="E395" s="77"/>
+      <c r="F395" s="77"/>
+      <c r="G395" s="77"/>
+      <c r="H395" s="78"/>
+      <c r="I395" s="78"/>
+      <c r="J395" s="78"/>
+      <c r="K395" s="79"/>
+      <c r="L395" s="80"/>
+      <c r="M395" s="89"/>
+      <c r="N395" s="81"/>
+      <c r="O395" s="82"/>
+      <c r="P395" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B395:G395)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A396" s="109"/>
+      <c r="B396" s="76"/>
+      <c r="C396" s="76"/>
+      <c r="D396" s="76"/>
+      <c r="E396" s="77"/>
+      <c r="F396" s="77"/>
+      <c r="G396" s="77"/>
+      <c r="H396" s="78"/>
+      <c r="I396" s="78"/>
+      <c r="J396" s="78"/>
+      <c r="K396" s="79"/>
+      <c r="L396" s="80"/>
+      <c r="M396" s="89"/>
+      <c r="N396" s="81"/>
+      <c r="O396" s="82"/>
+      <c r="P396" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B396:G396)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A397" s="109"/>
+      <c r="B397" s="76"/>
+      <c r="C397" s="76"/>
+      <c r="D397" s="76"/>
+      <c r="E397" s="77"/>
+      <c r="F397" s="77"/>
+      <c r="G397" s="77"/>
+      <c r="H397" s="78"/>
+      <c r="I397" s="78"/>
+      <c r="J397" s="78"/>
+      <c r="K397" s="79"/>
+      <c r="L397" s="80"/>
+      <c r="M397" s="89"/>
+      <c r="N397" s="81"/>
+      <c r="O397" s="82"/>
+      <c r="P397" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B397:G397)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A398" s="109"/>
+      <c r="B398" s="76"/>
+      <c r="C398" s="76"/>
+      <c r="D398" s="76"/>
+      <c r="E398" s="77"/>
+      <c r="F398" s="77"/>
+      <c r="G398" s="77"/>
+      <c r="H398" s="78"/>
+      <c r="I398" s="78"/>
+      <c r="J398" s="78"/>
+      <c r="K398" s="79"/>
+      <c r="L398" s="80"/>
+      <c r="M398" s="89"/>
+      <c r="N398" s="81"/>
+      <c r="O398" s="82"/>
+      <c r="P398" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B398:G398)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A399" s="109"/>
+      <c r="B399" s="76"/>
+      <c r="C399" s="76"/>
+      <c r="D399" s="76"/>
+      <c r="E399" s="77"/>
+      <c r="F399" s="77"/>
+      <c r="G399" s="77"/>
+      <c r="H399" s="78"/>
+      <c r="I399" s="78"/>
+      <c r="J399" s="78"/>
+      <c r="K399" s="79"/>
+      <c r="L399" s="80"/>
+      <c r="M399" s="89"/>
+      <c r="N399" s="81"/>
+      <c r="O399" s="82"/>
+      <c r="P399" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B399:G399)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A400" s="109"/>
+      <c r="B400" s="76"/>
+      <c r="C400" s="76"/>
+      <c r="D400" s="76"/>
+      <c r="E400" s="77"/>
+      <c r="F400" s="77"/>
+      <c r="G400" s="77"/>
+      <c r="H400" s="78"/>
+      <c r="I400" s="78"/>
+      <c r="J400" s="78"/>
+      <c r="K400" s="79"/>
+      <c r="L400" s="80"/>
+      <c r="M400" s="89"/>
+      <c r="N400" s="81"/>
+      <c r="O400" s="82"/>
+      <c r="P400" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B400:G400)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A401" s="109"/>
+      <c r="B401" s="76"/>
+      <c r="C401" s="76"/>
+      <c r="D401" s="76"/>
+      <c r="E401" s="77"/>
+      <c r="F401" s="77"/>
+      <c r="G401" s="77"/>
+      <c r="H401" s="78"/>
+      <c r="I401" s="78"/>
+      <c r="J401" s="78"/>
+      <c r="K401" s="79"/>
+      <c r="L401" s="80"/>
+      <c r="M401" s="89"/>
+      <c r="N401" s="81"/>
+      <c r="O401" s="82"/>
+      <c r="P401" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B401:G401)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A402" s="109"/>
+      <c r="B402" s="76"/>
+      <c r="C402" s="76"/>
+      <c r="D402" s="76"/>
+      <c r="E402" s="77"/>
+      <c r="F402" s="77"/>
+      <c r="G402" s="77"/>
+      <c r="H402" s="78"/>
+      <c r="I402" s="78"/>
+      <c r="J402" s="78"/>
+      <c r="K402" s="79"/>
+      <c r="L402" s="80"/>
+      <c r="M402" s="89"/>
+      <c r="N402" s="81"/>
+      <c r="O402" s="82"/>
+      <c r="P402" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B402:G402)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A403" s="109"/>
+      <c r="B403" s="76"/>
+      <c r="C403" s="76"/>
+      <c r="D403" s="76"/>
+      <c r="E403" s="77"/>
+      <c r="F403" s="77"/>
+      <c r="G403" s="77"/>
+      <c r="H403" s="78"/>
+      <c r="I403" s="78"/>
+      <c r="J403" s="78"/>
+      <c r="K403" s="79"/>
+      <c r="L403" s="80"/>
+      <c r="M403" s="89"/>
+      <c r="N403" s="81"/>
+      <c r="O403" s="82"/>
+      <c r="P403" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B403:G403)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A404" s="109"/>
+      <c r="B404" s="76"/>
+      <c r="C404" s="76"/>
+      <c r="D404" s="76"/>
+      <c r="E404" s="77"/>
+      <c r="F404" s="77"/>
+      <c r="G404" s="77"/>
+      <c r="H404" s="78"/>
+      <c r="I404" s="78"/>
+      <c r="J404" s="78"/>
+      <c r="K404" s="79"/>
+      <c r="L404" s="80"/>
+      <c r="M404" s="89"/>
+      <c r="N404" s="81"/>
+      <c r="O404" s="82"/>
+      <c r="P404" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B404:G404)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A405" s="109"/>
+      <c r="B405" s="76"/>
+      <c r="C405" s="76"/>
+      <c r="D405" s="76"/>
+      <c r="E405" s="77"/>
+      <c r="F405" s="77"/>
+      <c r="G405" s="77"/>
+      <c r="H405" s="78"/>
+      <c r="I405" s="78"/>
+      <c r="J405" s="78"/>
+      <c r="K405" s="79"/>
+      <c r="L405" s="80"/>
+      <c r="M405" s="89"/>
+      <c r="N405" s="81"/>
+      <c r="O405" s="82"/>
+      <c r="P405" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B405:G405)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A406" s="109"/>
+      <c r="B406" s="76"/>
+      <c r="C406" s="76"/>
+      <c r="D406" s="76"/>
+      <c r="E406" s="77"/>
+      <c r="F406" s="77"/>
+      <c r="G406" s="77"/>
+      <c r="H406" s="78"/>
+      <c r="I406" s="78"/>
+      <c r="J406" s="78"/>
+      <c r="K406" s="79"/>
+      <c r="L406" s="80"/>
+      <c r="M406" s="89"/>
+      <c r="N406" s="81"/>
+      <c r="O406" s="82"/>
+      <c r="P406" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B406:G406)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A407" s="109"/>
+      <c r="B407" s="76"/>
+      <c r="C407" s="76"/>
+      <c r="D407" s="76"/>
+      <c r="E407" s="77"/>
+      <c r="F407" s="77"/>
+      <c r="G407" s="77"/>
+      <c r="H407" s="78"/>
+      <c r="I407" s="78"/>
+      <c r="J407" s="78"/>
+      <c r="K407" s="79"/>
+      <c r="L407" s="80"/>
+      <c r="M407" s="89"/>
+      <c r="N407" s="81"/>
+      <c r="O407" s="82"/>
+      <c r="P407" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B407:G407)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A408" s="109"/>
+      <c r="B408" s="76"/>
+      <c r="C408" s="76"/>
+      <c r="D408" s="76"/>
+      <c r="E408" s="77"/>
+      <c r="F408" s="77"/>
+      <c r="G408" s="77"/>
+      <c r="H408" s="78"/>
+      <c r="I408" s="78"/>
+      <c r="J408" s="78"/>
+      <c r="K408" s="79"/>
+      <c r="L408" s="80"/>
+      <c r="M408" s="89"/>
+      <c r="N408" s="81"/>
+      <c r="O408" s="82"/>
+      <c r="P408" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B408:G408)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A409" s="109"/>
+      <c r="B409" s="76"/>
+      <c r="C409" s="76"/>
+      <c r="D409" s="76"/>
+      <c r="E409" s="77"/>
+      <c r="F409" s="77"/>
+      <c r="G409" s="77"/>
+      <c r="H409" s="78"/>
+      <c r="I409" s="78"/>
+      <c r="J409" s="78"/>
+      <c r="K409" s="79"/>
+      <c r="L409" s="80"/>
+      <c r="M409" s="89"/>
+      <c r="N409" s="81"/>
+      <c r="O409" s="82"/>
+      <c r="P409" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B409:G409)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A410" s="109"/>
+      <c r="B410" s="76"/>
+      <c r="C410" s="76"/>
+      <c r="D410" s="76"/>
+      <c r="E410" s="77"/>
+      <c r="F410" s="77"/>
+      <c r="G410" s="77"/>
+      <c r="H410" s="78"/>
+      <c r="I410" s="78"/>
+      <c r="J410" s="78"/>
+      <c r="K410" s="79"/>
+      <c r="L410" s="80"/>
+      <c r="M410" s="89"/>
+      <c r="N410" s="81"/>
+      <c r="O410" s="82"/>
+      <c r="P410" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B410:G410)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A411" s="109"/>
+      <c r="B411" s="76"/>
+      <c r="C411" s="76"/>
+      <c r="D411" s="76"/>
+      <c r="E411" s="77"/>
+      <c r="F411" s="77"/>
+      <c r="G411" s="77"/>
+      <c r="H411" s="78"/>
+      <c r="I411" s="78"/>
+      <c r="J411" s="78"/>
+      <c r="K411" s="79"/>
+      <c r="L411" s="80"/>
+      <c r="M411" s="89"/>
+      <c r="N411" s="81"/>
+      <c r="O411" s="82"/>
+      <c r="P411" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B411:G411)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A412" s="109"/>
+      <c r="B412" s="76"/>
+      <c r="C412" s="76"/>
+      <c r="D412" s="76"/>
+      <c r="E412" s="77"/>
+      <c r="F412" s="77"/>
+      <c r="G412" s="77"/>
+      <c r="H412" s="78"/>
+      <c r="I412" s="78"/>
+      <c r="J412" s="78"/>
+      <c r="K412" s="79"/>
+      <c r="L412" s="80"/>
+      <c r="M412" s="89"/>
+      <c r="N412" s="81"/>
+      <c r="O412" s="82"/>
+      <c r="P412" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B412:G412)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A413" s="109"/>
+      <c r="B413" s="76"/>
+      <c r="C413" s="76"/>
+      <c r="D413" s="76"/>
+      <c r="E413" s="77"/>
+      <c r="F413" s="77"/>
+      <c r="G413" s="77"/>
+      <c r="H413" s="78"/>
+      <c r="I413" s="78"/>
+      <c r="J413" s="78"/>
+      <c r="K413" s="79"/>
+      <c r="L413" s="80"/>
+      <c r="M413" s="89"/>
+      <c r="N413" s="81"/>
+      <c r="O413" s="82"/>
+      <c r="P413" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B413:G413)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A414" s="109"/>
+      <c r="B414" s="76"/>
+      <c r="C414" s="76"/>
+      <c r="D414" s="76"/>
+      <c r="E414" s="77"/>
+      <c r="F414" s="77"/>
+      <c r="G414" s="77"/>
+      <c r="H414" s="78"/>
+      <c r="I414" s="78"/>
+      <c r="J414" s="78"/>
+      <c r="K414" s="79"/>
+      <c r="L414" s="80"/>
+      <c r="M414" s="89"/>
+      <c r="N414" s="81"/>
+      <c r="O414" s="82"/>
+      <c r="P414" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B414:G414)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A415" s="109"/>
+      <c r="B415" s="76"/>
+      <c r="C415" s="76"/>
+      <c r="D415" s="76"/>
+      <c r="E415" s="77"/>
+      <c r="F415" s="77"/>
+      <c r="G415" s="77"/>
+      <c r="H415" s="78"/>
+      <c r="I415" s="78"/>
+      <c r="J415" s="78"/>
+      <c r="K415" s="79"/>
+      <c r="L415" s="80"/>
+      <c r="M415" s="89"/>
+      <c r="N415" s="81"/>
+      <c r="O415" s="82"/>
+      <c r="P415" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B415:G415)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A416" s="109"/>
+      <c r="B416" s="76"/>
+      <c r="C416" s="76"/>
+      <c r="D416" s="76"/>
+      <c r="E416" s="77"/>
+      <c r="F416" s="77"/>
+      <c r="G416" s="77"/>
+      <c r="H416" s="78"/>
+      <c r="I416" s="78"/>
+      <c r="J416" s="78"/>
+      <c r="K416" s="79"/>
+      <c r="L416" s="80"/>
+      <c r="M416" s="89"/>
+      <c r="N416" s="81"/>
+      <c r="O416" s="82"/>
+      <c r="P416" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B416:G416)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A417" s="109"/>
+      <c r="B417" s="76"/>
+      <c r="C417" s="76"/>
+      <c r="D417" s="76"/>
+      <c r="E417" s="77"/>
+      <c r="F417" s="77"/>
+      <c r="G417" s="77"/>
+      <c r="H417" s="78"/>
+      <c r="I417" s="78"/>
+      <c r="J417" s="78"/>
+      <c r="K417" s="79"/>
+      <c r="L417" s="80"/>
+      <c r="M417" s="89"/>
+      <c r="N417" s="81"/>
+      <c r="O417" s="82"/>
+      <c r="P417" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B417:G417)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A418" s="109"/>
+      <c r="B418" s="76"/>
+      <c r="C418" s="76"/>
+      <c r="D418" s="76"/>
+      <c r="E418" s="77"/>
+      <c r="F418" s="77"/>
+      <c r="G418" s="77"/>
+      <c r="H418" s="78"/>
+      <c r="I418" s="78"/>
+      <c r="J418" s="78"/>
+      <c r="K418" s="79"/>
+      <c r="L418" s="80"/>
+      <c r="M418" s="89"/>
+      <c r="N418" s="81"/>
+      <c r="O418" s="82"/>
+      <c r="P418" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B418:G418)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A419" s="109"/>
+      <c r="B419" s="76"/>
+      <c r="C419" s="76"/>
+      <c r="D419" s="76"/>
+      <c r="E419" s="77"/>
+      <c r="F419" s="77"/>
+      <c r="G419" s="77"/>
+      <c r="H419" s="78"/>
+      <c r="I419" s="78"/>
+      <c r="J419" s="78"/>
+      <c r="K419" s="79"/>
+      <c r="L419" s="80"/>
+      <c r="M419" s="89"/>
+      <c r="N419" s="81"/>
+      <c r="O419" s="82"/>
+      <c r="P419" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B419:G419)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A420" s="109"/>
+      <c r="B420" s="76"/>
+      <c r="C420" s="76"/>
+      <c r="D420" s="76"/>
+      <c r="E420" s="77"/>
+      <c r="F420" s="77"/>
+      <c r="G420" s="77"/>
+      <c r="H420" s="78"/>
+      <c r="I420" s="78"/>
+      <c r="J420" s="78"/>
+      <c r="K420" s="79"/>
+      <c r="L420" s="80"/>
+      <c r="M420" s="89"/>
+      <c r="N420" s="81"/>
+      <c r="O420" s="82"/>
+      <c r="P420" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B420:G420)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A421" s="109"/>
+      <c r="B421" s="76"/>
+      <c r="C421" s="76"/>
+      <c r="D421" s="76"/>
+      <c r="E421" s="77"/>
+      <c r="F421" s="77"/>
+      <c r="G421" s="77"/>
+      <c r="H421" s="78"/>
+      <c r="I421" s="78"/>
+      <c r="J421" s="78"/>
+      <c r="K421" s="79"/>
+      <c r="L421" s="80"/>
+      <c r="M421" s="89"/>
+      <c r="N421" s="81"/>
+      <c r="O421" s="82"/>
+      <c r="P421" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B421:G421)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A422" s="109"/>
+      <c r="B422" s="76"/>
+      <c r="C422" s="76"/>
+      <c r="D422" s="76"/>
+      <c r="E422" s="77"/>
+      <c r="F422" s="77"/>
+      <c r="G422" s="77"/>
+      <c r="H422" s="78"/>
+      <c r="I422" s="78"/>
+      <c r="J422" s="78"/>
+      <c r="K422" s="79"/>
+      <c r="L422" s="80"/>
+      <c r="M422" s="89"/>
+      <c r="N422" s="81"/>
+      <c r="O422" s="82"/>
+      <c r="P422" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B422:G422)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A423" s="109"/>
+      <c r="B423" s="76"/>
+      <c r="C423" s="76"/>
+      <c r="D423" s="76"/>
+      <c r="E423" s="77"/>
+      <c r="F423" s="77"/>
+      <c r="G423" s="77"/>
+      <c r="H423" s="78"/>
+      <c r="I423" s="78"/>
+      <c r="J423" s="78"/>
+      <c r="K423" s="79"/>
+      <c r="L423" s="80"/>
+      <c r="M423" s="89"/>
+      <c r="N423" s="81"/>
+      <c r="O423" s="82"/>
+      <c r="P423" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B423:G423)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A424" s="109"/>
+      <c r="B424" s="76"/>
+      <c r="C424" s="76"/>
+      <c r="D424" s="76"/>
+      <c r="E424" s="77"/>
+      <c r="F424" s="77"/>
+      <c r="G424" s="77"/>
+      <c r="H424" s="78"/>
+      <c r="I424" s="78"/>
+      <c r="J424" s="78"/>
+      <c r="K424" s="79"/>
+      <c r="L424" s="80"/>
+      <c r="M424" s="89"/>
+      <c r="N424" s="81"/>
+      <c r="O424" s="82"/>
+      <c r="P424" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B424:G424)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A425" s="109"/>
+      <c r="B425" s="76"/>
+      <c r="C425" s="76"/>
+      <c r="D425" s="76"/>
+      <c r="E425" s="77"/>
+      <c r="F425" s="77"/>
+      <c r="G425" s="77"/>
+      <c r="H425" s="78"/>
+      <c r="I425" s="78"/>
+      <c r="J425" s="78"/>
+      <c r="K425" s="79"/>
+      <c r="L425" s="80"/>
+      <c r="M425" s="89"/>
+      <c r="N425" s="81"/>
+      <c r="O425" s="82"/>
+      <c r="P425" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B425:G425)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A426" s="109"/>
+      <c r="B426" s="76"/>
+      <c r="C426" s="76"/>
+      <c r="D426" s="76"/>
+      <c r="E426" s="77"/>
+      <c r="F426" s="77"/>
+      <c r="G426" s="77"/>
+      <c r="H426" s="78"/>
+      <c r="I426" s="78"/>
+      <c r="J426" s="78"/>
+      <c r="K426" s="79"/>
+      <c r="L426" s="80"/>
+      <c r="M426" s="89"/>
+      <c r="N426" s="81"/>
+      <c r="O426" s="82"/>
+      <c r="P426" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B426:G426)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A427" s="109"/>
+      <c r="B427" s="76"/>
+      <c r="C427" s="76"/>
+      <c r="D427" s="76"/>
+      <c r="E427" s="77"/>
+      <c r="F427" s="77"/>
+      <c r="G427" s="77"/>
+      <c r="H427" s="78"/>
+      <c r="I427" s="78"/>
+      <c r="J427" s="78"/>
+      <c r="K427" s="79"/>
+      <c r="L427" s="80"/>
+      <c r="M427" s="89"/>
+      <c r="N427" s="81"/>
+      <c r="O427" s="82"/>
+      <c r="P427" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B427:G427)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A428" s="109"/>
+      <c r="B428" s="76"/>
+      <c r="C428" s="76"/>
+      <c r="D428" s="76"/>
+      <c r="E428" s="77"/>
+      <c r="F428" s="77"/>
+      <c r="G428" s="77"/>
+      <c r="H428" s="78"/>
+      <c r="I428" s="78"/>
+      <c r="J428" s="78"/>
+      <c r="K428" s="79"/>
+      <c r="L428" s="80"/>
+      <c r="M428" s="89"/>
+      <c r="N428" s="81"/>
+      <c r="O428" s="82"/>
+      <c r="P428" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B428:G428)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A429" s="109"/>
+      <c r="B429" s="76"/>
+      <c r="C429" s="76"/>
+      <c r="D429" s="76"/>
+      <c r="E429" s="77"/>
+      <c r="F429" s="77"/>
+      <c r="G429" s="77"/>
+      <c r="H429" s="78"/>
+      <c r="I429" s="78"/>
+      <c r="J429" s="78"/>
+      <c r="K429" s="79"/>
+      <c r="L429" s="80"/>
+      <c r="M429" s="89"/>
+      <c r="N429" s="81"/>
+      <c r="O429" s="82"/>
+      <c r="P429" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B429:G429)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A430" s="109"/>
+      <c r="B430" s="76"/>
+      <c r="C430" s="76"/>
+      <c r="D430" s="76"/>
+      <c r="E430" s="77"/>
+      <c r="F430" s="77"/>
+      <c r="G430" s="77"/>
+      <c r="H430" s="78"/>
+      <c r="I430" s="78"/>
+      <c r="J430" s="78"/>
+      <c r="K430" s="79"/>
+      <c r="L430" s="80"/>
+      <c r="M430" s="89"/>
+      <c r="N430" s="81"/>
+      <c r="O430" s="82"/>
+      <c r="P430" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B430:G430)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A431" s="109"/>
+      <c r="B431" s="76"/>
+      <c r="C431" s="76"/>
+      <c r="D431" s="76"/>
+      <c r="E431" s="77"/>
+      <c r="F431" s="77"/>
+      <c r="G431" s="77"/>
+      <c r="H431" s="78"/>
+      <c r="I431" s="78"/>
+      <c r="J431" s="78"/>
+      <c r="K431" s="79"/>
+      <c r="L431" s="80"/>
+      <c r="M431" s="89"/>
+      <c r="N431" s="81"/>
+      <c r="O431" s="82"/>
+      <c r="P431" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B431:G431)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A432" s="109"/>
+      <c r="B432" s="76"/>
+      <c r="C432" s="76"/>
+      <c r="D432" s="76"/>
+      <c r="E432" s="77"/>
+      <c r="F432" s="77"/>
+      <c r="G432" s="77"/>
+      <c r="H432" s="78"/>
+      <c r="I432" s="78"/>
+      <c r="J432" s="78"/>
+      <c r="K432" s="79"/>
+      <c r="L432" s="80"/>
+      <c r="M432" s="89"/>
+      <c r="N432" s="81"/>
+      <c r="O432" s="82"/>
+      <c r="P432" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B432:G432)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A433" s="109"/>
+      <c r="B433" s="76"/>
+      <c r="C433" s="76"/>
+      <c r="D433" s="76"/>
+      <c r="E433" s="77"/>
+      <c r="F433" s="77"/>
+      <c r="G433" s="77"/>
+      <c r="H433" s="78"/>
+      <c r="I433" s="78"/>
+      <c r="J433" s="78"/>
+      <c r="K433" s="79"/>
+      <c r="L433" s="80"/>
+      <c r="M433" s="89"/>
+      <c r="N433" s="81"/>
+      <c r="O433" s="82"/>
+      <c r="P433" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B433:G433)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A434" s="109"/>
+      <c r="B434" s="76"/>
+      <c r="C434" s="76"/>
+      <c r="D434" s="76"/>
+      <c r="E434" s="77"/>
+      <c r="F434" s="77"/>
+      <c r="G434" s="77"/>
+      <c r="H434" s="78"/>
+      <c r="I434" s="78"/>
+      <c r="J434" s="78"/>
+      <c r="K434" s="79"/>
+      <c r="L434" s="80"/>
+      <c r="M434" s="89"/>
+      <c r="N434" s="81"/>
+      <c r="O434" s="82"/>
+      <c r="P434" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B434:G434)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A435" s="109"/>
+      <c r="B435" s="76"/>
+      <c r="C435" s="76"/>
+      <c r="D435" s="76"/>
+      <c r="E435" s="77"/>
+      <c r="F435" s="77"/>
+      <c r="G435" s="77"/>
+      <c r="H435" s="78"/>
+      <c r="I435" s="78"/>
+      <c r="J435" s="78"/>
+      <c r="K435" s="79"/>
+      <c r="L435" s="80"/>
+      <c r="M435" s="89"/>
+      <c r="N435" s="81"/>
+      <c r="O435" s="82"/>
+      <c r="P435" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B435:G435)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A436" s="109"/>
+      <c r="B436" s="76"/>
+      <c r="C436" s="76"/>
+      <c r="D436" s="76"/>
+      <c r="E436" s="77"/>
+      <c r="F436" s="77"/>
+      <c r="G436" s="77"/>
+      <c r="H436" s="78"/>
+      <c r="I436" s="78"/>
+      <c r="J436" s="78"/>
+      <c r="K436" s="79"/>
+      <c r="L436" s="80"/>
+      <c r="M436" s="89"/>
+      <c r="N436" s="81"/>
+      <c r="O436" s="82"/>
+      <c r="P436" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B436:G436)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A437" s="109"/>
+      <c r="B437" s="76"/>
+      <c r="C437" s="76"/>
+      <c r="D437" s="76"/>
+      <c r="E437" s="77"/>
+      <c r="F437" s="77"/>
+      <c r="G437" s="77"/>
+      <c r="H437" s="78"/>
+      <c r="I437" s="78"/>
+      <c r="J437" s="78"/>
+      <c r="K437" s="79"/>
+      <c r="L437" s="80"/>
+      <c r="M437" s="89"/>
+      <c r="N437" s="81"/>
+      <c r="O437" s="82"/>
+      <c r="P437" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B437:G437)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A438" s="109"/>
+      <c r="B438" s="76"/>
+      <c r="C438" s="76"/>
+      <c r="D438" s="76"/>
+      <c r="E438" s="77"/>
+      <c r="F438" s="77"/>
+      <c r="G438" s="77"/>
+      <c r="H438" s="78"/>
+      <c r="I438" s="78"/>
+      <c r="J438" s="78"/>
+      <c r="K438" s="79"/>
+      <c r="L438" s="80"/>
+      <c r="M438" s="89"/>
+      <c r="N438" s="81"/>
+      <c r="O438" s="82"/>
+      <c r="P438" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B438:G438)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A439" s="109"/>
+      <c r="B439" s="76"/>
+      <c r="C439" s="76"/>
+      <c r="D439" s="76"/>
+      <c r="E439" s="77"/>
+      <c r="F439" s="77"/>
+      <c r="G439" s="77"/>
+      <c r="H439" s="78"/>
+      <c r="I439" s="78"/>
+      <c r="J439" s="78"/>
+      <c r="K439" s="79"/>
+      <c r="L439" s="80"/>
+      <c r="M439" s="89"/>
+      <c r="N439" s="81"/>
+      <c r="O439" s="82"/>
+      <c r="P439" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B439:G439)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A440" s="109"/>
+      <c r="B440" s="76"/>
+      <c r="C440" s="76"/>
+      <c r="D440" s="76"/>
+      <c r="E440" s="77"/>
+      <c r="F440" s="77"/>
+      <c r="G440" s="77"/>
+      <c r="H440" s="78"/>
+      <c r="I440" s="78"/>
+      <c r="J440" s="78"/>
+      <c r="K440" s="79"/>
+      <c r="L440" s="80"/>
+      <c r="M440" s="89"/>
+      <c r="N440" s="81"/>
+      <c r="O440" s="82"/>
+      <c r="P440" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B440:G440)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A441" s="109"/>
+      <c r="B441" s="76"/>
+      <c r="C441" s="76"/>
+      <c r="D441" s="76"/>
+      <c r="E441" s="77"/>
+      <c r="F441" s="77"/>
+      <c r="G441" s="77"/>
+      <c r="H441" s="78"/>
+      <c r="I441" s="78"/>
+      <c r="J441" s="78"/>
+      <c r="K441" s="79"/>
+      <c r="L441" s="80"/>
+      <c r="M441" s="89"/>
+      <c r="N441" s="81"/>
+      <c r="O441" s="82"/>
+      <c r="P441" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B441:G441)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A442" s="109"/>
+      <c r="B442" s="76"/>
+      <c r="C442" s="76"/>
+      <c r="D442" s="76"/>
+      <c r="E442" s="77"/>
+      <c r="F442" s="77"/>
+      <c r="G442" s="77"/>
+      <c r="H442" s="78"/>
+      <c r="I442" s="78"/>
+      <c r="J442" s="78"/>
+      <c r="K442" s="79"/>
+      <c r="L442" s="80"/>
+      <c r="M442" s="89"/>
+      <c r="N442" s="81"/>
+      <c r="O442" s="82"/>
+      <c r="P442" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B442:G442)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A443" s="109"/>
+      <c r="B443" s="76"/>
+      <c r="C443" s="76"/>
+      <c r="D443" s="76"/>
+      <c r="E443" s="77"/>
+      <c r="F443" s="77"/>
+      <c r="G443" s="77"/>
+      <c r="H443" s="78"/>
+      <c r="I443" s="78"/>
+      <c r="J443" s="78"/>
+      <c r="K443" s="79"/>
+      <c r="L443" s="80"/>
+      <c r="M443" s="89"/>
+      <c r="N443" s="81"/>
+      <c r="O443" s="82"/>
+      <c r="P443" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B443:G443)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A444" s="109"/>
+      <c r="B444" s="76"/>
+      <c r="C444" s="76"/>
+      <c r="D444" s="76"/>
+      <c r="E444" s="77"/>
+      <c r="F444" s="77"/>
+      <c r="G444" s="77"/>
+      <c r="H444" s="78"/>
+      <c r="I444" s="78"/>
+      <c r="J444" s="78"/>
+      <c r="K444" s="79"/>
+      <c r="L444" s="80"/>
+      <c r="M444" s="89"/>
+      <c r="N444" s="81"/>
+      <c r="O444" s="82"/>
+      <c r="P444" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B444:G444)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A445" s="109"/>
+      <c r="B445" s="76"/>
+      <c r="C445" s="76"/>
+      <c r="D445" s="76"/>
+      <c r="E445" s="77"/>
+      <c r="F445" s="77"/>
+      <c r="G445" s="77"/>
+      <c r="H445" s="78"/>
+      <c r="I445" s="78"/>
+      <c r="J445" s="78"/>
+      <c r="K445" s="79"/>
+      <c r="L445" s="80"/>
+      <c r="M445" s="89"/>
+      <c r="N445" s="81"/>
+      <c r="O445" s="82"/>
+      <c r="P445" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B445:G445)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A446" s="109"/>
+      <c r="B446" s="76"/>
+      <c r="C446" s="76"/>
+      <c r="D446" s="76"/>
+      <c r="E446" s="77"/>
+      <c r="F446" s="77"/>
+      <c r="G446" s="77"/>
+      <c r="H446" s="78"/>
+      <c r="I446" s="78"/>
+      <c r="J446" s="78"/>
+      <c r="K446" s="79"/>
+      <c r="L446" s="80"/>
+      <c r="M446" s="89"/>
+      <c r="N446" s="81"/>
+      <c r="O446" s="82"/>
+      <c r="P446" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B446:G446)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A447" s="109"/>
+      <c r="B447" s="76"/>
+      <c r="C447" s="76"/>
+      <c r="D447" s="76"/>
+      <c r="E447" s="77"/>
+      <c r="F447" s="77"/>
+      <c r="G447" s="77"/>
+      <c r="H447" s="78"/>
+      <c r="I447" s="78"/>
+      <c r="J447" s="78"/>
+      <c r="K447" s="79"/>
+      <c r="L447" s="80"/>
+      <c r="M447" s="89"/>
+      <c r="N447" s="81"/>
+      <c r="O447" s="82"/>
+      <c r="P447" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B447:G447)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A448" s="109"/>
+      <c r="B448" s="76"/>
+      <c r="C448" s="76"/>
+      <c r="D448" s="76"/>
+      <c r="E448" s="77"/>
+      <c r="F448" s="77"/>
+      <c r="G448" s="77"/>
+      <c r="H448" s="78"/>
+      <c r="I448" s="78"/>
+      <c r="J448" s="78"/>
+      <c r="K448" s="79"/>
+      <c r="L448" s="80"/>
+      <c r="M448" s="89"/>
+      <c r="N448" s="81"/>
+      <c r="O448" s="82"/>
+      <c r="P448" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B448:G448)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A449" s="109"/>
+      <c r="B449" s="76"/>
+      <c r="C449" s="76"/>
+      <c r="D449" s="76"/>
+      <c r="E449" s="77"/>
+      <c r="F449" s="77"/>
+      <c r="G449" s="77"/>
+      <c r="H449" s="78"/>
+      <c r="I449" s="78"/>
+      <c r="J449" s="78"/>
+      <c r="K449" s="79"/>
+      <c r="L449" s="80"/>
+      <c r="M449" s="89"/>
+      <c r="N449" s="81"/>
+      <c r="O449" s="82"/>
+      <c r="P449" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B449:G449)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A450" s="109"/>
+      <c r="B450" s="76"/>
+      <c r="C450" s="76"/>
+      <c r="D450" s="76"/>
+      <c r="E450" s="77"/>
+      <c r="F450" s="77"/>
+      <c r="G450" s="77"/>
+      <c r="H450" s="78"/>
+      <c r="I450" s="78"/>
+      <c r="J450" s="78"/>
+      <c r="K450" s="79"/>
+      <c r="L450" s="80"/>
+      <c r="M450" s="89"/>
+      <c r="N450" s="81"/>
+      <c r="O450" s="82"/>
+      <c r="P450" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B450:G450)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A451" s="109"/>
+      <c r="B451" s="76"/>
+      <c r="C451" s="76"/>
+      <c r="D451" s="76"/>
+      <c r="E451" s="77"/>
+      <c r="F451" s="77"/>
+      <c r="G451" s="77"/>
+      <c r="H451" s="78"/>
+      <c r="I451" s="78"/>
+      <c r="J451" s="78"/>
+      <c r="K451" s="79"/>
+      <c r="L451" s="80"/>
+      <c r="M451" s="89"/>
+      <c r="N451" s="81"/>
+      <c r="O451" s="82"/>
+      <c r="P451" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B451:G451)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A452" s="109"/>
+      <c r="B452" s="76"/>
+      <c r="C452" s="76"/>
+      <c r="D452" s="76"/>
+      <c r="E452" s="77"/>
+      <c r="F452" s="77"/>
+      <c r="G452" s="77"/>
+      <c r="H452" s="78"/>
+      <c r="I452" s="78"/>
+      <c r="J452" s="78"/>
+      <c r="K452" s="79"/>
+      <c r="L452" s="80"/>
+      <c r="M452" s="89"/>
+      <c r="N452" s="81"/>
+      <c r="O452" s="82"/>
+      <c r="P452" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B452:G452)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A453" s="109"/>
+      <c r="B453" s="76"/>
+      <c r="C453" s="76"/>
+      <c r="D453" s="76"/>
+      <c r="E453" s="77"/>
+      <c r="F453" s="77"/>
+      <c r="G453" s="77"/>
+      <c r="H453" s="78"/>
+      <c r="I453" s="78"/>
+      <c r="J453" s="78"/>
+      <c r="K453" s="79"/>
+      <c r="L453" s="80"/>
+      <c r="M453" s="89"/>
+      <c r="N453" s="81"/>
+      <c r="O453" s="82"/>
+      <c r="P453" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B453:G453)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A454" s="109"/>
+      <c r="B454" s="76"/>
+      <c r="C454" s="76"/>
+      <c r="D454" s="76"/>
+      <c r="E454" s="77"/>
+      <c r="F454" s="77"/>
+      <c r="G454" s="77"/>
+      <c r="H454" s="78"/>
+      <c r="I454" s="78"/>
+      <c r="J454" s="78"/>
+      <c r="K454" s="79"/>
+      <c r="L454" s="80"/>
+      <c r="M454" s="89"/>
+      <c r="N454" s="81"/>
+      <c r="O454" s="82"/>
+      <c r="P454" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B454:G454)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A455" s="109"/>
+      <c r="B455" s="76"/>
+      <c r="C455" s="76"/>
+      <c r="D455" s="76"/>
+      <c r="E455" s="77"/>
+      <c r="F455" s="77"/>
+      <c r="G455" s="77"/>
+      <c r="H455" s="78"/>
+      <c r="I455" s="78"/>
+      <c r="J455" s="78"/>
+      <c r="K455" s="79"/>
+      <c r="L455" s="80"/>
+      <c r="M455" s="89"/>
+      <c r="N455" s="81"/>
+      <c r="O455" s="82"/>
+      <c r="P455" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B455:G455)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A456" s="109"/>
+      <c r="B456" s="76"/>
+      <c r="C456" s="76"/>
+      <c r="D456" s="76"/>
+      <c r="E456" s="77"/>
+      <c r="F456" s="77"/>
+      <c r="G456" s="77"/>
+      <c r="H456" s="78"/>
+      <c r="I456" s="78"/>
+      <c r="J456" s="78"/>
+      <c r="K456" s="79"/>
+      <c r="L456" s="80"/>
+      <c r="M456" s="89"/>
+      <c r="N456" s="81"/>
+      <c r="O456" s="82"/>
+      <c r="P456" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B456:G456)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A457" s="109"/>
+      <c r="B457" s="76"/>
+      <c r="C457" s="76"/>
+      <c r="D457" s="76"/>
+      <c r="E457" s="77"/>
+      <c r="F457" s="77"/>
+      <c r="G457" s="77"/>
+      <c r="H457" s="78"/>
+      <c r="I457" s="78"/>
+      <c r="J457" s="78"/>
+      <c r="K457" s="79"/>
+      <c r="L457" s="80"/>
+      <c r="M457" s="89"/>
+      <c r="N457" s="81"/>
+      <c r="O457" s="82"/>
+      <c r="P457" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B457:G457)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="458" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A458" s="109"/>
+      <c r="B458" s="76"/>
+      <c r="C458" s="76"/>
+      <c r="D458" s="76"/>
+      <c r="E458" s="77"/>
+      <c r="F458" s="77"/>
+      <c r="G458" s="77"/>
+      <c r="H458" s="78"/>
+      <c r="I458" s="78"/>
+      <c r="J458" s="78"/>
+      <c r="K458" s="79"/>
+      <c r="L458" s="80"/>
+      <c r="M458" s="89"/>
+      <c r="N458" s="81"/>
+      <c r="O458" s="82"/>
+      <c r="P458" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B458:G458)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A459" s="109"/>
+      <c r="B459" s="76"/>
+      <c r="C459" s="76"/>
+      <c r="D459" s="76"/>
+      <c r="E459" s="77"/>
+      <c r="F459" s="77"/>
+      <c r="G459" s="77"/>
+      <c r="H459" s="78"/>
+      <c r="I459" s="78"/>
+      <c r="J459" s="78"/>
+      <c r="K459" s="79"/>
+      <c r="L459" s="80"/>
+      <c r="M459" s="89"/>
+      <c r="N459" s="81"/>
+      <c r="O459" s="82"/>
+      <c r="P459" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B459:G459)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A460" s="109"/>
+      <c r="B460" s="76"/>
+      <c r="C460" s="76"/>
+      <c r="D460" s="76"/>
+      <c r="E460" s="77"/>
+      <c r="F460" s="77"/>
+      <c r="G460" s="77"/>
+      <c r="H460" s="78"/>
+      <c r="I460" s="78"/>
+      <c r="J460" s="78"/>
+      <c r="K460" s="79"/>
+      <c r="L460" s="80"/>
+      <c r="M460" s="89"/>
+      <c r="N460" s="81"/>
+      <c r="O460" s="82"/>
+      <c r="P460" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B460:G460)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A461" s="109"/>
+      <c r="B461" s="76"/>
+      <c r="C461" s="76"/>
+      <c r="D461" s="76"/>
+      <c r="E461" s="77"/>
+      <c r="F461" s="77"/>
+      <c r="G461" s="77"/>
+      <c r="H461" s="78"/>
+      <c r="I461" s="78"/>
+      <c r="J461" s="78"/>
+      <c r="K461" s="79"/>
+      <c r="L461" s="80"/>
+      <c r="M461" s="89"/>
+      <c r="N461" s="81"/>
+      <c r="O461" s="82"/>
+      <c r="P461" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B461:G461)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="462" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A462" s="109"/>
+      <c r="B462" s="76"/>
+      <c r="C462" s="76"/>
+      <c r="D462" s="76"/>
+      <c r="E462" s="77"/>
+      <c r="F462" s="77"/>
+      <c r="G462" s="77"/>
+      <c r="H462" s="78"/>
+      <c r="I462" s="78"/>
+      <c r="J462" s="78"/>
+      <c r="K462" s="79"/>
+      <c r="L462" s="80"/>
+      <c r="M462" s="89"/>
+      <c r="N462" s="81"/>
+      <c r="O462" s="82"/>
+      <c r="P462" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B462:G462)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A463" s="109"/>
+      <c r="B463" s="76"/>
+      <c r="C463" s="76"/>
+      <c r="D463" s="76"/>
+      <c r="E463" s="77"/>
+      <c r="F463" s="77"/>
+      <c r="G463" s="77"/>
+      <c r="H463" s="78"/>
+      <c r="I463" s="78"/>
+      <c r="J463" s="78"/>
+      <c r="K463" s="79"/>
+      <c r="L463" s="80"/>
+      <c r="M463" s="89"/>
+      <c r="N463" s="81"/>
+      <c r="O463" s="82"/>
+      <c r="P463" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B463:G463)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="464" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A464" s="109"/>
+      <c r="B464" s="76"/>
+      <c r="C464" s="76"/>
+      <c r="D464" s="76"/>
+      <c r="E464" s="77"/>
+      <c r="F464" s="77"/>
+      <c r="G464" s="77"/>
+      <c r="H464" s="78"/>
+      <c r="I464" s="78"/>
+      <c r="J464" s="78"/>
+      <c r="K464" s="79"/>
+      <c r="L464" s="80"/>
+      <c r="M464" s="89"/>
+      <c r="N464" s="81"/>
+      <c r="O464" s="82"/>
+      <c r="P464" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B464:G464)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="465" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A465" s="109"/>
+      <c r="B465" s="76"/>
+      <c r="C465" s="76"/>
+      <c r="D465" s="76"/>
+      <c r="E465" s="77"/>
+      <c r="F465" s="77"/>
+      <c r="G465" s="77"/>
+      <c r="H465" s="78"/>
+      <c r="I465" s="78"/>
+      <c r="J465" s="78"/>
+      <c r="K465" s="79"/>
+      <c r="L465" s="80"/>
+      <c r="M465" s="89"/>
+      <c r="N465" s="81"/>
+      <c r="O465" s="82"/>
+      <c r="P465" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B465:G465)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="466" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A466" s="109"/>
+      <c r="B466" s="76"/>
+      <c r="C466" s="76"/>
+      <c r="D466" s="76"/>
+      <c r="E466" s="77"/>
+      <c r="F466" s="77"/>
+      <c r="G466" s="77"/>
+      <c r="H466" s="78"/>
+      <c r="I466" s="78"/>
+      <c r="J466" s="78"/>
+      <c r="K466" s="79"/>
+      <c r="L466" s="80"/>
+      <c r="M466" s="89"/>
+      <c r="N466" s="81"/>
+      <c r="O466" s="82"/>
+      <c r="P466" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B466:G466)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A467" s="109"/>
+      <c r="B467" s="76"/>
+      <c r="C467" s="76"/>
+      <c r="D467" s="76"/>
+      <c r="E467" s="77"/>
+      <c r="F467" s="77"/>
+      <c r="G467" s="77"/>
+      <c r="H467" s="78"/>
+      <c r="I467" s="78"/>
+      <c r="J467" s="78"/>
+      <c r="K467" s="79"/>
+      <c r="L467" s="80"/>
+      <c r="M467" s="89"/>
+      <c r="N467" s="81"/>
+      <c r="O467" s="82"/>
+      <c r="P467" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B467:G467)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A468" s="109"/>
+      <c r="B468" s="76"/>
+      <c r="C468" s="76"/>
+      <c r="D468" s="76"/>
+      <c r="E468" s="77"/>
+      <c r="F468" s="77"/>
+      <c r="G468" s="77"/>
+      <c r="H468" s="78"/>
+      <c r="I468" s="78"/>
+      <c r="J468" s="78"/>
+      <c r="K468" s="79"/>
+      <c r="L468" s="80"/>
+      <c r="M468" s="89"/>
+      <c r="N468" s="81"/>
+      <c r="O468" s="82"/>
+      <c r="P468" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B468:G468)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="469" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A469" s="109"/>
+      <c r="B469" s="76"/>
+      <c r="C469" s="76"/>
+      <c r="D469" s="76"/>
+      <c r="E469" s="77"/>
+      <c r="F469" s="77"/>
+      <c r="G469" s="77"/>
+      <c r="H469" s="78"/>
+      <c r="I469" s="78"/>
+      <c r="J469" s="78"/>
+      <c r="K469" s="79"/>
+      <c r="L469" s="80"/>
+      <c r="M469" s="89"/>
+      <c r="N469" s="81"/>
+      <c r="O469" s="82"/>
+      <c r="P469" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B469:G469)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A470" s="109"/>
+      <c r="B470" s="76"/>
+      <c r="C470" s="76"/>
+      <c r="D470" s="76"/>
+      <c r="E470" s="77"/>
+      <c r="F470" s="77"/>
+      <c r="G470" s="77"/>
+      <c r="H470" s="78"/>
+      <c r="I470" s="78"/>
+      <c r="J470" s="78"/>
+      <c r="K470" s="79"/>
+      <c r="L470" s="80"/>
+      <c r="M470" s="89"/>
+      <c r="N470" s="81"/>
+      <c r="O470" s="82"/>
+      <c r="P470" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B470:G470)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A471" s="109"/>
+      <c r="B471" s="76"/>
+      <c r="C471" s="76"/>
+      <c r="D471" s="76"/>
+      <c r="E471" s="77"/>
+      <c r="F471" s="77"/>
+      <c r="G471" s="77"/>
+      <c r="H471" s="78"/>
+      <c r="I471" s="78"/>
+      <c r="J471" s="78"/>
+      <c r="K471" s="79"/>
+      <c r="L471" s="80"/>
+      <c r="M471" s="89"/>
+      <c r="N471" s="81"/>
+      <c r="O471" s="82"/>
+      <c r="P471" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B471:G471)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="472" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A472" s="109"/>
+      <c r="B472" s="76"/>
+      <c r="C472" s="76"/>
+      <c r="D472" s="76"/>
+      <c r="E472" s="77"/>
+      <c r="F472" s="77"/>
+      <c r="G472" s="77"/>
+      <c r="H472" s="78"/>
+      <c r="I472" s="78"/>
+      <c r="J472" s="78"/>
+      <c r="K472" s="79"/>
+      <c r="L472" s="80"/>
+      <c r="M472" s="89"/>
+      <c r="N472" s="81"/>
+      <c r="O472" s="82"/>
+      <c r="P472" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B472:G472)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="473" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A473" s="109"/>
+      <c r="B473" s="76"/>
+      <c r="C473" s="76"/>
+      <c r="D473" s="76"/>
+      <c r="E473" s="77"/>
+      <c r="F473" s="77"/>
+      <c r="G473" s="77"/>
+      <c r="H473" s="78"/>
+      <c r="I473" s="78"/>
+      <c r="J473" s="78"/>
+      <c r="K473" s="79"/>
+      <c r="L473" s="80"/>
+      <c r="M473" s="89"/>
+      <c r="N473" s="81"/>
+      <c r="O473" s="82"/>
+      <c r="P473" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B473:G473)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="474" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A474" s="109"/>
+      <c r="B474" s="76"/>
+      <c r="C474" s="76"/>
+      <c r="D474" s="76"/>
+      <c r="E474" s="77"/>
+      <c r="F474" s="77"/>
+      <c r="G474" s="77"/>
+      <c r="H474" s="78"/>
+      <c r="I474" s="78"/>
+      <c r="J474" s="78"/>
+      <c r="K474" s="79"/>
+      <c r="L474" s="80"/>
+      <c r="M474" s="89"/>
+      <c r="N474" s="81"/>
+      <c r="O474" s="82"/>
+      <c r="P474" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B474:G474)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="475" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A475" s="109"/>
+      <c r="B475" s="76"/>
+      <c r="C475" s="76"/>
+      <c r="D475" s="76"/>
+      <c r="E475" s="77"/>
+      <c r="F475" s="77"/>
+      <c r="G475" s="77"/>
+      <c r="H475" s="78"/>
+      <c r="I475" s="78"/>
+      <c r="J475" s="78"/>
+      <c r="K475" s="79"/>
+      <c r="L475" s="80"/>
+      <c r="M475" s="89"/>
+      <c r="N475" s="81"/>
+      <c r="O475" s="82"/>
+      <c r="P475" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B475:G475)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="476" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A476" s="109"/>
+      <c r="B476" s="76"/>
+      <c r="C476" s="76"/>
+      <c r="D476" s="76"/>
+      <c r="E476" s="77"/>
+      <c r="F476" s="77"/>
+      <c r="G476" s="77"/>
+      <c r="H476" s="78"/>
+      <c r="I476" s="78"/>
+      <c r="J476" s="78"/>
+      <c r="K476" s="79"/>
+      <c r="L476" s="80"/>
+      <c r="M476" s="89"/>
+      <c r="N476" s="81"/>
+      <c r="O476" s="82"/>
+      <c r="P476" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B476:G476)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="477" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A477" s="109"/>
+      <c r="B477" s="76"/>
+      <c r="C477" s="76"/>
+      <c r="D477" s="76"/>
+      <c r="E477" s="77"/>
+      <c r="F477" s="77"/>
+      <c r="G477" s="77"/>
+      <c r="H477" s="78"/>
+      <c r="I477" s="78"/>
+      <c r="J477" s="78"/>
+      <c r="K477" s="79"/>
+      <c r="L477" s="80"/>
+      <c r="M477" s="89"/>
+      <c r="N477" s="81"/>
+      <c r="O477" s="82"/>
+      <c r="P477" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B477:G477)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="478" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A478" s="109"/>
+      <c r="B478" s="76"/>
+      <c r="C478" s="76"/>
+      <c r="D478" s="76"/>
+      <c r="E478" s="77"/>
+      <c r="F478" s="77"/>
+      <c r="G478" s="77"/>
+      <c r="H478" s="78"/>
+      <c r="I478" s="78"/>
+      <c r="J478" s="78"/>
+      <c r="K478" s="79"/>
+      <c r="L478" s="80"/>
+      <c r="M478" s="89"/>
+      <c r="N478" s="81"/>
+      <c r="O478" s="82"/>
+      <c r="P478" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B478:G478)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="479" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A479" s="109"/>
+      <c r="B479" s="76"/>
+      <c r="C479" s="76"/>
+      <c r="D479" s="76"/>
+      <c r="E479" s="77"/>
+      <c r="F479" s="77"/>
+      <c r="G479" s="77"/>
+      <c r="H479" s="78"/>
+      <c r="I479" s="78"/>
+      <c r="J479" s="78"/>
+      <c r="K479" s="79"/>
+      <c r="L479" s="80"/>
+      <c r="M479" s="89"/>
+      <c r="N479" s="81"/>
+      <c r="O479" s="82"/>
+      <c r="P479" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B479:G479)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="480" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A480" s="109"/>
+      <c r="B480" s="76"/>
+      <c r="C480" s="76"/>
+      <c r="D480" s="76"/>
+      <c r="E480" s="77"/>
+      <c r="F480" s="77"/>
+      <c r="G480" s="77"/>
+      <c r="H480" s="78"/>
+      <c r="I480" s="78"/>
+      <c r="J480" s="78"/>
+      <c r="K480" s="79"/>
+      <c r="L480" s="80"/>
+      <c r="M480" s="89"/>
+      <c r="N480" s="81"/>
+      <c r="O480" s="82"/>
+      <c r="P480" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B480:G480)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A481" s="109"/>
+      <c r="B481" s="76"/>
+      <c r="C481" s="76"/>
+      <c r="D481" s="76"/>
+      <c r="E481" s="77"/>
+      <c r="F481" s="77"/>
+      <c r="G481" s="77"/>
+      <c r="H481" s="78"/>
+      <c r="I481" s="78"/>
+      <c r="J481" s="78"/>
+      <c r="K481" s="79"/>
+      <c r="L481" s="80"/>
+      <c r="M481" s="89"/>
+      <c r="N481" s="81"/>
+      <c r="O481" s="82"/>
+      <c r="P481" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B481:G481)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A482" s="109"/>
+      <c r="B482" s="76"/>
+      <c r="C482" s="76"/>
+      <c r="D482" s="76"/>
+      <c r="E482" s="77"/>
+      <c r="F482" s="77"/>
+      <c r="G482" s="77"/>
+      <c r="H482" s="78"/>
+      <c r="I482" s="78"/>
+      <c r="J482" s="78"/>
+      <c r="K482" s="79"/>
+      <c r="L482" s="80"/>
+      <c r="M482" s="89"/>
+      <c r="N482" s="81"/>
+      <c r="O482" s="82"/>
+      <c r="P482" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B482:G482)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A483" s="109"/>
+      <c r="B483" s="76"/>
+      <c r="C483" s="76"/>
+      <c r="D483" s="76"/>
+      <c r="E483" s="77"/>
+      <c r="F483" s="77"/>
+      <c r="G483" s="77"/>
+      <c r="H483" s="78"/>
+      <c r="I483" s="78"/>
+      <c r="J483" s="78"/>
+      <c r="K483" s="79"/>
+      <c r="L483" s="80"/>
+      <c r="M483" s="89"/>
+      <c r="N483" s="81"/>
+      <c r="O483" s="82"/>
+      <c r="P483" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B483:G483)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A484" s="109"/>
+      <c r="B484" s="76"/>
+      <c r="C484" s="76"/>
+      <c r="D484" s="76"/>
+      <c r="E484" s="77"/>
+      <c r="F484" s="77"/>
+      <c r="G484" s="77"/>
+      <c r="H484" s="78"/>
+      <c r="I484" s="78"/>
+      <c r="J484" s="78"/>
+      <c r="K484" s="79"/>
+      <c r="L484" s="80"/>
+      <c r="M484" s="89"/>
+      <c r="N484" s="81"/>
+      <c r="O484" s="82"/>
+      <c r="P484" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B484:G484)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A485" s="109"/>
+      <c r="B485" s="76"/>
+      <c r="C485" s="76"/>
+      <c r="D485" s="76"/>
+      <c r="E485" s="77"/>
+      <c r="F485" s="77"/>
+      <c r="G485" s="77"/>
+      <c r="H485" s="78"/>
+      <c r="I485" s="78"/>
+      <c r="J485" s="78"/>
+      <c r="K485" s="79"/>
+      <c r="L485" s="80"/>
+      <c r="M485" s="89"/>
+      <c r="N485" s="81"/>
+      <c r="O485" s="82"/>
+      <c r="P485" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B485:G485)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A486" s="109"/>
+      <c r="B486" s="76"/>
+      <c r="C486" s="76"/>
+      <c r="D486" s="76"/>
+      <c r="E486" s="77"/>
+      <c r="F486" s="77"/>
+      <c r="G486" s="77"/>
+      <c r="H486" s="78"/>
+      <c r="I486" s="78"/>
+      <c r="J486" s="78"/>
+      <c r="K486" s="79"/>
+      <c r="L486" s="80"/>
+      <c r="M486" s="89"/>
+      <c r="N486" s="81"/>
+      <c r="O486" s="82"/>
+      <c r="P486" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B486:G486)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A487" s="109"/>
+      <c r="B487" s="76"/>
+      <c r="C487" s="76"/>
+      <c r="D487" s="76"/>
+      <c r="E487" s="77"/>
+      <c r="F487" s="77"/>
+      <c r="G487" s="77"/>
+      <c r="H487" s="78"/>
+      <c r="I487" s="78"/>
+      <c r="J487" s="78"/>
+      <c r="K487" s="79"/>
+      <c r="L487" s="80"/>
+      <c r="M487" s="89"/>
+      <c r="N487" s="81"/>
+      <c r="O487" s="82"/>
+      <c r="P487" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B487:G487)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A488" s="109"/>
+      <c r="B488" s="76"/>
+      <c r="C488" s="76"/>
+      <c r="D488" s="76"/>
+      <c r="E488" s="77"/>
+      <c r="F488" s="77"/>
+      <c r="G488" s="77"/>
+      <c r="H488" s="78"/>
+      <c r="I488" s="78"/>
+      <c r="J488" s="78"/>
+      <c r="K488" s="79"/>
+      <c r="L488" s="80"/>
+      <c r="M488" s="89"/>
+      <c r="N488" s="81"/>
+      <c r="O488" s="82"/>
+      <c r="P488" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B488:G488)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A489" s="109"/>
+      <c r="B489" s="76"/>
+      <c r="C489" s="76"/>
+      <c r="D489" s="76"/>
+      <c r="E489" s="77"/>
+      <c r="F489" s="77"/>
+      <c r="G489" s="77"/>
+      <c r="H489" s="78"/>
+      <c r="I489" s="78"/>
+      <c r="J489" s="78"/>
+      <c r="K489" s="79"/>
+      <c r="L489" s="80"/>
+      <c r="M489" s="89"/>
+      <c r="N489" s="81"/>
+      <c r="O489" s="82"/>
+      <c r="P489" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B489:G489)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A490" s="109"/>
+      <c r="B490" s="76"/>
+      <c r="C490" s="76"/>
+      <c r="D490" s="76"/>
+      <c r="E490" s="77"/>
+      <c r="F490" s="77"/>
+      <c r="G490" s="77"/>
+      <c r="H490" s="78"/>
+      <c r="I490" s="78"/>
+      <c r="J490" s="78"/>
+      <c r="K490" s="79"/>
+      <c r="L490" s="80"/>
+      <c r="M490" s="89"/>
+      <c r="N490" s="81"/>
+      <c r="O490" s="82"/>
+      <c r="P490" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B490:G490)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A491" s="109"/>
+      <c r="B491" s="76"/>
+      <c r="C491" s="76"/>
+      <c r="D491" s="76"/>
+      <c r="E491" s="77"/>
+      <c r="F491" s="77"/>
+      <c r="G491" s="77"/>
+      <c r="H491" s="78"/>
+      <c r="I491" s="78"/>
+      <c r="J491" s="78"/>
+      <c r="K491" s="79"/>
+      <c r="L491" s="80"/>
+      <c r="M491" s="89"/>
+      <c r="N491" s="81"/>
+      <c r="O491" s="82"/>
+      <c r="P491" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B491:G491)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A492" s="109"/>
+      <c r="B492" s="76"/>
+      <c r="C492" s="76"/>
+      <c r="D492" s="76"/>
+      <c r="E492" s="77"/>
+      <c r="F492" s="77"/>
+      <c r="G492" s="77"/>
+      <c r="H492" s="78"/>
+      <c r="I492" s="78"/>
+      <c r="J492" s="78"/>
+      <c r="K492" s="79"/>
+      <c r="L492" s="80"/>
+      <c r="M492" s="89"/>
+      <c r="N492" s="81"/>
+      <c r="O492" s="82"/>
+      <c r="P492" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B492:G492)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A493" s="109"/>
+      <c r="B493" s="76"/>
+      <c r="C493" s="76"/>
+      <c r="D493" s="76"/>
+      <c r="E493" s="77"/>
+      <c r="F493" s="77"/>
+      <c r="G493" s="77"/>
+      <c r="H493" s="78"/>
+      <c r="I493" s="78"/>
+      <c r="J493" s="78"/>
+      <c r="K493" s="79"/>
+      <c r="L493" s="80"/>
+      <c r="M493" s="89"/>
+      <c r="N493" s="81"/>
+      <c r="O493" s="82"/>
+      <c r="P493" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B493:G493)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A494" s="109"/>
+      <c r="B494" s="76"/>
+      <c r="C494" s="76"/>
+      <c r="D494" s="76"/>
+      <c r="E494" s="77"/>
+      <c r="F494" s="77"/>
+      <c r="G494" s="77"/>
+      <c r="H494" s="78"/>
+      <c r="I494" s="78"/>
+      <c r="J494" s="78"/>
+      <c r="K494" s="79"/>
+      <c r="L494" s="80"/>
+      <c r="M494" s="89"/>
+      <c r="N494" s="81"/>
+      <c r="O494" s="82"/>
+      <c r="P494" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B494:G494)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A495" s="109"/>
+      <c r="B495" s="76"/>
+      <c r="C495" s="76"/>
+      <c r="D495" s="76"/>
+      <c r="E495" s="77"/>
+      <c r="F495" s="77"/>
+      <c r="G495" s="77"/>
+      <c r="H495" s="78"/>
+      <c r="I495" s="78"/>
+      <c r="J495" s="78"/>
+      <c r="K495" s="79"/>
+      <c r="L495" s="80"/>
+      <c r="M495" s="89"/>
+      <c r="N495" s="81"/>
+      <c r="O495" s="82"/>
+      <c r="P495" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B495:G495)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="496" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A496" s="109"/>
+      <c r="B496" s="76"/>
+      <c r="C496" s="76"/>
+      <c r="D496" s="76"/>
+      <c r="E496" s="77"/>
+      <c r="F496" s="77"/>
+      <c r="G496" s="77"/>
+      <c r="H496" s="78"/>
+      <c r="I496" s="78"/>
+      <c r="J496" s="78"/>
+      <c r="K496" s="79"/>
+      <c r="L496" s="80"/>
+      <c r="M496" s="89"/>
+      <c r="N496" s="81"/>
+      <c r="O496" s="82"/>
+      <c r="P496" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B496:G496)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="497" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A497" s="109"/>
+      <c r="B497" s="76"/>
+      <c r="C497" s="76"/>
+      <c r="D497" s="76"/>
+      <c r="E497" s="77"/>
+      <c r="F497" s="77"/>
+      <c r="G497" s="77"/>
+      <c r="H497" s="78"/>
+      <c r="I497" s="78"/>
+      <c r="J497" s="78"/>
+      <c r="K497" s="79"/>
+      <c r="L497" s="80"/>
+      <c r="M497" s="89"/>
+      <c r="N497" s="81"/>
+      <c r="O497" s="82"/>
+      <c r="P497" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B497:G497)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A498" s="109"/>
+      <c r="B498" s="76"/>
+      <c r="C498" s="76"/>
+      <c r="D498" s="76"/>
+      <c r="E498" s="77"/>
+      <c r="F498" s="77"/>
+      <c r="G498" s="77"/>
+      <c r="H498" s="78"/>
+      <c r="I498" s="78"/>
+      <c r="J498" s="78"/>
+      <c r="K498" s="79"/>
+      <c r="L498" s="80"/>
+      <c r="M498" s="89"/>
+      <c r="N498" s="81"/>
+      <c r="O498" s="82"/>
+      <c r="P498" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B498:G498)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="499" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A499" s="109"/>
+      <c r="B499" s="76"/>
+      <c r="C499" s="76"/>
+      <c r="D499" s="76"/>
+      <c r="E499" s="77"/>
+      <c r="F499" s="77"/>
+      <c r="G499" s="77"/>
+      <c r="H499" s="78"/>
+      <c r="I499" s="78"/>
+      <c r="J499" s="78"/>
+      <c r="K499" s="79"/>
+      <c r="L499" s="80"/>
+      <c r="M499" s="89"/>
+      <c r="N499" s="81"/>
+      <c r="O499" s="82"/>
+      <c r="P499" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B499:G499)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="500" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A500" s="109"/>
+      <c r="B500" s="76"/>
+      <c r="C500" s="76"/>
+      <c r="D500" s="76"/>
+      <c r="E500" s="77"/>
+      <c r="F500" s="77"/>
+      <c r="G500" s="77"/>
+      <c r="H500" s="78"/>
+      <c r="I500" s="78"/>
+      <c r="J500" s="78"/>
+      <c r="K500" s="79"/>
+      <c r="L500" s="80"/>
+      <c r="M500" s="89"/>
+      <c r="N500" s="81"/>
+      <c r="O500" s="82"/>
+      <c r="P500" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B500:G500)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="501" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A501" s="109"/>
+      <c r="B501" s="76"/>
+      <c r="C501" s="76"/>
+      <c r="D501" s="76"/>
+      <c r="E501" s="77"/>
+      <c r="F501" s="77"/>
+      <c r="G501" s="77"/>
+      <c r="H501" s="78"/>
+      <c r="I501" s="78"/>
+      <c r="J501" s="78"/>
+      <c r="K501" s="79"/>
+      <c r="L501" s="80"/>
+      <c r="M501" s="89"/>
+      <c r="N501" s="81"/>
+      <c r="O501" s="82"/>
+      <c r="P501" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B501:G501)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="502" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A502" s="109"/>
+      <c r="B502" s="76"/>
+      <c r="C502" s="76"/>
+      <c r="D502" s="76"/>
+      <c r="E502" s="77"/>
+      <c r="F502" s="77"/>
+      <c r="G502" s="77"/>
+      <c r="H502" s="78"/>
+      <c r="I502" s="78"/>
+      <c r="J502" s="78"/>
+      <c r="K502" s="79"/>
+      <c r="L502" s="80"/>
+      <c r="M502" s="89"/>
+      <c r="N502" s="81"/>
+      <c r="O502" s="82"/>
+      <c r="P502" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B502:G502)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A503" s="109"/>
+      <c r="B503" s="76"/>
+      <c r="C503" s="76"/>
+      <c r="D503" s="76"/>
+      <c r="E503" s="77"/>
+      <c r="F503" s="77"/>
+      <c r="G503" s="77"/>
+      <c r="H503" s="78"/>
+      <c r="I503" s="78"/>
+      <c r="J503" s="78"/>
+      <c r="K503" s="79"/>
+      <c r="L503" s="80"/>
+      <c r="M503" s="89"/>
+      <c r="N503" s="81"/>
+      <c r="O503" s="82"/>
+      <c r="P503" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B503:G503)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="504" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A504" s="109"/>
+      <c r="B504" s="76"/>
+      <c r="C504" s="76"/>
+      <c r="D504" s="76"/>
+      <c r="E504" s="77"/>
+      <c r="F504" s="77"/>
+      <c r="G504" s="77"/>
+      <c r="H504" s="78"/>
+      <c r="I504" s="78"/>
+      <c r="J504" s="78"/>
+      <c r="K504" s="79"/>
+      <c r="L504" s="80"/>
+      <c r="M504" s="89"/>
+      <c r="N504" s="81"/>
+      <c r="O504" s="82"/>
+      <c r="P504" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B504:G504)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="505" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A505" s="109"/>
+      <c r="B505" s="76"/>
+      <c r="C505" s="76"/>
+      <c r="D505" s="76"/>
+      <c r="E505" s="77"/>
+      <c r="F505" s="77"/>
+      <c r="G505" s="77"/>
+      <c r="H505" s="78"/>
+      <c r="I505" s="78"/>
+      <c r="J505" s="78"/>
+      <c r="K505" s="79"/>
+      <c r="L505" s="80"/>
+      <c r="M505" s="89"/>
+      <c r="N505" s="81"/>
+      <c r="O505" s="82"/>
+      <c r="P505" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B505:G505)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="506" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A506" s="109"/>
+      <c r="B506" s="76"/>
+      <c r="C506" s="76"/>
+      <c r="D506" s="76"/>
+      <c r="E506" s="77"/>
+      <c r="F506" s="77"/>
+      <c r="G506" s="77"/>
+      <c r="H506" s="78"/>
+      <c r="I506" s="78"/>
+      <c r="J506" s="78"/>
+      <c r="K506" s="79"/>
+      <c r="L506" s="80"/>
+      <c r="M506" s="89"/>
+      <c r="N506" s="81"/>
+      <c r="O506" s="82"/>
+      <c r="P506" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B506:G506)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="507" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A507" s="109"/>
+      <c r="B507" s="76"/>
+      <c r="C507" s="76"/>
+      <c r="D507" s="76"/>
+      <c r="E507" s="77"/>
+      <c r="F507" s="77"/>
+      <c r="G507" s="77"/>
+      <c r="H507" s="78"/>
+      <c r="I507" s="78"/>
+      <c r="J507" s="78"/>
+      <c r="K507" s="79"/>
+      <c r="L507" s="80"/>
+      <c r="M507" s="89"/>
+      <c r="N507" s="81"/>
+      <c r="O507" s="82"/>
+      <c r="P507" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B507:G507)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="508" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A508" s="109"/>
+      <c r="B508" s="76"/>
+      <c r="C508" s="76"/>
+      <c r="D508" s="76"/>
+      <c r="E508" s="77"/>
+      <c r="F508" s="77"/>
+      <c r="G508" s="77"/>
+      <c r="H508" s="78"/>
+      <c r="I508" s="78"/>
+      <c r="J508" s="78"/>
+      <c r="K508" s="79"/>
+      <c r="L508" s="80"/>
+      <c r="M508" s="89"/>
+      <c r="N508" s="81"/>
+      <c r="O508" s="82"/>
+      <c r="P508" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B508:G508)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="509" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A509" s="109"/>
+      <c r="B509" s="76"/>
+      <c r="C509" s="76"/>
+      <c r="D509" s="76"/>
+      <c r="E509" s="77"/>
+      <c r="F509" s="77"/>
+      <c r="G509" s="77"/>
+      <c r="H509" s="78"/>
+      <c r="I509" s="78"/>
+      <c r="J509" s="78"/>
+      <c r="K509" s="79"/>
+      <c r="L509" s="80"/>
+      <c r="M509" s="89"/>
+      <c r="N509" s="81"/>
+      <c r="O509" s="82"/>
+      <c r="P509" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B509:G509)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="510" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A510" s="109"/>
+      <c r="B510" s="76"/>
+      <c r="C510" s="76"/>
+      <c r="D510" s="76"/>
+      <c r="E510" s="77"/>
+      <c r="F510" s="77"/>
+      <c r="G510" s="77"/>
+      <c r="H510" s="78"/>
+      <c r="I510" s="78"/>
+      <c r="J510" s="78"/>
+      <c r="K510" s="79"/>
+      <c r="L510" s="80"/>
+      <c r="M510" s="89"/>
+      <c r="N510" s="81"/>
+      <c r="O510" s="82"/>
+      <c r="P510" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B510:G510)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="511" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A511" s="109"/>
+      <c r="B511" s="76"/>
+      <c r="C511" s="76"/>
+      <c r="D511" s="76"/>
+      <c r="E511" s="77"/>
+      <c r="F511" s="77"/>
+      <c r="G511" s="77"/>
+      <c r="H511" s="78"/>
+      <c r="I511" s="78"/>
+      <c r="J511" s="78"/>
+      <c r="K511" s="79"/>
+      <c r="L511" s="80"/>
+      <c r="M511" s="89"/>
+      <c r="N511" s="81"/>
+      <c r="O511" s="82"/>
+      <c r="P511" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B511:G511)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="512" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A512" s="109"/>
+      <c r="B512" s="76"/>
+      <c r="C512" s="76"/>
+      <c r="D512" s="76"/>
+      <c r="E512" s="77"/>
+      <c r="F512" s="77"/>
+      <c r="G512" s="77"/>
+      <c r="H512" s="78"/>
+      <c r="I512" s="78"/>
+      <c r="J512" s="78"/>
+      <c r="K512" s="79"/>
+      <c r="L512" s="80"/>
+      <c r="M512" s="89"/>
+      <c r="N512" s="81"/>
+      <c r="O512" s="82"/>
+      <c r="P512" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B512:G512)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="513" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A513" s="109"/>
+      <c r="B513" s="76"/>
+      <c r="C513" s="76"/>
+      <c r="D513" s="76"/>
+      <c r="E513" s="77"/>
+      <c r="F513" s="77"/>
+      <c r="G513" s="77"/>
+      <c r="H513" s="78"/>
+      <c r="I513" s="78"/>
+      <c r="J513" s="78"/>
+      <c r="K513" s="79"/>
+      <c r="L513" s="80"/>
+      <c r="M513" s="89"/>
+      <c r="N513" s="81"/>
+      <c r="O513" s="82"/>
+      <c r="P513" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B513:G513)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="514" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A514" s="109"/>
+      <c r="B514" s="76"/>
+      <c r="C514" s="76"/>
+      <c r="D514" s="76"/>
+      <c r="E514" s="77"/>
+      <c r="F514" s="77"/>
+      <c r="G514" s="77"/>
+      <c r="H514" s="78"/>
+      <c r="I514" s="78"/>
+      <c r="J514" s="78"/>
+      <c r="K514" s="79"/>
+      <c r="L514" s="80"/>
+      <c r="M514" s="89"/>
+      <c r="N514" s="81"/>
+      <c r="O514" s="82"/>
+      <c r="P514" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B514:G514)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="515" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A515" s="109"/>
+      <c r="B515" s="76"/>
+      <c r="C515" s="76"/>
+      <c r="D515" s="76"/>
+      <c r="E515" s="77"/>
+      <c r="F515" s="77"/>
+      <c r="G515" s="77"/>
+      <c r="H515" s="78"/>
+      <c r="I515" s="78"/>
+      <c r="J515" s="78"/>
+      <c r="K515" s="79"/>
+      <c r="L515" s="80"/>
+      <c r="M515" s="89"/>
+      <c r="N515" s="81"/>
+      <c r="O515" s="82"/>
+      <c r="P515" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B515:G515)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="516" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A516" s="109"/>
+      <c r="B516" s="76"/>
+      <c r="C516" s="76"/>
+      <c r="D516" s="76"/>
+      <c r="E516" s="77"/>
+      <c r="F516" s="77"/>
+      <c r="G516" s="77"/>
+      <c r="H516" s="78"/>
+      <c r="I516" s="78"/>
+      <c r="J516" s="78"/>
+      <c r="K516" s="79"/>
+      <c r="L516" s="80"/>
+      <c r="M516" s="89"/>
+      <c r="N516" s="81"/>
+      <c r="O516" s="82"/>
+      <c r="P516" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B516:G516)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="517" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A517" s="109"/>
+      <c r="B517" s="76"/>
+      <c r="C517" s="76"/>
+      <c r="D517" s="76"/>
+      <c r="E517" s="77"/>
+      <c r="F517" s="77"/>
+      <c r="G517" s="77"/>
+      <c r="H517" s="78"/>
+      <c r="I517" s="78"/>
+      <c r="J517" s="78"/>
+      <c r="K517" s="79"/>
+      <c r="L517" s="80"/>
+      <c r="M517" s="89"/>
+      <c r="N517" s="81"/>
+      <c r="O517" s="82"/>
+      <c r="P517" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B517:G517)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="518" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A518" s="109"/>
+      <c r="B518" s="76"/>
+      <c r="C518" s="76"/>
+      <c r="D518" s="76"/>
+      <c r="E518" s="77"/>
+      <c r="F518" s="77"/>
+      <c r="G518" s="77"/>
+      <c r="H518" s="78"/>
+      <c r="I518" s="78"/>
+      <c r="J518" s="78"/>
+      <c r="K518" s="79"/>
+      <c r="L518" s="80"/>
+      <c r="M518" s="89"/>
+      <c r="N518" s="81"/>
+      <c r="O518" s="82"/>
+      <c r="P518" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B518:G518)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="519" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A519" s="109"/>
+      <c r="B519" s="76"/>
+      <c r="C519" s="76"/>
+      <c r="D519" s="76"/>
+      <c r="E519" s="77"/>
+      <c r="F519" s="77"/>
+      <c r="G519" s="77"/>
+      <c r="H519" s="78"/>
+      <c r="I519" s="78"/>
+      <c r="J519" s="78"/>
+      <c r="K519" s="79"/>
+      <c r="L519" s="80"/>
+      <c r="M519" s="89"/>
+      <c r="N519" s="81"/>
+      <c r="O519" s="82"/>
+      <c r="P519" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B519:G519)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="520" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A520" s="109"/>
+      <c r="B520" s="76"/>
+      <c r="C520" s="76"/>
+      <c r="D520" s="76"/>
+      <c r="E520" s="77"/>
+      <c r="F520" s="77"/>
+      <c r="G520" s="77"/>
+      <c r="H520" s="78"/>
+      <c r="I520" s="78"/>
+      <c r="J520" s="78"/>
+      <c r="K520" s="79"/>
+      <c r="L520" s="80"/>
+      <c r="M520" s="89"/>
+      <c r="N520" s="81"/>
+      <c r="O520" s="82"/>
+      <c r="P520" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B520:G520)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A521" s="109"/>
+      <c r="B521" s="76"/>
+      <c r="C521" s="76"/>
+      <c r="D521" s="76"/>
+      <c r="E521" s="77"/>
+      <c r="F521" s="77"/>
+      <c r="G521" s="77"/>
+      <c r="H521" s="78"/>
+      <c r="I521" s="78"/>
+      <c r="J521" s="78"/>
+      <c r="K521" s="79"/>
+      <c r="L521" s="80"/>
+      <c r="M521" s="89"/>
+      <c r="N521" s="81"/>
+      <c r="O521" s="82"/>
+      <c r="P521" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B521:G521)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="522" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A522" s="109"/>
+      <c r="B522" s="76"/>
+      <c r="C522" s="76"/>
+      <c r="D522" s="76"/>
+      <c r="E522" s="77"/>
+      <c r="F522" s="77"/>
+      <c r="G522" s="77"/>
+      <c r="H522" s="78"/>
+      <c r="I522" s="78"/>
+      <c r="J522" s="78"/>
+      <c r="K522" s="79"/>
+      <c r="L522" s="80"/>
+      <c r="M522" s="89"/>
+      <c r="N522" s="81"/>
+      <c r="O522" s="82"/>
+      <c r="P522" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B522:G522)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="523" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A523" s="109"/>
+      <c r="B523" s="76"/>
+      <c r="C523" s="76"/>
+      <c r="D523" s="76"/>
+      <c r="E523" s="77"/>
+      <c r="F523" s="77"/>
+      <c r="G523" s="77"/>
+      <c r="H523" s="78"/>
+      <c r="I523" s="78"/>
+      <c r="J523" s="78"/>
+      <c r="K523" s="79"/>
+      <c r="L523" s="80"/>
+      <c r="M523" s="89"/>
+      <c r="N523" s="81"/>
+      <c r="O523" s="82"/>
+      <c r="P523" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B523:G523)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="524" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A524" s="109"/>
+      <c r="B524" s="76"/>
+      <c r="C524" s="76"/>
+      <c r="D524" s="76"/>
+      <c r="E524" s="77"/>
+      <c r="F524" s="77"/>
+      <c r="G524" s="77"/>
+      <c r="H524" s="78"/>
+      <c r="I524" s="78"/>
+      <c r="J524" s="78"/>
+      <c r="K524" s="79"/>
+      <c r="L524" s="80"/>
+      <c r="M524" s="89"/>
+      <c r="N524" s="81"/>
+      <c r="O524" s="82"/>
+      <c r="P524" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B524:G524)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="525" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A525" s="109"/>
+      <c r="B525" s="76"/>
+      <c r="C525" s="76"/>
+      <c r="D525" s="76"/>
+      <c r="E525" s="77"/>
+      <c r="F525" s="77"/>
+      <c r="G525" s="77"/>
+      <c r="H525" s="78"/>
+      <c r="I525" s="78"/>
+      <c r="J525" s="78"/>
+      <c r="K525" s="79"/>
+      <c r="L525" s="80"/>
+      <c r="M525" s="89"/>
+      <c r="N525" s="81"/>
+      <c r="O525" s="82"/>
+      <c r="P525" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B525:G525)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="526" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A526" s="109"/>
+      <c r="B526" s="76"/>
+      <c r="C526" s="76"/>
+      <c r="D526" s="76"/>
+      <c r="E526" s="77"/>
+      <c r="F526" s="77"/>
+      <c r="G526" s="77"/>
+      <c r="H526" s="78"/>
+      <c r="I526" s="78"/>
+      <c r="J526" s="78"/>
+      <c r="K526" s="79"/>
+      <c r="L526" s="80"/>
+      <c r="M526" s="89"/>
+      <c r="N526" s="81"/>
+      <c r="O526" s="82"/>
+      <c r="P526" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B526:G526)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A527" s="109"/>
+      <c r="B527" s="76"/>
+      <c r="C527" s="76"/>
+      <c r="D527" s="76"/>
+      <c r="E527" s="77"/>
+      <c r="F527" s="77"/>
+      <c r="G527" s="77"/>
+      <c r="H527" s="78"/>
+      <c r="I527" s="78"/>
+      <c r="J527" s="78"/>
+      <c r="K527" s="79"/>
+      <c r="L527" s="80"/>
+      <c r="M527" s="89"/>
+      <c r="N527" s="81"/>
+      <c r="O527" s="82"/>
+      <c r="P527" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B527:G527)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="528" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A528" s="109"/>
+      <c r="B528" s="76"/>
+      <c r="C528" s="76"/>
+      <c r="D528" s="76"/>
+      <c r="E528" s="77"/>
+      <c r="F528" s="77"/>
+      <c r="G528" s="77"/>
+      <c r="H528" s="78"/>
+      <c r="I528" s="78"/>
+      <c r="J528" s="78"/>
+      <c r="K528" s="79"/>
+      <c r="L528" s="80"/>
+      <c r="M528" s="89"/>
+      <c r="N528" s="81"/>
+      <c r="O528" s="82"/>
+      <c r="P528" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B528:G528)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A529" s="109"/>
+      <c r="B529" s="76"/>
+      <c r="C529" s="76"/>
+      <c r="D529" s="76"/>
+      <c r="E529" s="77"/>
+      <c r="F529" s="77"/>
+      <c r="G529" s="77"/>
+      <c r="H529" s="78"/>
+      <c r="I529" s="78"/>
+      <c r="J529" s="78"/>
+      <c r="K529" s="79"/>
+      <c r="L529" s="80"/>
+      <c r="M529" s="89"/>
+      <c r="N529" s="81"/>
+      <c r="O529" s="82"/>
+      <c r="P529" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B529:G529)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="530" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A530" s="109"/>
+      <c r="B530" s="76"/>
+      <c r="C530" s="76"/>
+      <c r="D530" s="76"/>
+      <c r="E530" s="77"/>
+      <c r="F530" s="77"/>
+      <c r="G530" s="77"/>
+      <c r="H530" s="78"/>
+      <c r="I530" s="78"/>
+      <c r="J530" s="78"/>
+      <c r="K530" s="79"/>
+      <c r="L530" s="80"/>
+      <c r="M530" s="89"/>
+      <c r="N530" s="81"/>
+      <c r="O530" s="82"/>
+      <c r="P530" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B530:G530)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="531" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A531" s="109"/>
+      <c r="B531" s="76"/>
+      <c r="C531" s="76"/>
+      <c r="D531" s="76"/>
+      <c r="E531" s="77"/>
+      <c r="F531" s="77"/>
+      <c r="G531" s="77"/>
+      <c r="H531" s="78"/>
+      <c r="I531" s="78"/>
+      <c r="J531" s="78"/>
+      <c r="K531" s="79"/>
+      <c r="L531" s="80"/>
+      <c r="M531" s="89"/>
+      <c r="N531" s="81"/>
+      <c r="O531" s="82"/>
+      <c r="P531" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B531:G531)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="532" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A532" s="109"/>
+      <c r="B532" s="76"/>
+      <c r="C532" s="76"/>
+      <c r="D532" s="76"/>
+      <c r="E532" s="77"/>
+      <c r="F532" s="77"/>
+      <c r="G532" s="77"/>
+      <c r="H532" s="78"/>
+      <c r="I532" s="78"/>
+      <c r="J532" s="78"/>
+      <c r="K532" s="79"/>
+      <c r="L532" s="80"/>
+      <c r="M532" s="89"/>
+      <c r="N532" s="81"/>
+      <c r="O532" s="82"/>
+      <c r="P532" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B532:G532)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="533" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="109"/>
+      <c r="B533" s="76"/>
+      <c r="C533" s="76"/>
+      <c r="D533" s="76"/>
+      <c r="E533" s="77"/>
+      <c r="F533" s="77"/>
+      <c r="G533" s="77"/>
+      <c r="H533" s="78"/>
+      <c r="I533" s="78"/>
+      <c r="J533" s="78"/>
+      <c r="K533" s="79"/>
+      <c r="L533" s="80"/>
+      <c r="M533" s="89"/>
+      <c r="N533" s="81"/>
+      <c r="O533" s="82"/>
+      <c r="P533" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B533:G533)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="534" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A534" s="109"/>
+      <c r="B534" s="76"/>
+      <c r="C534" s="76"/>
+      <c r="D534" s="76"/>
+      <c r="E534" s="77"/>
+      <c r="F534" s="77"/>
+      <c r="G534" s="77"/>
+      <c r="H534" s="78"/>
+      <c r="I534" s="78"/>
+      <c r="J534" s="78"/>
+      <c r="K534" s="79"/>
+      <c r="L534" s="80"/>
+      <c r="M534" s="89"/>
+      <c r="N534" s="81"/>
+      <c r="O534" s="82"/>
+      <c r="P534" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B534:G534)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="535" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A535" s="109"/>
+      <c r="B535" s="76"/>
+      <c r="C535" s="76"/>
+      <c r="D535" s="76"/>
+      <c r="E535" s="77"/>
+      <c r="F535" s="77"/>
+      <c r="G535" s="77"/>
+      <c r="H535" s="78"/>
+      <c r="I535" s="78"/>
+      <c r="J535" s="78"/>
+      <c r="K535" s="79"/>
+      <c r="L535" s="80"/>
+      <c r="M535" s="89"/>
+      <c r="N535" s="81"/>
+      <c r="O535" s="82"/>
+      <c r="P535" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B535:G535)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="536" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A536" s="109"/>
+      <c r="B536" s="76"/>
+      <c r="C536" s="76"/>
+      <c r="D536" s="76"/>
+      <c r="E536" s="77"/>
+      <c r="F536" s="77"/>
+      <c r="G536" s="77"/>
+      <c r="H536" s="78"/>
+      <c r="I536" s="78"/>
+      <c r="J536" s="78"/>
+      <c r="K536" s="79"/>
+      <c r="L536" s="80"/>
+      <c r="M536" s="89"/>
+      <c r="N536" s="81"/>
+      <c r="O536" s="82"/>
+      <c r="P536" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B536:G536)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="537" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A537" s="109"/>
+      <c r="B537" s="76"/>
+      <c r="C537" s="76"/>
+      <c r="D537" s="76"/>
+      <c r="E537" s="77"/>
+      <c r="F537" s="77"/>
+      <c r="G537" s="77"/>
+      <c r="H537" s="78"/>
+      <c r="I537" s="78"/>
+      <c r="J537" s="78"/>
+      <c r="K537" s="79"/>
+      <c r="L537" s="80"/>
+      <c r="M537" s="89"/>
+      <c r="N537" s="81"/>
+      <c r="O537" s="82"/>
+      <c r="P537" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B537:G537)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="538" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A538" s="109"/>
+      <c r="B538" s="76"/>
+      <c r="C538" s="76"/>
+      <c r="D538" s="76"/>
+      <c r="E538" s="77"/>
+      <c r="F538" s="77"/>
+      <c r="G538" s="77"/>
+      <c r="H538" s="78"/>
+      <c r="I538" s="78"/>
+      <c r="J538" s="78"/>
+      <c r="K538" s="79"/>
+      <c r="L538" s="80"/>
+      <c r="M538" s="89"/>
+      <c r="N538" s="81"/>
+      <c r="O538" s="82"/>
+      <c r="P538" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B538:G538)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A539" s="109"/>
+      <c r="B539" s="76"/>
+      <c r="C539" s="76"/>
+      <c r="D539" s="76"/>
+      <c r="E539" s="77"/>
+      <c r="F539" s="77"/>
+      <c r="G539" s="77"/>
+      <c r="H539" s="78"/>
+      <c r="I539" s="78"/>
+      <c r="J539" s="78"/>
+      <c r="K539" s="79"/>
+      <c r="L539" s="80"/>
+      <c r="M539" s="89"/>
+      <c r="N539" s="81"/>
+      <c r="O539" s="82"/>
+      <c r="P539" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B539:G539)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A540" s="109"/>
+      <c r="B540" s="76"/>
+      <c r="C540" s="76"/>
+      <c r="D540" s="76"/>
+      <c r="E540" s="77"/>
+      <c r="F540" s="77"/>
+      <c r="G540" s="77"/>
+      <c r="H540" s="78"/>
+      <c r="I540" s="78"/>
+      <c r="J540" s="78"/>
+      <c r="K540" s="79"/>
+      <c r="L540" s="80"/>
+      <c r="M540" s="89"/>
+      <c r="N540" s="81"/>
+      <c r="O540" s="82"/>
+      <c r="P540" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B540:G540)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="541" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A541" s="109"/>
+      <c r="B541" s="76"/>
+      <c r="C541" s="76"/>
+      <c r="D541" s="76"/>
+      <c r="E541" s="77"/>
+      <c r="F541" s="77"/>
+      <c r="G541" s="77"/>
+      <c r="H541" s="78"/>
+      <c r="I541" s="78"/>
+      <c r="J541" s="78"/>
+      <c r="K541" s="79"/>
+      <c r="L541" s="80"/>
+      <c r="M541" s="89"/>
+      <c r="N541" s="81"/>
+      <c r="O541" s="82"/>
+      <c r="P541" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B541:G541)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="542" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A542" s="109"/>
+      <c r="B542" s="76"/>
+      <c r="C542" s="76"/>
+      <c r="D542" s="76"/>
+      <c r="E542" s="77"/>
+      <c r="F542" s="77"/>
+      <c r="G542" s="77"/>
+      <c r="H542" s="78"/>
+      <c r="I542" s="78"/>
+      <c r="J542" s="78"/>
+      <c r="K542" s="79"/>
+      <c r="L542" s="80"/>
+      <c r="M542" s="89"/>
+      <c r="N542" s="81"/>
+      <c r="O542" s="82"/>
+      <c r="P542" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B542:G542)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A543" s="109"/>
+      <c r="B543" s="76"/>
+      <c r="C543" s="76"/>
+      <c r="D543" s="76"/>
+      <c r="E543" s="77"/>
+      <c r="F543" s="77"/>
+      <c r="G543" s="77"/>
+      <c r="H543" s="78"/>
+      <c r="I543" s="78"/>
+      <c r="J543" s="78"/>
+      <c r="K543" s="79"/>
+      <c r="L543" s="80"/>
+      <c r="M543" s="89"/>
+      <c r="N543" s="81"/>
+      <c r="O543" s="82"/>
+      <c r="P543" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B543:G543)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="544" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A544" s="109"/>
+      <c r="B544" s="76"/>
+      <c r="C544" s="76"/>
+      <c r="D544" s="76"/>
+      <c r="E544" s="77"/>
+      <c r="F544" s="77"/>
+      <c r="G544" s="77"/>
+      <c r="H544" s="78"/>
+      <c r="I544" s="78"/>
+      <c r="J544" s="78"/>
+      <c r="K544" s="79"/>
+      <c r="L544" s="80"/>
+      <c r="M544" s="89"/>
+      <c r="N544" s="81"/>
+      <c r="O544" s="82"/>
+      <c r="P544" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B544:G544)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="545" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A545" s="109"/>
+      <c r="B545" s="76"/>
+      <c r="C545" s="76"/>
+      <c r="D545" s="76"/>
+      <c r="E545" s="77"/>
+      <c r="F545" s="77"/>
+      <c r="G545" s="77"/>
+      <c r="H545" s="78"/>
+      <c r="I545" s="78"/>
+      <c r="J545" s="78"/>
+      <c r="K545" s="79"/>
+      <c r="L545" s="80"/>
+      <c r="M545" s="89"/>
+      <c r="N545" s="81"/>
+      <c r="O545" s="82"/>
+      <c r="P545" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B545:G545)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="546" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A546" s="109"/>
+      <c r="B546" s="76"/>
+      <c r="C546" s="76"/>
+      <c r="D546" s="76"/>
+      <c r="E546" s="77"/>
+      <c r="F546" s="77"/>
+      <c r="G546" s="77"/>
+      <c r="H546" s="78"/>
+      <c r="I546" s="78"/>
+      <c r="J546" s="78"/>
+      <c r="K546" s="79"/>
+      <c r="L546" s="80"/>
+      <c r="M546" s="89"/>
+      <c r="N546" s="81"/>
+      <c r="O546" s="82"/>
+      <c r="P546" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B546:G546)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="547" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A547" s="109"/>
+      <c r="B547" s="76"/>
+      <c r="C547" s="76"/>
+      <c r="D547" s="76"/>
+      <c r="E547" s="77"/>
+      <c r="F547" s="77"/>
+      <c r="G547" s="77"/>
+      <c r="H547" s="78"/>
+      <c r="I547" s="78"/>
+      <c r="J547" s="78"/>
+      <c r="K547" s="79"/>
+      <c r="L547" s="80"/>
+      <c r="M547" s="89"/>
+      <c r="N547" s="81"/>
+      <c r="O547" s="82"/>
+      <c r="P547" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B547:G547)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A548" s="109"/>
+      <c r="B548" s="76"/>
+      <c r="C548" s="76"/>
+      <c r="D548" s="76"/>
+      <c r="E548" s="77"/>
+      <c r="F548" s="77"/>
+      <c r="G548" s="77"/>
+      <c r="H548" s="78"/>
+      <c r="I548" s="78"/>
+      <c r="J548" s="78"/>
+      <c r="K548" s="79"/>
+      <c r="L548" s="80"/>
+      <c r="M548" s="89"/>
+      <c r="N548" s="81"/>
+      <c r="O548" s="82"/>
+      <c r="P548" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B548:G548)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="549" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A549" s="109"/>
+      <c r="B549" s="76"/>
+      <c r="C549" s="76"/>
+      <c r="D549" s="76"/>
+      <c r="E549" s="77"/>
+      <c r="F549" s="77"/>
+      <c r="G549" s="77"/>
+      <c r="H549" s="78"/>
+      <c r="I549" s="78"/>
+      <c r="J549" s="78"/>
+      <c r="K549" s="79"/>
+      <c r="L549" s="80"/>
+      <c r="M549" s="89"/>
+      <c r="N549" s="81"/>
+      <c r="O549" s="82"/>
+      <c r="P549" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B549:G549)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="550" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A550" s="109"/>
+      <c r="B550" s="76"/>
+      <c r="C550" s="76"/>
+      <c r="D550" s="76"/>
+      <c r="E550" s="77"/>
+      <c r="F550" s="77"/>
+      <c r="G550" s="77"/>
+      <c r="H550" s="78"/>
+      <c r="I550" s="78"/>
+      <c r="J550" s="78"/>
+      <c r="K550" s="79"/>
+      <c r="L550" s="80"/>
+      <c r="M550" s="89"/>
+      <c r="N550" s="81"/>
+      <c r="O550" s="82"/>
+      <c r="P550" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B550:G550)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A551" s="109"/>
+      <c r="B551" s="76"/>
+      <c r="C551" s="76"/>
+      <c r="D551" s="76"/>
+      <c r="E551" s="77"/>
+      <c r="F551" s="77"/>
+      <c r="G551" s="77"/>
+      <c r="H551" s="78"/>
+      <c r="I551" s="78"/>
+      <c r="J551" s="78"/>
+      <c r="K551" s="79"/>
+      <c r="L551" s="80"/>
+      <c r="M551" s="89"/>
+      <c r="N551" s="81"/>
+      <c r="O551" s="82"/>
+      <c r="P551" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B551:G551)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="552" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A552" s="109"/>
+      <c r="B552" s="76"/>
+      <c r="C552" s="76"/>
+      <c r="D552" s="76"/>
+      <c r="E552" s="77"/>
+      <c r="F552" s="77"/>
+      <c r="G552" s="77"/>
+      <c r="H552" s="78"/>
+      <c r="I552" s="78"/>
+      <c r="J552" s="78"/>
+      <c r="K552" s="79"/>
+      <c r="L552" s="80"/>
+      <c r="M552" s="89"/>
+      <c r="N552" s="81"/>
+      <c r="O552" s="82"/>
+      <c r="P552" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B552:G552)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="553" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A553" s="109"/>
+      <c r="B553" s="76"/>
+      <c r="C553" s="76"/>
+      <c r="D553" s="76"/>
+      <c r="E553" s="77"/>
+      <c r="F553" s="77"/>
+      <c r="G553" s="77"/>
+      <c r="H553" s="78"/>
+      <c r="I553" s="78"/>
+      <c r="J553" s="78"/>
+      <c r="K553" s="79"/>
+      <c r="L553" s="80"/>
+      <c r="M553" s="89"/>
+      <c r="N553" s="81"/>
+      <c r="O553" s="82"/>
+      <c r="P553" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B553:G553)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A554" s="109"/>
+      <c r="B554" s="76"/>
+      <c r="C554" s="76"/>
+      <c r="D554" s="76"/>
+      <c r="E554" s="77"/>
+      <c r="F554" s="77"/>
+      <c r="G554" s="77"/>
+      <c r="H554" s="78"/>
+      <c r="I554" s="78"/>
+      <c r="J554" s="78"/>
+      <c r="K554" s="79"/>
+      <c r="L554" s="80"/>
+      <c r="M554" s="89"/>
+      <c r="N554" s="81"/>
+      <c r="O554" s="82"/>
+      <c r="P554" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B554:G554)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="555" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A555" s="109"/>
+      <c r="B555" s="76"/>
+      <c r="C555" s="76"/>
+      <c r="D555" s="76"/>
+      <c r="E555" s="77"/>
+      <c r="F555" s="77"/>
+      <c r="G555" s="77"/>
+      <c r="H555" s="78"/>
+      <c r="I555" s="78"/>
+      <c r="J555" s="78"/>
+      <c r="K555" s="79"/>
+      <c r="L555" s="80"/>
+      <c r="M555" s="89"/>
+      <c r="N555" s="81"/>
+      <c r="O555" s="82"/>
+      <c r="P555" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B555:G555)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="556" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A556" s="109"/>
+      <c r="B556" s="76"/>
+      <c r="C556" s="76"/>
+      <c r="D556" s="76"/>
+      <c r="E556" s="77"/>
+      <c r="F556" s="77"/>
+      <c r="G556" s="77"/>
+      <c r="H556" s="78"/>
+      <c r="I556" s="78"/>
+      <c r="J556" s="78"/>
+      <c r="K556" s="79"/>
+      <c r="L556" s="80"/>
+      <c r="M556" s="89"/>
+      <c r="N556" s="81"/>
+      <c r="O556" s="82"/>
+      <c r="P556" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B556:G556)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A557" s="109"/>
+      <c r="B557" s="76"/>
+      <c r="C557" s="76"/>
+      <c r="D557" s="76"/>
+      <c r="E557" s="77"/>
+      <c r="F557" s="77"/>
+      <c r="G557" s="77"/>
+      <c r="H557" s="78"/>
+      <c r="I557" s="78"/>
+      <c r="J557" s="78"/>
+      <c r="K557" s="79"/>
+      <c r="L557" s="80"/>
+      <c r="M557" s="89"/>
+      <c r="N557" s="81"/>
+      <c r="O557" s="82"/>
+      <c r="P557" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B557:G557)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="558" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A558" s="109"/>
+      <c r="B558" s="76"/>
+      <c r="C558" s="76"/>
+      <c r="D558" s="76"/>
+      <c r="E558" s="77"/>
+      <c r="F558" s="77"/>
+      <c r="G558" s="77"/>
+      <c r="H558" s="78"/>
+      <c r="I558" s="78"/>
+      <c r="J558" s="78"/>
+      <c r="K558" s="79"/>
+      <c r="L558" s="80"/>
+      <c r="M558" s="89"/>
+      <c r="N558" s="81"/>
+      <c r="O558" s="82"/>
+      <c r="P558" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B558:G558)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="559" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A559" s="109"/>
+      <c r="B559" s="76"/>
+      <c r="C559" s="76"/>
+      <c r="D559" s="76"/>
+      <c r="E559" s="77"/>
+      <c r="F559" s="77"/>
+      <c r="G559" s="77"/>
+      <c r="H559" s="78"/>
+      <c r="I559" s="78"/>
+      <c r="J559" s="78"/>
+      <c r="K559" s="79"/>
+      <c r="L559" s="80"/>
+      <c r="M559" s="89"/>
+      <c r="N559" s="81"/>
+      <c r="O559" s="82"/>
+      <c r="P559" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B559:G559)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="560" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A560" s="109"/>
+      <c r="B560" s="76"/>
+      <c r="C560" s="76"/>
+      <c r="D560" s="76"/>
+      <c r="E560" s="77"/>
+      <c r="F560" s="77"/>
+      <c r="G560" s="77"/>
+      <c r="H560" s="78"/>
+      <c r="I560" s="78"/>
+      <c r="J560" s="78"/>
+      <c r="K560" s="79"/>
+      <c r="L560" s="80"/>
+      <c r="M560" s="89"/>
+      <c r="N560" s="81"/>
+      <c r="O560" s="82"/>
+      <c r="P560" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B560:G560)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A561" s="109"/>
+      <c r="B561" s="76"/>
+      <c r="C561" s="76"/>
+      <c r="D561" s="76"/>
+      <c r="E561" s="77"/>
+      <c r="F561" s="77"/>
+      <c r="G561" s="77"/>
+      <c r="H561" s="78"/>
+      <c r="I561" s="78"/>
+      <c r="J561" s="78"/>
+      <c r="K561" s="79"/>
+      <c r="L561" s="80"/>
+      <c r="M561" s="89"/>
+      <c r="N561" s="81"/>
+      <c r="O561" s="82"/>
+      <c r="P561" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B561:G561)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="562" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A562" s="109"/>
+      <c r="B562" s="76"/>
+      <c r="C562" s="76"/>
+      <c r="D562" s="76"/>
+      <c r="E562" s="77"/>
+      <c r="F562" s="77"/>
+      <c r="G562" s="77"/>
+      <c r="H562" s="78"/>
+      <c r="I562" s="78"/>
+      <c r="J562" s="78"/>
+      <c r="K562" s="79"/>
+      <c r="L562" s="80"/>
+      <c r="M562" s="89"/>
+      <c r="N562" s="81"/>
+      <c r="O562" s="82"/>
+      <c r="P562" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B562:G562)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A563" s="109"/>
+      <c r="B563" s="76"/>
+      <c r="C563" s="76"/>
+      <c r="D563" s="76"/>
+      <c r="E563" s="77"/>
+      <c r="F563" s="77"/>
+      <c r="G563" s="77"/>
+      <c r="H563" s="78"/>
+      <c r="I563" s="78"/>
+      <c r="J563" s="78"/>
+      <c r="K563" s="79"/>
+      <c r="L563" s="80"/>
+      <c r="M563" s="89"/>
+      <c r="N563" s="81"/>
+      <c r="O563" s="82"/>
+      <c r="P563" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B563:G563)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A564" s="109"/>
+      <c r="B564" s="76"/>
+      <c r="C564" s="76"/>
+      <c r="D564" s="76"/>
+      <c r="E564" s="77"/>
+      <c r="F564" s="77"/>
+      <c r="G564" s="77"/>
+      <c r="H564" s="78"/>
+      <c r="I564" s="78"/>
+      <c r="J564" s="78"/>
+      <c r="K564" s="79"/>
+      <c r="L564" s="80"/>
+      <c r="M564" s="89"/>
+      <c r="N564" s="81"/>
+      <c r="O564" s="82"/>
+      <c r="P564" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B564:G564)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="565" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A565" s="109"/>
+      <c r="B565" s="76"/>
+      <c r="C565" s="76"/>
+      <c r="D565" s="76"/>
+      <c r="E565" s="77"/>
+      <c r="F565" s="77"/>
+      <c r="G565" s="77"/>
+      <c r="H565" s="78"/>
+      <c r="I565" s="78"/>
+      <c r="J565" s="78"/>
+      <c r="K565" s="79"/>
+      <c r="L565" s="80"/>
+      <c r="M565" s="89"/>
+      <c r="N565" s="81"/>
+      <c r="O565" s="82"/>
+      <c r="P565" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B565:G565)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="566" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A566" s="109"/>
+      <c r="B566" s="76"/>
+      <c r="C566" s="76"/>
+      <c r="D566" s="76"/>
+      <c r="E566" s="77"/>
+      <c r="F566" s="77"/>
+      <c r="G566" s="77"/>
+      <c r="H566" s="78"/>
+      <c r="I566" s="78"/>
+      <c r="J566" s="78"/>
+      <c r="K566" s="79"/>
+      <c r="L566" s="80"/>
+      <c r="M566" s="89"/>
+      <c r="N566" s="81"/>
+      <c r="O566" s="82"/>
+      <c r="P566" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B566:G566)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="567" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A567" s="109"/>
+      <c r="B567" s="76"/>
+      <c r="C567" s="76"/>
+      <c r="D567" s="76"/>
+      <c r="E567" s="77"/>
+      <c r="F567" s="77"/>
+      <c r="G567" s="77"/>
+      <c r="H567" s="78"/>
+      <c r="I567" s="78"/>
+      <c r="J567" s="78"/>
+      <c r="K567" s="79"/>
+      <c r="L567" s="80"/>
+      <c r="M567" s="89"/>
+      <c r="N567" s="81"/>
+      <c r="O567" s="82"/>
+      <c r="P567" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B567:G567)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="568" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A568" s="109"/>
+      <c r="B568" s="76"/>
+      <c r="C568" s="76"/>
+      <c r="D568" s="76"/>
+      <c r="E568" s="77"/>
+      <c r="F568" s="77"/>
+      <c r="G568" s="77"/>
+      <c r="H568" s="78"/>
+      <c r="I568" s="78"/>
+      <c r="J568" s="78"/>
+      <c r="K568" s="79"/>
+      <c r="L568" s="80"/>
+      <c r="M568" s="89"/>
+      <c r="N568" s="81"/>
+      <c r="O568" s="82"/>
+      <c r="P568" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B568:G568)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="569" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A569" s="109"/>
+      <c r="B569" s="76"/>
+      <c r="C569" s="76"/>
+      <c r="D569" s="76"/>
+      <c r="E569" s="77"/>
+      <c r="F569" s="77"/>
+      <c r="G569" s="77"/>
+      <c r="H569" s="78"/>
+      <c r="I569" s="78"/>
+      <c r="J569" s="78"/>
+      <c r="K569" s="79"/>
+      <c r="L569" s="80"/>
+      <c r="M569" s="89"/>
+      <c r="N569" s="81"/>
+      <c r="O569" s="82"/>
+      <c r="P569" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B569:G569)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A570" s="109"/>
+      <c r="B570" s="76"/>
+      <c r="C570" s="76"/>
+      <c r="D570" s="76"/>
+      <c r="E570" s="77"/>
+      <c r="F570" s="77"/>
+      <c r="G570" s="77"/>
+      <c r="H570" s="78"/>
+      <c r="I570" s="78"/>
+      <c r="J570" s="78"/>
+      <c r="K570" s="79"/>
+      <c r="L570" s="80"/>
+      <c r="M570" s="89"/>
+      <c r="N570" s="81"/>
+      <c r="O570" s="82"/>
+      <c r="P570" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B570:G570)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="571" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A571" s="109"/>
+      <c r="B571" s="76"/>
+      <c r="C571" s="76"/>
+      <c r="D571" s="76"/>
+      <c r="E571" s="77"/>
+      <c r="F571" s="77"/>
+      <c r="G571" s="77"/>
+      <c r="H571" s="78"/>
+      <c r="I571" s="78"/>
+      <c r="J571" s="78"/>
+      <c r="K571" s="79"/>
+      <c r="L571" s="80"/>
+      <c r="M571" s="89"/>
+      <c r="N571" s="81"/>
+      <c r="O571" s="82"/>
+      <c r="P571" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B571:G571)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="572" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A572" s="109"/>
+      <c r="B572" s="76"/>
+      <c r="C572" s="76"/>
+      <c r="D572" s="76"/>
+      <c r="E572" s="77"/>
+      <c r="F572" s="77"/>
+      <c r="G572" s="77"/>
+      <c r="H572" s="78"/>
+      <c r="I572" s="78"/>
+      <c r="J572" s="78"/>
+      <c r="K572" s="79"/>
+      <c r="L572" s="80"/>
+      <c r="M572" s="89"/>
+      <c r="N572" s="81"/>
+      <c r="O572" s="82"/>
+      <c r="P572" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B572:G572)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A573" s="109"/>
+      <c r="B573" s="76"/>
+      <c r="C573" s="76"/>
+      <c r="D573" s="76"/>
+      <c r="E573" s="77"/>
+      <c r="F573" s="77"/>
+      <c r="G573" s="77"/>
+      <c r="H573" s="78"/>
+      <c r="I573" s="78"/>
+      <c r="J573" s="78"/>
+      <c r="K573" s="79"/>
+      <c r="L573" s="80"/>
+      <c r="M573" s="89"/>
+      <c r="N573" s="81"/>
+      <c r="O573" s="82"/>
+      <c r="P573" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B573:G573)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A574" s="109"/>
+      <c r="B574" s="76"/>
+      <c r="C574" s="76"/>
+      <c r="D574" s="76"/>
+      <c r="E574" s="77"/>
+      <c r="F574" s="77"/>
+      <c r="G574" s="77"/>
+      <c r="H574" s="78"/>
+      <c r="I574" s="78"/>
+      <c r="J574" s="78"/>
+      <c r="K574" s="79"/>
+      <c r="L574" s="80"/>
+      <c r="M574" s="89"/>
+      <c r="N574" s="81"/>
+      <c r="O574" s="82"/>
+      <c r="P574" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B574:G574)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="575" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A575" s="109"/>
+      <c r="B575" s="76"/>
+      <c r="C575" s="76"/>
+      <c r="D575" s="76"/>
+      <c r="E575" s="77"/>
+      <c r="F575" s="77"/>
+      <c r="G575" s="77"/>
+      <c r="H575" s="78"/>
+      <c r="I575" s="78"/>
+      <c r="J575" s="78"/>
+      <c r="K575" s="79"/>
+      <c r="L575" s="80"/>
+      <c r="M575" s="89"/>
+      <c r="N575" s="81"/>
+      <c r="O575" s="82"/>
+      <c r="P575" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B575:G575)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A576" s="109"/>
+      <c r="B576" s="76"/>
+      <c r="C576" s="76"/>
+      <c r="D576" s="76"/>
+      <c r="E576" s="77"/>
+      <c r="F576" s="77"/>
+      <c r="G576" s="77"/>
+      <c r="H576" s="78"/>
+      <c r="I576" s="78"/>
+      <c r="J576" s="78"/>
+      <c r="K576" s="79"/>
+      <c r="L576" s="80"/>
+      <c r="M576" s="89"/>
+      <c r="N576" s="81"/>
+      <c r="O576" s="82"/>
+      <c r="P576" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B576:G576)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A577" s="109"/>
+      <c r="B577" s="76"/>
+      <c r="C577" s="76"/>
+      <c r="D577" s="76"/>
+      <c r="E577" s="77"/>
+      <c r="F577" s="77"/>
+      <c r="G577" s="77"/>
+      <c r="H577" s="78"/>
+      <c r="I577" s="78"/>
+      <c r="J577" s="78"/>
+      <c r="K577" s="79"/>
+      <c r="L577" s="80"/>
+      <c r="M577" s="89"/>
+      <c r="N577" s="81"/>
+      <c r="O577" s="82"/>
+      <c r="P577" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B577:G577)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A578" s="109"/>
+      <c r="B578" s="76"/>
+      <c r="C578" s="76"/>
+      <c r="D578" s="76"/>
+      <c r="E578" s="77"/>
+      <c r="F578" s="77"/>
+      <c r="G578" s="77"/>
+      <c r="H578" s="78"/>
+      <c r="I578" s="78"/>
+      <c r="J578" s="78"/>
+      <c r="K578" s="79"/>
+      <c r="L578" s="80"/>
+      <c r="M578" s="89"/>
+      <c r="N578" s="81"/>
+      <c r="O578" s="82"/>
+      <c r="P578" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B578:G578)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="579" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A579" s="109"/>
+      <c r="B579" s="76"/>
+      <c r="C579" s="76"/>
+      <c r="D579" s="76"/>
+      <c r="E579" s="77"/>
+      <c r="F579" s="77"/>
+      <c r="G579" s="77"/>
+      <c r="H579" s="78"/>
+      <c r="I579" s="78"/>
+      <c r="J579" s="78"/>
+      <c r="K579" s="79"/>
+      <c r="L579" s="80"/>
+      <c r="M579" s="89"/>
+      <c r="N579" s="81"/>
+      <c r="O579" s="82"/>
+      <c r="P579" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B579:G579)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A580" s="109"/>
+      <c r="B580" s="76"/>
+      <c r="C580" s="76"/>
+      <c r="D580" s="76"/>
+      <c r="E580" s="77"/>
+      <c r="F580" s="77"/>
+      <c r="G580" s="77"/>
+      <c r="H580" s="78"/>
+      <c r="I580" s="78"/>
+      <c r="J580" s="78"/>
+      <c r="K580" s="79"/>
+      <c r="L580" s="80"/>
+      <c r="M580" s="89"/>
+      <c r="N580" s="81"/>
+      <c r="O580" s="82"/>
+      <c r="P580" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B580:G580)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A581" s="109"/>
+      <c r="B581" s="76"/>
+      <c r="C581" s="76"/>
+      <c r="D581" s="76"/>
+      <c r="E581" s="77"/>
+      <c r="F581" s="77"/>
+      <c r="G581" s="77"/>
+      <c r="H581" s="78"/>
+      <c r="I581" s="78"/>
+      <c r="J581" s="78"/>
+      <c r="K581" s="79"/>
+      <c r="L581" s="80"/>
+      <c r="M581" s="89"/>
+      <c r="N581" s="81"/>
+      <c r="O581" s="82"/>
+      <c r="P581" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B581:G581)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A582" s="109"/>
+      <c r="B582" s="76"/>
+      <c r="C582" s="76"/>
+      <c r="D582" s="76"/>
+      <c r="E582" s="77"/>
+      <c r="F582" s="77"/>
+      <c r="G582" s="77"/>
+      <c r="H582" s="78"/>
+      <c r="I582" s="78"/>
+      <c r="J582" s="78"/>
+      <c r="K582" s="79"/>
+      <c r="L582" s="80"/>
+      <c r="M582" s="89"/>
+      <c r="N582" s="81"/>
+      <c r="O582" s="82"/>
+      <c r="P582" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B582:G582)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="583" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A583" s="109"/>
+      <c r="B583" s="76"/>
+      <c r="C583" s="76"/>
+      <c r="D583" s="76"/>
+      <c r="E583" s="77"/>
+      <c r="F583" s="77"/>
+      <c r="G583" s="77"/>
+      <c r="H583" s="78"/>
+      <c r="I583" s="78"/>
+      <c r="J583" s="78"/>
+      <c r="K583" s="79"/>
+      <c r="L583" s="80"/>
+      <c r="M583" s="89"/>
+      <c r="N583" s="81"/>
+      <c r="O583" s="82"/>
+      <c r="P583" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B583:G583)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A584" s="109"/>
+      <c r="B584" s="76"/>
+      <c r="C584" s="76"/>
+      <c r="D584" s="76"/>
+      <c r="E584" s="77"/>
+      <c r="F584" s="77"/>
+      <c r="G584" s="77"/>
+      <c r="H584" s="78"/>
+      <c r="I584" s="78"/>
+      <c r="J584" s="78"/>
+      <c r="K584" s="79"/>
+      <c r="L584" s="80"/>
+      <c r="M584" s="89"/>
+      <c r="N584" s="81"/>
+      <c r="O584" s="82"/>
+      <c r="P584" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B584:G584)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A585" s="109"/>
+      <c r="B585" s="76"/>
+      <c r="C585" s="76"/>
+      <c r="D585" s="76"/>
+      <c r="E585" s="77"/>
+      <c r="F585" s="77"/>
+      <c r="G585" s="77"/>
+      <c r="H585" s="78"/>
+      <c r="I585" s="78"/>
+      <c r="J585" s="78"/>
+      <c r="K585" s="79"/>
+      <c r="L585" s="80"/>
+      <c r="M585" s="89"/>
+      <c r="N585" s="81"/>
+      <c r="O585" s="82"/>
+      <c r="P585" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B585:G585)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="586" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A586" s="109"/>
+      <c r="B586" s="76"/>
+      <c r="C586" s="76"/>
+      <c r="D586" s="76"/>
+      <c r="E586" s="77"/>
+      <c r="F586" s="77"/>
+      <c r="G586" s="77"/>
+      <c r="H586" s="78"/>
+      <c r="I586" s="78"/>
+      <c r="J586" s="78"/>
+      <c r="K586" s="79"/>
+      <c r="L586" s="80"/>
+      <c r="M586" s="89"/>
+      <c r="N586" s="81"/>
+      <c r="O586" s="82"/>
+      <c r="P586" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B586:G586)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A587" s="109"/>
+      <c r="B587" s="76"/>
+      <c r="C587" s="76"/>
+      <c r="D587" s="76"/>
+      <c r="E587" s="77"/>
+      <c r="F587" s="77"/>
+      <c r="G587" s="77"/>
+      <c r="H587" s="78"/>
+      <c r="I587" s="78"/>
+      <c r="J587" s="78"/>
+      <c r="K587" s="79"/>
+      <c r="L587" s="80"/>
+      <c r="M587" s="89"/>
+      <c r="N587" s="81"/>
+      <c r="O587" s="82"/>
+      <c r="P587" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B587:G587)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A588" s="109"/>
+      <c r="B588" s="76"/>
+      <c r="C588" s="76"/>
+      <c r="D588" s="76"/>
+      <c r="E588" s="77"/>
+      <c r="F588" s="77"/>
+      <c r="G588" s="77"/>
+      <c r="H588" s="78"/>
+      <c r="I588" s="78"/>
+      <c r="J588" s="78"/>
+      <c r="K588" s="79"/>
+      <c r="L588" s="80"/>
+      <c r="M588" s="89"/>
+      <c r="N588" s="81"/>
+      <c r="O588" s="82"/>
+      <c r="P588" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B588:G588)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="589" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A589" s="109"/>
+      <c r="B589" s="76"/>
+      <c r="C589" s="76"/>
+      <c r="D589" s="76"/>
+      <c r="E589" s="77"/>
+      <c r="F589" s="77"/>
+      <c r="G589" s="77"/>
+      <c r="H589" s="78"/>
+      <c r="I589" s="78"/>
+      <c r="J589" s="78"/>
+      <c r="K589" s="79"/>
+      <c r="L589" s="80"/>
+      <c r="M589" s="89"/>
+      <c r="N589" s="81"/>
+      <c r="O589" s="82"/>
+      <c r="P589" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B589:G589)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="590" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A590" s="109"/>
+      <c r="B590" s="76"/>
+      <c r="C590" s="76"/>
+      <c r="D590" s="76"/>
+      <c r="E590" s="77"/>
+      <c r="F590" s="77"/>
+      <c r="G590" s="77"/>
+      <c r="H590" s="78"/>
+      <c r="I590" s="78"/>
+      <c r="J590" s="78"/>
+      <c r="K590" s="79"/>
+      <c r="L590" s="80"/>
+      <c r="M590" s="89"/>
+      <c r="N590" s="81"/>
+      <c r="O590" s="82"/>
+      <c r="P590" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B590:G590)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A591" s="109"/>
+      <c r="B591" s="76"/>
+      <c r="C591" s="76"/>
+      <c r="D591" s="76"/>
+      <c r="E591" s="77"/>
+      <c r="F591" s="77"/>
+      <c r="G591" s="77"/>
+      <c r="H591" s="78"/>
+      <c r="I591" s="78"/>
+      <c r="J591" s="78"/>
+      <c r="K591" s="79"/>
+      <c r="L591" s="80"/>
+      <c r="M591" s="89"/>
+      <c r="N591" s="81"/>
+      <c r="O591" s="82"/>
+      <c r="P591" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B591:G591)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="592" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A592" s="109"/>
+      <c r="B592" s="76"/>
+      <c r="C592" s="76"/>
+      <c r="D592" s="76"/>
+      <c r="E592" s="77"/>
+      <c r="F592" s="77"/>
+      <c r="G592" s="77"/>
+      <c r="H592" s="78"/>
+      <c r="I592" s="78"/>
+      <c r="J592" s="78"/>
+      <c r="K592" s="79"/>
+      <c r="L592" s="80"/>
+      <c r="M592" s="89"/>
+      <c r="N592" s="81"/>
+      <c r="O592" s="82"/>
+      <c r="P592" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B592:G592)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A593" s="109"/>
+      <c r="B593" s="76"/>
+      <c r="C593" s="76"/>
+      <c r="D593" s="76"/>
+      <c r="E593" s="77"/>
+      <c r="F593" s="77"/>
+      <c r="G593" s="77"/>
+      <c r="H593" s="78"/>
+      <c r="I593" s="78"/>
+      <c r="J593" s="78"/>
+      <c r="K593" s="79"/>
+      <c r="L593" s="80"/>
+      <c r="M593" s="89"/>
+      <c r="N593" s="81"/>
+      <c r="O593" s="82"/>
+      <c r="P593" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B593:G593)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A594" s="109"/>
+      <c r="B594" s="76"/>
+      <c r="C594" s="76"/>
+      <c r="D594" s="76"/>
+      <c r="E594" s="77"/>
+      <c r="F594" s="77"/>
+      <c r="G594" s="77"/>
+      <c r="H594" s="78"/>
+      <c r="I594" s="78"/>
+      <c r="J594" s="78"/>
+      <c r="K594" s="79"/>
+      <c r="L594" s="80"/>
+      <c r="M594" s="89"/>
+      <c r="N594" s="81"/>
+      <c r="O594" s="82"/>
+      <c r="P594" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B594:G594)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="595" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A595" s="109"/>
+      <c r="B595" s="76"/>
+      <c r="C595" s="76"/>
+      <c r="D595" s="76"/>
+      <c r="E595" s="77"/>
+      <c r="F595" s="77"/>
+      <c r="G595" s="77"/>
+      <c r="H595" s="78"/>
+      <c r="I595" s="78"/>
+      <c r="J595" s="78"/>
+      <c r="K595" s="79"/>
+      <c r="L595" s="80"/>
+      <c r="M595" s="89"/>
+      <c r="N595" s="81"/>
+      <c r="O595" s="82"/>
+      <c r="P595" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B595:G595)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A596" s="109"/>
+      <c r="B596" s="76"/>
+      <c r="C596" s="76"/>
+      <c r="D596" s="76"/>
+      <c r="E596" s="77"/>
+      <c r="F596" s="77"/>
+      <c r="G596" s="77"/>
+      <c r="H596" s="78"/>
+      <c r="I596" s="78"/>
+      <c r="J596" s="78"/>
+      <c r="K596" s="79"/>
+      <c r="L596" s="80"/>
+      <c r="M596" s="89"/>
+      <c r="N596" s="81"/>
+      <c r="O596" s="82"/>
+      <c r="P596" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B596:G596)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A597" s="109"/>
+      <c r="B597" s="76"/>
+      <c r="C597" s="76"/>
+      <c r="D597" s="76"/>
+      <c r="E597" s="77"/>
+      <c r="F597" s="77"/>
+      <c r="G597" s="77"/>
+      <c r="H597" s="78"/>
+      <c r="I597" s="78"/>
+      <c r="J597" s="78"/>
+      <c r="K597" s="79"/>
+      <c r="L597" s="80"/>
+      <c r="M597" s="89"/>
+      <c r="N597" s="81"/>
+      <c r="O597" s="82"/>
+      <c r="P597" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B597:G597)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="598" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A598" s="109"/>
+      <c r="B598" s="76"/>
+      <c r="C598" s="76"/>
+      <c r="D598" s="76"/>
+      <c r="E598" s="77"/>
+      <c r="F598" s="77"/>
+      <c r="G598" s="77"/>
+      <c r="H598" s="78"/>
+      <c r="I598" s="78"/>
+      <c r="J598" s="78"/>
+      <c r="K598" s="79"/>
+      <c r="L598" s="80"/>
+      <c r="M598" s="89"/>
+      <c r="N598" s="81"/>
+      <c r="O598" s="82"/>
+      <c r="P598" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B598:G598)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A599" s="109"/>
+      <c r="B599" s="76"/>
+      <c r="C599" s="76"/>
+      <c r="D599" s="76"/>
+      <c r="E599" s="77"/>
+      <c r="F599" s="77"/>
+      <c r="G599" s="77"/>
+      <c r="H599" s="78"/>
+      <c r="I599" s="78"/>
+      <c r="J599" s="78"/>
+      <c r="K599" s="79"/>
+      <c r="L599" s="80"/>
+      <c r="M599" s="89"/>
+      <c r="N599" s="81"/>
+      <c r="O599" s="82"/>
+      <c r="P599" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B599:G599)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A600" s="109"/>
+      <c r="B600" s="76"/>
+      <c r="C600" s="76"/>
+      <c r="D600" s="76"/>
+      <c r="E600" s="77"/>
+      <c r="F600" s="77"/>
+      <c r="G600" s="77"/>
+      <c r="H600" s="78"/>
+      <c r="I600" s="78"/>
+      <c r="J600" s="78"/>
+      <c r="K600" s="79"/>
+      <c r="L600" s="80"/>
+      <c r="M600" s="89"/>
+      <c r="N600" s="81"/>
+      <c r="O600" s="82"/>
+      <c r="P600" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B600:G600)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="601" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A601" s="109"/>
+      <c r="B601" s="76"/>
+      <c r="C601" s="76"/>
+      <c r="D601" s="76"/>
+      <c r="E601" s="77"/>
+      <c r="F601" s="77"/>
+      <c r="G601" s="77"/>
+      <c r="H601" s="78"/>
+      <c r="I601" s="78"/>
+      <c r="J601" s="78"/>
+      <c r="K601" s="79"/>
+      <c r="L601" s="80"/>
+      <c r="M601" s="89"/>
+      <c r="N601" s="81"/>
+      <c r="O601" s="82"/>
+      <c r="P601" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B601:G601)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A602" s="109"/>
+      <c r="B602" s="76"/>
+      <c r="C602" s="76"/>
+      <c r="D602" s="76"/>
+      <c r="E602" s="77"/>
+      <c r="F602" s="77"/>
+      <c r="G602" s="77"/>
+      <c r="H602" s="78"/>
+      <c r="I602" s="78"/>
+      <c r="J602" s="78"/>
+      <c r="K602" s="79"/>
+      <c r="L602" s="80"/>
+      <c r="M602" s="89"/>
+      <c r="N602" s="81"/>
+      <c r="O602" s="82"/>
+      <c r="P602" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B602:G602)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A603" s="109"/>
+      <c r="B603" s="76"/>
+      <c r="C603" s="76"/>
+      <c r="D603" s="76"/>
+      <c r="E603" s="77"/>
+      <c r="F603" s="77"/>
+      <c r="G603" s="77"/>
+      <c r="H603" s="78"/>
+      <c r="I603" s="78"/>
+      <c r="J603" s="78"/>
+      <c r="K603" s="79"/>
+      <c r="L603" s="80"/>
+      <c r="M603" s="89"/>
+      <c r="N603" s="81"/>
+      <c r="O603" s="82"/>
+      <c r="P603" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B603:G603)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="604" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A604" s="109"/>
+      <c r="B604" s="76"/>
+      <c r="C604" s="76"/>
+      <c r="D604" s="76"/>
+      <c r="E604" s="77"/>
+      <c r="F604" s="77"/>
+      <c r="G604" s="77"/>
+      <c r="H604" s="78"/>
+      <c r="I604" s="78"/>
+      <c r="J604" s="78"/>
+      <c r="K604" s="79"/>
+      <c r="L604" s="80"/>
+      <c r="M604" s="89"/>
+      <c r="N604" s="81"/>
+      <c r="O604" s="82"/>
+      <c r="P604" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B604:G604)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="605" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A605" s="109"/>
+      <c r="B605" s="76"/>
+      <c r="C605" s="76"/>
+      <c r="D605" s="76"/>
+      <c r="E605" s="77"/>
+      <c r="F605" s="77"/>
+      <c r="G605" s="77"/>
+      <c r="H605" s="78"/>
+      <c r="I605" s="78"/>
+      <c r="J605" s="78"/>
+      <c r="K605" s="79"/>
+      <c r="L605" s="80"/>
+      <c r="M605" s="89"/>
+      <c r="N605" s="81"/>
+      <c r="O605" s="82"/>
+      <c r="P605" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B605:G605)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="606" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A606" s="109"/>
+      <c r="B606" s="76"/>
+      <c r="C606" s="76"/>
+      <c r="D606" s="76"/>
+      <c r="E606" s="77"/>
+      <c r="F606" s="77"/>
+      <c r="G606" s="77"/>
+      <c r="H606" s="78"/>
+      <c r="I606" s="78"/>
+      <c r="J606" s="78"/>
+      <c r="K606" s="79"/>
+      <c r="L606" s="80"/>
+      <c r="M606" s="89"/>
+      <c r="N606" s="81"/>
+      <c r="O606" s="82"/>
+      <c r="P606" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B606:G606)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="607" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A607" s="109"/>
+      <c r="B607" s="76"/>
+      <c r="C607" s="76"/>
+      <c r="D607" s="76"/>
+      <c r="E607" s="77"/>
+      <c r="F607" s="77"/>
+      <c r="G607" s="77"/>
+      <c r="H607" s="78"/>
+      <c r="I607" s="78"/>
+      <c r="J607" s="78"/>
+      <c r="K607" s="79"/>
+      <c r="L607" s="80"/>
+      <c r="M607" s="89"/>
+      <c r="N607" s="81"/>
+      <c r="O607" s="82"/>
+      <c r="P607" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B607:G607)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="608" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A608" s="109"/>
+      <c r="B608" s="76"/>
+      <c r="C608" s="76"/>
+      <c r="D608" s="76"/>
+      <c r="E608" s="77"/>
+      <c r="F608" s="77"/>
+      <c r="G608" s="77"/>
+      <c r="H608" s="78"/>
+      <c r="I608" s="78"/>
+      <c r="J608" s="78"/>
+      <c r="K608" s="79"/>
+      <c r="L608" s="80"/>
+      <c r="M608" s="89"/>
+      <c r="N608" s="81"/>
+      <c r="O608" s="82"/>
+      <c r="P608" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B608:G608)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="609" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A609" s="109"/>
+      <c r="B609" s="76"/>
+      <c r="C609" s="76"/>
+      <c r="D609" s="76"/>
+      <c r="E609" s="77"/>
+      <c r="F609" s="77"/>
+      <c r="G609" s="77"/>
+      <c r="H609" s="78"/>
+      <c r="I609" s="78"/>
+      <c r="J609" s="78"/>
+      <c r="K609" s="79"/>
+      <c r="L609" s="80"/>
+      <c r="M609" s="89"/>
+      <c r="N609" s="81"/>
+      <c r="O609" s="82"/>
+      <c r="P609" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B609:G609)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="610" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A610" s="109"/>
+      <c r="B610" s="76"/>
+      <c r="C610" s="76"/>
+      <c r="D610" s="76"/>
+      <c r="E610" s="77"/>
+      <c r="F610" s="77"/>
+      <c r="G610" s="77"/>
+      <c r="H610" s="78"/>
+      <c r="I610" s="78"/>
+      <c r="J610" s="78"/>
+      <c r="K610" s="79"/>
+      <c r="L610" s="80"/>
+      <c r="M610" s="89"/>
+      <c r="N610" s="81"/>
+      <c r="O610" s="82"/>
+      <c r="P610" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B610:G610)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="611" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A611" s="109"/>
+      <c r="B611" s="76"/>
+      <c r="C611" s="76"/>
+      <c r="D611" s="76"/>
+      <c r="E611" s="77"/>
+      <c r="F611" s="77"/>
+      <c r="G611" s="77"/>
+      <c r="H611" s="78"/>
+      <c r="I611" s="78"/>
+      <c r="J611" s="78"/>
+      <c r="K611" s="79"/>
+      <c r="L611" s="80"/>
+      <c r="M611" s="89"/>
+      <c r="N611" s="81"/>
+      <c r="O611" s="82"/>
+      <c r="P611" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B611:G611)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="612" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A612" s="109"/>
+      <c r="B612" s="76"/>
+      <c r="C612" s="76"/>
+      <c r="D612" s="76"/>
+      <c r="E612" s="77"/>
+      <c r="F612" s="77"/>
+      <c r="G612" s="77"/>
+      <c r="H612" s="78"/>
+      <c r="I612" s="78"/>
+      <c r="J612" s="78"/>
+      <c r="K612" s="79"/>
+      <c r="L612" s="80"/>
+      <c r="M612" s="89"/>
+      <c r="N612" s="81"/>
+      <c r="O612" s="82"/>
+      <c r="P612" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B612:G612)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="613" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A613" s="109"/>
+      <c r="B613" s="76"/>
+      <c r="C613" s="76"/>
+      <c r="D613" s="76"/>
+      <c r="E613" s="77"/>
+      <c r="F613" s="77"/>
+      <c r="G613" s="77"/>
+      <c r="H613" s="78"/>
+      <c r="I613" s="78"/>
+      <c r="J613" s="78"/>
+      <c r="K613" s="79"/>
+      <c r="L613" s="80"/>
+      <c r="M613" s="89"/>
+      <c r="N613" s="81"/>
+      <c r="O613" s="82"/>
+      <c r="P613" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B613:G613)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="614" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A614" s="109"/>
+      <c r="B614" s="76"/>
+      <c r="C614" s="76"/>
+      <c r="D614" s="76"/>
+      <c r="E614" s="77"/>
+      <c r="F614" s="77"/>
+      <c r="G614" s="77"/>
+      <c r="H614" s="78"/>
+      <c r="I614" s="78"/>
+      <c r="J614" s="78"/>
+      <c r="K614" s="79"/>
+      <c r="L614" s="80"/>
+      <c r="M614" s="89"/>
+      <c r="N614" s="81"/>
+      <c r="O614" s="82"/>
+      <c r="P614" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B614:G614)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="615" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A615" s="109"/>
+      <c r="B615" s="76"/>
+      <c r="C615" s="76"/>
+      <c r="D615" s="76"/>
+      <c r="E615" s="77"/>
+      <c r="F615" s="77"/>
+      <c r="G615" s="77"/>
+      <c r="H615" s="78"/>
+      <c r="I615" s="78"/>
+      <c r="J615" s="78"/>
+      <c r="K615" s="79"/>
+      <c r="L615" s="80"/>
+      <c r="M615" s="89"/>
+      <c r="N615" s="81"/>
+      <c r="O615" s="82"/>
+      <c r="P615" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B615:G615)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="616" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A616" s="109"/>
+      <c r="B616" s="76"/>
+      <c r="C616" s="76"/>
+      <c r="D616" s="76"/>
+      <c r="E616" s="77"/>
+      <c r="F616" s="77"/>
+      <c r="G616" s="77"/>
+      <c r="H616" s="78"/>
+      <c r="I616" s="78"/>
+      <c r="J616" s="78"/>
+      <c r="K616" s="79"/>
+      <c r="L616" s="80"/>
+      <c r="M616" s="89"/>
+      <c r="N616" s="81"/>
+      <c r="O616" s="82"/>
+      <c r="P616" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B616:G616)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="617" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A617" s="109"/>
+      <c r="B617" s="76"/>
+      <c r="C617" s="76"/>
+      <c r="D617" s="76"/>
+      <c r="E617" s="77"/>
+      <c r="F617" s="77"/>
+      <c r="G617" s="77"/>
+      <c r="H617" s="78"/>
+      <c r="I617" s="78"/>
+      <c r="J617" s="78"/>
+      <c r="K617" s="79"/>
+      <c r="L617" s="80"/>
+      <c r="M617" s="89"/>
+      <c r="N617" s="81"/>
+      <c r="O617" s="82"/>
+      <c r="P617" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B617:G617)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="618" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A618" s="109"/>
+      <c r="B618" s="76"/>
+      <c r="C618" s="76"/>
+      <c r="D618" s="76"/>
+      <c r="E618" s="77"/>
+      <c r="F618" s="77"/>
+      <c r="G618" s="77"/>
+      <c r="H618" s="78"/>
+      <c r="I618" s="78"/>
+      <c r="J618" s="78"/>
+      <c r="K618" s="79"/>
+      <c r="L618" s="80"/>
+      <c r="M618" s="89"/>
+      <c r="N618" s="81"/>
+      <c r="O618" s="82"/>
+      <c r="P618" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B618:G618)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="619" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A619" s="109"/>
+      <c r="B619" s="76"/>
+      <c r="C619" s="76"/>
+      <c r="D619" s="76"/>
+      <c r="E619" s="77"/>
+      <c r="F619" s="77"/>
+      <c r="G619" s="77"/>
+      <c r="H619" s="78"/>
+      <c r="I619" s="78"/>
+      <c r="J619" s="78"/>
+      <c r="K619" s="79"/>
+      <c r="L619" s="80"/>
+      <c r="M619" s="89"/>
+      <c r="N619" s="81"/>
+      <c r="O619" s="82"/>
+      <c r="P619" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B619:G619)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="620" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A620" s="109"/>
+      <c r="B620" s="76"/>
+      <c r="C620" s="76"/>
+      <c r="D620" s="76"/>
+      <c r="E620" s="77"/>
+      <c r="F620" s="77"/>
+      <c r="G620" s="77"/>
+      <c r="H620" s="78"/>
+      <c r="I620" s="78"/>
+      <c r="J620" s="78"/>
+      <c r="K620" s="79"/>
+      <c r="L620" s="80"/>
+      <c r="M620" s="89"/>
+      <c r="N620" s="81"/>
+      <c r="O620" s="82"/>
+      <c r="P620" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B620:G620)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="621" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A621" s="109"/>
+      <c r="B621" s="76"/>
+      <c r="C621" s="76"/>
+      <c r="D621" s="76"/>
+      <c r="E621" s="77"/>
+      <c r="F621" s="77"/>
+      <c r="G621" s="77"/>
+      <c r="H621" s="78"/>
+      <c r="I621" s="78"/>
+      <c r="J621" s="78"/>
+      <c r="K621" s="79"/>
+      <c r="L621" s="80"/>
+      <c r="M621" s="89"/>
+      <c r="N621" s="81"/>
+      <c r="O621" s="82"/>
+      <c r="P621" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B621:G621)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="622" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A622" s="109"/>
+      <c r="B622" s="76"/>
+      <c r="C622" s="76"/>
+      <c r="D622" s="76"/>
+      <c r="E622" s="77"/>
+      <c r="F622" s="77"/>
+      <c r="G622" s="77"/>
+      <c r="H622" s="78"/>
+      <c r="I622" s="78"/>
+      <c r="J622" s="78"/>
+      <c r="K622" s="79"/>
+      <c r="L622" s="80"/>
+      <c r="M622" s="89"/>
+      <c r="N622" s="81"/>
+      <c r="O622" s="82"/>
+      <c r="P622" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B622:G622)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="623" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A623" s="109"/>
+      <c r="B623" s="76"/>
+      <c r="C623" s="76"/>
+      <c r="D623" s="76"/>
+      <c r="E623" s="77"/>
+      <c r="F623" s="77"/>
+      <c r="G623" s="77"/>
+      <c r="H623" s="78"/>
+      <c r="I623" s="78"/>
+      <c r="J623" s="78"/>
+      <c r="K623" s="79"/>
+      <c r="L623" s="80"/>
+      <c r="M623" s="89"/>
+      <c r="N623" s="81"/>
+      <c r="O623" s="82"/>
+      <c r="P623" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B623:G623)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="624" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A624" s="109"/>
+      <c r="B624" s="76"/>
+      <c r="C624" s="76"/>
+      <c r="D624" s="76"/>
+      <c r="E624" s="77"/>
+      <c r="F624" s="77"/>
+      <c r="G624" s="77"/>
+      <c r="H624" s="78"/>
+      <c r="I624" s="78"/>
+      <c r="J624" s="78"/>
+      <c r="K624" s="79"/>
+      <c r="L624" s="80"/>
+      <c r="M624" s="89"/>
+      <c r="N624" s="81"/>
+      <c r="O624" s="82"/>
+      <c r="P624" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B624:G624)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="625" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A625" s="109"/>
+      <c r="B625" s="76"/>
+      <c r="C625" s="76"/>
+      <c r="D625" s="76"/>
+      <c r="E625" s="77"/>
+      <c r="F625" s="77"/>
+      <c r="G625" s="77"/>
+      <c r="H625" s="78"/>
+      <c r="I625" s="78"/>
+      <c r="J625" s="78"/>
+      <c r="K625" s="79"/>
+      <c r="L625" s="80"/>
+      <c r="M625" s="89"/>
+      <c r="N625" s="81"/>
+      <c r="O625" s="82"/>
+      <c r="P625" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B625:G625)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="626" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A626" s="109"/>
+      <c r="B626" s="76"/>
+      <c r="C626" s="76"/>
+      <c r="D626" s="76"/>
+      <c r="E626" s="77"/>
+      <c r="F626" s="77"/>
+      <c r="G626" s="77"/>
+      <c r="H626" s="78"/>
+      <c r="I626" s="78"/>
+      <c r="J626" s="78"/>
+      <c r="K626" s="79"/>
+      <c r="L626" s="80"/>
+      <c r="M626" s="89"/>
+      <c r="N626" s="81"/>
+      <c r="O626" s="82"/>
+      <c r="P626" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B626:G626)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="627" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A627" s="109"/>
+      <c r="B627" s="76"/>
+      <c r="C627" s="76"/>
+      <c r="D627" s="76"/>
+      <c r="E627" s="77"/>
+      <c r="F627" s="77"/>
+      <c r="G627" s="77"/>
+      <c r="H627" s="78"/>
+      <c r="I627" s="78"/>
+      <c r="J627" s="78"/>
+      <c r="K627" s="79"/>
+      <c r="L627" s="80"/>
+      <c r="M627" s="89"/>
+      <c r="N627" s="81"/>
+      <c r="O627" s="82"/>
+      <c r="P627" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B627:G627)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="628" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A628" s="109"/>
+      <c r="B628" s="76"/>
+      <c r="C628" s="76"/>
+      <c r="D628" s="76"/>
+      <c r="E628" s="77"/>
+      <c r="F628" s="77"/>
+      <c r="G628" s="77"/>
+      <c r="H628" s="78"/>
+      <c r="I628" s="78"/>
+      <c r="J628" s="78"/>
+      <c r="K628" s="79"/>
+      <c r="L628" s="80"/>
+      <c r="M628" s="89"/>
+      <c r="N628" s="81"/>
+      <c r="O628" s="82"/>
+      <c r="P628" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B628:G628)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="629" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A629" s="109"/>
+      <c r="B629" s="76"/>
+      <c r="C629" s="76"/>
+      <c r="D629" s="76"/>
+      <c r="E629" s="77"/>
+      <c r="F629" s="77"/>
+      <c r="G629" s="77"/>
+      <c r="H629" s="78"/>
+      <c r="I629" s="78"/>
+      <c r="J629" s="78"/>
+      <c r="K629" s="79"/>
+      <c r="L629" s="80"/>
+      <c r="M629" s="89"/>
+      <c r="N629" s="81"/>
+      <c r="O629" s="82"/>
+      <c r="P629" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B629:G629)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="630" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A630" s="109"/>
+      <c r="B630" s="76"/>
+      <c r="C630" s="76"/>
+      <c r="D630" s="76"/>
+      <c r="E630" s="77"/>
+      <c r="F630" s="77"/>
+      <c r="G630" s="77"/>
+      <c r="H630" s="78"/>
+      <c r="I630" s="78"/>
+      <c r="J630" s="78"/>
+      <c r="K630" s="79"/>
+      <c r="L630" s="80"/>
+      <c r="M630" s="89"/>
+      <c r="N630" s="81"/>
+      <c r="O630" s="82"/>
+      <c r="P630" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B630:G630)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="631" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A631" s="109"/>
+      <c r="B631" s="76"/>
+      <c r="C631" s="76"/>
+      <c r="D631" s="76"/>
+      <c r="E631" s="77"/>
+      <c r="F631" s="77"/>
+      <c r="G631" s="77"/>
+      <c r="H631" s="78"/>
+      <c r="I631" s="78"/>
+      <c r="J631" s="78"/>
+      <c r="K631" s="79"/>
+      <c r="L631" s="80"/>
+      <c r="M631" s="89"/>
+      <c r="N631" s="81"/>
+      <c r="O631" s="82"/>
+      <c r="P631" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B631:G631)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="632" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A632" s="109"/>
+      <c r="B632" s="76"/>
+      <c r="C632" s="76"/>
+      <c r="D632" s="76"/>
+      <c r="E632" s="77"/>
+      <c r="F632" s="77"/>
+      <c r="G632" s="77"/>
+      <c r="H632" s="78"/>
+      <c r="I632" s="78"/>
+      <c r="J632" s="78"/>
+      <c r="K632" s="79"/>
+      <c r="L632" s="80"/>
+      <c r="M632" s="89"/>
+      <c r="N632" s="81"/>
+      <c r="O632" s="82"/>
+      <c r="P632" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B632:G632)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="633" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A633" s="109"/>
+      <c r="B633" s="76"/>
+      <c r="C633" s="76"/>
+      <c r="D633" s="76"/>
+      <c r="E633" s="77"/>
+      <c r="F633" s="77"/>
+      <c r="G633" s="77"/>
+      <c r="H633" s="78"/>
+      <c r="I633" s="78"/>
+      <c r="J633" s="78"/>
+      <c r="K633" s="79"/>
+      <c r="L633" s="80"/>
+      <c r="M633" s="89"/>
+      <c r="N633" s="81"/>
+      <c r="O633" s="82"/>
+      <c r="P633" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B633:G633)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="634" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A634" s="109"/>
+      <c r="B634" s="76"/>
+      <c r="C634" s="76"/>
+      <c r="D634" s="76"/>
+      <c r="E634" s="77"/>
+      <c r="F634" s="77"/>
+      <c r="G634" s="77"/>
+      <c r="H634" s="78"/>
+      <c r="I634" s="78"/>
+      <c r="J634" s="78"/>
+      <c r="K634" s="79"/>
+      <c r="L634" s="80"/>
+      <c r="M634" s="89"/>
+      <c r="N634" s="81"/>
+      <c r="O634" s="82"/>
+      <c r="P634" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B634:G634)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="635" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A635" s="109"/>
+      <c r="B635" s="76"/>
+      <c r="C635" s="76"/>
+      <c r="D635" s="76"/>
+      <c r="E635" s="77"/>
+      <c r="F635" s="77"/>
+      <c r="G635" s="77"/>
+      <c r="H635" s="78"/>
+      <c r="I635" s="78"/>
+      <c r="J635" s="78"/>
+      <c r="K635" s="79"/>
+      <c r="L635" s="80"/>
+      <c r="M635" s="89"/>
+      <c r="N635" s="81"/>
+      <c r="O635" s="82"/>
+      <c r="P635" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B635:G635)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="636" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A636" s="109"/>
+      <c r="B636" s="76"/>
+      <c r="C636" s="76"/>
+      <c r="D636" s="76"/>
+      <c r="E636" s="77"/>
+      <c r="F636" s="77"/>
+      <c r="G636" s="77"/>
+      <c r="H636" s="78"/>
+      <c r="I636" s="78"/>
+      <c r="J636" s="78"/>
+      <c r="K636" s="79"/>
+      <c r="L636" s="80"/>
+      <c r="M636" s="89"/>
+      <c r="N636" s="81"/>
+      <c r="O636" s="82"/>
+      <c r="P636" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B636:G636)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="637" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A637" s="109"/>
+      <c r="B637" s="76"/>
+      <c r="C637" s="76"/>
+      <c r="D637" s="76"/>
+      <c r="E637" s="77"/>
+      <c r="F637" s="77"/>
+      <c r="G637" s="77"/>
+      <c r="H637" s="78"/>
+      <c r="I637" s="78"/>
+      <c r="J637" s="78"/>
+      <c r="K637" s="79"/>
+      <c r="L637" s="80"/>
+      <c r="M637" s="89"/>
+      <c r="N637" s="81"/>
+      <c r="O637" s="82"/>
+      <c r="P637" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B637:G637)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="638" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A638" s="109"/>
+      <c r="B638" s="76"/>
+      <c r="C638" s="76"/>
+      <c r="D638" s="76"/>
+      <c r="E638" s="77"/>
+      <c r="F638" s="77"/>
+      <c r="G638" s="77"/>
+      <c r="H638" s="78"/>
+      <c r="I638" s="78"/>
+      <c r="J638" s="78"/>
+      <c r="K638" s="79"/>
+      <c r="L638" s="80"/>
+      <c r="M638" s="89"/>
+      <c r="N638" s="81"/>
+      <c r="O638" s="82"/>
+      <c r="P638" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B638:G638)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="639" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A639" s="109"/>
+      <c r="B639" s="76"/>
+      <c r="C639" s="76"/>
+      <c r="D639" s="76"/>
+      <c r="E639" s="77"/>
+      <c r="F639" s="77"/>
+      <c r="G639" s="77"/>
+      <c r="H639" s="78"/>
+      <c r="I639" s="78"/>
+      <c r="J639" s="78"/>
+      <c r="K639" s="79"/>
+      <c r="L639" s="80"/>
+      <c r="M639" s="89"/>
+      <c r="N639" s="81"/>
+      <c r="O639" s="82"/>
+      <c r="P639" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B639:G639)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="640" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A640" s="109"/>
+      <c r="B640" s="76"/>
+      <c r="C640" s="76"/>
+      <c r="D640" s="76"/>
+      <c r="E640" s="77"/>
+      <c r="F640" s="77"/>
+      <c r="G640" s="77"/>
+      <c r="H640" s="78"/>
+      <c r="I640" s="78"/>
+      <c r="J640" s="78"/>
+      <c r="K640" s="79"/>
+      <c r="L640" s="80"/>
+      <c r="M640" s="89"/>
+      <c r="N640" s="81"/>
+      <c r="O640" s="82"/>
+      <c r="P640" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B640:G640)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="641" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A641" s="109"/>
+      <c r="B641" s="76"/>
+      <c r="C641" s="76"/>
+      <c r="D641" s="76"/>
+      <c r="E641" s="77"/>
+      <c r="F641" s="77"/>
+      <c r="G641" s="77"/>
+      <c r="H641" s="78"/>
+      <c r="I641" s="78"/>
+      <c r="J641" s="78"/>
+      <c r="K641" s="79"/>
+      <c r="L641" s="80"/>
+      <c r="M641" s="89"/>
+      <c r="N641" s="81"/>
+      <c r="O641" s="82"/>
+      <c r="P641" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B641:G641)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="642" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A642" s="109"/>
+      <c r="B642" s="76"/>
+      <c r="C642" s="76"/>
+      <c r="D642" s="76"/>
+      <c r="E642" s="77"/>
+      <c r="F642" s="77"/>
+      <c r="G642" s="77"/>
+      <c r="H642" s="78"/>
+      <c r="I642" s="78"/>
+      <c r="J642" s="78"/>
+      <c r="K642" s="79"/>
+      <c r="L642" s="80"/>
+      <c r="M642" s="89"/>
+      <c r="N642" s="81"/>
+      <c r="O642" s="82"/>
+      <c r="P642" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B642:G642)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="643" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A643" s="109"/>
+      <c r="B643" s="76"/>
+      <c r="C643" s="76"/>
+      <c r="D643" s="76"/>
+      <c r="E643" s="77"/>
+      <c r="F643" s="77"/>
+      <c r="G643" s="77"/>
+      <c r="H643" s="78"/>
+      <c r="I643" s="78"/>
+      <c r="J643" s="78"/>
+      <c r="K643" s="79"/>
+      <c r="L643" s="80"/>
+      <c r="M643" s="89"/>
+      <c r="N643" s="81"/>
+      <c r="O643" s="82"/>
+      <c r="P643" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B643:G643)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="644" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A644" s="109"/>
+      <c r="B644" s="76"/>
+      <c r="C644" s="76"/>
+      <c r="D644" s="76"/>
+      <c r="E644" s="77"/>
+      <c r="F644" s="77"/>
+      <c r="G644" s="77"/>
+      <c r="H644" s="78"/>
+      <c r="I644" s="78"/>
+      <c r="J644" s="78"/>
+      <c r="K644" s="79"/>
+      <c r="L644" s="80"/>
+      <c r="M644" s="89"/>
+      <c r="N644" s="81"/>
+      <c r="O644" s="82"/>
+      <c r="P644" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B644:G644)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="645" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A645" s="109"/>
+      <c r="B645" s="76"/>
+      <c r="C645" s="76"/>
+      <c r="D645" s="76"/>
+      <c r="E645" s="77"/>
+      <c r="F645" s="77"/>
+      <c r="G645" s="77"/>
+      <c r="H645" s="78"/>
+      <c r="I645" s="78"/>
+      <c r="J645" s="78"/>
+      <c r="K645" s="79"/>
+      <c r="L645" s="80"/>
+      <c r="M645" s="89"/>
+      <c r="N645" s="81"/>
+      <c r="O645" s="82"/>
+      <c r="P645" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B645:G645)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="646" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A646" s="109"/>
+      <c r="B646" s="76"/>
+      <c r="C646" s="76"/>
+      <c r="D646" s="76"/>
+      <c r="E646" s="77"/>
+      <c r="F646" s="77"/>
+      <c r="G646" s="77"/>
+      <c r="H646" s="78"/>
+      <c r="I646" s="78"/>
+      <c r="J646" s="78"/>
+      <c r="K646" s="79"/>
+      <c r="L646" s="80"/>
+      <c r="M646" s="89"/>
+      <c r="N646" s="81"/>
+      <c r="O646" s="82"/>
+      <c r="P646" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B646:G646)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="647" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A647" s="109"/>
+      <c r="B647" s="76"/>
+      <c r="C647" s="76"/>
+      <c r="D647" s="76"/>
+      <c r="E647" s="77"/>
+      <c r="F647" s="77"/>
+      <c r="G647" s="77"/>
+      <c r="H647" s="78"/>
+      <c r="I647" s="78"/>
+      <c r="J647" s="78"/>
+      <c r="K647" s="79"/>
+      <c r="L647" s="80"/>
+      <c r="M647" s="89"/>
+      <c r="N647" s="81"/>
+      <c r="O647" s="82"/>
+      <c r="P647" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B647:G647)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="648" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A648" s="109"/>
+      <c r="B648" s="76"/>
+      <c r="C648" s="76"/>
+      <c r="D648" s="76"/>
+      <c r="E648" s="77"/>
+      <c r="F648" s="77"/>
+      <c r="G648" s="77"/>
+      <c r="H648" s="78"/>
+      <c r="I648" s="78"/>
+      <c r="J648" s="78"/>
+      <c r="K648" s="79"/>
+      <c r="L648" s="80"/>
+      <c r="M648" s="89"/>
+      <c r="N648" s="81"/>
+      <c r="O648" s="82"/>
+      <c r="P648" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B648:G648)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="649" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A649" s="109"/>
+      <c r="B649" s="76"/>
+      <c r="C649" s="76"/>
+      <c r="D649" s="76"/>
+      <c r="E649" s="77"/>
+      <c r="F649" s="77"/>
+      <c r="G649" s="77"/>
+      <c r="H649" s="78"/>
+      <c r="I649" s="78"/>
+      <c r="J649" s="78"/>
+      <c r="K649" s="79"/>
+      <c r="L649" s="80"/>
+      <c r="M649" s="89"/>
+      <c r="N649" s="81"/>
+      <c r="O649" s="82"/>
+      <c r="P649" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B649:G649)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="650" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A650" s="109"/>
+      <c r="B650" s="76"/>
+      <c r="C650" s="76"/>
+      <c r="D650" s="76"/>
+      <c r="E650" s="77"/>
+      <c r="F650" s="77"/>
+      <c r="G650" s="77"/>
+      <c r="H650" s="78"/>
+      <c r="I650" s="78"/>
+      <c r="J650" s="78"/>
+      <c r="K650" s="79"/>
+      <c r="L650" s="80"/>
+      <c r="M650" s="89"/>
+      <c r="N650" s="81"/>
+      <c r="O650" s="82"/>
+      <c r="P650" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B650:G650)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="651" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A651" s="109"/>
+      <c r="B651" s="76"/>
+      <c r="C651" s="76"/>
+      <c r="D651" s="76"/>
+      <c r="E651" s="77"/>
+      <c r="F651" s="77"/>
+      <c r="G651" s="77"/>
+      <c r="H651" s="78"/>
+      <c r="I651" s="78"/>
+      <c r="J651" s="78"/>
+      <c r="K651" s="79"/>
+      <c r="L651" s="80"/>
+      <c r="M651" s="89"/>
+      <c r="N651" s="81"/>
+      <c r="O651" s="82"/>
+      <c r="P651" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B651:G651)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="652" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A652" s="109"/>
+      <c r="B652" s="76"/>
+      <c r="C652" s="76"/>
+      <c r="D652" s="76"/>
+      <c r="E652" s="77"/>
+      <c r="F652" s="77"/>
+      <c r="G652" s="77"/>
+      <c r="H652" s="78"/>
+      <c r="I652" s="78"/>
+      <c r="J652" s="78"/>
+      <c r="K652" s="79"/>
+      <c r="L652" s="80"/>
+      <c r="M652" s="89"/>
+      <c r="N652" s="81"/>
+      <c r="O652" s="82"/>
+      <c r="P652" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B652:G652)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="653" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A653" s="109"/>
+      <c r="B653" s="76"/>
+      <c r="C653" s="76"/>
+      <c r="D653" s="76"/>
+      <c r="E653" s="77"/>
+      <c r="F653" s="77"/>
+      <c r="G653" s="77"/>
+      <c r="H653" s="78"/>
+      <c r="I653" s="78"/>
+      <c r="J653" s="78"/>
+      <c r="K653" s="79"/>
+      <c r="L653" s="80"/>
+      <c r="M653" s="89"/>
+      <c r="N653" s="81"/>
+      <c r="O653" s="82"/>
+      <c r="P653" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B653:G653)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="654" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A654" s="109"/>
+      <c r="B654" s="76"/>
+      <c r="C654" s="76"/>
+      <c r="D654" s="76"/>
+      <c r="E654" s="77"/>
+      <c r="F654" s="77"/>
+      <c r="G654" s="77"/>
+      <c r="H654" s="78"/>
+      <c r="I654" s="78"/>
+      <c r="J654" s="78"/>
+      <c r="K654" s="79"/>
+      <c r="L654" s="80"/>
+      <c r="M654" s="89"/>
+      <c r="N654" s="81"/>
+      <c r="O654" s="82"/>
+      <c r="P654" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B654:G654)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="655" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A655" s="109"/>
+      <c r="B655" s="76"/>
+      <c r="C655" s="76"/>
+      <c r="D655" s="76"/>
+      <c r="E655" s="77"/>
+      <c r="F655" s="77"/>
+      <c r="G655" s="77"/>
+      <c r="H655" s="78"/>
+      <c r="I655" s="78"/>
+      <c r="J655" s="78"/>
+      <c r="K655" s="79"/>
+      <c r="L655" s="80"/>
+      <c r="M655" s="89"/>
+      <c r="N655" s="81"/>
+      <c r="O655" s="82"/>
+      <c r="P655" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B655:G655)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="656" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A656" s="109"/>
+      <c r="B656" s="76"/>
+      <c r="C656" s="76"/>
+      <c r="D656" s="76"/>
+      <c r="E656" s="77"/>
+      <c r="F656" s="77"/>
+      <c r="G656" s="77"/>
+      <c r="H656" s="78"/>
+      <c r="I656" s="78"/>
+      <c r="J656" s="78"/>
+      <c r="K656" s="79"/>
+      <c r="L656" s="80"/>
+      <c r="M656" s="89"/>
+      <c r="N656" s="81"/>
+      <c r="O656" s="82"/>
+      <c r="P656" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B656:G656)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="657" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A657" s="109"/>
+      <c r="B657" s="76"/>
+      <c r="C657" s="76"/>
+      <c r="D657" s="76"/>
+      <c r="E657" s="77"/>
+      <c r="F657" s="77"/>
+      <c r="G657" s="77"/>
+      <c r="H657" s="78"/>
+      <c r="I657" s="78"/>
+      <c r="J657" s="78"/>
+      <c r="K657" s="79"/>
+      <c r="L657" s="80"/>
+      <c r="M657" s="89"/>
+      <c r="N657" s="81"/>
+      <c r="O657" s="82"/>
+      <c r="P657" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B657:G657)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="658" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A658" s="109"/>
+      <c r="B658" s="76"/>
+      <c r="C658" s="76"/>
+      <c r="D658" s="76"/>
+      <c r="E658" s="77"/>
+      <c r="F658" s="77"/>
+      <c r="G658" s="77"/>
+      <c r="H658" s="78"/>
+      <c r="I658" s="78"/>
+      <c r="J658" s="78"/>
+      <c r="K658" s="79"/>
+      <c r="L658" s="80"/>
+      <c r="M658" s="89"/>
+      <c r="N658" s="81"/>
+      <c r="O658" s="82"/>
+      <c r="P658" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B658:G658)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="659" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A659" s="109"/>
+      <c r="B659" s="76"/>
+      <c r="C659" s="76"/>
+      <c r="D659" s="76"/>
+      <c r="E659" s="77"/>
+      <c r="F659" s="77"/>
+      <c r="G659" s="77"/>
+      <c r="H659" s="78"/>
+      <c r="I659" s="78"/>
+      <c r="J659" s="78"/>
+      <c r="K659" s="79"/>
+      <c r="L659" s="80"/>
+      <c r="M659" s="89"/>
+      <c r="N659" s="81"/>
+      <c r="O659" s="82"/>
+      <c r="P659" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B659:G659)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="660" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A660" s="109"/>
+      <c r="B660" s="76"/>
+      <c r="C660" s="76"/>
+      <c r="D660" s="76"/>
+      <c r="E660" s="77"/>
+      <c r="F660" s="77"/>
+      <c r="G660" s="77"/>
+      <c r="H660" s="78"/>
+      <c r="I660" s="78"/>
+      <c r="J660" s="78"/>
+      <c r="K660" s="79"/>
+      <c r="L660" s="80"/>
+      <c r="M660" s="89"/>
+      <c r="N660" s="81"/>
+      <c r="O660" s="82"/>
+      <c r="P660" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B660:G660)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="661" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A661" s="109"/>
+      <c r="B661" s="76"/>
+      <c r="C661" s="76"/>
+      <c r="D661" s="76"/>
+      <c r="E661" s="77"/>
+      <c r="F661" s="77"/>
+      <c r="G661" s="77"/>
+      <c r="H661" s="78"/>
+      <c r="I661" s="78"/>
+      <c r="J661" s="78"/>
+      <c r="K661" s="79"/>
+      <c r="L661" s="80"/>
+      <c r="M661" s="89"/>
+      <c r="N661" s="81"/>
+      <c r="O661" s="82"/>
+      <c r="P661" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B661:G661)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="662" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A662" s="109"/>
+      <c r="B662" s="76"/>
+      <c r="C662" s="76"/>
+      <c r="D662" s="76"/>
+      <c r="E662" s="77"/>
+      <c r="F662" s="77"/>
+      <c r="G662" s="77"/>
+      <c r="H662" s="78"/>
+      <c r="I662" s="78"/>
+      <c r="J662" s="78"/>
+      <c r="K662" s="79"/>
+      <c r="L662" s="80"/>
+      <c r="M662" s="89"/>
+      <c r="N662" s="81"/>
+      <c r="O662" s="82"/>
+      <c r="P662" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B662:G662)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="663" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A663" s="109"/>
+      <c r="B663" s="76"/>
+      <c r="C663" s="76"/>
+      <c r="D663" s="76"/>
+      <c r="E663" s="77"/>
+      <c r="F663" s="77"/>
+      <c r="G663" s="77"/>
+      <c r="H663" s="78"/>
+      <c r="I663" s="78"/>
+      <c r="J663" s="78"/>
+      <c r="K663" s="79"/>
+      <c r="L663" s="80"/>
+      <c r="M663" s="89"/>
+      <c r="N663" s="81"/>
+      <c r="O663" s="82"/>
+      <c r="P663" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B663:G663)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="664" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A664" s="109"/>
+      <c r="B664" s="76"/>
+      <c r="C664" s="76"/>
+      <c r="D664" s="76"/>
+      <c r="E664" s="77"/>
+      <c r="F664" s="77"/>
+      <c r="G664" s="77"/>
+      <c r="H664" s="78"/>
+      <c r="I664" s="78"/>
+      <c r="J664" s="78"/>
+      <c r="K664" s="79"/>
+      <c r="L664" s="80"/>
+      <c r="M664" s="89"/>
+      <c r="N664" s="81"/>
+      <c r="O664" s="82"/>
+      <c r="P664" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B664:G664)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="665" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A665" s="109"/>
+      <c r="B665" s="76"/>
+      <c r="C665" s="76"/>
+      <c r="D665" s="76"/>
+      <c r="E665" s="77"/>
+      <c r="F665" s="77"/>
+      <c r="G665" s="77"/>
+      <c r="H665" s="78"/>
+      <c r="I665" s="78"/>
+      <c r="J665" s="78"/>
+      <c r="K665" s="79"/>
+      <c r="L665" s="80"/>
+      <c r="M665" s="89"/>
+      <c r="N665" s="81"/>
+      <c r="O665" s="82"/>
+      <c r="P665" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B665:G665)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="666" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A666" s="109"/>
+      <c r="B666" s="76"/>
+      <c r="C666" s="76"/>
+      <c r="D666" s="76"/>
+      <c r="E666" s="77"/>
+      <c r="F666" s="77"/>
+      <c r="G666" s="77"/>
+      <c r="H666" s="78"/>
+      <c r="I666" s="78"/>
+      <c r="J666" s="78"/>
+      <c r="K666" s="79"/>
+      <c r="L666" s="80"/>
+      <c r="M666" s="89"/>
+      <c r="N666" s="81"/>
+      <c r="O666" s="82"/>
+      <c r="P666" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B666:G666)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="667" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A667" s="109"/>
+      <c r="B667" s="76"/>
+      <c r="C667" s="76"/>
+      <c r="D667" s="76"/>
+      <c r="E667" s="77"/>
+      <c r="F667" s="77"/>
+      <c r="G667" s="77"/>
+      <c r="H667" s="78"/>
+      <c r="I667" s="78"/>
+      <c r="J667" s="78"/>
+      <c r="K667" s="79"/>
+      <c r="L667" s="80"/>
+      <c r="M667" s="89"/>
+      <c r="N667" s="81"/>
+      <c r="O667" s="82"/>
+      <c r="P667" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B667:G667)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="668" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A668" s="109"/>
+      <c r="B668" s="76"/>
+      <c r="C668" s="76"/>
+      <c r="D668" s="76"/>
+      <c r="E668" s="77"/>
+      <c r="F668" s="77"/>
+      <c r="G668" s="77"/>
+      <c r="H668" s="78"/>
+      <c r="I668" s="78"/>
+      <c r="J668" s="78"/>
+      <c r="K668" s="79"/>
+      <c r="L668" s="80"/>
+      <c r="M668" s="89"/>
+      <c r="N668" s="81"/>
+      <c r="O668" s="82"/>
+      <c r="P668" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B668:G668)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="669" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A669" s="109"/>
+      <c r="B669" s="76"/>
+      <c r="C669" s="76"/>
+      <c r="D669" s="76"/>
+      <c r="E669" s="77"/>
+      <c r="F669" s="77"/>
+      <c r="G669" s="77"/>
+      <c r="H669" s="78"/>
+      <c r="I669" s="78"/>
+      <c r="J669" s="78"/>
+      <c r="K669" s="79"/>
+      <c r="L669" s="80"/>
+      <c r="M669" s="89"/>
+      <c r="N669" s="81"/>
+      <c r="O669" s="82"/>
+      <c r="P669" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B669:G669)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="670" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A670" s="109"/>
+      <c r="B670" s="76"/>
+      <c r="C670" s="76"/>
+      <c r="D670" s="76"/>
+      <c r="E670" s="77"/>
+      <c r="F670" s="77"/>
+      <c r="G670" s="77"/>
+      <c r="H670" s="78"/>
+      <c r="I670" s="78"/>
+      <c r="J670" s="78"/>
+      <c r="K670" s="79"/>
+      <c r="L670" s="80"/>
+      <c r="M670" s="89"/>
+      <c r="N670" s="81"/>
+      <c r="O670" s="82"/>
+      <c r="P670" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B670:G670)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="671" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A671" s="109"/>
+      <c r="B671" s="76"/>
+      <c r="C671" s="76"/>
+      <c r="D671" s="76"/>
+      <c r="E671" s="77"/>
+      <c r="F671" s="77"/>
+      <c r="G671" s="77"/>
+      <c r="H671" s="78"/>
+      <c r="I671" s="78"/>
+      <c r="J671" s="78"/>
+      <c r="K671" s="79"/>
+      <c r="L671" s="80"/>
+      <c r="M671" s="89"/>
+      <c r="N671" s="81"/>
+      <c r="O671" s="82"/>
+      <c r="P671" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B671:G671)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="672" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A672" s="109"/>
+      <c r="B672" s="76"/>
+      <c r="C672" s="76"/>
+      <c r="D672" s="76"/>
+      <c r="E672" s="77"/>
+      <c r="F672" s="77"/>
+      <c r="G672" s="77"/>
+      <c r="H672" s="78"/>
+      <c r="I672" s="78"/>
+      <c r="J672" s="78"/>
+      <c r="K672" s="79"/>
+      <c r="L672" s="80"/>
+      <c r="M672" s="89"/>
+      <c r="N672" s="81"/>
+      <c r="O672" s="82"/>
+      <c r="P672" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B672:G672)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="673" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A673" s="109"/>
+      <c r="B673" s="76"/>
+      <c r="C673" s="76"/>
+      <c r="D673" s="76"/>
+      <c r="E673" s="77"/>
+      <c r="F673" s="77"/>
+      <c r="G673" s="77"/>
+      <c r="H673" s="78"/>
+      <c r="I673" s="78"/>
+      <c r="J673" s="78"/>
+      <c r="K673" s="79"/>
+      <c r="L673" s="80"/>
+      <c r="M673" s="89"/>
+      <c r="N673" s="81"/>
+      <c r="O673" s="82"/>
+      <c r="P673" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B673:G673)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="674" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A674" s="109"/>
+      <c r="B674" s="76"/>
+      <c r="C674" s="76"/>
+      <c r="D674" s="76"/>
+      <c r="E674" s="77"/>
+      <c r="F674" s="77"/>
+      <c r="G674" s="77"/>
+      <c r="H674" s="78"/>
+      <c r="I674" s="78"/>
+      <c r="J674" s="78"/>
+      <c r="K674" s="79"/>
+      <c r="L674" s="80"/>
+      <c r="M674" s="89"/>
+      <c r="N674" s="81"/>
+      <c r="O674" s="82"/>
+      <c r="P674" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B674:G674)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="675" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A675" s="109"/>
+      <c r="B675" s="76"/>
+      <c r="C675" s="76"/>
+      <c r="D675" s="76"/>
+      <c r="E675" s="77"/>
+      <c r="F675" s="77"/>
+      <c r="G675" s="77"/>
+      <c r="H675" s="78"/>
+      <c r="I675" s="78"/>
+      <c r="J675" s="78"/>
+      <c r="K675" s="79"/>
+      <c r="L675" s="80"/>
+      <c r="M675" s="89"/>
+      <c r="N675" s="81"/>
+      <c r="O675" s="82"/>
+      <c r="P675" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B675:G675)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="676" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A676" s="109"/>
+      <c r="B676" s="76"/>
+      <c r="C676" s="76"/>
+      <c r="D676" s="76"/>
+      <c r="E676" s="77"/>
+      <c r="F676" s="77"/>
+      <c r="G676" s="77"/>
+      <c r="H676" s="78"/>
+      <c r="I676" s="78"/>
+      <c r="J676" s="78"/>
+      <c r="K676" s="79"/>
+      <c r="L676" s="80"/>
+      <c r="M676" s="89"/>
+      <c r="N676" s="81"/>
+      <c r="O676" s="82"/>
+      <c r="P676" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B676:G676)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="677" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A677" s="109"/>
+      <c r="B677" s="76"/>
+      <c r="C677" s="76"/>
+      <c r="D677" s="76"/>
+      <c r="E677" s="77"/>
+      <c r="F677" s="77"/>
+      <c r="G677" s="77"/>
+      <c r="H677" s="78"/>
+      <c r="I677" s="78"/>
+      <c r="J677" s="78"/>
+      <c r="K677" s="79"/>
+      <c r="L677" s="80"/>
+      <c r="M677" s="89"/>
+      <c r="N677" s="81"/>
+      <c r="O677" s="82"/>
+      <c r="P677" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B677:G677)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="678" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A678" s="109"/>
+      <c r="B678" s="76"/>
+      <c r="C678" s="76"/>
+      <c r="D678" s="76"/>
+      <c r="E678" s="77"/>
+      <c r="F678" s="77"/>
+      <c r="G678" s="77"/>
+      <c r="H678" s="78"/>
+      <c r="I678" s="78"/>
+      <c r="J678" s="78"/>
+      <c r="K678" s="79"/>
+      <c r="L678" s="80"/>
+      <c r="M678" s="89"/>
+      <c r="N678" s="81"/>
+      <c r="O678" s="82"/>
+      <c r="P678" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B678:G678)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="679" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A679" s="109"/>
+      <c r="B679" s="76"/>
+      <c r="C679" s="76"/>
+      <c r="D679" s="76"/>
+      <c r="E679" s="77"/>
+      <c r="F679" s="77"/>
+      <c r="G679" s="77"/>
+      <c r="H679" s="78"/>
+      <c r="I679" s="78"/>
+      <c r="J679" s="78"/>
+      <c r="K679" s="79"/>
+      <c r="L679" s="80"/>
+      <c r="M679" s="89"/>
+      <c r="N679" s="81"/>
+      <c r="O679" s="82"/>
+      <c r="P679" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B679:G679)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="680" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A680" s="109"/>
+      <c r="B680" s="76"/>
+      <c r="C680" s="76"/>
+      <c r="D680" s="76"/>
+      <c r="E680" s="77"/>
+      <c r="F680" s="77"/>
+      <c r="G680" s="77"/>
+      <c r="H680" s="78"/>
+      <c r="I680" s="78"/>
+      <c r="J680" s="78"/>
+      <c r="K680" s="79"/>
+      <c r="L680" s="80"/>
+      <c r="M680" s="89"/>
+      <c r="N680" s="81"/>
+      <c r="O680" s="82"/>
+      <c r="P680" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B680:G680)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="681" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A681" s="109"/>
+      <c r="B681" s="76"/>
+      <c r="C681" s="76"/>
+      <c r="D681" s="76"/>
+      <c r="E681" s="77"/>
+      <c r="F681" s="77"/>
+      <c r="G681" s="77"/>
+      <c r="H681" s="78"/>
+      <c r="I681" s="78"/>
+      <c r="J681" s="78"/>
+      <c r="K681" s="79"/>
+      <c r="L681" s="80"/>
+      <c r="M681" s="89"/>
+      <c r="N681" s="81"/>
+      <c r="O681" s="82"/>
+      <c r="P681" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B681:G681)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="682" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A682" s="109"/>
+      <c r="B682" s="76"/>
+      <c r="C682" s="76"/>
+      <c r="D682" s="76"/>
+      <c r="E682" s="77"/>
+      <c r="F682" s="77"/>
+      <c r="G682" s="77"/>
+      <c r="H682" s="78"/>
+      <c r="I682" s="78"/>
+      <c r="J682" s="78"/>
+      <c r="K682" s="79"/>
+      <c r="L682" s="80"/>
+      <c r="M682" s="89"/>
+      <c r="N682" s="81"/>
+      <c r="O682" s="82"/>
+      <c r="P682" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B682:G682)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="683" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A683" s="109"/>
+      <c r="B683" s="76"/>
+      <c r="C683" s="76"/>
+      <c r="D683" s="76"/>
+      <c r="E683" s="77"/>
+      <c r="F683" s="77"/>
+      <c r="G683" s="77"/>
+      <c r="H683" s="78"/>
+      <c r="I683" s="78"/>
+      <c r="J683" s="78"/>
+      <c r="K683" s="79"/>
+      <c r="L683" s="80"/>
+      <c r="M683" s="89"/>
+      <c r="N683" s="81"/>
+      <c r="O683" s="82"/>
+      <c r="P683" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B683:G683)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="684" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A684" s="109"/>
+      <c r="B684" s="76"/>
+      <c r="C684" s="76"/>
+      <c r="D684" s="76"/>
+      <c r="E684" s="77"/>
+      <c r="F684" s="77"/>
+      <c r="G684" s="77"/>
+      <c r="H684" s="78"/>
+      <c r="I684" s="78"/>
+      <c r="J684" s="78"/>
+      <c r="K684" s="79"/>
+      <c r="L684" s="80"/>
+      <c r="M684" s="89"/>
+      <c r="N684" s="81"/>
+      <c r="O684" s="82"/>
+      <c r="P684" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B684:G684)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="685" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A685" s="109"/>
+      <c r="B685" s="76"/>
+      <c r="C685" s="76"/>
+      <c r="D685" s="76"/>
+      <c r="E685" s="77"/>
+      <c r="F685" s="77"/>
+      <c r="G685" s="77"/>
+      <c r="H685" s="78"/>
+      <c r="I685" s="78"/>
+      <c r="J685" s="78"/>
+      <c r="K685" s="79"/>
+      <c r="L685" s="80"/>
+      <c r="M685" s="89"/>
+      <c r="N685" s="81"/>
+      <c r="O685" s="82"/>
+      <c r="P685" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B685:G685)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="686" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A686" s="109"/>
+      <c r="B686" s="76"/>
+      <c r="C686" s="76"/>
+      <c r="D686" s="76"/>
+      <c r="E686" s="77"/>
+      <c r="F686" s="77"/>
+      <c r="G686" s="77"/>
+      <c r="H686" s="78"/>
+      <c r="I686" s="78"/>
+      <c r="J686" s="78"/>
+      <c r="K686" s="79"/>
+      <c r="L686" s="80"/>
+      <c r="M686" s="89"/>
+      <c r="N686" s="81"/>
+      <c r="O686" s="82"/>
+      <c r="P686" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B686:G686)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="687" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A687" s="109"/>
+      <c r="B687" s="76"/>
+      <c r="C687" s="76"/>
+      <c r="D687" s="76"/>
+      <c r="E687" s="77"/>
+      <c r="F687" s="77"/>
+      <c r="G687" s="77"/>
+      <c r="H687" s="78"/>
+      <c r="I687" s="78"/>
+      <c r="J687" s="78"/>
+      <c r="K687" s="79"/>
+      <c r="L687" s="80"/>
+      <c r="M687" s="89"/>
+      <c r="N687" s="81"/>
+      <c r="O687" s="82"/>
+      <c r="P687" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B687:G687)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="688" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A688" s="109"/>
+      <c r="B688" s="76"/>
+      <c r="C688" s="76"/>
+      <c r="D688" s="76"/>
+      <c r="E688" s="77"/>
+      <c r="F688" s="77"/>
+      <c r="G688" s="77"/>
+      <c r="H688" s="78"/>
+      <c r="I688" s="78"/>
+      <c r="J688" s="78"/>
+      <c r="K688" s="79"/>
+      <c r="L688" s="80"/>
+      <c r="M688" s="89"/>
+      <c r="N688" s="81"/>
+      <c r="O688" s="82"/>
+      <c r="P688" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B688:G688)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="689" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A689" s="109"/>
+      <c r="B689" s="76"/>
+      <c r="C689" s="76"/>
+      <c r="D689" s="76"/>
+      <c r="E689" s="77"/>
+      <c r="F689" s="77"/>
+      <c r="G689" s="77"/>
+      <c r="H689" s="78"/>
+      <c r="I689" s="78"/>
+      <c r="J689" s="78"/>
+      <c r="K689" s="79"/>
+      <c r="L689" s="80"/>
+      <c r="M689" s="89"/>
+      <c r="N689" s="81"/>
+      <c r="O689" s="82"/>
+      <c r="P689" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B689:G689)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="690" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A690" s="109"/>
+      <c r="B690" s="76"/>
+      <c r="C690" s="76"/>
+      <c r="D690" s="76"/>
+      <c r="E690" s="77"/>
+      <c r="F690" s="77"/>
+      <c r="G690" s="77"/>
+      <c r="H690" s="78"/>
+      <c r="I690" s="78"/>
+      <c r="J690" s="78"/>
+      <c r="K690" s="79"/>
+      <c r="L690" s="80"/>
+      <c r="M690" s="89"/>
+      <c r="N690" s="81"/>
+      <c r="O690" s="82"/>
+      <c r="P690" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B690:G690)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="691" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A691" s="109"/>
+      <c r="B691" s="76"/>
+      <c r="C691" s="76"/>
+      <c r="D691" s="76"/>
+      <c r="E691" s="77"/>
+      <c r="F691" s="77"/>
+      <c r="G691" s="77"/>
+      <c r="H691" s="78"/>
+      <c r="I691" s="78"/>
+      <c r="J691" s="78"/>
+      <c r="K691" s="79"/>
+      <c r="L691" s="80"/>
+      <c r="M691" s="89"/>
+      <c r="N691" s="81"/>
+      <c r="O691" s="82"/>
+      <c r="P691" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B691:G691)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="692" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A692" s="109"/>
+      <c r="B692" s="76"/>
+      <c r="C692" s="76"/>
+      <c r="D692" s="76"/>
+      <c r="E692" s="77"/>
+      <c r="F692" s="77"/>
+      <c r="G692" s="77"/>
+      <c r="H692" s="78"/>
+      <c r="I692" s="78"/>
+      <c r="J692" s="78"/>
+      <c r="K692" s="79"/>
+      <c r="L692" s="80"/>
+      <c r="M692" s="89"/>
+      <c r="N692" s="81"/>
+      <c r="O692" s="82"/>
+      <c r="P692" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B692:G692)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="693" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A693" s="109"/>
+      <c r="B693" s="76"/>
+      <c r="C693" s="76"/>
+      <c r="D693" s="76"/>
+      <c r="E693" s="77"/>
+      <c r="F693" s="77"/>
+      <c r="G693" s="77"/>
+      <c r="H693" s="78"/>
+      <c r="I693" s="78"/>
+      <c r="J693" s="78"/>
+      <c r="K693" s="79"/>
+      <c r="L693" s="80"/>
+      <c r="M693" s="89"/>
+      <c r="N693" s="81"/>
+      <c r="O693" s="82"/>
+      <c r="P693" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B693:G693)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="694" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A694" s="109"/>
+      <c r="B694" s="76"/>
+      <c r="C694" s="76"/>
+      <c r="D694" s="76"/>
+      <c r="E694" s="77"/>
+      <c r="F694" s="77"/>
+      <c r="G694" s="77"/>
+      <c r="H694" s="78"/>
+      <c r="I694" s="78"/>
+      <c r="J694" s="78"/>
+      <c r="K694" s="79"/>
+      <c r="L694" s="80"/>
+      <c r="M694" s="89"/>
+      <c r="N694" s="81"/>
+      <c r="O694" s="82"/>
+      <c r="P694" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B694:G694)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="695" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A695" s="109"/>
+      <c r="B695" s="76"/>
+      <c r="C695" s="76"/>
+      <c r="D695" s="76"/>
+      <c r="E695" s="77"/>
+      <c r="F695" s="77"/>
+      <c r="G695" s="77"/>
+      <c r="H695" s="78"/>
+      <c r="I695" s="78"/>
+      <c r="J695" s="78"/>
+      <c r="K695" s="79"/>
+      <c r="L695" s="80"/>
+      <c r="M695" s="89"/>
+      <c r="N695" s="81"/>
+      <c r="O695" s="82"/>
+      <c r="P695" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B695:G695)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="696" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A696" s="109"/>
+      <c r="B696" s="76"/>
+      <c r="C696" s="76"/>
+      <c r="D696" s="76"/>
+      <c r="E696" s="77"/>
+      <c r="F696" s="77"/>
+      <c r="G696" s="77"/>
+      <c r="H696" s="78"/>
+      <c r="I696" s="78"/>
+      <c r="J696" s="78"/>
+      <c r="K696" s="79"/>
+      <c r="L696" s="80"/>
+      <c r="M696" s="89"/>
+      <c r="N696" s="81"/>
+      <c r="O696" s="82"/>
+      <c r="P696" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B696:G696)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="697" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A697" s="109"/>
+      <c r="B697" s="76"/>
+      <c r="C697" s="76"/>
+      <c r="D697" s="76"/>
+      <c r="E697" s="77"/>
+      <c r="F697" s="77"/>
+      <c r="G697" s="77"/>
+      <c r="H697" s="78"/>
+      <c r="I697" s="78"/>
+      <c r="J697" s="78"/>
+      <c r="K697" s="79"/>
+      <c r="L697" s="80"/>
+      <c r="M697" s="89"/>
+      <c r="N697" s="81"/>
+      <c r="O697" s="82"/>
+      <c r="P697" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B697:G697)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="698" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A698" s="109"/>
+      <c r="B698" s="76"/>
+      <c r="C698" s="76"/>
+      <c r="D698" s="76"/>
+      <c r="E698" s="77"/>
+      <c r="F698" s="77"/>
+      <c r="G698" s="77"/>
+      <c r="H698" s="78"/>
+      <c r="I698" s="78"/>
+      <c r="J698" s="78"/>
+      <c r="K698" s="79"/>
+      <c r="L698" s="80"/>
+      <c r="M698" s="89"/>
+      <c r="N698" s="81"/>
+      <c r="O698" s="82"/>
+      <c r="P698" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B698:G698)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="699" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A699" s="109"/>
+      <c r="B699" s="76"/>
+      <c r="C699" s="76"/>
+      <c r="D699" s="76"/>
+      <c r="E699" s="77"/>
+      <c r="F699" s="77"/>
+      <c r="G699" s="77"/>
+      <c r="H699" s="78"/>
+      <c r="I699" s="78"/>
+      <c r="J699" s="78"/>
+      <c r="K699" s="79"/>
+      <c r="L699" s="80"/>
+      <c r="M699" s="89"/>
+      <c r="N699" s="81"/>
+      <c r="O699" s="82"/>
+      <c r="P699" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B699:G699)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="700" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A700" s="109"/>
+      <c r="B700" s="76"/>
+      <c r="C700" s="76"/>
+      <c r="D700" s="76"/>
+      <c r="E700" s="77"/>
+      <c r="F700" s="77"/>
+      <c r="G700" s="77"/>
+      <c r="H700" s="78"/>
+      <c r="I700" s="78"/>
+      <c r="J700" s="78"/>
+      <c r="K700" s="79"/>
+      <c r="L700" s="80"/>
+      <c r="M700" s="89"/>
+      <c r="N700" s="81"/>
+      <c r="O700" s="82"/>
+      <c r="P700" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B700:G700)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="701" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A701" s="109"/>
+      <c r="B701" s="76"/>
+      <c r="C701" s="76"/>
+      <c r="D701" s="76"/>
+      <c r="E701" s="77"/>
+      <c r="F701" s="77"/>
+      <c r="G701" s="77"/>
+      <c r="H701" s="78"/>
+      <c r="I701" s="78"/>
+      <c r="J701" s="78"/>
+      <c r="K701" s="79"/>
+      <c r="L701" s="80"/>
+      <c r="M701" s="89"/>
+      <c r="N701" s="81"/>
+      <c r="O701" s="82"/>
+      <c r="P701" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B701:G701)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="702" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A702" s="109"/>
+      <c r="B702" s="76"/>
+      <c r="C702" s="76"/>
+      <c r="D702" s="76"/>
+      <c r="E702" s="77"/>
+      <c r="F702" s="77"/>
+      <c r="G702" s="77"/>
+      <c r="H702" s="78"/>
+      <c r="I702" s="78"/>
+      <c r="J702" s="78"/>
+      <c r="K702" s="79"/>
+      <c r="L702" s="80"/>
+      <c r="M702" s="89"/>
+      <c r="N702" s="81"/>
+      <c r="O702" s="82"/>
+      <c r="P702" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B702:G702)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="703" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A703" s="109"/>
+      <c r="B703" s="76"/>
+      <c r="C703" s="76"/>
+      <c r="D703" s="76"/>
+      <c r="E703" s="77"/>
+      <c r="F703" s="77"/>
+      <c r="G703" s="77"/>
+      <c r="H703" s="78"/>
+      <c r="I703" s="78"/>
+      <c r="J703" s="78"/>
+      <c r="K703" s="79"/>
+      <c r="L703" s="80"/>
+      <c r="M703" s="89"/>
+      <c r="N703" s="81"/>
+      <c r="O703" s="82"/>
+      <c r="P703" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B703:G703)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="704" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A704" s="109"/>
+      <c r="B704" s="76"/>
+      <c r="C704" s="76"/>
+      <c r="D704" s="76"/>
+      <c r="E704" s="77"/>
+      <c r="F704" s="77"/>
+      <c r="G704" s="77"/>
+      <c r="H704" s="78"/>
+      <c r="I704" s="78"/>
+      <c r="J704" s="78"/>
+      <c r="K704" s="79"/>
+      <c r="L704" s="80"/>
+      <c r="M704" s="89"/>
+      <c r="N704" s="81"/>
+      <c r="O704" s="82"/>
+      <c r="P704" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B704:G704)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="705" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A705" s="109"/>
+      <c r="B705" s="76"/>
+      <c r="C705" s="76"/>
+      <c r="D705" s="76"/>
+      <c r="E705" s="77"/>
+      <c r="F705" s="77"/>
+      <c r="G705" s="77"/>
+      <c r="H705" s="78"/>
+      <c r="I705" s="78"/>
+      <c r="J705" s="78"/>
+      <c r="K705" s="79"/>
+      <c r="L705" s="80"/>
+      <c r="M705" s="89"/>
+      <c r="N705" s="81"/>
+      <c r="O705" s="82"/>
+      <c r="P705" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B705:G705)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="706" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A706" s="109"/>
+      <c r="B706" s="76"/>
+      <c r="C706" s="76"/>
+      <c r="D706" s="76"/>
+      <c r="E706" s="77"/>
+      <c r="F706" s="77"/>
+      <c r="G706" s="77"/>
+      <c r="H706" s="78"/>
+      <c r="I706" s="78"/>
+      <c r="J706" s="78"/>
+      <c r="K706" s="79"/>
+      <c r="L706" s="80"/>
+      <c r="M706" s="89"/>
+      <c r="N706" s="81"/>
+      <c r="O706" s="82"/>
+      <c r="P706" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B706:G706)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="707" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A707" s="109"/>
+      <c r="B707" s="76"/>
+      <c r="C707" s="76"/>
+      <c r="D707" s="76"/>
+      <c r="E707" s="77"/>
+      <c r="F707" s="77"/>
+      <c r="G707" s="77"/>
+      <c r="H707" s="78"/>
+      <c r="I707" s="78"/>
+      <c r="J707" s="78"/>
+      <c r="K707" s="79"/>
+      <c r="L707" s="80"/>
+      <c r="M707" s="89"/>
+      <c r="N707" s="81"/>
+      <c r="O707" s="82"/>
+      <c r="P707" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B707:G707)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="708" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A708" s="109"/>
+      <c r="B708" s="76"/>
+      <c r="C708" s="76"/>
+      <c r="D708" s="76"/>
+      <c r="E708" s="77"/>
+      <c r="F708" s="77"/>
+      <c r="G708" s="77"/>
+      <c r="H708" s="78"/>
+      <c r="I708" s="78"/>
+      <c r="J708" s="78"/>
+      <c r="K708" s="79"/>
+      <c r="L708" s="80"/>
+      <c r="M708" s="89"/>
+      <c r="N708" s="81"/>
+      <c r="O708" s="82"/>
+      <c r="P708" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B708:G708)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="709" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A709" s="109"/>
+      <c r="B709" s="76"/>
+      <c r="C709" s="76"/>
+      <c r="D709" s="76"/>
+      <c r="E709" s="77"/>
+      <c r="F709" s="77"/>
+      <c r="G709" s="77"/>
+      <c r="H709" s="78"/>
+      <c r="I709" s="78"/>
+      <c r="J709" s="78"/>
+      <c r="K709" s="79"/>
+      <c r="L709" s="80"/>
+      <c r="M709" s="89"/>
+      <c r="N709" s="81"/>
+      <c r="O709" s="82"/>
+      <c r="P709" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B709:G709)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="710" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A710" s="109"/>
+      <c r="B710" s="76"/>
+      <c r="C710" s="76"/>
+      <c r="D710" s="76"/>
+      <c r="E710" s="77"/>
+      <c r="F710" s="77"/>
+      <c r="G710" s="77"/>
+      <c r="H710" s="78"/>
+      <c r="I710" s="78"/>
+      <c r="J710" s="78"/>
+      <c r="K710" s="79"/>
+      <c r="L710" s="80"/>
+      <c r="M710" s="89"/>
+      <c r="N710" s="81"/>
+      <c r="O710" s="82"/>
+      <c r="P710" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B710:G710)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="711" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A711" s="109"/>
+      <c r="B711" s="76"/>
+      <c r="C711" s="76"/>
+      <c r="D711" s="76"/>
+      <c r="E711" s="77"/>
+      <c r="F711" s="77"/>
+      <c r="G711" s="77"/>
+      <c r="H711" s="78"/>
+      <c r="I711" s="78"/>
+      <c r="J711" s="78"/>
+      <c r="K711" s="79"/>
+      <c r="L711" s="80"/>
+      <c r="M711" s="89"/>
+      <c r="N711" s="81"/>
+      <c r="O711" s="82"/>
+      <c r="P711" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B711:G711)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="712" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A712" s="109"/>
+      <c r="B712" s="76"/>
+      <c r="C712" s="76"/>
+      <c r="D712" s="76"/>
+      <c r="E712" s="77"/>
+      <c r="F712" s="77"/>
+      <c r="G712" s="77"/>
+      <c r="H712" s="78"/>
+      <c r="I712" s="78"/>
+      <c r="J712" s="78"/>
+      <c r="K712" s="79"/>
+      <c r="L712" s="80"/>
+      <c r="M712" s="89"/>
+      <c r="N712" s="81"/>
+      <c r="O712" s="82"/>
+      <c r="P712" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B712:G712)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="713" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A713" s="109"/>
+      <c r="B713" s="76"/>
+      <c r="C713" s="76"/>
+      <c r="D713" s="76"/>
+      <c r="E713" s="77"/>
+      <c r="F713" s="77"/>
+      <c r="G713" s="77"/>
+      <c r="H713" s="78"/>
+      <c r="I713" s="78"/>
+      <c r="J713" s="78"/>
+      <c r="K713" s="79"/>
+      <c r="L713" s="80"/>
+      <c r="M713" s="89"/>
+      <c r="N713" s="81"/>
+      <c r="O713" s="82"/>
+      <c r="P713" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B713:G713)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="714" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A714" s="109"/>
+      <c r="B714" s="76"/>
+      <c r="C714" s="76"/>
+      <c r="D714" s="76"/>
+      <c r="E714" s="77"/>
+      <c r="F714" s="77"/>
+      <c r="G714" s="77"/>
+      <c r="H714" s="78"/>
+      <c r="I714" s="78"/>
+      <c r="J714" s="78"/>
+      <c r="K714" s="79"/>
+      <c r="L714" s="80"/>
+      <c r="M714" s="89"/>
+      <c r="N714" s="81"/>
+      <c r="O714" s="82"/>
+      <c r="P714" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B714:G714)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="715" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A715" s="109"/>
+      <c r="B715" s="76"/>
+      <c r="C715" s="76"/>
+      <c r="D715" s="76"/>
+      <c r="E715" s="77"/>
+      <c r="F715" s="77"/>
+      <c r="G715" s="77"/>
+      <c r="H715" s="78"/>
+      <c r="I715" s="78"/>
+      <c r="J715" s="78"/>
+      <c r="K715" s="79"/>
+      <c r="L715" s="80"/>
+      <c r="M715" s="89"/>
+      <c r="N715" s="81"/>
+      <c r="O715" s="82"/>
+      <c r="P715" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B715:G715)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="716" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A716" s="109"/>
+      <c r="B716" s="76"/>
+      <c r="C716" s="76"/>
+      <c r="D716" s="76"/>
+      <c r="E716" s="77"/>
+      <c r="F716" s="77"/>
+      <c r="G716" s="77"/>
+      <c r="H716" s="78"/>
+      <c r="I716" s="78"/>
+      <c r="J716" s="78"/>
+      <c r="K716" s="79"/>
+      <c r="L716" s="80"/>
+      <c r="M716" s="89"/>
+      <c r="N716" s="81"/>
+      <c r="O716" s="82"/>
+      <c r="P716" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B716:G716)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="717" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A717" s="109"/>
+      <c r="B717" s="76"/>
+      <c r="C717" s="76"/>
+      <c r="D717" s="76"/>
+      <c r="E717" s="77"/>
+      <c r="F717" s="77"/>
+      <c r="G717" s="77"/>
+      <c r="H717" s="78"/>
+      <c r="I717" s="78"/>
+      <c r="J717" s="78"/>
+      <c r="K717" s="79"/>
+      <c r="L717" s="80"/>
+      <c r="M717" s="89"/>
+      <c r="N717" s="81"/>
+      <c r="O717" s="82"/>
+      <c r="P717" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B717:G717)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="718" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A718" s="109"/>
+      <c r="B718" s="76"/>
+      <c r="C718" s="76"/>
+      <c r="D718" s="76"/>
+      <c r="E718" s="77"/>
+      <c r="F718" s="77"/>
+      <c r="G718" s="77"/>
+      <c r="H718" s="78"/>
+      <c r="I718" s="78"/>
+      <c r="J718" s="78"/>
+      <c r="K718" s="79"/>
+      <c r="L718" s="80"/>
+      <c r="M718" s="89"/>
+      <c r="N718" s="81"/>
+      <c r="O718" s="82"/>
+      <c r="P718" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B718:G718)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="719" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A719" s="109"/>
+      <c r="B719" s="76"/>
+      <c r="C719" s="76"/>
+      <c r="D719" s="76"/>
+      <c r="E719" s="77"/>
+      <c r="F719" s="77"/>
+      <c r="G719" s="77"/>
+      <c r="H719" s="78"/>
+      <c r="I719" s="78"/>
+      <c r="J719" s="78"/>
+      <c r="K719" s="79"/>
+      <c r="L719" s="80"/>
+      <c r="M719" s="89"/>
+      <c r="N719" s="81"/>
+      <c r="O719" s="82"/>
+      <c r="P719" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B719:G719)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="720" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A720" s="109"/>
+      <c r="B720" s="76"/>
+      <c r="C720" s="76"/>
+      <c r="D720" s="76"/>
+      <c r="E720" s="77"/>
+      <c r="F720" s="77"/>
+      <c r="G720" s="77"/>
+      <c r="H720" s="78"/>
+      <c r="I720" s="78"/>
+      <c r="J720" s="78"/>
+      <c r="K720" s="79"/>
+      <c r="L720" s="80"/>
+      <c r="M720" s="89"/>
+      <c r="N720" s="81"/>
+      <c r="O720" s="82"/>
+      <c r="P720" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B720:G720)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="721" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A721" s="109"/>
+      <c r="B721" s="76"/>
+      <c r="C721" s="76"/>
+      <c r="D721" s="76"/>
+      <c r="E721" s="77"/>
+      <c r="F721" s="77"/>
+      <c r="G721" s="77"/>
+      <c r="H721" s="78"/>
+      <c r="I721" s="78"/>
+      <c r="J721" s="78"/>
+      <c r="K721" s="79"/>
+      <c r="L721" s="80"/>
+      <c r="M721" s="89"/>
+      <c r="N721" s="81"/>
+      <c r="O721" s="82"/>
+      <c r="P721" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B721:G721)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="722" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A722" s="109"/>
+      <c r="B722" s="76"/>
+      <c r="C722" s="76"/>
+      <c r="D722" s="76"/>
+      <c r="E722" s="77"/>
+      <c r="F722" s="77"/>
+      <c r="G722" s="77"/>
+      <c r="H722" s="78"/>
+      <c r="I722" s="78"/>
+      <c r="J722" s="78"/>
+      <c r="K722" s="79"/>
+      <c r="L722" s="80"/>
+      <c r="M722" s="89"/>
+      <c r="N722" s="81"/>
+      <c r="O722" s="82"/>
+      <c r="P722" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B722:G722)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="723" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A723" s="109"/>
+      <c r="B723" s="76"/>
+      <c r="C723" s="76"/>
+      <c r="D723" s="76"/>
+      <c r="E723" s="77"/>
+      <c r="F723" s="77"/>
+      <c r="G723" s="77"/>
+      <c r="H723" s="78"/>
+      <c r="I723" s="78"/>
+      <c r="J723" s="78"/>
+      <c r="K723" s="79"/>
+      <c r="L723" s="80"/>
+      <c r="M723" s="89"/>
+      <c r="N723" s="81"/>
+      <c r="O723" s="82"/>
+      <c r="P723" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B723:G723)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="724" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A724" s="109"/>
+      <c r="B724" s="76"/>
+      <c r="C724" s="76"/>
+      <c r="D724" s="76"/>
+      <c r="E724" s="77"/>
+      <c r="F724" s="77"/>
+      <c r="G724" s="77"/>
+      <c r="H724" s="78"/>
+      <c r="I724" s="78"/>
+      <c r="J724" s="78"/>
+      <c r="K724" s="79"/>
+      <c r="L724" s="80"/>
+      <c r="M724" s="89"/>
+      <c r="N724" s="81"/>
+      <c r="O724" s="82"/>
+      <c r="P724" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B724:G724)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="725" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A725" s="109"/>
+      <c r="B725" s="76"/>
+      <c r="C725" s="76"/>
+      <c r="D725" s="76"/>
+      <c r="E725" s="77"/>
+      <c r="F725" s="77"/>
+      <c r="G725" s="77"/>
+      <c r="H725" s="78"/>
+      <c r="I725" s="78"/>
+      <c r="J725" s="78"/>
+      <c r="K725" s="79"/>
+      <c r="L725" s="80"/>
+      <c r="M725" s="89"/>
+      <c r="N725" s="81"/>
+      <c r="O725" s="82"/>
+      <c r="P725" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B725:G725)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="726" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A726" s="109"/>
+      <c r="B726" s="76"/>
+      <c r="C726" s="76"/>
+      <c r="D726" s="76"/>
+      <c r="E726" s="77"/>
+      <c r="F726" s="77"/>
+      <c r="G726" s="77"/>
+      <c r="H726" s="78"/>
+      <c r="I726" s="78"/>
+      <c r="J726" s="78"/>
+      <c r="K726" s="79"/>
+      <c r="L726" s="80"/>
+      <c r="M726" s="89"/>
+      <c r="N726" s="81"/>
+      <c r="O726" s="82"/>
+      <c r="P726" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B726:G726)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="727" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A727" s="109"/>
+      <c r="B727" s="76"/>
+      <c r="C727" s="76"/>
+      <c r="D727" s="76"/>
+      <c r="E727" s="77"/>
+      <c r="F727" s="77"/>
+      <c r="G727" s="77"/>
+      <c r="H727" s="78"/>
+      <c r="I727" s="78"/>
+      <c r="J727" s="78"/>
+      <c r="K727" s="79"/>
+      <c r="L727" s="80"/>
+      <c r="M727" s="89"/>
+      <c r="N727" s="81"/>
+      <c r="O727" s="82"/>
+      <c r="P727" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B727:G727)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="728" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A728" s="109"/>
+      <c r="B728" s="76"/>
+      <c r="C728" s="76"/>
+      <c r="D728" s="76"/>
+      <c r="E728" s="77"/>
+      <c r="F728" s="77"/>
+      <c r="G728" s="77"/>
+      <c r="H728" s="78"/>
+      <c r="I728" s="78"/>
+      <c r="J728" s="78"/>
+      <c r="K728" s="79"/>
+      <c r="L728" s="80"/>
+      <c r="M728" s="89"/>
+      <c r="N728" s="81"/>
+      <c r="O728" s="82"/>
+      <c r="P728" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B728:G728)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="729" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A729" s="109"/>
+      <c r="B729" s="76"/>
+      <c r="C729" s="76"/>
+      <c r="D729" s="76"/>
+      <c r="E729" s="77"/>
+      <c r="F729" s="77"/>
+      <c r="G729" s="77"/>
+      <c r="H729" s="78"/>
+      <c r="I729" s="78"/>
+      <c r="J729" s="78"/>
+      <c r="K729" s="79"/>
+      <c r="L729" s="80"/>
+      <c r="M729" s="89"/>
+      <c r="N729" s="81"/>
+      <c r="O729" s="82"/>
+      <c r="P729" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B729:G729)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="730" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A730" s="109"/>
+      <c r="B730" s="76"/>
+      <c r="C730" s="76"/>
+      <c r="D730" s="76"/>
+      <c r="E730" s="77"/>
+      <c r="F730" s="77"/>
+      <c r="G730" s="77"/>
+      <c r="H730" s="78"/>
+      <c r="I730" s="78"/>
+      <c r="J730" s="78"/>
+      <c r="K730" s="79"/>
+      <c r="L730" s="80"/>
+      <c r="M730" s="89"/>
+      <c r="N730" s="81"/>
+      <c r="O730" s="82"/>
+      <c r="P730" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B730:G730)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="731" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A731" s="109"/>
+      <c r="B731" s="76"/>
+      <c r="C731" s="76"/>
+      <c r="D731" s="76"/>
+      <c r="E731" s="77"/>
+      <c r="F731" s="77"/>
+      <c r="G731" s="77"/>
+      <c r="H731" s="78"/>
+      <c r="I731" s="78"/>
+      <c r="J731" s="78"/>
+      <c r="K731" s="79"/>
+      <c r="L731" s="80"/>
+      <c r="M731" s="89"/>
+      <c r="N731" s="81"/>
+      <c r="O731" s="82"/>
+      <c r="P731" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B731:G731)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="732" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A732" s="109"/>
+      <c r="B732" s="76"/>
+      <c r="C732" s="76"/>
+      <c r="D732" s="76"/>
+      <c r="E732" s="77"/>
+      <c r="F732" s="77"/>
+      <c r="G732" s="77"/>
+      <c r="H732" s="78"/>
+      <c r="I732" s="78"/>
+      <c r="J732" s="78"/>
+      <c r="K732" s="79"/>
+      <c r="L732" s="80"/>
+      <c r="M732" s="89"/>
+      <c r="N732" s="81"/>
+      <c r="O732" s="82"/>
+      <c r="P732" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B732:G732)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="733" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A733" s="109"/>
+      <c r="B733" s="76"/>
+      <c r="C733" s="76"/>
+      <c r="D733" s="76"/>
+      <c r="E733" s="77"/>
+      <c r="F733" s="77"/>
+      <c r="G733" s="77"/>
+      <c r="H733" s="78"/>
+      <c r="I733" s="78"/>
+      <c r="J733" s="78"/>
+      <c r="K733" s="79"/>
+      <c r="L733" s="80"/>
+      <c r="M733" s="89"/>
+      <c r="N733" s="81"/>
+      <c r="O733" s="82"/>
+      <c r="P733" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B733:G733)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="734" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A734" s="109"/>
+      <c r="B734" s="76"/>
+      <c r="C734" s="76"/>
+      <c r="D734" s="76"/>
+      <c r="E734" s="77"/>
+      <c r="F734" s="77"/>
+      <c r="G734" s="77"/>
+      <c r="H734" s="78"/>
+      <c r="I734" s="78"/>
+      <c r="J734" s="78"/>
+      <c r="K734" s="79"/>
+      <c r="L734" s="80"/>
+      <c r="M734" s="89"/>
+      <c r="N734" s="81"/>
+      <c r="O734" s="82"/>
+      <c r="P734" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B734:G734)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="735" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A735" s="109"/>
+      <c r="B735" s="76"/>
+      <c r="C735" s="76"/>
+      <c r="D735" s="76"/>
+      <c r="E735" s="77"/>
+      <c r="F735" s="77"/>
+      <c r="G735" s="77"/>
+      <c r="H735" s="78"/>
+      <c r="I735" s="78"/>
+      <c r="J735" s="78"/>
+      <c r="K735" s="79"/>
+      <c r="L735" s="80"/>
+      <c r="M735" s="89"/>
+      <c r="N735" s="81"/>
+      <c r="O735" s="82"/>
+      <c r="P735" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B735:G735)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="736" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A736" s="109"/>
+      <c r="B736" s="76"/>
+      <c r="C736" s="76"/>
+      <c r="D736" s="76"/>
+      <c r="E736" s="77"/>
+      <c r="F736" s="77"/>
+      <c r="G736" s="77"/>
+      <c r="H736" s="78"/>
+      <c r="I736" s="78"/>
+      <c r="J736" s="78"/>
+      <c r="K736" s="79"/>
+      <c r="L736" s="80"/>
+      <c r="M736" s="89"/>
+      <c r="N736" s="81"/>
+      <c r="O736" s="82"/>
+      <c r="P736" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B736:G736)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="737" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A737" s="109"/>
+      <c r="B737" s="76"/>
+      <c r="C737" s="76"/>
+      <c r="D737" s="76"/>
+      <c r="E737" s="77"/>
+      <c r="F737" s="77"/>
+      <c r="G737" s="77"/>
+      <c r="H737" s="78"/>
+      <c r="I737" s="78"/>
+      <c r="J737" s="78"/>
+      <c r="K737" s="79"/>
+      <c r="L737" s="80"/>
+      <c r="M737" s="89"/>
+      <c r="N737" s="81"/>
+      <c r="O737" s="82"/>
+      <c r="P737" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B737:G737)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="738" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A738" s="109"/>
+      <c r="B738" s="76"/>
+      <c r="C738" s="76"/>
+      <c r="D738" s="76"/>
+      <c r="E738" s="77"/>
+      <c r="F738" s="77"/>
+      <c r="G738" s="77"/>
+      <c r="H738" s="78"/>
+      <c r="I738" s="78"/>
+      <c r="J738" s="78"/>
+      <c r="K738" s="79"/>
+      <c r="L738" s="80"/>
+      <c r="M738" s="89"/>
+      <c r="N738" s="81"/>
+      <c r="O738" s="82"/>
+      <c r="P738" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B738:G738)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="739" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A739" s="109"/>
+      <c r="B739" s="76"/>
+      <c r="C739" s="76"/>
+      <c r="D739" s="76"/>
+      <c r="E739" s="77"/>
+      <c r="F739" s="77"/>
+      <c r="G739" s="77"/>
+      <c r="H739" s="78"/>
+      <c r="I739" s="78"/>
+      <c r="J739" s="78"/>
+      <c r="K739" s="79"/>
+      <c r="L739" s="80"/>
+      <c r="M739" s="89"/>
+      <c r="N739" s="81"/>
+      <c r="O739" s="82"/>
+      <c r="P739" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B739:G739)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="740" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A740" s="109"/>
+      <c r="B740" s="76"/>
+      <c r="C740" s="76"/>
+      <c r="D740" s="76"/>
+      <c r="E740" s="77"/>
+      <c r="F740" s="77"/>
+      <c r="G740" s="77"/>
+      <c r="H740" s="78"/>
+      <c r="I740" s="78"/>
+      <c r="J740" s="78"/>
+      <c r="K740" s="79"/>
+      <c r="L740" s="80"/>
+      <c r="M740" s="89"/>
+      <c r="N740" s="81"/>
+      <c r="O740" s="82"/>
+      <c r="P740" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B740:G740)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="741" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A741" s="109"/>
+      <c r="B741" s="76"/>
+      <c r="C741" s="76"/>
+      <c r="D741" s="76"/>
+      <c r="E741" s="77"/>
+      <c r="F741" s="77"/>
+      <c r="G741" s="77"/>
+      <c r="H741" s="78"/>
+      <c r="I741" s="78"/>
+      <c r="J741" s="78"/>
+      <c r="K741" s="79"/>
+      <c r="L741" s="80"/>
+      <c r="M741" s="89"/>
+      <c r="N741" s="81"/>
+      <c r="O741" s="82"/>
+      <c r="P741" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B741:G741)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="742" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A742" s="109"/>
+      <c r="B742" s="76"/>
+      <c r="C742" s="76"/>
+      <c r="D742" s="76"/>
+      <c r="E742" s="77"/>
+      <c r="F742" s="77"/>
+      <c r="G742" s="77"/>
+      <c r="H742" s="78"/>
+      <c r="I742" s="78"/>
+      <c r="J742" s="78"/>
+      <c r="K742" s="79"/>
+      <c r="L742" s="80"/>
+      <c r="M742" s="89"/>
+      <c r="N742" s="81"/>
+      <c r="O742" s="82"/>
+      <c r="P742" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B742:G742)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="743" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A743" s="109"/>
+      <c r="B743" s="76"/>
+      <c r="C743" s="76"/>
+      <c r="D743" s="76"/>
+      <c r="E743" s="77"/>
+      <c r="F743" s="77"/>
+      <c r="G743" s="77"/>
+      <c r="H743" s="78"/>
+      <c r="I743" s="78"/>
+      <c r="J743" s="78"/>
+      <c r="K743" s="79"/>
+      <c r="L743" s="80"/>
+      <c r="M743" s="89"/>
+      <c r="N743" s="81"/>
+      <c r="O743" s="82"/>
+      <c r="P743" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B743:G743)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="744" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A744" s="109"/>
+      <c r="B744" s="76"/>
+      <c r="C744" s="76"/>
+      <c r="D744" s="76"/>
+      <c r="E744" s="77"/>
+      <c r="F744" s="77"/>
+      <c r="G744" s="77"/>
+      <c r="H744" s="78"/>
+      <c r="I744" s="78"/>
+      <c r="J744" s="78"/>
+      <c r="K744" s="79"/>
+      <c r="L744" s="80"/>
+      <c r="M744" s="89"/>
+      <c r="N744" s="81"/>
+      <c r="O744" s="82"/>
+      <c r="P744" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B744:G744)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="745" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A745" s="109"/>
+      <c r="B745" s="76"/>
+      <c r="C745" s="76"/>
+      <c r="D745" s="76"/>
+      <c r="E745" s="77"/>
+      <c r="F745" s="77"/>
+      <c r="G745" s="77"/>
+      <c r="H745" s="78"/>
+      <c r="I745" s="78"/>
+      <c r="J745" s="78"/>
+      <c r="K745" s="79"/>
+      <c r="L745" s="80"/>
+      <c r="M745" s="89"/>
+      <c r="N745" s="81"/>
+      <c r="O745" s="82"/>
+      <c r="P745" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B745:G745)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="746" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A746" s="109"/>
+      <c r="B746" s="76"/>
+      <c r="C746" s="76"/>
+      <c r="D746" s="76"/>
+      <c r="E746" s="77"/>
+      <c r="F746" s="77"/>
+      <c r="G746" s="77"/>
+      <c r="H746" s="78"/>
+      <c r="I746" s="78"/>
+      <c r="J746" s="78"/>
+      <c r="K746" s="79"/>
+      <c r="L746" s="80"/>
+      <c r="M746" s="89"/>
+      <c r="N746" s="81"/>
+      <c r="O746" s="82"/>
+      <c r="P746" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B746:G746)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="747" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A747" s="109"/>
+      <c r="B747" s="76"/>
+      <c r="C747" s="76"/>
+      <c r="D747" s="76"/>
+      <c r="E747" s="77"/>
+      <c r="F747" s="77"/>
+      <c r="G747" s="77"/>
+      <c r="H747" s="78"/>
+      <c r="I747" s="78"/>
+      <c r="J747" s="78"/>
+      <c r="K747" s="79"/>
+      <c r="L747" s="80"/>
+      <c r="M747" s="89"/>
+      <c r="N747" s="81"/>
+      <c r="O747" s="82"/>
+      <c r="P747" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B747:G747)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="748" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A748" s="109"/>
+      <c r="B748" s="76"/>
+      <c r="C748" s="76"/>
+      <c r="D748" s="76"/>
+      <c r="E748" s="77"/>
+      <c r="F748" s="77"/>
+      <c r="G748" s="77"/>
+      <c r="H748" s="78"/>
+      <c r="I748" s="78"/>
+      <c r="J748" s="78"/>
+      <c r="K748" s="79"/>
+      <c r="L748" s="80"/>
+      <c r="M748" s="89"/>
+      <c r="N748" s="81"/>
+      <c r="O748" s="82"/>
+      <c r="P748" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B748:G748)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="749" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A749" s="109"/>
+      <c r="B749" s="76"/>
+      <c r="C749" s="76"/>
+      <c r="D749" s="76"/>
+      <c r="E749" s="77"/>
+      <c r="F749" s="77"/>
+      <c r="G749" s="77"/>
+      <c r="H749" s="78"/>
+      <c r="I749" s="78"/>
+      <c r="J749" s="78"/>
+      <c r="K749" s="79"/>
+      <c r="L749" s="80"/>
+      <c r="M749" s="89"/>
+      <c r="N749" s="81"/>
+      <c r="O749" s="82"/>
+      <c r="P749" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B749:G749)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="750" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A750" s="109"/>
+      <c r="B750" s="76"/>
+      <c r="C750" s="76"/>
+      <c r="D750" s="76"/>
+      <c r="E750" s="77"/>
+      <c r="F750" s="77"/>
+      <c r="G750" s="77"/>
+      <c r="H750" s="78"/>
+      <c r="I750" s="78"/>
+      <c r="J750" s="78"/>
+      <c r="K750" s="79"/>
+      <c r="L750" s="80"/>
+      <c r="M750" s="89"/>
+      <c r="N750" s="81"/>
+      <c r="O750" s="82"/>
+      <c r="P750" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B750:G750)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="751" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A751" s="109"/>
+      <c r="B751" s="76"/>
+      <c r="C751" s="76"/>
+      <c r="D751" s="76"/>
+      <c r="E751" s="77"/>
+      <c r="F751" s="77"/>
+      <c r="G751" s="77"/>
+      <c r="H751" s="78"/>
+      <c r="I751" s="78"/>
+      <c r="J751" s="78"/>
+      <c r="K751" s="79"/>
+      <c r="L751" s="80"/>
+      <c r="M751" s="89"/>
+      <c r="N751" s="81"/>
+      <c r="O751" s="82"/>
+      <c r="P751" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B751:G751)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="752" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A752" s="109"/>
+      <c r="B752" s="76"/>
+      <c r="C752" s="76"/>
+      <c r="D752" s="76"/>
+      <c r="E752" s="77"/>
+      <c r="F752" s="77"/>
+      <c r="G752" s="77"/>
+      <c r="H752" s="78"/>
+      <c r="I752" s="78"/>
+      <c r="J752" s="78"/>
+      <c r="K752" s="79"/>
+      <c r="L752" s="80"/>
+      <c r="M752" s="89"/>
+      <c r="N752" s="81"/>
+      <c r="O752" s="82"/>
+      <c r="P752" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B752:G752)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="753" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A753" s="109"/>
+      <c r="B753" s="76"/>
+      <c r="C753" s="76"/>
+      <c r="D753" s="76"/>
+      <c r="E753" s="77"/>
+      <c r="F753" s="77"/>
+      <c r="G753" s="77"/>
+      <c r="H753" s="78"/>
+      <c r="I753" s="78"/>
+      <c r="J753" s="78"/>
+      <c r="K753" s="79"/>
+      <c r="L753" s="80"/>
+      <c r="M753" s="89"/>
+      <c r="N753" s="81"/>
+      <c r="O753" s="82"/>
+      <c r="P753" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B753:G753)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="754" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A754" s="109"/>
+      <c r="B754" s="76"/>
+      <c r="C754" s="76"/>
+      <c r="D754" s="76"/>
+      <c r="E754" s="77"/>
+      <c r="F754" s="77"/>
+      <c r="G754" s="77"/>
+      <c r="H754" s="78"/>
+      <c r="I754" s="78"/>
+      <c r="J754" s="78"/>
+      <c r="K754" s="79"/>
+      <c r="L754" s="80"/>
+      <c r="M754" s="89"/>
+      <c r="N754" s="81"/>
+      <c r="O754" s="82"/>
+      <c r="P754" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B754:G754)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="755" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A755" s="109"/>
+      <c r="B755" s="76"/>
+      <c r="C755" s="76"/>
+      <c r="D755" s="76"/>
+      <c r="E755" s="77"/>
+      <c r="F755" s="77"/>
+      <c r="G755" s="77"/>
+      <c r="H755" s="78"/>
+      <c r="I755" s="78"/>
+      <c r="J755" s="78"/>
+      <c r="K755" s="79"/>
+      <c r="L755" s="80"/>
+      <c r="M755" s="89"/>
+      <c r="N755" s="81"/>
+      <c r="O755" s="82"/>
+      <c r="P755" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B755:G755)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="756" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A756" s="109"/>
+      <c r="B756" s="76"/>
+      <c r="C756" s="76"/>
+      <c r="D756" s="76"/>
+      <c r="E756" s="77"/>
+      <c r="F756" s="77"/>
+      <c r="G756" s="77"/>
+      <c r="H756" s="78"/>
+      <c r="I756" s="78"/>
+      <c r="J756" s="78"/>
+      <c r="K756" s="79"/>
+      <c r="L756" s="80"/>
+      <c r="M756" s="89"/>
+      <c r="N756" s="81"/>
+      <c r="O756" s="82"/>
+      <c r="P756" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B756:G756)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="757" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A757" s="109"/>
+      <c r="B757" s="76"/>
+      <c r="C757" s="76"/>
+      <c r="D757" s="76"/>
+      <c r="E757" s="77"/>
+      <c r="F757" s="77"/>
+      <c r="G757" s="77"/>
+      <c r="H757" s="78"/>
+      <c r="I757" s="78"/>
+      <c r="J757" s="78"/>
+      <c r="K757" s="79"/>
+      <c r="L757" s="80"/>
+      <c r="M757" s="89"/>
+      <c r="N757" s="81"/>
+      <c r="O757" s="82"/>
+      <c r="P757" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B757:G757)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="758" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A758" s="109"/>
+      <c r="B758" s="76"/>
+      <c r="C758" s="76"/>
+      <c r="D758" s="76"/>
+      <c r="E758" s="77"/>
+      <c r="F758" s="77"/>
+      <c r="G758" s="77"/>
+      <c r="H758" s="78"/>
+      <c r="I758" s="78"/>
+      <c r="J758" s="78"/>
+      <c r="K758" s="79"/>
+      <c r="L758" s="80"/>
+      <c r="M758" s="89"/>
+      <c r="N758" s="81"/>
+      <c r="O758" s="82"/>
+      <c r="P758" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B758:G758)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="759" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A759" s="109"/>
+      <c r="B759" s="76"/>
+      <c r="C759" s="76"/>
+      <c r="D759" s="76"/>
+      <c r="E759" s="77"/>
+      <c r="F759" s="77"/>
+      <c r="G759" s="77"/>
+      <c r="H759" s="78"/>
+      <c r="I759" s="78"/>
+      <c r="J759" s="78"/>
+      <c r="K759" s="79"/>
+      <c r="L759" s="80"/>
+      <c r="M759" s="89"/>
+      <c r="N759" s="81"/>
+      <c r="O759" s="82"/>
+      <c r="P759" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B759:G759)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="760" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A760" s="109"/>
+      <c r="B760" s="76"/>
+      <c r="C760" s="76"/>
+      <c r="D760" s="76"/>
+      <c r="E760" s="77"/>
+      <c r="F760" s="77"/>
+      <c r="G760" s="77"/>
+      <c r="H760" s="78"/>
+      <c r="I760" s="78"/>
+      <c r="J760" s="78"/>
+      <c r="K760" s="79"/>
+      <c r="L760" s="80"/>
+      <c r="M760" s="89"/>
+      <c r="N760" s="81"/>
+      <c r="O760" s="82"/>
+      <c r="P760" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B760:G760)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="761" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A761" s="109"/>
+      <c r="B761" s="76"/>
+      <c r="C761" s="76"/>
+      <c r="D761" s="76"/>
+      <c r="E761" s="77"/>
+      <c r="F761" s="77"/>
+      <c r="G761" s="77"/>
+      <c r="H761" s="78"/>
+      <c r="I761" s="78"/>
+      <c r="J761" s="78"/>
+      <c r="K761" s="79"/>
+      <c r="L761" s="80"/>
+      <c r="M761" s="89"/>
+      <c r="N761" s="81"/>
+      <c r="O761" s="82"/>
+      <c r="P761" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B761:G761)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="762" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A762" s="109"/>
+      <c r="B762" s="76"/>
+      <c r="C762" s="76"/>
+      <c r="D762" s="76"/>
+      <c r="E762" s="77"/>
+      <c r="F762" s="77"/>
+      <c r="G762" s="77"/>
+      <c r="H762" s="78"/>
+      <c r="I762" s="78"/>
+      <c r="J762" s="78"/>
+      <c r="K762" s="79"/>
+      <c r="L762" s="80"/>
+      <c r="M762" s="89"/>
+      <c r="N762" s="81"/>
+      <c r="O762" s="82"/>
+      <c r="P762" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B762:G762)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="763" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A763" s="109"/>
+      <c r="B763" s="76"/>
+      <c r="C763" s="76"/>
+      <c r="D763" s="76"/>
+      <c r="E763" s="77"/>
+      <c r="F763" s="77"/>
+      <c r="G763" s="77"/>
+      <c r="H763" s="78"/>
+      <c r="I763" s="78"/>
+      <c r="J763" s="78"/>
+      <c r="K763" s="79"/>
+      <c r="L763" s="80"/>
+      <c r="M763" s="89"/>
+      <c r="N763" s="81"/>
+      <c r="O763" s="82"/>
+      <c r="P763" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B763:G763)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="764" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A764" s="109"/>
+      <c r="B764" s="76"/>
+      <c r="C764" s="76"/>
+      <c r="D764" s="76"/>
+      <c r="E764" s="77"/>
+      <c r="F764" s="77"/>
+      <c r="G764" s="77"/>
+      <c r="H764" s="78"/>
+      <c r="I764" s="78"/>
+      <c r="J764" s="78"/>
+      <c r="K764" s="79"/>
+      <c r="L764" s="80"/>
+      <c r="M764" s="89"/>
+      <c r="N764" s="81"/>
+      <c r="O764" s="82"/>
+      <c r="P764" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B764:G764)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="765" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A765" s="109"/>
+      <c r="B765" s="76"/>
+      <c r="C765" s="76"/>
+      <c r="D765" s="76"/>
+      <c r="E765" s="77"/>
+      <c r="F765" s="77"/>
+      <c r="G765" s="77"/>
+      <c r="H765" s="78"/>
+      <c r="I765" s="78"/>
+      <c r="J765" s="78"/>
+      <c r="K765" s="79"/>
+      <c r="L765" s="80"/>
+      <c r="M765" s="89"/>
+      <c r="N765" s="81"/>
+      <c r="O765" s="82"/>
+      <c r="P765" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B765:G765)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="766" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A766" s="109"/>
+      <c r="B766" s="76"/>
+      <c r="C766" s="76"/>
+      <c r="D766" s="76"/>
+      <c r="E766" s="77"/>
+      <c r="F766" s="77"/>
+      <c r="G766" s="77"/>
+      <c r="H766" s="78"/>
+      <c r="I766" s="78"/>
+      <c r="J766" s="78"/>
+      <c r="K766" s="79"/>
+      <c r="L766" s="80"/>
+      <c r="M766" s="89"/>
+      <c r="N766" s="81"/>
+      <c r="O766" s="82"/>
+      <c r="P766" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B766:G766)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="767" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A767" s="109"/>
+      <c r="B767" s="76"/>
+      <c r="C767" s="76"/>
+      <c r="D767" s="76"/>
+      <c r="E767" s="77"/>
+      <c r="F767" s="77"/>
+      <c r="G767" s="77"/>
+      <c r="H767" s="78"/>
+      <c r="I767" s="78"/>
+      <c r="J767" s="78"/>
+      <c r="K767" s="79"/>
+      <c r="L767" s="80"/>
+      <c r="M767" s="89"/>
+      <c r="N767" s="81"/>
+      <c r="O767" s="82"/>
+      <c r="P767" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B767:G767)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="768" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A768" s="109"/>
+      <c r="B768" s="76"/>
+      <c r="C768" s="76"/>
+      <c r="D768" s="76"/>
+      <c r="E768" s="77"/>
+      <c r="F768" s="77"/>
+      <c r="G768" s="77"/>
+      <c r="H768" s="78"/>
+      <c r="I768" s="78"/>
+      <c r="J768" s="78"/>
+      <c r="K768" s="79"/>
+      <c r="L768" s="80"/>
+      <c r="M768" s="89"/>
+      <c r="N768" s="81"/>
+      <c r="O768" s="82"/>
+      <c r="P768" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B768:G768)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="769" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A769" s="109"/>
+      <c r="B769" s="76"/>
+      <c r="C769" s="76"/>
+      <c r="D769" s="76"/>
+      <c r="E769" s="77"/>
+      <c r="F769" s="77"/>
+      <c r="G769" s="77"/>
+      <c r="H769" s="78"/>
+      <c r="I769" s="78"/>
+      <c r="J769" s="78"/>
+      <c r="K769" s="79"/>
+      <c r="L769" s="80"/>
+      <c r="M769" s="89"/>
+      <c r="N769" s="81"/>
+      <c r="O769" s="82"/>
+      <c r="P769" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B769:G769)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="770" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A770" s="109"/>
+      <c r="B770" s="76"/>
+      <c r="C770" s="76"/>
+      <c r="D770" s="76"/>
+      <c r="E770" s="77"/>
+      <c r="F770" s="77"/>
+      <c r="G770" s="77"/>
+      <c r="H770" s="78"/>
+      <c r="I770" s="78"/>
+      <c r="J770" s="78"/>
+      <c r="K770" s="79"/>
+      <c r="L770" s="80"/>
+      <c r="M770" s="89"/>
+      <c r="N770" s="81"/>
+      <c r="O770" s="82"/>
+      <c r="P770" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B770:G770)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="771" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A771" s="109"/>
+      <c r="B771" s="76"/>
+      <c r="C771" s="76"/>
+      <c r="D771" s="76"/>
+      <c r="E771" s="77"/>
+      <c r="F771" s="77"/>
+      <c r="G771" s="77"/>
+      <c r="H771" s="78"/>
+      <c r="I771" s="78"/>
+      <c r="J771" s="78"/>
+      <c r="K771" s="79"/>
+      <c r="L771" s="80"/>
+      <c r="M771" s="89"/>
+      <c r="N771" s="81"/>
+      <c r="O771" s="82"/>
+      <c r="P771" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B771:G771)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="772" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A772" s="109"/>
+      <c r="B772" s="76"/>
+      <c r="C772" s="76"/>
+      <c r="D772" s="76"/>
+      <c r="E772" s="77"/>
+      <c r="F772" s="77"/>
+      <c r="G772" s="77"/>
+      <c r="H772" s="78"/>
+      <c r="I772" s="78"/>
+      <c r="J772" s="78"/>
+      <c r="K772" s="79"/>
+      <c r="L772" s="80"/>
+      <c r="M772" s="89"/>
+      <c r="N772" s="81"/>
+      <c r="O772" s="82"/>
+      <c r="P772" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B772:G772)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="773" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A773" s="109"/>
+      <c r="B773" s="76"/>
+      <c r="C773" s="76"/>
+      <c r="D773" s="76"/>
+      <c r="E773" s="77"/>
+      <c r="F773" s="77"/>
+      <c r="G773" s="77"/>
+      <c r="H773" s="78"/>
+      <c r="I773" s="78"/>
+      <c r="J773" s="78"/>
+      <c r="K773" s="79"/>
+      <c r="L773" s="80"/>
+      <c r="M773" s="89"/>
+      <c r="N773" s="81"/>
+      <c r="O773" s="82"/>
+      <c r="P773" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B773:G773)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="774" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A774" s="109"/>
+      <c r="B774" s="76"/>
+      <c r="C774" s="76"/>
+      <c r="D774" s="76"/>
+      <c r="E774" s="77"/>
+      <c r="F774" s="77"/>
+      <c r="G774" s="77"/>
+      <c r="H774" s="78"/>
+      <c r="I774" s="78"/>
+      <c r="J774" s="78"/>
+      <c r="K774" s="79"/>
+      <c r="L774" s="80"/>
+      <c r="M774" s="89"/>
+      <c r="N774" s="81"/>
+      <c r="O774" s="82"/>
+      <c r="P774" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B774:G774)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="775" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A775" s="109"/>
+      <c r="B775" s="76"/>
+      <c r="C775" s="76"/>
+      <c r="D775" s="76"/>
+      <c r="E775" s="77"/>
+      <c r="F775" s="77"/>
+      <c r="G775" s="77"/>
+      <c r="H775" s="78"/>
+      <c r="I775" s="78"/>
+      <c r="J775" s="78"/>
+      <c r="K775" s="79"/>
+      <c r="L775" s="80"/>
+      <c r="M775" s="89"/>
+      <c r="N775" s="81"/>
+      <c r="O775" s="82"/>
+      <c r="P775" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B775:G775)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="776" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A776" s="109"/>
+      <c r="B776" s="76"/>
+      <c r="C776" s="76"/>
+      <c r="D776" s="76"/>
+      <c r="E776" s="77"/>
+      <c r="F776" s="77"/>
+      <c r="G776" s="77"/>
+      <c r="H776" s="78"/>
+      <c r="I776" s="78"/>
+      <c r="J776" s="78"/>
+      <c r="K776" s="79"/>
+      <c r="L776" s="80"/>
+      <c r="M776" s="89"/>
+      <c r="N776" s="81"/>
+      <c r="O776" s="82"/>
+      <c r="P776" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B776:G776)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="777" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A777" s="109"/>
+      <c r="B777" s="76"/>
+      <c r="C777" s="76"/>
+      <c r="D777" s="76"/>
+      <c r="E777" s="77"/>
+      <c r="F777" s="77"/>
+      <c r="G777" s="77"/>
+      <c r="H777" s="78"/>
+      <c r="I777" s="78"/>
+      <c r="J777" s="78"/>
+      <c r="K777" s="79"/>
+      <c r="L777" s="80"/>
+      <c r="M777" s="89"/>
+      <c r="N777" s="81"/>
+      <c r="O777" s="82"/>
+      <c r="P777" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B777:G777)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="778" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A778" s="109"/>
+      <c r="B778" s="76"/>
+      <c r="C778" s="76"/>
+      <c r="D778" s="76"/>
+      <c r="E778" s="77"/>
+      <c r="F778" s="77"/>
+      <c r="G778" s="77"/>
+      <c r="H778" s="78"/>
+      <c r="I778" s="78"/>
+      <c r="J778" s="78"/>
+      <c r="K778" s="79"/>
+      <c r="L778" s="80"/>
+      <c r="M778" s="89"/>
+      <c r="N778" s="81"/>
+      <c r="O778" s="82"/>
+      <c r="P778" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B778:G778)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="779" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A779" s="109"/>
+      <c r="B779" s="76"/>
+      <c r="C779" s="76"/>
+      <c r="D779" s="76"/>
+      <c r="E779" s="77"/>
+      <c r="F779" s="77"/>
+      <c r="G779" s="77"/>
+      <c r="H779" s="78"/>
+      <c r="I779" s="78"/>
+      <c r="J779" s="78"/>
+      <c r="K779" s="79"/>
+      <c r="L779" s="80"/>
+      <c r="M779" s="89"/>
+      <c r="N779" s="81"/>
+      <c r="O779" s="82"/>
+      <c r="P779" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B779:G779)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="780" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A780" s="109"/>
+      <c r="B780" s="76"/>
+      <c r="C780" s="76"/>
+      <c r="D780" s="76"/>
+      <c r="E780" s="77"/>
+      <c r="F780" s="77"/>
+      <c r="G780" s="77"/>
+      <c r="H780" s="78"/>
+      <c r="I780" s="78"/>
+      <c r="J780" s="78"/>
+      <c r="K780" s="79"/>
+      <c r="L780" s="80"/>
+      <c r="M780" s="89"/>
+      <c r="N780" s="81"/>
+      <c r="O780" s="82"/>
+      <c r="P780" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B780:G780)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="781" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A781" s="109"/>
+      <c r="B781" s="76"/>
+      <c r="C781" s="76"/>
+      <c r="D781" s="76"/>
+      <c r="E781" s="77"/>
+      <c r="F781" s="77"/>
+      <c r="G781" s="77"/>
+      <c r="H781" s="78"/>
+      <c r="I781" s="78"/>
+      <c r="J781" s="78"/>
+      <c r="K781" s="79"/>
+      <c r="L781" s="80"/>
+      <c r="M781" s="89"/>
+      <c r="N781" s="81"/>
+      <c r="O781" s="82"/>
+      <c r="P781" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B781:G781)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="782" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A782" s="109"/>
+      <c r="B782" s="76"/>
+      <c r="C782" s="76"/>
+      <c r="D782" s="76"/>
+      <c r="E782" s="77"/>
+      <c r="F782" s="77"/>
+      <c r="G782" s="77"/>
+      <c r="H782" s="78"/>
+      <c r="I782" s="78"/>
+      <c r="J782" s="78"/>
+      <c r="K782" s="79"/>
+      <c r="L782" s="80"/>
+      <c r="M782" s="89"/>
+      <c r="N782" s="81"/>
+      <c r="O782" s="82"/>
+      <c r="P782" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B782:G782)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="783" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A783" s="109"/>
+      <c r="B783" s="76"/>
+      <c r="C783" s="76"/>
+      <c r="D783" s="76"/>
+      <c r="E783" s="77"/>
+      <c r="F783" s="77"/>
+      <c r="G783" s="77"/>
+      <c r="H783" s="78"/>
+      <c r="I783" s="78"/>
+      <c r="J783" s="78"/>
+      <c r="K783" s="79"/>
+      <c r="L783" s="80"/>
+      <c r="M783" s="89"/>
+      <c r="N783" s="81"/>
+      <c r="O783" s="82"/>
+      <c r="P783" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B783:G783)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="784" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A784" s="109"/>
+      <c r="B784" s="76"/>
+      <c r="C784" s="76"/>
+      <c r="D784" s="76"/>
+      <c r="E784" s="77"/>
+      <c r="F784" s="77"/>
+      <c r="G784" s="77"/>
+      <c r="H784" s="78"/>
+      <c r="I784" s="78"/>
+      <c r="J784" s="78"/>
+      <c r="K784" s="79"/>
+      <c r="L784" s="80"/>
+      <c r="M784" s="89"/>
+      <c r="N784" s="81"/>
+      <c r="O784" s="82"/>
+      <c r="P784" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B784:G784)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="785" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A785" s="109"/>
+      <c r="B785" s="76"/>
+      <c r="C785" s="76"/>
+      <c r="D785" s="76"/>
+      <c r="E785" s="77"/>
+      <c r="F785" s="77"/>
+      <c r="G785" s="77"/>
+      <c r="H785" s="78"/>
+      <c r="I785" s="78"/>
+      <c r="J785" s="78"/>
+      <c r="K785" s="79"/>
+      <c r="L785" s="80"/>
+      <c r="M785" s="89"/>
+      <c r="N785" s="81"/>
+      <c r="O785" s="82"/>
+      <c r="P785" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B785:G785)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="786" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A786" s="109"/>
+      <c r="B786" s="76"/>
+      <c r="C786" s="76"/>
+      <c r="D786" s="76"/>
+      <c r="E786" s="77"/>
+      <c r="F786" s="77"/>
+      <c r="G786" s="77"/>
+      <c r="H786" s="78"/>
+      <c r="I786" s="78"/>
+      <c r="J786" s="78"/>
+      <c r="K786" s="79"/>
+      <c r="L786" s="80"/>
+      <c r="M786" s="89"/>
+      <c r="N786" s="81"/>
+      <c r="O786" s="82"/>
+      <c r="P786" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B786:G786)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="787" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A787" s="109"/>
+      <c r="B787" s="76"/>
+      <c r="C787" s="76"/>
+      <c r="D787" s="76"/>
+      <c r="E787" s="77"/>
+      <c r="F787" s="77"/>
+      <c r="G787" s="77"/>
+      <c r="H787" s="78"/>
+      <c r="I787" s="78"/>
+      <c r="J787" s="78"/>
+      <c r="K787" s="79"/>
+      <c r="L787" s="80"/>
+      <c r="M787" s="89"/>
+      <c r="N787" s="81"/>
+      <c r="O787" s="82"/>
+      <c r="P787" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B787:G787)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="788" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A788" s="109"/>
+      <c r="B788" s="76"/>
+      <c r="C788" s="76"/>
+      <c r="D788" s="76"/>
+      <c r="E788" s="77"/>
+      <c r="F788" s="77"/>
+      <c r="G788" s="77"/>
+      <c r="H788" s="78"/>
+      <c r="I788" s="78"/>
+      <c r="J788" s="78"/>
+      <c r="K788" s="79"/>
+      <c r="L788" s="80"/>
+      <c r="M788" s="89"/>
+      <c r="N788" s="81"/>
+      <c r="O788" s="82"/>
+      <c r="P788" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B788:G788)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="789" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A789" s="109"/>
+      <c r="B789" s="76"/>
+      <c r="C789" s="76"/>
+      <c r="D789" s="76"/>
+      <c r="E789" s="77"/>
+      <c r="F789" s="77"/>
+      <c r="G789" s="77"/>
+      <c r="H789" s="78"/>
+      <c r="I789" s="78"/>
+      <c r="J789" s="78"/>
+      <c r="K789" s="79"/>
+      <c r="L789" s="80"/>
+      <c r="M789" s="89"/>
+      <c r="N789" s="81"/>
+      <c r="O789" s="82"/>
+      <c r="P789" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B789:G789)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="790" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A790" s="109"/>
+      <c r="B790" s="76"/>
+      <c r="C790" s="76"/>
+      <c r="D790" s="76"/>
+      <c r="E790" s="77"/>
+      <c r="F790" s="77"/>
+      <c r="G790" s="77"/>
+      <c r="H790" s="78"/>
+      <c r="I790" s="78"/>
+      <c r="J790" s="78"/>
+      <c r="K790" s="79"/>
+      <c r="L790" s="80"/>
+      <c r="M790" s="89"/>
+      <c r="N790" s="81"/>
+      <c r="O790" s="82"/>
+      <c r="P790" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B790:G790)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="791" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A791" s="109"/>
+      <c r="B791" s="76"/>
+      <c r="C791" s="76"/>
+      <c r="D791" s="76"/>
+      <c r="E791" s="77"/>
+      <c r="F791" s="77"/>
+      <c r="G791" s="77"/>
+      <c r="H791" s="78"/>
+      <c r="I791" s="78"/>
+      <c r="J791" s="78"/>
+      <c r="K791" s="79"/>
+      <c r="L791" s="80"/>
+      <c r="M791" s="89"/>
+      <c r="N791" s="81"/>
+      <c r="O791" s="82"/>
+      <c r="P791" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B791:G791)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="792" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A792" s="109"/>
+      <c r="B792" s="76"/>
+      <c r="C792" s="76"/>
+      <c r="D792" s="76"/>
+      <c r="E792" s="77"/>
+      <c r="F792" s="77"/>
+      <c r="G792" s="77"/>
+      <c r="H792" s="78"/>
+      <c r="I792" s="78"/>
+      <c r="J792" s="78"/>
+      <c r="K792" s="79"/>
+      <c r="L792" s="80"/>
+      <c r="M792" s="89"/>
+      <c r="N792" s="81"/>
+      <c r="O792" s="82"/>
+      <c r="P792" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B792:G792)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="793" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A793" s="109"/>
+      <c r="B793" s="76"/>
+      <c r="C793" s="76"/>
+      <c r="D793" s="76"/>
+      <c r="E793" s="77"/>
+      <c r="F793" s="77"/>
+      <c r="G793" s="77"/>
+      <c r="H793" s="78"/>
+      <c r="I793" s="78"/>
+      <c r="J793" s="78"/>
+      <c r="K793" s="79"/>
+      <c r="L793" s="80"/>
+      <c r="M793" s="89"/>
+      <c r="N793" s="81"/>
+      <c r="O793" s="82"/>
+      <c r="P793" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B793:G793)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="794" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A794" s="109"/>
+      <c r="B794" s="76"/>
+      <c r="C794" s="76"/>
+      <c r="D794" s="76"/>
+      <c r="E794" s="77"/>
+      <c r="F794" s="77"/>
+      <c r="G794" s="77"/>
+      <c r="H794" s="78"/>
+      <c r="I794" s="78"/>
+      <c r="J794" s="78"/>
+      <c r="K794" s="79"/>
+      <c r="L794" s="80"/>
+      <c r="M794" s="89"/>
+      <c r="N794" s="81"/>
+      <c r="O794" s="82"/>
+      <c r="P794" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B794:G794)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="795" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A795" s="109"/>
+      <c r="B795" s="76"/>
+      <c r="C795" s="76"/>
+      <c r="D795" s="76"/>
+      <c r="E795" s="77"/>
+      <c r="F795" s="77"/>
+      <c r="G795" s="77"/>
+      <c r="H795" s="78"/>
+      <c r="I795" s="78"/>
+      <c r="J795" s="78"/>
+      <c r="K795" s="79"/>
+      <c r="L795" s="80"/>
+      <c r="M795" s="89"/>
+      <c r="N795" s="81"/>
+      <c r="O795" s="82"/>
+      <c r="P795" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B795:G795)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="796" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A796" s="109"/>
+      <c r="B796" s="76"/>
+      <c r="C796" s="76"/>
+      <c r="D796" s="76"/>
+      <c r="E796" s="77"/>
+      <c r="F796" s="77"/>
+      <c r="G796" s="77"/>
+      <c r="H796" s="78"/>
+      <c r="I796" s="78"/>
+      <c r="J796" s="78"/>
+      <c r="K796" s="79"/>
+      <c r="L796" s="80"/>
+      <c r="M796" s="89"/>
+      <c r="N796" s="81"/>
+      <c r="O796" s="82"/>
+      <c r="P796" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B796:G796)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="797" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A797" s="109"/>
+      <c r="B797" s="76"/>
+      <c r="C797" s="76"/>
+      <c r="D797" s="76"/>
+      <c r="E797" s="77"/>
+      <c r="F797" s="77"/>
+      <c r="G797" s="77"/>
+      <c r="H797" s="78"/>
+      <c r="I797" s="78"/>
+      <c r="J797" s="78"/>
+      <c r="K797" s="79"/>
+      <c r="L797" s="80"/>
+      <c r="M797" s="89"/>
+      <c r="N797" s="81"/>
+      <c r="O797" s="82"/>
+      <c r="P797" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B797:G797)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="798" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A798" s="109"/>
+      <c r="B798" s="76"/>
+      <c r="C798" s="76"/>
+      <c r="D798" s="76"/>
+      <c r="E798" s="77"/>
+      <c r="F798" s="77"/>
+      <c r="G798" s="77"/>
+      <c r="H798" s="78"/>
+      <c r="I798" s="78"/>
+      <c r="J798" s="78"/>
+      <c r="K798" s="79"/>
+      <c r="L798" s="80"/>
+      <c r="M798" s="89"/>
+      <c r="N798" s="81"/>
+      <c r="O798" s="82"/>
+      <c r="P798" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B798:G798)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="799" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A799" s="109"/>
+      <c r="B799" s="76"/>
+      <c r="C799" s="76"/>
+      <c r="D799" s="76"/>
+      <c r="E799" s="77"/>
+      <c r="F799" s="77"/>
+      <c r="G799" s="77"/>
+      <c r="H799" s="78"/>
+      <c r="I799" s="78"/>
+      <c r="J799" s="78"/>
+      <c r="K799" s="79"/>
+      <c r="L799" s="80"/>
+      <c r="M799" s="89"/>
+      <c r="N799" s="81"/>
+      <c r="O799" s="82"/>
+      <c r="P799" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B799:G799)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="800" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A800" s="109"/>
+      <c r="B800" s="76"/>
+      <c r="C800" s="76"/>
+      <c r="D800" s="76"/>
+      <c r="E800" s="77"/>
+      <c r="F800" s="77"/>
+      <c r="G800" s="77"/>
+      <c r="H800" s="78"/>
+      <c r="I800" s="78"/>
+      <c r="J800" s="78"/>
+      <c r="K800" s="79"/>
+      <c r="L800" s="80"/>
+      <c r="M800" s="89"/>
+      <c r="N800" s="81"/>
+      <c r="O800" s="82"/>
+      <c r="P800" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B800:G800)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="801" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A801" s="109"/>
+      <c r="B801" s="76"/>
+      <c r="C801" s="76"/>
+      <c r="D801" s="76"/>
+      <c r="E801" s="77"/>
+      <c r="F801" s="77"/>
+      <c r="G801" s="77"/>
+      <c r="H801" s="78"/>
+      <c r="I801" s="78"/>
+      <c r="J801" s="78"/>
+      <c r="K801" s="79"/>
+      <c r="L801" s="80"/>
+      <c r="M801" s="89"/>
+      <c r="N801" s="81"/>
+      <c r="O801" s="82"/>
+      <c r="P801" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B801:G801)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="802" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A802" s="109"/>
+      <c r="B802" s="76"/>
+      <c r="C802" s="76"/>
+      <c r="D802" s="76"/>
+      <c r="E802" s="77"/>
+      <c r="F802" s="77"/>
+      <c r="G802" s="77"/>
+      <c r="H802" s="78"/>
+      <c r="I802" s="78"/>
+      <c r="J802" s="78"/>
+      <c r="K802" s="79"/>
+      <c r="L802" s="80"/>
+      <c r="M802" s="89"/>
+      <c r="N802" s="81"/>
+      <c r="O802" s="82"/>
+      <c r="P802" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B802:G802)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="803" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A803" s="109"/>
+      <c r="B803" s="76"/>
+      <c r="C803" s="76"/>
+      <c r="D803" s="76"/>
+      <c r="E803" s="77"/>
+      <c r="F803" s="77"/>
+      <c r="G803" s="77"/>
+      <c r="H803" s="78"/>
+      <c r="I803" s="78"/>
+      <c r="J803" s="78"/>
+      <c r="K803" s="79"/>
+      <c r="L803" s="80"/>
+      <c r="M803" s="89"/>
+      <c r="N803" s="81"/>
+      <c r="O803" s="82"/>
+      <c r="P803" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B803:G803)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="804" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A804" s="109"/>
+      <c r="B804" s="76"/>
+      <c r="C804" s="76"/>
+      <c r="D804" s="76"/>
+      <c r="E804" s="77"/>
+      <c r="F804" s="77"/>
+      <c r="G804" s="77"/>
+      <c r="H804" s="78"/>
+      <c r="I804" s="78"/>
+      <c r="J804" s="78"/>
+      <c r="K804" s="79"/>
+      <c r="L804" s="80"/>
+      <c r="M804" s="89"/>
+      <c r="N804" s="81"/>
+      <c r="O804" s="82"/>
+      <c r="P804" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B804:G804)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="805" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A805" s="109"/>
+      <c r="B805" s="76"/>
+      <c r="C805" s="76"/>
+      <c r="D805" s="76"/>
+      <c r="E805" s="77"/>
+      <c r="F805" s="77"/>
+      <c r="G805" s="77"/>
+      <c r="H805" s="78"/>
+      <c r="I805" s="78"/>
+      <c r="J805" s="78"/>
+      <c r="K805" s="79"/>
+      <c r="L805" s="80"/>
+      <c r="M805" s="89"/>
+      <c r="N805" s="81"/>
+      <c r="O805" s="82"/>
+      <c r="P805" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B805:G805)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="806" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A806" s="109"/>
+      <c r="B806" s="76"/>
+      <c r="C806" s="76"/>
+      <c r="D806" s="76"/>
+      <c r="E806" s="77"/>
+      <c r="F806" s="77"/>
+      <c r="G806" s="77"/>
+      <c r="H806" s="78"/>
+      <c r="I806" s="78"/>
+      <c r="J806" s="78"/>
+      <c r="K806" s="79"/>
+      <c r="L806" s="80"/>
+      <c r="M806" s="89"/>
+      <c r="N806" s="81"/>
+      <c r="O806" s="82"/>
+      <c r="P806" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B806:G806)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="807" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A807" s="109"/>
+      <c r="B807" s="76"/>
+      <c r="C807" s="76"/>
+      <c r="D807" s="76"/>
+      <c r="E807" s="77"/>
+      <c r="F807" s="77"/>
+      <c r="G807" s="77"/>
+      <c r="H807" s="78"/>
+      <c r="I807" s="78"/>
+      <c r="J807" s="78"/>
+      <c r="K807" s="79"/>
+      <c r="L807" s="80"/>
+      <c r="M807" s="89"/>
+      <c r="N807" s="81"/>
+      <c r="O807" s="82"/>
+      <c r="P807" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B807:G807)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="808" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A808" s="109"/>
+      <c r="B808" s="76"/>
+      <c r="C808" s="76"/>
+      <c r="D808" s="76"/>
+      <c r="E808" s="77"/>
+      <c r="F808" s="77"/>
+      <c r="G808" s="77"/>
+      <c r="H808" s="78"/>
+      <c r="I808" s="78"/>
+      <c r="J808" s="78"/>
+      <c r="K808" s="79"/>
+      <c r="L808" s="80"/>
+      <c r="M808" s="89"/>
+      <c r="N808" s="81"/>
+      <c r="O808" s="82"/>
+      <c r="P808" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B808:G808)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="809" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A809" s="109"/>
+      <c r="B809" s="76"/>
+      <c r="C809" s="76"/>
+      <c r="D809" s="76"/>
+      <c r="E809" s="77"/>
+      <c r="F809" s="77"/>
+      <c r="G809" s="77"/>
+      <c r="H809" s="78"/>
+      <c r="I809" s="78"/>
+      <c r="J809" s="78"/>
+      <c r="K809" s="79"/>
+      <c r="L809" s="80"/>
+      <c r="M809" s="89"/>
+      <c r="N809" s="81"/>
+      <c r="O809" s="82"/>
+      <c r="P809" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B809:G809)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="810" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A810" s="109"/>
+      <c r="B810" s="76"/>
+      <c r="C810" s="76"/>
+      <c r="D810" s="76"/>
+      <c r="E810" s="77"/>
+      <c r="F810" s="77"/>
+      <c r="G810" s="77"/>
+      <c r="H810" s="78"/>
+      <c r="I810" s="78"/>
+      <c r="J810" s="78"/>
+      <c r="K810" s="79"/>
+      <c r="L810" s="80"/>
+      <c r="M810" s="89"/>
+      <c r="N810" s="81"/>
+      <c r="O810" s="82"/>
+      <c r="P810" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B810:G810)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="811" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A811" s="109"/>
+      <c r="B811" s="76"/>
+      <c r="C811" s="76"/>
+      <c r="D811" s="76"/>
+      <c r="E811" s="77"/>
+      <c r="F811" s="77"/>
+      <c r="G811" s="77"/>
+      <c r="H811" s="78"/>
+      <c r="I811" s="78"/>
+      <c r="J811" s="78"/>
+      <c r="K811" s="79"/>
+      <c r="L811" s="80"/>
+      <c r="M811" s="89"/>
+      <c r="N811" s="81"/>
+      <c r="O811" s="82"/>
+      <c r="P811" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B811:G811)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="812" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A812" s="109"/>
+      <c r="B812" s="76"/>
+      <c r="C812" s="76"/>
+      <c r="D812" s="76"/>
+      <c r="E812" s="77"/>
+      <c r="F812" s="77"/>
+      <c r="G812" s="77"/>
+      <c r="H812" s="78"/>
+      <c r="I812" s="78"/>
+      <c r="J812" s="78"/>
+      <c r="K812" s="79"/>
+      <c r="L812" s="80"/>
+      <c r="M812" s="89"/>
+      <c r="N812" s="81"/>
+      <c r="O812" s="82"/>
+      <c r="P812" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B812:G812)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="813" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A813" s="109"/>
+      <c r="B813" s="76"/>
+      <c r="C813" s="76"/>
+      <c r="D813" s="76"/>
+      <c r="E813" s="77"/>
+      <c r="F813" s="77"/>
+      <c r="G813" s="77"/>
+      <c r="H813" s="78"/>
+      <c r="I813" s="78"/>
+      <c r="J813" s="78"/>
+      <c r="K813" s="79"/>
+      <c r="L813" s="80"/>
+      <c r="M813" s="89"/>
+      <c r="N813" s="81"/>
+      <c r="O813" s="82"/>
+      <c r="P813" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B813:G813)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="814" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A814" s="109"/>
+      <c r="B814" s="76"/>
+      <c r="C814" s="76"/>
+      <c r="D814" s="76"/>
+      <c r="E814" s="77"/>
+      <c r="F814" s="77"/>
+      <c r="G814" s="77"/>
+      <c r="H814" s="78"/>
+      <c r="I814" s="78"/>
+      <c r="J814" s="78"/>
+      <c r="K814" s="79"/>
+      <c r="L814" s="80"/>
+      <c r="M814" s="89"/>
+      <c r="N814" s="81"/>
+      <c r="O814" s="82"/>
+      <c r="P814" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B814:G814)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="815" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A815" s="109"/>
+      <c r="B815" s="76"/>
+      <c r="C815" s="76"/>
+      <c r="D815" s="76"/>
+      <c r="E815" s="77"/>
+      <c r="F815" s="77"/>
+      <c r="G815" s="77"/>
+      <c r="H815" s="78"/>
+      <c r="I815" s="78"/>
+      <c r="J815" s="78"/>
+      <c r="K815" s="79"/>
+      <c r="L815" s="80"/>
+      <c r="M815" s="89"/>
+      <c r="N815" s="81"/>
+      <c r="O815" s="82"/>
+      <c r="P815" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B815:G815)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="816" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A816" s="109"/>
+      <c r="B816" s="76"/>
+      <c r="C816" s="76"/>
+      <c r="D816" s="76"/>
+      <c r="E816" s="77"/>
+      <c r="F816" s="77"/>
+      <c r="G816" s="77"/>
+      <c r="H816" s="78"/>
+      <c r="I816" s="78"/>
+      <c r="J816" s="78"/>
+      <c r="K816" s="79"/>
+      <c r="L816" s="80"/>
+      <c r="M816" s="89"/>
+      <c r="N816" s="81"/>
+      <c r="O816" s="82"/>
+      <c r="P816" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B816:G816)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="817" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A817" s="109"/>
+      <c r="B817" s="76"/>
+      <c r="C817" s="76"/>
+      <c r="D817" s="76"/>
+      <c r="E817" s="77"/>
+      <c r="F817" s="77"/>
+      <c r="G817" s="77"/>
+      <c r="H817" s="78"/>
+      <c r="I817" s="78"/>
+      <c r="J817" s="78"/>
+      <c r="K817" s="79"/>
+      <c r="L817" s="80"/>
+      <c r="M817" s="89"/>
+      <c r="N817" s="81"/>
+      <c r="O817" s="82"/>
+      <c r="P817" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B817:G817)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="818" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A818" s="109"/>
+      <c r="B818" s="76"/>
+      <c r="C818" s="76"/>
+      <c r="D818" s="76"/>
+      <c r="E818" s="77"/>
+      <c r="F818" s="77"/>
+      <c r="G818" s="77"/>
+      <c r="H818" s="78"/>
+      <c r="I818" s="78"/>
+      <c r="J818" s="78"/>
+      <c r="K818" s="79"/>
+      <c r="L818" s="80"/>
+      <c r="M818" s="89"/>
+      <c r="N818" s="81"/>
+      <c r="O818" s="82"/>
+      <c r="P818" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B818:G818)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="819" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A819" s="109"/>
+      <c r="B819" s="76"/>
+      <c r="C819" s="76"/>
+      <c r="D819" s="76"/>
+      <c r="E819" s="77"/>
+      <c r="F819" s="77"/>
+      <c r="G819" s="77"/>
+      <c r="H819" s="78"/>
+      <c r="I819" s="78"/>
+      <c r="J819" s="78"/>
+      <c r="K819" s="79"/>
+      <c r="L819" s="80"/>
+      <c r="M819" s="89"/>
+      <c r="N819" s="81"/>
+      <c r="O819" s="82"/>
+      <c r="P819" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B819:G819)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="820" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A820" s="109"/>
+      <c r="B820" s="76"/>
+      <c r="C820" s="76"/>
+      <c r="D820" s="76"/>
+      <c r="E820" s="77"/>
+      <c r="F820" s="77"/>
+      <c r="G820" s="77"/>
+      <c r="H820" s="78"/>
+      <c r="I820" s="78"/>
+      <c r="J820" s="78"/>
+      <c r="K820" s="79"/>
+      <c r="L820" s="80"/>
+      <c r="M820" s="89"/>
+      <c r="N820" s="81"/>
+      <c r="O820" s="82"/>
+      <c r="P820" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B820:G820)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="821" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A821" s="109"/>
+      <c r="B821" s="76"/>
+      <c r="C821" s="76"/>
+      <c r="D821" s="76"/>
+      <c r="E821" s="77"/>
+      <c r="F821" s="77"/>
+      <c r="G821" s="77"/>
+      <c r="H821" s="78"/>
+      <c r="I821" s="78"/>
+      <c r="J821" s="78"/>
+      <c r="K821" s="79"/>
+      <c r="L821" s="80"/>
+      <c r="M821" s="89"/>
+      <c r="N821" s="81"/>
+      <c r="O821" s="82"/>
+      <c r="P821" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B821:G821)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="822" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A822" s="109"/>
+      <c r="B822" s="76"/>
+      <c r="C822" s="76"/>
+      <c r="D822" s="76"/>
+      <c r="E822" s="77"/>
+      <c r="F822" s="77"/>
+      <c r="G822" s="77"/>
+      <c r="H822" s="78"/>
+      <c r="I822" s="78"/>
+      <c r="J822" s="78"/>
+      <c r="K822" s="79"/>
+      <c r="L822" s="80"/>
+      <c r="M822" s="89"/>
+      <c r="N822" s="81"/>
+      <c r="O822" s="82"/>
+      <c r="P822" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B822:G822)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="823" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A823" s="109"/>
+      <c r="B823" s="76"/>
+      <c r="C823" s="76"/>
+      <c r="D823" s="76"/>
+      <c r="E823" s="77"/>
+      <c r="F823" s="77"/>
+      <c r="G823" s="77"/>
+      <c r="H823" s="78"/>
+      <c r="I823" s="78"/>
+      <c r="J823" s="78"/>
+      <c r="K823" s="79"/>
+      <c r="L823" s="80"/>
+      <c r="M823" s="89"/>
+      <c r="N823" s="81"/>
+      <c r="O823" s="82"/>
+      <c r="P823" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B823:G823)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="824" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A824" s="109"/>
+      <c r="B824" s="76"/>
+      <c r="C824" s="76"/>
+      <c r="D824" s="76"/>
+      <c r="E824" s="77"/>
+      <c r="F824" s="77"/>
+      <c r="G824" s="77"/>
+      <c r="H824" s="78"/>
+      <c r="I824" s="78"/>
+      <c r="J824" s="78"/>
+      <c r="K824" s="79"/>
+      <c r="L824" s="80"/>
+      <c r="M824" s="89"/>
+      <c r="N824" s="81"/>
+      <c r="O824" s="82"/>
+      <c r="P824" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B824:G824)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="825" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A825" s="109"/>
+      <c r="B825" s="76"/>
+      <c r="C825" s="76"/>
+      <c r="D825" s="76"/>
+      <c r="E825" s="77"/>
+      <c r="F825" s="77"/>
+      <c r="G825" s="77"/>
+      <c r="H825" s="78"/>
+      <c r="I825" s="78"/>
+      <c r="J825" s="78"/>
+      <c r="K825" s="79"/>
+      <c r="L825" s="80"/>
+      <c r="M825" s="89"/>
+      <c r="N825" s="81"/>
+      <c r="O825" s="82"/>
+      <c r="P825" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B825:G825)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="826" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A826" s="109"/>
+      <c r="B826" s="76"/>
+      <c r="C826" s="76"/>
+      <c r="D826" s="76"/>
+      <c r="E826" s="77"/>
+      <c r="F826" s="77"/>
+      <c r="G826" s="77"/>
+      <c r="H826" s="78"/>
+      <c r="I826" s="78"/>
+      <c r="J826" s="78"/>
+      <c r="K826" s="79"/>
+      <c r="L826" s="80"/>
+      <c r="M826" s="89"/>
+      <c r="N826" s="81"/>
+      <c r="O826" s="82"/>
+      <c r="P826" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B826:G826)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="827" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A827" s="109"/>
+      <c r="B827" s="76"/>
+      <c r="C827" s="76"/>
+      <c r="D827" s="76"/>
+      <c r="E827" s="77"/>
+      <c r="F827" s="77"/>
+      <c r="G827" s="77"/>
+      <c r="H827" s="78"/>
+      <c r="I827" s="78"/>
+      <c r="J827" s="78"/>
+      <c r="K827" s="79"/>
+      <c r="L827" s="80"/>
+      <c r="M827" s="89"/>
+      <c r="N827" s="81"/>
+      <c r="O827" s="82"/>
+      <c r="P827" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B827:G827)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="828" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A828" s="109"/>
+      <c r="B828" s="76"/>
+      <c r="C828" s="76"/>
+      <c r="D828" s="76"/>
+      <c r="E828" s="77"/>
+      <c r="F828" s="77"/>
+      <c r="G828" s="77"/>
+      <c r="H828" s="78"/>
+      <c r="I828" s="78"/>
+      <c r="J828" s="78"/>
+      <c r="K828" s="79"/>
+      <c r="L828" s="80"/>
+      <c r="M828" s="89"/>
+      <c r="N828" s="81"/>
+      <c r="O828" s="82"/>
+      <c r="P828" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B828:G828)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="829" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A829" s="109"/>
+      <c r="B829" s="76"/>
+      <c r="C829" s="76"/>
+      <c r="D829" s="76"/>
+      <c r="E829" s="77"/>
+      <c r="F829" s="77"/>
+      <c r="G829" s="77"/>
+      <c r="H829" s="78"/>
+      <c r="I829" s="78"/>
+      <c r="J829" s="78"/>
+      <c r="K829" s="79"/>
+      <c r="L829" s="80"/>
+      <c r="M829" s="89"/>
+      <c r="N829" s="81"/>
+      <c r="O829" s="82"/>
+      <c r="P829" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B829:G829)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="830" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A830" s="109"/>
+      <c r="B830" s="76"/>
+      <c r="C830" s="76"/>
+      <c r="D830" s="76"/>
+      <c r="E830" s="77"/>
+      <c r="F830" s="77"/>
+      <c r="G830" s="77"/>
+      <c r="H830" s="78"/>
+      <c r="I830" s="78"/>
+      <c r="J830" s="78"/>
+      <c r="K830" s="79"/>
+      <c r="L830" s="80"/>
+      <c r="M830" s="89"/>
+      <c r="N830" s="81"/>
+      <c r="O830" s="82"/>
+      <c r="P830" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B830:G830)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="831" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A831" s="109"/>
+      <c r="B831" s="76"/>
+      <c r="C831" s="76"/>
+      <c r="D831" s="76"/>
+      <c r="E831" s="77"/>
+      <c r="F831" s="77"/>
+      <c r="G831" s="77"/>
+      <c r="H831" s="78"/>
+      <c r="I831" s="78"/>
+      <c r="J831" s="78"/>
+      <c r="K831" s="79"/>
+      <c r="L831" s="80"/>
+      <c r="M831" s="89"/>
+      <c r="N831" s="81"/>
+      <c r="O831" s="82"/>
+      <c r="P831" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B831:G831)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="832" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A832" s="109"/>
+      <c r="B832" s="76"/>
+      <c r="C832" s="76"/>
+      <c r="D832" s="76"/>
+      <c r="E832" s="77"/>
+      <c r="F832" s="77"/>
+      <c r="G832" s="77"/>
+      <c r="H832" s="78"/>
+      <c r="I832" s="78"/>
+      <c r="J832" s="78"/>
+      <c r="K832" s="79"/>
+      <c r="L832" s="80"/>
+      <c r="M832" s="89"/>
+      <c r="N832" s="81"/>
+      <c r="O832" s="82"/>
+      <c r="P832" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B832:G832)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="833" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A833" s="109"/>
+      <c r="B833" s="76"/>
+      <c r="C833" s="76"/>
+      <c r="D833" s="76"/>
+      <c r="E833" s="77"/>
+      <c r="F833" s="77"/>
+      <c r="G833" s="77"/>
+      <c r="H833" s="78"/>
+      <c r="I833" s="78"/>
+      <c r="J833" s="78"/>
+      <c r="K833" s="79"/>
+      <c r="L833" s="80"/>
+      <c r="M833" s="89"/>
+      <c r="N833" s="81"/>
+      <c r="O833" s="82"/>
+      <c r="P833" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B833:G833)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="834" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A834" s="109"/>
+      <c r="B834" s="76"/>
+      <c r="C834" s="76"/>
+      <c r="D834" s="76"/>
+      <c r="E834" s="77"/>
+      <c r="F834" s="77"/>
+      <c r="G834" s="77"/>
+      <c r="H834" s="78"/>
+      <c r="I834" s="78"/>
+      <c r="J834" s="78"/>
+      <c r="K834" s="79"/>
+      <c r="L834" s="80"/>
+      <c r="M834" s="89"/>
+      <c r="N834" s="81"/>
+      <c r="O834" s="82"/>
+      <c r="P834" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B834:G834)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="835" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A835" s="109"/>
+      <c r="B835" s="76"/>
+      <c r="C835" s="76"/>
+      <c r="D835" s="76"/>
+      <c r="E835" s="77"/>
+      <c r="F835" s="77"/>
+      <c r="G835" s="77"/>
+      <c r="H835" s="78"/>
+      <c r="I835" s="78"/>
+      <c r="J835" s="78"/>
+      <c r="K835" s="79"/>
+      <c r="L835" s="80"/>
+      <c r="M835" s="89"/>
+      <c r="N835" s="81"/>
+      <c r="O835" s="82"/>
+      <c r="P835" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B835:G835)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="836" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A836" s="109"/>
+      <c r="B836" s="76"/>
+      <c r="C836" s="76"/>
+      <c r="D836" s="76"/>
+      <c r="E836" s="77"/>
+      <c r="F836" s="77"/>
+      <c r="G836" s="77"/>
+      <c r="H836" s="78"/>
+      <c r="I836" s="78"/>
+      <c r="J836" s="78"/>
+      <c r="K836" s="79"/>
+      <c r="L836" s="80"/>
+      <c r="M836" s="89"/>
+      <c r="N836" s="81"/>
+      <c r="O836" s="82"/>
+      <c r="P836" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B836:G836)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="837" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A837" s="109"/>
+      <c r="B837" s="76"/>
+      <c r="C837" s="76"/>
+      <c r="D837" s="76"/>
+      <c r="E837" s="77"/>
+      <c r="F837" s="77"/>
+      <c r="G837" s="77"/>
+      <c r="H837" s="78"/>
+      <c r="I837" s="78"/>
+      <c r="J837" s="78"/>
+      <c r="K837" s="79"/>
+      <c r="L837" s="80"/>
+      <c r="M837" s="89"/>
+      <c r="N837" s="81"/>
+      <c r="O837" s="82"/>
+      <c r="P837" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B837:G837)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="838" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A838" s="109"/>
+      <c r="B838" s="76"/>
+      <c r="C838" s="76"/>
+      <c r="D838" s="76"/>
+      <c r="E838" s="77"/>
+      <c r="F838" s="77"/>
+      <c r="G838" s="77"/>
+      <c r="H838" s="78"/>
+      <c r="I838" s="78"/>
+      <c r="J838" s="78"/>
+      <c r="K838" s="79"/>
+      <c r="L838" s="80"/>
+      <c r="M838" s="89"/>
+      <c r="N838" s="81"/>
+      <c r="O838" s="82"/>
+      <c r="P838" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B838:G838)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="839" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A839" s="109"/>
+      <c r="B839" s="76"/>
+      <c r="C839" s="76"/>
+      <c r="D839" s="76"/>
+      <c r="E839" s="77"/>
+      <c r="F839" s="77"/>
+      <c r="G839" s="77"/>
+      <c r="H839" s="78"/>
+      <c r="I839" s="78"/>
+      <c r="J839" s="78"/>
+      <c r="K839" s="79"/>
+      <c r="L839" s="80"/>
+      <c r="M839" s="89"/>
+      <c r="N839" s="81"/>
+      <c r="O839" s="82"/>
+      <c r="P839" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B839:G839)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="840" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A840" s="109"/>
+      <c r="B840" s="76"/>
+      <c r="C840" s="76"/>
+      <c r="D840" s="76"/>
+      <c r="E840" s="77"/>
+      <c r="F840" s="77"/>
+      <c r="G840" s="77"/>
+      <c r="H840" s="78"/>
+      <c r="I840" s="78"/>
+      <c r="J840" s="78"/>
+      <c r="K840" s="79"/>
+      <c r="L840" s="80"/>
+      <c r="M840" s="89"/>
+      <c r="N840" s="81"/>
+      <c r="O840" s="82"/>
+      <c r="P840" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B840:G840)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="841" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A841" s="109"/>
+      <c r="B841" s="76"/>
+      <c r="C841" s="76"/>
+      <c r="D841" s="76"/>
+      <c r="E841" s="77"/>
+      <c r="F841" s="77"/>
+      <c r="G841" s="77"/>
+      <c r="H841" s="78"/>
+      <c r="I841" s="78"/>
+      <c r="J841" s="78"/>
+      <c r="K841" s="79"/>
+      <c r="L841" s="80"/>
+      <c r="M841" s="89"/>
+      <c r="N841" s="81"/>
+      <c r="O841" s="82"/>
+      <c r="P841" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B841:G841)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="842" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A842" s="109"/>
+      <c r="B842" s="76"/>
+      <c r="C842" s="76"/>
+      <c r="D842" s="76"/>
+      <c r="E842" s="77"/>
+      <c r="F842" s="77"/>
+      <c r="G842" s="77"/>
+      <c r="H842" s="78"/>
+      <c r="I842" s="78"/>
+      <c r="J842" s="78"/>
+      <c r="K842" s="79"/>
+      <c r="L842" s="80"/>
+      <c r="M842" s="89"/>
+      <c r="N842" s="81"/>
+      <c r="O842" s="82"/>
+      <c r="P842" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B842:G842)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="843" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A843" s="109"/>
+      <c r="B843" s="76"/>
+      <c r="C843" s="76"/>
+      <c r="D843" s="76"/>
+      <c r="E843" s="77"/>
+      <c r="F843" s="77"/>
+      <c r="G843" s="77"/>
+      <c r="H843" s="78"/>
+      <c r="I843" s="78"/>
+      <c r="J843" s="78"/>
+      <c r="K843" s="79"/>
+      <c r="L843" s="80"/>
+      <c r="M843" s="89"/>
+      <c r="N843" s="81"/>
+      <c r="O843" s="82"/>
+      <c r="P843" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B843:G843)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="844" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A844" s="109"/>
+      <c r="B844" s="76"/>
+      <c r="C844" s="76"/>
+      <c r="D844" s="76"/>
+      <c r="E844" s="77"/>
+      <c r="F844" s="77"/>
+      <c r="G844" s="77"/>
+      <c r="H844" s="78"/>
+      <c r="I844" s="78"/>
+      <c r="J844" s="78"/>
+      <c r="K844" s="79"/>
+      <c r="L844" s="80"/>
+      <c r="M844" s="89"/>
+      <c r="N844" s="81"/>
+      <c r="O844" s="82"/>
+      <c r="P844" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B844:G844)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="845" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A845" s="109"/>
+      <c r="B845" s="76"/>
+      <c r="C845" s="76"/>
+      <c r="D845" s="76"/>
+      <c r="E845" s="77"/>
+      <c r="F845" s="77"/>
+      <c r="G845" s="77"/>
+      <c r="H845" s="78"/>
+      <c r="I845" s="78"/>
+      <c r="J845" s="78"/>
+      <c r="K845" s="79"/>
+      <c r="L845" s="80"/>
+      <c r="M845" s="89"/>
+      <c r="N845" s="81"/>
+      <c r="O845" s="82"/>
+      <c r="P845" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B845:G845)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="846" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A846" s="109"/>
+      <c r="B846" s="76"/>
+      <c r="C846" s="76"/>
+      <c r="D846" s="76"/>
+      <c r="E846" s="77"/>
+      <c r="F846" s="77"/>
+      <c r="G846" s="77"/>
+      <c r="H846" s="78"/>
+      <c r="I846" s="78"/>
+      <c r="J846" s="78"/>
+      <c r="K846" s="79"/>
+      <c r="L846" s="80"/>
+      <c r="M846" s="89"/>
+      <c r="N846" s="81"/>
+      <c r="O846" s="82"/>
+      <c r="P846" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B846:G846)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="847" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A847" s="109"/>
+      <c r="B847" s="76"/>
+      <c r="C847" s="76"/>
+      <c r="D847" s="76"/>
+      <c r="E847" s="77"/>
+      <c r="F847" s="77"/>
+      <c r="G847" s="77"/>
+      <c r="H847" s="78"/>
+      <c r="I847" s="78"/>
+      <c r="J847" s="78"/>
+      <c r="K847" s="79"/>
+      <c r="L847" s="80"/>
+      <c r="M847" s="89"/>
+      <c r="N847" s="81"/>
+      <c r="O847" s="82"/>
+      <c r="P847" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B847:G847)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="848" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A848" s="109"/>
+      <c r="B848" s="76"/>
+      <c r="C848" s="76"/>
+      <c r="D848" s="76"/>
+      <c r="E848" s="77"/>
+      <c r="F848" s="77"/>
+      <c r="G848" s="77"/>
+      <c r="H848" s="78"/>
+      <c r="I848" s="78"/>
+      <c r="J848" s="78"/>
+      <c r="K848" s="79"/>
+      <c r="L848" s="80"/>
+      <c r="M848" s="89"/>
+      <c r="N848" s="81"/>
+      <c r="O848" s="82"/>
+      <c r="P848" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B848:G848)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="849" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A849" s="109"/>
+      <c r="B849" s="76"/>
+      <c r="C849" s="76"/>
+      <c r="D849" s="76"/>
+      <c r="E849" s="77"/>
+      <c r="F849" s="77"/>
+      <c r="G849" s="77"/>
+      <c r="H849" s="78"/>
+      <c r="I849" s="78"/>
+      <c r="J849" s="78"/>
+      <c r="K849" s="79"/>
+      <c r="L849" s="80"/>
+      <c r="M849" s="89"/>
+      <c r="N849" s="81"/>
+      <c r="O849" s="82"/>
+      <c r="P849" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B849:G849)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="850" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A850" s="109"/>
+      <c r="B850" s="76"/>
+      <c r="C850" s="76"/>
+      <c r="D850" s="76"/>
+      <c r="E850" s="77"/>
+      <c r="F850" s="77"/>
+      <c r="G850" s="77"/>
+      <c r="H850" s="78"/>
+      <c r="I850" s="78"/>
+      <c r="J850" s="78"/>
+      <c r="K850" s="79"/>
+      <c r="L850" s="80"/>
+      <c r="M850" s="89"/>
+      <c r="N850" s="81"/>
+      <c r="O850" s="82"/>
+      <c r="P850" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B850:G850)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="851" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A851" s="109"/>
+      <c r="B851" s="76"/>
+      <c r="C851" s="76"/>
+      <c r="D851" s="76"/>
+      <c r="E851" s="77"/>
+      <c r="F851" s="77"/>
+      <c r="G851" s="77"/>
+      <c r="H851" s="78"/>
+      <c r="I851" s="78"/>
+      <c r="J851" s="78"/>
+      <c r="K851" s="79"/>
+      <c r="L851" s="80"/>
+      <c r="M851" s="89"/>
+      <c r="N851" s="81"/>
+      <c r="O851" s="82"/>
+      <c r="P851" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B851:G851)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="852" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A852" s="109"/>
+      <c r="B852" s="76"/>
+      <c r="C852" s="76"/>
+      <c r="D852" s="76"/>
+      <c r="E852" s="77"/>
+      <c r="F852" s="77"/>
+      <c r="G852" s="77"/>
+      <c r="H852" s="78"/>
+      <c r="I852" s="78"/>
+      <c r="J852" s="78"/>
+      <c r="K852" s="79"/>
+      <c r="L852" s="80"/>
+      <c r="M852" s="89"/>
+      <c r="N852" s="81"/>
+      <c r="O852" s="82"/>
+      <c r="P852" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B852:G852)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="853" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A853" s="109"/>
+      <c r="B853" s="76"/>
+      <c r="C853" s="76"/>
+      <c r="D853" s="76"/>
+      <c r="E853" s="77"/>
+      <c r="F853" s="77"/>
+      <c r="G853" s="77"/>
+      <c r="H853" s="78"/>
+      <c r="I853" s="78"/>
+      <c r="J853" s="78"/>
+      <c r="K853" s="79"/>
+      <c r="L853" s="80"/>
+      <c r="M853" s="89"/>
+      <c r="N853" s="81"/>
+      <c r="O853" s="82"/>
+      <c r="P853" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B853:G853)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="854" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A854" s="109"/>
+      <c r="B854" s="76"/>
+      <c r="C854" s="76"/>
+      <c r="D854" s="76"/>
+      <c r="E854" s="77"/>
+      <c r="F854" s="77"/>
+      <c r="G854" s="77"/>
+      <c r="H854" s="78"/>
+      <c r="I854" s="78"/>
+      <c r="J854" s="78"/>
+      <c r="K854" s="79"/>
+      <c r="L854" s="80"/>
+      <c r="M854" s="89"/>
+      <c r="N854" s="81"/>
+      <c r="O854" s="82"/>
+      <c r="P854" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B854:G854)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="855" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A855" s="109"/>
+      <c r="B855" s="76"/>
+      <c r="C855" s="76"/>
+      <c r="D855" s="76"/>
+      <c r="E855" s="77"/>
+      <c r="F855" s="77"/>
+      <c r="G855" s="77"/>
+      <c r="H855" s="78"/>
+      <c r="I855" s="78"/>
+      <c r="J855" s="78"/>
+      <c r="K855" s="79"/>
+      <c r="L855" s="80"/>
+      <c r="M855" s="89"/>
+      <c r="N855" s="81"/>
+      <c r="O855" s="82"/>
+      <c r="P855" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B855:G855)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="856" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A856" s="109"/>
+      <c r="B856" s="76"/>
+      <c r="C856" s="76"/>
+      <c r="D856" s="76"/>
+      <c r="E856" s="77"/>
+      <c r="F856" s="77"/>
+      <c r="G856" s="77"/>
+      <c r="H856" s="78"/>
+      <c r="I856" s="78"/>
+      <c r="J856" s="78"/>
+      <c r="K856" s="79"/>
+      <c r="L856" s="80"/>
+      <c r="M856" s="89"/>
+      <c r="N856" s="81"/>
+      <c r="O856" s="82"/>
+      <c r="P856" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B856:G856)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="857" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A857" s="109"/>
+      <c r="B857" s="76"/>
+      <c r="C857" s="76"/>
+      <c r="D857" s="76"/>
+      <c r="E857" s="77"/>
+      <c r="F857" s="77"/>
+      <c r="G857" s="77"/>
+      <c r="H857" s="78"/>
+      <c r="I857" s="78"/>
+      <c r="J857" s="78"/>
+      <c r="K857" s="79"/>
+      <c r="L857" s="80"/>
+      <c r="M857" s="89"/>
+      <c r="N857" s="81"/>
+      <c r="O857" s="82"/>
+      <c r="P857" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B857:G857)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="858" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A858" s="109"/>
+      <c r="B858" s="76"/>
+      <c r="C858" s="76"/>
+      <c r="D858" s="76"/>
+      <c r="E858" s="77"/>
+      <c r="F858" s="77"/>
+      <c r="G858" s="77"/>
+      <c r="H858" s="78"/>
+      <c r="I858" s="78"/>
+      <c r="J858" s="78"/>
+      <c r="K858" s="79"/>
+      <c r="L858" s="80"/>
+      <c r="M858" s="89"/>
+      <c r="N858" s="81"/>
+      <c r="O858" s="82"/>
+      <c r="P858" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B858:G858)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="859" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A859" s="109"/>
+      <c r="B859" s="76"/>
+      <c r="C859" s="76"/>
+      <c r="D859" s="76"/>
+      <c r="E859" s="77"/>
+      <c r="F859" s="77"/>
+      <c r="G859" s="77"/>
+      <c r="H859" s="78"/>
+      <c r="I859" s="78"/>
+      <c r="J859" s="78"/>
+      <c r="K859" s="79"/>
+      <c r="L859" s="80"/>
+      <c r="M859" s="89"/>
+      <c r="N859" s="81"/>
+      <c r="O859" s="82"/>
+      <c r="P859" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B859:G859)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="860" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A860" s="109"/>
+      <c r="B860" s="76"/>
+      <c r="C860" s="76"/>
+      <c r="D860" s="76"/>
+      <c r="E860" s="77"/>
+      <c r="F860" s="77"/>
+      <c r="G860" s="77"/>
+      <c r="H860" s="78"/>
+      <c r="I860" s="78"/>
+      <c r="J860" s="78"/>
+      <c r="K860" s="79"/>
+      <c r="L860" s="80"/>
+      <c r="M860" s="89"/>
+      <c r="N860" s="81"/>
+      <c r="O860" s="82"/>
+      <c r="P860" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B860:G860)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="861" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A861" s="109"/>
+      <c r="B861" s="76"/>
+      <c r="C861" s="76"/>
+      <c r="D861" s="76"/>
+      <c r="E861" s="77"/>
+      <c r="F861" s="77"/>
+      <c r="G861" s="77"/>
+      <c r="H861" s="78"/>
+      <c r="I861" s="78"/>
+      <c r="J861" s="78"/>
+      <c r="K861" s="79"/>
+      <c r="L861" s="80"/>
+      <c r="M861" s="89"/>
+      <c r="N861" s="81"/>
+      <c r="O861" s="82"/>
+      <c r="P861" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B861:G861)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="862" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A862" s="109"/>
+      <c r="B862" s="76"/>
+      <c r="C862" s="76"/>
+      <c r="D862" s="76"/>
+      <c r="E862" s="77"/>
+      <c r="F862" s="77"/>
+      <c r="G862" s="77"/>
+      <c r="H862" s="78"/>
+      <c r="I862" s="78"/>
+      <c r="J862" s="78"/>
+      <c r="K862" s="79"/>
+      <c r="L862" s="80"/>
+      <c r="M862" s="89"/>
+      <c r="N862" s="81"/>
+      <c r="O862" s="82"/>
+      <c r="P862" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B862:G862)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="863" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A863" s="109"/>
+      <c r="B863" s="76"/>
+      <c r="C863" s="76"/>
+      <c r="D863" s="76"/>
+      <c r="E863" s="77"/>
+      <c r="F863" s="77"/>
+      <c r="G863" s="77"/>
+      <c r="H863" s="78"/>
+      <c r="I863" s="78"/>
+      <c r="J863" s="78"/>
+      <c r="K863" s="79"/>
+      <c r="L863" s="80"/>
+      <c r="M863" s="89"/>
+      <c r="N863" s="81"/>
+      <c r="O863" s="82"/>
+      <c r="P863" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B863:G863)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="864" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A864" s="109"/>
+      <c r="B864" s="76"/>
+      <c r="C864" s="76"/>
+      <c r="D864" s="76"/>
+      <c r="E864" s="77"/>
+      <c r="F864" s="77"/>
+      <c r="G864" s="77"/>
+      <c r="H864" s="78"/>
+      <c r="I864" s="78"/>
+      <c r="J864" s="78"/>
+      <c r="K864" s="79"/>
+      <c r="L864" s="80"/>
+      <c r="M864" s="89"/>
+      <c r="N864" s="81"/>
+      <c r="O864" s="82"/>
+      <c r="P864" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B864:G864)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="865" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A865" s="109"/>
+      <c r="B865" s="76"/>
+      <c r="C865" s="76"/>
+      <c r="D865" s="76"/>
+      <c r="E865" s="77"/>
+      <c r="F865" s="77"/>
+      <c r="G865" s="77"/>
+      <c r="H865" s="78"/>
+      <c r="I865" s="78"/>
+      <c r="J865" s="78"/>
+      <c r="K865" s="79"/>
+      <c r="L865" s="80"/>
+      <c r="M865" s="89"/>
+      <c r="N865" s="81"/>
+      <c r="O865" s="82"/>
+      <c r="P865" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B865:G865)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="866" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A866" s="109"/>
+      <c r="B866" s="76"/>
+      <c r="C866" s="76"/>
+      <c r="D866" s="76"/>
+      <c r="E866" s="77"/>
+      <c r="F866" s="77"/>
+      <c r="G866" s="77"/>
+      <c r="H866" s="78"/>
+      <c r="I866" s="78"/>
+      <c r="J866" s="78"/>
+      <c r="K866" s="79"/>
+      <c r="L866" s="80"/>
+      <c r="M866" s="89"/>
+      <c r="N866" s="81"/>
+      <c r="O866" s="82"/>
+      <c r="P866" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B866:G866)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="867" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A867" s="109"/>
+      <c r="B867" s="76"/>
+      <c r="C867" s="76"/>
+      <c r="D867" s="76"/>
+      <c r="E867" s="77"/>
+      <c r="F867" s="77"/>
+      <c r="G867" s="77"/>
+      <c r="H867" s="78"/>
+      <c r="I867" s="78"/>
+      <c r="J867" s="78"/>
+      <c r="K867" s="79"/>
+      <c r="L867" s="80"/>
+      <c r="M867" s="89"/>
+      <c r="N867" s="81"/>
+      <c r="O867" s="82"/>
+      <c r="P867" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B867:G867)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="868" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A868" s="109"/>
+      <c r="B868" s="76"/>
+      <c r="C868" s="76"/>
+      <c r="D868" s="76"/>
+      <c r="E868" s="77"/>
+      <c r="F868" s="77"/>
+      <c r="G868" s="77"/>
+      <c r="H868" s="78"/>
+      <c r="I868" s="78"/>
+      <c r="J868" s="78"/>
+      <c r="K868" s="79"/>
+      <c r="L868" s="80"/>
+      <c r="M868" s="89"/>
+      <c r="N868" s="81"/>
+      <c r="O868" s="82"/>
+      <c r="P868" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B868:G868)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="869" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A869" s="109"/>
+      <c r="B869" s="76"/>
+      <c r="C869" s="76"/>
+      <c r="D869" s="76"/>
+      <c r="E869" s="77"/>
+      <c r="F869" s="77"/>
+      <c r="G869" s="77"/>
+      <c r="H869" s="78"/>
+      <c r="I869" s="78"/>
+      <c r="J869" s="78"/>
+      <c r="K869" s="79"/>
+      <c r="L869" s="80"/>
+      <c r="M869" s="89"/>
+      <c r="N869" s="81"/>
+      <c r="O869" s="82"/>
+      <c r="P869" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B869:G869)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="870" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A870" s="109"/>
+      <c r="B870" s="76"/>
+      <c r="C870" s="76"/>
+      <c r="D870" s="76"/>
+      <c r="E870" s="77"/>
+      <c r="F870" s="77"/>
+      <c r="G870" s="77"/>
+      <c r="H870" s="78"/>
+      <c r="I870" s="78"/>
+      <c r="J870" s="78"/>
+      <c r="K870" s="79"/>
+      <c r="L870" s="80"/>
+      <c r="M870" s="89"/>
+      <c r="N870" s="81"/>
+      <c r="O870" s="82"/>
+      <c r="P870" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B870:G870)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="871" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A871" s="109"/>
+      <c r="B871" s="76"/>
+      <c r="C871" s="76"/>
+      <c r="D871" s="76"/>
+      <c r="E871" s="77"/>
+      <c r="F871" s="77"/>
+      <c r="G871" s="77"/>
+      <c r="H871" s="78"/>
+      <c r="I871" s="78"/>
+      <c r="J871" s="78"/>
+      <c r="K871" s="79"/>
+      <c r="L871" s="80"/>
+      <c r="M871" s="89"/>
+      <c r="N871" s="81"/>
+      <c r="O871" s="82"/>
+      <c r="P871" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B871:G871)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="872" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A872" s="109"/>
+      <c r="B872" s="76"/>
+      <c r="C872" s="76"/>
+      <c r="D872" s="76"/>
+      <c r="E872" s="77"/>
+      <c r="F872" s="77"/>
+      <c r="G872" s="77"/>
+      <c r="H872" s="78"/>
+      <c r="I872" s="78"/>
+      <c r="J872" s="78"/>
+      <c r="K872" s="79"/>
+      <c r="L872" s="80"/>
+      <c r="M872" s="89"/>
+      <c r="N872" s="81"/>
+      <c r="O872" s="82"/>
+      <c r="P872" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B872:G872)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="873" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A873" s="109"/>
+      <c r="B873" s="76"/>
+      <c r="C873" s="76"/>
+      <c r="D873" s="76"/>
+      <c r="E873" s="77"/>
+      <c r="F873" s="77"/>
+      <c r="G873" s="77"/>
+      <c r="H873" s="78"/>
+      <c r="I873" s="78"/>
+      <c r="J873" s="78"/>
+      <c r="K873" s="79"/>
+      <c r="L873" s="80"/>
+      <c r="M873" s="89"/>
+      <c r="N873" s="81"/>
+      <c r="O873" s="82"/>
+      <c r="P873" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B873:G873)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="874" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A874" s="109"/>
+      <c r="B874" s="76"/>
+      <c r="C874" s="76"/>
+      <c r="D874" s="76"/>
+      <c r="E874" s="77"/>
+      <c r="F874" s="77"/>
+      <c r="G874" s="77"/>
+      <c r="H874" s="78"/>
+      <c r="I874" s="78"/>
+      <c r="J874" s="78"/>
+      <c r="K874" s="79"/>
+      <c r="L874" s="80"/>
+      <c r="M874" s="89"/>
+      <c r="N874" s="81"/>
+      <c r="O874" s="82"/>
+      <c r="P874" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B874:G874)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="875" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A875" s="109"/>
+      <c r="B875" s="76"/>
+      <c r="C875" s="76"/>
+      <c r="D875" s="76"/>
+      <c r="E875" s="77"/>
+      <c r="F875" s="77"/>
+      <c r="G875" s="77"/>
+      <c r="H875" s="78"/>
+      <c r="I875" s="78"/>
+      <c r="J875" s="78"/>
+      <c r="K875" s="79"/>
+      <c r="L875" s="80"/>
+      <c r="M875" s="89"/>
+      <c r="N875" s="81"/>
+      <c r="O875" s="82"/>
+      <c r="P875" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B875:G875)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="876" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A876" s="109"/>
+      <c r="B876" s="76"/>
+      <c r="C876" s="76"/>
+      <c r="D876" s="76"/>
+      <c r="E876" s="77"/>
+      <c r="F876" s="77"/>
+      <c r="G876" s="77"/>
+      <c r="H876" s="78"/>
+      <c r="I876" s="78"/>
+      <c r="J876" s="78"/>
+      <c r="K876" s="79"/>
+      <c r="L876" s="80"/>
+      <c r="M876" s="89"/>
+      <c r="N876" s="81"/>
+      <c r="O876" s="82"/>
+      <c r="P876" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B876:G876)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="877" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A877" s="109"/>
+      <c r="B877" s="76"/>
+      <c r="C877" s="76"/>
+      <c r="D877" s="76"/>
+      <c r="E877" s="77"/>
+      <c r="F877" s="77"/>
+      <c r="G877" s="77"/>
+      <c r="H877" s="78"/>
+      <c r="I877" s="78"/>
+      <c r="J877" s="78"/>
+      <c r="K877" s="79"/>
+      <c r="L877" s="80"/>
+      <c r="M877" s="89"/>
+      <c r="N877" s="81"/>
+      <c r="O877" s="82"/>
+      <c r="P877" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B877:G877)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="878" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A878" s="109"/>
+      <c r="B878" s="76"/>
+      <c r="C878" s="76"/>
+      <c r="D878" s="76"/>
+      <c r="E878" s="77"/>
+      <c r="F878" s="77"/>
+      <c r="G878" s="77"/>
+      <c r="H878" s="78"/>
+      <c r="I878" s="78"/>
+      <c r="J878" s="78"/>
+      <c r="K878" s="79"/>
+      <c r="L878" s="80"/>
+      <c r="M878" s="89"/>
+      <c r="N878" s="81"/>
+      <c r="O878" s="82"/>
+      <c r="P878" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B878:G878)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="879" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A879" s="109"/>
+      <c r="B879" s="76"/>
+      <c r="C879" s="76"/>
+      <c r="D879" s="76"/>
+      <c r="E879" s="77"/>
+      <c r="F879" s="77"/>
+      <c r="G879" s="77"/>
+      <c r="H879" s="78"/>
+      <c r="I879" s="78"/>
+      <c r="J879" s="78"/>
+      <c r="K879" s="79"/>
+      <c r="L879" s="80"/>
+      <c r="M879" s="89"/>
+      <c r="N879" s="81"/>
+      <c r="O879" s="82"/>
+      <c r="P879" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B879:G879)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="880" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A880" s="109"/>
+      <c r="B880" s="76"/>
+      <c r="C880" s="76"/>
+      <c r="D880" s="76"/>
+      <c r="E880" s="77"/>
+      <c r="F880" s="77"/>
+      <c r="G880" s="77"/>
+      <c r="H880" s="78"/>
+      <c r="I880" s="78"/>
+      <c r="J880" s="78"/>
+      <c r="K880" s="79"/>
+      <c r="L880" s="80"/>
+      <c r="M880" s="89"/>
+      <c r="N880" s="81"/>
+      <c r="O880" s="82"/>
+      <c r="P880" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B880:G880)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="881" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A881" s="109"/>
+      <c r="B881" s="76"/>
+      <c r="C881" s="76"/>
+      <c r="D881" s="76"/>
+      <c r="E881" s="77"/>
+      <c r="F881" s="77"/>
+      <c r="G881" s="77"/>
+      <c r="H881" s="78"/>
+      <c r="I881" s="78"/>
+      <c r="J881" s="78"/>
+      <c r="K881" s="79"/>
+      <c r="L881" s="80"/>
+      <c r="M881" s="89"/>
+      <c r="N881" s="81"/>
+      <c r="O881" s="82"/>
+      <c r="P881" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B881:G881)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="882" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A882" s="109"/>
+      <c r="B882" s="76"/>
+      <c r="C882" s="76"/>
+      <c r="D882" s="76"/>
+      <c r="E882" s="77"/>
+      <c r="F882" s="77"/>
+      <c r="G882" s="77"/>
+      <c r="H882" s="78"/>
+      <c r="I882" s="78"/>
+      <c r="J882" s="78"/>
+      <c r="K882" s="79"/>
+      <c r="L882" s="80"/>
+      <c r="M882" s="89"/>
+      <c r="N882" s="81"/>
+      <c r="O882" s="82"/>
+      <c r="P882" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B882:G882)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="883" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A883" s="109"/>
+      <c r="B883" s="76"/>
+      <c r="C883" s="76"/>
+      <c r="D883" s="76"/>
+      <c r="E883" s="77"/>
+      <c r="F883" s="77"/>
+      <c r="G883" s="77"/>
+      <c r="H883" s="78"/>
+      <c r="I883" s="78"/>
+      <c r="J883" s="78"/>
+      <c r="K883" s="79"/>
+      <c r="L883" s="80"/>
+      <c r="M883" s="89"/>
+      <c r="N883" s="81"/>
+      <c r="O883" s="82"/>
+      <c r="P883" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B883:G883)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="884" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A884" s="109"/>
+      <c r="B884" s="76"/>
+      <c r="C884" s="76"/>
+      <c r="D884" s="76"/>
+      <c r="E884" s="77"/>
+      <c r="F884" s="77"/>
+      <c r="G884" s="77"/>
+      <c r="H884" s="78"/>
+      <c r="I884" s="78"/>
+      <c r="J884" s="78"/>
+      <c r="K884" s="79"/>
+      <c r="L884" s="80"/>
+      <c r="M884" s="89"/>
+      <c r="N884" s="81"/>
+      <c r="O884" s="82"/>
+      <c r="P884" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B884:G884)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="885" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A885" s="109"/>
+      <c r="B885" s="76"/>
+      <c r="C885" s="76"/>
+      <c r="D885" s="76"/>
+      <c r="E885" s="77"/>
+      <c r="F885" s="77"/>
+      <c r="G885" s="77"/>
+      <c r="H885" s="78"/>
+      <c r="I885" s="78"/>
+      <c r="J885" s="78"/>
+      <c r="K885" s="79"/>
+      <c r="L885" s="80"/>
+      <c r="M885" s="89"/>
+      <c r="N885" s="81"/>
+      <c r="O885" s="82"/>
+      <c r="P885" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B885:G885)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="886" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A886" s="109"/>
+      <c r="B886" s="76"/>
+      <c r="C886" s="76"/>
+      <c r="D886" s="76"/>
+      <c r="E886" s="77"/>
+      <c r="F886" s="77"/>
+      <c r="G886" s="77"/>
+      <c r="H886" s="78"/>
+      <c r="I886" s="78"/>
+      <c r="J886" s="78"/>
+      <c r="K886" s="79"/>
+      <c r="L886" s="80"/>
+      <c r="M886" s="89"/>
+      <c r="N886" s="81"/>
+      <c r="O886" s="82"/>
+      <c r="P886" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B886:G886)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="887" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A887" s="109"/>
+      <c r="B887" s="76"/>
+      <c r="C887" s="76"/>
+      <c r="D887" s="76"/>
+      <c r="E887" s="77"/>
+      <c r="F887" s="77"/>
+      <c r="G887" s="77"/>
+      <c r="H887" s="78"/>
+      <c r="I887" s="78"/>
+      <c r="J887" s="78"/>
+      <c r="K887" s="79"/>
+      <c r="L887" s="80"/>
+      <c r="M887" s="89"/>
+      <c r="N887" s="81"/>
+      <c r="O887" s="82"/>
+      <c r="P887" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B887:G887)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="888" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A888" s="109"/>
+      <c r="B888" s="76"/>
+      <c r="C888" s="76"/>
+      <c r="D888" s="76"/>
+      <c r="E888" s="77"/>
+      <c r="F888" s="77"/>
+      <c r="G888" s="77"/>
+      <c r="H888" s="78"/>
+      <c r="I888" s="78"/>
+      <c r="J888" s="78"/>
+      <c r="K888" s="79"/>
+      <c r="L888" s="80"/>
+      <c r="M888" s="89"/>
+      <c r="N888" s="81"/>
+      <c r="O888" s="82"/>
+      <c r="P888" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B888:G888)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="889" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A889" s="109"/>
+      <c r="B889" s="76"/>
+      <c r="C889" s="76"/>
+      <c r="D889" s="76"/>
+      <c r="E889" s="77"/>
+      <c r="F889" s="77"/>
+      <c r="G889" s="77"/>
+      <c r="H889" s="78"/>
+      <c r="I889" s="78"/>
+      <c r="J889" s="78"/>
+      <c r="K889" s="79"/>
+      <c r="L889" s="80"/>
+      <c r="M889" s="89"/>
+      <c r="N889" s="81"/>
+      <c r="O889" s="82"/>
+      <c r="P889" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B889:G889)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="890" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A890" s="109"/>
+      <c r="B890" s="76"/>
+      <c r="C890" s="76"/>
+      <c r="D890" s="76"/>
+      <c r="E890" s="77"/>
+      <c r="F890" s="77"/>
+      <c r="G890" s="77"/>
+      <c r="H890" s="78"/>
+      <c r="I890" s="78"/>
+      <c r="J890" s="78"/>
+      <c r="K890" s="79"/>
+      <c r="L890" s="80"/>
+      <c r="M890" s="89"/>
+      <c r="N890" s="81"/>
+      <c r="O890" s="82"/>
+      <c r="P890" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B890:G890)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="891" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A891" s="109"/>
+      <c r="B891" s="76"/>
+      <c r="C891" s="76"/>
+      <c r="D891" s="76"/>
+      <c r="E891" s="77"/>
+      <c r="F891" s="77"/>
+      <c r="G891" s="77"/>
+      <c r="H891" s="78"/>
+      <c r="I891" s="78"/>
+      <c r="J891" s="78"/>
+      <c r="K891" s="79"/>
+      <c r="L891" s="80"/>
+      <c r="M891" s="89"/>
+      <c r="N891" s="81"/>
+      <c r="O891" s="82"/>
+      <c r="P891" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B891:G891)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="892" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A892" s="109"/>
+      <c r="B892" s="76"/>
+      <c r="C892" s="76"/>
+      <c r="D892" s="76"/>
+      <c r="E892" s="77"/>
+      <c r="F892" s="77"/>
+      <c r="G892" s="77"/>
+      <c r="H892" s="78"/>
+      <c r="I892" s="78"/>
+      <c r="J892" s="78"/>
+      <c r="K892" s="79"/>
+      <c r="L892" s="80"/>
+      <c r="M892" s="89"/>
+      <c r="N892" s="81"/>
+      <c r="O892" s="82"/>
+      <c r="P892" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B892:G892)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="893" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A893" s="109"/>
+      <c r="B893" s="76"/>
+      <c r="C893" s="76"/>
+      <c r="D893" s="76"/>
+      <c r="E893" s="77"/>
+      <c r="F893" s="77"/>
+      <c r="G893" s="77"/>
+      <c r="H893" s="78"/>
+      <c r="I893" s="78"/>
+      <c r="J893" s="78"/>
+      <c r="K893" s="79"/>
+      <c r="L893" s="80"/>
+      <c r="M893" s="89"/>
+      <c r="N893" s="81"/>
+      <c r="O893" s="82"/>
+      <c r="P893" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B893:G893)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="894" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A894" s="109"/>
+      <c r="B894" s="76"/>
+      <c r="C894" s="76"/>
+      <c r="D894" s="76"/>
+      <c r="E894" s="77"/>
+      <c r="F894" s="77"/>
+      <c r="G894" s="77"/>
+      <c r="H894" s="78"/>
+      <c r="I894" s="78"/>
+      <c r="J894" s="78"/>
+      <c r="K894" s="79"/>
+      <c r="L894" s="80"/>
+      <c r="M894" s="89"/>
+      <c r="N894" s="81"/>
+      <c r="O894" s="82"/>
+      <c r="P894" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B894:G894)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="895" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A895" s="109"/>
+      <c r="B895" s="76"/>
+      <c r="C895" s="76"/>
+      <c r="D895" s="76"/>
+      <c r="E895" s="77"/>
+      <c r="F895" s="77"/>
+      <c r="G895" s="77"/>
+      <c r="H895" s="78"/>
+      <c r="I895" s="78"/>
+      <c r="J895" s="78"/>
+      <c r="K895" s="79"/>
+      <c r="L895" s="80"/>
+      <c r="M895" s="89"/>
+      <c r="N895" s="81"/>
+      <c r="O895" s="82"/>
+      <c r="P895" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B895:G895)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="896" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A896" s="109"/>
+      <c r="B896" s="76"/>
+      <c r="C896" s="76"/>
+      <c r="D896" s="76"/>
+      <c r="E896" s="77"/>
+      <c r="F896" s="77"/>
+      <c r="G896" s="77"/>
+      <c r="H896" s="78"/>
+      <c r="I896" s="78"/>
+      <c r="J896" s="78"/>
+      <c r="K896" s="79"/>
+      <c r="L896" s="80"/>
+      <c r="M896" s="89"/>
+      <c r="N896" s="81"/>
+      <c r="O896" s="82"/>
+      <c r="P896" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B896:G896)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="897" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A897" s="109"/>
+      <c r="B897" s="76"/>
+      <c r="C897" s="76"/>
+      <c r="D897" s="76"/>
+      <c r="E897" s="77"/>
+      <c r="F897" s="77"/>
+      <c r="G897" s="77"/>
+      <c r="H897" s="78"/>
+      <c r="I897" s="78"/>
+      <c r="J897" s="78"/>
+      <c r="K897" s="79"/>
+      <c r="L897" s="80"/>
+      <c r="M897" s="89"/>
+      <c r="N897" s="81"/>
+      <c r="O897" s="82"/>
+      <c r="P897" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B897:G897)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="898" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A898" s="109"/>
+      <c r="B898" s="76"/>
+      <c r="C898" s="76"/>
+      <c r="D898" s="76"/>
+      <c r="E898" s="77"/>
+      <c r="F898" s="77"/>
+      <c r="G898" s="77"/>
+      <c r="H898" s="78"/>
+      <c r="I898" s="78"/>
+      <c r="J898" s="78"/>
+      <c r="K898" s="79"/>
+      <c r="L898" s="80"/>
+      <c r="M898" s="89"/>
+      <c r="N898" s="81"/>
+      <c r="O898" s="82"/>
+      <c r="P898" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B898:G898)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="899" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A899" s="109"/>
+      <c r="B899" s="76"/>
+      <c r="C899" s="76"/>
+      <c r="D899" s="76"/>
+      <c r="E899" s="77"/>
+      <c r="F899" s="77"/>
+      <c r="G899" s="77"/>
+      <c r="H899" s="78"/>
+      <c r="I899" s="78"/>
+      <c r="J899" s="78"/>
+      <c r="K899" s="79"/>
+      <c r="L899" s="80"/>
+      <c r="M899" s="89"/>
+      <c r="N899" s="81"/>
+      <c r="O899" s="82"/>
+      <c r="P899" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B899:G899)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="900" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A900" s="109"/>
+      <c r="B900" s="76"/>
+      <c r="C900" s="76"/>
+      <c r="D900" s="76"/>
+      <c r="E900" s="77"/>
+      <c r="F900" s="77"/>
+      <c r="G900" s="77"/>
+      <c r="H900" s="78"/>
+      <c r="I900" s="78"/>
+      <c r="J900" s="78"/>
+      <c r="K900" s="79"/>
+      <c r="L900" s="80"/>
+      <c r="M900" s="89"/>
+      <c r="N900" s="81"/>
+      <c r="O900" s="82"/>
+      <c r="P900" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B900:G900)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="901" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A901" s="109"/>
+      <c r="B901" s="76"/>
+      <c r="C901" s="76"/>
+      <c r="D901" s="76"/>
+      <c r="E901" s="77"/>
+      <c r="F901" s="77"/>
+      <c r="G901" s="77"/>
+      <c r="H901" s="78"/>
+      <c r="I901" s="78"/>
+      <c r="J901" s="78"/>
+      <c r="K901" s="79"/>
+      <c r="L901" s="80"/>
+      <c r="M901" s="89"/>
+      <c r="N901" s="81"/>
+      <c r="O901" s="82"/>
+      <c r="P901" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B901:G901)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="902" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A902" s="109"/>
+      <c r="B902" s="76"/>
+      <c r="C902" s="76"/>
+      <c r="D902" s="76"/>
+      <c r="E902" s="77"/>
+      <c r="F902" s="77"/>
+      <c r="G902" s="77"/>
+      <c r="H902" s="78"/>
+      <c r="I902" s="78"/>
+      <c r="J902" s="78"/>
+      <c r="K902" s="79"/>
+      <c r="L902" s="80"/>
+      <c r="M902" s="89"/>
+      <c r="N902" s="81"/>
+      <c r="O902" s="82"/>
+      <c r="P902" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B902:G902)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="903" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A903" s="109"/>
+      <c r="B903" s="76"/>
+      <c r="C903" s="76"/>
+      <c r="D903" s="76"/>
+      <c r="E903" s="77"/>
+      <c r="F903" s="77"/>
+      <c r="G903" s="77"/>
+      <c r="H903" s="78"/>
+      <c r="I903" s="78"/>
+      <c r="J903" s="78"/>
+      <c r="K903" s="79"/>
+      <c r="L903" s="80"/>
+      <c r="M903" s="89"/>
+      <c r="N903" s="81"/>
+      <c r="O903" s="82"/>
+      <c r="P903" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B903:G903)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="904" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A904" s="109"/>
+      <c r="B904" s="76"/>
+      <c r="C904" s="76"/>
+      <c r="D904" s="76"/>
+      <c r="E904" s="77"/>
+      <c r="F904" s="77"/>
+      <c r="G904" s="77"/>
+      <c r="H904" s="78"/>
+      <c r="I904" s="78"/>
+      <c r="J904" s="78"/>
+      <c r="K904" s="79"/>
+      <c r="L904" s="80"/>
+      <c r="M904" s="89"/>
+      <c r="N904" s="81"/>
+      <c r="O904" s="82"/>
+      <c r="P904" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B904:G904)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="905" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A905" s="109"/>
+      <c r="B905" s="76"/>
+      <c r="C905" s="76"/>
+      <c r="D905" s="76"/>
+      <c r="E905" s="77"/>
+      <c r="F905" s="77"/>
+      <c r="G905" s="77"/>
+      <c r="H905" s="78"/>
+      <c r="I905" s="78"/>
+      <c r="J905" s="78"/>
+      <c r="K905" s="79"/>
+      <c r="L905" s="80"/>
+      <c r="M905" s="89"/>
+      <c r="N905" s="81"/>
+      <c r="O905" s="82"/>
+      <c r="P905" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B905:G905)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="906" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A906" s="109"/>
+      <c r="B906" s="76"/>
+      <c r="C906" s="76"/>
+      <c r="D906" s="76"/>
+      <c r="E906" s="77"/>
+      <c r="F906" s="77"/>
+      <c r="G906" s="77"/>
+      <c r="H906" s="78"/>
+      <c r="I906" s="78"/>
+      <c r="J906" s="78"/>
+      <c r="K906" s="79"/>
+      <c r="L906" s="80"/>
+      <c r="M906" s="89"/>
+      <c r="N906" s="81"/>
+      <c r="O906" s="82"/>
+      <c r="P906" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B906:G906)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="907" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A907" s="109"/>
+      <c r="B907" s="76"/>
+      <c r="C907" s="76"/>
+      <c r="D907" s="76"/>
+      <c r="E907" s="77"/>
+      <c r="F907" s="77"/>
+      <c r="G907" s="77"/>
+      <c r="H907" s="78"/>
+      <c r="I907" s="78"/>
+      <c r="J907" s="78"/>
+      <c r="K907" s="79"/>
+      <c r="L907" s="80"/>
+      <c r="M907" s="89"/>
+      <c r="N907" s="81"/>
+      <c r="O907" s="82"/>
+      <c r="P907" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B907:G907)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="908" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A908" s="109"/>
+      <c r="B908" s="76"/>
+      <c r="C908" s="76"/>
+      <c r="D908" s="76"/>
+      <c r="E908" s="77"/>
+      <c r="F908" s="77"/>
+      <c r="G908" s="77"/>
+      <c r="H908" s="78"/>
+      <c r="I908" s="78"/>
+      <c r="J908" s="78"/>
+      <c r="K908" s="79"/>
+      <c r="L908" s="80"/>
+      <c r="M908" s="89"/>
+      <c r="N908" s="81"/>
+      <c r="O908" s="82"/>
+      <c r="P908" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B908:G908)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="909" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A909" s="109"/>
+      <c r="B909" s="76"/>
+      <c r="C909" s="76"/>
+      <c r="D909" s="76"/>
+      <c r="E909" s="77"/>
+      <c r="F909" s="77"/>
+      <c r="G909" s="77"/>
+      <c r="H909" s="78"/>
+      <c r="I909" s="78"/>
+      <c r="J909" s="78"/>
+      <c r="K909" s="79"/>
+      <c r="L909" s="80"/>
+      <c r="M909" s="89"/>
+      <c r="N909" s="81"/>
+      <c r="O909" s="82"/>
+      <c r="P909" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B909:G909)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="910" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A910" s="109"/>
+      <c r="B910" s="76"/>
+      <c r="C910" s="76"/>
+      <c r="D910" s="76"/>
+      <c r="E910" s="77"/>
+      <c r="F910" s="77"/>
+      <c r="G910" s="77"/>
+      <c r="H910" s="78"/>
+      <c r="I910" s="78"/>
+      <c r="J910" s="78"/>
+      <c r="K910" s="79"/>
+      <c r="L910" s="80"/>
+      <c r="M910" s="89"/>
+      <c r="N910" s="81"/>
+      <c r="O910" s="82"/>
+      <c r="P910" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B910:G910)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="911" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A911" s="109"/>
+      <c r="B911" s="76"/>
+      <c r="C911" s="76"/>
+      <c r="D911" s="76"/>
+      <c r="E911" s="77"/>
+      <c r="F911" s="77"/>
+      <c r="G911" s="77"/>
+      <c r="H911" s="78"/>
+      <c r="I911" s="78"/>
+      <c r="J911" s="78"/>
+      <c r="K911" s="79"/>
+      <c r="L911" s="80"/>
+      <c r="M911" s="89"/>
+      <c r="N911" s="81"/>
+      <c r="O911" s="82"/>
+      <c r="P911" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B911:G911)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="912" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A912" s="109"/>
+      <c r="B912" s="76"/>
+      <c r="C912" s="76"/>
+      <c r="D912" s="76"/>
+      <c r="E912" s="77"/>
+      <c r="F912" s="77"/>
+      <c r="G912" s="77"/>
+      <c r="H912" s="78"/>
+      <c r="I912" s="78"/>
+      <c r="J912" s="78"/>
+      <c r="K912" s="79"/>
+      <c r="L912" s="80"/>
+      <c r="M912" s="89"/>
+      <c r="N912" s="81"/>
+      <c r="O912" s="82"/>
+      <c r="P912" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B912:G912)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="913" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A913" s="109"/>
+      <c r="B913" s="76"/>
+      <c r="C913" s="76"/>
+      <c r="D913" s="76"/>
+      <c r="E913" s="77"/>
+      <c r="F913" s="77"/>
+      <c r="G913" s="77"/>
+      <c r="H913" s="78"/>
+      <c r="I913" s="78"/>
+      <c r="J913" s="78"/>
+      <c r="K913" s="79"/>
+      <c r="L913" s="80"/>
+      <c r="M913" s="89"/>
+      <c r="N913" s="81"/>
+      <c r="O913" s="82"/>
+      <c r="P913" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B913:G913)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="914" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A914" s="109"/>
+      <c r="B914" s="76"/>
+      <c r="C914" s="76"/>
+      <c r="D914" s="76"/>
+      <c r="E914" s="77"/>
+      <c r="F914" s="77"/>
+      <c r="G914" s="77"/>
+      <c r="H914" s="78"/>
+      <c r="I914" s="78"/>
+      <c r="J914" s="78"/>
+      <c r="K914" s="79"/>
+      <c r="L914" s="80"/>
+      <c r="M914" s="89"/>
+      <c r="N914" s="81"/>
+      <c r="O914" s="82"/>
+      <c r="P914" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B914:G914)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="915" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A915" s="109"/>
+      <c r="B915" s="76"/>
+      <c r="C915" s="76"/>
+      <c r="D915" s="76"/>
+      <c r="E915" s="77"/>
+      <c r="F915" s="77"/>
+      <c r="G915" s="77"/>
+      <c r="H915" s="78"/>
+      <c r="I915" s="78"/>
+      <c r="J915" s="78"/>
+      <c r="K915" s="79"/>
+      <c r="L915" s="80"/>
+      <c r="M915" s="89"/>
+      <c r="N915" s="81"/>
+      <c r="O915" s="82"/>
+      <c r="P915" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B915:G915)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="916" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A916" s="109"/>
+      <c r="B916" s="76"/>
+      <c r="C916" s="76"/>
+      <c r="D916" s="76"/>
+      <c r="E916" s="77"/>
+      <c r="F916" s="77"/>
+      <c r="G916" s="77"/>
+      <c r="H916" s="78"/>
+      <c r="I916" s="78"/>
+      <c r="J916" s="78"/>
+      <c r="K916" s="79"/>
+      <c r="L916" s="80"/>
+      <c r="M916" s="89"/>
+      <c r="N916" s="81"/>
+      <c r="O916" s="82"/>
+      <c r="P916" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B916:G916)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="917" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A917" s="109"/>
+      <c r="B917" s="76"/>
+      <c r="C917" s="76"/>
+      <c r="D917" s="76"/>
+      <c r="E917" s="77"/>
+      <c r="F917" s="77"/>
+      <c r="G917" s="77"/>
+      <c r="H917" s="78"/>
+      <c r="I917" s="78"/>
+      <c r="J917" s="78"/>
+      <c r="K917" s="79"/>
+      <c r="L917" s="80"/>
+      <c r="M917" s="89"/>
+      <c r="N917" s="81"/>
+      <c r="O917" s="82"/>
+      <c r="P917" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B917:G917)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="918" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A918" s="109"/>
+      <c r="B918" s="76"/>
+      <c r="C918" s="76"/>
+      <c r="D918" s="76"/>
+      <c r="E918" s="77"/>
+      <c r="F918" s="77"/>
+      <c r="G918" s="77"/>
+      <c r="H918" s="78"/>
+      <c r="I918" s="78"/>
+      <c r="J918" s="78"/>
+      <c r="K918" s="79"/>
+      <c r="L918" s="80"/>
+      <c r="M918" s="89"/>
+      <c r="N918" s="81"/>
+      <c r="O918" s="82"/>
+      <c r="P918" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B918:G918)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="919" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A919" s="109"/>
+      <c r="B919" s="76"/>
+      <c r="C919" s="76"/>
+      <c r="D919" s="76"/>
+      <c r="E919" s="77"/>
+      <c r="F919" s="77"/>
+      <c r="G919" s="77"/>
+      <c r="H919" s="78"/>
+      <c r="I919" s="78"/>
+      <c r="J919" s="78"/>
+      <c r="K919" s="79"/>
+      <c r="L919" s="80"/>
+      <c r="M919" s="89"/>
+      <c r="N919" s="81"/>
+      <c r="O919" s="82"/>
+      <c r="P919" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B919:G919)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="920" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A920" s="109"/>
+      <c r="B920" s="76"/>
+      <c r="C920" s="76"/>
+      <c r="D920" s="76"/>
+      <c r="E920" s="77"/>
+      <c r="F920" s="77"/>
+      <c r="G920" s="77"/>
+      <c r="H920" s="78"/>
+      <c r="I920" s="78"/>
+      <c r="J920" s="78"/>
+      <c r="K920" s="79"/>
+      <c r="L920" s="80"/>
+      <c r="M920" s="89"/>
+      <c r="N920" s="81"/>
+      <c r="O920" s="82"/>
+      <c r="P920" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B920:G920)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="921" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A921" s="109"/>
+      <c r="B921" s="76"/>
+      <c r="C921" s="76"/>
+      <c r="D921" s="76"/>
+      <c r="E921" s="77"/>
+      <c r="F921" s="77"/>
+      <c r="G921" s="77"/>
+      <c r="H921" s="78"/>
+      <c r="I921" s="78"/>
+      <c r="J921" s="78"/>
+      <c r="K921" s="79"/>
+      <c r="L921" s="80"/>
+      <c r="M921" s="89"/>
+      <c r="N921" s="81"/>
+      <c r="O921" s="82"/>
+      <c r="P921" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B921:G921)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="922" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A922" s="109"/>
+      <c r="B922" s="76"/>
+      <c r="C922" s="76"/>
+      <c r="D922" s="76"/>
+      <c r="E922" s="77"/>
+      <c r="F922" s="77"/>
+      <c r="G922" s="77"/>
+      <c r="H922" s="78"/>
+      <c r="I922" s="78"/>
+      <c r="J922" s="78"/>
+      <c r="K922" s="79"/>
+      <c r="L922" s="80"/>
+      <c r="M922" s="89"/>
+      <c r="N922" s="81"/>
+      <c r="O922" s="82"/>
+      <c r="P922" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B922:G922)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="923" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A923" s="109"/>
+      <c r="B923" s="76"/>
+      <c r="C923" s="76"/>
+      <c r="D923" s="76"/>
+      <c r="E923" s="77"/>
+      <c r="F923" s="77"/>
+      <c r="G923" s="77"/>
+      <c r="H923" s="78"/>
+      <c r="I923" s="78"/>
+      <c r="J923" s="78"/>
+      <c r="K923" s="79"/>
+      <c r="L923" s="80"/>
+      <c r="M923" s="89"/>
+      <c r="N923" s="81"/>
+      <c r="O923" s="82"/>
+      <c r="P923" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B923:G923)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="924" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A924" s="109"/>
+      <c r="B924" s="76"/>
+      <c r="C924" s="76"/>
+      <c r="D924" s="76"/>
+      <c r="E924" s="77"/>
+      <c r="F924" s="77"/>
+      <c r="G924" s="77"/>
+      <c r="H924" s="78"/>
+      <c r="I924" s="78"/>
+      <c r="J924" s="78"/>
+      <c r="K924" s="79"/>
+      <c r="L924" s="80"/>
+      <c r="M924" s="89"/>
+      <c r="N924" s="81"/>
+      <c r="O924" s="82"/>
+      <c r="P924" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B924:G924)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="925" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A925" s="109"/>
+      <c r="B925" s="76"/>
+      <c r="C925" s="76"/>
+      <c r="D925" s="76"/>
+      <c r="E925" s="77"/>
+      <c r="F925" s="77"/>
+      <c r="G925" s="77"/>
+      <c r="H925" s="78"/>
+      <c r="I925" s="78"/>
+      <c r="J925" s="78"/>
+      <c r="K925" s="79"/>
+      <c r="L925" s="80"/>
+      <c r="M925" s="89"/>
+      <c r="N925" s="81"/>
+      <c r="O925" s="82"/>
+      <c r="P925" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B925:G925)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="926" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A926" s="109"/>
+      <c r="B926" s="76"/>
+      <c r="C926" s="76"/>
+      <c r="D926" s="76"/>
+      <c r="E926" s="77"/>
+      <c r="F926" s="77"/>
+      <c r="G926" s="77"/>
+      <c r="H926" s="78"/>
+      <c r="I926" s="78"/>
+      <c r="J926" s="78"/>
+      <c r="K926" s="79"/>
+      <c r="L926" s="80"/>
+      <c r="M926" s="89"/>
+      <c r="N926" s="81"/>
+      <c r="O926" s="82"/>
+      <c r="P926" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B926:G926)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="927" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A927" s="109"/>
+      <c r="B927" s="76"/>
+      <c r="C927" s="76"/>
+      <c r="D927" s="76"/>
+      <c r="E927" s="77"/>
+      <c r="F927" s="77"/>
+      <c r="G927" s="77"/>
+      <c r="H927" s="78"/>
+      <c r="I927" s="78"/>
+      <c r="J927" s="78"/>
+      <c r="K927" s="79"/>
+      <c r="L927" s="80"/>
+      <c r="M927" s="89"/>
+      <c r="N927" s="81"/>
+      <c r="O927" s="82"/>
+      <c r="P927" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B927:G927)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="928" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A928" s="109"/>
+      <c r="B928" s="76"/>
+      <c r="C928" s="76"/>
+      <c r="D928" s="76"/>
+      <c r="E928" s="77"/>
+      <c r="F928" s="77"/>
+      <c r="G928" s="77"/>
+      <c r="H928" s="78"/>
+      <c r="I928" s="78"/>
+      <c r="J928" s="78"/>
+      <c r="K928" s="79"/>
+      <c r="L928" s="80"/>
+      <c r="M928" s="89"/>
+      <c r="N928" s="81"/>
+      <c r="O928" s="82"/>
+      <c r="P928" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B928:G928)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="929" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A929" s="109"/>
+      <c r="B929" s="76"/>
+      <c r="C929" s="76"/>
+      <c r="D929" s="76"/>
+      <c r="E929" s="77"/>
+      <c r="F929" s="77"/>
+      <c r="G929" s="77"/>
+      <c r="H929" s="78"/>
+      <c r="I929" s="78"/>
+      <c r="J929" s="78"/>
+      <c r="K929" s="79"/>
+      <c r="L929" s="80"/>
+      <c r="M929" s="89"/>
+      <c r="N929" s="81"/>
+      <c r="O929" s="82"/>
+      <c r="P929" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B929:G929)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="930" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A930" s="109"/>
+      <c r="B930" s="76"/>
+      <c r="C930" s="76"/>
+      <c r="D930" s="76"/>
+      <c r="E930" s="77"/>
+      <c r="F930" s="77"/>
+      <c r="G930" s="77"/>
+      <c r="H930" s="78"/>
+      <c r="I930" s="78"/>
+      <c r="J930" s="78"/>
+      <c r="K930" s="79"/>
+      <c r="L930" s="80"/>
+      <c r="M930" s="89"/>
+      <c r="N930" s="81"/>
+      <c r="O930" s="82"/>
+      <c r="P930" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B930:G930)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="931" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A931" s="109"/>
+      <c r="B931" s="76"/>
+      <c r="C931" s="76"/>
+      <c r="D931" s="76"/>
+      <c r="E931" s="77"/>
+      <c r="F931" s="77"/>
+      <c r="G931" s="77"/>
+      <c r="H931" s="78"/>
+      <c r="I931" s="78"/>
+      <c r="J931" s="78"/>
+      <c r="K931" s="79"/>
+      <c r="L931" s="80"/>
+      <c r="M931" s="89"/>
+      <c r="N931" s="81"/>
+      <c r="O931" s="82"/>
+      <c r="P931" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B931:G931)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="932" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A932" s="109"/>
+      <c r="B932" s="76"/>
+      <c r="C932" s="76"/>
+      <c r="D932" s="76"/>
+      <c r="E932" s="77"/>
+      <c r="F932" s="77"/>
+      <c r="G932" s="77"/>
+      <c r="H932" s="78"/>
+      <c r="I932" s="78"/>
+      <c r="J932" s="78"/>
+      <c r="K932" s="79"/>
+      <c r="L932" s="80"/>
+      <c r="M932" s="89"/>
+      <c r="N932" s="81"/>
+      <c r="O932" s="82"/>
+      <c r="P932" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B932:G932)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="933" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A933" s="109"/>
+      <c r="B933" s="76"/>
+      <c r="C933" s="76"/>
+      <c r="D933" s="76"/>
+      <c r="E933" s="77"/>
+      <c r="F933" s="77"/>
+      <c r="G933" s="77"/>
+      <c r="H933" s="78"/>
+      <c r="I933" s="78"/>
+      <c r="J933" s="78"/>
+      <c r="K933" s="79"/>
+      <c r="L933" s="80"/>
+      <c r="M933" s="89"/>
+      <c r="N933" s="81"/>
+      <c r="O933" s="82"/>
+      <c r="P933" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B933:G933)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="934" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A934" s="109"/>
+      <c r="B934" s="76"/>
+      <c r="C934" s="76"/>
+      <c r="D934" s="76"/>
+      <c r="E934" s="77"/>
+      <c r="F934" s="77"/>
+      <c r="G934" s="77"/>
+      <c r="H934" s="78"/>
+      <c r="I934" s="78"/>
+      <c r="J934" s="78"/>
+      <c r="K934" s="79"/>
+      <c r="L934" s="80"/>
+      <c r="M934" s="89"/>
+      <c r="N934" s="81"/>
+      <c r="O934" s="82"/>
+      <c r="P934" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B934:G934)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="935" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A935" s="109"/>
+      <c r="B935" s="76"/>
+      <c r="C935" s="76"/>
+      <c r="D935" s="76"/>
+      <c r="E935" s="77"/>
+      <c r="F935" s="77"/>
+      <c r="G935" s="77"/>
+      <c r="H935" s="78"/>
+      <c r="I935" s="78"/>
+      <c r="J935" s="78"/>
+      <c r="K935" s="79"/>
+      <c r="L935" s="80"/>
+      <c r="M935" s="89"/>
+      <c r="N935" s="81"/>
+      <c r="O935" s="82"/>
+      <c r="P935" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B935:G935)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="936" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A936" s="109"/>
+      <c r="B936" s="76"/>
+      <c r="C936" s="76"/>
+      <c r="D936" s="76"/>
+      <c r="E936" s="77"/>
+      <c r="F936" s="77"/>
+      <c r="G936" s="77"/>
+      <c r="H936" s="78"/>
+      <c r="I936" s="78"/>
+      <c r="J936" s="78"/>
+      <c r="K936" s="79"/>
+      <c r="L936" s="80"/>
+      <c r="M936" s="89"/>
+      <c r="N936" s="81"/>
+      <c r="O936" s="82"/>
+      <c r="P936" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B936:G936)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="937" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A937" s="109"/>
+      <c r="B937" s="76"/>
+      <c r="C937" s="76"/>
+      <c r="D937" s="76"/>
+      <c r="E937" s="77"/>
+      <c r="F937" s="77"/>
+      <c r="G937" s="77"/>
+      <c r="H937" s="78"/>
+      <c r="I937" s="78"/>
+      <c r="J937" s="78"/>
+      <c r="K937" s="79"/>
+      <c r="L937" s="80"/>
+      <c r="M937" s="89"/>
+      <c r="N937" s="81"/>
+      <c r="O937" s="82"/>
+      <c r="P937" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B937:G937)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="938" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A938" s="109"/>
+      <c r="B938" s="76"/>
+      <c r="C938" s="76"/>
+      <c r="D938" s="76"/>
+      <c r="E938" s="77"/>
+      <c r="F938" s="77"/>
+      <c r="G938" s="77"/>
+      <c r="H938" s="78"/>
+      <c r="I938" s="78"/>
+      <c r="J938" s="78"/>
+      <c r="K938" s="79"/>
+      <c r="L938" s="80"/>
+      <c r="M938" s="89"/>
+      <c r="N938" s="81"/>
+      <c r="O938" s="82"/>
+      <c r="P938" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B938:G938)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="939" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A939" s="109"/>
+      <c r="B939" s="76"/>
+      <c r="C939" s="76"/>
+      <c r="D939" s="76"/>
+      <c r="E939" s="77"/>
+      <c r="F939" s="77"/>
+      <c r="G939" s="77"/>
+      <c r="H939" s="78"/>
+      <c r="I939" s="78"/>
+      <c r="J939" s="78"/>
+      <c r="K939" s="79"/>
+      <c r="L939" s="80"/>
+      <c r="M939" s="89"/>
+      <c r="N939" s="81"/>
+      <c r="O939" s="82"/>
+      <c r="P939" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B939:G939)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="940" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A940" s="109"/>
+      <c r="B940" s="76"/>
+      <c r="C940" s="76"/>
+      <c r="D940" s="76"/>
+      <c r="E940" s="77"/>
+      <c r="F940" s="77"/>
+      <c r="G940" s="77"/>
+      <c r="H940" s="78"/>
+      <c r="I940" s="78"/>
+      <c r="J940" s="78"/>
+      <c r="K940" s="79"/>
+      <c r="L940" s="80"/>
+      <c r="M940" s="89"/>
+      <c r="N940" s="81"/>
+      <c r="O940" s="82"/>
+      <c r="P940" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B940:G940)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="941" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A941" s="109"/>
+      <c r="B941" s="76"/>
+      <c r="C941" s="76"/>
+      <c r="D941" s="76"/>
+      <c r="E941" s="77"/>
+      <c r="F941" s="77"/>
+      <c r="G941" s="77"/>
+      <c r="H941" s="78"/>
+      <c r="I941" s="78"/>
+      <c r="J941" s="78"/>
+      <c r="K941" s="79"/>
+      <c r="L941" s="80"/>
+      <c r="M941" s="89"/>
+      <c r="N941" s="81"/>
+      <c r="O941" s="82"/>
+      <c r="P941" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B941:G941)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="942" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A942" s="109"/>
+      <c r="B942" s="76"/>
+      <c r="C942" s="76"/>
+      <c r="D942" s="76"/>
+      <c r="E942" s="77"/>
+      <c r="F942" s="77"/>
+      <c r="G942" s="77"/>
+      <c r="H942" s="78"/>
+      <c r="I942" s="78"/>
+      <c r="J942" s="78"/>
+      <c r="K942" s="79"/>
+      <c r="L942" s="80"/>
+      <c r="M942" s="89"/>
+      <c r="N942" s="81"/>
+      <c r="O942" s="82"/>
+      <c r="P942" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B942:G942)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="943" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A943" s="109"/>
+      <c r="B943" s="76"/>
+      <c r="C943" s="76"/>
+      <c r="D943" s="76"/>
+      <c r="E943" s="77"/>
+      <c r="F943" s="77"/>
+      <c r="G943" s="77"/>
+      <c r="H943" s="78"/>
+      <c r="I943" s="78"/>
+      <c r="J943" s="78"/>
+      <c r="K943" s="79"/>
+      <c r="L943" s="80"/>
+      <c r="M943" s="89"/>
+      <c r="N943" s="81"/>
+      <c r="O943" s="82"/>
+      <c r="P943" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B943:G943)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="944" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A944" s="109"/>
+      <c r="B944" s="76"/>
+      <c r="C944" s="76"/>
+      <c r="D944" s="76"/>
+      <c r="E944" s="77"/>
+      <c r="F944" s="77"/>
+      <c r="G944" s="77"/>
+      <c r="H944" s="78"/>
+      <c r="I944" s="78"/>
+      <c r="J944" s="78"/>
+      <c r="K944" s="79"/>
+      <c r="L944" s="80"/>
+      <c r="M944" s="89"/>
+      <c r="N944" s="81"/>
+      <c r="O944" s="82"/>
+      <c r="P944" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B944:G944)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="945" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A945" s="109"/>
+      <c r="B945" s="76"/>
+      <c r="C945" s="76"/>
+      <c r="D945" s="76"/>
+      <c r="E945" s="77"/>
+      <c r="F945" s="77"/>
+      <c r="G945" s="77"/>
+      <c r="H945" s="78"/>
+      <c r="I945" s="78"/>
+      <c r="J945" s="78"/>
+      <c r="K945" s="79"/>
+      <c r="L945" s="80"/>
+      <c r="M945" s="89"/>
+      <c r="N945" s="81"/>
+      <c r="O945" s="82"/>
+      <c r="P945" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B945:G945)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="946" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A946" s="109"/>
+      <c r="B946" s="76"/>
+      <c r="C946" s="76"/>
+      <c r="D946" s="76"/>
+      <c r="E946" s="77"/>
+      <c r="F946" s="77"/>
+      <c r="G946" s="77"/>
+      <c r="H946" s="78"/>
+      <c r="I946" s="78"/>
+      <c r="J946" s="78"/>
+      <c r="K946" s="79"/>
+      <c r="L946" s="80"/>
+      <c r="M946" s="89"/>
+      <c r="N946" s="81"/>
+      <c r="O946" s="82"/>
+      <c r="P946" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B946:G946)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="947" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A947" s="109"/>
+      <c r="B947" s="76"/>
+      <c r="C947" s="76"/>
+      <c r="D947" s="76"/>
+      <c r="E947" s="77"/>
+      <c r="F947" s="77"/>
+      <c r="G947" s="77"/>
+      <c r="H947" s="78"/>
+      <c r="I947" s="78"/>
+      <c r="J947" s="78"/>
+      <c r="K947" s="79"/>
+      <c r="L947" s="80"/>
+      <c r="M947" s="89"/>
+      <c r="N947" s="81"/>
+      <c r="O947" s="82"/>
+      <c r="P947" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B947:G947)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="948" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A948" s="109"/>
+      <c r="B948" s="76"/>
+      <c r="C948" s="76"/>
+      <c r="D948" s="76"/>
+      <c r="E948" s="77"/>
+      <c r="F948" s="77"/>
+      <c r="G948" s="77"/>
+      <c r="H948" s="78"/>
+      <c r="I948" s="78"/>
+      <c r="J948" s="78"/>
+      <c r="K948" s="79"/>
+      <c r="L948" s="80"/>
+      <c r="M948" s="89"/>
+      <c r="N948" s="81"/>
+      <c r="O948" s="82"/>
+      <c r="P948" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B948:G948)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="949" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A949" s="109"/>
+      <c r="B949" s="76"/>
+      <c r="C949" s="76"/>
+      <c r="D949" s="76"/>
+      <c r="E949" s="77"/>
+      <c r="F949" s="77"/>
+      <c r="G949" s="77"/>
+      <c r="H949" s="78"/>
+      <c r="I949" s="78"/>
+      <c r="J949" s="78"/>
+      <c r="K949" s="79"/>
+      <c r="L949" s="80"/>
+      <c r="M949" s="89"/>
+      <c r="N949" s="81"/>
+      <c r="O949" s="82"/>
+      <c r="P949" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B949:G949)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="950" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A950" s="109"/>
+      <c r="B950" s="76"/>
+      <c r="C950" s="76"/>
+      <c r="D950" s="76"/>
+      <c r="E950" s="77"/>
+      <c r="F950" s="77"/>
+      <c r="G950" s="77"/>
+      <c r="H950" s="78"/>
+      <c r="I950" s="78"/>
+      <c r="J950" s="78"/>
+      <c r="K950" s="79"/>
+      <c r="L950" s="80"/>
+      <c r="M950" s="89"/>
+      <c r="N950" s="81"/>
+      <c r="O950" s="82"/>
+      <c r="P950" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B950:G950)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="951" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A951" s="109"/>
+      <c r="B951" s="76"/>
+      <c r="C951" s="76"/>
+      <c r="D951" s="76"/>
+      <c r="E951" s="77"/>
+      <c r="F951" s="77"/>
+      <c r="G951" s="77"/>
+      <c r="H951" s="78"/>
+      <c r="I951" s="78"/>
+      <c r="J951" s="78"/>
+      <c r="K951" s="79"/>
+      <c r="L951" s="80"/>
+      <c r="M951" s="89"/>
+      <c r="N951" s="81"/>
+      <c r="O951" s="82"/>
+      <c r="P951" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B951:G951)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="952" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A952" s="109"/>
+      <c r="B952" s="76"/>
+      <c r="C952" s="76"/>
+      <c r="D952" s="76"/>
+      <c r="E952" s="77"/>
+      <c r="F952" s="77"/>
+      <c r="G952" s="77"/>
+      <c r="H952" s="78"/>
+      <c r="I952" s="78"/>
+      <c r="J952" s="78"/>
+      <c r="K952" s="79"/>
+      <c r="L952" s="80"/>
+      <c r="M952" s="89"/>
+      <c r="N952" s="81"/>
+      <c r="O952" s="82"/>
+      <c r="P952" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B952:G952)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="953" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A953" s="109"/>
+      <c r="B953" s="76"/>
+      <c r="C953" s="76"/>
+      <c r="D953" s="76"/>
+      <c r="E953" s="77"/>
+      <c r="F953" s="77"/>
+      <c r="G953" s="77"/>
+      <c r="H953" s="78"/>
+      <c r="I953" s="78"/>
+      <c r="J953" s="78"/>
+      <c r="K953" s="79"/>
+      <c r="L953" s="80"/>
+      <c r="M953" s="89"/>
+      <c r="N953" s="81"/>
+      <c r="O953" s="82"/>
+      <c r="P953" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B953:G953)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="954" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A954" s="109"/>
+      <c r="B954" s="76"/>
+      <c r="C954" s="76"/>
+      <c r="D954" s="76"/>
+      <c r="E954" s="77"/>
+      <c r="F954" s="77"/>
+      <c r="G954" s="77"/>
+      <c r="H954" s="78"/>
+      <c r="I954" s="78"/>
+      <c r="J954" s="78"/>
+      <c r="K954" s="79"/>
+      <c r="L954" s="80"/>
+      <c r="M954" s="89"/>
+      <c r="N954" s="81"/>
+      <c r="O954" s="82"/>
+      <c r="P954" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B954:G954)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="955" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A955" s="109"/>
+      <c r="B955" s="76"/>
+      <c r="C955" s="76"/>
+      <c r="D955" s="76"/>
+      <c r="E955" s="77"/>
+      <c r="F955" s="77"/>
+      <c r="G955" s="77"/>
+      <c r="H955" s="78"/>
+      <c r="I955" s="78"/>
+      <c r="J955" s="78"/>
+      <c r="K955" s="79"/>
+      <c r="L955" s="80"/>
+      <c r="M955" s="89"/>
+      <c r="N955" s="81"/>
+      <c r="O955" s="82"/>
+      <c r="P955" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B955:G955)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="956" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A956" s="109"/>
+      <c r="B956" s="76"/>
+      <c r="C956" s="76"/>
+      <c r="D956" s="76"/>
+      <c r="E956" s="77"/>
+      <c r="F956" s="77"/>
+      <c r="G956" s="77"/>
+      <c r="H956" s="78"/>
+      <c r="I956" s="78"/>
+      <c r="J956" s="78"/>
+      <c r="K956" s="79"/>
+      <c r="L956" s="80"/>
+      <c r="M956" s="89"/>
+      <c r="N956" s="81"/>
+      <c r="O956" s="82"/>
+      <c r="P956" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B956:G956)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="957" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A957" s="109"/>
+      <c r="B957" s="76"/>
+      <c r="C957" s="76"/>
+      <c r="D957" s="76"/>
+      <c r="E957" s="77"/>
+      <c r="F957" s="77"/>
+      <c r="G957" s="77"/>
+      <c r="H957" s="78"/>
+      <c r="I957" s="78"/>
+      <c r="J957" s="78"/>
+      <c r="K957" s="79"/>
+      <c r="L957" s="80"/>
+      <c r="M957" s="89"/>
+      <c r="N957" s="81"/>
+      <c r="O957" s="82"/>
+      <c r="P957" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B957:G957)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="958" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A958" s="109"/>
+      <c r="B958" s="76"/>
+      <c r="C958" s="76"/>
+      <c r="D958" s="76"/>
+      <c r="E958" s="77"/>
+      <c r="F958" s="77"/>
+      <c r="G958" s="77"/>
+      <c r="H958" s="78"/>
+      <c r="I958" s="78"/>
+      <c r="J958" s="78"/>
+      <c r="K958" s="79"/>
+      <c r="L958" s="80"/>
+      <c r="M958" s="89"/>
+      <c r="N958" s="81"/>
+      <c r="O958" s="82"/>
+      <c r="P958" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B958:G958)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="959" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A959" s="109"/>
+      <c r="B959" s="76"/>
+      <c r="C959" s="76"/>
+      <c r="D959" s="76"/>
+      <c r="E959" s="77"/>
+      <c r="F959" s="77"/>
+      <c r="G959" s="77"/>
+      <c r="H959" s="78"/>
+      <c r="I959" s="78"/>
+      <c r="J959" s="78"/>
+      <c r="K959" s="79"/>
+      <c r="L959" s="80"/>
+      <c r="M959" s="89"/>
+      <c r="N959" s="81"/>
+      <c r="O959" s="82"/>
+      <c r="P959" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B959:G959)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="960" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A960" s="109"/>
+      <c r="B960" s="76"/>
+      <c r="C960" s="76"/>
+      <c r="D960" s="76"/>
+      <c r="E960" s="77"/>
+      <c r="F960" s="77"/>
+      <c r="G960" s="77"/>
+      <c r="H960" s="78"/>
+      <c r="I960" s="78"/>
+      <c r="J960" s="78"/>
+      <c r="K960" s="79"/>
+      <c r="L960" s="80"/>
+      <c r="M960" s="89"/>
+      <c r="N960" s="81"/>
+      <c r="O960" s="82"/>
+      <c r="P960" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B960:G960)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="961" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A961" s="109"/>
+      <c r="B961" s="76"/>
+      <c r="C961" s="76"/>
+      <c r="D961" s="76"/>
+      <c r="E961" s="77"/>
+      <c r="F961" s="77"/>
+      <c r="G961" s="77"/>
+      <c r="H961" s="78"/>
+      <c r="I961" s="78"/>
+      <c r="J961" s="78"/>
+      <c r="K961" s="79"/>
+      <c r="L961" s="80"/>
+      <c r="M961" s="89"/>
+      <c r="N961" s="81"/>
+      <c r="O961" s="82"/>
+      <c r="P961" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B961:G961)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="962" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A962" s="109"/>
+      <c r="B962" s="76"/>
+      <c r="C962" s="76"/>
+      <c r="D962" s="76"/>
+      <c r="E962" s="77"/>
+      <c r="F962" s="77"/>
+      <c r="G962" s="77"/>
+      <c r="H962" s="78"/>
+      <c r="I962" s="78"/>
+      <c r="J962" s="78"/>
+      <c r="K962" s="79"/>
+      <c r="L962" s="80"/>
+      <c r="M962" s="89"/>
+      <c r="N962" s="81"/>
+      <c r="O962" s="82"/>
+      <c r="P962" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B962:G962)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="963" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A963" s="109"/>
+      <c r="B963" s="76"/>
+      <c r="C963" s="76"/>
+      <c r="D963" s="76"/>
+      <c r="E963" s="77"/>
+      <c r="F963" s="77"/>
+      <c r="G963" s="77"/>
+      <c r="H963" s="78"/>
+      <c r="I963" s="78"/>
+      <c r="J963" s="78"/>
+      <c r="K963" s="79"/>
+      <c r="L963" s="80"/>
+      <c r="M963" s="89"/>
+      <c r="N963" s="81"/>
+      <c r="O963" s="82"/>
+      <c r="P963" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B963:G963)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="964" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A964" s="109"/>
+      <c r="B964" s="76"/>
+      <c r="C964" s="76"/>
+      <c r="D964" s="76"/>
+      <c r="E964" s="77"/>
+      <c r="F964" s="77"/>
+      <c r="G964" s="77"/>
+      <c r="H964" s="78"/>
+      <c r="I964" s="78"/>
+      <c r="J964" s="78"/>
+      <c r="K964" s="79"/>
+      <c r="L964" s="80"/>
+      <c r="M964" s="89"/>
+      <c r="N964" s="81"/>
+      <c r="O964" s="82"/>
+      <c r="P964" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B964:G964)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="965" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A965" s="109"/>
+      <c r="B965" s="76"/>
+      <c r="C965" s="76"/>
+      <c r="D965" s="76"/>
+      <c r="E965" s="77"/>
+      <c r="F965" s="77"/>
+      <c r="G965" s="77"/>
+      <c r="H965" s="78"/>
+      <c r="I965" s="78"/>
+      <c r="J965" s="78"/>
+      <c r="K965" s="79"/>
+      <c r="L965" s="80"/>
+      <c r="M965" s="89"/>
+      <c r="N965" s="81"/>
+      <c r="O965" s="82"/>
+      <c r="P965" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B965:G965)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="966" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A966" s="109"/>
+      <c r="B966" s="76"/>
+      <c r="C966" s="76"/>
+      <c r="D966" s="76"/>
+      <c r="E966" s="77"/>
+      <c r="F966" s="77"/>
+      <c r="G966" s="77"/>
+      <c r="H966" s="78"/>
+      <c r="I966" s="78"/>
+      <c r="J966" s="78"/>
+      <c r="K966" s="79"/>
+      <c r="L966" s="80"/>
+      <c r="M966" s="89"/>
+      <c r="N966" s="81"/>
+      <c r="O966" s="82"/>
+      <c r="P966" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B966:G966)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="967" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A967" s="109"/>
+      <c r="B967" s="76"/>
+      <c r="C967" s="76"/>
+      <c r="D967" s="76"/>
+      <c r="E967" s="77"/>
+      <c r="F967" s="77"/>
+      <c r="G967" s="77"/>
+      <c r="H967" s="78"/>
+      <c r="I967" s="78"/>
+      <c r="J967" s="78"/>
+      <c r="K967" s="79"/>
+      <c r="L967" s="80"/>
+      <c r="M967" s="89"/>
+      <c r="N967" s="81"/>
+      <c r="O967" s="82"/>
+      <c r="P967" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B967:G967)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="968" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A968" s="109"/>
+      <c r="B968" s="76"/>
+      <c r="C968" s="76"/>
+      <c r="D968" s="76"/>
+      <c r="E968" s="77"/>
+      <c r="F968" s="77"/>
+      <c r="G968" s="77"/>
+      <c r="H968" s="78"/>
+      <c r="I968" s="78"/>
+      <c r="J968" s="78"/>
+      <c r="K968" s="79"/>
+      <c r="L968" s="80"/>
+      <c r="M968" s="89"/>
+      <c r="N968" s="81"/>
+      <c r="O968" s="82"/>
+      <c r="P968" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B968:G968)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="969" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A969" s="109"/>
+      <c r="B969" s="76"/>
+      <c r="C969" s="76"/>
+      <c r="D969" s="76"/>
+      <c r="E969" s="77"/>
+      <c r="F969" s="77"/>
+      <c r="G969" s="77"/>
+      <c r="H969" s="78"/>
+      <c r="I969" s="78"/>
+      <c r="J969" s="78"/>
+      <c r="K969" s="79"/>
+      <c r="L969" s="80"/>
+      <c r="M969" s="89"/>
+      <c r="N969" s="81"/>
+      <c r="O969" s="82"/>
+      <c r="P969" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B969:G969)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="970" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A970" s="109"/>
+      <c r="B970" s="76"/>
+      <c r="C970" s="76"/>
+      <c r="D970" s="76"/>
+      <c r="E970" s="77"/>
+      <c r="F970" s="77"/>
+      <c r="G970" s="77"/>
+      <c r="H970" s="78"/>
+      <c r="I970" s="78"/>
+      <c r="J970" s="78"/>
+      <c r="K970" s="79"/>
+      <c r="L970" s="80"/>
+      <c r="M970" s="89"/>
+      <c r="N970" s="81"/>
+      <c r="O970" s="82"/>
+      <c r="P970" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B970:G970)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="971" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A971" s="109"/>
+      <c r="B971" s="76"/>
+      <c r="C971" s="76"/>
+      <c r="D971" s="76"/>
+      <c r="E971" s="77"/>
+      <c r="F971" s="77"/>
+      <c r="G971" s="77"/>
+      <c r="H971" s="78"/>
+      <c r="I971" s="78"/>
+      <c r="J971" s="78"/>
+      <c r="K971" s="79"/>
+      <c r="L971" s="80"/>
+      <c r="M971" s="89"/>
+      <c r="N971" s="81"/>
+      <c r="O971" s="82"/>
+      <c r="P971" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B971:G971)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="972" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A972" s="109"/>
+      <c r="B972" s="76"/>
+      <c r="C972" s="76"/>
+      <c r="D972" s="76"/>
+      <c r="E972" s="77"/>
+      <c r="F972" s="77"/>
+      <c r="G972" s="77"/>
+      <c r="H972" s="78"/>
+      <c r="I972" s="78"/>
+      <c r="J972" s="78"/>
+      <c r="K972" s="79"/>
+      <c r="L972" s="80"/>
+      <c r="M972" s="89"/>
+      <c r="N972" s="81"/>
+      <c r="O972" s="82"/>
+      <c r="P972" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B972:G972)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="973" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A973" s="109"/>
+      <c r="B973" s="76"/>
+      <c r="C973" s="76"/>
+      <c r="D973" s="76"/>
+      <c r="E973" s="77"/>
+      <c r="F973" s="77"/>
+      <c r="G973" s="77"/>
+      <c r="H973" s="78"/>
+      <c r="I973" s="78"/>
+      <c r="J973" s="78"/>
+      <c r="K973" s="79"/>
+      <c r="L973" s="80"/>
+      <c r="M973" s="89"/>
+      <c r="N973" s="81"/>
+      <c r="O973" s="82"/>
+      <c r="P973" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B973:G973)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="974" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A974" s="109"/>
+      <c r="B974" s="76"/>
+      <c r="C974" s="76"/>
+      <c r="D974" s="76"/>
+      <c r="E974" s="77"/>
+      <c r="F974" s="77"/>
+      <c r="G974" s="77"/>
+      <c r="H974" s="78"/>
+      <c r="I974" s="78"/>
+      <c r="J974" s="78"/>
+      <c r="K974" s="79"/>
+      <c r="L974" s="80"/>
+      <c r="M974" s="89"/>
+      <c r="N974" s="81"/>
+      <c r="O974" s="82"/>
+      <c r="P974" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B974:G974)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="975" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A975" s="109"/>
+      <c r="B975" s="76"/>
+      <c r="C975" s="76"/>
+      <c r="D975" s="76"/>
+      <c r="E975" s="77"/>
+      <c r="F975" s="77"/>
+      <c r="G975" s="77"/>
+      <c r="H975" s="78"/>
+      <c r="I975" s="78"/>
+      <c r="J975" s="78"/>
+      <c r="K975" s="79"/>
+      <c r="L975" s="80"/>
+      <c r="M975" s="89"/>
+      <c r="N975" s="81"/>
+      <c r="O975" s="82"/>
+      <c r="P975" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B975:G975)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="976" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A976" s="109"/>
+      <c r="B976" s="76"/>
+      <c r="C976" s="76"/>
+      <c r="D976" s="76"/>
+      <c r="E976" s="77"/>
+      <c r="F976" s="77"/>
+      <c r="G976" s="77"/>
+      <c r="H976" s="78"/>
+      <c r="I976" s="78"/>
+      <c r="J976" s="78"/>
+      <c r="K976" s="79"/>
+      <c r="L976" s="80"/>
+      <c r="M976" s="89"/>
+      <c r="N976" s="81"/>
+      <c r="O976" s="82"/>
+      <c r="P976" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B976:G976)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="977" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A977" s="109"/>
+      <c r="B977" s="76"/>
+      <c r="C977" s="76"/>
+      <c r="D977" s="76"/>
+      <c r="E977" s="77"/>
+      <c r="F977" s="77"/>
+      <c r="G977" s="77"/>
+      <c r="H977" s="78"/>
+      <c r="I977" s="78"/>
+      <c r="J977" s="78"/>
+      <c r="K977" s="79"/>
+      <c r="L977" s="80"/>
+      <c r="M977" s="89"/>
+      <c r="N977" s="81"/>
+      <c r="O977" s="82"/>
+      <c r="P977" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B977:G977)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="978" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A978" s="109"/>
+      <c r="B978" s="76"/>
+      <c r="C978" s="76"/>
+      <c r="D978" s="76"/>
+      <c r="E978" s="77"/>
+      <c r="F978" s="77"/>
+      <c r="G978" s="77"/>
+      <c r="H978" s="78"/>
+      <c r="I978" s="78"/>
+      <c r="J978" s="78"/>
+      <c r="K978" s="79"/>
+      <c r="L978" s="80"/>
+      <c r="M978" s="89"/>
+      <c r="N978" s="81"/>
+      <c r="O978" s="82"/>
+      <c r="P978" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B978:G978)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="979" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A979" s="109"/>
+      <c r="B979" s="76"/>
+      <c r="C979" s="76"/>
+      <c r="D979" s="76"/>
+      <c r="E979" s="77"/>
+      <c r="F979" s="77"/>
+      <c r="G979" s="77"/>
+      <c r="H979" s="78"/>
+      <c r="I979" s="78"/>
+      <c r="J979" s="78"/>
+      <c r="K979" s="79"/>
+      <c r="L979" s="80"/>
+      <c r="M979" s="89"/>
+      <c r="N979" s="81"/>
+      <c r="O979" s="82"/>
+      <c r="P979" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B979:G979)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="980" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A980" s="109"/>
+      <c r="B980" s="76"/>
+      <c r="C980" s="76"/>
+      <c r="D980" s="76"/>
+      <c r="E980" s="77"/>
+      <c r="F980" s="77"/>
+      <c r="G980" s="77"/>
+      <c r="H980" s="78"/>
+      <c r="I980" s="78"/>
+      <c r="J980" s="78"/>
+      <c r="K980" s="79"/>
+      <c r="L980" s="80"/>
+      <c r="M980" s="89"/>
+      <c r="N980" s="81"/>
+      <c r="O980" s="82"/>
+      <c r="P980" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B980:G980)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="981" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A981" s="109"/>
+      <c r="B981" s="76"/>
+      <c r="C981" s="76"/>
+      <c r="D981" s="76"/>
+      <c r="E981" s="77"/>
+      <c r="F981" s="77"/>
+      <c r="G981" s="77"/>
+      <c r="H981" s="78"/>
+      <c r="I981" s="78"/>
+      <c r="J981" s="78"/>
+      <c r="K981" s="79"/>
+      <c r="L981" s="80"/>
+      <c r="M981" s="89"/>
+      <c r="N981" s="81"/>
+      <c r="O981" s="82"/>
+      <c r="P981" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B981:G981)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="982" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A982" s="109"/>
+      <c r="B982" s="76"/>
+      <c r="C982" s="76"/>
+      <c r="D982" s="76"/>
+      <c r="E982" s="77"/>
+      <c r="F982" s="77"/>
+      <c r="G982" s="77"/>
+      <c r="H982" s="78"/>
+      <c r="I982" s="78"/>
+      <c r="J982" s="78"/>
+      <c r="K982" s="79"/>
+      <c r="L982" s="80"/>
+      <c r="M982" s="89"/>
+      <c r="N982" s="81"/>
+      <c r="O982" s="82"/>
+      <c r="P982" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B982:G982)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="983" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A983" s="109"/>
+      <c r="B983" s="76"/>
+      <c r="C983" s="76"/>
+      <c r="D983" s="76"/>
+      <c r="E983" s="77"/>
+      <c r="F983" s="77"/>
+      <c r="G983" s="77"/>
+      <c r="H983" s="78"/>
+      <c r="I983" s="78"/>
+      <c r="J983" s="78"/>
+      <c r="K983" s="79"/>
+      <c r="L983" s="80"/>
+      <c r="M983" s="89"/>
+      <c r="N983" s="81"/>
+      <c r="O983" s="82"/>
+      <c r="P983" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B983:G983)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="984" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A984" s="109"/>
+      <c r="B984" s="76"/>
+      <c r="C984" s="76"/>
+      <c r="D984" s="76"/>
+      <c r="E984" s="77"/>
+      <c r="F984" s="77"/>
+      <c r="G984" s="77"/>
+      <c r="H984" s="78"/>
+      <c r="I984" s="78"/>
+      <c r="J984" s="78"/>
+      <c r="K984" s="79"/>
+      <c r="L984" s="80"/>
+      <c r="M984" s="89"/>
+      <c r="N984" s="81"/>
+      <c r="O984" s="82"/>
+      <c r="P984" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B984:G984)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="985" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A985" s="109"/>
+      <c r="B985" s="76"/>
+      <c r="C985" s="76"/>
+      <c r="D985" s="76"/>
+      <c r="E985" s="77"/>
+      <c r="F985" s="77"/>
+      <c r="G985" s="77"/>
+      <c r="H985" s="78"/>
+      <c r="I985" s="78"/>
+      <c r="J985" s="78"/>
+      <c r="K985" s="79"/>
+      <c r="L985" s="80"/>
+      <c r="M985" s="89"/>
+      <c r="N985" s="81"/>
+      <c r="O985" s="82"/>
+      <c r="P985" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B985:G985)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="986" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A986" s="109"/>
+      <c r="B986" s="76"/>
+      <c r="C986" s="76"/>
+      <c r="D986" s="76"/>
+      <c r="E986" s="77"/>
+      <c r="F986" s="77"/>
+      <c r="G986" s="77"/>
+      <c r="H986" s="78"/>
+      <c r="I986" s="78"/>
+      <c r="J986" s="78"/>
+      <c r="K986" s="79"/>
+      <c r="L986" s="80"/>
+      <c r="M986" s="89"/>
+      <c r="N986" s="81"/>
+      <c r="O986" s="82"/>
+      <c r="P986" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B986:G986)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="987" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A987" s="109"/>
+      <c r="B987" s="76"/>
+      <c r="C987" s="76"/>
+      <c r="D987" s="76"/>
+      <c r="E987" s="77"/>
+      <c r="F987" s="77"/>
+      <c r="G987" s="77"/>
+      <c r="H987" s="78"/>
+      <c r="I987" s="78"/>
+      <c r="J987" s="78"/>
+      <c r="K987" s="79"/>
+      <c r="L987" s="80"/>
+      <c r="M987" s="89"/>
+      <c r="N987" s="81"/>
+      <c r="O987" s="82"/>
+      <c r="P987" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B987:G987)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="988" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A988" s="109"/>
+      <c r="B988" s="76"/>
+      <c r="C988" s="76"/>
+      <c r="D988" s="76"/>
+      <c r="E988" s="77"/>
+      <c r="F988" s="77"/>
+      <c r="G988" s="77"/>
+      <c r="H988" s="78"/>
+      <c r="I988" s="78"/>
+      <c r="J988" s="78"/>
+      <c r="K988" s="79"/>
+      <c r="L988" s="80"/>
+      <c r="M988" s="89"/>
+      <c r="N988" s="81"/>
+      <c r="O988" s="82"/>
+      <c r="P988" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B988:G988)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="989" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A989" s="109"/>
+      <c r="B989" s="76"/>
+      <c r="C989" s="76"/>
+      <c r="D989" s="76"/>
+      <c r="E989" s="77"/>
+      <c r="F989" s="77"/>
+      <c r="G989" s="77"/>
+      <c r="H989" s="78"/>
+      <c r="I989" s="78"/>
+      <c r="J989" s="78"/>
+      <c r="K989" s="79"/>
+      <c r="L989" s="80"/>
+      <c r="M989" s="89"/>
+      <c r="N989" s="81"/>
+      <c r="O989" s="82"/>
+      <c r="P989" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B989:G989)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="990" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A990" s="109"/>
+      <c r="B990" s="76"/>
+      <c r="C990" s="76"/>
+      <c r="D990" s="76"/>
+      <c r="E990" s="77"/>
+      <c r="F990" s="77"/>
+      <c r="G990" s="77"/>
+      <c r="H990" s="78"/>
+      <c r="I990" s="78"/>
+      <c r="J990" s="78"/>
+      <c r="K990" s="79"/>
+      <c r="L990" s="80"/>
+      <c r="M990" s="89"/>
+      <c r="N990" s="81"/>
+      <c r="O990" s="82"/>
+      <c r="P990" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B990:G990)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="991" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A991" s="109"/>
+      <c r="B991" s="76"/>
+      <c r="C991" s="76"/>
+      <c r="D991" s="76"/>
+      <c r="E991" s="77"/>
+      <c r="F991" s="77"/>
+      <c r="G991" s="77"/>
+      <c r="H991" s="78"/>
+      <c r="I991" s="78"/>
+      <c r="J991" s="78"/>
+      <c r="K991" s="79"/>
+      <c r="L991" s="80"/>
+      <c r="M991" s="89"/>
+      <c r="N991" s="81"/>
+      <c r="O991" s="82"/>
+      <c r="P991" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B991:G991)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="992" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A992" s="109"/>
+      <c r="B992" s="76"/>
+      <c r="C992" s="76"/>
+      <c r="D992" s="76"/>
+      <c r="E992" s="77"/>
+      <c r="F992" s="77"/>
+      <c r="G992" s="77"/>
+      <c r="H992" s="78"/>
+      <c r="I992" s="78"/>
+      <c r="J992" s="78"/>
+      <c r="K992" s="79"/>
+      <c r="L992" s="80"/>
+      <c r="M992" s="89"/>
+      <c r="N992" s="81"/>
+      <c r="O992" s="82"/>
+      <c r="P992" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B992:G992)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="993" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A993" s="109"/>
+      <c r="B993" s="76"/>
+      <c r="C993" s="76"/>
+      <c r="D993" s="76"/>
+      <c r="E993" s="77"/>
+      <c r="F993" s="77"/>
+      <c r="G993" s="77"/>
+      <c r="H993" s="78"/>
+      <c r="I993" s="78"/>
+      <c r="J993" s="78"/>
+      <c r="K993" s="79"/>
+      <c r="L993" s="80"/>
+      <c r="M993" s="89"/>
+      <c r="N993" s="81"/>
+      <c r="O993" s="82"/>
+      <c r="P993" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B993:G993)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="994" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A994" s="109"/>
+      <c r="B994" s="76"/>
+      <c r="C994" s="76"/>
+      <c r="D994" s="76"/>
+      <c r="E994" s="77"/>
+      <c r="F994" s="77"/>
+      <c r="G994" s="77"/>
+      <c r="H994" s="78"/>
+      <c r="I994" s="78"/>
+      <c r="J994" s="78"/>
+      <c r="K994" s="79"/>
+      <c r="L994" s="80"/>
+      <c r="M994" s="89"/>
+      <c r="N994" s="81"/>
+      <c r="O994" s="82"/>
+      <c r="P994" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B994:G994)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="995" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A995" s="109"/>
+      <c r="B995" s="76"/>
+      <c r="C995" s="76"/>
+      <c r="D995" s="76"/>
+      <c r="E995" s="77"/>
+      <c r="F995" s="77"/>
+      <c r="G995" s="77"/>
+      <c r="H995" s="78"/>
+      <c r="I995" s="78"/>
+      <c r="J995" s="78"/>
+      <c r="K995" s="79"/>
+      <c r="L995" s="80"/>
+      <c r="M995" s="89"/>
+      <c r="N995" s="81"/>
+      <c r="O995" s="82"/>
+      <c r="P995" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B995:G995)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="996" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A996" s="109"/>
+      <c r="B996" s="76"/>
+      <c r="C996" s="76"/>
+      <c r="D996" s="76"/>
+      <c r="E996" s="77"/>
+      <c r="F996" s="77"/>
+      <c r="G996" s="77"/>
+      <c r="H996" s="78"/>
+      <c r="I996" s="78"/>
+      <c r="J996" s="78"/>
+      <c r="K996" s="79"/>
+      <c r="L996" s="80"/>
+      <c r="M996" s="89"/>
+      <c r="N996" s="81"/>
+      <c r="O996" s="82"/>
+      <c r="P996" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B996:G996)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="997" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A997" s="109"/>
+      <c r="B997" s="76"/>
+      <c r="C997" s="76"/>
+      <c r="D997" s="76"/>
+      <c r="E997" s="77"/>
+      <c r="F997" s="77"/>
+      <c r="G997" s="77"/>
+      <c r="H997" s="78"/>
+      <c r="I997" s="78"/>
+      <c r="J997" s="78"/>
+      <c r="K997" s="79"/>
+      <c r="L997" s="80"/>
+      <c r="M997" s="89"/>
+      <c r="N997" s="81"/>
+      <c r="O997" s="82"/>
+      <c r="P997" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B997:G997)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="998" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A998" s="109"/>
+      <c r="B998" s="76"/>
+      <c r="C998" s="76"/>
+      <c r="D998" s="76"/>
+      <c r="E998" s="77"/>
+      <c r="F998" s="77"/>
+      <c r="G998" s="77"/>
+      <c r="H998" s="78"/>
+      <c r="I998" s="78"/>
+      <c r="J998" s="78"/>
+      <c r="K998" s="79"/>
+      <c r="L998" s="80"/>
+      <c r="M998" s="89"/>
+      <c r="N998" s="81"/>
+      <c r="O998" s="82"/>
+      <c r="P998" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B998:G998)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="999" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A999" s="109"/>
+      <c r="B999" s="76"/>
+      <c r="C999" s="76"/>
+      <c r="D999" s="76"/>
+      <c r="E999" s="77"/>
+      <c r="F999" s="77"/>
+      <c r="G999" s="77"/>
+      <c r="H999" s="78"/>
+      <c r="I999" s="78"/>
+      <c r="J999" s="78"/>
+      <c r="K999" s="79"/>
+      <c r="L999" s="80"/>
+      <c r="M999" s="89"/>
+      <c r="N999" s="81"/>
+      <c r="O999" s="82"/>
+      <c r="P999" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B999:G999)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1000" s="109"/>
+      <c r="B1000" s="76"/>
+      <c r="C1000" s="76"/>
+      <c r="D1000" s="76"/>
+      <c r="E1000" s="77"/>
+      <c r="F1000" s="77"/>
+      <c r="G1000" s="77"/>
+      <c r="H1000" s="78"/>
+      <c r="I1000" s="78"/>
+      <c r="J1000" s="78"/>
+      <c r="K1000" s="79"/>
+      <c r="L1000" s="80"/>
+      <c r="M1000" s="89"/>
+      <c r="N1000" s="81"/>
+      <c r="O1000" s="82"/>
+      <c r="P1000" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1000:G1000)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1001" s="109"/>
+      <c r="B1001" s="76"/>
+      <c r="C1001" s="76"/>
+      <c r="D1001" s="76"/>
+      <c r="E1001" s="77"/>
+      <c r="F1001" s="77"/>
+      <c r="G1001" s="77"/>
+      <c r="H1001" s="78"/>
+      <c r="I1001" s="78"/>
+      <c r="J1001" s="78"/>
+      <c r="K1001" s="79"/>
+      <c r="L1001" s="80"/>
+      <c r="M1001" s="89"/>
+      <c r="N1001" s="81"/>
+      <c r="O1001" s="82"/>
+      <c r="P1001" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1001:G1001)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1002" s="109"/>
+      <c r="B1002" s="76"/>
+      <c r="C1002" s="76"/>
+      <c r="D1002" s="76"/>
+      <c r="E1002" s="77"/>
+      <c r="F1002" s="77"/>
+      <c r="G1002" s="77"/>
+      <c r="H1002" s="78"/>
+      <c r="I1002" s="78"/>
+      <c r="J1002" s="78"/>
+      <c r="K1002" s="79"/>
+      <c r="L1002" s="80"/>
+      <c r="M1002" s="89"/>
+      <c r="N1002" s="81"/>
+      <c r="O1002" s="82"/>
+      <c r="P1002" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1002:G1002)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1003" s="109"/>
+      <c r="B1003" s="76"/>
+      <c r="C1003" s="76"/>
+      <c r="D1003" s="76"/>
+      <c r="E1003" s="77"/>
+      <c r="F1003" s="77"/>
+      <c r="G1003" s="77"/>
+      <c r="H1003" s="78"/>
+      <c r="I1003" s="78"/>
+      <c r="J1003" s="78"/>
+      <c r="K1003" s="79"/>
+      <c r="L1003" s="80"/>
+      <c r="M1003" s="89"/>
+      <c r="N1003" s="81"/>
+      <c r="O1003" s="82"/>
+      <c r="P1003" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1003:G1003)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1004" s="109"/>
+      <c r="B1004" s="76"/>
+      <c r="C1004" s="76"/>
+      <c r="D1004" s="76"/>
+      <c r="E1004" s="77"/>
+      <c r="F1004" s="77"/>
+      <c r="G1004" s="77"/>
+      <c r="H1004" s="78"/>
+      <c r="I1004" s="78"/>
+      <c r="J1004" s="78"/>
+      <c r="K1004" s="79"/>
+      <c r="L1004" s="80"/>
+      <c r="M1004" s="89"/>
+      <c r="N1004" s="81"/>
+      <c r="O1004" s="82"/>
+      <c r="P1004" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1004:G1004)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="109"/>
+      <c r="B1005" s="76"/>
+      <c r="C1005" s="76"/>
+      <c r="D1005" s="76"/>
+      <c r="E1005" s="77"/>
+      <c r="F1005" s="77"/>
+      <c r="G1005" s="77"/>
+      <c r="H1005" s="78"/>
+      <c r="I1005" s="78"/>
+      <c r="J1005" s="78"/>
+      <c r="K1005" s="79"/>
+      <c r="L1005" s="80"/>
+      <c r="M1005" s="89"/>
+      <c r="N1005" s="81"/>
+      <c r="O1005" s="82"/>
+      <c r="P1005" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1005:G1005)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1006" s="109"/>
+      <c r="B1006" s="76"/>
+      <c r="C1006" s="76"/>
+      <c r="D1006" s="76"/>
+      <c r="E1006" s="77"/>
+      <c r="F1006" s="77"/>
+      <c r="G1006" s="77"/>
+      <c r="H1006" s="78"/>
+      <c r="I1006" s="78"/>
+      <c r="J1006" s="78"/>
+      <c r="K1006" s="79"/>
+      <c r="L1006" s="80"/>
+      <c r="M1006" s="89"/>
+      <c r="N1006" s="81"/>
+      <c r="O1006" s="82"/>
+      <c r="P1006" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1006:G1006)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1007" s="109"/>
+      <c r="B1007" s="76"/>
+      <c r="C1007" s="76"/>
+      <c r="D1007" s="76"/>
+      <c r="E1007" s="77"/>
+      <c r="F1007" s="77"/>
+      <c r="G1007" s="77"/>
+      <c r="H1007" s="78"/>
+      <c r="I1007" s="78"/>
+      <c r="J1007" s="78"/>
+      <c r="K1007" s="79"/>
+      <c r="L1007" s="80"/>
+      <c r="M1007" s="89"/>
+      <c r="N1007" s="81"/>
+      <c r="O1007" s="82"/>
+      <c r="P1007" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1007:G1007)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1008" s="109"/>
+      <c r="B1008" s="76"/>
+      <c r="C1008" s="76"/>
+      <c r="D1008" s="76"/>
+      <c r="E1008" s="77"/>
+      <c r="F1008" s="77"/>
+      <c r="G1008" s="77"/>
+      <c r="H1008" s="78"/>
+      <c r="I1008" s="78"/>
+      <c r="J1008" s="78"/>
+      <c r="K1008" s="79"/>
+      <c r="L1008" s="80"/>
+      <c r="M1008" s="89"/>
+      <c r="N1008" s="81"/>
+      <c r="O1008" s="82"/>
+      <c r="P1008" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1008:G1008)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1009" s="109"/>
+      <c r="B1009" s="76"/>
+      <c r="C1009" s="76"/>
+      <c r="D1009" s="76"/>
+      <c r="E1009" s="77"/>
+      <c r="F1009" s="77"/>
+      <c r="G1009" s="77"/>
+      <c r="H1009" s="78"/>
+      <c r="I1009" s="78"/>
+      <c r="J1009" s="78"/>
+      <c r="K1009" s="79"/>
+      <c r="L1009" s="80"/>
+      <c r="M1009" s="89"/>
+      <c r="N1009" s="81"/>
+      <c r="O1009" s="82"/>
+      <c r="P1009" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1009:G1009)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1010" s="109"/>
+      <c r="B1010" s="76"/>
+      <c r="C1010" s="76"/>
+      <c r="D1010" s="76"/>
+      <c r="E1010" s="77"/>
+      <c r="F1010" s="77"/>
+      <c r="G1010" s="77"/>
+      <c r="H1010" s="78"/>
+      <c r="I1010" s="78"/>
+      <c r="J1010" s="78"/>
+      <c r="K1010" s="79"/>
+      <c r="L1010" s="80"/>
+      <c r="M1010" s="89"/>
+      <c r="N1010" s="81"/>
+      <c r="O1010" s="82"/>
+      <c r="P1010" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1010:G1010)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1011" s="109"/>
+      <c r="B1011" s="76"/>
+      <c r="C1011" s="76"/>
+      <c r="D1011" s="76"/>
+      <c r="E1011" s="77"/>
+      <c r="F1011" s="77"/>
+      <c r="G1011" s="77"/>
+      <c r="H1011" s="78"/>
+      <c r="I1011" s="78"/>
+      <c r="J1011" s="78"/>
+      <c r="K1011" s="79"/>
+      <c r="L1011" s="80"/>
+      <c r="M1011" s="89"/>
+      <c r="N1011" s="81"/>
+      <c r="O1011" s="82"/>
+      <c r="P1011" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1011:G1011)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1012" s="109"/>
+      <c r="B1012" s="76"/>
+      <c r="C1012" s="76"/>
+      <c r="D1012" s="76"/>
+      <c r="E1012" s="77"/>
+      <c r="F1012" s="77"/>
+      <c r="G1012" s="77"/>
+      <c r="H1012" s="78"/>
+      <c r="I1012" s="78"/>
+      <c r="J1012" s="78"/>
+      <c r="K1012" s="79"/>
+      <c r="L1012" s="80"/>
+      <c r="M1012" s="89"/>
+      <c r="N1012" s="81"/>
+      <c r="O1012" s="82"/>
+      <c r="P1012" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1012:G1012)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1013" s="109"/>
+      <c r="B1013" s="76"/>
+      <c r="C1013" s="76"/>
+      <c r="D1013" s="76"/>
+      <c r="E1013" s="77"/>
+      <c r="F1013" s="77"/>
+      <c r="G1013" s="77"/>
+      <c r="H1013" s="78"/>
+      <c r="I1013" s="78"/>
+      <c r="J1013" s="78"/>
+      <c r="K1013" s="79"/>
+      <c r="L1013" s="80"/>
+      <c r="M1013" s="89"/>
+      <c r="N1013" s="81"/>
+      <c r="O1013" s="82"/>
+      <c r="P1013" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1013:G1013)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1014" s="109"/>
+      <c r="B1014" s="76"/>
+      <c r="C1014" s="76"/>
+      <c r="D1014" s="76"/>
+      <c r="E1014" s="77"/>
+      <c r="F1014" s="77"/>
+      <c r="G1014" s="77"/>
+      <c r="H1014" s="78"/>
+      <c r="I1014" s="78"/>
+      <c r="J1014" s="78"/>
+      <c r="K1014" s="79"/>
+      <c r="L1014" s="80"/>
+      <c r="M1014" s="89"/>
+      <c r="N1014" s="81"/>
+      <c r="O1014" s="82"/>
+      <c r="P1014" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1014:G1014)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1015" s="109"/>
+      <c r="B1015" s="76"/>
+      <c r="C1015" s="76"/>
+      <c r="D1015" s="76"/>
+      <c r="E1015" s="77"/>
+      <c r="F1015" s="77"/>
+      <c r="G1015" s="77"/>
+      <c r="H1015" s="78"/>
+      <c r="I1015" s="78"/>
+      <c r="J1015" s="78"/>
+      <c r="K1015" s="79"/>
+      <c r="L1015" s="80"/>
+      <c r="M1015" s="89"/>
+      <c r="N1015" s="81"/>
+      <c r="O1015" s="82"/>
+      <c r="P1015" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1015:G1015)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1016" s="109"/>
+      <c r="B1016" s="76"/>
+      <c r="C1016" s="76"/>
+      <c r="D1016" s="76"/>
+      <c r="E1016" s="77"/>
+      <c r="F1016" s="77"/>
+      <c r="G1016" s="77"/>
+      <c r="H1016" s="78"/>
+      <c r="I1016" s="78"/>
+      <c r="J1016" s="78"/>
+      <c r="K1016" s="79"/>
+      <c r="L1016" s="80"/>
+      <c r="M1016" s="89"/>
+      <c r="N1016" s="81"/>
+      <c r="O1016" s="82"/>
+      <c r="P1016" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1016:G1016)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1017" s="109"/>
+      <c r="B1017" s="76"/>
+      <c r="C1017" s="76"/>
+      <c r="D1017" s="76"/>
+      <c r="E1017" s="77"/>
+      <c r="F1017" s="77"/>
+      <c r="G1017" s="77"/>
+      <c r="H1017" s="78"/>
+      <c r="I1017" s="78"/>
+      <c r="J1017" s="78"/>
+      <c r="K1017" s="79"/>
+      <c r="L1017" s="80"/>
+      <c r="M1017" s="89"/>
+      <c r="N1017" s="81"/>
+      <c r="O1017" s="82"/>
+      <c r="P1017" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1017:G1017)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1018" s="109"/>
+      <c r="B1018" s="76"/>
+      <c r="C1018" s="76"/>
+      <c r="D1018" s="76"/>
+      <c r="E1018" s="77"/>
+      <c r="F1018" s="77"/>
+      <c r="G1018" s="77"/>
+      <c r="H1018" s="78"/>
+      <c r="I1018" s="78"/>
+      <c r="J1018" s="78"/>
+      <c r="K1018" s="79"/>
+      <c r="L1018" s="80"/>
+      <c r="M1018" s="89"/>
+      <c r="N1018" s="81"/>
+      <c r="O1018" s="82"/>
+      <c r="P1018" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1018:G1018)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1019" s="109"/>
+      <c r="B1019" s="76"/>
+      <c r="C1019" s="76"/>
+      <c r="D1019" s="76"/>
+      <c r="E1019" s="77"/>
+      <c r="F1019" s="77"/>
+      <c r="G1019" s="77"/>
+      <c r="H1019" s="78"/>
+      <c r="I1019" s="78"/>
+      <c r="J1019" s="78"/>
+      <c r="K1019" s="79"/>
+      <c r="L1019" s="80"/>
+      <c r="M1019" s="89"/>
+      <c r="N1019" s="81"/>
+      <c r="O1019" s="82"/>
+      <c r="P1019" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1019:G1019)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1020" s="109"/>
+      <c r="B1020" s="76"/>
+      <c r="C1020" s="76"/>
+      <c r="D1020" s="76"/>
+      <c r="E1020" s="77"/>
+      <c r="F1020" s="77"/>
+      <c r="G1020" s="77"/>
+      <c r="H1020" s="78"/>
+      <c r="I1020" s="78"/>
+      <c r="J1020" s="78"/>
+      <c r="K1020" s="79"/>
+      <c r="L1020" s="80"/>
+      <c r="M1020" s="89"/>
+      <c r="N1020" s="81"/>
+      <c r="O1020" s="82"/>
+      <c r="P1020" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1020:G1020)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1021" s="109"/>
+      <c r="B1021" s="76"/>
+      <c r="C1021" s="76"/>
+      <c r="D1021" s="76"/>
+      <c r="E1021" s="77"/>
+      <c r="F1021" s="77"/>
+      <c r="G1021" s="77"/>
+      <c r="H1021" s="78"/>
+      <c r="I1021" s="78"/>
+      <c r="J1021" s="78"/>
+      <c r="K1021" s="79"/>
+      <c r="L1021" s="80"/>
+      <c r="M1021" s="89"/>
+      <c r="N1021" s="81"/>
+      <c r="O1021" s="82"/>
+      <c r="P1021" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1021:G1021)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1022" s="109"/>
+      <c r="B1022" s="76"/>
+      <c r="C1022" s="76"/>
+      <c r="D1022" s="76"/>
+      <c r="E1022" s="77"/>
+      <c r="F1022" s="77"/>
+      <c r="G1022" s="77"/>
+      <c r="H1022" s="78"/>
+      <c r="I1022" s="78"/>
+      <c r="J1022" s="78"/>
+      <c r="K1022" s="79"/>
+      <c r="L1022" s="80"/>
+      <c r="M1022" s="89"/>
+      <c r="N1022" s="81"/>
+      <c r="O1022" s="82"/>
+      <c r="P1022" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1022:G1022)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1023" s="109"/>
+      <c r="B1023" s="76"/>
+      <c r="C1023" s="76"/>
+      <c r="D1023" s="76"/>
+      <c r="E1023" s="77"/>
+      <c r="F1023" s="77"/>
+      <c r="G1023" s="77"/>
+      <c r="H1023" s="78"/>
+      <c r="I1023" s="78"/>
+      <c r="J1023" s="78"/>
+      <c r="K1023" s="79"/>
+      <c r="L1023" s="80"/>
+      <c r="M1023" s="89"/>
+      <c r="N1023" s="81"/>
+      <c r="O1023" s="82"/>
+      <c r="P1023" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1023:G1023)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1024" s="109"/>
+      <c r="B1024" s="76"/>
+      <c r="C1024" s="76"/>
+      <c r="D1024" s="76"/>
+      <c r="E1024" s="77"/>
+      <c r="F1024" s="77"/>
+      <c r="G1024" s="77"/>
+      <c r="H1024" s="78"/>
+      <c r="I1024" s="78"/>
+      <c r="J1024" s="78"/>
+      <c r="K1024" s="79"/>
+      <c r="L1024" s="80"/>
+      <c r="M1024" s="89"/>
+      <c r="N1024" s="81"/>
+      <c r="O1024" s="82"/>
+      <c r="P1024" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1024:G1024)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1025" s="109"/>
+      <c r="B1025" s="76"/>
+      <c r="C1025" s="76"/>
+      <c r="D1025" s="76"/>
+      <c r="E1025" s="77"/>
+      <c r="F1025" s="77"/>
+      <c r="G1025" s="77"/>
+      <c r="H1025" s="78"/>
+      <c r="I1025" s="78"/>
+      <c r="J1025" s="78"/>
+      <c r="K1025" s="79"/>
+      <c r="L1025" s="80"/>
+      <c r="M1025" s="89"/>
+      <c r="N1025" s="81"/>
+      <c r="O1025" s="82"/>
+      <c r="P1025" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1025:G1025)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1026" s="109"/>
+      <c r="B1026" s="76"/>
+      <c r="C1026" s="76"/>
+      <c r="D1026" s="76"/>
+      <c r="E1026" s="77"/>
+      <c r="F1026" s="77"/>
+      <c r="G1026" s="77"/>
+      <c r="H1026" s="78"/>
+      <c r="I1026" s="78"/>
+      <c r="J1026" s="78"/>
+      <c r="K1026" s="79"/>
+      <c r="L1026" s="80"/>
+      <c r="M1026" s="89"/>
+      <c r="N1026" s="81"/>
+      <c r="O1026" s="82"/>
+      <c r="P1026" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1026:G1026)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1027" s="109"/>
+      <c r="B1027" s="76"/>
+      <c r="C1027" s="76"/>
+      <c r="D1027" s="76"/>
+      <c r="E1027" s="77"/>
+      <c r="F1027" s="77"/>
+      <c r="G1027" s="77"/>
+      <c r="H1027" s="78"/>
+      <c r="I1027" s="78"/>
+      <c r="J1027" s="78"/>
+      <c r="K1027" s="79"/>
+      <c r="L1027" s="80"/>
+      <c r="M1027" s="89"/>
+      <c r="N1027" s="81"/>
+      <c r="O1027" s="82"/>
+      <c r="P1027" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1027:G1027)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1028" s="109"/>
+      <c r="B1028" s="76"/>
+      <c r="C1028" s="76"/>
+      <c r="D1028" s="76"/>
+      <c r="E1028" s="77"/>
+      <c r="F1028" s="77"/>
+      <c r="G1028" s="77"/>
+      <c r="H1028" s="78"/>
+      <c r="I1028" s="78"/>
+      <c r="J1028" s="78"/>
+      <c r="K1028" s="79"/>
+      <c r="L1028" s="80"/>
+      <c r="M1028" s="89"/>
+      <c r="N1028" s="81"/>
+      <c r="O1028" s="82"/>
+      <c r="P1028" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1028:G1028)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1029" s="109"/>
+      <c r="B1029" s="76"/>
+      <c r="C1029" s="76"/>
+      <c r="D1029" s="76"/>
+      <c r="E1029" s="77"/>
+      <c r="F1029" s="77"/>
+      <c r="G1029" s="77"/>
+      <c r="H1029" s="78"/>
+      <c r="I1029" s="78"/>
+      <c r="J1029" s="78"/>
+      <c r="K1029" s="79"/>
+      <c r="L1029" s="80"/>
+      <c r="M1029" s="89"/>
+      <c r="N1029" s="81"/>
+      <c r="O1029" s="82"/>
+      <c r="P1029" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1029:G1029)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1030" s="109"/>
+      <c r="B1030" s="76"/>
+      <c r="C1030" s="76"/>
+      <c r="D1030" s="76"/>
+      <c r="E1030" s="77"/>
+      <c r="F1030" s="77"/>
+      <c r="G1030" s="77"/>
+      <c r="H1030" s="78"/>
+      <c r="I1030" s="78"/>
+      <c r="J1030" s="78"/>
+      <c r="K1030" s="79"/>
+      <c r="L1030" s="80"/>
+      <c r="M1030" s="89"/>
+      <c r="N1030" s="81"/>
+      <c r="O1030" s="82"/>
+      <c r="P1030" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1030:G1030)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1031" s="109"/>
+      <c r="B1031" s="76"/>
+      <c r="C1031" s="76"/>
+      <c r="D1031" s="76"/>
+      <c r="E1031" s="77"/>
+      <c r="F1031" s="77"/>
+      <c r="G1031" s="77"/>
+      <c r="H1031" s="78"/>
+      <c r="I1031" s="78"/>
+      <c r="J1031" s="78"/>
+      <c r="K1031" s="79"/>
+      <c r="L1031" s="80"/>
+      <c r="M1031" s="89"/>
+      <c r="N1031" s="81"/>
+      <c r="O1031" s="82"/>
+      <c r="P1031" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1031:G1031)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1032" s="109"/>
+      <c r="B1032" s="76"/>
+      <c r="C1032" s="76"/>
+      <c r="D1032" s="76"/>
+      <c r="E1032" s="77"/>
+      <c r="F1032" s="77"/>
+      <c r="G1032" s="77"/>
+      <c r="H1032" s="78"/>
+      <c r="I1032" s="78"/>
+      <c r="J1032" s="78"/>
+      <c r="K1032" s="79"/>
+      <c r="L1032" s="80"/>
+      <c r="M1032" s="89"/>
+      <c r="N1032" s="81"/>
+      <c r="O1032" s="82"/>
+      <c r="P1032" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1032:G1032)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1033" s="109"/>
+      <c r="B1033" s="76"/>
+      <c r="C1033" s="76"/>
+      <c r="D1033" s="76"/>
+      <c r="E1033" s="77"/>
+      <c r="F1033" s="77"/>
+      <c r="G1033" s="77"/>
+      <c r="H1033" s="78"/>
+      <c r="I1033" s="78"/>
+      <c r="J1033" s="78"/>
+      <c r="K1033" s="79"/>
+      <c r="L1033" s="80"/>
+      <c r="M1033" s="89"/>
+      <c r="N1033" s="81"/>
+      <c r="O1033" s="82"/>
+      <c r="P1033" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1033:G1033)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1034" s="109"/>
+      <c r="B1034" s="76"/>
+      <c r="C1034" s="76"/>
+      <c r="D1034" s="76"/>
+      <c r="E1034" s="77"/>
+      <c r="F1034" s="77"/>
+      <c r="G1034" s="77"/>
+      <c r="H1034" s="78"/>
+      <c r="I1034" s="78"/>
+      <c r="J1034" s="78"/>
+      <c r="K1034" s="79"/>
+      <c r="L1034" s="80"/>
+      <c r="M1034" s="89"/>
+      <c r="N1034" s="81"/>
+      <c r="O1034" s="82"/>
+      <c r="P1034" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1034:G1034)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1035" s="109"/>
+      <c r="B1035" s="76"/>
+      <c r="C1035" s="76"/>
+      <c r="D1035" s="76"/>
+      <c r="E1035" s="77"/>
+      <c r="F1035" s="77"/>
+      <c r="G1035" s="77"/>
+      <c r="H1035" s="78"/>
+      <c r="I1035" s="78"/>
+      <c r="J1035" s="78"/>
+      <c r="K1035" s="79"/>
+      <c r="L1035" s="80"/>
+      <c r="M1035" s="89"/>
+      <c r="N1035" s="81"/>
+      <c r="O1035" s="82"/>
+      <c r="P1035" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1035:G1035)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1036" s="109"/>
+      <c r="B1036" s="76"/>
+      <c r="C1036" s="76"/>
+      <c r="D1036" s="76"/>
+      <c r="E1036" s="77"/>
+      <c r="F1036" s="77"/>
+      <c r="G1036" s="77"/>
+      <c r="H1036" s="78"/>
+      <c r="I1036" s="78"/>
+      <c r="J1036" s="78"/>
+      <c r="K1036" s="79"/>
+      <c r="L1036" s="80"/>
+      <c r="M1036" s="89"/>
+      <c r="N1036" s="81"/>
+      <c r="O1036" s="82"/>
+      <c r="P1036" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1036:G1036)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1037" s="109"/>
+      <c r="B1037" s="76"/>
+      <c r="C1037" s="76"/>
+      <c r="D1037" s="76"/>
+      <c r="E1037" s="77"/>
+      <c r="F1037" s="77"/>
+      <c r="G1037" s="77"/>
+      <c r="H1037" s="78"/>
+      <c r="I1037" s="78"/>
+      <c r="J1037" s="78"/>
+      <c r="K1037" s="79"/>
+      <c r="L1037" s="80"/>
+      <c r="M1037" s="89"/>
+      <c r="N1037" s="81"/>
+      <c r="O1037" s="82"/>
+      <c r="P1037" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1037:G1037)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1038" s="109"/>
+      <c r="B1038" s="76"/>
+      <c r="C1038" s="76"/>
+      <c r="D1038" s="76"/>
+      <c r="E1038" s="77"/>
+      <c r="F1038" s="77"/>
+      <c r="G1038" s="77"/>
+      <c r="H1038" s="78"/>
+      <c r="I1038" s="78"/>
+      <c r="J1038" s="78"/>
+      <c r="K1038" s="79"/>
+      <c r="L1038" s="80"/>
+      <c r="M1038" s="89"/>
+      <c r="N1038" s="81"/>
+      <c r="O1038" s="82"/>
+      <c r="P1038" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1038:G1038)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1039" s="109"/>
+      <c r="B1039" s="76"/>
+      <c r="C1039" s="76"/>
+      <c r="D1039" s="76"/>
+      <c r="E1039" s="77"/>
+      <c r="F1039" s="77"/>
+      <c r="G1039" s="77"/>
+      <c r="H1039" s="78"/>
+      <c r="I1039" s="78"/>
+      <c r="J1039" s="78"/>
+      <c r="K1039" s="79"/>
+      <c r="L1039" s="80"/>
+      <c r="M1039" s="89"/>
+      <c r="N1039" s="81"/>
+      <c r="O1039" s="82"/>
+      <c r="P1039" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1039:G1039)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1040" s="109"/>
+      <c r="B1040" s="76"/>
+      <c r="C1040" s="76"/>
+      <c r="D1040" s="76"/>
+      <c r="E1040" s="77"/>
+      <c r="F1040" s="77"/>
+      <c r="G1040" s="77"/>
+      <c r="H1040" s="78"/>
+      <c r="I1040" s="78"/>
+      <c r="J1040" s="78"/>
+      <c r="K1040" s="79"/>
+      <c r="L1040" s="80"/>
+      <c r="M1040" s="89"/>
+      <c r="N1040" s="81"/>
+      <c r="O1040" s="82"/>
+      <c r="P1040" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1040:G1040)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1041" s="109"/>
+      <c r="B1041" s="76"/>
+      <c r="C1041" s="76"/>
+      <c r="D1041" s="76"/>
+      <c r="E1041" s="77"/>
+      <c r="F1041" s="77"/>
+      <c r="G1041" s="77"/>
+      <c r="H1041" s="78"/>
+      <c r="I1041" s="78"/>
+      <c r="J1041" s="78"/>
+      <c r="K1041" s="79"/>
+      <c r="L1041" s="80"/>
+      <c r="M1041" s="89"/>
+      <c r="N1041" s="81"/>
+      <c r="O1041" s="82"/>
+      <c r="P1041" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1041:G1041)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1042" s="109"/>
+      <c r="B1042" s="76"/>
+      <c r="C1042" s="76"/>
+      <c r="D1042" s="76"/>
+      <c r="E1042" s="77"/>
+      <c r="F1042" s="77"/>
+      <c r="G1042" s="77"/>
+      <c r="H1042" s="78"/>
+      <c r="I1042" s="78"/>
+      <c r="J1042" s="78"/>
+      <c r="K1042" s="79"/>
+      <c r="L1042" s="80"/>
+      <c r="M1042" s="89"/>
+      <c r="N1042" s="81"/>
+      <c r="O1042" s="82"/>
+      <c r="P1042" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1042:G1042)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1043" s="109"/>
+      <c r="B1043" s="76"/>
+      <c r="C1043" s="76"/>
+      <c r="D1043" s="76"/>
+      <c r="E1043" s="77"/>
+      <c r="F1043" s="77"/>
+      <c r="G1043" s="77"/>
+      <c r="H1043" s="78"/>
+      <c r="I1043" s="78"/>
+      <c r="J1043" s="78"/>
+      <c r="K1043" s="79"/>
+      <c r="L1043" s="80"/>
+      <c r="M1043" s="89"/>
+      <c r="N1043" s="81"/>
+      <c r="O1043" s="82"/>
+      <c r="P1043" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1043:G1043)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1044" s="109"/>
+      <c r="B1044" s="76"/>
+      <c r="C1044" s="76"/>
+      <c r="D1044" s="76"/>
+      <c r="E1044" s="77"/>
+      <c r="F1044" s="77"/>
+      <c r="G1044" s="77"/>
+      <c r="H1044" s="78"/>
+      <c r="I1044" s="78"/>
+      <c r="J1044" s="78"/>
+      <c r="K1044" s="79"/>
+      <c r="L1044" s="80"/>
+      <c r="M1044" s="89"/>
+      <c r="N1044" s="81"/>
+      <c r="O1044" s="82"/>
+      <c r="P1044" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1044:G1044)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1045" s="109"/>
+      <c r="B1045" s="76"/>
+      <c r="C1045" s="76"/>
+      <c r="D1045" s="76"/>
+      <c r="E1045" s="77"/>
+      <c r="F1045" s="77"/>
+      <c r="G1045" s="77"/>
+      <c r="H1045" s="78"/>
+      <c r="I1045" s="78"/>
+      <c r="J1045" s="78"/>
+      <c r="K1045" s="79"/>
+      <c r="L1045" s="80"/>
+      <c r="M1045" s="89"/>
+      <c r="N1045" s="81"/>
+      <c r="O1045" s="82"/>
+      <c r="P1045" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1045:G1045)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1046" s="109"/>
+      <c r="B1046" s="76"/>
+      <c r="C1046" s="76"/>
+      <c r="D1046" s="76"/>
+      <c r="E1046" s="77"/>
+      <c r="F1046" s="77"/>
+      <c r="G1046" s="77"/>
+      <c r="H1046" s="78"/>
+      <c r="I1046" s="78"/>
+      <c r="J1046" s="78"/>
+      <c r="K1046" s="79"/>
+      <c r="L1046" s="80"/>
+      <c r="M1046" s="89"/>
+      <c r="N1046" s="81"/>
+      <c r="O1046" s="82"/>
+      <c r="P1046" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1046:G1046)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1047" s="109"/>
+      <c r="B1047" s="76"/>
+      <c r="C1047" s="76"/>
+      <c r="D1047" s="76"/>
+      <c r="E1047" s="77"/>
+      <c r="F1047" s="77"/>
+      <c r="G1047" s="77"/>
+      <c r="H1047" s="78"/>
+      <c r="I1047" s="78"/>
+      <c r="J1047" s="78"/>
+      <c r="K1047" s="79"/>
+      <c r="L1047" s="80"/>
+      <c r="M1047" s="89"/>
+      <c r="N1047" s="81"/>
+      <c r="O1047" s="82"/>
+      <c r="P1047" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1047:G1047)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1048" s="109"/>
+      <c r="B1048" s="76"/>
+      <c r="C1048" s="76"/>
+      <c r="D1048" s="76"/>
+      <c r="E1048" s="77"/>
+      <c r="F1048" s="77"/>
+      <c r="G1048" s="77"/>
+      <c r="H1048" s="78"/>
+      <c r="I1048" s="78"/>
+      <c r="J1048" s="78"/>
+      <c r="K1048" s="79"/>
+      <c r="L1048" s="80"/>
+      <c r="M1048" s="89"/>
+      <c r="N1048" s="81"/>
+      <c r="O1048" s="82"/>
+      <c r="P1048" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1048:G1048)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1049" s="109"/>
+      <c r="B1049" s="76"/>
+      <c r="C1049" s="76"/>
+      <c r="D1049" s="76"/>
+      <c r="E1049" s="77"/>
+      <c r="F1049" s="77"/>
+      <c r="G1049" s="77"/>
+      <c r="H1049" s="78"/>
+      <c r="I1049" s="78"/>
+      <c r="J1049" s="78"/>
+      <c r="K1049" s="79"/>
+      <c r="L1049" s="80"/>
+      <c r="M1049" s="89"/>
+      <c r="N1049" s="81"/>
+      <c r="O1049" s="82"/>
+      <c r="P1049" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1049:G1049)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1050" s="109"/>
+      <c r="B1050" s="76"/>
+      <c r="C1050" s="76"/>
+      <c r="D1050" s="76"/>
+      <c r="E1050" s="77"/>
+      <c r="F1050" s="77"/>
+      <c r="G1050" s="77"/>
+      <c r="H1050" s="78"/>
+      <c r="I1050" s="78"/>
+      <c r="J1050" s="78"/>
+      <c r="K1050" s="79"/>
+      <c r="L1050" s="80"/>
+      <c r="M1050" s="89"/>
+      <c r="N1050" s="81"/>
+      <c r="O1050" s="82"/>
+      <c r="P1050" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1050:G1050)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1051" s="109"/>
+      <c r="B1051" s="76"/>
+      <c r="C1051" s="76"/>
+      <c r="D1051" s="76"/>
+      <c r="E1051" s="77"/>
+      <c r="F1051" s="77"/>
+      <c r="G1051" s="77"/>
+      <c r="H1051" s="78"/>
+      <c r="I1051" s="78"/>
+      <c r="J1051" s="78"/>
+      <c r="K1051" s="79"/>
+      <c r="L1051" s="80"/>
+      <c r="M1051" s="89"/>
+      <c r="N1051" s="81"/>
+      <c r="O1051" s="82"/>
+      <c r="P1051" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1051:G1051)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1052" s="109"/>
+      <c r="B1052" s="76"/>
+      <c r="C1052" s="76"/>
+      <c r="D1052" s="76"/>
+      <c r="E1052" s="77"/>
+      <c r="F1052" s="77"/>
+      <c r="G1052" s="77"/>
+      <c r="H1052" s="78"/>
+      <c r="I1052" s="78"/>
+      <c r="J1052" s="78"/>
+      <c r="K1052" s="79"/>
+      <c r="L1052" s="80"/>
+      <c r="M1052" s="89"/>
+      <c r="N1052" s="81"/>
+      <c r="O1052" s="82"/>
+      <c r="P1052" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1052:G1052)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1053" s="109"/>
+      <c r="B1053" s="76"/>
+      <c r="C1053" s="76"/>
+      <c r="D1053" s="76"/>
+      <c r="E1053" s="77"/>
+      <c r="F1053" s="77"/>
+      <c r="G1053" s="77"/>
+      <c r="H1053" s="78"/>
+      <c r="I1053" s="78"/>
+      <c r="J1053" s="78"/>
+      <c r="K1053" s="79"/>
+      <c r="L1053" s="80"/>
+      <c r="M1053" s="89"/>
+      <c r="N1053" s="81"/>
+      <c r="O1053" s="82"/>
+      <c r="P1053" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1053:G1053)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1054" s="109"/>
+      <c r="B1054" s="76"/>
+      <c r="C1054" s="76"/>
+      <c r="D1054" s="76"/>
+      <c r="E1054" s="77"/>
+      <c r="F1054" s="77"/>
+      <c r="G1054" s="77"/>
+      <c r="H1054" s="78"/>
+      <c r="I1054" s="78"/>
+      <c r="J1054" s="78"/>
+      <c r="K1054" s="79"/>
+      <c r="L1054" s="80"/>
+      <c r="M1054" s="89"/>
+      <c r="N1054" s="81"/>
+      <c r="O1054" s="82"/>
+      <c r="P1054" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1054:G1054)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1055" s="109"/>
+      <c r="B1055" s="76"/>
+      <c r="C1055" s="76"/>
+      <c r="D1055" s="76"/>
+      <c r="E1055" s="77"/>
+      <c r="F1055" s="77"/>
+      <c r="G1055" s="77"/>
+      <c r="H1055" s="78"/>
+      <c r="I1055" s="78"/>
+      <c r="J1055" s="78"/>
+      <c r="K1055" s="79"/>
+      <c r="L1055" s="80"/>
+      <c r="M1055" s="89"/>
+      <c r="N1055" s="81"/>
+      <c r="O1055" s="82"/>
+      <c r="P1055" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1055:G1055)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1056" s="109"/>
+      <c r="B1056" s="76"/>
+      <c r="C1056" s="76"/>
+      <c r="D1056" s="76"/>
+      <c r="E1056" s="77"/>
+      <c r="F1056" s="77"/>
+      <c r="G1056" s="77"/>
+      <c r="H1056" s="78"/>
+      <c r="I1056" s="78"/>
+      <c r="J1056" s="78"/>
+      <c r="K1056" s="79"/>
+      <c r="L1056" s="80"/>
+      <c r="M1056" s="89"/>
+      <c r="N1056" s="81"/>
+      <c r="O1056" s="82"/>
+      <c r="P1056" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1056:G1056)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1057" s="109"/>
+      <c r="B1057" s="76"/>
+      <c r="C1057" s="76"/>
+      <c r="D1057" s="76"/>
+      <c r="E1057" s="77"/>
+      <c r="F1057" s="77"/>
+      <c r="G1057" s="77"/>
+      <c r="H1057" s="78"/>
+      <c r="I1057" s="78"/>
+      <c r="J1057" s="78"/>
+      <c r="K1057" s="79"/>
+      <c r="L1057" s="80"/>
+      <c r="M1057" s="89"/>
+      <c r="N1057" s="81"/>
+      <c r="O1057" s="82"/>
+      <c r="P1057" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1057:G1057)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1058" s="109"/>
+      <c r="B1058" s="76"/>
+      <c r="C1058" s="76"/>
+      <c r="D1058" s="76"/>
+      <c r="E1058" s="77"/>
+      <c r="F1058" s="77"/>
+      <c r="G1058" s="77"/>
+      <c r="H1058" s="78"/>
+      <c r="I1058" s="78"/>
+      <c r="J1058" s="78"/>
+      <c r="K1058" s="79"/>
+      <c r="L1058" s="80"/>
+      <c r="M1058" s="89"/>
+      <c r="N1058" s="81"/>
+      <c r="O1058" s="82"/>
+      <c r="P1058" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1058:G1058)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1059" s="109"/>
+      <c r="B1059" s="76"/>
+      <c r="C1059" s="76"/>
+      <c r="D1059" s="76"/>
+      <c r="E1059" s="77"/>
+      <c r="F1059" s="77"/>
+      <c r="G1059" s="77"/>
+      <c r="H1059" s="78"/>
+      <c r="I1059" s="78"/>
+      <c r="J1059" s="78"/>
+      <c r="K1059" s="79"/>
+      <c r="L1059" s="80"/>
+      <c r="M1059" s="89"/>
+      <c r="N1059" s="81"/>
+      <c r="O1059" s="82"/>
+      <c r="P1059" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1059:G1059)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1060" s="109"/>
+      <c r="B1060" s="76"/>
+      <c r="C1060" s="76"/>
+      <c r="D1060" s="76"/>
+      <c r="E1060" s="77"/>
+      <c r="F1060" s="77"/>
+      <c r="G1060" s="77"/>
+      <c r="H1060" s="78"/>
+      <c r="I1060" s="78"/>
+      <c r="J1060" s="78"/>
+      <c r="K1060" s="79"/>
+      <c r="L1060" s="80"/>
+      <c r="M1060" s="89"/>
+      <c r="N1060" s="81"/>
+      <c r="O1060" s="82"/>
+      <c r="P1060" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1060:G1060)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1061" s="109"/>
+      <c r="B1061" s="76"/>
+      <c r="C1061" s="76"/>
+      <c r="D1061" s="76"/>
+      <c r="E1061" s="77"/>
+      <c r="F1061" s="77"/>
+      <c r="G1061" s="77"/>
+      <c r="H1061" s="78"/>
+      <c r="I1061" s="78"/>
+      <c r="J1061" s="78"/>
+      <c r="K1061" s="79"/>
+      <c r="L1061" s="80"/>
+      <c r="M1061" s="89"/>
+      <c r="N1061" s="81"/>
+      <c r="O1061" s="82"/>
+      <c r="P1061" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1061:G1061)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1062" s="109"/>
+      <c r="B1062" s="76"/>
+      <c r="C1062" s="76"/>
+      <c r="D1062" s="76"/>
+      <c r="E1062" s="77"/>
+      <c r="F1062" s="77"/>
+      <c r="G1062" s="77"/>
+      <c r="H1062" s="78"/>
+      <c r="I1062" s="78"/>
+      <c r="J1062" s="78"/>
+      <c r="K1062" s="79"/>
+      <c r="L1062" s="80"/>
+      <c r="M1062" s="89"/>
+      <c r="N1062" s="81"/>
+      <c r="O1062" s="82"/>
+      <c r="P1062" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1062:G1062)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1063" s="109"/>
+      <c r="B1063" s="76"/>
+      <c r="C1063" s="76"/>
+      <c r="D1063" s="76"/>
+      <c r="E1063" s="77"/>
+      <c r="F1063" s="77"/>
+      <c r="G1063" s="77"/>
+      <c r="H1063" s="78"/>
+      <c r="I1063" s="78"/>
+      <c r="J1063" s="78"/>
+      <c r="K1063" s="79"/>
+      <c r="L1063" s="80"/>
+      <c r="M1063" s="89"/>
+      <c r="N1063" s="81"/>
+      <c r="O1063" s="82"/>
+      <c r="P1063" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1063:G1063)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1064" s="109"/>
+      <c r="B1064" s="76"/>
+      <c r="C1064" s="76"/>
+      <c r="D1064" s="76"/>
+      <c r="E1064" s="77"/>
+      <c r="F1064" s="77"/>
+      <c r="G1064" s="77"/>
+      <c r="H1064" s="78"/>
+      <c r="I1064" s="78"/>
+      <c r="J1064" s="78"/>
+      <c r="K1064" s="79"/>
+      <c r="L1064" s="80"/>
+      <c r="M1064" s="89"/>
+      <c r="N1064" s="81"/>
+      <c r="O1064" s="82"/>
+      <c r="P1064" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1064:G1064)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1065" s="109"/>
+      <c r="B1065" s="76"/>
+      <c r="C1065" s="76"/>
+      <c r="D1065" s="76"/>
+      <c r="E1065" s="77"/>
+      <c r="F1065" s="77"/>
+      <c r="G1065" s="77"/>
+      <c r="H1065" s="78"/>
+      <c r="I1065" s="78"/>
+      <c r="J1065" s="78"/>
+      <c r="K1065" s="79"/>
+      <c r="L1065" s="80"/>
+      <c r="M1065" s="89"/>
+      <c r="N1065" s="81"/>
+      <c r="O1065" s="82"/>
+      <c r="P1065" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1065:G1065)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1066" s="109"/>
+      <c r="B1066" s="76"/>
+      <c r="C1066" s="76"/>
+      <c r="D1066" s="76"/>
+      <c r="E1066" s="77"/>
+      <c r="F1066" s="77"/>
+      <c r="G1066" s="77"/>
+      <c r="H1066" s="78"/>
+      <c r="I1066" s="78"/>
+      <c r="J1066" s="78"/>
+      <c r="K1066" s="79"/>
+      <c r="L1066" s="80"/>
+      <c r="M1066" s="89"/>
+      <c r="N1066" s="81"/>
+      <c r="O1066" s="82"/>
+      <c r="P1066" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1066:G1066)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1067" s="109"/>
+      <c r="B1067" s="76"/>
+      <c r="C1067" s="76"/>
+      <c r="D1067" s="76"/>
+      <c r="E1067" s="77"/>
+      <c r="F1067" s="77"/>
+      <c r="G1067" s="77"/>
+      <c r="H1067" s="78"/>
+      <c r="I1067" s="78"/>
+      <c r="J1067" s="78"/>
+      <c r="K1067" s="79"/>
+      <c r="L1067" s="80"/>
+      <c r="M1067" s="89"/>
+      <c r="N1067" s="81"/>
+      <c r="O1067" s="82"/>
+      <c r="P1067" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1067:G1067)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1068" s="109"/>
+      <c r="B1068" s="76"/>
+      <c r="C1068" s="76"/>
+      <c r="D1068" s="76"/>
+      <c r="E1068" s="77"/>
+      <c r="F1068" s="77"/>
+      <c r="G1068" s="77"/>
+      <c r="H1068" s="78"/>
+      <c r="I1068" s="78"/>
+      <c r="J1068" s="78"/>
+      <c r="K1068" s="79"/>
+      <c r="L1068" s="80"/>
+      <c r="M1068" s="89"/>
+      <c r="N1068" s="81"/>
+      <c r="O1068" s="82"/>
+      <c r="P1068" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1068:G1068)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1069" s="109"/>
+      <c r="B1069" s="76"/>
+      <c r="C1069" s="76"/>
+      <c r="D1069" s="76"/>
+      <c r="E1069" s="77"/>
+      <c r="F1069" s="77"/>
+      <c r="G1069" s="77"/>
+      <c r="H1069" s="78"/>
+      <c r="I1069" s="78"/>
+      <c r="J1069" s="78"/>
+      <c r="K1069" s="79"/>
+      <c r="L1069" s="80"/>
+      <c r="M1069" s="89"/>
+      <c r="N1069" s="81"/>
+      <c r="O1069" s="82"/>
+      <c r="P1069" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1069:G1069)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1070" s="109"/>
+      <c r="B1070" s="76"/>
+      <c r="C1070" s="76"/>
+      <c r="D1070" s="76"/>
+      <c r="E1070" s="77"/>
+      <c r="F1070" s="77"/>
+      <c r="G1070" s="77"/>
+      <c r="H1070" s="78"/>
+      <c r="I1070" s="78"/>
+      <c r="J1070" s="78"/>
+      <c r="K1070" s="79"/>
+      <c r="L1070" s="80"/>
+      <c r="M1070" s="89"/>
+      <c r="N1070" s="81"/>
+      <c r="O1070" s="82"/>
+      <c r="P1070" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1070:G1070)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1071" s="109"/>
+      <c r="B1071" s="76"/>
+      <c r="C1071" s="76"/>
+      <c r="D1071" s="76"/>
+      <c r="E1071" s="77"/>
+      <c r="F1071" s="77"/>
+      <c r="G1071" s="77"/>
+      <c r="H1071" s="78"/>
+      <c r="I1071" s="78"/>
+      <c r="J1071" s="78"/>
+      <c r="K1071" s="79"/>
+      <c r="L1071" s="80"/>
+      <c r="M1071" s="89"/>
+      <c r="N1071" s="81"/>
+      <c r="O1071" s="82"/>
+      <c r="P1071" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1071:G1071)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1072" s="109"/>
+      <c r="B1072" s="76"/>
+      <c r="C1072" s="76"/>
+      <c r="D1072" s="76"/>
+      <c r="E1072" s="77"/>
+      <c r="F1072" s="77"/>
+      <c r="G1072" s="77"/>
+      <c r="H1072" s="78"/>
+      <c r="I1072" s="78"/>
+      <c r="J1072" s="78"/>
+      <c r="K1072" s="79"/>
+      <c r="L1072" s="80"/>
+      <c r="M1072" s="89"/>
+      <c r="N1072" s="81"/>
+      <c r="O1072" s="82"/>
+      <c r="P1072" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1072:G1072)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1073" s="109"/>
+      <c r="B1073" s="76"/>
+      <c r="C1073" s="76"/>
+      <c r="D1073" s="76"/>
+      <c r="E1073" s="77"/>
+      <c r="F1073" s="77"/>
+      <c r="G1073" s="77"/>
+      <c r="H1073" s="78"/>
+      <c r="I1073" s="78"/>
+      <c r="J1073" s="78"/>
+      <c r="K1073" s="79"/>
+      <c r="L1073" s="80"/>
+      <c r="M1073" s="89"/>
+      <c r="N1073" s="81"/>
+      <c r="O1073" s="82"/>
+      <c r="P1073" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1073:G1073)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1074" s="109"/>
+      <c r="B1074" s="76"/>
+      <c r="C1074" s="76"/>
+      <c r="D1074" s="76"/>
+      <c r="E1074" s="77"/>
+      <c r="F1074" s="77"/>
+      <c r="G1074" s="77"/>
+      <c r="H1074" s="78"/>
+      <c r="I1074" s="78"/>
+      <c r="J1074" s="78"/>
+      <c r="K1074" s="79"/>
+      <c r="L1074" s="80"/>
+      <c r="M1074" s="89"/>
+      <c r="N1074" s="81"/>
+      <c r="O1074" s="82"/>
+      <c r="P1074" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1074:G1074)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1075" s="109"/>
+      <c r="B1075" s="76"/>
+      <c r="C1075" s="76"/>
+      <c r="D1075" s="76"/>
+      <c r="E1075" s="77"/>
+      <c r="F1075" s="77"/>
+      <c r="G1075" s="77"/>
+      <c r="H1075" s="78"/>
+      <c r="I1075" s="78"/>
+      <c r="J1075" s="78"/>
+      <c r="K1075" s="79"/>
+      <c r="L1075" s="80"/>
+      <c r="M1075" s="89"/>
+      <c r="N1075" s="81"/>
+      <c r="O1075" s="82"/>
+      <c r="P1075" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1075:G1075)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1076" s="109"/>
+      <c r="B1076" s="76"/>
+      <c r="C1076" s="76"/>
+      <c r="D1076" s="76"/>
+      <c r="E1076" s="77"/>
+      <c r="F1076" s="77"/>
+      <c r="G1076" s="77"/>
+      <c r="H1076" s="78"/>
+      <c r="I1076" s="78"/>
+      <c r="J1076" s="78"/>
+      <c r="K1076" s="79"/>
+      <c r="L1076" s="80"/>
+      <c r="M1076" s="89"/>
+      <c r="N1076" s="81"/>
+      <c r="O1076" s="82"/>
+      <c r="P1076" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1076:G1076)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1077" s="109"/>
+      <c r="B1077" s="76"/>
+      <c r="C1077" s="76"/>
+      <c r="D1077" s="76"/>
+      <c r="E1077" s="77"/>
+      <c r="F1077" s="77"/>
+      <c r="G1077" s="77"/>
+      <c r="H1077" s="78"/>
+      <c r="I1077" s="78"/>
+      <c r="J1077" s="78"/>
+      <c r="K1077" s="79"/>
+      <c r="L1077" s="80"/>
+      <c r="M1077" s="89"/>
+      <c r="N1077" s="81"/>
+      <c r="O1077" s="82"/>
+      <c r="P1077" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1077:G1077)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1078" s="109"/>
+      <c r="B1078" s="76"/>
+      <c r="C1078" s="76"/>
+      <c r="D1078" s="76"/>
+      <c r="E1078" s="77"/>
+      <c r="F1078" s="77"/>
+      <c r="G1078" s="77"/>
+      <c r="H1078" s="78"/>
+      <c r="I1078" s="78"/>
+      <c r="J1078" s="78"/>
+      <c r="K1078" s="79"/>
+      <c r="L1078" s="80"/>
+      <c r="M1078" s="89"/>
+      <c r="N1078" s="81"/>
+      <c r="O1078" s="82"/>
+      <c r="P1078" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1078:G1078)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1079" s="109"/>
+      <c r="B1079" s="76"/>
+      <c r="C1079" s="76"/>
+      <c r="D1079" s="76"/>
+      <c r="E1079" s="77"/>
+      <c r="F1079" s="77"/>
+      <c r="G1079" s="77"/>
+      <c r="H1079" s="78"/>
+      <c r="I1079" s="78"/>
+      <c r="J1079" s="78"/>
+      <c r="K1079" s="79"/>
+      <c r="L1079" s="80"/>
+      <c r="M1079" s="89"/>
+      <c r="N1079" s="81"/>
+      <c r="O1079" s="82"/>
+      <c r="P1079" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1079:G1079)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1080" s="109"/>
+      <c r="B1080" s="76"/>
+      <c r="C1080" s="76"/>
+      <c r="D1080" s="76"/>
+      <c r="E1080" s="77"/>
+      <c r="F1080" s="77"/>
+      <c r="G1080" s="77"/>
+      <c r="H1080" s="78"/>
+      <c r="I1080" s="78"/>
+      <c r="J1080" s="78"/>
+      <c r="K1080" s="79"/>
+      <c r="L1080" s="80"/>
+      <c r="M1080" s="89"/>
+      <c r="N1080" s="81"/>
+      <c r="O1080" s="82"/>
+      <c r="P1080" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1080:G1080)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1081" s="109"/>
+      <c r="B1081" s="76"/>
+      <c r="C1081" s="76"/>
+      <c r="D1081" s="76"/>
+      <c r="E1081" s="77"/>
+      <c r="F1081" s="77"/>
+      <c r="G1081" s="77"/>
+      <c r="H1081" s="78"/>
+      <c r="I1081" s="78"/>
+      <c r="J1081" s="78"/>
+      <c r="K1081" s="79"/>
+      <c r="L1081" s="80"/>
+      <c r="M1081" s="89"/>
+      <c r="N1081" s="81"/>
+      <c r="O1081" s="82"/>
+      <c r="P1081" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1081:G1081)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1082" s="109"/>
+      <c r="B1082" s="76"/>
+      <c r="C1082" s="76"/>
+      <c r="D1082" s="76"/>
+      <c r="E1082" s="77"/>
+      <c r="F1082" s="77"/>
+      <c r="G1082" s="77"/>
+      <c r="H1082" s="78"/>
+      <c r="I1082" s="78"/>
+      <c r="J1082" s="78"/>
+      <c r="K1082" s="79"/>
+      <c r="L1082" s="80"/>
+      <c r="M1082" s="89"/>
+      <c r="N1082" s="81"/>
+      <c r="O1082" s="82"/>
+      <c r="P1082" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1082:G1082)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1083" s="109"/>
+      <c r="B1083" s="76"/>
+      <c r="C1083" s="76"/>
+      <c r="D1083" s="76"/>
+      <c r="E1083" s="77"/>
+      <c r="F1083" s="77"/>
+      <c r="G1083" s="77"/>
+      <c r="H1083" s="78"/>
+      <c r="I1083" s="78"/>
+      <c r="J1083" s="78"/>
+      <c r="K1083" s="79"/>
+      <c r="L1083" s="80"/>
+      <c r="M1083" s="89"/>
+      <c r="N1083" s="81"/>
+      <c r="O1083" s="82"/>
+      <c r="P1083" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1083:G1083)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1084" s="109"/>
+      <c r="B1084" s="76"/>
+      <c r="C1084" s="76"/>
+      <c r="D1084" s="76"/>
+      <c r="E1084" s="77"/>
+      <c r="F1084" s="77"/>
+      <c r="G1084" s="77"/>
+      <c r="H1084" s="78"/>
+      <c r="I1084" s="78"/>
+      <c r="J1084" s="78"/>
+      <c r="K1084" s="79"/>
+      <c r="L1084" s="80"/>
+      <c r="M1084" s="89"/>
+      <c r="N1084" s="81"/>
+      <c r="O1084" s="82"/>
+      <c r="P1084" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1084:G1084)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1085" s="109"/>
+      <c r="B1085" s="76"/>
+      <c r="C1085" s="76"/>
+      <c r="D1085" s="76"/>
+      <c r="E1085" s="77"/>
+      <c r="F1085" s="77"/>
+      <c r="G1085" s="77"/>
+      <c r="H1085" s="78"/>
+      <c r="I1085" s="78"/>
+      <c r="J1085" s="78"/>
+      <c r="K1085" s="79"/>
+      <c r="L1085" s="80"/>
+      <c r="M1085" s="89"/>
+      <c r="N1085" s="81"/>
+      <c r="O1085" s="82"/>
+      <c r="P1085" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1085:G1085)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1086" s="109"/>
+      <c r="B1086" s="76"/>
+      <c r="C1086" s="76"/>
+      <c r="D1086" s="76"/>
+      <c r="E1086" s="77"/>
+      <c r="F1086" s="77"/>
+      <c r="G1086" s="77"/>
+      <c r="H1086" s="78"/>
+      <c r="I1086" s="78"/>
+      <c r="J1086" s="78"/>
+      <c r="K1086" s="79"/>
+      <c r="L1086" s="80"/>
+      <c r="M1086" s="89"/>
+      <c r="N1086" s="81"/>
+      <c r="O1086" s="82"/>
+      <c r="P1086" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1086:G1086)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1087" s="109"/>
+      <c r="B1087" s="76"/>
+      <c r="C1087" s="76"/>
+      <c r="D1087" s="76"/>
+      <c r="E1087" s="77"/>
+      <c r="F1087" s="77"/>
+      <c r="G1087" s="77"/>
+      <c r="H1087" s="78"/>
+      <c r="I1087" s="78"/>
+      <c r="J1087" s="78"/>
+      <c r="K1087" s="79"/>
+      <c r="L1087" s="80"/>
+      <c r="M1087" s="89"/>
+      <c r="N1087" s="81"/>
+      <c r="O1087" s="82"/>
+      <c r="P1087" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1087:G1087)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1088" s="109"/>
+      <c r="B1088" s="76"/>
+      <c r="C1088" s="76"/>
+      <c r="D1088" s="76"/>
+      <c r="E1088" s="77"/>
+      <c r="F1088" s="77"/>
+      <c r="G1088" s="77"/>
+      <c r="H1088" s="78"/>
+      <c r="I1088" s="78"/>
+      <c r="J1088" s="78"/>
+      <c r="K1088" s="79"/>
+      <c r="L1088" s="80"/>
+      <c r="M1088" s="89"/>
+      <c r="N1088" s="81"/>
+      <c r="O1088" s="82"/>
+      <c r="P1088" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1088:G1088)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1089" s="109"/>
+      <c r="B1089" s="76"/>
+      <c r="C1089" s="76"/>
+      <c r="D1089" s="76"/>
+      <c r="E1089" s="77"/>
+      <c r="F1089" s="77"/>
+      <c r="G1089" s="77"/>
+      <c r="H1089" s="78"/>
+      <c r="I1089" s="78"/>
+      <c r="J1089" s="78"/>
+      <c r="K1089" s="79"/>
+      <c r="L1089" s="80"/>
+      <c r="M1089" s="89"/>
+      <c r="N1089" s="81"/>
+      <c r="O1089" s="82"/>
+      <c r="P1089" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1089:G1089)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1090" s="109"/>
+      <c r="B1090" s="76"/>
+      <c r="C1090" s="76"/>
+      <c r="D1090" s="76"/>
+      <c r="E1090" s="77"/>
+      <c r="F1090" s="77"/>
+      <c r="G1090" s="77"/>
+      <c r="H1090" s="78"/>
+      <c r="I1090" s="78"/>
+      <c r="J1090" s="78"/>
+      <c r="K1090" s="79"/>
+      <c r="L1090" s="80"/>
+      <c r="M1090" s="89"/>
+      <c r="N1090" s="81"/>
+      <c r="O1090" s="82"/>
+      <c r="P1090" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1090:G1090)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1091" s="109"/>
+      <c r="B1091" s="76"/>
+      <c r="C1091" s="76"/>
+      <c r="D1091" s="76"/>
+      <c r="E1091" s="77"/>
+      <c r="F1091" s="77"/>
+      <c r="G1091" s="77"/>
+      <c r="H1091" s="78"/>
+      <c r="I1091" s="78"/>
+      <c r="J1091" s="78"/>
+      <c r="K1091" s="79"/>
+      <c r="L1091" s="80"/>
+      <c r="M1091" s="89"/>
+      <c r="N1091" s="81"/>
+      <c r="O1091" s="82"/>
+      <c r="P1091" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1091:G1091)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1092" s="109"/>
+      <c r="B1092" s="76"/>
+      <c r="C1092" s="76"/>
+      <c r="D1092" s="76"/>
+      <c r="E1092" s="77"/>
+      <c r="F1092" s="77"/>
+      <c r="G1092" s="77"/>
+      <c r="H1092" s="78"/>
+      <c r="I1092" s="78"/>
+      <c r="J1092" s="78"/>
+      <c r="K1092" s="79"/>
+      <c r="L1092" s="80"/>
+      <c r="M1092" s="89"/>
+      <c r="N1092" s="81"/>
+      <c r="O1092" s="82"/>
+      <c r="P1092" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1092:G1092)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1093" s="109"/>
+      <c r="B1093" s="76"/>
+      <c r="C1093" s="76"/>
+      <c r="D1093" s="76"/>
+      <c r="E1093" s="77"/>
+      <c r="F1093" s="77"/>
+      <c r="G1093" s="77"/>
+      <c r="H1093" s="78"/>
+      <c r="I1093" s="78"/>
+      <c r="J1093" s="78"/>
+      <c r="K1093" s="79"/>
+      <c r="L1093" s="80"/>
+      <c r="M1093" s="89"/>
+      <c r="N1093" s="81"/>
+      <c r="O1093" s="82"/>
+      <c r="P1093" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1093:G1093)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1094" s="109"/>
+      <c r="B1094" s="76"/>
+      <c r="C1094" s="76"/>
+      <c r="D1094" s="76"/>
+      <c r="E1094" s="77"/>
+      <c r="F1094" s="77"/>
+      <c r="G1094" s="77"/>
+      <c r="H1094" s="78"/>
+      <c r="I1094" s="78"/>
+      <c r="J1094" s="78"/>
+      <c r="K1094" s="79"/>
+      <c r="L1094" s="80"/>
+      <c r="M1094" s="89"/>
+      <c r="N1094" s="81"/>
+      <c r="O1094" s="82"/>
+      <c r="P1094" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1094:G1094)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1095" s="109"/>
+      <c r="B1095" s="76"/>
+      <c r="C1095" s="76"/>
+      <c r="D1095" s="76"/>
+      <c r="E1095" s="77"/>
+      <c r="F1095" s="77"/>
+      <c r="G1095" s="77"/>
+      <c r="H1095" s="78"/>
+      <c r="I1095" s="78"/>
+      <c r="J1095" s="78"/>
+      <c r="K1095" s="79"/>
+      <c r="L1095" s="80"/>
+      <c r="M1095" s="89"/>
+      <c r="N1095" s="81"/>
+      <c r="O1095" s="82"/>
+      <c r="P1095" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1095:G1095)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1096" s="109"/>
+      <c r="B1096" s="76"/>
+      <c r="C1096" s="76"/>
+      <c r="D1096" s="76"/>
+      <c r="E1096" s="77"/>
+      <c r="F1096" s="77"/>
+      <c r="G1096" s="77"/>
+      <c r="H1096" s="78"/>
+      <c r="I1096" s="78"/>
+      <c r="J1096" s="78"/>
+      <c r="K1096" s="79"/>
+      <c r="L1096" s="80"/>
+      <c r="M1096" s="89"/>
+      <c r="N1096" s="81"/>
+      <c r="O1096" s="82"/>
+      <c r="P1096" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1096:G1096)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1097" s="109"/>
+      <c r="B1097" s="76"/>
+      <c r="C1097" s="76"/>
+      <c r="D1097" s="76"/>
+      <c r="E1097" s="77"/>
+      <c r="F1097" s="77"/>
+      <c r="G1097" s="77"/>
+      <c r="H1097" s="78"/>
+      <c r="I1097" s="78"/>
+      <c r="J1097" s="78"/>
+      <c r="K1097" s="79"/>
+      <c r="L1097" s="80"/>
+      <c r="M1097" s="89"/>
+      <c r="N1097" s="81"/>
+      <c r="O1097" s="82"/>
+      <c r="P1097" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1097:G1097)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1098" s="109"/>
+      <c r="B1098" s="76"/>
+      <c r="C1098" s="76"/>
+      <c r="D1098" s="76"/>
+      <c r="E1098" s="77"/>
+      <c r="F1098" s="77"/>
+      <c r="G1098" s="77"/>
+      <c r="H1098" s="78"/>
+      <c r="I1098" s="78"/>
+      <c r="J1098" s="78"/>
+      <c r="K1098" s="79"/>
+      <c r="L1098" s="80"/>
+      <c r="M1098" s="89"/>
+      <c r="N1098" s="81"/>
+      <c r="O1098" s="82"/>
+      <c r="P1098" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1098:G1098)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1099" s="109"/>
+      <c r="B1099" s="76"/>
+      <c r="C1099" s="76"/>
+      <c r="D1099" s="76"/>
+      <c r="E1099" s="77"/>
+      <c r="F1099" s="77"/>
+      <c r="G1099" s="77"/>
+      <c r="H1099" s="78"/>
+      <c r="I1099" s="78"/>
+      <c r="J1099" s="78"/>
+      <c r="K1099" s="79"/>
+      <c r="L1099" s="80"/>
+      <c r="M1099" s="89"/>
+      <c r="N1099" s="81"/>
+      <c r="O1099" s="82"/>
+      <c r="P1099" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1099:G1099)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1100" s="109"/>
+      <c r="B1100" s="76"/>
+      <c r="C1100" s="76"/>
+      <c r="D1100" s="76"/>
+      <c r="E1100" s="77"/>
+      <c r="F1100" s="77"/>
+      <c r="G1100" s="77"/>
+      <c r="H1100" s="78"/>
+      <c r="I1100" s="78"/>
+      <c r="J1100" s="78"/>
+      <c r="K1100" s="79"/>
+      <c r="L1100" s="80"/>
+      <c r="M1100" s="89"/>
+      <c r="N1100" s="81"/>
+      <c r="O1100" s="82"/>
+      <c r="P1100" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1100:G1100)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1101" s="109"/>
+      <c r="B1101" s="76"/>
+      <c r="C1101" s="76"/>
+      <c r="D1101" s="76"/>
+      <c r="E1101" s="77"/>
+      <c r="F1101" s="77"/>
+      <c r="G1101" s="77"/>
+      <c r="H1101" s="78"/>
+      <c r="I1101" s="78"/>
+      <c r="J1101" s="78"/>
+      <c r="K1101" s="79"/>
+      <c r="L1101" s="80"/>
+      <c r="M1101" s="89"/>
+      <c r="N1101" s="81"/>
+      <c r="O1101" s="82"/>
+      <c r="P1101" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1101:G1101)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1102" s="109"/>
+      <c r="B1102" s="76"/>
+      <c r="C1102" s="76"/>
+      <c r="D1102" s="76"/>
+      <c r="E1102" s="77"/>
+      <c r="F1102" s="77"/>
+      <c r="G1102" s="77"/>
+      <c r="H1102" s="78"/>
+      <c r="I1102" s="78"/>
+      <c r="J1102" s="78"/>
+      <c r="K1102" s="79"/>
+      <c r="L1102" s="80"/>
+      <c r="M1102" s="89"/>
+      <c r="N1102" s="81"/>
+      <c r="O1102" s="82"/>
+      <c r="P1102" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1102:G1102)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1103" s="109"/>
+      <c r="B1103" s="76"/>
+      <c r="C1103" s="76"/>
+      <c r="D1103" s="76"/>
+      <c r="E1103" s="77"/>
+      <c r="F1103" s="77"/>
+      <c r="G1103" s="77"/>
+      <c r="H1103" s="78"/>
+      <c r="I1103" s="78"/>
+      <c r="J1103" s="78"/>
+      <c r="K1103" s="79"/>
+      <c r="L1103" s="80"/>
+      <c r="M1103" s="89"/>
+      <c r="N1103" s="81"/>
+      <c r="O1103" s="82"/>
+      <c r="P1103" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1103:G1103)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1104" s="109"/>
+      <c r="B1104" s="76"/>
+      <c r="C1104" s="76"/>
+      <c r="D1104" s="76"/>
+      <c r="E1104" s="77"/>
+      <c r="F1104" s="77"/>
+      <c r="G1104" s="77"/>
+      <c r="H1104" s="78"/>
+      <c r="I1104" s="78"/>
+      <c r="J1104" s="78"/>
+      <c r="K1104" s="79"/>
+      <c r="L1104" s="80"/>
+      <c r="M1104" s="89"/>
+      <c r="N1104" s="81"/>
+      <c r="O1104" s="82"/>
+      <c r="P1104" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1104:G1104)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1105" s="109"/>
+      <c r="B1105" s="76"/>
+      <c r="C1105" s="76"/>
+      <c r="D1105" s="76"/>
+      <c r="E1105" s="77"/>
+      <c r="F1105" s="77"/>
+      <c r="G1105" s="77"/>
+      <c r="H1105" s="78"/>
+      <c r="I1105" s="78"/>
+      <c r="J1105" s="78"/>
+      <c r="K1105" s="79"/>
+      <c r="L1105" s="80"/>
+      <c r="M1105" s="89"/>
+      <c r="N1105" s="81"/>
+      <c r="O1105" s="82"/>
+      <c r="P1105" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1105:G1105)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1106" s="109"/>
+      <c r="B1106" s="76"/>
+      <c r="C1106" s="76"/>
+      <c r="D1106" s="76"/>
+      <c r="E1106" s="77"/>
+      <c r="F1106" s="77"/>
+      <c r="G1106" s="77"/>
+      <c r="H1106" s="78"/>
+      <c r="I1106" s="78"/>
+      <c r="J1106" s="78"/>
+      <c r="K1106" s="79"/>
+      <c r="L1106" s="80"/>
+      <c r="M1106" s="89"/>
+      <c r="N1106" s="81"/>
+      <c r="O1106" s="82"/>
+      <c r="P1106" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1106:G1106)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1107" s="109"/>
+      <c r="B1107" s="76"/>
+      <c r="C1107" s="76"/>
+      <c r="D1107" s="76"/>
+      <c r="E1107" s="77"/>
+      <c r="F1107" s="77"/>
+      <c r="G1107" s="77"/>
+      <c r="H1107" s="78"/>
+      <c r="I1107" s="78"/>
+      <c r="J1107" s="78"/>
+      <c r="K1107" s="79"/>
+      <c r="L1107" s="80"/>
+      <c r="M1107" s="89"/>
+      <c r="N1107" s="81"/>
+      <c r="O1107" s="82"/>
+      <c r="P1107" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1107:G1107)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1108" s="109"/>
+      <c r="B1108" s="76"/>
+      <c r="C1108" s="76"/>
+      <c r="D1108" s="76"/>
+      <c r="E1108" s="77"/>
+      <c r="F1108" s="77"/>
+      <c r="G1108" s="77"/>
+      <c r="H1108" s="78"/>
+      <c r="I1108" s="78"/>
+      <c r="J1108" s="78"/>
+      <c r="K1108" s="79"/>
+      <c r="L1108" s="80"/>
+      <c r="M1108" s="89"/>
+      <c r="N1108" s="81"/>
+      <c r="O1108" s="82"/>
+      <c r="P1108" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1108:G1108)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1109" s="109"/>
+      <c r="B1109" s="76"/>
+      <c r="C1109" s="76"/>
+      <c r="D1109" s="76"/>
+      <c r="E1109" s="77"/>
+      <c r="F1109" s="77"/>
+      <c r="G1109" s="77"/>
+      <c r="H1109" s="78"/>
+      <c r="I1109" s="78"/>
+      <c r="J1109" s="78"/>
+      <c r="K1109" s="79"/>
+      <c r="L1109" s="80"/>
+      <c r="M1109" s="89"/>
+      <c r="N1109" s="81"/>
+      <c r="O1109" s="82"/>
+      <c r="P1109" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1109:G1109)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1110" s="109"/>
+      <c r="B1110" s="76"/>
+      <c r="C1110" s="76"/>
+      <c r="D1110" s="76"/>
+      <c r="E1110" s="77"/>
+      <c r="F1110" s="77"/>
+      <c r="G1110" s="77"/>
+      <c r="H1110" s="78"/>
+      <c r="I1110" s="78"/>
+      <c r="J1110" s="78"/>
+      <c r="K1110" s="79"/>
+      <c r="L1110" s="80"/>
+      <c r="M1110" s="89"/>
+      <c r="N1110" s="81"/>
+      <c r="O1110" s="82"/>
+      <c r="P1110" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1110:G1110)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1111" s="109"/>
+      <c r="B1111" s="76"/>
+      <c r="C1111" s="76"/>
+      <c r="D1111" s="76"/>
+      <c r="E1111" s="77"/>
+      <c r="F1111" s="77"/>
+      <c r="G1111" s="77"/>
+      <c r="H1111" s="78"/>
+      <c r="I1111" s="78"/>
+      <c r="J1111" s="78"/>
+      <c r="K1111" s="79"/>
+      <c r="L1111" s="80"/>
+      <c r="M1111" s="89"/>
+      <c r="N1111" s="81"/>
+      <c r="O1111" s="82"/>
+      <c r="P1111" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1111:G1111)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1112" s="109"/>
+      <c r="B1112" s="76"/>
+      <c r="C1112" s="76"/>
+      <c r="D1112" s="76"/>
+      <c r="E1112" s="77"/>
+      <c r="F1112" s="77"/>
+      <c r="G1112" s="77"/>
+      <c r="H1112" s="78"/>
+      <c r="I1112" s="78"/>
+      <c r="J1112" s="78"/>
+      <c r="K1112" s="79"/>
+      <c r="L1112" s="80"/>
+      <c r="M1112" s="89"/>
+      <c r="N1112" s="81"/>
+      <c r="O1112" s="82"/>
+      <c r="P1112" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1112:G1112)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1113" s="109"/>
+      <c r="B1113" s="76"/>
+      <c r="C1113" s="76"/>
+      <c r="D1113" s="76"/>
+      <c r="E1113" s="77"/>
+      <c r="F1113" s="77"/>
+      <c r="G1113" s="77"/>
+      <c r="H1113" s="78"/>
+      <c r="I1113" s="78"/>
+      <c r="J1113" s="78"/>
+      <c r="K1113" s="79"/>
+      <c r="L1113" s="80"/>
+      <c r="M1113" s="89"/>
+      <c r="N1113" s="81"/>
+      <c r="O1113" s="82"/>
+      <c r="P1113" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1113:G1113)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1114" s="109"/>
+      <c r="B1114" s="76"/>
+      <c r="C1114" s="76"/>
+      <c r="D1114" s="76"/>
+      <c r="E1114" s="77"/>
+      <c r="F1114" s="77"/>
+      <c r="G1114" s="77"/>
+      <c r="H1114" s="78"/>
+      <c r="I1114" s="78"/>
+      <c r="J1114" s="78"/>
+      <c r="K1114" s="79"/>
+      <c r="L1114" s="80"/>
+      <c r="M1114" s="89"/>
+      <c r="N1114" s="81"/>
+      <c r="O1114" s="82"/>
+      <c r="P1114" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1114:G1114)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1115" s="109"/>
+      <c r="B1115" s="76"/>
+      <c r="C1115" s="76"/>
+      <c r="D1115" s="76"/>
+      <c r="E1115" s="77"/>
+      <c r="F1115" s="77"/>
+      <c r="G1115" s="77"/>
+      <c r="H1115" s="78"/>
+      <c r="I1115" s="78"/>
+      <c r="J1115" s="78"/>
+      <c r="K1115" s="79"/>
+      <c r="L1115" s="80"/>
+      <c r="M1115" s="89"/>
+      <c r="N1115" s="81"/>
+      <c r="O1115" s="82"/>
+      <c r="P1115" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1115:G1115)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1116" s="109"/>
+      <c r="B1116" s="76"/>
+      <c r="C1116" s="76"/>
+      <c r="D1116" s="76"/>
+      <c r="E1116" s="77"/>
+      <c r="F1116" s="77"/>
+      <c r="G1116" s="77"/>
+      <c r="H1116" s="78"/>
+      <c r="I1116" s="78"/>
+      <c r="J1116" s="78"/>
+      <c r="K1116" s="79"/>
+      <c r="L1116" s="80"/>
+      <c r="M1116" s="89"/>
+      <c r="N1116" s="81"/>
+      <c r="O1116" s="82"/>
+      <c r="P1116" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1116:G1116)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1117" s="109"/>
+      <c r="B1117" s="76"/>
+      <c r="C1117" s="76"/>
+      <c r="D1117" s="76"/>
+      <c r="E1117" s="77"/>
+      <c r="F1117" s="77"/>
+      <c r="G1117" s="77"/>
+      <c r="H1117" s="78"/>
+      <c r="I1117" s="78"/>
+      <c r="J1117" s="78"/>
+      <c r="K1117" s="79"/>
+      <c r="L1117" s="80"/>
+      <c r="M1117" s="89"/>
+      <c r="N1117" s="81"/>
+      <c r="O1117" s="82"/>
+      <c r="P1117" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1117:G1117)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1118" s="109"/>
+      <c r="B1118" s="76"/>
+      <c r="C1118" s="76"/>
+      <c r="D1118" s="76"/>
+      <c r="E1118" s="77"/>
+      <c r="F1118" s="77"/>
+      <c r="G1118" s="77"/>
+      <c r="H1118" s="78"/>
+      <c r="I1118" s="78"/>
+      <c r="J1118" s="78"/>
+      <c r="K1118" s="79"/>
+      <c r="L1118" s="80"/>
+      <c r="M1118" s="89"/>
+      <c r="N1118" s="81"/>
+      <c r="O1118" s="82"/>
+      <c r="P1118" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1118:G1118)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1119" s="109"/>
+      <c r="B1119" s="76"/>
+      <c r="C1119" s="76"/>
+      <c r="D1119" s="76"/>
+      <c r="E1119" s="77"/>
+      <c r="F1119" s="77"/>
+      <c r="G1119" s="77"/>
+      <c r="H1119" s="78"/>
+      <c r="I1119" s="78"/>
+      <c r="J1119" s="78"/>
+      <c r="K1119" s="79"/>
+      <c r="L1119" s="80"/>
+      <c r="M1119" s="89"/>
+      <c r="N1119" s="81"/>
+      <c r="O1119" s="82"/>
+      <c r="P1119" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1119:G1119)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1120" s="109"/>
+      <c r="B1120" s="76"/>
+      <c r="C1120" s="76"/>
+      <c r="D1120" s="76"/>
+      <c r="E1120" s="77"/>
+      <c r="F1120" s="77"/>
+      <c r="G1120" s="77"/>
+      <c r="H1120" s="78"/>
+      <c r="I1120" s="78"/>
+      <c r="J1120" s="78"/>
+      <c r="K1120" s="79"/>
+      <c r="L1120" s="80"/>
+      <c r="M1120" s="89"/>
+      <c r="N1120" s="81"/>
+      <c r="O1120" s="82"/>
+      <c r="P1120" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1120:G1120)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1121" s="109"/>
+      <c r="B1121" s="76"/>
+      <c r="C1121" s="76"/>
+      <c r="D1121" s="76"/>
+      <c r="E1121" s="77"/>
+      <c r="F1121" s="77"/>
+      <c r="G1121" s="77"/>
+      <c r="H1121" s="78"/>
+      <c r="I1121" s="78"/>
+      <c r="J1121" s="78"/>
+      <c r="K1121" s="79"/>
+      <c r="L1121" s="80"/>
+      <c r="M1121" s="89"/>
+      <c r="N1121" s="81"/>
+      <c r="O1121" s="82"/>
+      <c r="P1121" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1121:G1121)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1122" s="109"/>
+      <c r="B1122" s="76"/>
+      <c r="C1122" s="76"/>
+      <c r="D1122" s="76"/>
+      <c r="E1122" s="77"/>
+      <c r="F1122" s="77"/>
+      <c r="G1122" s="77"/>
+      <c r="H1122" s="78"/>
+      <c r="I1122" s="78"/>
+      <c r="J1122" s="78"/>
+      <c r="K1122" s="79"/>
+      <c r="L1122" s="80"/>
+      <c r="M1122" s="89"/>
+      <c r="N1122" s="81"/>
+      <c r="O1122" s="82"/>
+      <c r="P1122" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1122:G1122)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1123" s="109"/>
+      <c r="B1123" s="76"/>
+      <c r="C1123" s="76"/>
+      <c r="D1123" s="76"/>
+      <c r="E1123" s="77"/>
+      <c r="F1123" s="77"/>
+      <c r="G1123" s="77"/>
+      <c r="H1123" s="78"/>
+      <c r="I1123" s="78"/>
+      <c r="J1123" s="78"/>
+      <c r="K1123" s="79"/>
+      <c r="L1123" s="80"/>
+      <c r="M1123" s="89"/>
+      <c r="N1123" s="81"/>
+      <c r="O1123" s="82"/>
+      <c r="P1123" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1123:G1123)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1124" s="109"/>
+      <c r="B1124" s="76"/>
+      <c r="C1124" s="76"/>
+      <c r="D1124" s="76"/>
+      <c r="E1124" s="77"/>
+      <c r="F1124" s="77"/>
+      <c r="G1124" s="77"/>
+      <c r="H1124" s="78"/>
+      <c r="I1124" s="78"/>
+      <c r="J1124" s="78"/>
+      <c r="K1124" s="79"/>
+      <c r="L1124" s="80"/>
+      <c r="M1124" s="89"/>
+      <c r="N1124" s="81"/>
+      <c r="O1124" s="82"/>
+      <c r="P1124" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1124:G1124)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1125" s="109"/>
+      <c r="B1125" s="76"/>
+      <c r="C1125" s="76"/>
+      <c r="D1125" s="76"/>
+      <c r="E1125" s="77"/>
+      <c r="F1125" s="77"/>
+      <c r="G1125" s="77"/>
+      <c r="H1125" s="78"/>
+      <c r="I1125" s="78"/>
+      <c r="J1125" s="78"/>
+      <c r="K1125" s="79"/>
+      <c r="L1125" s="80"/>
+      <c r="M1125" s="89"/>
+      <c r="N1125" s="81"/>
+      <c r="O1125" s="82"/>
+      <c r="P1125" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1125:G1125)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1126" s="109"/>
+      <c r="B1126" s="76"/>
+      <c r="C1126" s="76"/>
+      <c r="D1126" s="76"/>
+      <c r="E1126" s="77"/>
+      <c r="F1126" s="77"/>
+      <c r="G1126" s="77"/>
+      <c r="H1126" s="78"/>
+      <c r="I1126" s="78"/>
+      <c r="J1126" s="78"/>
+      <c r="K1126" s="79"/>
+      <c r="L1126" s="80"/>
+      <c r="M1126" s="89"/>
+      <c r="N1126" s="81"/>
+      <c r="O1126" s="82"/>
+      <c r="P1126" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1126:G1126)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1127" s="109"/>
+      <c r="B1127" s="76"/>
+      <c r="C1127" s="76"/>
+      <c r="D1127" s="76"/>
+      <c r="E1127" s="77"/>
+      <c r="F1127" s="77"/>
+      <c r="G1127" s="77"/>
+      <c r="H1127" s="78"/>
+      <c r="I1127" s="78"/>
+      <c r="J1127" s="78"/>
+      <c r="K1127" s="79"/>
+      <c r="L1127" s="80"/>
+      <c r="M1127" s="89"/>
+      <c r="N1127" s="81"/>
+      <c r="O1127" s="82"/>
+      <c r="P1127" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1127:G1127)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1128" s="109"/>
+      <c r="B1128" s="76"/>
+      <c r="C1128" s="76"/>
+      <c r="D1128" s="76"/>
+      <c r="E1128" s="77"/>
+      <c r="F1128" s="77"/>
+      <c r="G1128" s="77"/>
+      <c r="H1128" s="78"/>
+      <c r="I1128" s="78"/>
+      <c r="J1128" s="78"/>
+      <c r="K1128" s="79"/>
+      <c r="L1128" s="80"/>
+      <c r="M1128" s="89"/>
+      <c r="N1128" s="81"/>
+      <c r="O1128" s="82"/>
+      <c r="P1128" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1128:G1128)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1129" s="109"/>
+      <c r="B1129" s="76"/>
+      <c r="C1129" s="76"/>
+      <c r="D1129" s="76"/>
+      <c r="E1129" s="77"/>
+      <c r="F1129" s="77"/>
+      <c r="G1129" s="77"/>
+      <c r="H1129" s="78"/>
+      <c r="I1129" s="78"/>
+      <c r="J1129" s="78"/>
+      <c r="K1129" s="79"/>
+      <c r="L1129" s="80"/>
+      <c r="M1129" s="89"/>
+      <c r="N1129" s="81"/>
+      <c r="O1129" s="82"/>
+      <c r="P1129" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1129:G1129)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1130" s="109"/>
+      <c r="B1130" s="76"/>
+      <c r="C1130" s="76"/>
+      <c r="D1130" s="76"/>
+      <c r="E1130" s="77"/>
+      <c r="F1130" s="77"/>
+      <c r="G1130" s="77"/>
+      <c r="H1130" s="78"/>
+      <c r="I1130" s="78"/>
+      <c r="J1130" s="78"/>
+      <c r="K1130" s="79"/>
+      <c r="L1130" s="80"/>
+      <c r="M1130" s="89"/>
+      <c r="N1130" s="81"/>
+      <c r="O1130" s="82"/>
+      <c r="P1130" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1130:G1130)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1131" s="109"/>
+      <c r="B1131" s="76"/>
+      <c r="C1131" s="76"/>
+      <c r="D1131" s="76"/>
+      <c r="E1131" s="77"/>
+      <c r="F1131" s="77"/>
+      <c r="G1131" s="77"/>
+      <c r="H1131" s="78"/>
+      <c r="I1131" s="78"/>
+      <c r="J1131" s="78"/>
+      <c r="K1131" s="79"/>
+      <c r="L1131" s="80"/>
+      <c r="M1131" s="89"/>
+      <c r="N1131" s="81"/>
+      <c r="O1131" s="82"/>
+      <c r="P1131" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1131:G1131)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1132" s="109"/>
+      <c r="B1132" s="76"/>
+      <c r="C1132" s="76"/>
+      <c r="D1132" s="76"/>
+      <c r="E1132" s="77"/>
+      <c r="F1132" s="77"/>
+      <c r="G1132" s="77"/>
+      <c r="H1132" s="78"/>
+      <c r="I1132" s="78"/>
+      <c r="J1132" s="78"/>
+      <c r="K1132" s="79"/>
+      <c r="L1132" s="80"/>
+      <c r="M1132" s="89"/>
+      <c r="N1132" s="81"/>
+      <c r="O1132" s="82"/>
+      <c r="P1132" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1132:G1132)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1133" s="109"/>
+      <c r="B1133" s="76"/>
+      <c r="C1133" s="76"/>
+      <c r="D1133" s="76"/>
+      <c r="E1133" s="77"/>
+      <c r="F1133" s="77"/>
+      <c r="G1133" s="77"/>
+      <c r="H1133" s="78"/>
+      <c r="I1133" s="78"/>
+      <c r="J1133" s="78"/>
+      <c r="K1133" s="79"/>
+      <c r="L1133" s="80"/>
+      <c r="M1133" s="89"/>
+      <c r="N1133" s="81"/>
+      <c r="O1133" s="82"/>
+      <c r="P1133" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1133:G1133)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1134" s="109"/>
+      <c r="B1134" s="76"/>
+      <c r="C1134" s="76"/>
+      <c r="D1134" s="76"/>
+      <c r="E1134" s="77"/>
+      <c r="F1134" s="77"/>
+      <c r="G1134" s="77"/>
+      <c r="H1134" s="78"/>
+      <c r="I1134" s="78"/>
+      <c r="J1134" s="78"/>
+      <c r="K1134" s="79"/>
+      <c r="L1134" s="80"/>
+      <c r="M1134" s="89"/>
+      <c r="N1134" s="81"/>
+      <c r="O1134" s="82"/>
+      <c r="P1134" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1134:G1134)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1135" s="109"/>
+      <c r="B1135" s="76"/>
+      <c r="C1135" s="76"/>
+      <c r="D1135" s="76"/>
+      <c r="E1135" s="77"/>
+      <c r="F1135" s="77"/>
+      <c r="G1135" s="77"/>
+      <c r="H1135" s="78"/>
+      <c r="I1135" s="78"/>
+      <c r="J1135" s="78"/>
+      <c r="K1135" s="79"/>
+      <c r="L1135" s="80"/>
+      <c r="M1135" s="89"/>
+      <c r="N1135" s="81"/>
+      <c r="O1135" s="82"/>
+      <c r="P1135" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1135:G1135)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1136" s="109"/>
+      <c r="B1136" s="76"/>
+      <c r="C1136" s="76"/>
+      <c r="D1136" s="76"/>
+      <c r="E1136" s="77"/>
+      <c r="F1136" s="77"/>
+      <c r="G1136" s="77"/>
+      <c r="H1136" s="78"/>
+      <c r="I1136" s="78"/>
+      <c r="J1136" s="78"/>
+      <c r="K1136" s="79"/>
+      <c r="L1136" s="80"/>
+      <c r="M1136" s="89"/>
+      <c r="N1136" s="81"/>
+      <c r="O1136" s="82"/>
+      <c r="P1136" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1136:G1136)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1137" s="109"/>
+      <c r="B1137" s="76"/>
+      <c r="C1137" s="76"/>
+      <c r="D1137" s="76"/>
+      <c r="E1137" s="77"/>
+      <c r="F1137" s="77"/>
+      <c r="G1137" s="77"/>
+      <c r="H1137" s="78"/>
+      <c r="I1137" s="78"/>
+      <c r="J1137" s="78"/>
+      <c r="K1137" s="79"/>
+      <c r="L1137" s="80"/>
+      <c r="M1137" s="89"/>
+      <c r="N1137" s="81"/>
+      <c r="O1137" s="82"/>
+      <c r="P1137" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1137:G1137)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1138" s="109"/>
+      <c r="B1138" s="76"/>
+      <c r="C1138" s="76"/>
+      <c r="D1138" s="76"/>
+      <c r="E1138" s="77"/>
+      <c r="F1138" s="77"/>
+      <c r="G1138" s="77"/>
+      <c r="H1138" s="78"/>
+      <c r="I1138" s="78"/>
+      <c r="J1138" s="78"/>
+      <c r="K1138" s="79"/>
+      <c r="L1138" s="80"/>
+      <c r="M1138" s="89"/>
+      <c r="N1138" s="81"/>
+      <c r="O1138" s="82"/>
+      <c r="P1138" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1138:G1138)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1139" s="109"/>
+      <c r="B1139" s="76"/>
+      <c r="C1139" s="76"/>
+      <c r="D1139" s="76"/>
+      <c r="E1139" s="77"/>
+      <c r="F1139" s="77"/>
+      <c r="G1139" s="77"/>
+      <c r="H1139" s="78"/>
+      <c r="I1139" s="78"/>
+      <c r="J1139" s="78"/>
+      <c r="K1139" s="79"/>
+      <c r="L1139" s="80"/>
+      <c r="M1139" s="89"/>
+      <c r="N1139" s="81"/>
+      <c r="O1139" s="82"/>
+      <c r="P1139" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1139:G1139)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1140" s="109"/>
+      <c r="B1140" s="76"/>
+      <c r="C1140" s="76"/>
+      <c r="D1140" s="76"/>
+      <c r="E1140" s="77"/>
+      <c r="F1140" s="77"/>
+      <c r="G1140" s="77"/>
+      <c r="H1140" s="78"/>
+      <c r="I1140" s="78"/>
+      <c r="J1140" s="78"/>
+      <c r="K1140" s="79"/>
+      <c r="L1140" s="80"/>
+      <c r="M1140" s="89"/>
+      <c r="N1140" s="81"/>
+      <c r="O1140" s="82"/>
+      <c r="P1140" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1140:G1140)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1141" s="109"/>
+      <c r="B1141" s="76"/>
+      <c r="C1141" s="76"/>
+      <c r="D1141" s="76"/>
+      <c r="E1141" s="77"/>
+      <c r="F1141" s="77"/>
+      <c r="G1141" s="77"/>
+      <c r="H1141" s="78"/>
+      <c r="I1141" s="78"/>
+      <c r="J1141" s="78"/>
+      <c r="K1141" s="79"/>
+      <c r="L1141" s="80"/>
+      <c r="M1141" s="89"/>
+      <c r="N1141" s="81"/>
+      <c r="O1141" s="82"/>
+      <c r="P1141" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1141:G1141)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1142" s="109"/>
+      <c r="B1142" s="76"/>
+      <c r="C1142" s="76"/>
+      <c r="D1142" s="76"/>
+      <c r="E1142" s="77"/>
+      <c r="F1142" s="77"/>
+      <c r="G1142" s="77"/>
+      <c r="H1142" s="78"/>
+      <c r="I1142" s="78"/>
+      <c r="J1142" s="78"/>
+      <c r="K1142" s="79"/>
+      <c r="L1142" s="80"/>
+      <c r="M1142" s="89"/>
+      <c r="N1142" s="81"/>
+      <c r="O1142" s="82"/>
+      <c r="P1142" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1142:G1142)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1143" s="109"/>
+      <c r="B1143" s="76"/>
+      <c r="C1143" s="76"/>
+      <c r="D1143" s="76"/>
+      <c r="E1143" s="77"/>
+      <c r="F1143" s="77"/>
+      <c r="G1143" s="77"/>
+      <c r="H1143" s="78"/>
+      <c r="I1143" s="78"/>
+      <c r="J1143" s="78"/>
+      <c r="K1143" s="79"/>
+      <c r="L1143" s="80"/>
+      <c r="M1143" s="89"/>
+      <c r="N1143" s="81"/>
+      <c r="O1143" s="82"/>
+      <c r="P1143" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1143:G1143)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1144" s="109"/>
+      <c r="B1144" s="76"/>
+      <c r="C1144" s="76"/>
+      <c r="D1144" s="76"/>
+      <c r="E1144" s="77"/>
+      <c r="F1144" s="77"/>
+      <c r="G1144" s="77"/>
+      <c r="H1144" s="78"/>
+      <c r="I1144" s="78"/>
+      <c r="J1144" s="78"/>
+      <c r="K1144" s="79"/>
+      <c r="L1144" s="80"/>
+      <c r="M1144" s="89"/>
+      <c r="N1144" s="81"/>
+      <c r="O1144" s="82"/>
+      <c r="P1144" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1144:G1144)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1145" s="109"/>
+      <c r="B1145" s="76"/>
+      <c r="C1145" s="76"/>
+      <c r="D1145" s="76"/>
+      <c r="E1145" s="77"/>
+      <c r="F1145" s="77"/>
+      <c r="G1145" s="77"/>
+      <c r="H1145" s="78"/>
+      <c r="I1145" s="78"/>
+      <c r="J1145" s="78"/>
+      <c r="K1145" s="79"/>
+      <c r="L1145" s="80"/>
+      <c r="M1145" s="89"/>
+      <c r="N1145" s="81"/>
+      <c r="O1145" s="82"/>
+      <c r="P1145" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1145:G1145)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1146" s="109"/>
+      <c r="B1146" s="76"/>
+      <c r="C1146" s="76"/>
+      <c r="D1146" s="76"/>
+      <c r="E1146" s="77"/>
+      <c r="F1146" s="77"/>
+      <c r="G1146" s="77"/>
+      <c r="H1146" s="78"/>
+      <c r="I1146" s="78"/>
+      <c r="J1146" s="78"/>
+      <c r="K1146" s="79"/>
+      <c r="L1146" s="80"/>
+      <c r="M1146" s="89"/>
+      <c r="N1146" s="81"/>
+      <c r="O1146" s="82"/>
+      <c r="P1146" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1146:G1146)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1147" s="109"/>
+      <c r="B1147" s="76"/>
+      <c r="C1147" s="76"/>
+      <c r="D1147" s="76"/>
+      <c r="E1147" s="77"/>
+      <c r="F1147" s="77"/>
+      <c r="G1147" s="77"/>
+      <c r="H1147" s="78"/>
+      <c r="I1147" s="78"/>
+      <c r="J1147" s="78"/>
+      <c r="K1147" s="79"/>
+      <c r="L1147" s="80"/>
+      <c r="M1147" s="89"/>
+      <c r="N1147" s="81"/>
+      <c r="O1147" s="82"/>
+      <c r="P1147" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1147:G1147)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1148" s="109"/>
+      <c r="B1148" s="76"/>
+      <c r="C1148" s="76"/>
+      <c r="D1148" s="76"/>
+      <c r="E1148" s="77"/>
+      <c r="F1148" s="77"/>
+      <c r="G1148" s="77"/>
+      <c r="H1148" s="78"/>
+      <c r="I1148" s="78"/>
+      <c r="J1148" s="78"/>
+      <c r="K1148" s="79"/>
+      <c r="L1148" s="80"/>
+      <c r="M1148" s="89"/>
+      <c r="N1148" s="81"/>
+      <c r="O1148" s="82"/>
+      <c r="P1148" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1148:G1148)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1149" s="109"/>
+      <c r="B1149" s="76"/>
+      <c r="C1149" s="76"/>
+      <c r="D1149" s="76"/>
+      <c r="E1149" s="77"/>
+      <c r="F1149" s="77"/>
+      <c r="G1149" s="77"/>
+      <c r="H1149" s="78"/>
+      <c r="I1149" s="78"/>
+      <c r="J1149" s="78"/>
+      <c r="K1149" s="79"/>
+      <c r="L1149" s="80"/>
+      <c r="M1149" s="89"/>
+      <c r="N1149" s="81"/>
+      <c r="O1149" s="82"/>
+      <c r="P1149" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1149:G1149)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1150" s="109"/>
+      <c r="B1150" s="76"/>
+      <c r="C1150" s="76"/>
+      <c r="D1150" s="76"/>
+      <c r="E1150" s="77"/>
+      <c r="F1150" s="77"/>
+      <c r="G1150" s="77"/>
+      <c r="H1150" s="78"/>
+      <c r="I1150" s="78"/>
+      <c r="J1150" s="78"/>
+      <c r="K1150" s="79"/>
+      <c r="L1150" s="80"/>
+      <c r="M1150" s="89"/>
+      <c r="N1150" s="81"/>
+      <c r="O1150" s="82"/>
+      <c r="P1150" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1150:G1150)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1151" s="109"/>
+      <c r="B1151" s="76"/>
+      <c r="C1151" s="76"/>
+      <c r="D1151" s="76"/>
+      <c r="E1151" s="77"/>
+      <c r="F1151" s="77"/>
+      <c r="G1151" s="77"/>
+      <c r="H1151" s="78"/>
+      <c r="I1151" s="78"/>
+      <c r="J1151" s="78"/>
+      <c r="K1151" s="79"/>
+      <c r="L1151" s="80"/>
+      <c r="M1151" s="89"/>
+      <c r="N1151" s="81"/>
+      <c r="O1151" s="82"/>
+      <c r="P1151" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1151:G1151)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1152" s="109"/>
+      <c r="B1152" s="76"/>
+      <c r="C1152" s="76"/>
+      <c r="D1152" s="76"/>
+      <c r="E1152" s="77"/>
+      <c r="F1152" s="77"/>
+      <c r="G1152" s="77"/>
+      <c r="H1152" s="78"/>
+      <c r="I1152" s="78"/>
+      <c r="J1152" s="78"/>
+      <c r="K1152" s="79"/>
+      <c r="L1152" s="80"/>
+      <c r="M1152" s="89"/>
+      <c r="N1152" s="81"/>
+      <c r="O1152" s="82"/>
+      <c r="P1152" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1152:G1152)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1153" s="109"/>
+      <c r="B1153" s="76"/>
+      <c r="C1153" s="76"/>
+      <c r="D1153" s="76"/>
+      <c r="E1153" s="77"/>
+      <c r="F1153" s="77"/>
+      <c r="G1153" s="77"/>
+      <c r="H1153" s="78"/>
+      <c r="I1153" s="78"/>
+      <c r="J1153" s="78"/>
+      <c r="K1153" s="79"/>
+      <c r="L1153" s="80"/>
+      <c r="M1153" s="89"/>
+      <c r="N1153" s="81"/>
+      <c r="O1153" s="82"/>
+      <c r="P1153" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1153:G1153)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1154" s="109"/>
+      <c r="B1154" s="76"/>
+      <c r="C1154" s="76"/>
+      <c r="D1154" s="76"/>
+      <c r="E1154" s="77"/>
+      <c r="F1154" s="77"/>
+      <c r="G1154" s="77"/>
+      <c r="H1154" s="78"/>
+      <c r="I1154" s="78"/>
+      <c r="J1154" s="78"/>
+      <c r="K1154" s="79"/>
+      <c r="L1154" s="80"/>
+      <c r="M1154" s="89"/>
+      <c r="N1154" s="81"/>
+      <c r="O1154" s="82"/>
+      <c r="P1154" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1154:G1154)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1155" s="109"/>
+      <c r="B1155" s="76"/>
+      <c r="C1155" s="76"/>
+      <c r="D1155" s="76"/>
+      <c r="E1155" s="77"/>
+      <c r="F1155" s="77"/>
+      <c r="G1155" s="77"/>
+      <c r="H1155" s="78"/>
+      <c r="I1155" s="78"/>
+      <c r="J1155" s="78"/>
+      <c r="K1155" s="79"/>
+      <c r="L1155" s="80"/>
+      <c r="M1155" s="89"/>
+      <c r="N1155" s="81"/>
+      <c r="O1155" s="82"/>
+      <c r="P1155" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1155:G1155)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1156" s="109"/>
+      <c r="B1156" s="76"/>
+      <c r="C1156" s="76"/>
+      <c r="D1156" s="76"/>
+      <c r="E1156" s="77"/>
+      <c r="F1156" s="77"/>
+      <c r="G1156" s="77"/>
+      <c r="H1156" s="78"/>
+      <c r="I1156" s="78"/>
+      <c r="J1156" s="78"/>
+      <c r="K1156" s="79"/>
+      <c r="L1156" s="80"/>
+      <c r="M1156" s="89"/>
+      <c r="N1156" s="81"/>
+      <c r="O1156" s="82"/>
+      <c r="P1156" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1156:G1156)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1157" s="109"/>
+      <c r="B1157" s="76"/>
+      <c r="C1157" s="76"/>
+      <c r="D1157" s="76"/>
+      <c r="E1157" s="77"/>
+      <c r="F1157" s="77"/>
+      <c r="G1157" s="77"/>
+      <c r="H1157" s="78"/>
+      <c r="I1157" s="78"/>
+      <c r="J1157" s="78"/>
+      <c r="K1157" s="79"/>
+      <c r="L1157" s="80"/>
+      <c r="M1157" s="89"/>
+      <c r="N1157" s="81"/>
+      <c r="O1157" s="82"/>
+      <c r="P1157" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1157:G1157)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1158" s="109"/>
+      <c r="B1158" s="76"/>
+      <c r="C1158" s="76"/>
+      <c r="D1158" s="76"/>
+      <c r="E1158" s="77"/>
+      <c r="F1158" s="77"/>
+      <c r="G1158" s="77"/>
+      <c r="H1158" s="78"/>
+      <c r="I1158" s="78"/>
+      <c r="J1158" s="78"/>
+      <c r="K1158" s="79"/>
+      <c r="L1158" s="80"/>
+      <c r="M1158" s="89"/>
+      <c r="N1158" s="81"/>
+      <c r="O1158" s="82"/>
+      <c r="P1158" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1158:G1158)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1159" s="109"/>
+      <c r="B1159" s="76"/>
+      <c r="C1159" s="76"/>
+      <c r="D1159" s="76"/>
+      <c r="E1159" s="77"/>
+      <c r="F1159" s="77"/>
+      <c r="G1159" s="77"/>
+      <c r="H1159" s="78"/>
+      <c r="I1159" s="78"/>
+      <c r="J1159" s="78"/>
+      <c r="K1159" s="79"/>
+      <c r="L1159" s="80"/>
+      <c r="M1159" s="89"/>
+      <c r="N1159" s="81"/>
+      <c r="O1159" s="82"/>
+      <c r="P1159" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1159:G1159)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1160" s="109"/>
+      <c r="B1160" s="76"/>
+      <c r="C1160" s="76"/>
+      <c r="D1160" s="76"/>
+      <c r="E1160" s="77"/>
+      <c r="F1160" s="77"/>
+      <c r="G1160" s="77"/>
+      <c r="H1160" s="78"/>
+      <c r="I1160" s="78"/>
+      <c r="J1160" s="78"/>
+      <c r="K1160" s="79"/>
+      <c r="L1160" s="80"/>
+      <c r="M1160" s="89"/>
+      <c r="N1160" s="81"/>
+      <c r="O1160" s="82"/>
+      <c r="P1160" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1160:G1160)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1161" s="109"/>
+      <c r="B1161" s="76"/>
+      <c r="C1161" s="76"/>
+      <c r="D1161" s="76"/>
+      <c r="E1161" s="77"/>
+      <c r="F1161" s="77"/>
+      <c r="G1161" s="77"/>
+      <c r="H1161" s="78"/>
+      <c r="I1161" s="78"/>
+      <c r="J1161" s="78"/>
+      <c r="K1161" s="79"/>
+      <c r="L1161" s="80"/>
+      <c r="M1161" s="89"/>
+      <c r="N1161" s="81"/>
+      <c r="O1161" s="82"/>
+      <c r="P1161" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1161:G1161)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1162" s="109"/>
+      <c r="B1162" s="76"/>
+      <c r="C1162" s="76"/>
+      <c r="D1162" s="76"/>
+      <c r="E1162" s="77"/>
+      <c r="F1162" s="77"/>
+      <c r="G1162" s="77"/>
+      <c r="H1162" s="78"/>
+      <c r="I1162" s="78"/>
+      <c r="J1162" s="78"/>
+      <c r="K1162" s="79"/>
+      <c r="L1162" s="80"/>
+      <c r="M1162" s="89"/>
+      <c r="N1162" s="81"/>
+      <c r="O1162" s="82"/>
+      <c r="P1162" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1162:G1162)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1163" s="109"/>
+      <c r="B1163" s="76"/>
+      <c r="C1163" s="76"/>
+      <c r="D1163" s="76"/>
+      <c r="E1163" s="77"/>
+      <c r="F1163" s="77"/>
+      <c r="G1163" s="77"/>
+      <c r="H1163" s="78"/>
+      <c r="I1163" s="78"/>
+      <c r="J1163" s="78"/>
+      <c r="K1163" s="79"/>
+      <c r="L1163" s="80"/>
+      <c r="M1163" s="89"/>
+      <c r="N1163" s="81"/>
+      <c r="O1163" s="82"/>
+      <c r="P1163" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1163:G1163)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1164" s="109"/>
+      <c r="B1164" s="76"/>
+      <c r="C1164" s="76"/>
+      <c r="D1164" s="76"/>
+      <c r="E1164" s="77"/>
+      <c r="F1164" s="77"/>
+      <c r="G1164" s="77"/>
+      <c r="H1164" s="78"/>
+      <c r="I1164" s="78"/>
+      <c r="J1164" s="78"/>
+      <c r="K1164" s="79"/>
+      <c r="L1164" s="80"/>
+      <c r="M1164" s="89"/>
+      <c r="N1164" s="81"/>
+      <c r="O1164" s="82"/>
+      <c r="P1164" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1164:G1164)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1165" s="109"/>
+      <c r="B1165" s="76"/>
+      <c r="C1165" s="76"/>
+      <c r="D1165" s="76"/>
+      <c r="E1165" s="77"/>
+      <c r="F1165" s="77"/>
+      <c r="G1165" s="77"/>
+      <c r="H1165" s="78"/>
+      <c r="I1165" s="78"/>
+      <c r="J1165" s="78"/>
+      <c r="K1165" s="79"/>
+      <c r="L1165" s="80"/>
+      <c r="M1165" s="89"/>
+      <c r="N1165" s="81"/>
+      <c r="O1165" s="82"/>
+      <c r="P1165" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1165:G1165)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1166" s="109"/>
+      <c r="B1166" s="76"/>
+      <c r="C1166" s="76"/>
+      <c r="D1166" s="76"/>
+      <c r="E1166" s="77"/>
+      <c r="F1166" s="77"/>
+      <c r="G1166" s="77"/>
+      <c r="H1166" s="78"/>
+      <c r="I1166" s="78"/>
+      <c r="J1166" s="78"/>
+      <c r="K1166" s="79"/>
+      <c r="L1166" s="80"/>
+      <c r="M1166" s="89"/>
+      <c r="N1166" s="81"/>
+      <c r="O1166" s="82"/>
+      <c r="P1166" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1166:G1166)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1167" s="109"/>
+      <c r="B1167" s="76"/>
+      <c r="C1167" s="76"/>
+      <c r="D1167" s="76"/>
+      <c r="E1167" s="77"/>
+      <c r="F1167" s="77"/>
+      <c r="G1167" s="77"/>
+      <c r="H1167" s="78"/>
+      <c r="I1167" s="78"/>
+      <c r="J1167" s="78"/>
+      <c r="K1167" s="79"/>
+      <c r="L1167" s="80"/>
+      <c r="M1167" s="89"/>
+      <c r="N1167" s="81"/>
+      <c r="O1167" s="82"/>
+      <c r="P1167" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1167:G1167)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1168" s="109"/>
+      <c r="B1168" s="76"/>
+      <c r="C1168" s="76"/>
+      <c r="D1168" s="76"/>
+      <c r="E1168" s="77"/>
+      <c r="F1168" s="77"/>
+      <c r="G1168" s="77"/>
+      <c r="H1168" s="78"/>
+      <c r="I1168" s="78"/>
+      <c r="J1168" s="78"/>
+      <c r="K1168" s="79"/>
+      <c r="L1168" s="80"/>
+      <c r="M1168" s="89"/>
+      <c r="N1168" s="81"/>
+      <c r="O1168" s="82"/>
+      <c r="P1168" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1168:G1168)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1169" s="109"/>
+      <c r="B1169" s="76"/>
+      <c r="C1169" s="76"/>
+      <c r="D1169" s="76"/>
+      <c r="E1169" s="77"/>
+      <c r="F1169" s="77"/>
+      <c r="G1169" s="77"/>
+      <c r="H1169" s="78"/>
+      <c r="I1169" s="78"/>
+      <c r="J1169" s="78"/>
+      <c r="K1169" s="79"/>
+      <c r="L1169" s="80"/>
+      <c r="M1169" s="89"/>
+      <c r="N1169" s="81"/>
+      <c r="O1169" s="82"/>
+      <c r="P1169" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1169:G1169)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1170" s="109"/>
+      <c r="B1170" s="76"/>
+      <c r="C1170" s="76"/>
+      <c r="D1170" s="76"/>
+      <c r="E1170" s="77"/>
+      <c r="F1170" s="77"/>
+      <c r="G1170" s="77"/>
+      <c r="H1170" s="78"/>
+      <c r="I1170" s="78"/>
+      <c r="J1170" s="78"/>
+      <c r="K1170" s="79"/>
+      <c r="L1170" s="80"/>
+      <c r="M1170" s="89"/>
+      <c r="N1170" s="81"/>
+      <c r="O1170" s="82"/>
+      <c r="P1170" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1170:G1170)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1171" s="109"/>
+      <c r="B1171" s="76"/>
+      <c r="C1171" s="76"/>
+      <c r="D1171" s="76"/>
+      <c r="E1171" s="77"/>
+      <c r="F1171" s="77"/>
+      <c r="G1171" s="77"/>
+      <c r="H1171" s="78"/>
+      <c r="I1171" s="78"/>
+      <c r="J1171" s="78"/>
+      <c r="K1171" s="79"/>
+      <c r="L1171" s="80"/>
+      <c r="M1171" s="89"/>
+      <c r="N1171" s="81"/>
+      <c r="O1171" s="82"/>
+      <c r="P1171" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1171:G1171)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1172" s="109"/>
+      <c r="B1172" s="76"/>
+      <c r="C1172" s="76"/>
+      <c r="D1172" s="76"/>
+      <c r="E1172" s="77"/>
+      <c r="F1172" s="77"/>
+      <c r="G1172" s="77"/>
+      <c r="H1172" s="78"/>
+      <c r="I1172" s="78"/>
+      <c r="J1172" s="78"/>
+      <c r="K1172" s="79"/>
+      <c r="L1172" s="80"/>
+      <c r="M1172" s="89"/>
+      <c r="N1172" s="81"/>
+      <c r="O1172" s="82"/>
+      <c r="P1172" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1172:G1172)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1173" s="109"/>
+      <c r="B1173" s="76"/>
+      <c r="C1173" s="76"/>
+      <c r="D1173" s="76"/>
+      <c r="E1173" s="77"/>
+      <c r="F1173" s="77"/>
+      <c r="G1173" s="77"/>
+      <c r="H1173" s="78"/>
+      <c r="I1173" s="78"/>
+      <c r="J1173" s="78"/>
+      <c r="K1173" s="79"/>
+      <c r="L1173" s="80"/>
+      <c r="M1173" s="89"/>
+      <c r="N1173" s="81"/>
+      <c r="O1173" s="82"/>
+      <c r="P1173" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1173:G1173)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1174" s="109"/>
+      <c r="B1174" s="76"/>
+      <c r="C1174" s="76"/>
+      <c r="D1174" s="76"/>
+      <c r="E1174" s="77"/>
+      <c r="F1174" s="77"/>
+      <c r="G1174" s="77"/>
+      <c r="H1174" s="78"/>
+      <c r="I1174" s="78"/>
+      <c r="J1174" s="78"/>
+      <c r="K1174" s="79"/>
+      <c r="L1174" s="80"/>
+      <c r="M1174" s="89"/>
+      <c r="N1174" s="81"/>
+      <c r="O1174" s="82"/>
+      <c r="P1174" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1174:G1174)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1175" s="109"/>
+      <c r="B1175" s="76"/>
+      <c r="C1175" s="76"/>
+      <c r="D1175" s="76"/>
+      <c r="E1175" s="77"/>
+      <c r="F1175" s="77"/>
+      <c r="G1175" s="77"/>
+      <c r="H1175" s="78"/>
+      <c r="I1175" s="78"/>
+      <c r="J1175" s="78"/>
+      <c r="K1175" s="79"/>
+      <c r="L1175" s="80"/>
+      <c r="M1175" s="89"/>
+      <c r="N1175" s="81"/>
+      <c r="O1175" s="82"/>
+      <c r="P1175" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1175:G1175)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1176" s="109"/>
+      <c r="B1176" s="76"/>
+      <c r="C1176" s="76"/>
+      <c r="D1176" s="76"/>
+      <c r="E1176" s="77"/>
+      <c r="F1176" s="77"/>
+      <c r="G1176" s="77"/>
+      <c r="H1176" s="78"/>
+      <c r="I1176" s="78"/>
+      <c r="J1176" s="78"/>
+      <c r="K1176" s="79"/>
+      <c r="L1176" s="80"/>
+      <c r="M1176" s="89"/>
+      <c r="N1176" s="81"/>
+      <c r="O1176" s="82"/>
+      <c r="P1176" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1176:G1176)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1177" s="109"/>
+      <c r="B1177" s="76"/>
+      <c r="C1177" s="76"/>
+      <c r="D1177" s="76"/>
+      <c r="E1177" s="77"/>
+      <c r="F1177" s="77"/>
+      <c r="G1177" s="77"/>
+      <c r="H1177" s="78"/>
+      <c r="I1177" s="78"/>
+      <c r="J1177" s="78"/>
+      <c r="K1177" s="79"/>
+      <c r="L1177" s="80"/>
+      <c r="M1177" s="89"/>
+      <c r="N1177" s="81"/>
+      <c r="O1177" s="82"/>
+      <c r="P1177" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1177:G1177)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1178" s="109"/>
+      <c r="B1178" s="76"/>
+      <c r="C1178" s="76"/>
+      <c r="D1178" s="76"/>
+      <c r="E1178" s="77"/>
+      <c r="F1178" s="77"/>
+      <c r="G1178" s="77"/>
+      <c r="H1178" s="78"/>
+      <c r="I1178" s="78"/>
+      <c r="J1178" s="78"/>
+      <c r="K1178" s="79"/>
+      <c r="L1178" s="80"/>
+      <c r="M1178" s="89"/>
+      <c r="N1178" s="81"/>
+      <c r="O1178" s="82"/>
+      <c r="P1178" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1178:G1178)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1179" s="109"/>
+      <c r="B1179" s="76"/>
+      <c r="C1179" s="76"/>
+      <c r="D1179" s="76"/>
+      <c r="E1179" s="77"/>
+      <c r="F1179" s="77"/>
+      <c r="G1179" s="77"/>
+      <c r="H1179" s="78"/>
+      <c r="I1179" s="78"/>
+      <c r="J1179" s="78"/>
+      <c r="K1179" s="79"/>
+      <c r="L1179" s="80"/>
+      <c r="M1179" s="89"/>
+      <c r="N1179" s="81"/>
+      <c r="O1179" s="82"/>
+      <c r="P1179" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1179:G1179)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1180" s="109"/>
+      <c r="B1180" s="76"/>
+      <c r="C1180" s="76"/>
+      <c r="D1180" s="76"/>
+      <c r="E1180" s="77"/>
+      <c r="F1180" s="77"/>
+      <c r="G1180" s="77"/>
+      <c r="H1180" s="78"/>
+      <c r="I1180" s="78"/>
+      <c r="J1180" s="78"/>
+      <c r="K1180" s="79"/>
+      <c r="L1180" s="80"/>
+      <c r="M1180" s="89"/>
+      <c r="N1180" s="81"/>
+      <c r="O1180" s="82"/>
+      <c r="P1180" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1180:G1180)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1181" s="109"/>
+      <c r="B1181" s="76"/>
+      <c r="C1181" s="76"/>
+      <c r="D1181" s="76"/>
+      <c r="E1181" s="77"/>
+      <c r="F1181" s="77"/>
+      <c r="G1181" s="77"/>
+      <c r="H1181" s="78"/>
+      <c r="I1181" s="78"/>
+      <c r="J1181" s="78"/>
+      <c r="K1181" s="79"/>
+      <c r="L1181" s="80"/>
+      <c r="M1181" s="89"/>
+      <c r="N1181" s="81"/>
+      <c r="O1181" s="82"/>
+      <c r="P1181" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1181:G1181)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1182" s="109"/>
+      <c r="B1182" s="76"/>
+      <c r="C1182" s="76"/>
+      <c r="D1182" s="76"/>
+      <c r="E1182" s="77"/>
+      <c r="F1182" s="77"/>
+      <c r="G1182" s="77"/>
+      <c r="H1182" s="78"/>
+      <c r="I1182" s="78"/>
+      <c r="J1182" s="78"/>
+      <c r="K1182" s="79"/>
+      <c r="L1182" s="80"/>
+      <c r="M1182" s="89"/>
+      <c r="N1182" s="81"/>
+      <c r="O1182" s="82"/>
+      <c r="P1182" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1182:G1182)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1183" s="109"/>
+      <c r="B1183" s="76"/>
+      <c r="C1183" s="76"/>
+      <c r="D1183" s="76"/>
+      <c r="E1183" s="77"/>
+      <c r="F1183" s="77"/>
+      <c r="G1183" s="77"/>
+      <c r="H1183" s="78"/>
+      <c r="I1183" s="78"/>
+      <c r="J1183" s="78"/>
+      <c r="K1183" s="79"/>
+      <c r="L1183" s="80"/>
+      <c r="M1183" s="89"/>
+      <c r="N1183" s="81"/>
+      <c r="O1183" s="82"/>
+      <c r="P1183" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1183:G1183)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1184" s="109"/>
+      <c r="B1184" s="76"/>
+      <c r="C1184" s="76"/>
+      <c r="D1184" s="76"/>
+      <c r="E1184" s="77"/>
+      <c r="F1184" s="77"/>
+      <c r="G1184" s="77"/>
+      <c r="H1184" s="78"/>
+      <c r="I1184" s="78"/>
+      <c r="J1184" s="78"/>
+      <c r="K1184" s="79"/>
+      <c r="L1184" s="80"/>
+      <c r="M1184" s="89"/>
+      <c r="N1184" s="81"/>
+      <c r="O1184" s="82"/>
+      <c r="P1184" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1184:G1184)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1185" s="109"/>
+      <c r="B1185" s="76"/>
+      <c r="C1185" s="76"/>
+      <c r="D1185" s="76"/>
+      <c r="E1185" s="77"/>
+      <c r="F1185" s="77"/>
+      <c r="G1185" s="77"/>
+      <c r="H1185" s="78"/>
+      <c r="I1185" s="78"/>
+      <c r="J1185" s="78"/>
+      <c r="K1185" s="79"/>
+      <c r="L1185" s="80"/>
+      <c r="M1185" s="89"/>
+      <c r="N1185" s="81"/>
+      <c r="O1185" s="82"/>
+      <c r="P1185" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1185:G1185)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1186" s="109"/>
+      <c r="B1186" s="76"/>
+      <c r="C1186" s="76"/>
+      <c r="D1186" s="76"/>
+      <c r="E1186" s="77"/>
+      <c r="F1186" s="77"/>
+      <c r="G1186" s="77"/>
+      <c r="H1186" s="78"/>
+      <c r="I1186" s="78"/>
+      <c r="J1186" s="78"/>
+      <c r="K1186" s="79"/>
+      <c r="L1186" s="80"/>
+      <c r="M1186" s="89"/>
+      <c r="N1186" s="81"/>
+      <c r="O1186" s="82"/>
+      <c r="P1186" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1186:G1186)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1187" s="109"/>
+      <c r="B1187" s="76"/>
+      <c r="C1187" s="76"/>
+      <c r="D1187" s="76"/>
+      <c r="E1187" s="77"/>
+      <c r="F1187" s="77"/>
+      <c r="G1187" s="77"/>
+      <c r="H1187" s="78"/>
+      <c r="I1187" s="78"/>
+      <c r="J1187" s="78"/>
+      <c r="K1187" s="79"/>
+      <c r="L1187" s="80"/>
+      <c r="M1187" s="89"/>
+      <c r="N1187" s="81"/>
+      <c r="O1187" s="82"/>
+      <c r="P1187" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1187:G1187)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1188" s="109"/>
+      <c r="B1188" s="76"/>
+      <c r="C1188" s="76"/>
+      <c r="D1188" s="76"/>
+      <c r="E1188" s="77"/>
+      <c r="F1188" s="77"/>
+      <c r="G1188" s="77"/>
+      <c r="H1188" s="78"/>
+      <c r="I1188" s="78"/>
+      <c r="J1188" s="78"/>
+      <c r="K1188" s="79"/>
+      <c r="L1188" s="80"/>
+      <c r="M1188" s="89"/>
+      <c r="N1188" s="81"/>
+      <c r="O1188" s="82"/>
+      <c r="P1188" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1188:G1188)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1189" s="109"/>
+      <c r="B1189" s="76"/>
+      <c r="C1189" s="76"/>
+      <c r="D1189" s="76"/>
+      <c r="E1189" s="77"/>
+      <c r="F1189" s="77"/>
+      <c r="G1189" s="77"/>
+      <c r="H1189" s="78"/>
+      <c r="I1189" s="78"/>
+      <c r="J1189" s="78"/>
+      <c r="K1189" s="79"/>
+      <c r="L1189" s="80"/>
+      <c r="M1189" s="89"/>
+      <c r="N1189" s="81"/>
+      <c r="O1189" s="82"/>
+      <c r="P1189" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1189:G1189)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1190" s="109"/>
+      <c r="B1190" s="76"/>
+      <c r="C1190" s="76"/>
+      <c r="D1190" s="76"/>
+      <c r="E1190" s="77"/>
+      <c r="F1190" s="77"/>
+      <c r="G1190" s="77"/>
+      <c r="H1190" s="78"/>
+      <c r="I1190" s="78"/>
+      <c r="J1190" s="78"/>
+      <c r="K1190" s="79"/>
+      <c r="L1190" s="80"/>
+      <c r="M1190" s="89"/>
+      <c r="N1190" s="81"/>
+      <c r="O1190" s="82"/>
+      <c r="P1190" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1190:G1190)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1191" s="109"/>
+      <c r="B1191" s="76"/>
+      <c r="C1191" s="76"/>
+      <c r="D1191" s="76"/>
+      <c r="E1191" s="77"/>
+      <c r="F1191" s="77"/>
+      <c r="G1191" s="77"/>
+      <c r="H1191" s="78"/>
+      <c r="I1191" s="78"/>
+      <c r="J1191" s="78"/>
+      <c r="K1191" s="79"/>
+      <c r="L1191" s="80"/>
+      <c r="M1191" s="89"/>
+      <c r="N1191" s="81"/>
+      <c r="O1191" s="82"/>
+      <c r="P1191" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1191:G1191)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1192" s="109"/>
+      <c r="B1192" s="76"/>
+      <c r="C1192" s="76"/>
+      <c r="D1192" s="76"/>
+      <c r="E1192" s="77"/>
+      <c r="F1192" s="77"/>
+      <c r="G1192" s="77"/>
+      <c r="H1192" s="78"/>
+      <c r="I1192" s="78"/>
+      <c r="J1192" s="78"/>
+      <c r="K1192" s="79"/>
+      <c r="L1192" s="80"/>
+      <c r="M1192" s="89"/>
+      <c r="N1192" s="81"/>
+      <c r="O1192" s="82"/>
+      <c r="P1192" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1192:G1192)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1193" s="109"/>
+      <c r="B1193" s="76"/>
+      <c r="C1193" s="76"/>
+      <c r="D1193" s="76"/>
+      <c r="E1193" s="77"/>
+      <c r="F1193" s="77"/>
+      <c r="G1193" s="77"/>
+      <c r="H1193" s="78"/>
+      <c r="I1193" s="78"/>
+      <c r="J1193" s="78"/>
+      <c r="K1193" s="79"/>
+      <c r="L1193" s="80"/>
+      <c r="M1193" s="89"/>
+      <c r="N1193" s="81"/>
+      <c r="O1193" s="82"/>
+      <c r="P1193" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1193:G1193)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1194" s="109"/>
+      <c r="B1194" s="76"/>
+      <c r="C1194" s="76"/>
+      <c r="D1194" s="76"/>
+      <c r="E1194" s="77"/>
+      <c r="F1194" s="77"/>
+      <c r="G1194" s="77"/>
+      <c r="H1194" s="78"/>
+      <c r="I1194" s="78"/>
+      <c r="J1194" s="78"/>
+      <c r="K1194" s="79"/>
+      <c r="L1194" s="80"/>
+      <c r="M1194" s="89"/>
+      <c r="N1194" s="81"/>
+      <c r="O1194" s="82"/>
+      <c r="P1194" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1194:G1194)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1195" s="109"/>
+      <c r="B1195" s="76"/>
+      <c r="C1195" s="76"/>
+      <c r="D1195" s="76"/>
+      <c r="E1195" s="77"/>
+      <c r="F1195" s="77"/>
+      <c r="G1195" s="77"/>
+      <c r="H1195" s="78"/>
+      <c r="I1195" s="78"/>
+      <c r="J1195" s="78"/>
+      <c r="K1195" s="79"/>
+      <c r="L1195" s="80"/>
+      <c r="M1195" s="89"/>
+      <c r="N1195" s="81"/>
+      <c r="O1195" s="82"/>
+      <c r="P1195" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1195:G1195)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1196" s="109"/>
+      <c r="B1196" s="76"/>
+      <c r="C1196" s="76"/>
+      <c r="D1196" s="76"/>
+      <c r="E1196" s="77"/>
+      <c r="F1196" s="77"/>
+      <c r="G1196" s="77"/>
+      <c r="H1196" s="78"/>
+      <c r="I1196" s="78"/>
+      <c r="J1196" s="78"/>
+      <c r="K1196" s="79"/>
+      <c r="L1196" s="80"/>
+      <c r="M1196" s="89"/>
+      <c r="N1196" s="81"/>
+      <c r="O1196" s="82"/>
+      <c r="P1196" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1196:G1196)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1197" s="109"/>
+      <c r="B1197" s="76"/>
+      <c r="C1197" s="76"/>
+      <c r="D1197" s="76"/>
+      <c r="E1197" s="77"/>
+      <c r="F1197" s="77"/>
+      <c r="G1197" s="77"/>
+      <c r="H1197" s="78"/>
+      <c r="I1197" s="78"/>
+      <c r="J1197" s="78"/>
+      <c r="K1197" s="79"/>
+      <c r="L1197" s="80"/>
+      <c r="M1197" s="89"/>
+      <c r="N1197" s="81"/>
+      <c r="O1197" s="82"/>
+      <c r="P1197" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1197:G1197)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1198" s="109"/>
+      <c r="B1198" s="76"/>
+      <c r="C1198" s="76"/>
+      <c r="D1198" s="76"/>
+      <c r="E1198" s="77"/>
+      <c r="F1198" s="77"/>
+      <c r="G1198" s="77"/>
+      <c r="H1198" s="78"/>
+      <c r="I1198" s="78"/>
+      <c r="J1198" s="78"/>
+      <c r="K1198" s="79"/>
+      <c r="L1198" s="80"/>
+      <c r="M1198" s="89"/>
+      <c r="N1198" s="81"/>
+      <c r="O1198" s="82"/>
+      <c r="P1198" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1198:G1198)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1199" s="109"/>
+      <c r="B1199" s="76"/>
+      <c r="C1199" s="76"/>
+      <c r="D1199" s="76"/>
+      <c r="E1199" s="77"/>
+      <c r="F1199" s="77"/>
+      <c r="G1199" s="77"/>
+      <c r="H1199" s="78"/>
+      <c r="I1199" s="78"/>
+      <c r="J1199" s="78"/>
+      <c r="K1199" s="79"/>
+      <c r="L1199" s="80"/>
+      <c r="M1199" s="89"/>
+      <c r="N1199" s="81"/>
+      <c r="O1199" s="82"/>
+      <c r="P1199" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1199:G1199)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:16" ht="15.5" x14ac:dyDescent="0.25">
+      <c r="A1200" s="109"/>
+      <c r="B1200" s="76"/>
+      <c r="C1200" s="76"/>
+      <c r="D1200" s="84"/>
+      <c r="E1200" s="84"/>
+      <c r="F1200" s="77"/>
+      <c r="G1200" s="77"/>
+      <c r="H1200" s="78"/>
+      <c r="I1200" s="78"/>
+      <c r="J1200" s="78"/>
+      <c r="K1200" s="79"/>
+      <c r="L1200" s="80"/>
+      <c r="M1200" s="89"/>
+      <c r="N1200" s="81"/>
+      <c r="O1200" s="82"/>
+      <c r="P1200" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1200:G1200)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:16" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1201" s="109"/>
+      <c r="B1201" s="84"/>
+      <c r="C1201" s="84"/>
+      <c r="D1201" s="84"/>
+      <c r="E1201" s="84"/>
+      <c r="F1201" s="77"/>
+      <c r="G1201" s="77"/>
+      <c r="H1201" s="85"/>
+      <c r="I1201" s="85"/>
+      <c r="J1201" s="86"/>
+      <c r="K1201" s="79"/>
+      <c r="L1201" s="80"/>
+      <c r="M1201" s="89"/>
+      <c r="N1201" s="87"/>
+      <c r="O1201" s="82"/>
+      <c r="P1201" s="83" t="str">
+        <f>IF(SUM(DECOMPTE[[#This Row],[Heures
+OPAS A]]:DECOMPTE[[#This Row],[Heures
+OPAS C]])=0,"-",IF(COUNTBLANK(#REF!)&gt;0,"Entrez le n°ID infirmier dans l'onglet 'Décompte' ",IF((COUNTBLANK(B1201:G1201)+COUNTBLANK(DECOMPTE[[#This Row],[Nb jours facturés au patient]:[ Assurance (N° BAG)]]))&gt;0,"Veuillez renseigner toutes les colonnes de la ligne","-")))</f>
+        <v>-</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:16" x14ac:dyDescent="0.25"/>
+    <row r="1048575" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="A1:N1"/>
-[...1 lines deleted...]
-    <mergeCell ref="G2:I2"/>
+    <mergeCell ref="H2:J2"/>
+    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="B2:G2"/>
   </mergeCells>
-  <conditionalFormatting sqref="N5:O1201">
-    <cfRule type="containsText" dxfId="20" priority="10" operator="containsText" text="Entrez"/>
+  <conditionalFormatting sqref="C3">
+    <cfRule type="duplicateValues" dxfId="5" priority="3"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L3">
-    <cfRule type="duplicateValues" dxfId="19" priority="11"/>
+  <conditionalFormatting sqref="D4:D1048576">
+    <cfRule type="duplicateValues" dxfId="4" priority="1"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J3:K3 M3">
-    <cfRule type="duplicateValues" dxfId="18" priority="12"/>
+  <conditionalFormatting sqref="D3:G3 A3:B3">
+    <cfRule type="duplicateValues" dxfId="3" priority="15"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="N4:O4">
-    <cfRule type="containsText" dxfId="17" priority="4" operator="containsText" text="Entrez"/>
+  <conditionalFormatting sqref="K3:L3 N3">
+    <cfRule type="duplicateValues" dxfId="2" priority="14"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A3 C3:F3">
-    <cfRule type="duplicateValues" dxfId="16" priority="13"/>
+  <conditionalFormatting sqref="M3">
+    <cfRule type="duplicateValues" dxfId="1" priority="13"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B3">
-    <cfRule type="duplicateValues" dxfId="15" priority="1"/>
+  <conditionalFormatting sqref="O4:P1201">
+    <cfRule type="containsText" dxfId="0" priority="6" operator="containsText" text="Entrez"/>
   </conditionalFormatting>
   <dataValidations count="11">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Code postal du patient" prompt="_x000a_Veuillez entrer le code postal du lieu de résidence du patient._x000a_" sqref="B4:B1201" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Contrôle" prompt="Ne pas remplir cette colonne!_x000a__x000a_Veuillez consulter les remarques de cette colonne et corriger les éventuelles erreurs de saisie de votre décompte._x000a_" sqref="O4:O1201" xr:uid="{00000000-0002-0000-0100-000001000000}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Contrôle" prompt="Ne pas remplir cette colonne!_x000a__x000a_Veuillez consulter les remarques de cette colonne et corriger les éventuelles erreurs de saisie de votre décompte._x000a_" sqref="P4:P1201" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer le numéro de facture. _x000a__x000a_Les doublons ne sont pas admis et apparaissent en rouge. Veuillez les corriger, le cas échéant." sqref="C4:C1201 D5:D1199" xr:uid="{00000000-0002-0000-0100-000002000000}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer le numéro de facture. _x000a__x000a_Les doublons ne sont pas admis et apparaissent en rouge. Veuillez les corriger, le cas échéant." sqref="D4:D1201 E5:E1199" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date d'émission de votre facture. _x000a__x000a_" sqref="D4:F4" xr:uid="{00000000-0002-0000-0100-000003000000}">
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date d'émission de votre facture. _x000a__x000a_" sqref="E4:G4" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>43831</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="L'assurance doit faire partie de la liste. Sinon, sélectionnez &quot;Autre&quot; et inscrivez une justification dans l'onglet &quot;Décompte&quot;." promptTitle="ASSURANCE" prompt="Veuillez indiquer le nom de l'assurance ayant pris en charge les prestations sur la base de la LAMal." sqref="L4:L1201" xr:uid="{00000000-0002-0000-0100-000004000000}"/>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° ID du patient" prompt="_x000a_Veuillez entrer le numéro ID que vous avez choisi pour le patient._x000a_Attention ne doit jamais être modifié, car servira pour les statistiques." sqref="A4:A1201" xr:uid="{00000000-0002-0000-0100-000005000000}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="N° ID du patient" prompt="_x000a_Veuillez entrer le numéro ID que vous avez choisi pour le patient._x000a_Attention ne doit jamais être modifié, car servira pour les statistiques." sqref="B4:B1201" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Le nombre doit être supérieur ou égale à 0." promptTitle="Heures de prestations" prompt="_x000a_Pour être intégrées au décompte, les heures de prestations doivent:_x000a_- concerner des prestations de type OPAS a, b ou c._x000a_- avoir été remboursées entièrement par l'assurance_x000a_- avoir été effectuées auprès de patients résidant de le canton de Genève" sqref="G4:I1201" xr:uid="{00000000-0002-0000-0100-000006000000}">
+    <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Le nombre doit être supérieur ou égale à 0." promptTitle="Heures de prestations" prompt="_x000a_Pour être intégrées au décompte, les heures de prestations doivent:_x000a_- concerner des prestations de type OPAS a, b ou c._x000a_- avoir été remboursées entièrement par l'assurance_x000a_- avoir été effectuées auprès de patients résidant de le canton de Genève" sqref="H4:J1201" xr:uid="{00000000-0002-0000-0100-000006000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" promptTitle="Montant du remboursement" prompt="Veuillez indiquer le montant remboursé par l'assurance concernant vos prestations." sqref="K4:K1201" xr:uid="{00000000-0002-0000-0100-000007000000}">
+    <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" promptTitle="Montant du remboursement" prompt="Veuillez indiquer le montant remboursé par l'assurance concernant vos prestations." sqref="L4:L1201" xr:uid="{00000000-0002-0000-0100-000007000000}">
       <formula1>0</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="La date doit être supérieure ou égale au 01.01.2020" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date de dernière prestation de cette facture _x000a__x000a_" sqref="F5:F1201" xr:uid="{00000000-0002-0000-0100-000008000000}">
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="La date doit être supérieure ou égale au 01.01.2020" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date de dernière prestation de cette facture _x000a__x000a_" sqref="G5:G1201" xr:uid="{00000000-0002-0000-0100-000008000000}">
       <formula1>43831</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="La période doit être supérieure ou égale au 01.01.2020" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date de la première prestation de cette facture_x000a__x000a_" sqref="E5:E1201" xr:uid="{00000000-0002-0000-0100-000009000000}">
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="La période doit être supérieure ou égale au 01.01.2020" promptTitle="N° de facture" prompt="_x000a_Veuillez entrer la date de la première prestation de cette facture_x000a__x000a_" sqref="F5:F1201" xr:uid="{00000000-0002-0000-0100-000009000000}">
       <formula1>43831</formula1>
       <formula2>0</formula2>
     </dataValidation>
-    <dataValidation operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Nbre de jours avec prestations" error="Si la valeur est &quot;0&quot;, veuillez renseigner le prestataire partenaire." promptTitle="Jours facturés au patient" prompt="Nombre de jours ayant fait l'objet d'une prestation auprès du patient, durant la période relative à la facture._x000a__x000a_Dans le cas de prestations déléguées, se référer à la directive._x000a__x000a_La valeur entrée doit être un nombre entier." sqref="J4:J1201" xr:uid="{00000000-0002-0000-0100-00000A000000}"/>
+    <dataValidation operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Nbre de jours avec prestations" error="Si la valeur est &quot;0&quot;, veuillez renseigner le prestataire partenaire." promptTitle="Jours facturés au patient" prompt="Nombre de jours ayant fait l'objet d'une prestation auprès du patient, durant la période relative à la facture._x000a__x000a_Dans le cas de prestations déléguées, se référer à la directive._x000a__x000a_La valeur entrée doit être un nombre entier." sqref="K4:K1201" xr:uid="{00000000-0002-0000-0100-00000A000000}"/>
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Code postal du patient" prompt="_x000a_Veuillez entrer le code postal du lieu de résidence du patient._x000a_" sqref="C4:C1048576" xr:uid="{C712597A-0DB4-4123-A64C-D2A9A828A232}">
+      <formula1>AND(ISNUMBER(C4),LEN(C4)=4)</formula1>
+    </dataValidation>
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="L'assurance doit faire partie de la liste. Sinon, sélectionnez &quot;Autre&quot; et inscrivez une justification dans l'onglet &quot;Décompte&quot;." promptTitle="ASSURANCE" prompt="Veuillez indiquer le numéro BAG de l'assurance ayant pris en charge les prestations sur la base de la LAMal._x000a_https://www.bag.admin.ch/fr/listes-des-assureurs-et-des-reassureurs-autorises " sqref="M4:M1048576" xr:uid="{8CB361F2-D3C1-4DC4-A88F-098EDB2D8CA8}">
+      <formula1>1</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Feuil2"/>
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="22.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="D1" s="42" t="s">
+      <c r="D1" s="34" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="7">
         <v>43466</v>
       </c>
       <c r="B2" s="4">
         <f>DATE(YEAR(Décompte!$B$7),1,1)</f>
         <v>1828</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="41" t="s">
+      <c r="D2" s="33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="7">
         <v>43831</v>
       </c>
       <c r="B3" s="4">
         <f>DATE(YEAR(Décompte!$B$7),2,1)</f>
         <v>1859</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="41" t="s">
-        <v>26</v>
+      <c r="D3" s="33" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>44197</v>
       </c>
       <c r="B4" s="4">
         <f>DATE(YEAR(Décompte!$B$7),3,1)</f>
         <v>1887</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>44562</v>
       </c>
       <c r="B5" s="4">
         <f>DATE(YEAR(Décompte!$B$7),4,1)</f>
         <v>1918</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>44927</v>
       </c>
       <c r="B6" s="4">
         <f>DATE(YEAR(Décompte!$B$7),5,1)</f>
         <v>1948</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
@@ -32169,760 +33234,759 @@
       <c r="B13" s="4">
         <f>DATE(YEAR(Décompte!$B$7),12,1)</f>
         <v>2162</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:C53"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="37.1796875" customWidth="1"/>
     <col min="3" max="3" width="38.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="13" x14ac:dyDescent="0.3">
-      <c r="A1" s="81" t="s">
-[...6 lines deleted...]
-        <v>108</v>
+      <c r="A1" s="62" t="s">
+        <v>50</v>
+      </c>
+      <c r="B1" s="62" t="s">
+        <v>51</v>
+      </c>
+      <c r="C1" s="62" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="80">
+      <c r="A2" s="61">
         <v>1560</v>
       </c>
-      <c r="B2" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="80" t="str">
+      <c r="B2" s="61" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" s="61" t="str">
         <f>CONCATENATE(B2," (",A2,") ")</f>
         <v xml:space="preserve">Agrisano (1560) </v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A3" s="80">
+      <c r="A3" s="61">
         <v>1507</v>
       </c>
-      <c r="B3" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="80" t="str">
+      <c r="B3" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" s="61" t="str">
         <f t="shared" ref="C3:C53" si="0">CONCATENATE(B3," (",A3,") ")</f>
         <v xml:space="preserve">AMB Assurances SA (1507) </v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="80">
+      <c r="A4" s="61">
         <v>32</v>
       </c>
-      <c r="B4" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="80" t="str">
+      <c r="B4" s="61" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Aquilana (32) </v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A5" s="80">
+      <c r="A5" s="61">
         <v>1569</v>
       </c>
-      <c r="B5" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="80" t="str">
+      <c r="B5" s="61" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Arcosana (1569) </v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="80">
+      <c r="A6" s="61">
         <v>1542</v>
       </c>
-      <c r="B6" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="80" t="str">
+      <c r="B6" s="61" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Assura-Basis SA (1542) </v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="80">
+      <c r="A7" s="61">
         <v>312</v>
       </c>
-      <c r="B7" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="80" t="str">
+      <c r="B7" s="61" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Atupri (312) </v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="80">
+      <c r="A8" s="61">
         <v>343</v>
       </c>
-      <c r="B8" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="80" t="str">
+      <c r="B8" s="61" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Avenir Krankenversicherung AG (343) </v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="80">
+      <c r="A9" s="61">
         <v>1322</v>
       </c>
-      <c r="B9" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="80" t="str">
+      <c r="B9" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Birchmeier (1322) </v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A10" s="80">
+      <c r="A10" s="61">
         <v>1575</v>
       </c>
-      <c r="B10" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="80" t="str">
+      <c r="B10" s="61" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Compact (1575) </v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A11" s="80">
+      <c r="A11" s="61">
         <v>290</v>
       </c>
-      <c r="B11" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="80" t="str">
+      <c r="B11" s="61" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">CONCORDIA (290) </v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A12" s="80">
+      <c r="A12" s="61">
         <v>8</v>
       </c>
-      <c r="B12" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="80" t="str">
+      <c r="B12" s="61" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">CSS (8) </v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A13" s="80">
+      <c r="A13" s="61">
         <v>774</v>
       </c>
-      <c r="B13" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="80" t="str">
+      <c r="B13" s="61" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Easy Sana Krankenversicherung AG (774) </v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A14" s="80">
+      <c r="A14" s="61">
         <v>881</v>
       </c>
-      <c r="B14" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="80" t="str">
+      <c r="B14" s="61" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">EGK (881) </v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A15" s="80">
+      <c r="A15" s="61">
         <v>134</v>
       </c>
-      <c r="B15" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="80" t="str">
+      <c r="B15" s="61" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Einsiedler Krankenkasse (134) </v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A16" s="80">
+      <c r="A16" s="61">
         <v>1386</v>
       </c>
-      <c r="B16" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="80" t="str">
+      <c r="B16" s="61" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">GALENOS AG (1386) </v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A17" s="80">
+      <c r="A17" s="61">
         <v>780</v>
       </c>
-      <c r="B17" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="80" t="str">
+      <c r="B17" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Glarner (780) </v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A18" s="80">
+      <c r="A18" s="61">
         <v>1562</v>
       </c>
-      <c r="B18" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="80" t="str">
+      <c r="B18" s="61" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Helsana (1562) </v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A19" s="80">
+      <c r="A19" s="61">
         <v>1142</v>
       </c>
-      <c r="B19" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="80" t="str">
+      <c r="B19" s="61" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Ingenbohl (1142) </v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="80">
+      <c r="A20" s="61">
         <v>1529</v>
       </c>
-      <c r="B20" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="80" t="str">
+      <c r="B20" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">INTRAS (1529) </v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A21" s="80">
+      <c r="A21" s="61">
         <v>829</v>
       </c>
-      <c r="B21" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="80" t="str">
+      <c r="B21" s="61" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">KLuG (829) </v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" s="80">
+      <c r="A22" s="61">
         <v>762</v>
       </c>
-      <c r="B22" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="80" t="str">
+      <c r="B22" s="61" t="s">
+        <v>72</v>
+      </c>
+      <c r="C22" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Kolping (762) </v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A23" s="80">
+      <c r="A23" s="61">
         <v>376</v>
       </c>
-      <c r="B23" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="80" t="str">
+      <c r="B23" s="61" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">KPT/CPT (376) </v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A24" s="80">
+      <c r="A24" s="61">
         <v>558</v>
       </c>
-      <c r="B24" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="80" t="str">
+      <c r="B24" s="61" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">KVF Krankenversicherung AG (558) </v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A25" s="80">
+      <c r="A25" s="61">
         <v>820</v>
       </c>
-      <c r="B25" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="80" t="str">
+      <c r="B25" s="61" t="s">
+        <v>75</v>
+      </c>
+      <c r="C25" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Lumneziana (820) </v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A26" s="80">
+      <c r="A26" s="61">
         <v>360</v>
       </c>
-      <c r="B26" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="80" t="str">
+      <c r="B26" s="61" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Luzerner Hinterland (360) </v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A27" s="80">
+      <c r="A27" s="61">
         <v>57</v>
       </c>
-      <c r="B27" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="80" t="str">
+      <c r="B27" s="61" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Moove Sympany AG (57) </v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A28" s="80">
+      <c r="A28" s="61">
         <v>1479</v>
       </c>
-      <c r="B28" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="80" t="str">
+      <c r="B28" s="61" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Mutuel Krankenversicherung AG (1479) </v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A29" s="80">
+      <c r="A29" s="61">
         <v>455</v>
       </c>
-      <c r="B29" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="80" t="str">
+      <c r="B29" s="61" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">ÖKK (455) </v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="80">
+      <c r="A30" s="61">
         <v>1535</v>
       </c>
-      <c r="B30" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="80" t="str">
+      <c r="B30" s="61" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Philos Krankenversicherung AG (1535) </v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A31" s="80">
+      <c r="A31" s="61">
         <v>994</v>
       </c>
-      <c r="B31" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="80" t="str">
+      <c r="B31" s="61" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Progrès (994) </v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A32" s="80">
+      <c r="A32" s="61">
         <v>182</v>
       </c>
-      <c r="B32" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="80" t="str">
+      <c r="B32" s="61" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">PROVITA (182) </v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A33" s="80">
+      <c r="A33" s="61">
         <v>1401</v>
       </c>
-      <c r="B33" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="80" t="str">
+      <c r="B33" s="61" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">rhenusana (1401) </v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A34" s="80">
+      <c r="A34" s="61">
         <v>1568</v>
       </c>
-      <c r="B34" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="80" t="str">
+      <c r="B34" s="61" t="s">
+        <v>84</v>
+      </c>
+      <c r="C34" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">sana24 (1568) </v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A35" s="80">
+      <c r="A35" s="61">
         <v>1577</v>
       </c>
-      <c r="B35" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="80" t="str">
+      <c r="B35" s="61" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Sanagate (1577) </v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A36" s="80">
+      <c r="A36" s="61">
         <v>901</v>
       </c>
-      <c r="B36" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="80" t="str">
+      <c r="B36" s="61" t="s">
+        <v>86</v>
+      </c>
+      <c r="C36" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">sanavals (901) </v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A37" s="80">
+      <c r="A37" s="61">
         <v>1509</v>
       </c>
-      <c r="B37" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="80" t="str">
+      <c r="B37" s="61" t="s">
+        <v>87</v>
+      </c>
+      <c r="C37" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Sanitas (1509) </v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A38" s="80">
+      <c r="A38" s="61">
         <v>1362</v>
       </c>
-      <c r="B38" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="80" t="str">
+      <c r="B38" s="61" t="s">
+        <v>88</v>
+      </c>
+      <c r="C38" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Simplon (1362) </v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A39" s="80">
+      <c r="A39" s="61">
         <v>923</v>
       </c>
-      <c r="B39" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="80" t="str">
+      <c r="B39" s="61" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">SLKK (923) </v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A40" s="80">
+      <c r="A40" s="61">
         <v>941</v>
       </c>
-      <c r="B40" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="80" t="str">
+      <c r="B40" s="61" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">sodalis (941) </v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A41" s="80">
+      <c r="A41" s="61">
         <v>246</v>
       </c>
-      <c r="B41" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="80" t="str">
+      <c r="B41" s="61" t="s">
+        <v>91</v>
+      </c>
+      <c r="C41" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Steffisburg (246) </v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A42" s="80">
+      <c r="A42" s="61">
         <v>1331</v>
       </c>
-      <c r="B42" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="80" t="str">
+      <c r="B42" s="61" t="s">
+        <v>92</v>
+      </c>
+      <c r="C42" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Stoffel (1331) </v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A43" s="80">
+      <c r="A43" s="61">
         <v>194</v>
       </c>
-      <c r="B43" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="80" t="str">
+      <c r="B43" s="61" t="s">
+        <v>93</v>
+      </c>
+      <c r="C43" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Sumiswalder (194) </v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A44" s="80">
+      <c r="A44" s="61">
         <v>62</v>
       </c>
-      <c r="B44" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="80" t="str">
+      <c r="B44" s="61" t="s">
+        <v>94</v>
+      </c>
+      <c r="C44" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">SUPRA-1846 SA (62) </v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A45" s="80">
+      <c r="A45" s="61">
         <v>1384</v>
       </c>
-      <c r="B45" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="80" t="str">
+      <c r="B45" s="61" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">SWICA (1384) </v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A46" s="80">
+      <c r="A46" s="61">
         <v>1113</v>
       </c>
-      <c r="B46" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="80" t="str">
+      <c r="B46" s="61" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Vallée d’Entremont (1113) </v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A47" s="80">
+      <c r="A47" s="61">
         <v>1555</v>
       </c>
-      <c r="B47" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="80" t="str">
+      <c r="B47" s="61" t="s">
+        <v>97</v>
+      </c>
+      <c r="C47" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Visana (1555) </v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A48" s="80">
+      <c r="A48" s="61">
         <v>1040</v>
       </c>
-      <c r="B48" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="80" t="str">
+      <c r="B48" s="61" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Visperterminen (1040) </v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A49" s="80">
+      <c r="A49" s="61">
         <v>966</v>
       </c>
-      <c r="B49" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="80" t="str">
+      <c r="B49" s="61" t="s">
+        <v>99</v>
+      </c>
+      <c r="C49" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">vita surselva (966) </v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A50" s="80">
+      <c r="A50" s="61">
         <v>1570</v>
       </c>
-      <c r="B50" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="80" t="str">
+      <c r="B50" s="61" t="s">
+        <v>100</v>
+      </c>
+      <c r="C50" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Vivacare (1570) </v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A51" s="80">
+      <c r="A51" s="61">
         <v>509</v>
       </c>
-      <c r="B51" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="80" t="str">
+      <c r="B51" s="61" t="s">
+        <v>101</v>
+      </c>
+      <c r="C51" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Vivao Sympany (509) </v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A52" s="80">
+      <c r="A52" s="61">
         <v>1318</v>
       </c>
-      <c r="B52" s="80" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="80" t="str">
+      <c r="B52" s="61" t="s">
+        <v>102</v>
+      </c>
+      <c r="C52" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Wädenswil (1318) </v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A53" s="80"/>
-[...3 lines deleted...]
-      <c r="C53" s="80" t="str">
+      <c r="A53" s="61"/>
+      <c r="B53" s="61" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53" s="61" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">Autre () </v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " e 9 d 7 4 6 d 4 - f b 0 f - 4 7 a c - 9 a 4 3 - 3 a 6 7 a 1 a 1 4 6 d 0 "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A E s F A A B Q S w M E F A A C A A g A c G f 2 T r v S n l C s A A A A + g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y / P C o J A G M R f R f b u t 7 v + o + J z P X j p k B A E 0 V V 0 1 S V d Q 9 f W d + v Q I / U K B W V 0 6 z Y z z A 9 m H r c 7 J n P X O l c 5 j K r X M e H A i C N 1 0 Z d K 1 z G Z T O W u S C J w n x f n v J b O q 6 z H z T y q m D T G X D a U W m v B + t A P N f U Y 4 / S U 7 Q 5 F I 7 v c V X o 0 u S 4 k + V L l f 4 o I P L 7 H C A 8 C B k E Y B s A j j n S J M V N 6 0 R x C 8 L 1 1 B A z p T 4 z p 1 J p p k K I a 3 H S L d L F I P z / E E 1 B L A w Q U A A I A C A B w Z / Z O D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A c G f 2 T p F E e X o 9 A g A A M Q k A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A O 1 T y 2 7 a Q B T d I / E P I 2 d j J A t h 0 0 R q K x a E h 2 o 1 M R W G d h F H o 8 F c m l H G M 2 h m j I g Q / 5 J l 2 X X R L y g / 1 h n T A o I 2 a a o u 8 c K 2 7 j 3 3 f Y 6 C V F P B U b z 5 + m / L p X J J 3 R E J Y 3 T d C 2 P s o w Z i o M s l Z J 5 Y 5 D I F Y + n M U 2 D V T 0 L e j 4 S 4 d 7 u U Q b U l u A a u l e v E b 5 J h r 3 4 e 1 B I / w G E U D 8 L B c B D 2 o h j H w 8 u P n c j + R 5 1 O n N T O c c i V p j q 3 x b E E B S T H S l C e 9 O J m G 0 0 l n a 1 X o J I 2 l b b B G S i k J e G K a m E s C g U 1 / 3 X S p e k d B a n Q + h F l o L U E B B w x + p l D 0 u / 2 r 5 r X h O G a j 9 u Q i m y q A W t J M 1 D m D c y 0 1 8 U 2 C 6 5 d 4 M C v z p m a O x U P 8 Z w x z 9 T K o e J t Z t 9 s A w / I i N k N b F a x u A k 1 Z A 1 n 4 3 S 8 9 5 S P G 0 6 B c W 6 X N 2 2 i y e 3 P + D N n 8 D A F l I k x n d D 1 y j E 5 C l x 1 Y A e a C J m 1 B M s z b l H K 3 a / m L R Z O 9 P 0 r G g O a k F T n Z r 7 1 K q M K z l w 2 q b g S s p F p R p l F o S m R i C h l I M Z Q c c w E t i b h D 0 s P L Z x 3 x g q q i O p 9 a M a o a Q A h 1 x e v q r b o b y G X z 0 N a x 5 B r Q w X C N d q 1 t u u M 8 B T + H L E Z 0 O B J b k I 0 N Y Q 6 B l u m y f U 3 B r 8 G 1 D D X h S e 1 H s H A 3 u I w a u s L j n 3 m U N t k Y / N f G C O R H R X o t w 7 G X V a 2 9 2 2 D 5 H T 9 x f K y I J 9 C K p 8 a C m e W w r t 7 9 y E T M 7 g i S k f u I S k 8 v 1 I u U f 5 3 G Y + 0 G p y 0 u q f V 4 C m t B v 9 b q 8 F J q y e t v k C r 9 Z N W 9 7 R a f 0 q r 9 W e 0 + g + 3 3 C / 6 s j v + A F B L A Q I t A B Q A A g A I A H B n 9 k 6 7 0 p 5 Q r A A A A P o A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B w Z / Z O D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D 4 A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A H B n 9 k 6 R R H l 6 P Q I A A D E J A A A T A A A A A A A A A A A A A A A A A O k B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A H M E A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P i M x A A A A A A A A A T E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I i B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 0 1 P S V N f M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 0 V 4 Y 2 V w d G l v b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x O S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F B T U R B d 0 1 E Q m d N R E N R W U Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 T s K w I G R l I G Z h Y 3 R 1 c m U g w 6 l t a X N l X G 4 o c m V t Y m 9 1 c n P D q W U g c G F y I G F z c 3 V y Z X V y c y k m c X V v d D s s J n F 1 b 3 Q 7 S G V 1 c m V z X G 5 P U E F T I E E m c X V v d D s s J n F 1 b 3 Q 7 S G V 1 c m V z X G 5 P U E F T I E I m c X V v d D s s J n F 1 b 3 Q 7 S G V 1 c m V z X G 5 P U E F T I E M m c X V v d D s s J n F 1 b 3 Q 7 T W 9 u d G F u d C B y Z W 1 i b 3 V y c 8 O p I H B h c i B h c 3 N 1 c m F u Y 2 U m c X V v d D s s J n F 1 b 3 Q 7 T W 9 u d G F u d C B m Y W N 0 d X L D q S B h d S B w Y X R p Z W 5 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v b n R y w 7 R s Z S Z x d W 9 0 O y w m c X V v d D t j b 2 5 0 c m 9 s Z V 8 x J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 N v b n R y b 2 x l X z I m c X V v d D s s J n F 1 b 3 Q 7 R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t O b 2 0 m c X V v d D s s J n F 1 b 3 Q 7 U k N D J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A x O S 0 w N i 0 y M V Q x N D o z N j o y N C 4 w M D E 4 M T k z W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d F N o Z W V 0 I i B W Y W x 1 Z T 0 i c 0 Z l d W l s M j k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l Y 2 9 2 Z X J 5 V G F y Z 2 V 0 Q 2 9 s d W 1 u I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l Y 2 9 2 Z X J 5 V G F y Z 2 V 0 U m 9 3 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E y L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 7 C s C B k Z S B m Y W N 0 d X J l I M O p b W l z Z V x u K H J l b W J v d X J z w 6 l l I H B h c i B h c 3 N 1 c m V 1 c n M p L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q i w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T W 9 u d G F u d C B y Z W 1 i b 3 V y c 8 O p I H B h c i B h c 3 N 1 c m F u Y 2 U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t N b 2 5 0 Y W 5 0 I G Z h Y 3 R 1 c s O p I G F 1 I H B h d G l l b n Q s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t D b 2 5 0 c s O 0 b G U s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t j b 2 5 0 c m 9 s Z V 8 x L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Y 2 9 u d H J v b G V f M i w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 R h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t O b 2 0 s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 U k N D L D E x f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T I s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t O w r A g Z G U g Z m F j d H V y Z S D D q W 1 p c 2 V c b i h y Z W 1 i b 3 V y c 8 O p Z S B w Y X I g Y X N z d X J l d X J z K S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B B L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E I s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 1 v b n R h b n Q g c m V t Y m 9 1 c n P D q S B w Y X I g Y X N z d X J h b m N l L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T W 9 u d G F u d C B m Y W N 0 d X L D q S B h d S B w Y X R p Z W 5 0 L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Q 2 9 u d H L D t G x l L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Y 2 9 u d H J v b G V f M S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 2 N v b n R y b 2 x l X z I s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 x L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t E Y X R l L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T m 9 t L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 1 J D Q y w x M X 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 0 1 P S V N f M S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v T U 9 J U 1 8 x X 1 R h Y m x l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v T U 9 J U 1 8 x L 1 R 5 c G U l M j B t b 2 R p Z m k l Q z M l Q T k 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z I 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N F e G N l c H R p b 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M T I i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B Q U 1 E Q X d N R E J n T U R D U V l E I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 7 C s C B k Z S B m Y W N 0 d X J l I M O p b W l z Z V x u K H J l b W J v d X J z w 6 l l I H B h c i B h c 3 N 1 c m V 1 c n M p J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 h l d X J l c 1 x u T 1 B B U y B B J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 h l d X J l c 1 x u T 1 B B U y B C J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 h l d X J l c 1 x u T 1 B B U y B D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 1 v b n R h b n Q g c m V t Y m 9 1 c n P D q S B w Y X I g Y X N z d X J h b m N l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 1 v b n R h b n Q g Z m F j d H V y w 6 k g Y X U g c G F 0 a W V u d C Z x d W 9 0 O y w m c X V v d D t D b 2 5 0 c s O 0 b G U m c X V v d D s s J n F 1 b 3 Q 7 Y 2 9 u d H J v b G V f M S Z x d W 9 0 O y w m c X V v d D t j b 2 5 0 c m 9 s Z V 8 y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T m 9 t J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J D Q y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M T k t M D Y t M j F U M T Q 6 M z Y 6 M j U u M T c x O D E 5 M 1 o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R T a G V l d C I g V m F s d W U 9 I n N G Z X V p b D M w I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d E N v b H V t b i I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W N v d m V y e V R h c m d l d F J v d y I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x M i w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t O w r A g Z G U g Z m F j d H V y Z S D D q W 1 p c 2 V c b i h y Z W 1 i b 3 V y c 8 O p Z S B w Y X I g Y X N z d X J l d X J z K S w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B B L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E I s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 1 v b n R h b n Q g c m V t Y m 9 1 c n P D q S B w Y X I g Y X N z d X J h b m N l L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T W 9 u d G F u d C B m Y W N 0 d X L D q S B h d S B w Y X R p Z W 5 0 L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Q 2 9 u d H L D t G x l L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Y 2 9 u d H J v b G V f M S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 2 N v b n R y b 2 x l X z I s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t E Y X R l L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T m 9 t L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 1 J D Q y w x M X 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E y L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T s K w I G R l I G Z h Y 3 R 1 c m U g w 6 l t a X N l X G 4 o c m V t Y m 9 1 c n P D q W U g c G F y I G F z c 3 V y Z X V y c y k s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B C L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t N b 2 5 0 Y W 5 0 I H J l b W J v d X J z w 6 k g c G F y I G F z c 3 V y Y W 5 j Z S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 1 v b n R h b n Q g Z m F j d H V y w 6 k g Y X U g c G F 0 a W V u d C w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 N v b n R y w 7 R s Z S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 2 N v b n R y b 2 x l X z E s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t j b 2 5 0 c m 9 s Z V 8 y L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 R G F 0 Z S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 5 v b S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t S Q 0 M s M T F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v T U 9 J U 1 8 y L 0 1 P S V N f M l 9 U Y W J s Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 0 1 P S V N f M i 9 U e X B l J T I w b W 9 k a W Z p J U M z J U E 5 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v T U 9 J U 1 8 z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z R X h j Z X B 0 a W 9 u I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D E y I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q U F B Q U F B Q U F B Q U F B Q U F B Q S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t O w r A g Z G U g Z m F j d H V y Z S D D q W 1 p c 2 V c b i h y Z W 1 i b 3 V y c 8 O p Z S B w Y X I g Y X N z d X J l d X J z K S Z x d W 9 0 O y w m c X V v d D t I Z X V y Z X N c b k 9 Q Q V M g Q S Z x d W 9 0 O y w m c X V v d D t I Z X V y Z X N c b k 9 Q Q V M g Q i Z x d W 9 0 O y w m c X V v d D t I Z X V y Z X N c b k 9 Q Q V M g Q y Z x d W 9 0 O y w m c X V v d D t N b 2 5 0 Y W 5 0 I H J l b W J v d X J z w 6 k g c G F y I G F z c 3 V y Y W 5 j Z S Z x d W 9 0 O y w m c X V v d D t N b 2 5 0 Y W 5 0 I G Z h Y 3 R 1 c s O p I G F 1 I H B h d G l l b n Q m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 u d H L D t G x l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 N v b n R y b 2 x l X z E m c X V v d D s s J n F 1 b 3 Q 7 Y 2 9 u d H J v b G V f M i Z x d W 9 0 O y w m c X V v d D t E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 v b S Z x d W 9 0 O y w m c X V v d D t S Q 0 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D E 5 L T A 2 L T I x V D E 0 O j M 2 O j I z L j k w M T g x O T N a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l Y 2 9 2 Z X J 5 V G F y Z 2 V 0 U 2 h l Z X Q i I F Z h b H V l P S J z R m V 1 a W w z M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R D b 2 x 1 b W 4 i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V j b 3 Z l c n l U Y X J n Z X R S b 3 c i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T I s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T s K w I G R l I G Z h Y 3 R 1 c m U g w 6 l t a X N l X G 4 o c m V t Y m 9 1 c n P D q W U g c G F y I G F z c 3 V y Z X V y c y k s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B C L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t N b 2 5 0 Y W 5 0 I H J l b W J v d X J z w 6 k g c G F y I G F z c 3 V y Y W 5 j Z S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 1 v b n R h b n Q g Z m F j d H V y w 6 k g Y X U g c G F 0 a W V u d C w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 N v b n R y w 7 R s Z S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 2 N v b n R y b 2 x l X z E s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t j b 2 5 0 c m 9 s Z V 8 y L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 R G F 0 Z S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 5 v b S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t S Q 0 M s M T F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x M i w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 7 C s C B k Z S B m Y W N 0 d X J l I M O p b W l z Z V x u K H J l b W J v d X J z w 6 l l I H B h c i B h c 3 N 1 c m V 1 c n M p L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 S G V 1 c m V z X G 5 P U E F T I E E s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t I Z X V y Z X N c b k 9 Q Q V M g Q i w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 h l d X J l c 1 x u T 1 B B U y B D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 T W 9 u d G F u d C B y Z W 1 i b 3 V y c 8 O p I H B h c i B h c 3 N 1 c m F u Y 2 U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t N b 2 5 0 Y W 5 0 I G Z h Y 3 R 1 c s O p I G F 1 I H B h d G l l b n Q s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t D b 2 5 0 c s O 0 b G U s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t j b 2 5 0 c m 9 s Z V 8 x L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 Y 2 9 u d H J v b G V f M i w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m n D q H J l c y B s a W d u Z X M g c 3 V w c H J p b c O p Z X M u e 0 R h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v T U 9 J U 1 8 z L 0 R l c m 5 p w 6 h y Z X M g b G l n b m V z I H N 1 c H B y a W 3 D q W V z L n t O b 2 0 s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 E Z X J u a c O o c m V z I G x p Z 2 5 l c y B z d X B w c m l t w 6 l l c y 5 7 U k N D L D E x f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v T U 9 J U 1 8 z L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 0 1 P S V N f M y 9 N T 0 l T X z N f V G F i b G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z E v R G V y b m k l Q z M l Q T h y Z X M l M j B s a W d u Z X M l M j B z d X B w c m l t J U M z J U E 5 Z X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z I v R G V y b m k l Q z M l Q T h y Z X M l M j B s a W d u Z X M l M j B z d X B w c m l t J U M z J U E 5 Z X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 N T 0 l T X z M v R G V y b m k l Q z M l Q T h y Z X M l M j B s a W d u Z X M l M j B z d X B w c m l t J U M z J U E 5 Z X M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A Y d z u F t I M U E C / 3 v 1 h M k s 2 Q w A A A A A C A A A A A A A D Z g A A w A A A A B A A A A B w h d i h r o 2 H H I 4 j 8 i H B Z V Z a A A A A A A S A A A C g A A A A E A A A A I X g h b e q C 8 g d E w 2 q U 8 8 a k r h Q A A A A c K R u r Q I H 7 k d I 6 0 9 8 z d D p 6 A M 0 4 i T 0 8 Q D b X J K a u 7 t b u N d N B T o 8 4 i i 5 i m g j t + + S E o N B F H l U U H s Q k S G H Q U G A X Q s s 7 l W W E v o O K n s 6 4 h z e K d g D i x M U A A A A i 5 q q P x I Z k L a i Q M l g h v o f M O w 7 s Y U = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61325B9D-3854-4F65-861E-CA0ADBD7DC13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Décompte</vt:lpstr>
       <vt:lpstr>Saisie_AOS</vt:lpstr>
       <vt:lpstr>Paramètres</vt:lpstr>
       <vt:lpstr>para</vt:lpstr>
       <vt:lpstr>Part_AOS_A</vt:lpstr>
       <vt:lpstr>Part_AOS_B</vt:lpstr>
       <vt:lpstr>Part_AOS_C</vt:lpstr>
       <vt:lpstr>Part_patient</vt:lpstr>
       <vt:lpstr>Tarif_OPAS_A</vt:lpstr>
       <vt:lpstr>Tarif_OPAS_B</vt:lpstr>
       <vt:lpstr>Tarif_OPAS_C</vt:lpstr>
-      <vt:lpstr>Décompte!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dembinski Antoine (DSES)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>-2044351804</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Site internet-Décomptes </vt:lpwstr>
+    <vt:lpwstr>Màj décomptes-Site internet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
-    <vt:lpwstr>snrs.financement-residuel@etat.ge.ch</vt:lpwstr>
+    <vt:lpwstr>karima.derfoufi@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
-    <vt:lpwstr>DGS - SNRS Financement résiduel (DSM)</vt:lpwstr>
+    <vt:lpwstr>Derfoufi Karima (DSM)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_PreviousAdHocReviewCycleID">
     <vt:i4>77607888</vt:i4>
   </property>
 </Properties>
 </file>