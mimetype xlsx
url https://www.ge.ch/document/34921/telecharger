--- v0 (2025-10-09)
+++ v1 (2026-01-06)
@@ -1,235 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO5351\14_I_TN\04.00. Secrétariat\04.00.08 Modèles\Revue modèles 2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO5351\14_I_TN\04.00. Secrétariat\04.00.12 Divers\Site internet TN\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0809DEA-A68A-45DC-830F-1B39276AB116}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="6765"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Date de naissance</t>
   </si>
   <si>
     <t>No AVS</t>
   </si>
   <si>
     <t>Date d'entrée</t>
   </si>
   <si>
     <t>Date de sortie</t>
   </si>
   <si>
     <t>Fonction</t>
   </si>
   <si>
-    <t>Taux d'activité (%)</t>
-[...4 lines deleted...]
-  <si>
     <t>Nationalité</t>
   </si>
   <si>
     <t>Type de permis</t>
   </si>
   <si>
     <t>5200 par mois x13</t>
   </si>
   <si>
     <t>Exemple</t>
   </si>
   <si>
     <t>cuisinier</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>Exemple 1</t>
   </si>
   <si>
     <t>Exemple 2</t>
   </si>
   <si>
     <t>Inde</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
-    <t>pas encore annoncé</t>
-[...1 lines deleted...]
-  <si>
     <t>monteur échafaudage</t>
   </si>
   <si>
     <t>756.1234.5678.97</t>
   </si>
   <si>
     <t>Nom de l'entreprise / Raison sociale :</t>
   </si>
   <si>
-    <t>CHF 24,90 / heure</t>
+    <t>Soumis impôt à la source Oui/Non</t>
+  </si>
+  <si>
+    <t>Salaire brut
+(CHF)</t>
+  </si>
+  <si>
+    <t>Taux d'activité
+(%)</t>
+  </si>
+  <si>
+    <t>CHF 28,00 / heure</t>
+  </si>
+  <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>756.9876.5432.19
+pas encore annoncé</t>
+  </si>
+  <si>
+    <t>Non (conjoint avec Permis C)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="1">
+    <dxf>
+      <alignment horizontal="general" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau1" displayName="Tableau1" ref="A3:K15" totalsRowShown="0">
-[...12 lines deleted...]
-    <tableColumn id="11" name="Taux d'activité (%)"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau1" displayName="Tableau1" ref="A3:L15" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A3:L15" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nom"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Prénom"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Date de naissance"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Nationalité"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Type de permis"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="No AVS"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Date d'entrée"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Date de sortie"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Fonction"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Salaire brut_x000a_(CHF)"/>
+    <tableColumn id="12" xr3:uid="{4FE6B723-2635-4FE3-8B37-94645ABE5975}" name="Soumis impôt à la source Oui/Non"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Taux d'activité_x000a_(%)"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -457,180 +493,190 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K5"/>
+  <dimension ref="A1:L5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.7109375" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" customWidth="1"/>
     <col min="3" max="3" width="20" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="8" width="14.7109375" customWidth="1"/>
     <col min="9" max="9" width="18.7109375" customWidth="1"/>
-    <col min="10" max="10" width="20.28515625" customWidth="1"/>
-    <col min="11" max="11" width="19.7109375" customWidth="1"/>
+    <col min="10" max="10" width="18.28515625" customWidth="1"/>
+    <col min="11" max="11" width="20.28515625" customWidth="1"/>
+    <col min="12" max="12" width="16.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1" s="1"/>
+    </row>
+    <row r="3" spans="1:12" s="2" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="L3" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C1" s="3"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="4" spans="1:12" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" s="5">
+        <v>29221</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="5">
+        <v>40179</v>
+      </c>
+      <c r="H4" s="5">
+        <v>45961</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E3" t="s">
+      <c r="K4" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="L4" s="4">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="4" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F3" t="s">
-[...19 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="C5" s="5">
+        <v>25569</v>
+      </c>
+      <c r="D5" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...31 lines deleted...]
-      <c r="A5" s="1" t="s">
+      <c r="E5" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="F5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="5">
+        <v>46023</v>
+      </c>
+      <c r="I5" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...11 lines deleted...]
-      <c r="J5" s="1" t="s">
+      <c r="J5" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="K5" s="1">
+      <c r="K5" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" s="4">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;F&amp;R&amp;D</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
@@ -658,27 +704,30 @@
   <dc:creator>Januszewski Elodie (DEE)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>2083409529</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
     <vt:lpwstr>Feuillet LTN pour site internet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>pctn-inspectorat@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>PCTN-inspectorat (DEE)</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>