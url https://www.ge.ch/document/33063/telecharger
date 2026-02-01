--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -1,122 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="494E17E5" w14:textId="2E36B332" w:rsidR="008225EE" w:rsidRPr="006560FE" w:rsidRDefault="00185464" w:rsidP="00F13A61">
+    <w:p w14:paraId="494E17E5" w14:textId="2399D37E" w:rsidR="008225EE" w:rsidRPr="006560FE" w:rsidRDefault="00185464" w:rsidP="00F13A61">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FORMULAIRE DE F</w:t>
       </w:r>
       <w:r w:rsidR="002A5985">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IN</w:t>
       </w:r>
       <w:r w:rsidR="009102B7" w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE </w:t>
       </w:r>
       <w:r w:rsidR="002A5985">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MESURE</w:t>
       </w:r>
       <w:r w:rsidR="00D46DEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / CHANGEMENT </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D27BAF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32407">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">DE </w:t>
+        <w:t>OU DE</w:t>
       </w:r>
       <w:r w:rsidR="00D46DEF">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> CHANGEMENT </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27BAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DE </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>PRESTATAIRE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32407">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D’EDUCATION PRECOCE SPECIALISEE OU DE SPES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F4A6A6" w14:textId="6DB3D691" w:rsidR="00751EDE" w:rsidRDefault="00751EDE" w:rsidP="00751EDE">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-86"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20B40548" w14:textId="2AE1829D" w:rsidR="00751EDE" w:rsidRPr="001F19F4" w:rsidRDefault="00751EDE" w:rsidP="00751EDE">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -282,92 +306,90 @@
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00985260">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00751EDE" w:rsidRPr="001F19F4" w14:paraId="1777ACBE" w14:textId="77777777" w:rsidTr="00F13A61">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -895,51 +917,51 @@
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prestation concernée par le changement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F56E65E" w14:textId="1431531B" w:rsidR="00F125D5" w:rsidRPr="00D46DEF" w:rsidRDefault="00F125D5">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4110"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C56FB09" w14:textId="29017DFF" w:rsidR="00AE5F97" w:rsidRPr="00F967DC" w:rsidRDefault="009F3786" w:rsidP="00F90C00">
+    <w:p w14:paraId="7C56FB09" w14:textId="29017DFF" w:rsidR="00AE5F97" w:rsidRPr="00F967DC" w:rsidRDefault="00850105" w:rsidP="00F90C00">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="343679561"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -996,58 +1018,69 @@
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A5985">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A5985" w:rsidRPr="00F967DC">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A5985">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>EPS en institution</w:t>
+        <w:t>EPS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A5985">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en institution</w:t>
       </w:r>
       <w:r w:rsidR="00AE5F97" w:rsidRPr="00F967DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1813018369"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -3491,51 +3524,69 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature </w:t>
             </w:r>
             <w:r w:rsidR="002A5985">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">du prestataire </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>: …………………………………………………………………..</w:t>
+              <w:t>: ……………………………………………………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3358A3ED" w14:textId="3FA25E00" w:rsidR="00D8203D" w:rsidRPr="001F19F4" w:rsidRDefault="00D8203D" w:rsidP="000B0255">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18B23910" w14:textId="77777777" w:rsidR="00D8203D" w:rsidRPr="00D8203D" w:rsidRDefault="00D8203D">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
@@ -3550,237 +3601,236 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C84B84" w:rsidSect="00985260">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6AB2601B" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E1C6A77" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Gras">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-443919981"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4861A9B2" w14:textId="3F279CEE" w:rsidR="00ED400F" w:rsidRDefault="00ED400F">
+      <w:p w14:paraId="4861A9B2" w14:textId="73A5E3E0" w:rsidR="00ED400F" w:rsidRDefault="00ED400F">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009F3786">
+        <w:r w:rsidR="00F90C00">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t>/2</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="46061198" w14:textId="6005A185" w:rsidR="00915621" w:rsidRPr="00ED400F" w:rsidRDefault="00ED400F" w:rsidP="00FF17EE">
+  <w:p w14:paraId="46061198" w14:textId="6005A185" w:rsidR="00D32407" w:rsidRPr="00ED400F" w:rsidRDefault="00ED400F" w:rsidP="00FF17EE">
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00ED400F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>OEJ - SPS •</w:t>
     </w:r>
     <w:r w:rsidR="00FF17EE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
@@ -3821,73 +3871,73 @@
       <w:t>•</w:t>
     </w:r>
     <w:r w:rsidR="00D27BAF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00ED400F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:lang w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>Tél. +41 (22) 388 68 00</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E0823A8" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6F9E6B5F" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10490" w:type="dxa"/>
       <w:tblInd w:w="-3" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1062"/>
       <w:gridCol w:w="5954"/>
       <w:gridCol w:w="3474"/>
     </w:tblGrid>
     <w:tr w:rsidR="00185464" w:rsidRPr="00185464" w14:paraId="4887DF2C" w14:textId="77777777" w:rsidTr="00C84B84">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1077"/>
@@ -4178,51 +4228,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1F896E75" w14:textId="7BD41BED" w:rsidR="00185464" w:rsidRPr="00185464" w:rsidRDefault="00185464" w:rsidP="00185464">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02814B82"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8549CB6"/>
     <w:styleLink w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial Unicode MS"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4813,214 +4863,219 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8748" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="266893007">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="260532778">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1270773066">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="338050330">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1960211807">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1746103179">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1468161837">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2129543297">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rrkXDGYJh4xsX8iI1vHEh85k5ak1SNI0P4ff2QxznKwjWFTIycq3+Dzoz3D1PLshEdHtUoMgM4SUTPGBUsoeWg==" w:salt="0l/+6oyBYrBBLJj+FfOXEw=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="V5n1XGvaKDw0kAcKGwmGDL/pLmjowjKjur0uODbqV2yz/6Vk6THRYp/sAs3IYNbN43HrRJmYr/Oztd7TNFnVrQ==" w:salt="Rip5zwJsC8tkiir3HaXqRw=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008225EE"/>
     <w:rsid w:val="0000120D"/>
+    <w:rsid w:val="00016E39"/>
+    <w:rsid w:val="00032736"/>
     <w:rsid w:val="000B2A20"/>
     <w:rsid w:val="00143FFD"/>
     <w:rsid w:val="00185464"/>
     <w:rsid w:val="00200937"/>
     <w:rsid w:val="002A5985"/>
     <w:rsid w:val="003075A0"/>
     <w:rsid w:val="00354330"/>
     <w:rsid w:val="004902CC"/>
     <w:rsid w:val="004C2222"/>
-    <w:rsid w:val="0051726E"/>
     <w:rsid w:val="005F184D"/>
-    <w:rsid w:val="00606B88"/>
     <w:rsid w:val="006350EA"/>
     <w:rsid w:val="006560FE"/>
     <w:rsid w:val="006B30D1"/>
     <w:rsid w:val="006C12A0"/>
     <w:rsid w:val="00720FF2"/>
     <w:rsid w:val="00751EDE"/>
     <w:rsid w:val="00756430"/>
     <w:rsid w:val="007700A4"/>
     <w:rsid w:val="00781DD7"/>
     <w:rsid w:val="007F30DF"/>
     <w:rsid w:val="008225EE"/>
+    <w:rsid w:val="00850105"/>
     <w:rsid w:val="008B172A"/>
     <w:rsid w:val="009102B7"/>
     <w:rsid w:val="00952773"/>
     <w:rsid w:val="00985260"/>
     <w:rsid w:val="009E2EA0"/>
-    <w:rsid w:val="009F3786"/>
     <w:rsid w:val="00AE5F97"/>
     <w:rsid w:val="00B378BF"/>
     <w:rsid w:val="00B61D9E"/>
     <w:rsid w:val="00B97794"/>
     <w:rsid w:val="00BC73EF"/>
     <w:rsid w:val="00BC7B44"/>
     <w:rsid w:val="00C01565"/>
     <w:rsid w:val="00C21B06"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00CA2EC6"/>
     <w:rsid w:val="00D03C50"/>
     <w:rsid w:val="00D27BAF"/>
+    <w:rsid w:val="00D32407"/>
     <w:rsid w:val="00D46DEF"/>
     <w:rsid w:val="00D66946"/>
     <w:rsid w:val="00D8203D"/>
+    <w:rsid w:val="00DC2B29"/>
     <w:rsid w:val="00E42EC9"/>
     <w:rsid w:val="00EC3606"/>
     <w:rsid w:val="00ED400F"/>
     <w:rsid w:val="00ED79F3"/>
     <w:rsid w:val="00EF2E56"/>
     <w:rsid w:val="00F125D5"/>
     <w:rsid w:val="00F13A61"/>
     <w:rsid w:val="00F90C00"/>
     <w:rsid w:val="00FA06B7"/>
     <w:rsid w:val="00FF17EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="50F81ADF"/>
   <w15:docId w15:val="{99A5407A-CEB2-462F-AFB7-318B9C841ACB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="SimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5348,50 +5403,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
@@ -5883,51 +5943,51 @@
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00985260"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D27BAF"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1219126899">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sps.mesuresordinaires@etat.ge.ch" TargetMode="External"/></Relationships>
 </file>
@@ -6184,102 +6244,99 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B994B97B-3B63-4563-8870-F577410F4FE4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A19F43D-19FD-468F-9205-8A6ED94B8249}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>231</Words>
-  <Characters>1271</Characters>
+  <Words>238</Words>
+  <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1500</CharactersWithSpaces>
+  <CharactersWithSpaces>1546</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:creator>BAZUS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>-971259098</vt:i4>
+    <vt:i4>-363081175</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Mise à jour du formulaire de fin de mesure ou changement de prestataire</vt:lpwstr>
+    <vt:lpwstr>Harmonisation de la nomenclature des documents en ligne du SPS.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_PreviousAdHocReviewCycleID">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>