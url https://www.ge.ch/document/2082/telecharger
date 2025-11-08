--- v0 (2025-10-07)
+++ v1 (2025-11-08)
@@ -7,948 +7,948 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10208" w:type="dxa"/>
         <w:tblInd w:w="-709" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="7798"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B02E9D" w:rsidTr="00874138">
+      <w:tr w:rsidR="00B02E9D" w14:paraId="14244DFE" w14:textId="77777777" w:rsidTr="00874138">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:bookmarkStart w:id="0" w:name="LogoGE"/>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="2C647A97" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="Logo"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> MACROBUTTON AutoNew </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BD1C48">
+            <w:r w:rsidR="004B1397">
               <w:rPr>
                 <w:position w:val="6"/>
               </w:rPr>
-              <w:pict>
+              <w:pict w14:anchorId="19AA5923">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:26.25pt;height:42.75pt">
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="25BFC1AF" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="Logo"/>
               <w:spacing w:before="1200"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="OfficeLigne2"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="48760D59" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle"/>
             </w:pPr>
             <w:r>
               <w:t>republique et canton de geneve</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00A66F33">
+          <w:p w14:paraId="73EAE0B4" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00A66F33">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="DeptLigne1"/>
             <w:r>
               <w:t>Département du territoire</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="00B02E9D">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00B02E9D">
               <w:instrText xml:space="preserve"> IF DeptLigne1 = "" "" </w:instrText>
             </w:r>
             <w:r w:rsidR="00B02E9D">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00B02E9D">
               <w:instrText xml:space="preserve"> IF OfficeLigne2 = "" "</w:instrText>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="14BB3D46" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
             </w:pPr>
             <w:r>
               <w:instrText>" "</w:instrText>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="6E2A5ED9" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="Office"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF OfficeLigne2\* Charformat </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText>Ordre d'enseignement du postobligatoire de l'enseignement</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E24DB" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="7C4138B7" w14:textId="77777777" w:rsidR="00490F8C" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:instrText>"</w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E24DB" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="4C5C7F41" w14:textId="77777777" w:rsidR="00490F8C" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="6722EA83" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="Office"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="OfficeLigne1"/>
             <w:r w:rsidR="00A66F33">
               <w:t>Office cantonal de l'environnement</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRPr="007E24DB" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="418B9375" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRPr="007E24DB" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="OfficeLigne3"/>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="22A4D09D" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="DeptLigne2"/>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="27E3DA19" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="DeptLigne3"/>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
-          <w:p w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
+          <w:p w14:paraId="6B32BA5C" w14:textId="77777777" w:rsidR="00B02E9D" w:rsidRDefault="00B02E9D">
             <w:pPr>
               <w:pStyle w:val="Logo"/>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="LogoDepartement"/>
             <w:bookmarkStart w:id="8" w:name="LogoService"/>
             <w:bookmarkEnd w:id="7"/>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002604E9" w:rsidRPr="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
+    <w:p w14:paraId="4FD0B269" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002604E9">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>REQUÊTE EN AUTORISATION D’EXPLOITER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
+    <w:p w14:paraId="14593546" w14:textId="77777777" w:rsidR="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002604E9">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>UNE INSTALLATION D’ÉLIMINATION DES DÉCHETS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002604E9" w:rsidRPr="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
+    <w:p w14:paraId="3D5D6AB6" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="002604E9" w:rsidRDefault="002604E9" w:rsidP="002604E9">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6543"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="002604E9" w:rsidRPr="00A140AE" w14:paraId="0F97A1AB" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00091A9E">
+          <w:p w14:paraId="43D3AF5E" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00091A9E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="92"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Dossier n</w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2AFB8E87" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="002604E9" w:rsidRPr="00A140AE" w14:paraId="7C3F9912" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4721E1AE" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:ind w:right="238"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="79DBB1C4" w14:textId="77777777" w:rsidR="002604E9" w:rsidRPr="00A140AE" w:rsidRDefault="002604E9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Laisser en blanc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A66F33" w:rsidRDefault="00A66F33" w:rsidP="002604E9">
+    <w:p w14:paraId="2EE044E5" w14:textId="77777777" w:rsidR="00A66F33" w:rsidRDefault="00A66F33" w:rsidP="002604E9">
       <w:pPr>
         <w:pStyle w:val="Signature1"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00DD0EAC">
+    <w:p w14:paraId="6CBFDAAF" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00DD0EAC">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092784E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>RENSEIGNEMENTS GENERAUX</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="69" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6521"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="7327947E" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="17354F15" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Requérant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="2B11E695" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5078AAFF" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Raison sociale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4044D0FA" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="40E266EB" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="68C79AD9" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4C8C63ED" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="464F94F4" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="48932DD2" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>NPA, localité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5151B312" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="2B1478E7" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="76121F31" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:right="-567"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Répondant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="304390BD" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="6308"/>
               </w:tabs>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="2E08A05E" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4B6F1261" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nom, prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7F20F29E" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6308"/>
               </w:tabs>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="20972955" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1BFD117D" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Fonction dans l’entreprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5694ABFF" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="6308"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -1014,91 +1014,91 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="6154C85B" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="62197798" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00E44175">
+          <w:p w14:paraId="060DFAA2" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00E44175">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3899"/>
                 <w:tab w:val="right" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:right="-15"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
@@ -1291,92 +1291,92 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Portable :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="26E63E7F" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="71" w:type="dxa"/>
             <w:right w:w="71" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0C972B0C" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1E5B12A0" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="2339"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6308"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1460,174 +1460,172 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="0039288F">
+    <w:p w14:paraId="69F854B8" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="0039288F">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0039288F" w:rsidRDefault="0039288F" w:rsidP="00845ED9">
+    <w:p w14:paraId="76D6F4BA" w14:textId="77777777" w:rsidR="0039288F" w:rsidRDefault="0039288F" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Coordonnées de facturation </w:t>
       </w:r>
       <w:r>
         <w:t>(si différentes de l’adresse ci-dessus) : ……………………………</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidR="0039288F" w:rsidRPr="0039288F" w:rsidRDefault="0039288F" w:rsidP="00845ED9">
+    <w:p w14:paraId="2F777444" w14:textId="77777777" w:rsidR="0039288F" w:rsidRPr="0039288F" w:rsidRDefault="0039288F" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3403"/>
         <w:gridCol w:w="5953"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00C94AD9">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="5ABE91F7" w14:textId="77777777" w:rsidTr="00C94AD9">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="14B40F60" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Propriétaire</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> foncier</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00740CA1">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="5FAA41AD" w14:textId="77777777" w:rsidTr="00740CA1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00740CA1" w:rsidP="00740CA1">
+          <w:p w14:paraId="5BF2A47E" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00740CA1" w:rsidP="00740CA1">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>N° de p</w:t>
             </w:r>
             <w:r w:rsidR="00845ED9" w:rsidRPr="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1639,82 +1637,82 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t xml:space="preserve"> et </w:t>
             </w:r>
             <w:r w:rsidR="00845ED9" w:rsidRPr="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>commune(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="069D67F8" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6450"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Texte10"/>
+            <w:bookmarkStart w:id="11" w:name="Texte10"/>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
@@ -1747,67 +1745,67 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00740CA1">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="361BE3CC" w14:textId="77777777" w:rsidTr="00740CA1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="21A6669C" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1820,82 +1818,82 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>, prénom</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="07BB4392" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Fuzeile"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texte11"/>
+            <w:bookmarkStart w:id="12" w:name="Texte11"/>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
@@ -1928,220 +1926,220 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00740CA1">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="2ECFB04B" w14:textId="77777777" w:rsidTr="00740CA1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="66FEE5F2" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5BC850C6" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="3473"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6450"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-15"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidTr="00740CA1">
+      <w:tr w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w14:paraId="2A22F84E" w14:textId="77777777" w:rsidTr="00740CA1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="70AB0A74" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8902"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567DCD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>NPA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>, localité</w:t>
             </w:r>
             <w:r w:rsidR="00740CA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6CBD02D8" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="000A6CA8" w:rsidRDefault="00845ED9" w:rsidP="00C94AD9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="3473"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="6450"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-15"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Texte13"/>
+            <w:bookmarkStart w:id="13" w:name="Texte13"/>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
@@ -2174,226 +2172,238 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
+    <w:p w14:paraId="1A9C881A" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
+    <w:p w14:paraId="021E1707" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRPr="00567DCD" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D2495">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
       <w:r w:rsidRPr="000D2495">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00567DCD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
+    <w:p w14:paraId="57662941" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>...............................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t>..……………………….........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
+    <w:p w14:paraId="054987EC" w14:textId="77777777" w:rsidR="00845ED9" w:rsidRDefault="00845ED9" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:pageBreakBefore/>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sectPr w:rsidR="00845ED9" w:rsidSect="00845ED9">
           <w:footerReference w:type="even" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:footnotePr>
             <w:pos w:val="sectEnd"/>
           </w:footnotePr>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
             <w:numStart w:val="0"/>
           </w:endnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="567" w:right="1134" w:bottom="1134" w:left="1418" w:header="567" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="004304EE">
+    <w:p w14:paraId="70F02307" w14:textId="77777777" w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="004304EE">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>AVANT-PROPOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD1CD4" w:rsidRDefault="002F0530" w:rsidP="002D0F4E">
+    <w:p w14:paraId="477CA985" w14:textId="078515B1" w:rsidR="00AD1CD4" w:rsidRDefault="002F0530" w:rsidP="002D0F4E">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Toute</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00686C20">
         <w:t xml:space="preserve">les </w:t>
       </w:r>
       <w:r w:rsidR="00FF17A7">
         <w:t>activité</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00FF17A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F553A7">
-        <w:t>d'élimination, traitement,</w:t>
+        <w:t>d'élimination</w:t>
+      </w:r>
+      <w:r w:rsidR="00237263">
+        <w:t xml:space="preserve"> des déchets, incluant notamment les opérations de </w:t>
+      </w:r>
+      <w:r w:rsidR="00F553A7">
+        <w:t>traitement,</w:t>
       </w:r>
       <w:r w:rsidR="00FF17A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F553A7">
-        <w:t>tri, stockage provisoire,</w:t>
+        <w:t>stockage provisoire,</w:t>
       </w:r>
       <w:r w:rsidR="00FF17A7">
-        <w:t xml:space="preserve"> conditionnement, neutralisation, valorisation ou recyclage des déchets </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00237263">
+        <w:t xml:space="preserve">tri, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF17A7">
+        <w:t xml:space="preserve">conditionnement, neutralisation, valorisation ou recyclage </w:t>
       </w:r>
       <w:r w:rsidR="00F553A7">
         <w:t>ne peu</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t>ven</w:t>
       </w:r>
       <w:r w:rsidR="00F553A7">
         <w:t>t être effectué</w:t>
       </w:r>
       <w:r w:rsidR="002D3B2F">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F553A7">
         <w:t xml:space="preserve"> que si vous êtes</w:t>
       </w:r>
       <w:r w:rsidR="00591500">
         <w:t xml:space="preserve"> au</w:t>
       </w:r>
       <w:r w:rsidR="00613181">
         <w:t xml:space="preserve"> bénéfice</w:t>
       </w:r>
@@ -2415,457 +2425,373 @@
       <w:r w:rsidR="00591500">
         <w:t>logie, sols et déchets (GESDEC)</w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t xml:space="preserve"> pour le compte du département du territoire (DT)</w:t>
       </w:r>
       <w:r w:rsidR="00AD1CD4">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t xml:space="preserve"> La collect</w:t>
       </w:r>
       <w:r w:rsidR="00C1774E">
         <w:t xml:space="preserve">e et le transport de déchets </w:t>
       </w:r>
       <w:r w:rsidR="00ED6F02">
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidR="009F24C8">
         <w:t xml:space="preserve"> sont pas</w:t>
       </w:r>
       <w:r w:rsidR="00ED6F02">
         <w:t xml:space="preserve"> soumis à autorisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E7A94" w:rsidRDefault="008E7A94" w:rsidP="00CA0F8A">
+    <w:p w14:paraId="14803567" w14:textId="0C87F6A5" w:rsidR="008E7A94" w:rsidRDefault="008E7A94" w:rsidP="00CA0F8A">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Pour obtenir une aut</w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t>orisation</w:t>
       </w:r>
       <w:r w:rsidR="00F577BF">
         <w:t xml:space="preserve"> d'exploiter une installation des déchets</w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t xml:space="preserve">, des informations précises sur votre projet </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">doivent être </w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t>fournies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> afin de vérifier </w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t>qu'il</w:t>
       </w:r>
       <w:r w:rsidR="00C1774E">
         <w:t xml:space="preserve"> respecte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t xml:space="preserve">toutes </w:t>
       </w:r>
       <w:r>
         <w:t>les pr</w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t>escriptions environnementales applicables</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C1774E">
         <w:t>Le p</w:t>
       </w:r>
       <w:r w:rsidR="00CA0F8A">
-        <w:t xml:space="preserve">résent formulaire regroupe </w:t>
+        <w:t xml:space="preserve">résent formulaire </w:t>
+      </w:r>
+      <w:r w:rsidR="00237263">
+        <w:t>synthétise</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0F8A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C1774E">
         <w:t xml:space="preserve">les </w:t>
       </w:r>
       <w:r w:rsidR="002D0F4E">
         <w:t>renseignements</w:t>
       </w:r>
       <w:r w:rsidR="00C1774E">
         <w:t xml:space="preserve"> exigibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A6C62" w:rsidRDefault="002A6C62" w:rsidP="00613181">
+    <w:p w14:paraId="158D5AFB" w14:textId="570DBF34" w:rsidR="002A6C62" w:rsidRDefault="002A6C62" w:rsidP="00613181">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>De manière générale, partant du principe qu'un dossier bien préparé est plus</w:t>
       </w:r>
       <w:r w:rsidR="00CA1D2B">
         <w:t xml:space="preserve"> aisément et rapidement autorisable</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, nous vous encourageons vivement à nous contacter afin de convenir d'un rendez-vous pour une consultation initiale </w:t>
+        <w:t xml:space="preserve">, nous vous encourageons vivement à nous contacter afin de convenir d'un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00237263">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rendez-vous pour une consultation initiale</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA1D2B">
-        <w:t xml:space="preserve">avant le dépôt de votre dossier; </w:t>
+        <w:t>avant le dépôt de votre dossier</w:t>
+      </w:r>
+      <w:r w:rsidR="00237263">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1D2B">
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00CE657D">
         <w:t xml:space="preserve">une </w:t>
       </w:r>
       <w:r w:rsidR="0056576A">
         <w:t>préconsultation</w:t>
       </w:r>
       <w:r w:rsidR="00CA1D2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE657D">
         <w:t>est également recommandée au regard de</w:t>
       </w:r>
       <w:r w:rsidR="00FA3AB2">
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:r w:rsidR="00FA3AB2" w:rsidRPr="00866F3A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>protection des eaux</w:t>
       </w:r>
       <w:r w:rsidR="00FA3AB2">
         <w:t xml:space="preserve"> avec nos collègues compétents en la matière.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="008124A5">
+    <w:p w14:paraId="03D6D6B6" w14:textId="77777777" w:rsidR="00237263" w:rsidRDefault="00237263" w:rsidP="00613181">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE80940" w14:textId="77777777" w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="008124A5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTACT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="00CA1D2B">
+    <w:p w14:paraId="62B7D3AF" w14:textId="77777777" w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="00CA1D2B">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416E68">
         <w:t>Service de géologie, sols et déchets (GESDEC), Quai du Rhône 12, 1205 Genève</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRPr="00416E68" w:rsidRDefault="008124A5" w:rsidP="00297432">
+    <w:p w14:paraId="4140CF18" w14:textId="77777777" w:rsidR="008124A5" w:rsidRPr="00416E68" w:rsidRDefault="008124A5" w:rsidP="00297432">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00416E68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heures d'ouverture</w:t>
       </w:r>
       <w:r w:rsidRPr="00416E68">
         <w:t xml:space="preserve"> : 09.00-11.30 / 14.00-16.00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="00297432">
+    <w:p w14:paraId="6E55A27C" w14:textId="77777777" w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="00297432">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Téléphone :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>022 546 70 70</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="008124A5">
+    <w:p w14:paraId="664755EC" w14:textId="77777777" w:rsidR="008124A5" w:rsidRDefault="008124A5" w:rsidP="008124A5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Email :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CA1D2B" w:rsidRPr="00D329E9">
         <w:t>gesdec-autorisations@etat.ge.ch</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA1D2B" w:rsidRDefault="00CA1D2B" w:rsidP="008124A5">
+    <w:p w14:paraId="09837DCE" w14:textId="77777777" w:rsidR="00FA3AB2" w:rsidRDefault="00FA3AB2" w:rsidP="008124A5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3AB2" w:rsidRDefault="00FA3AB2" w:rsidP="008124A5">
+    <w:p w14:paraId="3DFA7C23" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="008124A5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3AB2" w:rsidRDefault="00FA3AB2" w:rsidP="008124A5">
+    <w:p w14:paraId="3D2879FD" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="008124A5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA3AB2" w:rsidRDefault="00FA3AB2" w:rsidP="008124A5">
-[...111 lines deleted...]
-    <w:p w:rsidR="00DD0EAC" w:rsidRDefault="00877856" w:rsidP="00DD0EAC">
+    <w:p w14:paraId="3049A865" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="00877856" w:rsidP="00DD0EAC">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>QUESTIONS GENERALES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD0EAC" w:rsidRDefault="0039288F" w:rsidP="003F333F">
+    <w:p w14:paraId="14CDE4FD" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="004B1397" w:rsidP="003F333F">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="372A5DAC">
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
           <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:340.85pt;margin-top:20.45pt;width:50.25pt;height:21.75pt;z-index:251658240">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="00020407" w:rsidRDefault="001E7E2A" w:rsidP="003F2695">
+                <w:p w14:paraId="5B5B94B8" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="00020407" w:rsidRDefault="001E7E2A" w:rsidP="003F2695">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DD0EAC">
         <w:t xml:space="preserve">L'installation </w:t>
       </w:r>
       <w:r w:rsidR="008C354B">
         <w:t>projetée</w:t>
       </w:r>
       <w:r w:rsidR="00DD0EAC">
         <w:t xml:space="preserve"> est-elle actuellement au bénéfice d'une autorisation d'exploiter ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877856" w:rsidRDefault="00877856" w:rsidP="006865D6">
+    <w:p w14:paraId="39D67D86" w14:textId="77777777" w:rsidR="00877856" w:rsidRDefault="00877856" w:rsidP="006865D6">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
@@ -2893,57 +2819,57 @@
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Oui</w:t>
@@ -2956,212 +2882,212 @@
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Si oui, n° :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877856" w:rsidRDefault="006865D6" w:rsidP="006865D6">
+    <w:p w14:paraId="749A5FAF" w14:textId="77777777" w:rsidR="00877856" w:rsidRDefault="006865D6" w:rsidP="006865D6">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1095"/>
           <w:tab w:val="left" w:pos="6900"/>
         </w:tabs>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877856" w:rsidRDefault="0039288F" w:rsidP="006865D6">
+    <w:p w14:paraId="6155ACE4" w14:textId="77777777" w:rsidR="00877856" w:rsidRDefault="004B1397" w:rsidP="006865D6">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="6F584DAC">
           <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:280.05pt;margin-top:47.35pt;width:186.3pt;height:41.25pt;z-index:251659264" stroked="f">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="006865D6" w:rsidRDefault="001E7E2A" w:rsidP="00130273">
+                <w:p w14:paraId="3C65771C" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="006865D6" w:rsidRDefault="001E7E2A" w:rsidP="00130273">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00130273">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Si oui</w:t>
                   </w:r>
                   <w:r w:rsidRPr="006865D6">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, nous vous </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>prions de contacter le GESDEC avant la dépose de votre dossier.</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00764AA4">
         <w:t xml:space="preserve">L'installation envisagée doit-elle être liée à une requête en autorisation de construire au sens de la loi </w:t>
       </w:r>
       <w:r w:rsidR="00C81A87">
         <w:t>sur les constructions et installations diverses (LCI – L 5 05) et de son règlement d'application (RCI – L 5 05.01) ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C81A87" w:rsidRPr="006865D6" w:rsidRDefault="00C81A87" w:rsidP="006865D6">
+    <w:p w14:paraId="2ED68B75" w14:textId="77777777" w:rsidR="00C81A87" w:rsidRPr="006865D6" w:rsidRDefault="00C81A87" w:rsidP="006865D6">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="2127" w:firstLine="709"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Oui</w:t>
@@ -3174,172 +3100,213 @@
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="006865D6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006865D6" w:rsidRDefault="006865D6" w:rsidP="00C81A87">
+    <w:p w14:paraId="77B0DF2B" w14:textId="77777777" w:rsidR="006865D6" w:rsidRDefault="006865D6" w:rsidP="00C81A87">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="2694" w:firstLine="142"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C81A87" w:rsidRDefault="00C022E5" w:rsidP="00AD5E57">
+    <w:p w14:paraId="328E9096" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C81A87">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="2694" w:firstLine="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17640587" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C81A87">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="2694" w:firstLine="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C47A499" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C81A87">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="2694" w:firstLine="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698460B7" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C81A87">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="2694" w:firstLine="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576E6264" w14:textId="77777777" w:rsidR="00C81A87" w:rsidRDefault="00C022E5" w:rsidP="00AD5E57">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>L'installation envisagée est-elle destinée au :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
+    <w:p w14:paraId="40C17437" w14:textId="77777777" w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="993" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>tri ou au traitement physique de plus de 10'000 tonnes de déchets par an ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
+    <w:p w14:paraId="58942C4F" w14:textId="77777777" w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="5487" w:firstLine="185"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
@@ -3359,144 +3326,144 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
+    <w:p w14:paraId="4774B3BB" w14:textId="77777777" w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="993" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>traitement biologique de plus de 5'000 tonnes de déchets par an ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
+    <w:p w14:paraId="631FEF63" w14:textId="77777777" w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="5465" w:firstLine="207"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
@@ -3516,144 +3483,144 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
+    <w:p w14:paraId="5B2F9CBA" w14:textId="77777777" w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="993" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>traitement thermique ou chimique de plus de 1'000 tonnes de déchets par an ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
+    <w:p w14:paraId="4C9C7DC3" w14:textId="77777777" w:rsidR="007A1511" w:rsidRPr="006C14ED" w:rsidRDefault="007A1511" w:rsidP="007A1511">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="5247" w:firstLine="425"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
@@ -3673,142 +3640,142 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C14ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
+    <w:p w14:paraId="2A9174C9" w14:textId="77777777" w:rsidR="00C022E5" w:rsidRDefault="00C022E5" w:rsidP="00D21815">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="993" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>stockage provisoire de plus de 5'000 tonnes de déchets spéciaux ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D1A62" w:rsidRPr="001D1A62" w:rsidRDefault="007A1511" w:rsidP="001D1A62">
+    <w:p w14:paraId="293A1FC8" w14:textId="77777777" w:rsidR="001D1A62" w:rsidRPr="001D1A62" w:rsidRDefault="007A1511" w:rsidP="001D1A62">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="5247" w:firstLine="425"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Oui</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
@@ -3817,72 +3784,72 @@
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00AD5E57">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC0C97" w:rsidRDefault="006C14ED" w:rsidP="002A1465">
+    <w:p w14:paraId="35E2108D" w14:textId="77777777" w:rsidR="00FC0C97" w:rsidRDefault="006C14ED" w:rsidP="002A1465">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Si vous avez répondu </w:t>
       </w:r>
       <w:r w:rsidR="00540A23">
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>oui</w:t>
       </w:r>
       <w:r w:rsidR="00540A23">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -3925,57 +3892,57 @@
       <w:r w:rsidR="005F1D2B">
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00C631D3">
         <w:t>Manuel EIE</w:t>
       </w:r>
       <w:r w:rsidR="005F1D2B">
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00C631D3">
         <w:t xml:space="preserve"> publié par l'OFEV</w:t>
       </w:r>
       <w:r w:rsidR="00814238">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006E4222">
         <w:t xml:space="preserve"> à votre dossier de requête</w:t>
       </w:r>
       <w:r w:rsidR="002A1E0D">
         <w:t xml:space="preserve"> en autorisation d'exploiter</w:t>
       </w:r>
       <w:r w:rsidR="00AD5E57">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC0C97" w:rsidRDefault="00FC0C97" w:rsidP="00A77ADA">
+    <w:p w14:paraId="3CA1C358" w14:textId="77777777" w:rsidR="00FC0C97" w:rsidRDefault="00FC0C97" w:rsidP="00A77ADA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B16E54" w:rsidRDefault="00B16E54" w:rsidP="00B16E54">
+    <w:p w14:paraId="24CFE3CF" w14:textId="63F7BBA3" w:rsidR="00B16E54" w:rsidRDefault="00B16E54" w:rsidP="00B16E54">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Si </w:t>
       </w:r>
       <w:r w:rsidR="00C67AC0">
         <w:t xml:space="preserve">vous n'avez coché </w:t>
       </w:r>
       <w:r w:rsidR="00C67AC0" w:rsidRPr="005655AD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="00C67AC0" w:rsidRPr="005655AD">
         <w:t xml:space="preserve"> des "</w:t>
       </w:r>
       <w:r w:rsidR="00C67AC0" w:rsidRPr="005655AD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
@@ -4033,96 +4000,96 @@
       <w:r w:rsidR="008D3D1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005867B8">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="008D3D1F">
         <w:t xml:space="preserve">'exigence </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">d'une étude d'impact sur l'environnement, nous vous encourageons à produire une </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>notice d'impact sur l'environnement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Formellement non exigible de notre part, </w:t>
       </w:r>
       <w:r w:rsidR="00CF568C">
         <w:t>un tel document</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> reprend diverses rubriques nous facilitant l'évaluation de votre projet sur le plan de la protection de l'environnement.</w:t>
+        <w:t xml:space="preserve"> reprend diverses rubriques facilitant l'évaluation de votre projet sur le plan de la protection de l'environnement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B16E54" w:rsidRDefault="00B16E54">
+    <w:p w14:paraId="566331B2" w14:textId="77777777" w:rsidR="00B16E54" w:rsidRDefault="00B16E54">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD5E57" w:rsidRDefault="00F5586C" w:rsidP="00A77ADA">
+    <w:p w14:paraId="36766E07" w14:textId="77777777" w:rsidR="00AD5E57" w:rsidRDefault="00F5586C" w:rsidP="00A77ADA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Indépendamment des points ci-dessus, u</w:t>
       </w:r>
       <w:r w:rsidR="00AD2994">
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
       <w:r w:rsidR="005F1D2B">
         <w:t>étude ou notice d'impact</w:t>
       </w:r>
       <w:r w:rsidR="00AD2994">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F1D2B">
         <w:t>sur l'environnement</w:t>
       </w:r>
       <w:r w:rsidR="00F63AE7">
         <w:t xml:space="preserve"> peut bien évidemment être remis</w:t>
       </w:r>
       <w:r w:rsidR="00744A4A">
         <w:t>e,</w:t>
       </w:r>
       <w:r w:rsidR="00F63AE7">
         <w:t xml:space="preserve"> sur une base volontaire, </w:t>
       </w:r>
       <w:r>
         <w:t>pour tout dossier</w:t>
       </w:r>
       <w:r w:rsidR="00F63AE7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16B03" w:rsidRPr="0070191E" w:rsidRDefault="00C16B03" w:rsidP="00C30066">
+    <w:p w14:paraId="7867DFC0" w14:textId="77777777" w:rsidR="00C16B03" w:rsidRPr="0070191E" w:rsidRDefault="00C16B03" w:rsidP="00C30066">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:before="240" w:after="360"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C06993">
         <w:t>Cas particulier</w:t>
       </w:r>
       <w:r w:rsidR="001E612E">
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r w:rsidR="001E612E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005F1D2B">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0070191E">
         <w:t xml:space="preserve">i votre </w:t>
       </w:r>
       <w:r w:rsidR="005F1D2B">
         <w:t>projet</w:t>
@@ -4166,426 +4133,554 @@
         </w:rPr>
         <w:t xml:space="preserve"> d'élimination des déchets</w:t>
       </w:r>
       <w:r w:rsidR="0070191E">
         <w:t xml:space="preserve"> alors la production d'une </w:t>
       </w:r>
       <w:r w:rsidR="0070191E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>notice d'impact sur l'environnement</w:t>
       </w:r>
       <w:r w:rsidR="0070191E">
         <w:t xml:space="preserve"> est </w:t>
       </w:r>
       <w:r w:rsidR="0070191E" w:rsidRPr="00C06993">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>requise</w:t>
       </w:r>
       <w:r w:rsidR="0070191E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00814238" w:rsidRDefault="00814238" w:rsidP="00162CFB">
-[...55 lines deleted...]
-    <w:p w:rsidR="00C30066" w:rsidRDefault="00EA06B7" w:rsidP="00C30066">
+    <w:p w14:paraId="46938CF9" w14:textId="479F2610" w:rsidR="00C30066" w:rsidRDefault="006B1C2C" w:rsidP="00C30066">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Dans le cas contraire</w:t>
-[...2 lines deleted...]
-        <w:t>, c</w:t>
+        <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C30066">
         <w:t xml:space="preserve">omme stipulé en avant-propos, il est indispensable que nous vérifiions la conformité de votre projet quant aux prescriptions environnementales applicables. Nous vous demandons donc de remplir les pages suivantes avec le maximum de </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EA06B7">
         <w:t>précisions et de détails</w:t>
       </w:r>
       <w:r w:rsidR="00C30066">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C30066" w:rsidRDefault="00C30066" w:rsidP="00C30066">
+    <w:p w14:paraId="25941283" w14:textId="77777777" w:rsidR="00C30066" w:rsidRDefault="00C30066" w:rsidP="00C30066">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C022E5" w:rsidRDefault="00814238" w:rsidP="00C022E5">
+    <w:p w14:paraId="3C96EE34" w14:textId="77777777" w:rsidR="00C022E5" w:rsidRDefault="00814238" w:rsidP="00C022E5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t>Dans tous les cas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">, les documents listés en dernière page doivent </w:t>
       </w:r>
       <w:r w:rsidR="00C06993">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">néanmoins </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t>nous parvenir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD0EAC" w:rsidRPr="0092784E" w:rsidRDefault="002E5F6E" w:rsidP="00DD0EAC">
+    <w:p w14:paraId="31EB5E96" w14:textId="77777777" w:rsidR="008D0AD8" w:rsidRPr="002439D9" w:rsidRDefault="008D0AD8" w:rsidP="00070A85">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1417" w:hanging="1417"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>Important</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>Lorsque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les informations contenues dans le dossier de requête ne sont pas suffisantes ou s'avèrent incorrectes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour permettre </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> évaluation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>favorable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>, le GESDEC se réserve le droit de demander des compléments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9876A9" w14:textId="77777777" w:rsidR="008D0AD8" w:rsidRPr="002439D9" w:rsidRDefault="008D0AD8" w:rsidP="008D0AD8">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>Si les documents complémentaires ne sont pas parvenus au GESDEC dans un délai d'un an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à dater de la demande</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002439D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+        <w:t>, la requête est considérée comme retirée et le dossier clos administrativement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524165CE" w14:textId="77777777" w:rsidR="008D0AD8" w:rsidRPr="008D0AD8" w:rsidRDefault="008D0AD8" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F25B7C" w14:textId="77777777" w:rsidR="006B1C2C" w:rsidRDefault="006B1C2C" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC7C5E4" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032B9B21" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6499F4EB" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F5B4B1" w14:textId="77777777" w:rsidR="00070A85" w:rsidRDefault="00070A85" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0071EA22" w14:textId="77777777" w:rsidR="006B1C2C" w:rsidRDefault="006B1C2C" w:rsidP="00C022E5">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="053D06BA" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRPr="0092784E" w:rsidRDefault="002E5F6E" w:rsidP="00DD0EAC">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">LISTE DES DECHETS </w:t>
       </w:r>
       <w:r w:rsidR="00CA0F37">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>RECEPTIONNES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ET PROVENANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007857D4" w:rsidRPr="00FC5264" w:rsidRDefault="0018502B" w:rsidP="00235803">
+    <w:p w14:paraId="1137CC23" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00FC5264" w:rsidRDefault="0018502B" w:rsidP="00235803">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="714" w:hanging="714"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC5264">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Types de déchets réceptionnés</w:t>
       </w:r>
       <w:r w:rsidR="007857D4" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cf. définitions OLED art. 3)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9285" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3048"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="162"/>
         <w:gridCol w:w="5650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="5D052B44" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="009A10B6">
+          <w:p w14:paraId="249F27E5" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="009A10B6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets urbains</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="08CA331E" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="CaseACocher1"/>
+            <w:bookmarkStart w:id="14" w:name="CaseACocher1"/>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="5017BED8" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
+          <w:p w14:paraId="3A01401B" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3453"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Texte14"/>
+            <w:bookmarkStart w:id="15" w:name="Texte14"/>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
@@ -4613,51 +4708,51 @@
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t/an)</w:t>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   Stock max</w:t>
             </w:r>
             <w:r w:rsidR="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
@@ -4742,102 +4837,102 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E610E7" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="4F25B002" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="2A59B947" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Texte15"/>
+            <w:bookmarkStart w:id="16" w:name="Texte15"/>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
@@ -4870,191 +4965,191 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="551EFB09" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="73DE270C" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets industriels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="2C8CEDE6" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="358F51D1" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
+          <w:p w14:paraId="5642A0C8" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3453"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5260,102 +5355,102 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E610E7" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00BD101C" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="0744DD21" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="20917511" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Texte16"/>
+            <w:bookmarkStart w:id="17" w:name="Texte16"/>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
@@ -5388,191 +5483,191 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="54138DD1" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="77E3E731" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Biodéchets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="7D294972" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="33F383FD" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
+          <w:p w14:paraId="201B5834" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00DC3206">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3453"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5777,286 +5872,286 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002943D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="55395FBE" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="0D347D58" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
+          <w:p w14:paraId="31B95A75" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2ED00AE7" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7E3F15EF" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="4032BBAF" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="151AE7D9" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets agricoles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="443D31EB" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="7AB0E626" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
+          <w:p w14:paraId="6F7A4194" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3453"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -6262,102 +6357,102 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E610E7" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="247D7FC5" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="7556F838" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Texte17"/>
+            <w:bookmarkStart w:id="18" w:name="Texte17"/>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
@@ -6390,191 +6485,191 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="1322D21D" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="7D9B731E" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets de chantier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="4F9C3BD6" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="37B056FC" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
+          <w:p w14:paraId="0305DE03" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3490"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -6779,102 +6874,102 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E610E7" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="62B7EAA2" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="39E35EC8" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Texte18"/>
+            <w:bookmarkStart w:id="19" w:name="Texte18"/>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
@@ -6907,200 +7002,200 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="2F95ECE3" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00BE37FD">
+          <w:p w14:paraId="44B129BC" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00BE37FD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets s</w:t>
             </w:r>
             <w:r w:rsidR="00BE37FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>oumis à contrôle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="5B9AE5D1" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="606F5891" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00E610E7">
+          <w:p w14:paraId="2AA5A41E" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="00E610E7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7303,102 +7398,102 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00BD101C" w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="10E2CA0E" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="25ADA013" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Texte20"/>
+            <w:bookmarkStart w:id="20" w:name="Texte20"/>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
@@ -7431,191 +7526,191 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="3EEA45D5" w14:textId="77777777" w:rsidTr="00614862">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3048" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00BE37FD" w:rsidP="003036C8">
+          <w:p w14:paraId="676E23B2" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00BE37FD" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Déchets spéciaux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="075C4EBE" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="162" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
+          <w:p w14:paraId="7B4571C9" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
+          <w:p w14:paraId="322B3703" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="007857D4" w:rsidP="006C0D89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3453"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité nominale : </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -7829,102 +7924,102 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB0B23">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DC3206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(t)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w:rsidTr="00614862">
+      <w:tr w:rsidR="007857D4" w:rsidRPr="008337E0" w14:paraId="73C027CD" w14:textId="77777777" w:rsidTr="00614862">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9285" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
+          <w:p w14:paraId="3C85CAC1" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00235803" w:rsidRDefault="00235803" w:rsidP="003036C8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Texte21"/>
+            <w:bookmarkStart w:id="21" w:name="Texte21"/>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
@@ -7957,56 +8052,56 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="007857D4" w:rsidRPr="00235803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007857D4" w:rsidRPr="00713516" w:rsidRDefault="00713516" w:rsidP="00713516">
+    <w:p w14:paraId="2DC3CD93" w14:textId="77777777" w:rsidR="007857D4" w:rsidRPr="00713516" w:rsidRDefault="00713516" w:rsidP="00713516">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Les capacités nominales et </w:t>
       </w:r>
       <w:r w:rsidR="00EB0B23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -8021,61 +8116,61 @@
         <w:t>stock</w:t>
       </w:r>
       <w:r w:rsidR="00F025CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximaux peuvent être également exprimés en m</w:t>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713516" w:rsidRDefault="00713516" w:rsidP="007857D4">
+    <w:p w14:paraId="4BB23BAC" w14:textId="77777777" w:rsidR="00713516" w:rsidRDefault="00713516" w:rsidP="007857D4">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD0EAC" w:rsidRPr="00713516" w:rsidRDefault="00007FA7" w:rsidP="00F60DCA">
+    <w:p w14:paraId="0FA802F7" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRPr="00713516" w:rsidRDefault="00007FA7" w:rsidP="00F60DCA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
       <w:r w:rsidRPr="00713516">
         <w:t>Liste détaillée</w:t>
       </w:r>
       <w:r w:rsidR="00713516">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00824994" w:rsidRPr="00713516">
         <w:t xml:space="preserve">établie selon le </w:t>
       </w:r>
       <w:r w:rsidR="00E84758" w:rsidRPr="00713516">
         <w:t>Guide à l</w:t>
       </w:r>
       <w:r w:rsidR="00CC52BD" w:rsidRPr="00713516">
         <w:t>'élaboration du GESDEC</w:t>
       </w:r>
       <w:r w:rsidR="00713516">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00613DCB" w:rsidRPr="00713516">
@@ -8091,1683 +8186,1663 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00824994" w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00252C8E" w:rsidRPr="00FC5264" w:rsidRDefault="00252C8E" w:rsidP="0095459B">
+    <w:p w14:paraId="3B866A2A" w14:textId="77777777" w:rsidR="00252C8E" w:rsidRPr="00FC5264" w:rsidRDefault="00252C8E" w:rsidP="0095459B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="714" w:hanging="714"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC5264">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Provenance des déchets</w:t>
       </w:r>
       <w:r w:rsidR="00C22489" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec estimatif du nombre de fournisseurs de déchets</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9359" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="214"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="1065"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2053"/>
         <w:gridCol w:w="499"/>
         <w:gridCol w:w="284"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="55A7AEC4" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2EA39C15" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="12D997E8" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tblPrEx>
           <w:tblBorders>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1CE86694" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Canton de Genève</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1AB3F949" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="056F1DDF" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="5C10FFA0" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="40A552FB" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F60DCA" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="216D4DC3" w14:textId="77777777" w:rsidR="00F60DCA" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Communes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="794CFEDD" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="CaseACocher2"/>
+            <w:bookmarkStart w:id="22" w:name="CaseACocher2"/>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="19DA5A00" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00F60DCA">
+          <w:p w14:paraId="68BB7343" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="7A41B331" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="4584678B" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Particuliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="03852C5F" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2703E911" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="3E73642A" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="132B7DC9" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
+          <w:p w14:paraId="068547A3" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00F60DCA">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Entreprises privées</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4219F3DC" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="78AD08DF" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
+          <w:p w14:paraId="213A5DEE" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5732444F" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="1D3E4DC6" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6BD67473" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="2F18B485" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7A3A7147" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C22489" w:rsidTr="00C22489">
+      <w:tr w:rsidR="00C22489" w14:paraId="59AC75E4" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3473" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C22489" w:rsidRPr="001630A5" w:rsidRDefault="00C22489" w:rsidP="006F398B">
+          <w:p w14:paraId="61D21261" w14:textId="77777777" w:rsidR="00C22489" w:rsidRPr="001630A5" w:rsidRDefault="00C22489" w:rsidP="006F398B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:right="-91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Autres cantons suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5886" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C22489" w:rsidRPr="001630A5" w:rsidRDefault="00C22489" w:rsidP="00C22489">
+          <w:p w14:paraId="5317F8B1" w14:textId="77777777" w:rsidR="00C22489" w:rsidRPr="001630A5" w:rsidRDefault="00C22489" w:rsidP="00C22489">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:ind w:left="-71" w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="49F2AF99" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="483392A1" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7D8D0C6B" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Communes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="27224E39" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6A1FA32B" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5AC386E1" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1A1A52E9" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7EEB8111" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Particuliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2BC373DF" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0440EDE2" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="70961964" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7E4758C5" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="122575C1" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Entreprises privées</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="42232E14" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5AAB7B3F" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7FA412C0" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="54703B0C" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="78C602F1" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="49590FF5" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="44FF12EE" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5F6BC8B1" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="198C1566" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="00C22489" w:rsidRDefault="001630A5" w:rsidP="006F398B">
+          <w:p w14:paraId="08860C21" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="00C22489" w:rsidRDefault="001630A5" w:rsidP="006F398B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:right="-91"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etranger </w:t>
+              <w:t>Etranger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C22489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C22489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="2FDC9830" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2E1DA181" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="41C99539" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Communes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6D6E90DC" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="45B82A01" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4530395C" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="661565D2" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5DF01C9A" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Particuliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5F862EB0" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="39BA019C" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="39D71C9C" w14:textId="77777777" w:rsidTr="00C22489">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="3CC72D19" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4019F2BF" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Entreprises privées</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="3E825AFC" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0039288F">
-[...4 lines deleted...]
-            <w:r w:rsidR="0039288F">
+            <w:r w:rsidRPr="001630A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="214" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="29E947F8" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
+          <w:p w14:paraId="757AC770" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="006B4EEE" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0242056F" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001630A5" w:rsidTr="00C22489">
+      <w:tr w:rsidR="001630A5" w14:paraId="75F232B3" w14:textId="77777777" w:rsidTr="00C22489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0C7169BD" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="001630A5" w:rsidRDefault="001630A5" w:rsidP="00C94AD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00DD0EAC">
+    <w:p w14:paraId="67900253" w14:textId="77777777" w:rsidR="001630A5" w:rsidRDefault="001630A5" w:rsidP="00DD0EAC">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F4857" w:rsidRPr="00FC5264" w:rsidRDefault="00A01702" w:rsidP="003F65E7">
+    <w:p w14:paraId="1AB60964" w14:textId="668A9518" w:rsidR="006F4857" w:rsidRPr="00FC5264" w:rsidRDefault="00A01702" w:rsidP="003F65E7">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="714"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quantités maximales </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D66739">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006F4857" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>de stockage</w:t>
+        <w:t>stimati</w:t>
+      </w:r>
+      <w:r w:rsidR="00425522" w:rsidRPr="00FC5264">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>on du m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> simultané</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D66739">
+        <w:t>ontant de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B421FF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de déchets</w:t>
+        <w:t xml:space="preserve"> la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D66739">
+        <w:t xml:space="preserve"> garantie financière</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1C2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> garantie financière</w:t>
+        <w:t xml:space="preserve"> selon les quantités maximales de stockage simultané de déchets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001630A5" w:rsidRPr="00713516" w:rsidRDefault="009045A0" w:rsidP="006B4EEE">
+    <w:p w14:paraId="5492EFA2" w14:textId="77777777" w:rsidR="001630A5" w:rsidRPr="00713516" w:rsidRDefault="009045A0" w:rsidP="006B4EEE">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713516">
         <w:t>Estimation</w:t>
       </w:r>
       <w:r w:rsidR="00613DCB" w:rsidRPr="00713516">
         <w:t xml:space="preserve"> à annexer</w:t>
       </w:r>
       <w:r w:rsidR="00E84758" w:rsidRPr="00713516">
         <w:t xml:space="preserve"> selon le Guide à l</w:t>
       </w:r>
       <w:r w:rsidR="00613DCB" w:rsidRPr="00713516">
         <w:t>'élaboration (cf. point 8.8</w:t>
       </w:r>
       <w:r w:rsidR="00F025CA">
         <w:t xml:space="preserve"> de ce formulaire</w:t>
       </w:r>
       <w:r w:rsidR="00613DCB" w:rsidRPr="00713516">
         <w:t>)</w:t>
@@ -9779,354 +9854,354 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003F65E7" w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidR="003F65E7" w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidR="003F65E7" w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003F65E7" w:rsidRPr="00713516">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD0EAC" w:rsidRDefault="007C66FD" w:rsidP="00845ED9">
+    <w:p w14:paraId="23FFFD6F" w14:textId="77777777" w:rsidR="00DD0EAC" w:rsidRDefault="007C66FD" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRESENTATION DU PROJET ET DESCRIPTION DE L'INSTALLATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC3FC1" w:rsidRPr="00FC5264" w:rsidRDefault="0039288F" w:rsidP="00E206F0">
+    <w:p w14:paraId="2EAA4E29" w14:textId="77777777" w:rsidR="00FC3FC1" w:rsidRPr="00FC5264" w:rsidRDefault="004B1397" w:rsidP="00E206F0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="29A8B68C">
           <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-4.3pt;margin-top:23.45pt;width:462.75pt;height:78pt;z-index:251660288">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="00534CF7" w:rsidRDefault="001E7E2A">
+                <w:p w14:paraId="12F6ED82" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="00534CF7" w:rsidRDefault="001E7E2A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="000B3FEA" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Description et justification du projet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
+    <w:p w14:paraId="568555A2" w14:textId="77777777" w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
+    <w:p w14:paraId="5433006A" w14:textId="77777777" w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B3FEA" w:rsidRDefault="000B3FEA" w:rsidP="000B3FEA">
+    <w:p w14:paraId="43A3D72C" w14:textId="77777777" w:rsidR="000B3FEA" w:rsidRDefault="000B3FEA" w:rsidP="000B3FEA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
+    <w:p w14:paraId="7F8285B4" w14:textId="77777777" w:rsidR="00534CF7" w:rsidRDefault="00534CF7" w:rsidP="000B3FEA">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B3FEA" w:rsidRPr="00FC5264" w:rsidRDefault="0039288F" w:rsidP="00E206F0">
+    <w:p w14:paraId="4D50389C" w14:textId="77777777" w:rsidR="000B3FEA" w:rsidRPr="00FC5264" w:rsidRDefault="004B1397" w:rsidP="00E206F0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="486FE476">
           <v:shape id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-4.3pt;margin-top:36.7pt;width:462.75pt;height:78pt;z-index:251661312">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="00534CF7" w:rsidRDefault="001E7E2A" w:rsidP="009B675D">
+                <w:p w14:paraId="4484E806" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="00534CF7" w:rsidRDefault="001E7E2A" w:rsidP="009B675D">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00534CF7" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Description </w:t>
       </w:r>
       <w:r w:rsidR="009B675D" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>des techniques utilisées</w:t>
       </w:r>
       <w:r w:rsidR="007B6DB8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> avec la </w:t>
       </w:r>
       <w:r w:rsidR="00F57B0B" w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>liste des subs</w:t>
       </w:r>
       <w:r w:rsidR="007B6DB8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tances utilisées le cas échéant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
+    <w:p w14:paraId="19989A02" w14:textId="77777777" w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
+    <w:p w14:paraId="0E58F055" w14:textId="77777777" w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
+    <w:p w14:paraId="0508A9CD" w14:textId="77777777" w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
+    <w:p w14:paraId="3866C470" w14:textId="77777777" w:rsidR="00977598" w:rsidRDefault="00977598" w:rsidP="00977598">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977598" w:rsidRPr="00FC5264" w:rsidRDefault="002103B3" w:rsidP="00E206F0">
+    <w:p w14:paraId="598AC18C" w14:textId="77777777" w:rsidR="00977598" w:rsidRPr="00FC5264" w:rsidRDefault="002103B3" w:rsidP="00E206F0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Description des procédés d'élimination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE3328" w:rsidRPr="00DE3328" w:rsidRDefault="00DE3328" w:rsidP="00DE3328">
+    <w:p w14:paraId="3B2FEEED" w14:textId="77777777" w:rsidR="00DE3328" w:rsidRPr="00DE3328" w:rsidRDefault="00DE3328" w:rsidP="00DE3328">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F014B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10141,57 +10216,57 @@
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F014B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10206,57 +10281,57 @@
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F014B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10271,57 +10346,57 @@
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002B6E40">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B6E40">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -10350,681 +10425,681 @@
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DE3328">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE3328" w:rsidRDefault="00DE3328" w:rsidP="00DE3328">
+    <w:p w14:paraId="38EDD67C" w14:textId="77777777" w:rsidR="00DE3328" w:rsidRDefault="00DE3328" w:rsidP="00DE3328">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002103B3" w:rsidRPr="00FC5264" w:rsidRDefault="0002575A" w:rsidP="00E206F0">
+    <w:p w14:paraId="174A2B77" w14:textId="77777777" w:rsidR="002103B3" w:rsidRPr="00FC5264" w:rsidRDefault="0002575A" w:rsidP="00E206F0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:right="-171" w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC5264">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Liste des filières d'élimination des sous-produits issus du traitement des déchets</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3085"/>
         <w:gridCol w:w="6240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="2220802F" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="13723499" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0850">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Catégories des sous-produits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="1F58862F" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0850">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Entreprise(s) d'élimination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="49EE977B" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="53E24D03" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="2BB13FF0" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="11ADDA7C" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="6136137C" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="72967906" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="326FBBF9" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="55A391E6" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="7F211000" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="2BAABFC3" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="038B0F8F" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="08E09B19" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="05703688" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="508B5FB9" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="0DE42BC7" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="261D1B81" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="3CE8AC97" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="4531E4A3" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505A6" w:rsidTr="001A0850">
+      <w:tr w:rsidR="001505A6" w14:paraId="5A359417" w14:textId="77777777" w:rsidTr="001A0850">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="45B4F8FB" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
+          <w:p w14:paraId="4AC09C36" w14:textId="77777777" w:rsidR="001505A6" w:rsidRPr="001A0850" w:rsidRDefault="001505A6" w:rsidP="001A0850">
             <w:pPr>
               <w:pStyle w:val="Texte"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
+    <w:p w14:paraId="547F1357" w14:textId="77777777" w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
+    <w:p w14:paraId="2A15DA68" w14:textId="77777777" w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
+    <w:p w14:paraId="23688D8B" w14:textId="77777777" w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
+    <w:p w14:paraId="7D0AC517" w14:textId="77777777" w:rsidR="00367B36" w:rsidRDefault="00367B36" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00367B36">
+    <w:p w14:paraId="2137FB05" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A576DD" w:rsidRDefault="00A576DD" w:rsidP="00367B36">
+    <w:p w14:paraId="7BA5A570" w14:textId="77777777" w:rsidR="00A576DD" w:rsidRDefault="00A576DD" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00367B36">
+    <w:p w14:paraId="1CC8A37D" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00367B36">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC3FC1" w:rsidRDefault="00FC5264" w:rsidP="00845ED9">
+    <w:p w14:paraId="5834B82B" w14:textId="77777777" w:rsidR="00FC3FC1" w:rsidRDefault="00FC5264" w:rsidP="00845ED9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MESURES DE PROTECTION DE L'ENVIRONNEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="003B1006">
+    <w:p w14:paraId="798A2794" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="003B1006">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Protection de l'air</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRPr="003B1006" w:rsidRDefault="00E87605" w:rsidP="00FF2508">
+    <w:p w14:paraId="441D506D" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRPr="003B1006" w:rsidRDefault="00E87605" w:rsidP="00FF2508">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:right="-170"/>
       </w:pPr>
       <w:r>
         <w:t>Le projet consiste-t-il en une i</w:t>
       </w:r>
       <w:r w:rsidR="003B1006">
         <w:t>nstallation stationnaire</w:t>
       </w:r>
       <w:r w:rsidR="008A38CE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003B1006">
         <w:t xml:space="preserve"> nouvelle ou modifiée</w:t>
       </w:r>
       <w:r w:rsidR="008A38CE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003B1006">
         <w:t xml:space="preserve"> source de polluants atmosphériques (OPair, art. 12)</w:t>
       </w:r>
       <w:r w:rsidR="009A7E2A">
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRPr="00EB6AA2" w:rsidRDefault="00297FEB" w:rsidP="00297FEB">
+    <w:p w14:paraId="33A34296" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRPr="00EB6AA2" w:rsidRDefault="00297FEB" w:rsidP="00297FEB">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003B1006" w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oui </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
@@ -11073,98 +11148,98 @@
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9427" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3758"/>
         <w:gridCol w:w="2692"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF453C" w:rsidTr="005E1436">
+      <w:tr w:rsidR="00EF453C" w14:paraId="2DEB4CF3" w14:textId="77777777" w:rsidTr="005E1436">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="193E37EE" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
@@ -11194,281 +11269,281 @@
             <w:r w:rsidR="005E1436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> d'activité</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="02F46B39" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(notamment chauffage,</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> stockage,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
+          <w:p w14:paraId="75C2214D" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>machine, véhicule, installation / concassage, broyage, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
+          <w:p w14:paraId="33847EA3" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> de polluants atmosphériques</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
+          <w:p w14:paraId="7CFB00C3" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Mesure</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> de protection de l'air mise en place</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
+          <w:p w14:paraId="445938F8" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
             <w:pPr>
               <w:spacing w:before="120" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(notamment filtre, humidification, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF453C" w:rsidTr="005E1436">
+      <w:tr w:rsidR="00EF453C" w14:paraId="7F2F4404" w14:textId="77777777" w:rsidTr="005E1436">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="36F3CB5D" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
+          <w:p w14:paraId="41CD7465" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="005E1436">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(notamment poussières, COV, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="01F716B8" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF453C" w:rsidTr="005E1436">
+      <w:tr w:rsidR="00EF453C" w14:paraId="6FDC1C7D" w14:textId="77777777" w:rsidTr="005E1436">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="53514FFB" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
@@ -11531,51 +11606,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="71762AC5" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
@@ -11638,77 +11713,77 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5D53B88F" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF453C" w:rsidTr="005E1436">
+      <w:tr w:rsidR="00EF453C" w14:paraId="0AFC5829" w14:textId="77777777" w:rsidTr="005E1436">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6A3DDFBE" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -11765,51 +11840,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="62BD716F" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11867,348 +11942,348 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF453C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="18B5A15E" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E1436" w:rsidTr="005E1436">
+      <w:tr w:rsidR="005E1436" w14:paraId="4BB933AB" w14:textId="77777777" w:rsidTr="005E1436">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0DCEDB8A" w14:textId="77777777" w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
+          <w:p w14:paraId="53C8EAEA" w14:textId="77777777" w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5DE8EC2C" w14:textId="77777777" w:rsidR="005E1436" w:rsidRPr="00EF453C" w:rsidRDefault="005E1436" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF453C" w:rsidTr="005E1436">
+      <w:tr w:rsidR="00EF453C" w14:paraId="64D43BBD" w14:textId="77777777" w:rsidTr="005E1436">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1AFFFF3D" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="69EF9203" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
+          <w:p w14:paraId="26C1688A" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="00EF453C" w:rsidRDefault="00EF453C" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF453C" w:rsidRPr="003B1006" w:rsidRDefault="00EF453C" w:rsidP="00FC5264">
+    <w:p w14:paraId="3D04B80C" w14:textId="77777777" w:rsidR="00EF453C" w:rsidRPr="003B1006" w:rsidRDefault="00EF453C" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="004C05D3" w:rsidP="007A22A2">
+    <w:p w14:paraId="79157DE5" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="004C05D3" w:rsidP="007A22A2">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Protection contre le bruit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C05D3" w:rsidRDefault="00676E66" w:rsidP="00AF366D">
+    <w:p w14:paraId="488BBCB7" w14:textId="77777777" w:rsidR="004C05D3" w:rsidRDefault="00676E66" w:rsidP="00AF366D">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1077" w:hanging="1077"/>
       </w:pPr>
       <w:r w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Installation fixe nouvelle ou modifiée source de nuisances sonores</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (OPB, art. 7 et 8)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF366D" w:rsidRPr="00EB6AA2" w:rsidRDefault="00AF366D" w:rsidP="00AF366D">
+    <w:p w14:paraId="33D3A281" w14:textId="77777777" w:rsidR="00AF366D" w:rsidRPr="00EB6AA2" w:rsidRDefault="00AF366D" w:rsidP="00AF366D">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oui </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
@@ -12257,98 +12332,98 @@
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4891"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F533F" w:rsidTr="007924BC">
+      <w:tr w:rsidR="003F533F" w14:paraId="587B139D" w14:textId="77777777" w:rsidTr="007924BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="590E0986" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
@@ -12371,201 +12446,201 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>d'activité</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00FF2508">
+          <w:p w14:paraId="0A9051A5" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00FF2508">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(notamment quai de chargement, gr</w:t>
             </w:r>
             <w:r w:rsidR="00FF2508">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">oupe froid, CVC, </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">broyage, concassage, manipulation de déchets, </w:t>
             </w:r>
             <w:r w:rsidR="00FF2508" w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">groupe électrogène </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5D98D2FF" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Caractéristique acoustique fournie</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00FF2508">
+          <w:p w14:paraId="4AE37959" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00FF2508">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Oui / Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="13B316B7" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Horaire</w:t>
             </w:r>
             <w:r w:rsidR="009A7E2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> de fonctionnement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F533F" w:rsidTr="007924BC">
+      <w:tr w:rsidR="003F533F" w14:paraId="04513DCD" w14:textId="77777777" w:rsidTr="007924BC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="04AC6387" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12622,51 +12697,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6472DE53" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12723,77 +12798,77 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="25C7FD68" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F533F" w:rsidTr="007924BC">
+      <w:tr w:rsidR="003F533F" w14:paraId="67D87367" w14:textId="77777777" w:rsidTr="007924BC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="3BBC8BBC" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -12850,51 +12925,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4B496FDB" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -12951,76 +13026,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5B55061D" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F533F" w:rsidTr="007924BC">
+      <w:tr w:rsidR="003F533F" w14:paraId="465A2CAB" w14:textId="77777777" w:rsidTr="007924BC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="75D033B2" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -13077,51 +13152,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="4F5C287A" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -13178,76 +13253,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1D89B10E" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F533F" w:rsidTr="007924BC">
+      <w:tr w:rsidR="003F533F" w14:paraId="6462A45A" w14:textId="77777777" w:rsidTr="007924BC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="0C707A02" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -13304,51 +13379,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5205690E" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13406,438 +13481,468 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F533F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
+          <w:p w14:paraId="349C1F1E" w14:textId="77777777" w:rsidR="003F533F" w:rsidRPr="003F533F" w:rsidRDefault="003F533F" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00004358" w:rsidRDefault="00004358" w:rsidP="00004358">
+    <w:p w14:paraId="37480476" w14:textId="77777777" w:rsidR="00004358" w:rsidRDefault="00004358" w:rsidP="00004358">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00676E66" w:rsidRDefault="00676E66" w:rsidP="00AF366D">
+    <w:p w14:paraId="60DFEEB1" w14:textId="77777777" w:rsidR="00676E66" w:rsidRDefault="00676E66" w:rsidP="00AF366D">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1077" w:hanging="1077"/>
       </w:pPr>
       <w:r w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Utilisation accrue des voie</w:t>
       </w:r>
       <w:r w:rsidR="007A22A2" w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> de communication</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (OPB, art. 9)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00676E66" w:rsidRDefault="00E366E7" w:rsidP="00676E66">
+    <w:p w14:paraId="09D4F59D" w14:textId="77777777" w:rsidR="00676E66" w:rsidRDefault="00E366E7" w:rsidP="00676E66">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
       <w:r>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oui </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="00EB6AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EB6AA2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5458"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidTr="007A22A2">
+      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w14:paraId="67811F77" w14:textId="77777777" w:rsidTr="007A22A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5458" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="007A22A2">
+          <w:p w14:paraId="49DF3E6F" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="007A22A2">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Axe routier concerné par une augmentation de trafic due à la nouvelle exploitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="146AFD39" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Trafic induit par l'activité de l'entreprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidTr="007A22A2">
+      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w14:paraId="0157BBEE" w14:textId="77777777" w:rsidTr="007A22A2">
         <w:trPr>
           <w:trHeight w:val="597"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5458" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5FA0F511" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="3CE6690A" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Poids lourds</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="6E5872A1" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>TJM</w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (vhc/j)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A22A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>vhc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A22A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="52328E10" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Véhicules légers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7880D426" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>TJM</w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (vhc/j)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A22A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t>vhc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A22A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t>/j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidTr="007A22A2">
+      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w14:paraId="085F070B" w14:textId="77777777" w:rsidTr="007A22A2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5458" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="1DD15255" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13893,51 +13998,51 @@
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="02505B8E" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13994,51 +14099,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="5FD4F8F0" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14087,65 +14192,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidTr="007A22A2">
+      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w14:paraId="037153DA" w14:textId="77777777" w:rsidTr="007A22A2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="409DD663" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -14202,51 +14307,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="02365FF2" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -14303,51 +14408,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7B0B816E" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte72"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -14395,64 +14500,64 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidTr="007A22A2">
+      <w:tr w:rsidR="007A22A2" w:rsidRPr="007A22A2" w14:paraId="5632C350" w14:textId="77777777" w:rsidTr="007A22A2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2DAA7231" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte73"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14509,51 +14614,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="7EEB8AC7" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte74"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14611,51 +14716,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
+          <w:p w14:paraId="2D37F15A" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="00C94AD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14705,2009 +14810,1517 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A22A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="007A22A2">
+    <w:p w14:paraId="747BC80C" w14:textId="77777777" w:rsidR="007A22A2" w:rsidRPr="007A22A2" w:rsidRDefault="007A22A2" w:rsidP="007A22A2">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A22A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="007A22A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A22A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>TJM = trafic journalier moyen, exprimé en véhicules par jour (vhc/j)</w:t>
+        <w:t>TJM = trafic journalier moyen, exprimé en véhicules par jour (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>vhc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/j)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E35715" w:rsidRDefault="00E35715" w:rsidP="004C05D3">
+    <w:p w14:paraId="4BB67B74" w14:textId="77777777" w:rsidR="00E35715" w:rsidRDefault="00E35715" w:rsidP="004C05D3">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Protection des eaux</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB1B26" w:rsidRPr="006365CE" w:rsidRDefault="0039591A" w:rsidP="006365CE">
+    <w:p w14:paraId="32AAFE2A" w14:textId="77777777" w:rsidR="00EB1B26" w:rsidRPr="006365CE" w:rsidRDefault="0039591A" w:rsidP="006365CE">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1077" w:hanging="1077"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Stockage de liquides pouvant polluer les eaux</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006365CE" w:rsidRPr="006365CE" w:rsidRDefault="00717111" w:rsidP="00143D77">
+    <w:p w14:paraId="64E54FBF" w14:textId="090B5270" w:rsidR="006365CE" w:rsidRPr="006365CE" w:rsidRDefault="00717111" w:rsidP="00143D77">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Remplir </w:t>
       </w:r>
       <w:r w:rsidR="008F44E0">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidR="008E163C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> document du s</w:t>
+        <w:t xml:space="preserve"> document </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6D6E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="006365CE" w:rsidRPr="006365CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ervice de l'écologie de l'eau</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Sécurisation de l'entreposage de substances pouvant polluer les eaux</w:t>
       </w:r>
       <w:r w:rsidR="003F6D6E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:r w:rsidR="006365CE" w:rsidRPr="006365CE">
-[...10 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00143D77">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006365CE" w:rsidRPr="005B2BB3" w:rsidRDefault="005B2BB3" w:rsidP="00685C9F">
+    <w:p w14:paraId="4C313EF5" w14:textId="77777777" w:rsidR="006365CE" w:rsidRPr="005B2BB3" w:rsidRDefault="005B2BB3" w:rsidP="003F4A35">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="1560" w:right="-29" w:hanging="851"/>
+        <w:ind w:left="1560" w:right="-28" w:hanging="851"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0094001E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2BB3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008C52F5" w:rsidRPr="005B2BB3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Contrairement à ce qui est indiqué sur ce formulaire, il ne vous est pas nécessaire de le déposer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>auprès de l'OAC si votre requête n'est pas liée à une requête en autorisation de construire (cf. point n° 2.2 du présent formulaire).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006365CE" w:rsidRPr="00BB43E0" w:rsidRDefault="006365CE" w:rsidP="006365CE">
-[...9 lines deleted...]
-    <w:p w:rsidR="0039591A" w:rsidRPr="00A226FB" w:rsidRDefault="0039591A" w:rsidP="008C52F5">
+    <w:p w14:paraId="48208114" w14:textId="77777777" w:rsidR="0039591A" w:rsidRPr="00A226FB" w:rsidRDefault="0039591A" w:rsidP="008C52F5">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="1077"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Evacuation des eaux polluées</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F44E0" w:rsidRPr="006365CE" w:rsidRDefault="008F44E0" w:rsidP="00143D77">
+    <w:p w14:paraId="2204BB6D" w14:textId="12664F75" w:rsidR="008F44E0" w:rsidRPr="006365CE" w:rsidRDefault="008F44E0" w:rsidP="00143D77">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006365CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Remplir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:r w:rsidRPr="006365CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> document du </w:t>
-[...5 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> document </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6D6E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="006365CE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ervice</w:t>
+        <w:t>Gestion des eaux résiduaires industrielles (ERI) en phase d'exploitation</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6D6E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00143D77">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de l'écologie de l'eau </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B2BB3" w:rsidRPr="005B2BB3" w:rsidRDefault="005B2BB3" w:rsidP="00685C9F">
+    <w:p w14:paraId="2A97124D" w14:textId="77777777" w:rsidR="005B2BB3" w:rsidRPr="005B2BB3" w:rsidRDefault="005B2BB3" w:rsidP="003F4A35">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="1560" w:right="-29" w:hanging="851"/>
+        <w:ind w:left="1560" w:right="-28" w:hanging="851"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0094001E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2BB3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005B2BB3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Contrairement à ce qui est indiqué sur ce formulaire, il ne vous est pas nécessaire de le déposer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>auprès de l'OAC si votre requête n'est pas liée à une requête en autorisation de construire (cf. point n° 2.2 du présent formulaire).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A226FB" w:rsidRDefault="00A226FB" w:rsidP="00A226FB">
-[...7 lines deleted...]
-    <w:p w:rsidR="0039591A" w:rsidRPr="005D31CE" w:rsidRDefault="0039591A" w:rsidP="008C52F5">
+    <w:p w14:paraId="74F52085" w14:textId="1455A770" w:rsidR="0039591A" w:rsidRPr="005D31CE" w:rsidRDefault="00490F8C" w:rsidP="003F4A35">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="1077"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Evacuation des eaux non pollué</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0056576A">
+        <w:t>Installations de traitement des eaux du site</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CF538B" w14:textId="2EF43371" w:rsidR="00490F8C" w:rsidRDefault="008D0AD8" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fournir l</w:t>
+      </w:r>
+      <w:r w:rsidR="00490F8C" w:rsidRPr="001446D5">
+        <w:t>es plans complets des installations de traitement des eaux du site, avec leurs caractéristiques techniques et leurs bases de dimensionnement</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75424EDE" w14:textId="3C3C50E1" w:rsidR="00490F8C" w:rsidRPr="00490F8C" w:rsidRDefault="00490F8C" w:rsidP="003F4A35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="1077"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>e</w:t>
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00490F8C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Plan de gestion des eaux du site</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7971AB" w14:textId="0516258B" w:rsidR="00490F8C" w:rsidRPr="001446D5" w:rsidRDefault="008D0AD8" w:rsidP="0033170B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
       <w:r>
+        <w:t>Fournir un</w:t>
+      </w:r>
+      <w:r w:rsidR="00490F8C" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> plan de gestion </w:t>
+      </w:r>
+      <w:r>
+        <w:t>des eaux comprenant</w:t>
+      </w:r>
+      <w:r w:rsidR="00490F8C" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> au minimum les procédures et </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">les </w:t>
+      </w:r>
+      <w:r w:rsidR="00490F8C" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve">processus </w:t>
+      </w:r>
+      <w:r w:rsidR="0033170B" w:rsidRPr="001446D5">
+        <w:t>concernant :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0A670A" w14:textId="078322AB" w:rsidR="00490F8C" w:rsidRPr="001446D5" w:rsidRDefault="00490F8C" w:rsidP="0033170B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001446D5">
+        <w:t xml:space="preserve">Les mesures à prendre pour l'entretien des installations de traitement des </w:t>
+      </w:r>
+      <w:r w:rsidR="0033170B" w:rsidRPr="001446D5">
+        <w:t>eaux ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1FD423" w14:textId="4DA8FD1C" w:rsidR="00490F8C" w:rsidRPr="001446D5" w:rsidRDefault="00490F8C" w:rsidP="0033170B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001446D5">
+        <w:t>Les mesures à prendre lors d'incidents ou d'événements extraordinaires (par ex. écoulement accidentel, précipitations météoriques particulièrement importantes, déversements de substances pouvant polluer les eaux et les sols</w:t>
+      </w:r>
+      <w:r w:rsidR="004C48E4" w:rsidRPr="001446D5">
+        <w:t>) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C19EC9A" w14:textId="34C553F4" w:rsidR="00490F8C" w:rsidRPr="001446D5" w:rsidRDefault="00490F8C" w:rsidP="0033170B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="1276" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001446D5">
+        <w:t>Les mesures à prendre lorsque les rejets à la canalisation publique du site ne seraient plus à même d'atteindre les normes de rejets de l'OEaux annexe 3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7679490D" w14:textId="77777777" w:rsidR="003F4A35" w:rsidRPr="00490F8C" w:rsidRDefault="003F4A35" w:rsidP="003F4A35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="1077"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490F8C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Concept de rétention des eaux d'extinction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1539EE76" w14:textId="494B26FF" w:rsidR="008D0AD8" w:rsidRDefault="008D0AD8" w:rsidP="003F4A35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0AD8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Si</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> les exigences définies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001446D5">
+        <w:t xml:space="preserve">dans le </w:t>
+      </w:r>
+      <w:r>
+        <w:t>« G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001446D5">
+        <w:t>uide pratique relatif à la rétention des eaux d'extinction</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> » (consultable sur le site </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="001446D5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>www.kvu.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>) sont réunies, fournir un</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t>concept de rétention des eaux d'extinction</w:t>
+      </w:r>
+      <w:r>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> validé par un expert AEAI au minimum 30 jours ouvré</w:t>
+      </w:r>
+      <w:r>
         <w:t>s</w:t>
       </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> avant le début de l'exploitation du site</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005D31CE" w:rsidRDefault="005D31CE" w:rsidP="005D31CE">
+    <w:p w14:paraId="608E012B" w14:textId="3BFDBE28" w:rsidR="003F4A35" w:rsidRDefault="003F4A35" w:rsidP="003F4A35">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
-        <w:spacing w:before="120"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="1077"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Attestation de curage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2DA392" w14:textId="175042D4" w:rsidR="003F4A35" w:rsidRDefault="008D0AD8" w:rsidP="003F4A35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Fournir u</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t>ne attestation de curage et de nettoyage des systèmes d’assainissements privés</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:t xml:space="preserve">, d’une validité inférieure à un an, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="001446D5">
+        <w:t>établie par l'entreprise qui a été mandatée pour effectuer ces travaux</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E31EA6" w14:textId="5CAC7EEC" w:rsidR="00490F8C" w:rsidRPr="00490F8C" w:rsidRDefault="00490F8C" w:rsidP="003F4A35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1077" w:hanging="1077"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490F8C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rganigramme</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="_Hlk210050712"/>
+      <w:r w:rsidR="003F4A35">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>d’entreprise</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="08E3AB66" w14:textId="4F4D34DB" w:rsidR="00E47064" w:rsidRDefault="008D0AD8" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Fournir u</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40B35" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve">n organigramme </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35" w:rsidRPr="003F4A35">
+        <w:t xml:space="preserve">d’entreprise </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40B35" w:rsidRPr="001446D5">
+        <w:t>sous forme de rôle</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40B35" w:rsidRPr="001446D5">
+        <w:t xml:space="preserve"> responsabilité des personnes en charge de l'entretien et du contrôle des installations du site (N° de tel et portable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213320ED" w14:textId="77777777" w:rsidR="00E47064" w:rsidRDefault="00E47064" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4182F8C4" w14:textId="77777777" w:rsidR="00A56F32" w:rsidRDefault="00A56F32" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7794C5B6" w14:textId="77777777" w:rsidR="003F4A35" w:rsidRDefault="003F4A35" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262AA44D" w14:textId="77777777" w:rsidR="003F4A35" w:rsidRDefault="003F4A35" w:rsidP="007B1C93">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01090A08" w14:textId="77777777" w:rsidR="009670B8" w:rsidRDefault="00C03111" w:rsidP="004C05D3">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Sites pollués </w:t>
+      </w:r>
+      <w:r w:rsidR="009670B8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>– Eaux souterraines –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Protection des sols</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D27666" w14:textId="77777777" w:rsidR="001E0A36" w:rsidRPr="004F5A68" w:rsidRDefault="001E0A36" w:rsidP="001C3B84">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1077" w:hanging="1077"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5A68">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sites pollués</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F15084F" w14:textId="77777777" w:rsidR="001C3B84" w:rsidRDefault="001C3B84" w:rsidP="00582B5D">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="709"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>a.</w:t>
+        <w:t>L'installation est-elle prévue sur une parcelle inscrite au cadastre des sites pollués (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>OSites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, art. 5 al. 3) ?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Déversement </w:t>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00162FC1">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="14ECC187" w14:textId="77777777" w:rsidR="006603D0" w:rsidRPr="001C3B84" w:rsidRDefault="001C3B84" w:rsidP="005213AF">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Oui</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005213AF">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="00582B5D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00582B5D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005213AF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00162FC1">
-[...5 lines deleted...]
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oui</w:t>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00162FC1" w:rsidRPr="005C2C7E">
+      <w:r w:rsidR="005213AF" w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00162FC1" w:rsidRDefault="00162FC1" w:rsidP="00293782">
-[...1 lines deleted...]
-        <w:pStyle w:val="Texte"/>
+    <w:p w14:paraId="59C91136" w14:textId="77777777" w:rsidR="005213AF" w:rsidRDefault="005213AF" w:rsidP="00582B5D">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Si oui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00855BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">site pollué </w:t>
+      </w:r>
+      <w:r w:rsidR="00855BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>nécessite-t-il</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une investigation, une surveillance ou un assainissement (art. 5 al. 4 lit. b, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC179C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC179C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC179C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC179C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC179C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>OSites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE1168">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00285B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A6352A" w14:textId="77777777" w:rsidR="00C94AD9" w:rsidRDefault="005213AF" w:rsidP="00582B5D">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="2836" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Infiltration</w:t>
-[...33 lines deleted...]
-          <w:b/>
+      </w:r>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005C2C7E">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005213AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00293782" w:rsidRDefault="00293782" w:rsidP="00293782">
-[...1050 lines deleted...]
-    <w:p w:rsidR="005213AF" w:rsidRDefault="0039288F" w:rsidP="005213AF">
+    <w:p w14:paraId="305238FE" w14:textId="77777777" w:rsidR="005213AF" w:rsidRDefault="004B1397" w:rsidP="005213AF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="30DE4A92">
           <v:shape id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:277.4pt;margin-top:10.4pt;width:102.75pt;height:26.25pt;z-index:251663360">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="001935F3" w:rsidRDefault="001E7E2A" w:rsidP="001935F3">
+                <w:p w14:paraId="2A565D8F" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="001935F3" w:rsidRDefault="001E7E2A" w:rsidP="001935F3">
                   <w:pPr>
                     <w:spacing w:before="120" w:after="120"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C94AD9" w:rsidRPr="001935F3" w:rsidRDefault="001935F3" w:rsidP="00DC179C">
+    <w:p w14:paraId="5D612C9B" w14:textId="77777777" w:rsidR="00C94AD9" w:rsidRPr="001935F3" w:rsidRDefault="001935F3" w:rsidP="00DC179C">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Si oui</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, date </w:t>
       </w:r>
       <w:r w:rsidR="00CC340D">
         <w:t>de</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> remise du rapport art. 3 OSites :</w:t>
+        <w:t xml:space="preserve"> remise du rapport art. 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>OSites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326E83" w:rsidRPr="00326E83" w:rsidRDefault="00326E83" w:rsidP="00DC179C">
+    <w:p w14:paraId="73F92952" w14:textId="77777777" w:rsidR="00326E83" w:rsidRPr="00326E83" w:rsidRDefault="00326E83" w:rsidP="00DC179C">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00326E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Description des mesures de protection prescrites ou prévues pour </w:t>
       </w:r>
       <w:r w:rsidR="0073771D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidRPr="00326E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">conformité avec </w:t>
       </w:r>
       <w:r w:rsidR="00FF2508">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>l'</w:t>
       </w:r>
       <w:r w:rsidRPr="00326E83">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>art. 3 OSites :</w:t>
+        <w:t xml:space="preserve">art. 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00326E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>OSites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00326E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005213AF" w:rsidRDefault="0039288F" w:rsidP="006603D0">
+    <w:p w14:paraId="38B32806" w14:textId="77777777" w:rsidR="005213AF" w:rsidRDefault="004B1397" w:rsidP="006603D0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="5ADF9FB9">
           <v:shape id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:35.25pt;margin-top:1.3pt;width:426.95pt;height:64.5pt;z-index:251664384">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRPr="001935F3" w:rsidRDefault="001E7E2A" w:rsidP="00326E83">
+                <w:p w14:paraId="6F1FB862" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="001935F3" w:rsidRDefault="001E7E2A" w:rsidP="00326E83">
                   <w:pPr>
                     <w:spacing w:before="120" w:after="120"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="22"/>
                       <w:lang w:val="fr-CH"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
+    <w:p w14:paraId="4C13441F" w14:textId="77777777" w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
+    <w:p w14:paraId="1A294037" w14:textId="77777777" w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
+    <w:p w14:paraId="3B91477C" w14:textId="77777777" w:rsidR="00326E83" w:rsidRDefault="00326E83" w:rsidP="006603D0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E0A36" w:rsidRPr="004F5A68" w:rsidRDefault="001E0A36" w:rsidP="00EF6C4F">
+    <w:p w14:paraId="4F704127" w14:textId="77777777" w:rsidR="001E0A36" w:rsidRPr="004F5A68" w:rsidRDefault="001E0A36" w:rsidP="00EF6C4F">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1077" w:hanging="1077"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Régime de protection des eaux souterraines</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006603D0" w:rsidRDefault="00EF6C4F" w:rsidP="006E4424">
+    <w:p w14:paraId="20805E98" w14:textId="77777777" w:rsidR="006603D0" w:rsidRDefault="00EF6C4F" w:rsidP="006E4424">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF6C4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Selon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> le règlement cantonal concernant les nappes souterraines (art. 17)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF6C4F" w:rsidRPr="00EF6C4F" w:rsidRDefault="00EF6C4F" w:rsidP="007066DC">
+    <w:p w14:paraId="77B9B67F" w14:textId="77777777" w:rsidR="00EF6C4F" w:rsidRPr="00EF6C4F" w:rsidRDefault="00EF6C4F" w:rsidP="007066DC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zone S </w:t>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -16734,59 +16347,59 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -16813,247 +16426,257 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007066DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Secteur </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00784608">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">B </w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005213AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006603D0" w:rsidRDefault="006603D0" w:rsidP="006603D0">
+    <w:p w14:paraId="2A9B18B4" w14:textId="77777777" w:rsidR="006603D0" w:rsidRDefault="006603D0" w:rsidP="006603D0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E0A36" w:rsidRPr="004F5A68" w:rsidRDefault="001E0A36" w:rsidP="00193673">
+    <w:p w14:paraId="1B0F80E4" w14:textId="77777777" w:rsidR="001E0A36" w:rsidRPr="004F5A68" w:rsidRDefault="001E0A36" w:rsidP="00193673">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1077" w:hanging="1077"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F5A68">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Risques d'atteintes à la qualité des sols</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="00193673" w:rsidP="006E4424">
+    <w:p w14:paraId="3CD079F4" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="00193673" w:rsidP="006E4424">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
       <w:r>
         <w:t>Une surface de sol naturel est-elle concernée par l'installation prévue ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A30E6" w:rsidRDefault="005A30E6" w:rsidP="006E4424">
+    <w:p w14:paraId="24E3584A" w14:textId="77777777" w:rsidR="005A30E6" w:rsidRDefault="005A30E6" w:rsidP="006E4424">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="2127" w:firstLine="709"/>
       </w:pPr>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Oui</w:t>
@@ -17066,432 +16689,462 @@
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:size w:val="24"/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0039288F">
-[...5 lines deleted...]
-      <w:r w:rsidR="0039288F">
+      <w:r w:rsidRPr="005C2C7E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005C2C7E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="005A30E6" w:rsidP="006E4424">
+    <w:p w14:paraId="40BECFC5" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="005A30E6" w:rsidP="006E4424">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="709"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Si oui :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="0039288F" w:rsidP="00120342">
+    <w:p w14:paraId="73359DF1" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="004B1397" w:rsidP="00120342">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="4FFF707F">
           <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60.2pt;margin-top:18.25pt;width:406.5pt;height:56.25pt;z-index:251665408">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A"/>
+                <w:p w14:paraId="7F676472" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00120342">
         <w:t>Description de l'utilisation, des risques et atteintes potentielles aux sols</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
+    <w:p w14:paraId="6AF91D89" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="1211"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
+    <w:p w14:paraId="71EEFBB1" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="1211"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
+    <w:p w14:paraId="783A96EE" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00120342">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1213"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRPr="00120342" w:rsidRDefault="0039288F" w:rsidP="00120342">
+    <w:p w14:paraId="7ABD1C5F" w14:textId="77777777" w:rsidR="00120342" w:rsidRPr="00120342" w:rsidRDefault="004B1397" w:rsidP="00120342">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="158B8E62">
           <v:shape id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60.2pt;margin-top:20.3pt;width:406.5pt;height:56.25pt;z-index:251666432">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A" w:rsidP="00120342"/>
+                <w:p w14:paraId="65DB3C97" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A" w:rsidP="00120342"/>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00120342">
         <w:t xml:space="preserve">Description des mesures de protection prévues </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRPr="005A30E6" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="43F668B7" w14:textId="77777777" w:rsidR="00120342" w:rsidRPr="005A30E6" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00FC5264">
+    <w:p w14:paraId="5F1C063A" w14:textId="77777777" w:rsidR="00FC5264" w:rsidRDefault="00FC5264" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="5127BF6D" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="7CE7A910" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="5E4DBD4D" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="676421CA" w14:textId="77777777" w:rsidR="00120342" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00120342" w:rsidRPr="00FC5264" w:rsidRDefault="00120342" w:rsidP="00FC5264">
+    <w:p w14:paraId="07713507" w14:textId="77777777" w:rsidR="00120342" w:rsidRPr="00FC5264" w:rsidRDefault="00120342" w:rsidP="00FC5264">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA49D4" w:rsidRDefault="00AA49D4" w:rsidP="00E31A76">
+    <w:p w14:paraId="1D0BFD93" w14:textId="77777777" w:rsidR="00AA49D4" w:rsidRDefault="00AA49D4" w:rsidP="00E31A76">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>LI</w:t>
       </w:r>
       <w:r w:rsidR="0042636E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">STE DES DOCUMENTS DU DOSSIER </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A REMETTRE AU GESDEC </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00364151" w:rsidRDefault="00424B32" w:rsidP="009614F0">
+    <w:p w14:paraId="700BB46F" w14:textId="377ABDAF" w:rsidR="00364151" w:rsidRDefault="00424B32" w:rsidP="009614F0">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="425"/>
       </w:pPr>
       <w:r>
-        <w:t>Le dossier doit</w:t>
+        <w:t xml:space="preserve">Le dossier </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0AD8">
+        <w:t xml:space="preserve">complet </w:t>
+      </w:r>
+      <w:r>
+        <w:t>doit</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA28E2">
         <w:t>être remis au GESDEC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
+      <w:r w:rsidR="008D0AD8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5 exemplaires</w:t>
+        <w:t xml:space="preserve"> exemplaire</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0AD8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
-        <w:t xml:space="preserve"> : 3 sur support </w:t>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0AD8">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00364151">
+        <w:t xml:space="preserve"> sur support </w:t>
       </w:r>
       <w:r w:rsidR="00B40C85">
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
         <w:t>papier</w:t>
       </w:r>
       <w:r w:rsidR="00DB1369">
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
-        <w:t xml:space="preserve"> et 2 sur support </w:t>
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0AD8">
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00364151">
+        <w:t xml:space="preserve"> sur support </w:t>
       </w:r>
       <w:r w:rsidR="00B40C85">
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00416E68">
         <w:t>fo</w:t>
       </w:r>
       <w:r w:rsidR="00364151">
         <w:t>rmatique</w:t>
       </w:r>
       <w:r w:rsidR="00DB1369">
         <w:t>"</w:t>
       </w:r>
-      <w:r w:rsidR="00DA28E2">
+      <w:r w:rsidR="008D0AD8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00285B4E" w:rsidRDefault="00C05F26" w:rsidP="00B40C85">
+    <w:p w14:paraId="0C1603D5" w14:textId="77777777" w:rsidR="00285B4E" w:rsidRDefault="00C05F26" w:rsidP="00B40C85">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="360"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E08B8">
         <w:t>Le présent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> formulaire de requête </w:t>
       </w:r>
       <w:r w:rsidRPr="0094402A">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="0094402A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>signé et daté</w:t>
       </w:r>
       <w:r w:rsidR="00285B4E" w:rsidRPr="00285B4E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C438CA" w:rsidRDefault="00285B4E" w:rsidP="00B40C85">
+    <w:p w14:paraId="439DBF72" w14:textId="77777777" w:rsidR="00C438CA" w:rsidRDefault="00285B4E" w:rsidP="00B40C85">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Etude ou notice d'impact sur l'environnement </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">selon le cas (cf. point </w:t>
       </w:r>
       <w:r w:rsidR="00B40C85" w:rsidRPr="00B40C85">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40C85">
         <w:t>.3)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E3F19" w:rsidRDefault="004E3F19" w:rsidP="00FD7D53">
+    <w:p w14:paraId="15C653AE" w14:textId="77777777" w:rsidR="004E3F19" w:rsidRDefault="004E3F19" w:rsidP="00FD7D53">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Plan cadastral</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E3F19" w:rsidRPr="0032640A" w:rsidRDefault="004E3F19" w:rsidP="00FD7D53">
+    <w:p w14:paraId="7484F6D3" w14:textId="77777777" w:rsidR="004E3F19" w:rsidRPr="0032640A" w:rsidRDefault="004E3F19" w:rsidP="00FD7D53">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="720" w:hanging="294"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Extrait de plan issu du registre foncier (système d'information du territoire à Genève – SITG)</w:t>
       </w:r>
       <w:r w:rsidR="00CC6762">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C22202" w:rsidRPr="004A3516" w:rsidRDefault="000978BC" w:rsidP="007D4ADB">
+    <w:p w14:paraId="2BFDFAD5" w14:textId="77777777" w:rsidR="00C22202" w:rsidRPr="004A3516" w:rsidRDefault="000978BC" w:rsidP="007D4ADB">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A3516">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Plan de situation de l'installation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A3516" w:rsidRPr="004A3516" w:rsidRDefault="004A3516" w:rsidP="007D4ADB">
+    <w:p w14:paraId="498C92B9" w14:textId="77777777" w:rsidR="004A3516" w:rsidRPr="004A3516" w:rsidRDefault="004A3516" w:rsidP="007D4ADB">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="360"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ce </w:t>
       </w:r>
       <w:r w:rsidR="00E00728">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>schéma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> doit notamment faire apparaître le périmètre du site, </w:t>
@@ -17601,494 +17254,579 @@
       <w:r w:rsidR="006D72E2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>accès et</w:t>
       </w:r>
       <w:r w:rsidR="004A2B73">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> les</w:t>
       </w:r>
       <w:r w:rsidR="006D72E2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> voies de circulation</w:t>
       </w:r>
       <w:r w:rsidR="004608EF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB6AA2" w:rsidRDefault="00416E68" w:rsidP="009517CD">
+    <w:p w14:paraId="30E598C7" w14:textId="77777777" w:rsidR="00EB6AA2" w:rsidRDefault="00416E68" w:rsidP="009517CD">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="426" w:hanging="568"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Plan </w:t>
       </w:r>
       <w:r w:rsidR="00BE3DEB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>des canalisations des eaux de l'état actuel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00316C45" w:rsidRPr="00316C45" w:rsidRDefault="00316C45" w:rsidP="009517CD">
+    <w:p w14:paraId="7322CE66" w14:textId="07D72B74" w:rsidR="00316C45" w:rsidRPr="00316C45" w:rsidRDefault="00490F8C" w:rsidP="009517CD">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="360"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001446D5">
+        <w:t xml:space="preserve">Les plans complets des réseaux de canalisation (EC, EU, ED, EI et ERI) du </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0AD8" w:rsidRPr="001446D5">
+        <w:t>site ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19552388" w14:textId="5812C7EB" w:rsidR="00BB43E0" w:rsidRPr="00DC3AC1" w:rsidRDefault="00F40B35" w:rsidP="00F40B35">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="60"/>
+        <w:ind w:right="-29" w:hanging="862"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Documents demandés par l’office cantonal de l’eau (OCEau ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00670B1E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070474D" w:rsidRPr="00DC3AC1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">cf. points </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AC1" w:rsidRPr="00DC3AC1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AC1" w:rsidRPr="00DC3AC1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0070474D" w:rsidRPr="00DC3AC1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7240D146" w14:textId="77777777" w:rsidR="00BB43E0" w:rsidRPr="00CD551B" w:rsidRDefault="00BB43E0" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avec plan du </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF06F6">
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">réseau d'eau de refroidissement si applicable (cf. point </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E1BB4">
+        <w:t>Sécurisation de l'entreposage de substances pouvant polluer les eaux (SPPE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA96576" w14:textId="77777777" w:rsidR="00BB43E0" w:rsidRPr="00CD551B" w:rsidRDefault="00BB43E0" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>7.3.3.d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF06F6">
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Gestion des eaux résiduaires industrielles (ERI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE13FD" w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en phase d'exploitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB7DEB1" w14:textId="7AE71BF1" w:rsidR="00F40B35" w:rsidRPr="00CD551B" w:rsidRDefault="00F40B35" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Installations de traitement des eaux du site</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C070501" w14:textId="6457F757" w:rsidR="00F40B35" w:rsidRPr="00CD551B" w:rsidRDefault="00F40B35" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Plan de gestion des eaux du site</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07338227" w14:textId="77777777" w:rsidR="003F4A35" w:rsidRPr="00CD551B" w:rsidRDefault="003F4A35" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Concept de rétention des eaux d'extinction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6B0074" w14:textId="77777777" w:rsidR="003F4A35" w:rsidRPr="00CD551B" w:rsidRDefault="003F4A35" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attestation de curage </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7E3CF9" w14:textId="06DBE84A" w:rsidR="00F40B35" w:rsidRPr="00CD551B" w:rsidRDefault="00F40B35" w:rsidP="00CD551B">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="60" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD551B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Organigramme</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA64398" w14:textId="77777777" w:rsidR="0032640A" w:rsidRPr="000D3EC7" w:rsidRDefault="00CC6762" w:rsidP="000D3EC7">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="360" w:after="60"/>
+        <w:ind w:hanging="862"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3EC7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Liste complète des déchets réceptionnés</w:t>
+      </w:r>
+      <w:r w:rsidR="00895434" w:rsidRPr="000D3EC7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cf. point </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3EC7" w:rsidRPr="000D3EC7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00895434" w:rsidRPr="000D3EC7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB43E0" w:rsidRPr="00DC3AC1" w:rsidRDefault="00BB43E0" w:rsidP="00DC3AC1">
+    <w:p w14:paraId="417C155B" w14:textId="77777777" w:rsidR="00CC6762" w:rsidRPr="00CC6762" w:rsidRDefault="00CC6762" w:rsidP="000D3EC7">
+      <w:pPr>
+        <w:pStyle w:val="Texte"/>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Liste orga</w:t>
+      </w:r>
+      <w:r w:rsidR="008F135A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>nisée par catégories de déchets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mentionnant le</w:t>
+      </w:r>
+      <w:r w:rsidR="008F135A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code</w:t>
+      </w:r>
+      <w:r w:rsidR="008F135A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3EC7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LMoD, les tonnages annuels</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les quantités ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00895434">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ximales entreposées sur le site selon le Guide d'élaboration du GESDEC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504C16B4" w14:textId="77777777" w:rsidR="00CC6762" w:rsidRPr="00F55939" w:rsidRDefault="00295E93" w:rsidP="00295E93">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC3AC1">
-[...27 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00F55939">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Estimation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B421FF" w:rsidRPr="00F55939">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'un montant de garantie financière</w:t>
+      </w:r>
+      <w:r w:rsidR="00613DCB" w:rsidRPr="00F55939">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cf. point 5.3)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB43E0" w:rsidRPr="00BB43E0" w:rsidRDefault="00BB43E0" w:rsidP="007A5337">
-[...94 lines deleted...]
-    <w:p w:rsidR="00CC6762" w:rsidRPr="00CC6762" w:rsidRDefault="00CC6762" w:rsidP="000D3EC7">
+    <w:p w14:paraId="120FDEA5" w14:textId="77777777" w:rsidR="006806F4" w:rsidRPr="006806F4" w:rsidRDefault="006806F4" w:rsidP="00F55939">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="360"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Liste orga</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F135A">
+        <w:t xml:space="preserve">Estimatif du coût d'une éventuelle évacuation des déchets basé sur les quantités </w:t>
+      </w:r>
+      <w:r w:rsidR="004C198A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>nisée par catégories de déchets</w:t>
+        <w:t xml:space="preserve">maximales </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mentionnant le</w:t>
-[...35 lines deleted...]
-        <w:t>ximales entreposées sur le site selon le Guide d'élaboration du GESDEC.</w:t>
+        <w:t>entreposables et incluant les frais de transport, de main d'œuvre et la TVA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC6762" w:rsidRPr="00F55939" w:rsidRDefault="00295E93" w:rsidP="00295E93">
+    <w:p w14:paraId="05DD1EF6" w14:textId="77777777" w:rsidR="006806F4" w:rsidRDefault="00F66A53" w:rsidP="00785179">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F55939">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (cf. point 5.3)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Règlement d'exploitation de l'installation</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B8F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B8F" w:rsidRPr="0094402A">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B8F" w:rsidRPr="0094402A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>signé et daté</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006806F4" w:rsidRPr="006806F4" w:rsidRDefault="006806F4" w:rsidP="00F55939">
+    <w:p w14:paraId="0EF96DA1" w14:textId="77777777" w:rsidR="00F12E53" w:rsidRPr="00F12E53" w:rsidRDefault="00785179" w:rsidP="00785179">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:spacing w:after="360"/>
         <w:ind w:left="426"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...64 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Il d</w:t>
       </w:r>
       <w:r w:rsidR="00F12E53">
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>oit</w:t>
       </w:r>
       <w:r w:rsidR="00F12E53" w:rsidRPr="00F12E53">
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> notamment </w:t>
       </w:r>
       <w:r w:rsidR="00F12E53">
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">décrire </w:t>
       </w:r>
       <w:r w:rsidR="00F12E53" w:rsidRPr="00F12E53">
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l'organisation de l'installation, le cahier des charges du personnel et sa formation, le fonctionnement du site ainsi que les entretiens et contrôles de l'installation</w:t>
       </w:r>
       <w:r w:rsidR="00F12E53">
         <w:rPr>
           <w:rStyle w:val="texte0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D334E" w:rsidRDefault="00CC28F3" w:rsidP="00785179">
+    <w:p w14:paraId="11EF7E0D" w14:textId="77777777" w:rsidR="001D334E" w:rsidRDefault="00CC28F3" w:rsidP="00785179">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="426" w:hanging="710"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Attestation d'assurance responsabilité civile</w:t>
       </w:r>
       <w:r w:rsidR="00AD720B">
         <w:t xml:space="preserve"> en cours de validité</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424B32" w:rsidRPr="00AD720B" w:rsidRDefault="001D334E" w:rsidP="00AD720B">
+    <w:p w14:paraId="2BC373EB" w14:textId="77777777" w:rsidR="00424B32" w:rsidRPr="00AD720B" w:rsidRDefault="001D334E" w:rsidP="00AD720B">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="1004"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Plan détaillé </w:t>
       </w:r>
       <w:r w:rsidR="0056576A" w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -18103,75 +17841,75 @@
       <w:r w:rsidR="00AD720B" w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.1 et </w:t>
       </w:r>
       <w:r w:rsidR="00AD720B" w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD720B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D334E" w:rsidRPr="00424B32" w:rsidRDefault="001D334E" w:rsidP="00AD720B">
+    <w:p w14:paraId="0442C4E2" w14:textId="77777777" w:rsidR="001D334E" w:rsidRPr="00424B32" w:rsidRDefault="001D334E" w:rsidP="00AD720B">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070474D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
       <w:r w:rsidRPr="00424B32">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des installations nouvelles ou modifiées sources de nuisances sonores ou de polluants atmosphériques sont présentes sur le site, inclure un plan détaillé au 1/100 avec leurs emplacements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC28F3" w:rsidRPr="00B74E32" w:rsidRDefault="00CC28F3" w:rsidP="008F65BC">
+    <w:p w14:paraId="1087C2A9" w14:textId="77777777" w:rsidR="00CC28F3" w:rsidRPr="00B74E32" w:rsidRDefault="00CC28F3" w:rsidP="008F65BC">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="360"/>
         <w:ind w:left="426" w:hanging="710"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F65BC">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Le cas échéant</w:t>
       </w:r>
       <w:r w:rsidR="0094001E">
         <w:rPr>
@@ -18198,594 +17936,440 @@
         <w:t>our les sites pollués à investiguer, à surveiller ou à assainir</w:t>
       </w:r>
       <w:r w:rsidR="001E7E2A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E32">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00CC2565">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74E32">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Rapport art. 3 OSites</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Rapport art. 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B74E32">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OSites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0094001E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cf. point </w:t>
       </w:r>
       <w:r w:rsidR="008F65BC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="0094001E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.4.1</w:t>
       </w:r>
       <w:r w:rsidR="00B74E32" w:rsidRPr="00B74E32">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B24E2" w:rsidRDefault="00CC28F3" w:rsidP="002439D9">
+    <w:p w14:paraId="4343757B" w14:textId="77777777" w:rsidR="000B24E2" w:rsidRDefault="00CC28F3" w:rsidP="002439D9">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:hanging="1004"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Etude de risque OPAM</w:t>
       </w:r>
       <w:r w:rsidR="00B74E32">
         <w:t xml:space="preserve"> si assujetti</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF06F6" w:rsidRPr="002439D9" w:rsidRDefault="000B24E2" w:rsidP="002439D9">
-[...196 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:sectPr w:rsidR="000B24E2" w:rsidSect="002439D9">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachSect"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="680" w:right="1361" w:bottom="709" w:left="1361" w:header="425" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+    <w:p w14:paraId="280D623F" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+    <w:p w14:paraId="327E4C3A" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A8E1849" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+  <w:p w14:paraId="7846729F" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9325"/>
     </w:tblGrid>
-    <w:tr w:rsidR="001E7E2A" w:rsidTr="00C94AD9">
+    <w:tr w:rsidR="001E7E2A" w14:paraId="59E71477" w14:textId="77777777" w:rsidTr="00C94AD9">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9325" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="001E7E2A" w:rsidRPr="00CB6645" w:rsidRDefault="001E7E2A" w:rsidP="00BD5152">
+        <w:p w14:paraId="6C4FF611" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="00CB6645" w:rsidRDefault="001E7E2A" w:rsidP="00BD5152">
           <w:pPr>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CB6645">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:t>Service de géologie, sols et déchets • Quai du Rhône 12 • 1205 Genève</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="001E7E2A" w:rsidRPr="00CB6645" w:rsidRDefault="001E7E2A" w:rsidP="00C94AD9">
+        <w:p w14:paraId="529FDCD1" w14:textId="6E96F032" w:rsidR="001E7E2A" w:rsidRPr="00CB6645" w:rsidRDefault="001E7E2A" w:rsidP="00C94AD9">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00CB6645">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
-            <w:t>Tél. +41 (0) 22 546 70 70 • Fax +41 (0) 22 546 97 90 • E-mail gesdec</w:t>
+            <w:t xml:space="preserve">Tél. +41 (0) 22 546 70 70 • </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00CB6645">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+            </w:rPr>
+            <w:t>E-mail</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="00CB6645">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> gesdec</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:t>-autorisations</w:t>
           </w:r>
           <w:r w:rsidRPr="00CB6645">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:t>@etat.ge.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="001E7E2A" w:rsidRPr="007610C0" w:rsidRDefault="001E7E2A" w:rsidP="00845ED9">
+  <w:p w14:paraId="11091192" w14:textId="15DCFEE9" w:rsidR="001E7E2A" w:rsidRPr="007610C0" w:rsidRDefault="001E7E2A" w:rsidP="00845ED9">
     <w:pPr>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Lignes TPG 14-D - arrêt Palladium</w:t>
+      <w:t>Lignes TPG 14-</w:t>
+    </w:r>
+    <w:r w:rsidR="00237263">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>80</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> - arrêt Palladium</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A" w:rsidP="00845ED9">
+  <w:p w14:paraId="23F3B694" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A" w:rsidP="00845ED9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17F69398" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001E7E2A" w:rsidRPr="008337E0" w:rsidRDefault="001E7E2A" w:rsidP="008337E0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="439A9796" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="008337E0" w:rsidRDefault="001E7E2A" w:rsidP="008337E0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+    <w:p w14:paraId="6981E169" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
+    <w:p w14:paraId="4D19B016" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRDefault="001E7E2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001E7E2A" w:rsidRPr="008337E0" w:rsidRDefault="001E7E2A" w:rsidP="008337E0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17698D7B" w14:textId="77777777" w:rsidR="001E7E2A" w:rsidRPr="008337E0" w:rsidRDefault="001E7E2A" w:rsidP="008337E0">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="19B0E010"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F5546382"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -19750,50 +19334,303 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4904514A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7A8662A"/>
+    <w:lvl w:ilvl="0" w:tplc="E048D56A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C5C6B614">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="969666E4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C5D28CF0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="70BC46AA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3394182C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C580569A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C3A2AF34" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FEEAE9B8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B2B0853"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4CE8D6C4"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D870B0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B310F790"/>
     <w:lvl w:ilvl="0" w:tplc="EBC0AB1A">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19862,51 +19699,164 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="654842D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31CE108A"/>
+    <w:lvl w:ilvl="0" w:tplc="100C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="100C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="100C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E623BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECA2C0BC"/>
     <w:lvl w:ilvl="0" w:tplc="F7B8077E">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19975,151 +19925,160 @@
     <w:lvl w:ilvl="7" w:tplc="100C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2110808420">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="830868721">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="896357539">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1109622385">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="102042448">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="451365823">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1341346600">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1053622307">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1382823782">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1288273521">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="671302794">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="815612760">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="149442180">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="14" w16cid:durableId="1222251613">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="15" w16cid:durableId="1421490359">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="931624139">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1498031188">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1995329859">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1735348533">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="140579687">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="621806153">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="22" w16cid:durableId="1673601349">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1831019437">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1976059956">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="9" w:dllVersion="512" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="nl-NL" w:vendorID="1" w:dllVersion="512" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="75777">
+    <o:shapedefaults v:ext="edit" spidmax="86017">
       <o:colormenu v:ext="edit" strokecolor="none"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="sectEnd"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:numStart w:val="0"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:printColBlack/>
     <w:showBreaksInFrames/>
     <w:suppressSpBfAfterPgBrk/>
     <w:swapBordersFacingPages/>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:noSpaceRaiseLower/>
@@ -20127,69 +20086,71 @@
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66F33"/>
     <w:rsid w:val="00000A1E"/>
     <w:rsid w:val="00000FA9"/>
     <w:rsid w:val="00002E95"/>
     <w:rsid w:val="00004358"/>
     <w:rsid w:val="00007FA7"/>
     <w:rsid w:val="00010513"/>
     <w:rsid w:val="000135E4"/>
     <w:rsid w:val="000162A5"/>
     <w:rsid w:val="0001747A"/>
     <w:rsid w:val="00020407"/>
     <w:rsid w:val="0002575A"/>
     <w:rsid w:val="00027250"/>
     <w:rsid w:val="0003647B"/>
     <w:rsid w:val="0005318C"/>
     <w:rsid w:val="00062220"/>
     <w:rsid w:val="000659E6"/>
+    <w:rsid w:val="00070A85"/>
     <w:rsid w:val="00072B90"/>
     <w:rsid w:val="00075BBF"/>
     <w:rsid w:val="00077A5E"/>
     <w:rsid w:val="00086449"/>
     <w:rsid w:val="00091A9E"/>
     <w:rsid w:val="00093A99"/>
     <w:rsid w:val="0009460F"/>
     <w:rsid w:val="0009685A"/>
     <w:rsid w:val="000978BC"/>
     <w:rsid w:val="000A22CE"/>
     <w:rsid w:val="000A2C50"/>
     <w:rsid w:val="000A5A56"/>
     <w:rsid w:val="000A7EE7"/>
     <w:rsid w:val="000B24E2"/>
     <w:rsid w:val="000B2A1A"/>
     <w:rsid w:val="000B3FEA"/>
     <w:rsid w:val="000B7CC9"/>
     <w:rsid w:val="000C27EE"/>
     <w:rsid w:val="000C28E3"/>
     <w:rsid w:val="000C4D55"/>
     <w:rsid w:val="000C62E5"/>
     <w:rsid w:val="000D3EC7"/>
     <w:rsid w:val="000D57D4"/>
     <w:rsid w:val="000E48E2"/>
     <w:rsid w:val="000F2C60"/>
@@ -20228,50 +20189,51 @@
     <w:rsid w:val="001C255C"/>
     <w:rsid w:val="001C3B84"/>
     <w:rsid w:val="001C45A7"/>
     <w:rsid w:val="001D0F8A"/>
     <w:rsid w:val="001D1A62"/>
     <w:rsid w:val="001D334E"/>
     <w:rsid w:val="001D5471"/>
     <w:rsid w:val="001E0A36"/>
     <w:rsid w:val="001E612E"/>
     <w:rsid w:val="001E7E2A"/>
     <w:rsid w:val="001F0093"/>
     <w:rsid w:val="001F1A46"/>
     <w:rsid w:val="001F3447"/>
     <w:rsid w:val="001F4D2D"/>
     <w:rsid w:val="0020460C"/>
     <w:rsid w:val="00204E1E"/>
     <w:rsid w:val="002078F1"/>
     <w:rsid w:val="002103B3"/>
     <w:rsid w:val="002118B5"/>
     <w:rsid w:val="00211F70"/>
     <w:rsid w:val="00215CF5"/>
     <w:rsid w:val="00224EC3"/>
     <w:rsid w:val="0022607E"/>
     <w:rsid w:val="00231FD7"/>
     <w:rsid w:val="00235803"/>
+    <w:rsid w:val="00237263"/>
     <w:rsid w:val="002439D9"/>
     <w:rsid w:val="00244137"/>
     <w:rsid w:val="0024538B"/>
     <w:rsid w:val="002458DA"/>
     <w:rsid w:val="00246A11"/>
     <w:rsid w:val="00247C03"/>
     <w:rsid w:val="0025277B"/>
     <w:rsid w:val="00252B86"/>
     <w:rsid w:val="00252C8E"/>
     <w:rsid w:val="002604E9"/>
     <w:rsid w:val="00262814"/>
     <w:rsid w:val="002670B3"/>
     <w:rsid w:val="00271214"/>
     <w:rsid w:val="00282773"/>
     <w:rsid w:val="00285B4E"/>
     <w:rsid w:val="00285B74"/>
     <w:rsid w:val="002862C3"/>
     <w:rsid w:val="00293782"/>
     <w:rsid w:val="002943D2"/>
     <w:rsid w:val="00295E93"/>
     <w:rsid w:val="00297432"/>
     <w:rsid w:val="00297FEB"/>
     <w:rsid w:val="002A05E3"/>
     <w:rsid w:val="002A0C47"/>
     <w:rsid w:val="002A1465"/>
@@ -20285,144 +20247,150 @@
     <w:rsid w:val="002B5094"/>
     <w:rsid w:val="002B6E40"/>
     <w:rsid w:val="002C585A"/>
     <w:rsid w:val="002C5ACA"/>
     <w:rsid w:val="002D0F4E"/>
     <w:rsid w:val="002D3B2F"/>
     <w:rsid w:val="002E3D7C"/>
     <w:rsid w:val="002E5411"/>
     <w:rsid w:val="002E5B2E"/>
     <w:rsid w:val="002E5F6E"/>
     <w:rsid w:val="002E5FC7"/>
     <w:rsid w:val="002F0530"/>
     <w:rsid w:val="002F29D0"/>
     <w:rsid w:val="002F4A1E"/>
     <w:rsid w:val="003036C8"/>
     <w:rsid w:val="00303956"/>
     <w:rsid w:val="00313D9D"/>
     <w:rsid w:val="003149A3"/>
     <w:rsid w:val="00316C45"/>
     <w:rsid w:val="00321C7E"/>
     <w:rsid w:val="0032640A"/>
     <w:rsid w:val="00326970"/>
     <w:rsid w:val="00326E83"/>
     <w:rsid w:val="003302A6"/>
     <w:rsid w:val="003310E5"/>
+    <w:rsid w:val="0033170B"/>
     <w:rsid w:val="003361FB"/>
     <w:rsid w:val="0033697B"/>
     <w:rsid w:val="00341E0E"/>
     <w:rsid w:val="00341EDC"/>
     <w:rsid w:val="00343A52"/>
     <w:rsid w:val="00347208"/>
     <w:rsid w:val="00356495"/>
     <w:rsid w:val="00363C6E"/>
     <w:rsid w:val="00364151"/>
     <w:rsid w:val="0036647E"/>
     <w:rsid w:val="00366FB3"/>
     <w:rsid w:val="003679C4"/>
     <w:rsid w:val="00367B36"/>
     <w:rsid w:val="00380E0C"/>
     <w:rsid w:val="003823B0"/>
     <w:rsid w:val="0038747F"/>
     <w:rsid w:val="0039288F"/>
     <w:rsid w:val="003934B1"/>
     <w:rsid w:val="0039591A"/>
     <w:rsid w:val="003A32E0"/>
     <w:rsid w:val="003A6B71"/>
     <w:rsid w:val="003A7303"/>
     <w:rsid w:val="003B1006"/>
     <w:rsid w:val="003B1271"/>
     <w:rsid w:val="003B1880"/>
     <w:rsid w:val="003B4844"/>
     <w:rsid w:val="003B66EE"/>
     <w:rsid w:val="003B6757"/>
     <w:rsid w:val="003B7CF9"/>
     <w:rsid w:val="003D2062"/>
     <w:rsid w:val="003D42D5"/>
     <w:rsid w:val="003D5AF5"/>
     <w:rsid w:val="003E04EA"/>
     <w:rsid w:val="003E3A72"/>
     <w:rsid w:val="003F2695"/>
     <w:rsid w:val="003F333F"/>
+    <w:rsid w:val="003F4A35"/>
     <w:rsid w:val="003F4F87"/>
     <w:rsid w:val="003F533F"/>
     <w:rsid w:val="003F65E7"/>
     <w:rsid w:val="003F6B8C"/>
     <w:rsid w:val="003F6D6E"/>
     <w:rsid w:val="00400E8C"/>
     <w:rsid w:val="00405E9B"/>
     <w:rsid w:val="004126E9"/>
     <w:rsid w:val="00416E68"/>
     <w:rsid w:val="00424B32"/>
     <w:rsid w:val="00425522"/>
     <w:rsid w:val="0042636E"/>
     <w:rsid w:val="00427FFC"/>
     <w:rsid w:val="004304EE"/>
     <w:rsid w:val="00431C79"/>
     <w:rsid w:val="00440E19"/>
     <w:rsid w:val="004413E4"/>
     <w:rsid w:val="0044177C"/>
     <w:rsid w:val="00450C22"/>
     <w:rsid w:val="0045316D"/>
     <w:rsid w:val="00457809"/>
     <w:rsid w:val="00457EBB"/>
     <w:rsid w:val="004608EF"/>
     <w:rsid w:val="00474F72"/>
     <w:rsid w:val="0048017E"/>
     <w:rsid w:val="004801A4"/>
     <w:rsid w:val="00482CBE"/>
     <w:rsid w:val="0048684D"/>
+    <w:rsid w:val="00490F8C"/>
     <w:rsid w:val="004957ED"/>
     <w:rsid w:val="004A0C8E"/>
     <w:rsid w:val="004A1744"/>
     <w:rsid w:val="004A247D"/>
     <w:rsid w:val="004A2B73"/>
     <w:rsid w:val="004A3516"/>
     <w:rsid w:val="004A78D8"/>
     <w:rsid w:val="004B0D1F"/>
+    <w:rsid w:val="004B1397"/>
     <w:rsid w:val="004C05D3"/>
     <w:rsid w:val="004C198A"/>
     <w:rsid w:val="004C26D1"/>
+    <w:rsid w:val="004C48E4"/>
     <w:rsid w:val="004D107F"/>
     <w:rsid w:val="004D1CD1"/>
     <w:rsid w:val="004D3752"/>
     <w:rsid w:val="004D4B38"/>
     <w:rsid w:val="004D7DC5"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E6913"/>
     <w:rsid w:val="004F282A"/>
     <w:rsid w:val="004F5A68"/>
     <w:rsid w:val="00505D53"/>
     <w:rsid w:val="00511112"/>
     <w:rsid w:val="0051200D"/>
     <w:rsid w:val="00513D08"/>
     <w:rsid w:val="005150CE"/>
     <w:rsid w:val="00520540"/>
     <w:rsid w:val="005213AF"/>
     <w:rsid w:val="00525797"/>
     <w:rsid w:val="00534993"/>
     <w:rsid w:val="00534CF7"/>
+    <w:rsid w:val="00536BC4"/>
     <w:rsid w:val="00540A23"/>
     <w:rsid w:val="005425A2"/>
     <w:rsid w:val="005510FE"/>
     <w:rsid w:val="00560DC9"/>
     <w:rsid w:val="00562479"/>
     <w:rsid w:val="005655AD"/>
     <w:rsid w:val="0056576A"/>
     <w:rsid w:val="00574270"/>
     <w:rsid w:val="00582B5D"/>
     <w:rsid w:val="0058368B"/>
     <w:rsid w:val="00584329"/>
     <w:rsid w:val="00585048"/>
     <w:rsid w:val="005867B8"/>
     <w:rsid w:val="00587C0C"/>
     <w:rsid w:val="00591500"/>
     <w:rsid w:val="005918FB"/>
     <w:rsid w:val="005A30E6"/>
     <w:rsid w:val="005A3147"/>
     <w:rsid w:val="005B1129"/>
     <w:rsid w:val="005B19BE"/>
     <w:rsid w:val="005B2BB3"/>
     <w:rsid w:val="005B49D0"/>
     <w:rsid w:val="005B57F5"/>
     <w:rsid w:val="005C2C7E"/>
     <w:rsid w:val="005C5E2F"/>
@@ -20438,105 +20406,109 @@
     <w:rsid w:val="005F6F84"/>
     <w:rsid w:val="00605C6E"/>
     <w:rsid w:val="00613181"/>
     <w:rsid w:val="00613DCB"/>
     <w:rsid w:val="00614862"/>
     <w:rsid w:val="00620B08"/>
     <w:rsid w:val="00624975"/>
     <w:rsid w:val="00631F77"/>
     <w:rsid w:val="006363D4"/>
     <w:rsid w:val="006365CE"/>
     <w:rsid w:val="00636E84"/>
     <w:rsid w:val="0063743F"/>
     <w:rsid w:val="0064577F"/>
     <w:rsid w:val="00654512"/>
     <w:rsid w:val="00657BF0"/>
     <w:rsid w:val="006603D0"/>
     <w:rsid w:val="00660C91"/>
     <w:rsid w:val="00661642"/>
     <w:rsid w:val="00665DE7"/>
     <w:rsid w:val="00670B1E"/>
     <w:rsid w:val="00673941"/>
     <w:rsid w:val="006745B5"/>
     <w:rsid w:val="00676E66"/>
     <w:rsid w:val="00677773"/>
     <w:rsid w:val="006806F4"/>
+    <w:rsid w:val="0068569E"/>
     <w:rsid w:val="00685C9F"/>
     <w:rsid w:val="006865D6"/>
     <w:rsid w:val="00686C20"/>
     <w:rsid w:val="00691B1E"/>
     <w:rsid w:val="00692C62"/>
     <w:rsid w:val="0069398A"/>
     <w:rsid w:val="006A0BF3"/>
     <w:rsid w:val="006A227D"/>
+    <w:rsid w:val="006B1C2C"/>
     <w:rsid w:val="006B4EEE"/>
     <w:rsid w:val="006B5A8E"/>
     <w:rsid w:val="006B5C88"/>
     <w:rsid w:val="006C0D89"/>
     <w:rsid w:val="006C14ED"/>
     <w:rsid w:val="006C2A35"/>
+    <w:rsid w:val="006D512E"/>
     <w:rsid w:val="006D72E2"/>
     <w:rsid w:val="006E1CA4"/>
     <w:rsid w:val="006E337A"/>
     <w:rsid w:val="006E4222"/>
     <w:rsid w:val="006E4424"/>
     <w:rsid w:val="006E60E5"/>
     <w:rsid w:val="006F014B"/>
     <w:rsid w:val="006F248C"/>
     <w:rsid w:val="006F398B"/>
     <w:rsid w:val="006F4857"/>
     <w:rsid w:val="0070172D"/>
     <w:rsid w:val="0070191E"/>
     <w:rsid w:val="0070313A"/>
     <w:rsid w:val="0070474D"/>
     <w:rsid w:val="007066DC"/>
     <w:rsid w:val="00713045"/>
     <w:rsid w:val="00713516"/>
     <w:rsid w:val="0071368A"/>
     <w:rsid w:val="00717111"/>
     <w:rsid w:val="00723DB8"/>
     <w:rsid w:val="00725AF4"/>
     <w:rsid w:val="007306A7"/>
     <w:rsid w:val="00731219"/>
     <w:rsid w:val="00732436"/>
     <w:rsid w:val="0073771D"/>
     <w:rsid w:val="00740908"/>
     <w:rsid w:val="00740CA1"/>
     <w:rsid w:val="00741FC5"/>
     <w:rsid w:val="00742B63"/>
     <w:rsid w:val="00744A4A"/>
     <w:rsid w:val="007458A6"/>
     <w:rsid w:val="00746F72"/>
     <w:rsid w:val="007475C5"/>
     <w:rsid w:val="00750C9E"/>
     <w:rsid w:val="00757210"/>
     <w:rsid w:val="00757CFF"/>
     <w:rsid w:val="00763D81"/>
     <w:rsid w:val="00764AA4"/>
     <w:rsid w:val="007663DE"/>
     <w:rsid w:val="007707AA"/>
     <w:rsid w:val="0077241F"/>
+    <w:rsid w:val="00774AEE"/>
     <w:rsid w:val="00784608"/>
     <w:rsid w:val="00785179"/>
     <w:rsid w:val="007857D4"/>
     <w:rsid w:val="007858F5"/>
     <w:rsid w:val="007924BC"/>
     <w:rsid w:val="007A109E"/>
     <w:rsid w:val="007A1511"/>
     <w:rsid w:val="007A17A0"/>
     <w:rsid w:val="007A22A2"/>
     <w:rsid w:val="007A3BCA"/>
     <w:rsid w:val="007A5337"/>
     <w:rsid w:val="007B07DF"/>
     <w:rsid w:val="007B1C93"/>
     <w:rsid w:val="007B6DB8"/>
     <w:rsid w:val="007C077D"/>
     <w:rsid w:val="007C55FC"/>
     <w:rsid w:val="007C66FD"/>
     <w:rsid w:val="007C6F69"/>
     <w:rsid w:val="007D001C"/>
     <w:rsid w:val="007D1BBD"/>
     <w:rsid w:val="007D2F07"/>
     <w:rsid w:val="007D4ADB"/>
     <w:rsid w:val="007D4D3C"/>
     <w:rsid w:val="007D5E65"/>
     <w:rsid w:val="007E24DB"/>
@@ -20552,50 +20524,51 @@
     <w:rsid w:val="00842589"/>
     <w:rsid w:val="008449A0"/>
     <w:rsid w:val="00845ED9"/>
     <w:rsid w:val="008517DB"/>
     <w:rsid w:val="00855BBE"/>
     <w:rsid w:val="00864721"/>
     <w:rsid w:val="00866F3A"/>
     <w:rsid w:val="00874138"/>
     <w:rsid w:val="00877856"/>
     <w:rsid w:val="0088213B"/>
     <w:rsid w:val="00885F6B"/>
     <w:rsid w:val="008921BF"/>
     <w:rsid w:val="008921E7"/>
     <w:rsid w:val="00895434"/>
     <w:rsid w:val="008A38CE"/>
     <w:rsid w:val="008A43CF"/>
     <w:rsid w:val="008B0194"/>
     <w:rsid w:val="008B0946"/>
     <w:rsid w:val="008B62D6"/>
     <w:rsid w:val="008B7242"/>
     <w:rsid w:val="008C354B"/>
     <w:rsid w:val="008C3B0A"/>
     <w:rsid w:val="008C4B59"/>
     <w:rsid w:val="008C52F5"/>
     <w:rsid w:val="008C559A"/>
+    <w:rsid w:val="008D0AD8"/>
     <w:rsid w:val="008D3D1F"/>
     <w:rsid w:val="008D7873"/>
     <w:rsid w:val="008E08B8"/>
     <w:rsid w:val="008E163C"/>
     <w:rsid w:val="008E1BB4"/>
     <w:rsid w:val="008E2B6B"/>
     <w:rsid w:val="008E7440"/>
     <w:rsid w:val="008E7A94"/>
     <w:rsid w:val="008F135A"/>
     <w:rsid w:val="008F3C08"/>
     <w:rsid w:val="008F44E0"/>
     <w:rsid w:val="008F65BC"/>
     <w:rsid w:val="009021D0"/>
     <w:rsid w:val="0090298A"/>
     <w:rsid w:val="009045A0"/>
     <w:rsid w:val="0090726A"/>
     <w:rsid w:val="00907C19"/>
     <w:rsid w:val="00914EC9"/>
     <w:rsid w:val="00915E81"/>
     <w:rsid w:val="00921D82"/>
     <w:rsid w:val="0092784E"/>
     <w:rsid w:val="00935189"/>
     <w:rsid w:val="0094001E"/>
     <w:rsid w:val="00941B98"/>
     <w:rsid w:val="0094402A"/>
@@ -20636,50 +20609,51 @@
     <w:rsid w:val="00A06A29"/>
     <w:rsid w:val="00A1230B"/>
     <w:rsid w:val="00A137AD"/>
     <w:rsid w:val="00A206EA"/>
     <w:rsid w:val="00A226FB"/>
     <w:rsid w:val="00A3169D"/>
     <w:rsid w:val="00A316FE"/>
     <w:rsid w:val="00A33EEC"/>
     <w:rsid w:val="00A366B9"/>
     <w:rsid w:val="00A47938"/>
     <w:rsid w:val="00A52A97"/>
     <w:rsid w:val="00A56F32"/>
     <w:rsid w:val="00A5704F"/>
     <w:rsid w:val="00A576DD"/>
     <w:rsid w:val="00A60FB9"/>
     <w:rsid w:val="00A62055"/>
     <w:rsid w:val="00A650B7"/>
     <w:rsid w:val="00A66C2C"/>
     <w:rsid w:val="00A66F33"/>
     <w:rsid w:val="00A67101"/>
     <w:rsid w:val="00A700A3"/>
     <w:rsid w:val="00A77ADA"/>
     <w:rsid w:val="00A859D1"/>
     <w:rsid w:val="00AA1182"/>
     <w:rsid w:val="00AA119D"/>
+    <w:rsid w:val="00AA14F2"/>
     <w:rsid w:val="00AA3C2A"/>
     <w:rsid w:val="00AA49D4"/>
     <w:rsid w:val="00AA567A"/>
     <w:rsid w:val="00AB2065"/>
     <w:rsid w:val="00AB56A7"/>
     <w:rsid w:val="00AB57F6"/>
     <w:rsid w:val="00AB7831"/>
     <w:rsid w:val="00AC06E5"/>
     <w:rsid w:val="00AD1CD4"/>
     <w:rsid w:val="00AD2994"/>
     <w:rsid w:val="00AD299A"/>
     <w:rsid w:val="00AD3DF5"/>
     <w:rsid w:val="00AD5E57"/>
     <w:rsid w:val="00AD5F0F"/>
     <w:rsid w:val="00AD720B"/>
     <w:rsid w:val="00AE0718"/>
     <w:rsid w:val="00AE23A1"/>
     <w:rsid w:val="00AE4F8C"/>
     <w:rsid w:val="00AE5D7A"/>
     <w:rsid w:val="00AE7532"/>
     <w:rsid w:val="00AF366D"/>
     <w:rsid w:val="00AF49C0"/>
     <w:rsid w:val="00AF4F70"/>
     <w:rsid w:val="00B02E9D"/>
     <w:rsid w:val="00B06DA7"/>
@@ -20754,64 +20728,67 @@
     <w:rsid w:val="00C31A98"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C438CA"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C465C2"/>
     <w:rsid w:val="00C47B79"/>
     <w:rsid w:val="00C47F03"/>
     <w:rsid w:val="00C55695"/>
     <w:rsid w:val="00C61C11"/>
     <w:rsid w:val="00C625D2"/>
     <w:rsid w:val="00C631D3"/>
     <w:rsid w:val="00C65F50"/>
     <w:rsid w:val="00C67AC0"/>
     <w:rsid w:val="00C70E0F"/>
     <w:rsid w:val="00C7340A"/>
     <w:rsid w:val="00C81A87"/>
     <w:rsid w:val="00C91ED8"/>
     <w:rsid w:val="00C921F4"/>
     <w:rsid w:val="00C94AD9"/>
     <w:rsid w:val="00C97805"/>
     <w:rsid w:val="00CA0F37"/>
     <w:rsid w:val="00CA0F8A"/>
     <w:rsid w:val="00CA1D2B"/>
     <w:rsid w:val="00CA2C79"/>
     <w:rsid w:val="00CA43F7"/>
+    <w:rsid w:val="00CA667B"/>
     <w:rsid w:val="00CA6A43"/>
     <w:rsid w:val="00CB016B"/>
     <w:rsid w:val="00CB5F42"/>
     <w:rsid w:val="00CB6DC2"/>
     <w:rsid w:val="00CB6DF9"/>
     <w:rsid w:val="00CC2565"/>
     <w:rsid w:val="00CC28F3"/>
     <w:rsid w:val="00CC340D"/>
     <w:rsid w:val="00CC45D8"/>
     <w:rsid w:val="00CC52BD"/>
     <w:rsid w:val="00CC6762"/>
     <w:rsid w:val="00CD18BB"/>
+    <w:rsid w:val="00CD551B"/>
     <w:rsid w:val="00CD70EF"/>
     <w:rsid w:val="00CE0003"/>
+    <w:rsid w:val="00CE2104"/>
     <w:rsid w:val="00CE2F9E"/>
     <w:rsid w:val="00CE3A0D"/>
     <w:rsid w:val="00CE3A29"/>
     <w:rsid w:val="00CE4B8F"/>
     <w:rsid w:val="00CE59F8"/>
     <w:rsid w:val="00CE657D"/>
     <w:rsid w:val="00CF2882"/>
     <w:rsid w:val="00CF568C"/>
     <w:rsid w:val="00D02C6F"/>
     <w:rsid w:val="00D0715F"/>
     <w:rsid w:val="00D1537C"/>
     <w:rsid w:val="00D21815"/>
     <w:rsid w:val="00D329E9"/>
     <w:rsid w:val="00D37D21"/>
     <w:rsid w:val="00D42915"/>
     <w:rsid w:val="00D429FF"/>
     <w:rsid w:val="00D54C5C"/>
     <w:rsid w:val="00D564C0"/>
     <w:rsid w:val="00D66739"/>
     <w:rsid w:val="00D67720"/>
     <w:rsid w:val="00D72033"/>
     <w:rsid w:val="00D74299"/>
     <w:rsid w:val="00D80C0E"/>
     <w:rsid w:val="00D80D56"/>
     <w:rsid w:val="00D837A9"/>
@@ -20850,157 +20827,160 @@
     <w:rsid w:val="00E40C1B"/>
     <w:rsid w:val="00E44175"/>
     <w:rsid w:val="00E47064"/>
     <w:rsid w:val="00E471AA"/>
     <w:rsid w:val="00E509B2"/>
     <w:rsid w:val="00E50A93"/>
     <w:rsid w:val="00E52966"/>
     <w:rsid w:val="00E54168"/>
     <w:rsid w:val="00E57CA5"/>
     <w:rsid w:val="00E610E7"/>
     <w:rsid w:val="00E645DB"/>
     <w:rsid w:val="00E65694"/>
     <w:rsid w:val="00E71E7A"/>
     <w:rsid w:val="00E839DF"/>
     <w:rsid w:val="00E84680"/>
     <w:rsid w:val="00E84758"/>
     <w:rsid w:val="00E84AF6"/>
     <w:rsid w:val="00E84FCE"/>
     <w:rsid w:val="00E87605"/>
     <w:rsid w:val="00E910E3"/>
     <w:rsid w:val="00EA06B7"/>
     <w:rsid w:val="00EA1256"/>
     <w:rsid w:val="00EA1608"/>
     <w:rsid w:val="00EA282E"/>
     <w:rsid w:val="00EA2E83"/>
+    <w:rsid w:val="00EA3D6B"/>
     <w:rsid w:val="00EB0B23"/>
     <w:rsid w:val="00EB1B26"/>
     <w:rsid w:val="00EB5104"/>
     <w:rsid w:val="00EB5462"/>
     <w:rsid w:val="00EB6AA2"/>
     <w:rsid w:val="00EB6E5E"/>
     <w:rsid w:val="00EC380A"/>
     <w:rsid w:val="00EC4E0F"/>
+    <w:rsid w:val="00EC7B1A"/>
     <w:rsid w:val="00ED1E06"/>
     <w:rsid w:val="00ED3445"/>
     <w:rsid w:val="00ED451F"/>
     <w:rsid w:val="00ED6F02"/>
     <w:rsid w:val="00EE1168"/>
     <w:rsid w:val="00EE13FD"/>
     <w:rsid w:val="00EE1D72"/>
     <w:rsid w:val="00EE4411"/>
     <w:rsid w:val="00EF0266"/>
     <w:rsid w:val="00EF06F6"/>
     <w:rsid w:val="00EF217C"/>
     <w:rsid w:val="00EF3983"/>
     <w:rsid w:val="00EF453C"/>
     <w:rsid w:val="00EF6457"/>
     <w:rsid w:val="00EF6C4F"/>
     <w:rsid w:val="00F004F4"/>
     <w:rsid w:val="00F025CA"/>
     <w:rsid w:val="00F032A0"/>
     <w:rsid w:val="00F04377"/>
     <w:rsid w:val="00F07522"/>
     <w:rsid w:val="00F12E53"/>
     <w:rsid w:val="00F3510C"/>
     <w:rsid w:val="00F3701E"/>
+    <w:rsid w:val="00F40B35"/>
     <w:rsid w:val="00F441E6"/>
     <w:rsid w:val="00F44562"/>
     <w:rsid w:val="00F51479"/>
     <w:rsid w:val="00F553A7"/>
     <w:rsid w:val="00F5586C"/>
     <w:rsid w:val="00F55939"/>
     <w:rsid w:val="00F55ECC"/>
     <w:rsid w:val="00F57786"/>
     <w:rsid w:val="00F577BF"/>
     <w:rsid w:val="00F57B0B"/>
     <w:rsid w:val="00F60DCA"/>
     <w:rsid w:val="00F630EE"/>
     <w:rsid w:val="00F63AE7"/>
     <w:rsid w:val="00F663C0"/>
     <w:rsid w:val="00F66A53"/>
     <w:rsid w:val="00F84653"/>
     <w:rsid w:val="00F84AF2"/>
     <w:rsid w:val="00F925C0"/>
     <w:rsid w:val="00FA3AB2"/>
     <w:rsid w:val="00FA4899"/>
     <w:rsid w:val="00FC0C97"/>
     <w:rsid w:val="00FC1128"/>
     <w:rsid w:val="00FC3FC1"/>
     <w:rsid w:val="00FC5264"/>
     <w:rsid w:val="00FD1814"/>
     <w:rsid w:val="00FD3112"/>
     <w:rsid w:val="00FD7D53"/>
     <w:rsid w:val="00FE1378"/>
     <w:rsid w:val="00FF17A7"/>
     <w:rsid w:val="00FF1CF8"/>
     <w:rsid w:val="00FF2508"/>
     <w:rsid w:val="00FF2F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="75777">
+    <o:shapedefaults v:ext="edit" spidmax="86017">
       <o:colormenu v:ext="edit" strokecolor="none"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="470F2135"/>
+  <w14:docId w14:val="02A5DE80"/>
   <w15:docId w15:val="{186AD4DA-CBB1-47C1-9740-D0F851253737}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21321,50 +21301,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002604E9"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MS Sans Serif" w:hAnsi="MS Sans Serif"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:qFormat/>
     <w:rsid w:val="00343A52"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
@@ -22468,85 +22453,85 @@
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="berschrift4">
     <w:name w:val="Überschrift 4"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:rsid w:val="00E1535D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="652031305">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1185823998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kvu.ch/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22795,98 +22780,104 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2231</Words>
-  <Characters>12274</Characters>
+  <Words>2111</Words>
+  <Characters>13532</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>28</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modèle de lettre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CTI - Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14477</CharactersWithSpaces>
+  <CharactersWithSpaces>15612</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modèle de lettre</dc:title>
   <dc:creator>Wilhelm Damien (DETA)</dc:creator>
   <dc:description>Version 12.2
 Modification InsertionsAuto</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="RéfCTI">
     <vt:lpwstr>5015</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastService">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastDivision">
     <vt:lpwstr>15</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AdHocReviewCycleID">
-    <vt:i4>-1013374190</vt:i4>
+    <vt:i4>182993324</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_EmailSubject">
-    <vt:lpwstr>Modification du site internet du GESDEC</vt:lpwstr>
+    <vt:lpwstr>Modification d'une page internet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_AuthorEmail">
     <vt:lpwstr>damien.wilhelm@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Wilhelm Damien (DT)</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_PreviousAdHocReviewCycleID">
+    <vt:i4>143700018</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ReviewingToolsShownOnce">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>