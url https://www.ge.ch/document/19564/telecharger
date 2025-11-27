--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,387 +1,387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10091" w:type="dxa"/>
+        <w:tblW w:w="10374" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblInd w:w="-411" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="993"/>
         <w:gridCol w:w="4516"/>
         <w:gridCol w:w="4830"/>
         <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidTr="002A6A8B">
+      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w14:paraId="2C07FEA0" w14:textId="77777777" w:rsidTr="00392DA9">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="6BBB1EEA" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="066C1912" wp14:editId="7C0A68BB">
-                  <wp:extent cx="403676" cy="657225"/>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A633F60" wp14:editId="70632D98">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>127000</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-156845</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="403225" cy="657225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
                   <wp:docPr id="1" name="Image 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6"/>
+                          <a:blip r:embed="rId6" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="403676" cy="657225"/>
+                            <a:ext cx="403225" cy="657225"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:inline>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4516" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="142CFCAB" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+            <w:pPr>
+              <w:spacing w:before="180"/>
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067730B">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>république et canton de geneve</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE5EF69" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067730B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Département de l'instruction publique, de la formation et de la jeunesse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1E46F7" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067730B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Office cantonal de l'enfance et de la jeunesse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709557EE" w14:textId="3AB623A1" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0067730B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Service de pédagogie spécialisée</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73CB27EC" w14:textId="22B1A5A9" w:rsidR="002A6A8B" w:rsidRPr="00392DA9" w:rsidRDefault="002A6A8B" w:rsidP="00B218B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:caps/>
-[...57 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A6A8B">
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="53C77109" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="5EEA4E30" w14:textId="3C4A5D25" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6A8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom de l’élève :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1779521915"/>
                 <w:placeholder>
                   <w:docPart w:val="9696AF63B0504F84B60CDAFF7129AF99"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003A76D7" w:rsidRPr="003A76D7">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
-[...8 lines deleted...]
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="21E74BEE" w14:textId="0BE422E5" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6A8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom de l’élève :</w:t>
             </w:r>
             <w:r w:rsidRPr="002A6A8B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-554391259"/>
                 <w:placeholder>
                   <w:docPart w:val="00EBC0545B4641989586D94091163EFE"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent/>
             </w:sdt>
             <w:r w:rsidR="00B218B2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-271552426"/>
                 <w:placeholder>
                   <w:docPart w:val="402D91B5046847E4BA4E997F3CBCF497"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B218B2" w:rsidRPr="003A76D7">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
-[...8 lines deleted...]
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="41589C0A" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6A8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date de naissance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -397,323 +397,323 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="002A6A8B">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="35" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="7F66F668" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidTr="002A6A8B">
+      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w14:paraId="7887D962" w14:textId="77777777" w:rsidTr="00392DA9">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="49C009EE" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4516" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="6749C613" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="1440C635" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="35" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="1400AA09" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidTr="002A6A8B">
+      <w:tr w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w14:paraId="5C75BC9E" w14:textId="77777777" w:rsidTr="00392DA9">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="0EAB74B3" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4516" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="62A8A050" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="7A1AFA1F" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="35" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+          <w:p w14:paraId="77FA6807" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRPr="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F36260" w:rsidRDefault="00F36260" w:rsidP="002A6A8B">
+    <w:p w14:paraId="2BD1DEC7" w14:textId="77777777" w:rsidR="00F36260" w:rsidRDefault="00F36260" w:rsidP="002A6A8B">
       <w:pPr>
         <w:ind w:left="-426"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+    <w:p w14:paraId="2D5C48EB" w14:textId="7FD898EA" w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Demande de renouvellement de la prestation SPES/EPSE</w:t>
+        <w:t>Demande de renouvellement de la prestation SPES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+    <w:p w14:paraId="486623EE" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
       <w:pPr>
         <w:ind w:left="-426"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9615" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1031"/>
         <w:gridCol w:w="3633"/>
         <w:gridCol w:w="4951"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="00E959CE">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="23B79012" w14:textId="77777777" w:rsidTr="00E959CE">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="117D4305" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DATE :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
@@ -729,755 +729,795 @@
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8584" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
                   <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
                 </w:tcBorders>
                 <w:tcMar>
                   <w:top w:w="0" w:type="dxa"/>
                   <w:left w:w="0" w:type="dxa"/>
                   <w:bottom w:w="0" w:type="dxa"/>
                   <w:right w:w="108" w:type="dxa"/>
                 </w:tcMar>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="0D80DD54" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer une date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="1D5160CF" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:trHeight w:val="893"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="541ED0FD" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom des responsables légaux : </w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-2037183878"/>
               <w:placeholder>
                 <w:docPart w:val="0591313ED114419498FD319ED7E90D34"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+              <w:p w14:paraId="3D445A91" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="025352A8" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Directeur de la structure fournissant la prestation :</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="982668435"/>
               <w:placeholder>
                 <w:docPart w:val="D046CBE546F64BABA6EA816D2956F429"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="5196B2AC" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="2D1C807C" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="55FB9407" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="2F6ABE8A" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="6965355D" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:trHeight w:val="820"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="3979F269" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adresse des responsables légaux :</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-905218973"/>
               <w:placeholder>
                 <w:docPart w:val="272477A251E04D89BBE13F505A631050"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="16556610" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="653924F7" w14:textId="38E77E9B" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Directeur d’établissement :</w:t>
+              <w:t>Direct</w:t>
+            </w:r>
+            <w:r w:rsidR="0067730B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E959CE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’établissement </w:t>
+            </w:r>
+            <w:r w:rsidR="0067730B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ Doyen </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E959CE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="1640144093"/>
               <w:placeholder>
                 <w:docPart w:val="BD3699ED4C00462CBFF3C7E00E4D2508"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="5C4BF790" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="4609926A" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="6ABD19C2" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="739213AC" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="7F458A25" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="7842B9C1" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Établissement / École : </w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-1348630805"/>
               <w:placeholder>
                 <w:docPart w:val="9F27D7869B554DE7AFF7B7EDFD57E669"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="32DD2BBB" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="69E38045" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Enseignant titulaire :</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="1004558685"/>
               <w:placeholder>
                 <w:docPart w:val="462E6F171A2A4992835C4EFF16CD45B3"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="57BCC104" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="0EA2F471" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="29D1A986" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="6B614BB9" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="291CDEE9" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="1C884CD3" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Degré :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="009B7ECE" w:rsidP="00E959CE">
+          <w:p w14:paraId="33F7EFDA" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00BC29DF" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1412774137"/>
                 <w:placeholder>
                   <w:docPart w:val="B2425BC1D7E942B789A79B4408184F58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E959CE" w:rsidRPr="00826DC3">
@@ -1487,4898 +1527,5290 @@
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="49B956AF" w14:textId="4B9E719C" w:rsidR="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Enseignant SPES/EPSE :</w:t>
+              <w:t>Enseignant SPES</w:t>
+            </w:r>
+            <w:r w:rsidR="00392DA9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E959CE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-801227049"/>
               <w:placeholder>
                 <w:docPart w:val="5D6A9FC90C2F4BC3B72DF96D97E164A0"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+              <w:p w14:paraId="663F6544" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="00E959CE" w:rsidRPr="00E959CE" w14:paraId="42865D05" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="53A05820" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
+          <w:p w14:paraId="4961A867" w14:textId="77777777" w:rsidR="00E959CE" w:rsidRPr="00E959CE" w:rsidRDefault="00E959CE" w:rsidP="00E959CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w14:paraId="7AF4AF6A" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+          <w:p w14:paraId="37AB6E58" w14:textId="506C61F3" w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nombres de périodes SPES/EPSE (par semaine) :</w:t>
+              <w:t>Nombres de périodes SPES (par semaine) :</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-344791228"/>
               <w:placeholder>
                 <w:docPart w:val="9CD021137140482D8BD1133B696E8B4B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+              <w:p w14:paraId="46B50487" w14:textId="77777777" w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+          <w:p w14:paraId="297B91BA" w14:textId="3600E169" w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Date à laquelle l’élève a commencé à bénéficier de la prestation SPES/EPSE :</w:t>
+              <w:t>Date à laquelle l’élève a commencé à bénéficier de la prestation SPES</w:t>
+            </w:r>
+            <w:r w:rsidR="00392DA9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E959CE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-1919164734"/>
               <w:placeholder>
                 <w:docPart w:val="BEE471E4665E46B5981F3573DA263724"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+              <w:p w14:paraId="04924884" w14:textId="77777777" w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00826DC3">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                     <w:rFonts w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidTr="003A76D7">
+      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w14:paraId="48043CEF" w14:textId="77777777" w:rsidTr="003A76D7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+          <w:p w14:paraId="17FA6FF2" w14:textId="77777777" w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+          <w:p w14:paraId="7DA542E5" w14:textId="77777777" w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidTr="001E1CF7">
+      <w:tr w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w14:paraId="5466A9D7" w14:textId="77777777" w:rsidTr="001E1CF7">
         <w:trPr>
           <w:trHeight w:val="119"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
-[...159 lines deleted...]
-          <w:p w:rsidR="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+          <w:p w14:paraId="454F4336" w14:textId="77777777" w:rsidR="00392DA9" w:rsidRDefault="00392DA9" w:rsidP="00392DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesures d’aménagements en place </w:t>
             </w:r>
             <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(si oui, ajouter le document en annexe) :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001E1CF7" w:rsidRDefault="009B7ECE" w:rsidP="001E1CF7">
+          <w:p w14:paraId="0CD2404B" w14:textId="77777777" w:rsidR="00392DA9" w:rsidRDefault="00392DA9" w:rsidP="00392DA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-399524480"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001E1CF7">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="001E1CF7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> OUI   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001E1CF7" w:rsidRPr="001E1CF7" w:rsidRDefault="009B7ECE" w:rsidP="001E1CF7">
+          <w:p w14:paraId="596CF938" w14:textId="78F93045" w:rsidR="001E1CF7" w:rsidRPr="00E959CE" w:rsidRDefault="00392DA9" w:rsidP="00392DA9">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-46074503"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001E1CF7">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="001E1CF7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001E1CF7" w:rsidRPr="00E959CE">
+            <w:r w:rsidRPr="00E959CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="113" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F211D1D" w14:textId="3004DAEB" w:rsidR="001E1CF7" w:rsidRPr="001E1CF7" w:rsidRDefault="001E1CF7" w:rsidP="001E1CF7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
+    <w:p w14:paraId="018E81D0" w14:textId="77777777" w:rsidR="002A6A8B" w:rsidRDefault="002A6A8B" w:rsidP="002A6A8B">
       <w:pPr>
         <w:ind w:left="-426"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="002A6A8B">
+    <w:p w14:paraId="5316C0D5" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="002A6A8B">
       <w:pPr>
         <w:ind w:left="-426"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="2AF09508" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Description générale de l'enfant :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="6A921731" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="294"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="019090FD" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Problématique initiale </w:t>
       </w:r>
       <w:r w:rsidRPr="003A76D7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(signalée dans la PES)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-651984971"/>
         <w:placeholder>
           <w:docPart w:val="EAF70DD716EB49BCBD845BF6662B11A6"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="2216F9C0" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FE2F17">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="66780B4C" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="26565211" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parcours de l'élève et contexte de la prise en charge actuelle</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1791471822"/>
         <w:placeholder>
           <w:docPart w:val="F0905C4F7D434BA990293926B28174BF"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="5897241A" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="3950CFB0" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="6C3C6F66" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Forces et besoins spécifiques de l'élève :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="658A7B70" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="294"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="0CAE5A5F" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Compétences et difficultés en regard du PER</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="329263944"/>
         <w:placeholder>
           <w:docPart w:val="D5E2D1F68E214F4DB1DB48BD21DDC56E"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="17CDAA75" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="481109F8" w14:textId="2753058E" w:rsidR="0067730B" w:rsidRDefault="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3708E0F8" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="50B8432A" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adaptation à l'environnement social</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-863597730"/>
         <w:placeholder>
           <w:docPart w:val="D37EFF36BC084425AB21074BF64BED08"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="47F57474" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="2E8169F2" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="35CA40A8" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attitudes face à la tâche</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-133949219"/>
         <w:placeholder>
           <w:docPart w:val="212037E7DD544593A394446DA71C0C09"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="2B1F3B68" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="6836DE78" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="1C018BB2" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Compétences sociales et émotionnelles</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-491567457"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="0258E6F0" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="27A02C4D" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="46D058C5" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Processus cognitifs</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1565828623"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="41EA6365" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="57F3EDC3" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="43F52409" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Communication et langage</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1982184394"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="009B7ECE" w:rsidP="00826DC3">
-[...2 lines deleted...]
-            <w:ind w:left="1014"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-          </w:pPr>
-        </w:p>
+            <w:id w:val="-1896885965"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:p w14:paraId="2E745113" w14:textId="65351179" w:rsidR="00826DC3" w:rsidRPr="00392DA9" w:rsidRDefault="00392DA9" w:rsidP="00392DA9">
+              <w:pPr>
+                <w:pStyle w:val="Paragraphedeliste"/>
+                <w:ind w:left="1014"/>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="00826DC3">
+                <w:rPr>
+                  <w:rStyle w:val="Textedelespacerserv"/>
+                </w:rPr>
+                <w:t>Cliquez ici pour taper du texte.</w:t>
+              </w:r>
+            </w:p>
+          </w:sdtContent>
+        </w:sdt>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="3F571DA5" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="0C191152" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aspects sensoriels</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-292601902"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="38BA2A1E" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="58EE84A2" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="51631C7B" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Motricité globale et fine</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1987376511"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="62488E85" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="14907D7A" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="1014"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="062A8026" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autonomie</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-288440772"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+        <w:p w14:paraId="2782E894" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:ind w:left="1014"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="64214723" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRPr="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
+    <w:p w14:paraId="6BB2ED98" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00826DC3">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00826DC3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Objectifs et moyens :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="4A51BEEE" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="294"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="294" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2997"/>
         <w:gridCol w:w="2992"/>
         <w:gridCol w:w="3005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="0F1FECEF" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="3D167AB7" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Objectifs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="226E988C" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Moyens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="07DEF314" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="503AC8B7" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="915753919"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="56D135CF" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1504348399"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="330A2DC0" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1347744788"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="2889F9A4" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="7AE5653A" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1658568541"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="7A3300E6" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-220829444"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="11B67164" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-679284181"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="1F28CA4B" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00706AEA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="18EB7CC5" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-675798923"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="4D6954EF" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-2108106593"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="5CEC4032" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1440297590"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="6E67A32A" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="5F63AB31" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1808308484"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="1D1E4472" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="759952113"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="2D3489B4" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-2087828347"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="53939262" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="04BCD4EE" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-253824950"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="0DAB5EBB" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1012451979"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="025DDCF1" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="462782195"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="65F1B515" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w14:paraId="00E792A8" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1743246047"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3070" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="5B4160F6" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1448147187"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="7631A78A" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1010363874"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3071" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+              <w:p w14:paraId="69F541BB" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
                 <w:pPr>
                   <w:pStyle w:val="Paragraphedeliste"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00706AEA">
-[...8 lines deleted...]
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="4EF1E3D6" w14:textId="77777777" w:rsidR="00826DC3" w:rsidRDefault="00826DC3" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30BE7A69" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706AEA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pertinence de la poursuite de la prestation :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="166AE224" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="294"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="1D724A4F" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706AEA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adéquation de la prestation</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1083215660"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+        <w:p w14:paraId="44997A43" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FE2F17">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="4EF433B5" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="097078A7" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706AEA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Besoins futurs</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1098634440"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+        <w:p w14:paraId="3AD1669A" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FE2F17">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="0E59E3D0" w14:textId="6AAB4F66" w:rsidR="0067730B" w:rsidRDefault="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4911FCEE" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B218B2" w:rsidRPr="00706AEA" w:rsidRDefault="00B218B2" w:rsidP="00706AEA">
-[...8 lines deleted...]
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+    <w:p w14:paraId="795145AD" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00706AEA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Estimation de la durée de la prise en charge</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1073850867"/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+        <w:p w14:paraId="3DEAEDA4" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
           <w:pPr>
             <w:pStyle w:val="Paragraphedeliste"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FE2F17">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
-[...20 lines deleted...]
-        <w:t>Existence d’un Réseau :</w:t>
+    <w:p w14:paraId="1A1B2691" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78AB86B7" w14:textId="27D91D33" w:rsidR="00706AEA" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rappel : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Au minimum un</w:t>
       </w:r>
-      <w:sdt>
-[...18 lines deleted...]
-              <w:b/>
+      <w:r w:rsidRPr="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> réseau doit être organisé pour valider la demande de renouvellement SP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009C17B0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0180FA4A" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F1B6003" w14:textId="2C7996BD" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Réseaux : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483F195F" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0067730B" w:rsidRPr="00706AEA" w14:paraId="29C02BC5" w14:textId="77777777" w:rsidTr="00CC4A39">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BD39E3" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="00706AEA" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71629446" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="00706AEA" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Thèmes abordés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDF4753" w14:textId="77777777" w:rsidR="0067730B" w:rsidRPr="00706AEA" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Personnes présentes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0067730B" w14:paraId="4FA3B471" w14:textId="77777777" w:rsidTr="00CC4A39">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>☐</w:t>
-[...34 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            <w:id w:val="1900013306"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1242" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="4C5BFEB4" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>☐</w:t>
-[...2 lines deleted...]
-      </w:sdt>
+            <w:id w:val="1886524538"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5103" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="00472CF1" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="-379701062"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2835" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="4593BC18" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0067730B" w14:paraId="0278FE91" w14:textId="77777777" w:rsidTr="00CC4A39">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="-2053921580"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1242" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="564E4577" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="-1468500974"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5103" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="13CBCE16" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="623815763"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2835" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0CADCC08" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0067730B" w14:paraId="33BF1F0E" w14:textId="77777777" w:rsidTr="00CC4A39">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="208922982"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1242" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="76CAA1DE" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="1550725997"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5103" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="56B0AD66" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="523596242"/>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2835" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="52F8F440" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00CC4A39">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00FE2F17">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour taper du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BD4E7C9" w14:textId="2BA726A5" w:rsidR="00392DA9" w:rsidRDefault="00392DA9" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECC36EC" w14:textId="1A5A64E0" w:rsidR="0067730B" w:rsidRPr="0067730B" w:rsidRDefault="009C17B0" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>NON</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Composition du</w:t>
       </w:r>
+      <w:r w:rsidR="0067730B" w:rsidRPr="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> réseau de l’enfant : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD52077" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="2303"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidTr="00706AEA">
+      <w:tr w:rsidR="00706AEA" w:rsidRPr="00706AEA" w14:paraId="64F5C80C" w14:textId="77777777" w:rsidTr="00706AEA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="50ACBD99" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom, Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="0DF2743F" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fonction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="29624A50" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lieu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+          <w:p w14:paraId="3AC9A618" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRPr="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Depuis quand</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="466C6009" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1256432345"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="440872B0" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="34784124"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="1324AD38" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1080817321"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="01160AAD" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1472667541"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="45A42D58" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="5F4E7EA2" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1039655967"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="46AD211F" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-573517795"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="7ADC72A8" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1585103024"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="76279369" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1878079494"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="674F1110" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="5121E93B" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="448904469"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="615CF54D" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="843133791"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="463B6CC1" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="215937349"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="70C80386" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1148013289"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="443C1C99" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="51A214B6" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="628211389"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="1CFD597F" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1025091306"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="3E5F278A" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-112125699"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="637CC122" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-232858244"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="440A13B0" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="46785D4C" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1038087025"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="520178C9" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1829897256"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="1D839BBA" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="107637173"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="5CF9E6D7" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1484231031"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="7A19AFC0" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="53BD7ED6" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1873038853"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="12A012E4" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1804261030"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="220165FC" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="182562715"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="2AB22E05" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="888993933"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="109C3582" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00706AEA" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00706AEA" w14:paraId="42CD59BF" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-68355860"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="27B7C3F1" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-298927258"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="4FE4B31E" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1799526603"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="13B85314" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-951326526"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
+              <w:p w14:paraId="2157DD31" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00B73B34" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00B73B34" w14:paraId="73C232E7" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="431252516"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="5AF8D006" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-23944960"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="165155A4" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-485081308"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="494F37CA" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1568103662"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="7F1C1799" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00B73B34" w:rsidTr="00B73B34">
+      <w:tr w:rsidR="00B73B34" w14:paraId="1ADA3405" w14:textId="77777777" w:rsidTr="00B73B34">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1437783133"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="7C27BE87" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1371955049"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="1BC52F91" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1458719240"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="76BE7E27" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1052272054"/>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2303" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
+              <w:p w14:paraId="04FA8C04" w14:textId="77777777" w:rsidR="00B73B34" w:rsidRDefault="00B73B34" w:rsidP="00B73B34">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FE2F17">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour taper du texte.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
-[...28 lines deleted...]
-        <w:t>Remarques:</w:t>
+    <w:p w14:paraId="400A70FE" w14:textId="77777777" w:rsidR="00706AEA" w:rsidRDefault="00706AEA" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA3FD9E" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00706AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A454F7F" w14:textId="5BE80FB5" w:rsidR="0067730B" w:rsidRDefault="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-    <w:p w:rsidR="000E406C" w:rsidRDefault="000E406C" w:rsidP="00B53C2F">
+    </w:p>
+    <w:p w14:paraId="70AF8AB6" w14:textId="77777777" w:rsidR="000E406C" w:rsidRDefault="000E406C" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00B53C2F">
+    <w:p w14:paraId="20077E5A" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parents/Représentant légal de l'élève</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
+    <w:p w14:paraId="5A86F38C" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="063A2C30" w14:textId="77777777" w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nom, Prénom :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="317083242"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
+    <w:p w14:paraId="00BDD740" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF7735E" w14:textId="77777777" w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1563754703"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00FE2F17">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
+    <w:p w14:paraId="69118AB4" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61031183" w14:textId="77777777" w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Téléphone :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1179231757"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+    <w:p w14:paraId="4DC3C952" w14:textId="77777777" w:rsidR="00540899" w:rsidRPr="00B53C2F" w:rsidRDefault="00540899" w:rsidP="00540899">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0F3CDB" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1682347172"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
-[...8 lines deleted...]
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+    <w:p w14:paraId="429E973E" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="591CFEC3" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00540899">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00B53C2F">
+    <w:p w14:paraId="4866657E" w14:textId="77777777" w:rsidR="00540899" w:rsidRDefault="00540899" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B218B2" w:rsidRDefault="00B218B2" w:rsidP="00B53C2F">
+    <w:p w14:paraId="1B5066C5" w14:textId="77777777" w:rsidR="00B218B2" w:rsidRDefault="00B218B2" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="6D542E56" w14:textId="5221207C" w:rsidR="00392DA9" w:rsidRDefault="00392DA9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76835ECB" w14:textId="752D7E53" w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enseignant titulaire répondant de l’élève</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="28D879AC" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="13C092EE" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nom, Prénom :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1883052971"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="0"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="5DD166F6" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4567D58A" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Établissement :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1400520322"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="3B77F7BC" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0467B0A8" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Téléphone :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1420217352"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="18F0C9D7" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="687C0868" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1544200091"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B53C2F">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+    <w:p w14:paraId="795B6CAC" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4364FC18" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00B53C2F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B53C2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+    <w:p w14:paraId="1427F711" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3E128D" w14:textId="1064C1B3" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Directeur de l'établissement accueillant l'élève</w:t>
+        <w:t>Direct</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="00B41039" w:rsidP="004C2EB3">
+      <w:r w:rsidR="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2EB3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'établissement accueillant l'élève</w:t>
+      </w:r>
+      <w:r w:rsidR="0067730B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Doyen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545AA115" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33E2981E" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="00B41039" w:rsidP="004C2EB3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nom, P</w:t>
       </w:r>
       <w:r w:rsidR="004C2EB3" w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rénom: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1889021166"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C2EB3" w:rsidRPr="004C2EB3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+    <w:p w14:paraId="16F2898C" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719380BF" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Établissement: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="2103453755"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004C2EB3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+    <w:p w14:paraId="42BF04C4" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3526A3E7" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Téléphone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1194199829"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004C2EB3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+    <w:p w14:paraId="266AA073" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639A12D9" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-463355635"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="004C2EB3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+    <w:p w14:paraId="28D1FC14" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AC05EAA" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRPr="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="004C2EB3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2EB3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="00B53C2F">
-[...8 lines deleted...]
-    <w:p w:rsidR="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="60FC599A" w14:textId="77777777" w:rsidR="004C2EB3" w:rsidRDefault="004C2EB3" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB75043" w14:textId="77777777" w:rsidR="0067730B" w:rsidRDefault="0067730B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C064B7A" w14:textId="196960E7" w:rsidR="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Intervenant SPES/EPSE  répondant de l’élève</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Intervenant SPES répondant de l’élève</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="288A5BB1" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="5EEC5D01" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nom, Prénom :</w:t>
       </w:r>
       <w:r w:rsidR="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="335426347"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B41039" w:rsidRPr="00B41039">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
-[...7 lines deleted...]
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="2CB8E90C" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CD14A99" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Établissement :</w:t>
       </w:r>
       <w:r w:rsidR="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="121893309"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B41039" w:rsidRPr="00B41039">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
-[...7 lines deleted...]
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="1427B63D" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5286EFCA" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Téléphone :</w:t>
       </w:r>
       <w:r w:rsidR="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2104569799"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B41039" w:rsidRPr="00B41039">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
-[...7 lines deleted...]
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="1DAA09FA" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4D7D63" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41039">
         <w:rPr>
@@ -6409,426 +6841,427 @@
         <w:sdtContent>
           <w:r w:rsidR="00B41039" w:rsidRPr="00B41039">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B41039">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="7ACFEFF7" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B41039" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41039">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
+    <w:p w14:paraId="1635CEFE" w14:textId="77777777" w:rsidR="00240968" w:rsidRDefault="00240968" w:rsidP="00240968">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00240968">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00240968">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="2952AE48" w14:textId="77777777" w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00240968">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F4C8FC" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673932">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Directeur de la structure fournissant la prestation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="40CF5AAA" w14:textId="77777777" w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD613E8" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673932">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom, Prénom : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="70552594"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00673932">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="48C6978D" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B0E833" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673932">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Établissement : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1231382813"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00673932">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="6EC8962F" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="203688FB" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673932">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Téléphone :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2001959228"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00673932">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="6731BB0E" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E1F8ED" w14:textId="77777777" w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Date : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="77332015"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00673932">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
-[...8 lines deleted...]
-    <w:p w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+    <w:p w14:paraId="6D178B10" w14:textId="77777777" w:rsidR="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3EE577" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00673932" w:rsidRDefault="00673932" w:rsidP="00673932">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673932">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673932" w:rsidRPr="00240968" w:rsidRDefault="00673932" w:rsidP="00240968">
-[...17 lines deleted...]
-    <w:p w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00706AEA">
+    <w:p w14:paraId="76F5DB6C" w14:textId="77777777" w:rsidR="00673932" w:rsidRPr="00240968" w:rsidRDefault="00673932" w:rsidP="00240968">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50EFAC3A" w14:textId="77777777" w:rsidR="00240968" w:rsidRPr="00B53C2F" w:rsidRDefault="00240968" w:rsidP="00B53C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AF1FCA" w14:textId="77777777" w:rsidR="00B53C2F" w:rsidRPr="00B53C2F" w:rsidRDefault="00B53C2F" w:rsidP="00706AEA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B53C2F" w:rsidRPr="00B53C2F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D77405CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1C4CEF72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -7672,200 +8105,204 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4614" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="100C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5334" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6054" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1342271708">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="845098138">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="338317223">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1837303165">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1865171381">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="999498660">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1666399157">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="780607845">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1225070003">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2077043274">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1172721889">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1550726709">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1880388576">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="186993458">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="733773222">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="884874281">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1517697667">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1766147159">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="K5+aixbJdEIBpEsFbM4WZK7b1ZPfqDZA7VsTjq4RI0lRZPgqz1Jg02LY3sT4/hHbI998/vN55lC/bxzu1NtuxQ==" w:salt="FXJ2wAm9Zt+sURJCNSR/qw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A6A8B"/>
     <w:rsid w:val="0002771A"/>
     <w:rsid w:val="000E406C"/>
     <w:rsid w:val="0013656C"/>
     <w:rsid w:val="001E1CF7"/>
     <w:rsid w:val="00240968"/>
     <w:rsid w:val="002A6A8B"/>
     <w:rsid w:val="00353CC4"/>
+    <w:rsid w:val="00392DA9"/>
     <w:rsid w:val="003A76D7"/>
     <w:rsid w:val="004C2EB3"/>
     <w:rsid w:val="00540899"/>
     <w:rsid w:val="005A66F8"/>
     <w:rsid w:val="00673932"/>
+    <w:rsid w:val="0067730B"/>
     <w:rsid w:val="006B3802"/>
     <w:rsid w:val="00706AEA"/>
+    <w:rsid w:val="0073061B"/>
     <w:rsid w:val="00826DC3"/>
     <w:rsid w:val="00857806"/>
     <w:rsid w:val="009650FA"/>
-    <w:rsid w:val="009B7ECE"/>
+    <w:rsid w:val="009C17B0"/>
     <w:rsid w:val="00B218B2"/>
     <w:rsid w:val="00B41039"/>
     <w:rsid w:val="00B53C2F"/>
     <w:rsid w:val="00B64BBD"/>
     <w:rsid w:val="00B65436"/>
     <w:rsid w:val="00B73B34"/>
+    <w:rsid w:val="00BC29DF"/>
     <w:rsid w:val="00BF49C4"/>
     <w:rsid w:val="00C90A44"/>
     <w:rsid w:val="00E959CE"/>
     <w:rsid w:val="00F36260"/>
-    <w:rsid w:val="00F4305E"/>
     <w:rsid w:val="00F666F4"/>
     <w:rsid w:val="00FC4F98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7BED00AE"/>
+  <w14:docId w14:val="27BBA58B"/>
   <w15:docId w15:val="{F421CDED-F301-4996-98E9-158400079E69}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8186,50 +8623,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0013656C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:qFormat/>
     <w:rsid w:val="0013656C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
@@ -8405,51 +8847,51 @@
     <w:rsid w:val="00826DC3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="00706AEA"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="20668145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="39788677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8566,51 +9008,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9696AF63B0504F84B60CDAFF7129AF99"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1FFE486E-3608-4BF1-A9D1-9DCB49925AEF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00943D5D" w:rsidRDefault="005C4412" w:rsidP="005C4412">
           <w:pPr>
             <w:pStyle w:val="9696AF63B0504F84B60CDAFF7129AF991"/>
           </w:pPr>
           <w:r w:rsidRPr="002A6A8B">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
@@ -9134,239 +9576,218 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C635196-276D-43DE-9F67-80A20F2FCE20}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="000D381B" w:rsidRDefault="0044460E" w:rsidP="0044460E">
           <w:pPr>
             <w:pStyle w:val="BEE471E4665E46B5981F3573DA263724"/>
           </w:pPr>
           <w:r w:rsidRPr="00826DC3">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="490F9EC5201049BEA2703874EE9B2E8C"/>
-[...28 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="402D91B5046847E4BA4E997F3CBCF497"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{233277EC-DF94-42EE-B289-B803F7BCA60B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="000D381B" w:rsidP="000D381B">
+        <w:p w:rsidR="006571CB" w:rsidRDefault="000D381B" w:rsidP="000D381B">
           <w:pPr>
             <w:pStyle w:val="402D91B5046847E4BA4E997F3CBCF497"/>
           </w:pPr>
           <w:r w:rsidRPr="002A6A8B">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ici pour taper du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C4412"/>
     <w:rsid w:val="000D381B"/>
     <w:rsid w:val="0044460E"/>
     <w:rsid w:val="005C4412"/>
+    <w:rsid w:val="006571CB"/>
+    <w:rsid w:val="0073061B"/>
     <w:rsid w:val="00943D5D"/>
     <w:rsid w:val="00ED54F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9694,119 +10115,96 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D381B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...26 lines deleted...]
-    <w:rsid w:val="005C4412"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9696AF63B0504F84B60CDAFF7129AF991">
     <w:name w:val="9696AF63B0504F84B60CDAFF7129AF991"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="00EBC0545B4641989586D94091163EFE1">
     <w:name w:val="00EBC0545B4641989586D94091163EFE1"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CED8DC2A7E484239BD727CA53D827B3E1">
     <w:name w:val="CED8DC2A7E484239BD727CA53D827B3E1"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
@@ -9884,90 +10282,50 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2425BC1D7E942B789A79B4408184F58">
     <w:name w:val="B2425BC1D7E942B789A79B4408184F58"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D6A9FC90C2F4BC3B72DF96D97E164A0">
     <w:name w:val="5D6A9FC90C2F4BC3B72DF96D97E164A0"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBEDD987D90A401FBA15CC6AA8CC9616">
-[...38 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAF70DD716EB49BCBD845BF6662B11A6">
     <w:name w:val="EAF70DD716EB49BCBD845BF6662B11A6"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0905C4F7D434BA990293926B28174BF">
     <w:name w:val="F0905C4F7D434BA990293926B28174BF"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5E2D1F68E214F4DB1DB48BD21DDC56E">
@@ -9984,173 +10342,83 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D37EFF36BC084425AB21074BF64BED08">
     <w:name w:val="D37EFF36BC084425AB21074BF64BED08"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="212037E7DD544593A394446DA71C0C09">
     <w:name w:val="212037E7DD544593A394446DA71C0C09"/>
     <w:rsid w:val="005C4412"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A25ECA5398F4D23906F4AB33A1526C5">
-[...74 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CD021137140482D8BD1133B696E8B4B">
     <w:name w:val="9CD021137140482D8BD1133B696E8B4B"/>
     <w:rsid w:val="0044460E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BEE471E4665E46B5981F3573DA263724">
     <w:name w:val="BEE471E4665E46B5981F3573DA263724"/>
-    <w:rsid w:val="0044460E"/>
-[...12 lines deleted...]
-    <w:name w:val="8F96DC31EBA4442CB2463A4A16B2E98E"/>
     <w:rsid w:val="0044460E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="490F9EC5201049BEA2703874EE9B2E8C">
     <w:name w:val="490F9EC5201049BEA2703874EE9B2E8C"/>
     <w:rsid w:val="0044460E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="402D91B5046847E4BA4E997F3CBCF497">
     <w:name w:val="402D91B5046847E4BA4E997F3CBCF497"/>
     <w:rsid w:val="000D381B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -10406,77 +10674,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E621BA96-38A7-4147-BF4D-FCCF4185DC0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78A17CD2-5D42-4B0F-8886-1E09ECD09981}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4904</Characters>
+  <Pages>5</Pages>
+  <Words>948</Words>
+  <Characters>5216</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5784</CharactersWithSpaces>
+  <CharactersWithSpaces>6152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Da Silva Carvalho Sofia (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
+    <vt:i4>-1593704654</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
+    <vt:lpwstr>Mise à jour du formulaire de demande de renouvellement SPES </vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
+    <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
+    <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
+  </property>
+</Properties>
+</file>