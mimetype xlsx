--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -1,82 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2935\14_SURVEILLANCE_FIN\06_Thematiques_specifiques\Site internet SAFCO\Budget à publier\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{43327D8D-9898-4966-8942-B828FB01E8DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="1740" windowWidth="15360" windowHeight="8595"/>
+    <workbookView minimized="1" xWindow="27630" yWindow="960" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Superficie sans lac" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="superficie2008_2017">'Superficie sans lac'!$B$5:$B$49</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H52" i="1" l="1"/>
+  <c r="I51" i="1" l="1"/>
+  <c r="I52" i="1" s="1"/>
   <c r="H51" i="1"/>
+  <c r="H52" i="1" s="1"/>
   <c r="G51" i="1" l="1"/>
   <c r="G52" i="1" s="1"/>
   <c r="F51" i="1" l="1"/>
   <c r="F52" i="1" s="1"/>
-  <c r="D52" i="1" l="1"/>
-  <c r="D51" i="1"/>
+  <c r="D51" i="1" l="1"/>
+  <c r="D52" i="1" s="1"/>
   <c r="E51" i="1" l="1"/>
   <c r="E52" i="1" s="1"/>
-  <c r="C52" i="1"/>
   <c r="C51" i="1"/>
+  <c r="C52" i="1" s="1"/>
   <c r="B51" i="1"/>
   <c r="B52" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>AIRE-LA-VILLE</t>
   </si>
   <si>
     <t>ANIERES</t>
   </si>
   <si>
     <t>AVULLY</t>
   </si>
   <si>
     <t>AVUSY</t>
   </si>
   <si>
     <t>BARDONNEX</t>
   </si>
   <si>
     <t>BELLEVUE</t>
   </si>
@@ -188,51 +204,51 @@
   <si>
     <t>VANDOEUVRES</t>
   </si>
   <si>
     <t>VERNIER</t>
   </si>
   <si>
     <t>VERSOIX</t>
   </si>
   <si>
     <t>VEYRIER</t>
   </si>
   <si>
     <t>Total avec Genève</t>
   </si>
   <si>
     <t>Total sans Genève</t>
   </si>
   <si>
     <t>Superficie en hectare</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0\ "/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
@@ -366,51 +382,51 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Milliers 2" xfId="1"/>
+    <cellStyle name="Milliers 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
@@ -455,163 +471,163 @@
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -744,1380 +760,1530 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H56"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+      <selection activeCell="J4" sqref="J4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="25" style="3" customWidth="1"/>
     <col min="2" max="4" width="11.42578125" style="3"/>
     <col min="5" max="5" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="13"/>
     <col min="7" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15">
+    <row r="1" spans="1:9" ht="15">
       <c r="A1" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:9">
       <c r="A2" s="4"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
     </row>
-    <row r="3" spans="1:8">
+    <row r="3" spans="1:9">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
-    <row r="4" spans="1:8" ht="14.25">
+    <row r="4" spans="1:9" ht="14.25">
       <c r="A4" s="8"/>
       <c r="B4" s="12">
         <v>2018</v>
       </c>
       <c r="C4" s="12">
         <v>2019</v>
       </c>
       <c r="D4" s="12">
         <v>2020</v>
       </c>
       <c r="E4" s="12">
         <v>2021</v>
       </c>
       <c r="F4" s="12">
         <v>2022</v>
       </c>
       <c r="G4" s="12">
         <v>2023</v>
       </c>
       <c r="H4" s="12">
         <v>2024</v>
       </c>
-    </row>
-    <row r="5" spans="1:8">
+      <c r="I4" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="14">
         <v>292.6558</v>
       </c>
       <c r="C5" s="15">
         <v>292.6558</v>
       </c>
       <c r="D5" s="15">
         <v>293</v>
       </c>
       <c r="E5" s="15">
         <v>292.6558</v>
       </c>
       <c r="F5" s="15">
         <v>292.65179999999998</v>
       </c>
       <c r="G5" s="15">
         <v>292.65230000000003</v>
       </c>
       <c r="H5" s="15">
         <v>292.65230000000003</v>
       </c>
-    </row>
-    <row r="6" spans="1:8">
+      <c r="I5" s="15">
+        <v>292.65230000000003</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="15">
         <v>385.9212</v>
       </c>
       <c r="C6" s="15">
         <v>385.92110000000002</v>
       </c>
       <c r="D6" s="15">
         <v>386</v>
       </c>
       <c r="E6" s="15">
         <v>385.92110000000002</v>
       </c>
       <c r="F6" s="15">
         <v>385.92110000000002</v>
       </c>
       <c r="G6" s="15">
         <v>385.92110000000002</v>
       </c>
       <c r="H6" s="15">
         <v>385.92110000000002</v>
       </c>
-    </row>
-    <row r="7" spans="1:8">
+      <c r="I6" s="15">
+        <v>385.92110000000002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="15">
         <v>461.83159999999998</v>
       </c>
       <c r="C7" s="15">
         <v>461.83199999999999</v>
       </c>
       <c r="D7" s="15">
         <v>462</v>
       </c>
       <c r="E7" s="15">
         <v>461.83199999999999</v>
       </c>
       <c r="F7" s="15">
         <v>461.83199999999999</v>
       </c>
       <c r="G7" s="15">
         <v>461.83199999999999</v>
       </c>
       <c r="H7" s="15">
         <v>461.83199999999999</v>
       </c>
-    </row>
-    <row r="8" spans="1:8">
+      <c r="I7" s="15">
+        <v>461.83199999999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="15">
         <v>517.20410000000004</v>
       </c>
       <c r="C8" s="15">
         <v>517.20389999999998</v>
       </c>
       <c r="D8" s="15">
         <v>517</v>
       </c>
       <c r="E8" s="15">
         <v>517.20389999999998</v>
       </c>
       <c r="F8" s="15">
         <v>517.20389999999998</v>
       </c>
       <c r="G8" s="15">
         <v>517.20389999999998</v>
       </c>
       <c r="H8" s="15">
         <v>517.20389999999998</v>
       </c>
-    </row>
-    <row r="9" spans="1:8">
+      <c r="I8" s="15">
+        <v>517.20389999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="15">
         <v>499.69819999999999</v>
       </c>
       <c r="C9" s="15">
         <v>499.69929999999999</v>
       </c>
       <c r="D9" s="15">
         <v>500</v>
       </c>
       <c r="E9" s="15">
         <v>499.69929999999999</v>
       </c>
       <c r="F9" s="15">
         <v>499.69929999999999</v>
       </c>
       <c r="G9" s="15">
         <v>499.69929999999999</v>
       </c>
       <c r="H9" s="15">
         <v>499.69929999999999</v>
       </c>
-    </row>
-    <row r="10" spans="1:8">
+      <c r="I9" s="15">
+        <v>499.69929999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="15">
         <v>435.93939999999998</v>
       </c>
       <c r="C10" s="15">
         <v>435.93630000000002</v>
       </c>
       <c r="D10" s="15">
         <v>436</v>
       </c>
       <c r="E10" s="15">
         <v>435.93630000000002</v>
       </c>
       <c r="F10" s="15">
         <v>435.93630000000002</v>
       </c>
       <c r="G10" s="15">
         <v>435.93630000000002</v>
       </c>
       <c r="H10" s="15">
         <v>435.93630000000002</v>
       </c>
-    </row>
-    <row r="11" spans="1:8">
+      <c r="I10" s="15">
+        <v>435.93630000000002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="15">
         <v>1295.395</v>
       </c>
       <c r="C11" s="15">
         <v>1295.395</v>
       </c>
       <c r="D11" s="15">
         <v>1295</v>
       </c>
       <c r="E11" s="15">
         <v>1295.395</v>
       </c>
       <c r="F11" s="15">
         <v>1295.395</v>
       </c>
       <c r="G11" s="15">
         <v>1295.3894</v>
       </c>
       <c r="H11" s="15">
         <v>1295.3894</v>
       </c>
-    </row>
-    <row r="12" spans="1:8">
+      <c r="I11" s="15">
+        <v>1295.3894</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="15">
         <v>269.66840000000002</v>
       </c>
       <c r="C12" s="15">
         <v>269.66390000000001</v>
       </c>
       <c r="D12" s="15">
         <v>270</v>
       </c>
       <c r="E12" s="15">
         <v>269.66430000000003</v>
       </c>
       <c r="F12" s="15">
         <v>269.66430000000003</v>
       </c>
       <c r="G12" s="15">
         <v>269.66469999999998</v>
       </c>
       <c r="H12" s="15">
         <v>269.66469999999998</v>
       </c>
-    </row>
-    <row r="13" spans="1:8">
+      <c r="I12" s="15">
+        <v>269.66469999999998</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="15">
         <v>438.35149999999999</v>
       </c>
       <c r="C13" s="15">
         <v>438.35149999999999</v>
       </c>
       <c r="D13" s="15">
         <v>438</v>
       </c>
       <c r="E13" s="15">
         <v>438.35149999999999</v>
       </c>
       <c r="F13" s="15">
         <v>438.34820000000002</v>
       </c>
       <c r="G13" s="15">
         <v>438.34800000000001</v>
       </c>
       <c r="H13" s="15">
         <v>438.34800000000001</v>
       </c>
-    </row>
-    <row r="14" spans="1:8">
+      <c r="I13" s="15">
+        <v>438.34800000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="15">
         <v>465.10759999999999</v>
       </c>
       <c r="C14" s="15">
         <v>465.1078</v>
       </c>
       <c r="D14" s="15">
         <v>465</v>
       </c>
       <c r="E14" s="15">
         <v>465.10910000000001</v>
       </c>
       <c r="F14" s="15">
         <v>465.10910000000001</v>
       </c>
       <c r="G14" s="15">
         <v>465.1216</v>
       </c>
       <c r="H14" s="15">
         <v>465.1216</v>
       </c>
-    </row>
-    <row r="15" spans="1:8">
+      <c r="I14" s="15">
+        <v>465.1216</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="15">
         <v>538.09289999999999</v>
       </c>
       <c r="C15" s="15">
         <v>538.09289999999999</v>
       </c>
       <c r="D15" s="15">
         <v>538</v>
       </c>
       <c r="E15" s="15">
         <v>538.09289999999999</v>
       </c>
       <c r="F15" s="15">
         <v>538.09289999999999</v>
       </c>
       <c r="G15" s="15">
         <v>538.09289999999999</v>
       </c>
       <c r="H15" s="15">
         <v>538.09289999999999</v>
       </c>
-    </row>
-    <row r="16" spans="1:8">
+      <c r="I15" s="15">
+        <v>538.09289999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="15">
         <v>414.02850000000001</v>
       </c>
       <c r="C16" s="15">
         <v>414.03140000000002</v>
       </c>
       <c r="D16" s="15">
         <v>414</v>
       </c>
       <c r="E16" s="15">
         <v>414.03140000000002</v>
       </c>
       <c r="F16" s="15">
         <v>414.03339999999997</v>
       </c>
       <c r="G16" s="15">
         <v>414.03320000000002</v>
       </c>
       <c r="H16" s="15">
         <v>414.03320000000002</v>
       </c>
-    </row>
-    <row r="17" spans="1:8">
+      <c r="I16" s="15">
+        <v>414.03320000000002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="15">
         <v>128.078</v>
       </c>
       <c r="C17" s="15">
         <v>128.07759999999999</v>
       </c>
       <c r="D17" s="15">
         <v>128</v>
       </c>
       <c r="E17" s="15">
         <v>128.07759999999999</v>
       </c>
       <c r="F17" s="15">
         <v>128.07759999999999</v>
       </c>
       <c r="G17" s="15">
         <v>128.07759999999999</v>
       </c>
       <c r="H17" s="15">
         <v>128.07759999999999</v>
       </c>
-    </row>
-    <row r="18" spans="1:8">
+      <c r="I17" s="15">
+        <v>128.07759999999999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="15">
         <v>390.88959999999997</v>
       </c>
       <c r="C18" s="15">
         <v>390.89100000000002</v>
       </c>
       <c r="D18" s="15">
         <v>391</v>
       </c>
       <c r="E18" s="15">
         <v>390.89100000000002</v>
       </c>
       <c r="F18" s="15">
         <v>390.89100000000002</v>
       </c>
       <c r="G18" s="15">
         <v>390.89100000000002</v>
       </c>
       <c r="H18" s="15">
         <v>390.89100000000002</v>
       </c>
-    </row>
-    <row r="19" spans="1:8">
+      <c r="I18" s="15">
+        <v>390.89100000000002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="15">
         <v>688.6825</v>
       </c>
       <c r="C19" s="15">
         <v>688.66909999999996</v>
       </c>
       <c r="D19" s="15">
         <v>689</v>
       </c>
       <c r="E19" s="15">
         <v>688.66830000000004</v>
       </c>
       <c r="F19" s="15">
         <v>688.66830000000004</v>
       </c>
       <c r="G19" s="15">
         <v>688.66830000000004</v>
       </c>
       <c r="H19" s="15">
         <v>688.66830000000004</v>
       </c>
-    </row>
-    <row r="20" spans="1:8">
+      <c r="I19" s="15">
+        <v>688.66830000000004</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="15">
         <v>612.08150000000001</v>
       </c>
       <c r="C20" s="15">
         <v>611.98040000000003</v>
       </c>
       <c r="D20" s="15">
         <v>612</v>
       </c>
       <c r="E20" s="15">
         <v>611.98040000000003</v>
       </c>
       <c r="F20" s="15">
         <v>611.98040000000003</v>
       </c>
       <c r="G20" s="15">
         <v>611.98040000000003</v>
       </c>
       <c r="H20" s="15">
         <v>611.98040000000003</v>
       </c>
-    </row>
-    <row r="21" spans="1:8">
+      <c r="I20" s="15">
+        <v>611.98040000000003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="15">
         <v>364.38459999999998</v>
       </c>
       <c r="C21" s="15">
         <v>364.38499999999999</v>
       </c>
       <c r="D21" s="15">
         <v>364</v>
       </c>
       <c r="E21" s="15">
         <v>364.62900000000002</v>
       </c>
       <c r="F21" s="15">
         <v>364.62860000000001</v>
       </c>
       <c r="G21" s="15">
         <v>364.62860000000001</v>
       </c>
       <c r="H21" s="15">
         <v>364.62860000000001</v>
       </c>
-    </row>
-    <row r="22" spans="1:8">
+      <c r="I21" s="15">
+        <v>364.62860000000001</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="15">
         <v>277.2011</v>
       </c>
       <c r="C22" s="15">
         <v>277.2011</v>
       </c>
       <c r="D22" s="15">
         <v>277</v>
       </c>
       <c r="E22" s="15">
         <v>277.2011</v>
       </c>
       <c r="F22" s="15">
         <v>277.2011</v>
       </c>
       <c r="G22" s="15">
         <v>277.2011</v>
       </c>
       <c r="H22" s="15">
         <v>277.2011</v>
       </c>
-    </row>
-    <row r="23" spans="1:8">
+      <c r="I22" s="15">
+        <v>277.2011</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>273.52929999999998</v>
       </c>
       <c r="C23" s="15">
         <v>273.63760000000002</v>
       </c>
       <c r="D23" s="15">
         <v>274</v>
       </c>
       <c r="E23" s="15">
         <v>273.63760000000002</v>
       </c>
       <c r="F23" s="15">
         <v>273.63760000000002</v>
       </c>
       <c r="G23" s="15">
         <v>273.63760000000002</v>
       </c>
       <c r="H23" s="15">
         <v>273.63760000000002</v>
       </c>
-    </row>
-    <row r="24" spans="1:8">
+      <c r="I23" s="15">
+        <v>273.63760000000002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="15">
         <v>859.83500000000004</v>
       </c>
       <c r="C24" s="15">
         <v>859.8279</v>
       </c>
       <c r="D24" s="15">
         <v>860</v>
       </c>
       <c r="E24" s="15">
         <v>859.8279</v>
       </c>
       <c r="F24" s="15">
         <v>859.8279</v>
       </c>
       <c r="G24" s="15">
         <v>859.8279</v>
       </c>
       <c r="H24" s="15">
         <v>859.8279</v>
       </c>
-    </row>
-    <row r="25" spans="1:8">
+      <c r="I24" s="15">
+        <v>859.8279</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="7">
         <v>1589</v>
       </c>
       <c r="C25" s="15">
         <v>1589.3317</v>
       </c>
       <c r="D25" s="15">
         <v>1589</v>
       </c>
       <c r="E25" s="15">
         <v>1589.3313000000001</v>
       </c>
       <c r="F25" s="15">
         <v>1589.3303000000001</v>
       </c>
       <c r="G25" s="15">
         <v>1589.3308</v>
       </c>
       <c r="H25" s="15">
         <v>1589.3308</v>
       </c>
-    </row>
-    <row r="26" spans="1:8">
+      <c r="I25" s="15">
+        <v>1589.3308</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="7">
         <v>287.0324</v>
       </c>
       <c r="C26" s="15">
         <v>287.03199999999998</v>
       </c>
       <c r="D26" s="17">
         <v>287</v>
       </c>
       <c r="E26" s="15">
         <v>287.03199999999998</v>
       </c>
       <c r="F26" s="15">
         <v>287.03489999999999</v>
       </c>
       <c r="G26" s="15">
         <v>287.03489999999999</v>
       </c>
       <c r="H26" s="15">
         <v>287.03489999999999</v>
       </c>
-    </row>
-    <row r="27" spans="1:8">
+      <c r="I26" s="15">
+        <v>287.03489999999999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="7">
         <v>438.2045</v>
       </c>
       <c r="C27" s="15">
         <v>438.20420000000001</v>
       </c>
       <c r="D27" s="15">
         <v>438</v>
       </c>
       <c r="E27" s="15">
         <v>438.20420000000001</v>
       </c>
       <c r="F27" s="15">
         <v>438.20420000000001</v>
       </c>
       <c r="G27" s="15">
         <v>438.20420000000001</v>
       </c>
       <c r="H27" s="15">
         <v>438.20420000000001</v>
       </c>
-    </row>
-    <row r="28" spans="1:8">
+      <c r="I27" s="15">
+        <v>438.20420000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="7">
         <v>328.62650000000002</v>
       </c>
       <c r="C28" s="15">
         <v>328.62650000000002</v>
       </c>
       <c r="D28" s="15">
         <v>329</v>
       </c>
       <c r="E28" s="15">
         <v>328.62889999999999</v>
       </c>
       <c r="F28" s="15">
         <v>328.62889999999999</v>
       </c>
       <c r="G28" s="15">
         <v>328.62889999999999</v>
       </c>
       <c r="H28" s="15">
         <v>328.62889999999999</v>
       </c>
-    </row>
-    <row r="29" spans="1:8">
+      <c r="I28" s="15">
+        <v>328.62889999999999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="7">
         <v>143.00139999999999</v>
       </c>
       <c r="C29" s="15">
         <v>143.00139999999999</v>
       </c>
       <c r="D29" s="15">
         <v>143</v>
       </c>
       <c r="E29" s="15">
         <v>143.00139999999999</v>
       </c>
       <c r="F29" s="15">
         <v>143.00139999999999</v>
       </c>
       <c r="G29" s="15">
         <v>143.00139999999999</v>
       </c>
       <c r="H29" s="15">
         <v>143.00139999999999</v>
       </c>
-    </row>
-    <row r="30" spans="1:8">
+      <c r="I29" s="15">
+        <v>143.00139999999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="7">
         <v>1135.0188000000001</v>
       </c>
       <c r="C30" s="15">
         <v>1135.0188000000001</v>
       </c>
       <c r="D30" s="15">
         <v>1135</v>
       </c>
       <c r="E30" s="15">
         <v>1135.0264999999999</v>
       </c>
       <c r="F30" s="15">
         <v>1135.0264999999999</v>
       </c>
       <c r="G30" s="15">
         <v>1135.0264999999999</v>
       </c>
       <c r="H30" s="15">
         <v>1135.0264999999999</v>
       </c>
-    </row>
-    <row r="31" spans="1:8">
+      <c r="I30" s="15">
+        <v>1135.0264999999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="7">
         <v>383.11989999999997</v>
       </c>
       <c r="C31" s="15">
         <v>383.11989999999997</v>
       </c>
       <c r="D31" s="15">
         <v>383</v>
       </c>
       <c r="E31" s="15">
         <v>383.11989999999997</v>
       </c>
       <c r="F31" s="15">
         <v>383.11989999999997</v>
       </c>
       <c r="G31" s="15">
         <v>383.11989999999997</v>
       </c>
       <c r="H31" s="15">
         <v>383.11989999999997</v>
       </c>
-    </row>
-    <row r="32" spans="1:8">
+      <c r="I31" s="15">
+        <v>383.11989999999997</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="7">
         <v>477.52870000000001</v>
       </c>
       <c r="C32" s="15">
         <v>477.53129999999999</v>
       </c>
       <c r="D32" s="15">
         <v>477</v>
       </c>
       <c r="E32" s="15">
         <v>477.43009999999998</v>
       </c>
       <c r="F32" s="15">
         <v>477.43009999999998</v>
       </c>
       <c r="G32" s="15">
         <v>477.42919999999998</v>
       </c>
       <c r="H32" s="15">
         <v>477.42919999999998</v>
       </c>
-    </row>
-    <row r="33" spans="1:8">
+      <c r="I32" s="15">
+        <v>477.42919999999998</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B33" s="7">
         <v>695.34799999999996</v>
       </c>
       <c r="C33" s="15">
         <v>695.34810000000004</v>
       </c>
       <c r="D33" s="15">
         <v>695</v>
       </c>
       <c r="E33" s="15">
         <v>695.34810000000004</v>
       </c>
       <c r="F33" s="15">
         <v>695.34810000000004</v>
       </c>
       <c r="G33" s="15">
         <v>695.34810000000004</v>
       </c>
       <c r="H33" s="15">
         <v>695.34810000000004</v>
       </c>
-    </row>
-    <row r="34" spans="1:8">
+      <c r="I33" s="15">
+        <v>695.34810000000004</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B34" s="7">
         <v>993.7364</v>
       </c>
       <c r="C34" s="15">
         <v>993.7364</v>
       </c>
       <c r="D34" s="15">
         <v>994</v>
       </c>
       <c r="E34" s="15">
         <v>993.73630000000003</v>
       </c>
       <c r="F34" s="15">
         <v>993.73630000000003</v>
       </c>
       <c r="G34" s="15">
         <v>993.73630000000003</v>
       </c>
       <c r="H34" s="15">
         <v>993.73630000000003</v>
       </c>
-    </row>
-    <row r="35" spans="1:8">
+      <c r="I34" s="15">
+        <v>993.73630000000003</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B35" s="7">
         <v>281.29199999999997</v>
       </c>
       <c r="C35" s="15">
         <v>281.2919</v>
       </c>
       <c r="D35" s="15">
         <v>281</v>
       </c>
       <c r="E35" s="15">
         <v>281.3931</v>
       </c>
       <c r="F35" s="15">
         <v>281.3931</v>
       </c>
       <c r="G35" s="15">
         <v>281.39330000000001</v>
       </c>
       <c r="H35" s="15">
         <v>281.39330000000001</v>
       </c>
-    </row>
-    <row r="36" spans="1:8">
+      <c r="I35" s="15">
+        <v>281.39330000000001</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="9" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="7">
         <v>253.66040000000001</v>
       </c>
       <c r="C36" s="15">
         <v>253.6602</v>
       </c>
       <c r="D36" s="15">
         <v>254</v>
       </c>
       <c r="E36" s="15">
         <v>253.6602</v>
       </c>
       <c r="F36" s="15">
         <v>253.6602</v>
       </c>
       <c r="G36" s="15">
         <v>253.6602</v>
       </c>
       <c r="H36" s="15">
         <v>253.6602</v>
       </c>
-    </row>
-    <row r="37" spans="1:8">
+      <c r="I36" s="15">
+        <v>253.6602</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="7">
         <v>585.38319999999999</v>
       </c>
       <c r="C37" s="15">
         <v>585.38239999999996</v>
       </c>
       <c r="D37" s="15">
         <v>585</v>
       </c>
       <c r="E37" s="15">
         <v>585.38239999999996</v>
       </c>
       <c r="F37" s="15">
         <v>585.38239999999996</v>
       </c>
       <c r="G37" s="15">
         <v>585.38239999999996</v>
       </c>
       <c r="H37" s="15">
         <v>585.38239999999996</v>
       </c>
-    </row>
-    <row r="38" spans="1:8">
+      <c r="I37" s="15">
+        <v>585.38239999999996</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="7">
         <v>322.86849999999998</v>
       </c>
       <c r="C38" s="15">
         <v>322.80759999999998</v>
       </c>
       <c r="D38" s="15">
         <v>323</v>
       </c>
       <c r="E38" s="15">
         <v>322.80759999999998</v>
       </c>
       <c r="F38" s="15">
         <v>322.80759999999998</v>
       </c>
       <c r="G38" s="15">
         <v>322.80759999999998</v>
       </c>
       <c r="H38" s="15">
         <v>322.80759999999998</v>
       </c>
-    </row>
-    <row r="39" spans="1:8">
+      <c r="I38" s="15">
+        <v>322.80759999999998</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B39" s="7">
         <v>470.75110000000001</v>
       </c>
       <c r="C39" s="15">
         <v>470.75110000000001</v>
       </c>
       <c r="D39" s="15">
         <v>471</v>
       </c>
       <c r="E39" s="15">
         <v>470.75220000000002</v>
       </c>
       <c r="F39" s="15">
         <v>470.75220000000002</v>
       </c>
       <c r="G39" s="15">
         <v>470.75220000000002</v>
       </c>
       <c r="H39" s="15">
         <v>470.75220000000002</v>
       </c>
-    </row>
-    <row r="40" spans="1:8">
+      <c r="I39" s="15">
+        <v>470.75220000000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="9" t="s">
         <v>35</v>
       </c>
       <c r="B40" s="7">
         <v>267.21519999999998</v>
       </c>
       <c r="C40" s="15">
         <v>267.21719999999999</v>
       </c>
       <c r="D40" s="15">
         <v>267</v>
       </c>
       <c r="E40" s="15">
         <v>267.21719999999999</v>
       </c>
       <c r="F40" s="15">
         <v>267.21719999999999</v>
       </c>
       <c r="G40" s="15">
         <v>267.21719999999999</v>
       </c>
       <c r="H40" s="15">
         <v>267.21719999999999</v>
       </c>
-    </row>
-    <row r="41" spans="1:8">
+      <c r="I40" s="15">
+        <v>267.21719999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B41" s="7">
         <v>490.97340000000003</v>
       </c>
       <c r="C41" s="15">
         <v>490.97329999999999</v>
       </c>
       <c r="D41" s="15">
         <v>491</v>
       </c>
       <c r="E41" s="15">
         <v>490.97179999999997</v>
       </c>
       <c r="F41" s="15">
         <v>490.9794</v>
       </c>
       <c r="G41" s="15">
         <v>490.9794</v>
       </c>
       <c r="H41" s="15">
         <v>490.9794</v>
       </c>
-    </row>
-    <row r="42" spans="1:8">
+      <c r="I41" s="15">
+        <v>490.9794</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="7">
         <v>1892.114</v>
       </c>
       <c r="C42" s="15">
         <v>1892.114</v>
       </c>
       <c r="D42" s="15">
         <v>1892</v>
       </c>
       <c r="E42" s="15">
         <v>1892.1151</v>
       </c>
       <c r="F42" s="15">
         <v>1892.1148000000001</v>
       </c>
       <c r="G42" s="15">
         <v>1892.1148000000001</v>
       </c>
       <c r="H42" s="15">
         <v>1892.1148000000001</v>
       </c>
-    </row>
-    <row r="43" spans="1:8">
+      <c r="I42" s="15">
+        <v>1892.1148000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B43" s="7">
         <v>294.20510000000002</v>
       </c>
       <c r="C43" s="15">
         <v>294.20510000000002</v>
       </c>
       <c r="D43" s="15">
         <v>294</v>
       </c>
       <c r="E43" s="15">
         <v>294.20510000000002</v>
       </c>
       <c r="F43" s="15">
         <v>294.20510000000002</v>
       </c>
       <c r="G43" s="15">
         <v>294.20510000000002</v>
       </c>
       <c r="H43" s="15">
         <v>294.20510000000002</v>
       </c>
-    </row>
-    <row r="44" spans="1:8">
+      <c r="I43" s="15">
+        <v>294.20510000000002</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B44" s="7">
         <v>382.02260000000001</v>
       </c>
       <c r="C44" s="15">
         <v>382.02199999999999</v>
       </c>
       <c r="D44" s="15">
         <v>382</v>
       </c>
       <c r="E44" s="15">
         <v>382.02199999999999</v>
       </c>
       <c r="F44" s="15">
         <v>382.02199999999999</v>
       </c>
       <c r="G44" s="15">
         <v>382.02199999999999</v>
       </c>
       <c r="H44" s="15">
         <v>382.02199999999999</v>
       </c>
-    </row>
-    <row r="45" spans="1:8">
+      <c r="I44" s="15">
+        <v>382.02199999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B45" s="7">
         <v>342.99079999999998</v>
       </c>
       <c r="C45" s="15">
         <v>342.99079999999998</v>
       </c>
       <c r="D45" s="15">
         <v>343</v>
       </c>
       <c r="E45" s="15">
         <v>342.99079999999998</v>
       </c>
       <c r="F45" s="15">
         <v>342.99079999999998</v>
       </c>
       <c r="G45" s="15">
         <v>342.99079999999998</v>
       </c>
       <c r="H45" s="15">
         <v>342.99079999999998</v>
       </c>
-    </row>
-    <row r="46" spans="1:8">
+      <c r="I45" s="15">
+        <v>342.99079999999998</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B46" s="7">
         <v>441.98289999999997</v>
       </c>
       <c r="C46" s="15">
         <v>441.97919999999999</v>
       </c>
       <c r="D46" s="15">
         <v>442</v>
       </c>
       <c r="E46" s="15">
         <v>441.97919999999999</v>
       </c>
       <c r="F46" s="15">
         <v>441.97919999999999</v>
       </c>
       <c r="G46" s="15">
         <v>441.97919999999999</v>
       </c>
       <c r="H46" s="15">
         <v>441.97919999999999</v>
       </c>
-    </row>
-    <row r="47" spans="1:8">
+      <c r="I46" s="15">
+        <v>441.97919999999999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="9" t="s">
         <v>42</v>
       </c>
       <c r="B47" s="7">
         <v>768.72839999999997</v>
       </c>
       <c r="C47" s="15">
         <v>768.72829999999999</v>
       </c>
       <c r="D47" s="15">
         <v>769</v>
       </c>
       <c r="E47" s="15">
         <v>768.72879999999998</v>
       </c>
       <c r="F47" s="15">
         <v>768.72879999999998</v>
       </c>
       <c r="G47" s="15">
         <v>768.73350000000005</v>
       </c>
       <c r="H47" s="15">
         <v>768.73350000000005</v>
       </c>
-    </row>
-    <row r="48" spans="1:8">
+      <c r="I47" s="15">
+        <v>768.73350000000005</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B48" s="7">
         <v>1050.0011</v>
       </c>
       <c r="C48" s="15">
         <v>1049.9846</v>
       </c>
       <c r="D48" s="15">
         <v>1050</v>
       </c>
       <c r="E48" s="15">
         <v>1049.9854</v>
       </c>
       <c r="F48" s="15">
         <v>1049.9893999999999</v>
       </c>
       <c r="G48" s="15">
         <v>1049.9725000000001</v>
       </c>
       <c r="H48" s="15">
         <v>1049.9725000000001</v>
       </c>
-    </row>
-    <row r="49" spans="1:8">
+      <c r="I48" s="15">
+        <v>1049.9725000000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="9" t="s">
         <v>44</v>
       </c>
       <c r="B49" s="7">
         <v>649.66719999999998</v>
       </c>
       <c r="C49" s="15">
         <v>649.67060000000004</v>
       </c>
       <c r="D49" s="15">
         <v>650</v>
       </c>
       <c r="E49" s="15">
         <v>649.67060000000004</v>
       </c>
       <c r="F49" s="15">
         <v>649.67060000000004</v>
       </c>
       <c r="G49" s="15">
         <v>649.67100000000005</v>
       </c>
       <c r="H49" s="15">
         <v>649.67100000000005</v>
       </c>
-    </row>
-    <row r="50" spans="1:8">
+      <c r="I49" s="15">
+        <v>649.67100000000005</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="10"/>
       <c r="B50" s="16"/>
       <c r="C50" s="16"/>
       <c r="D50" s="16"/>
       <c r="E50" s="16"/>
       <c r="F50" s="16"/>
       <c r="G50" s="16"/>
       <c r="H50" s="16"/>
-    </row>
-    <row r="51" spans="1:8">
+      <c r="I50" s="16"/>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="11">
         <f>SUM(B5:B49)</f>
         <v>24573.048300000002</v>
       </c>
       <c r="C51" s="11">
         <f>SUM(C5:C49)</f>
         <v>24573.289199999999</v>
       </c>
       <c r="D51" s="11">
         <f>SUM(D5:D49)</f>
         <v>24573</v>
       </c>
       <c r="E51" s="11">
         <f>SUM(E5:E49)</f>
         <v>24573.545699999995</v>
       </c>
       <c r="F51" s="11">
         <f>SUM(F5:F49)</f>
         <v>24573.553199999995</v>
       </c>
       <c r="G51" s="11">
-        <f t="shared" ref="G51:H51" si="0">SUM(G5:G49)</f>
+        <f t="shared" ref="G51" si="0">SUM(G5:G49)</f>
         <v>24573.548599999991</v>
       </c>
       <c r="H51" s="11">
         <f>SUM(H5:H49)</f>
         <v>24573.548599999991</v>
       </c>
-    </row>
-    <row r="52" spans="1:8">
+      <c r="I51" s="11">
+        <f>SUM(I5:I49)</f>
+        <v>24573.548599999991</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="11">
         <f>B51-B25</f>
         <v>22984.048300000002</v>
       </c>
       <c r="C52" s="11">
         <f>C51-C25</f>
         <v>22983.9575</v>
       </c>
       <c r="D52" s="11">
         <f>D51-D25</f>
         <v>22984</v>
       </c>
       <c r="E52" s="11">
         <f>E51-E25</f>
         <v>22984.214399999993</v>
       </c>
       <c r="F52" s="11">
         <f>F51-F25</f>
         <v>22984.222899999993</v>
       </c>
       <c r="G52" s="11">
-        <f t="shared" ref="G52:H52" si="1">G51-G25</f>
+        <f t="shared" ref="G52" si="1">G51-G25</f>
         <v>22984.217799999991</v>
       </c>
       <c r="H52" s="11">
         <f>H51-H25</f>
         <v>22984.217799999991</v>
       </c>
-    </row>
-    <row r="53" spans="1:8">
+      <c r="I52" s="11">
+        <f>I51-I25</f>
+        <v>22984.217799999991</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="B53" s="6"/>
       <c r="C53" s="6"/>
       <c r="D53" s="6"/>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:9">
       <c r="B54" s="6"/>
       <c r="C54" s="6"/>
       <c r="D54" s="6"/>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:9">
       <c r="B55" s="6"/>
       <c r="C55" s="6"/>
       <c r="D55" s="6"/>
     </row>
-    <row r="56" spans="1:8">
+    <row r="56" spans="1:9">
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
-  <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>