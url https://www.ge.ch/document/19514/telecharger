--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -1,71 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2935\14_SURVEILLANCE_FIN\06_Thematiques_specifiques\Site internet SAFCO\Fiscalité\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nguyent\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B5C1E9C-D059-4214-AF7D-10D0EC41045B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3240" yWindow="1530" windowWidth="17010" windowHeight="12420"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Indice général" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="capacfin2009_2018">'Indice général'!$B$3:$B$47</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H49" i="1" l="1"/>
+  <c r="J49" i="1" l="1"/>
+  <c r="J48" i="1"/>
+  <c r="H49" i="1"/>
   <c r="G49" i="1"/>
   <c r="F49" i="1"/>
   <c r="E49" i="1"/>
   <c r="D49" i="1"/>
   <c r="C49" i="1"/>
   <c r="B49" i="1"/>
   <c r="H48" i="1"/>
   <c r="G48" i="1"/>
   <c r="F48" i="1"/>
   <c r="E48" i="1"/>
   <c r="D48" i="1"/>
   <c r="C48" i="1"/>
   <c r="B48" i="1"/>
   <c r="I49" i="1"/>
   <c r="I48" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>Indice général de capacité financière</t>
   </si>
   <si>
     <t>AIRE-LA-VILLE</t>
@@ -190,51 +206,51 @@
   <si>
     <t>TROINEX</t>
   </si>
   <si>
     <t>VANDOEUVRES</t>
   </si>
   <si>
     <t>VERNIER</t>
   </si>
   <si>
     <t>VERSOIX</t>
   </si>
   <si>
     <t>VEYRIER</t>
   </si>
   <si>
     <t>Total avec Genève</t>
   </si>
   <si>
     <t>Total sans Genève</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
@@ -370,51 +386,51 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_PPRIV98" xfId="1"/>
+    <cellStyle name="Normal_PPRIV98" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -458,163 +474,163 @@
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -747,1478 +763,1626 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K54"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="90" workbookViewId="0">
+      <selection activeCell="L13" sqref="L13"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="26.140625" style="4" customWidth="1"/>
     <col min="2" max="5" width="11.42578125" style="4"/>
     <col min="6" max="6" width="11.42578125" style="4" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
     </row>
-    <row r="2" spans="1:9" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="9"/>
       <c r="B2" s="12">
         <v>2018</v>
       </c>
       <c r="C2" s="7">
         <v>2019</v>
       </c>
       <c r="D2" s="7">
         <v>2020</v>
       </c>
       <c r="E2" s="7">
         <v>2021</v>
       </c>
       <c r="F2" s="7">
         <v>2022</v>
       </c>
       <c r="G2" s="7">
         <v>2023</v>
       </c>
       <c r="H2" s="7">
         <v>2024</v>
       </c>
       <c r="I2" s="7">
         <v>2025</v>
       </c>
-    </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J2" s="7">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A3" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="13">
         <v>40.909999999999997</v>
       </c>
       <c r="C3" s="13">
         <v>44.586460041146324</v>
       </c>
       <c r="D3" s="13">
         <v>44.592496775328961</v>
       </c>
       <c r="E3" s="13">
         <v>47.02</v>
       </c>
       <c r="F3" s="13">
         <v>46.51</v>
       </c>
       <c r="G3" s="13">
         <v>44.81</v>
       </c>
       <c r="H3" s="13">
         <v>41.21</v>
       </c>
       <c r="I3" s="13">
         <v>39.369999999999997</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J3" s="13">
+        <v>39.6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A4" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="14">
         <v>1109.8800000000001</v>
       </c>
       <c r="C4" s="14">
         <v>577.92679586525003</v>
       </c>
       <c r="D4" s="14">
         <v>442.18272271276601</v>
       </c>
       <c r="E4" s="14">
         <v>351.19</v>
       </c>
       <c r="F4" s="14">
         <v>331.96</v>
       </c>
       <c r="G4" s="14">
         <v>341.41</v>
       </c>
       <c r="H4" s="14">
         <v>337.18</v>
       </c>
       <c r="I4" s="14">
         <v>338.87</v>
       </c>
-    </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J4" s="14">
+        <v>311.7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="14">
         <v>34.26</v>
       </c>
       <c r="C5" s="14">
         <v>33.942437250373757</v>
       </c>
       <c r="D5" s="14">
         <v>38.117578238421437</v>
       </c>
       <c r="E5" s="14">
         <v>42.05</v>
       </c>
       <c r="F5" s="14">
         <v>43.16</v>
       </c>
       <c r="G5" s="14">
         <v>42.16</v>
       </c>
       <c r="H5" s="14">
         <v>39.93</v>
       </c>
       <c r="I5" s="14">
         <v>40.58</v>
       </c>
-    </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J5" s="14">
+        <v>37.9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="14">
         <v>45.86</v>
       </c>
       <c r="C6" s="14">
         <v>44.664475362397376</v>
       </c>
       <c r="D6" s="14">
         <v>43.879711871934639</v>
       </c>
       <c r="E6" s="14">
         <v>45.6</v>
       </c>
       <c r="F6" s="14">
         <v>45.4</v>
       </c>
       <c r="G6" s="14">
         <v>45.93</v>
       </c>
       <c r="H6" s="14">
         <v>42.59</v>
       </c>
       <c r="I6" s="14">
         <v>42</v>
       </c>
-    </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J6" s="14">
+        <v>40.46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="14">
         <v>52.03</v>
       </c>
       <c r="C7" s="14">
         <v>53.193047206489076</v>
       </c>
       <c r="D7" s="14">
         <v>54.006199197415299</v>
       </c>
       <c r="E7" s="14">
         <v>57.49</v>
       </c>
       <c r="F7" s="14">
         <v>58.74</v>
       </c>
       <c r="G7" s="14">
         <v>56.04</v>
       </c>
       <c r="H7" s="14">
         <v>53.02</v>
       </c>
       <c r="I7" s="14">
         <v>52.17</v>
       </c>
-    </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J7" s="14">
+        <v>50.69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A8" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="14">
         <v>91.95</v>
       </c>
       <c r="C8" s="14">
         <v>90.892800563155888</v>
       </c>
       <c r="D8" s="14">
         <v>77.22209974951403</v>
       </c>
       <c r="E8" s="14">
         <v>82.14</v>
       </c>
       <c r="F8" s="14">
         <v>86.24</v>
       </c>
       <c r="G8" s="14">
         <v>88.99</v>
       </c>
       <c r="H8" s="14">
         <v>83.01</v>
       </c>
       <c r="I8" s="14">
         <v>74.13</v>
       </c>
-    </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J8" s="14">
+        <v>76.930000000000007</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A9" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="14">
         <v>46.55</v>
       </c>
       <c r="C9" s="14">
         <v>47.329218439028686</v>
       </c>
       <c r="D9" s="14">
         <v>47.441750062090712</v>
       </c>
       <c r="E9" s="14">
         <v>47.5</v>
       </c>
       <c r="F9" s="14">
         <v>46.76</v>
       </c>
       <c r="G9" s="14">
         <v>46.96</v>
       </c>
       <c r="H9" s="14">
         <v>46.19</v>
       </c>
       <c r="I9" s="14">
         <v>44.93</v>
       </c>
-    </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J9" s="14">
+        <v>44.49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="14">
         <v>127.9</v>
       </c>
       <c r="C10" s="14">
         <v>121.96300773862659</v>
       </c>
       <c r="D10" s="14">
         <v>115.89034510885234</v>
       </c>
       <c r="E10" s="14">
         <v>113.07</v>
       </c>
       <c r="F10" s="14">
         <v>117.07</v>
       </c>
       <c r="G10" s="14">
         <v>121.85</v>
       </c>
       <c r="H10" s="14">
         <v>124.69</v>
       </c>
       <c r="I10" s="14">
         <v>120.56</v>
       </c>
-    </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J10" s="14">
+        <v>123.61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A11" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="14">
         <v>68.05</v>
       </c>
       <c r="C11" s="14">
         <v>69.452706725195924</v>
       </c>
       <c r="D11" s="14">
         <v>64.063532357808967</v>
       </c>
       <c r="E11" s="14">
         <v>60.71</v>
       </c>
       <c r="F11" s="14">
         <v>59.2</v>
       </c>
       <c r="G11" s="14">
         <v>64.16</v>
       </c>
       <c r="H11" s="14">
         <v>63.69</v>
       </c>
       <c r="I11" s="14">
         <v>65.16</v>
       </c>
-    </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J11" s="14">
+        <v>56.73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A12" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="14">
         <v>120.7</v>
       </c>
       <c r="C12" s="14">
         <v>132.22096692226589</v>
       </c>
       <c r="D12" s="14">
         <v>130.93086683021974</v>
       </c>
       <c r="E12" s="14">
         <v>128.27000000000001</v>
       </c>
       <c r="F12" s="14">
         <v>202.85</v>
       </c>
       <c r="G12" s="14">
         <v>197.21</v>
       </c>
       <c r="H12" s="14">
         <v>187.51</v>
       </c>
       <c r="I12" s="14">
         <v>91.53</v>
       </c>
-    </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J12" s="14">
+        <v>98.54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A13" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="14">
         <v>27.7</v>
       </c>
       <c r="C13" s="14">
         <v>29.418498647523048</v>
       </c>
       <c r="D13" s="14">
         <v>32.951081979974724</v>
       </c>
       <c r="E13" s="14">
         <v>36.020000000000003</v>
       </c>
       <c r="F13" s="14">
         <v>35.82</v>
       </c>
       <c r="G13" s="14">
         <v>36.93</v>
       </c>
       <c r="H13" s="14">
         <v>37.01</v>
       </c>
       <c r="I13" s="14">
         <v>39.380000000000003</v>
       </c>
-    </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J13" s="14">
+        <v>37.58</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="14">
         <v>136.47</v>
       </c>
       <c r="C14" s="14">
         <v>153.6817151837468</v>
       </c>
       <c r="D14" s="14">
         <v>153.62273571010272</v>
       </c>
       <c r="E14" s="14">
         <v>157.41</v>
       </c>
       <c r="F14" s="14">
         <v>154.61000000000001</v>
       </c>
       <c r="G14" s="14">
         <v>151.84</v>
       </c>
       <c r="H14" s="14">
         <v>189.37</v>
       </c>
       <c r="I14" s="14">
         <v>226.17</v>
       </c>
-    </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J14" s="14">
+        <v>264.86</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="14">
         <v>53.92</v>
       </c>
       <c r="C15" s="14">
         <v>54.942809431622436</v>
       </c>
       <c r="D15" s="14">
         <v>55.590760471413432</v>
       </c>
       <c r="E15" s="14">
         <v>53.81</v>
       </c>
       <c r="F15" s="14">
         <v>52.55</v>
       </c>
       <c r="G15" s="14">
         <v>52.38</v>
       </c>
       <c r="H15" s="14">
         <v>53.1</v>
       </c>
       <c r="I15" s="14">
         <v>52.01</v>
       </c>
-    </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J15" s="14">
+        <v>50.3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A16" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="14">
         <v>79.42</v>
       </c>
       <c r="C16" s="14">
         <v>86.170571286693203</v>
       </c>
       <c r="D16" s="14">
         <v>87.334148305432009</v>
       </c>
       <c r="E16" s="14">
         <v>101.5</v>
       </c>
       <c r="F16" s="14">
         <v>99.51</v>
       </c>
       <c r="G16" s="14">
         <v>103.96</v>
       </c>
       <c r="H16" s="14">
         <v>90.72</v>
       </c>
       <c r="I16" s="14">
         <v>91.07</v>
       </c>
-    </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J16" s="14">
+        <v>98.47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A17" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="14">
         <v>44.01</v>
       </c>
       <c r="C17" s="14">
         <v>47.428202092376999</v>
       </c>
       <c r="D17" s="14">
         <v>47.930832386643537</v>
       </c>
       <c r="E17" s="14">
         <v>48.35</v>
       </c>
       <c r="F17" s="14">
         <v>47.94</v>
       </c>
       <c r="G17" s="14">
         <v>48.13</v>
       </c>
       <c r="H17" s="14">
         <v>46.88</v>
       </c>
       <c r="I17" s="14">
         <v>46.39</v>
       </c>
-    </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J17" s="14">
+        <v>43.6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="14">
         <v>169.68</v>
       </c>
       <c r="C18" s="14">
         <v>189.16866698974869</v>
       </c>
       <c r="D18" s="14">
         <v>192.66085606582126</v>
       </c>
       <c r="E18" s="14">
         <v>195.03</v>
       </c>
       <c r="F18" s="14">
         <v>202.71</v>
       </c>
       <c r="G18" s="14">
         <v>202.04</v>
       </c>
       <c r="H18" s="14">
         <v>201.65</v>
       </c>
       <c r="I18" s="14">
         <v>204.88</v>
       </c>
-    </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J18" s="14">
+        <v>197.72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A19" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="14">
         <v>319.58</v>
       </c>
       <c r="C19" s="14">
         <v>377.53029068484892</v>
       </c>
       <c r="D19" s="14">
         <v>406.967815944964</v>
       </c>
       <c r="E19" s="14">
         <v>526.84</v>
       </c>
       <c r="F19" s="14">
         <v>600.35</v>
       </c>
       <c r="G19" s="14">
         <v>685.94</v>
       </c>
       <c r="H19" s="14">
         <v>619.47</v>
       </c>
       <c r="I19" s="14">
         <v>556.44000000000005</v>
       </c>
-    </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J19" s="14">
+        <v>478.69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A20" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="14">
         <v>48.99</v>
       </c>
       <c r="C20" s="14">
         <v>49.252727041190212</v>
       </c>
       <c r="D20" s="14">
         <v>49.547205150444974</v>
       </c>
       <c r="E20" s="14">
         <v>48.8</v>
       </c>
       <c r="F20" s="14">
         <v>51.09</v>
       </c>
       <c r="G20" s="14">
         <v>52.3</v>
       </c>
       <c r="H20" s="14">
         <v>52.98</v>
       </c>
       <c r="I20" s="14">
         <v>54.5</v>
       </c>
-    </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J20" s="14">
+        <v>53.09</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A21" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="14">
         <v>114.19</v>
       </c>
       <c r="C21" s="14">
         <v>112.88213510763917</v>
       </c>
       <c r="D21" s="14">
         <v>104.91534858682326</v>
       </c>
       <c r="E21" s="14">
         <v>107.59</v>
       </c>
       <c r="F21" s="14">
         <v>125.17</v>
       </c>
       <c r="G21" s="14">
         <v>135.6</v>
       </c>
       <c r="H21" s="14">
         <v>168.13</v>
       </c>
       <c r="I21" s="14">
         <v>275.77</v>
       </c>
-    </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J21" s="14">
+        <v>396.78</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A22" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="14">
         <v>44.63</v>
       </c>
       <c r="C22" s="14">
         <v>46.961653380486759</v>
       </c>
       <c r="D22" s="14">
         <v>51.105832276776134</v>
       </c>
       <c r="E22" s="14">
         <v>52.17</v>
       </c>
       <c r="F22" s="14">
         <v>50.41</v>
       </c>
       <c r="G22" s="14">
         <v>47.66</v>
       </c>
       <c r="H22" s="14">
         <v>46.18</v>
       </c>
       <c r="I22" s="14">
         <v>46.44</v>
       </c>
-    </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J22" s="14">
+        <v>44.07</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A23" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="14">
         <v>112.5</v>
       </c>
       <c r="C23" s="14">
         <v>113.90526885832135</v>
       </c>
       <c r="D23" s="14">
         <v>115.12250920369983</v>
       </c>
       <c r="E23" s="14">
         <v>115.39</v>
       </c>
       <c r="F23" s="14">
         <v>114.17</v>
       </c>
       <c r="G23" s="14">
         <v>111.05</v>
       </c>
       <c r="H23" s="14">
         <v>110.08</v>
       </c>
       <c r="I23" s="14">
         <v>111.03</v>
       </c>
-    </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J23" s="14">
+        <v>107.96</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="14">
         <v>318.75</v>
       </c>
       <c r="C24" s="14">
         <v>390.84305716595799</v>
       </c>
       <c r="D24" s="14">
         <v>371.19434860641627</v>
       </c>
       <c r="E24" s="14">
         <v>370.98</v>
       </c>
       <c r="F24" s="14">
         <v>302.13</v>
       </c>
       <c r="G24" s="14">
         <v>324.2</v>
       </c>
       <c r="H24" s="14">
         <v>301.64</v>
       </c>
       <c r="I24" s="14">
         <v>265.39</v>
       </c>
-    </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J24" s="14">
+        <v>271.02999999999997</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="14">
         <v>90.08</v>
       </c>
       <c r="C25" s="14">
         <v>91.255608152135196</v>
       </c>
       <c r="D25" s="14">
         <v>89.928220587729996</v>
       </c>
       <c r="E25" s="14">
         <v>83.76</v>
       </c>
       <c r="F25" s="14">
         <v>86.06</v>
       </c>
       <c r="G25" s="14">
         <v>85.64</v>
       </c>
       <c r="H25" s="14">
         <v>77.290000000000006</v>
       </c>
       <c r="I25" s="14">
         <v>70.239999999999995</v>
       </c>
-    </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J25" s="14">
+        <v>65.3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A26" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="14">
         <v>51.9</v>
       </c>
       <c r="C26" s="14">
         <v>52.5487622374078</v>
       </c>
       <c r="D26" s="14">
         <v>50.277812940688669</v>
       </c>
       <c r="E26" s="14">
         <v>60.58</v>
       </c>
       <c r="F26" s="14">
         <v>81.14</v>
       </c>
       <c r="G26" s="14">
         <v>90.37</v>
       </c>
       <c r="H26" s="14">
         <v>77.540000000000006</v>
       </c>
       <c r="I26" s="14">
         <v>62.66</v>
       </c>
-    </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J26" s="14">
+        <v>53.43</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A27" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="14">
         <v>72.959999999999994</v>
       </c>
       <c r="C27" s="14">
         <v>77.000883504236938</v>
       </c>
       <c r="D27" s="14">
         <v>76.382140325622856</v>
       </c>
       <c r="E27" s="14">
         <v>82.1</v>
       </c>
       <c r="F27" s="14">
         <v>85.01</v>
       </c>
       <c r="G27" s="14">
         <v>90.98</v>
       </c>
       <c r="H27" s="14">
         <v>85</v>
       </c>
       <c r="I27" s="14">
         <v>81.67</v>
       </c>
-    </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J27" s="14">
+        <v>78.64</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A28" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="14">
         <v>73.55</v>
       </c>
       <c r="C28" s="14">
         <v>73.589215823109257</v>
       </c>
       <c r="D28" s="14">
         <v>77.459830448766624</v>
       </c>
       <c r="E28" s="14">
         <v>86.57</v>
       </c>
       <c r="F28" s="14">
         <v>90.51</v>
       </c>
       <c r="G28" s="14">
         <v>98.87</v>
       </c>
       <c r="H28" s="14">
         <v>91.85</v>
       </c>
       <c r="I28" s="14">
         <v>89.78</v>
       </c>
-    </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J28" s="14">
+        <v>102.76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A29" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="14">
         <v>64.959999999999994</v>
       </c>
       <c r="C29" s="14">
         <v>56.773066805660505</v>
       </c>
       <c r="D29" s="14">
         <v>56.706744967485342</v>
       </c>
       <c r="E29" s="14">
         <v>55.23</v>
       </c>
       <c r="F29" s="14">
         <v>63.5</v>
       </c>
       <c r="G29" s="14">
         <v>63.58</v>
       </c>
       <c r="H29" s="14">
         <v>59</v>
       </c>
       <c r="I29" s="14">
         <v>50.15</v>
       </c>
-    </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J29" s="14">
+        <v>45.32</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A30" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="14">
         <v>69.31</v>
       </c>
       <c r="C30" s="14">
         <v>76.740560882323962</v>
       </c>
       <c r="D30" s="14">
         <v>80.859513718082113</v>
       </c>
       <c r="E30" s="14">
         <v>82.69</v>
       </c>
       <c r="F30" s="14">
         <v>79.900000000000006</v>
       </c>
       <c r="G30" s="14">
         <v>80.77</v>
       </c>
       <c r="H30" s="14">
         <v>84.04</v>
       </c>
       <c r="I30" s="14">
         <v>80.52</v>
       </c>
-    </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J30" s="14">
+        <v>78.25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A31" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="14">
         <v>72.88</v>
       </c>
       <c r="C31" s="14">
         <v>73.097035116357091</v>
       </c>
       <c r="D31" s="14">
         <v>72.441100559618832</v>
       </c>
       <c r="E31" s="14">
         <v>59.89</v>
       </c>
       <c r="F31" s="14">
         <v>56.71</v>
       </c>
       <c r="G31" s="14">
         <v>56.62</v>
       </c>
       <c r="H31" s="14">
         <v>59.1</v>
       </c>
       <c r="I31" s="14">
         <v>60.68</v>
       </c>
-    </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.15">
+      <c r="J31" s="14">
+        <v>63.35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.15">
       <c r="A32" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="14">
         <v>90.92</v>
       </c>
       <c r="C32" s="14">
         <v>92.364362309324349</v>
       </c>
       <c r="D32" s="14">
         <v>91.605195734303265</v>
       </c>
       <c r="E32" s="14">
         <v>88.03</v>
       </c>
       <c r="F32" s="14">
         <v>87.39</v>
       </c>
       <c r="G32" s="14">
         <v>89.2</v>
       </c>
       <c r="H32" s="14">
         <v>94.8</v>
       </c>
       <c r="I32" s="14">
         <v>99.8</v>
+      </c>
+      <c r="J32" s="14">
+        <v>108.06</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A33" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="14">
         <v>41.71</v>
       </c>
       <c r="C33" s="14">
         <v>44.497094249910248</v>
       </c>
       <c r="D33" s="14">
         <v>46.10784643384347</v>
       </c>
       <c r="E33" s="14">
         <v>47.14</v>
       </c>
       <c r="F33" s="14">
         <v>45.91</v>
       </c>
       <c r="G33" s="14">
         <v>45.64</v>
       </c>
       <c r="H33" s="14">
         <v>44.38</v>
       </c>
       <c r="I33" s="14">
         <v>44.16</v>
       </c>
+      <c r="J33" s="14">
+        <v>42.79</v>
+      </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A34" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="14">
         <v>75.92</v>
       </c>
       <c r="C34" s="14">
         <v>73.400070548328713</v>
       </c>
       <c r="D34" s="14">
         <v>71.34510729465012</v>
       </c>
       <c r="E34" s="14">
         <v>69.14</v>
       </c>
       <c r="F34" s="14">
         <v>68.459999999999994</v>
       </c>
       <c r="G34" s="14">
         <v>63.15</v>
       </c>
       <c r="H34" s="14">
         <v>55.63</v>
       </c>
       <c r="I34" s="14">
         <v>48.94</v>
       </c>
+      <c r="J34" s="14">
+        <v>48.27</v>
+      </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A35" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="14">
         <v>180.28</v>
       </c>
       <c r="C35" s="14">
         <v>174.04930177211887</v>
       </c>
       <c r="D35" s="14">
         <v>173.47825411366208</v>
       </c>
       <c r="E35" s="14">
         <v>172.7</v>
       </c>
       <c r="F35" s="14">
         <v>176.81</v>
       </c>
       <c r="G35" s="14">
         <v>186.72</v>
       </c>
       <c r="H35" s="14">
         <v>193.54</v>
       </c>
       <c r="I35" s="14">
         <v>194.37</v>
       </c>
+      <c r="J35" s="14">
+        <v>193.42</v>
+      </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A36" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="14">
         <v>106.08</v>
       </c>
       <c r="C36" s="14">
         <v>112.28157858211097</v>
       </c>
       <c r="D36" s="14">
         <v>140.33080950243217</v>
       </c>
       <c r="E36" s="14">
         <v>162.61000000000001</v>
       </c>
       <c r="F36" s="14">
         <v>166.3</v>
       </c>
       <c r="G36" s="14">
         <v>151.25</v>
       </c>
       <c r="H36" s="14">
         <v>135.26</v>
       </c>
       <c r="I36" s="14">
         <v>138.66999999999999</v>
       </c>
+      <c r="J36" s="14">
+        <v>134.01</v>
+      </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A37" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="14">
         <v>115.66</v>
       </c>
       <c r="C37" s="14">
         <v>110.93033818130367</v>
       </c>
       <c r="D37" s="14">
         <v>110.44179509207527</v>
       </c>
       <c r="E37" s="14">
         <v>92.31</v>
       </c>
       <c r="F37" s="14">
         <v>92.34</v>
       </c>
       <c r="G37" s="14">
         <v>107.32</v>
       </c>
       <c r="H37" s="14">
         <v>99.03</v>
       </c>
       <c r="I37" s="14">
         <v>96.22</v>
       </c>
+      <c r="J37" s="14">
+        <v>86.1</v>
+      </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A38" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="14">
         <v>56.95</v>
       </c>
       <c r="C38" s="14">
         <v>58.08133149713192</v>
       </c>
       <c r="D38" s="14">
         <v>59.057439482969436</v>
       </c>
       <c r="E38" s="14">
         <v>54.72</v>
       </c>
       <c r="F38" s="14">
         <v>52.9</v>
       </c>
       <c r="G38" s="14">
         <v>51.88</v>
       </c>
       <c r="H38" s="14">
         <v>49.15</v>
       </c>
       <c r="I38" s="14">
         <v>46.33</v>
       </c>
+      <c r="J38" s="14">
+        <v>44.16</v>
+      </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A39" s="10" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="14">
         <v>89.83</v>
       </c>
       <c r="C39" s="14">
         <v>67.950326904221157</v>
       </c>
       <c r="D39" s="14">
         <v>81.015964079697042</v>
       </c>
       <c r="E39" s="14">
         <v>103.27</v>
       </c>
       <c r="F39" s="14">
         <v>152.12</v>
       </c>
       <c r="G39" s="14">
         <v>169.95</v>
       </c>
       <c r="H39" s="14">
         <v>163.89</v>
       </c>
       <c r="I39" s="14">
         <v>136.06</v>
       </c>
+      <c r="J39" s="14">
+        <v>137.87</v>
+      </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A40" s="10" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="14">
         <v>122.66</v>
       </c>
       <c r="C40" s="14">
         <v>123.61379709631433</v>
       </c>
       <c r="D40" s="14">
         <v>128.14934247630535</v>
       </c>
       <c r="E40" s="14">
         <v>123.19</v>
       </c>
       <c r="F40" s="14">
         <v>117.28</v>
       </c>
       <c r="G40" s="14">
         <v>113.1</v>
       </c>
       <c r="H40" s="14">
         <v>111.35</v>
       </c>
       <c r="I40" s="14">
         <v>107.76</v>
       </c>
+      <c r="J40" s="14">
+        <v>105.4</v>
+      </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A41" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="14">
         <v>54.33</v>
       </c>
       <c r="C41" s="14">
         <v>53.519444507301237</v>
       </c>
       <c r="D41" s="14">
         <v>63.712310409232124</v>
       </c>
       <c r="E41" s="14">
         <v>62.85</v>
       </c>
       <c r="F41" s="14">
         <v>63.87</v>
       </c>
       <c r="G41" s="14">
         <v>54.93</v>
       </c>
       <c r="H41" s="14">
         <v>55.22</v>
       </c>
       <c r="I41" s="14">
         <v>52.7</v>
       </c>
+      <c r="J41" s="14">
+        <v>53.11</v>
+      </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A42" s="10" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="14">
         <v>74.86</v>
       </c>
       <c r="C42" s="14">
         <v>75.694273143062063</v>
       </c>
       <c r="D42" s="14">
         <v>71.829438737733994</v>
       </c>
       <c r="E42" s="14">
         <v>63.44</v>
       </c>
       <c r="F42" s="14">
         <v>59.21</v>
       </c>
       <c r="G42" s="14">
         <v>58.63</v>
       </c>
       <c r="H42" s="14">
         <v>54.94</v>
       </c>
       <c r="I42" s="14">
         <v>52.74</v>
       </c>
+      <c r="J42" s="14">
+        <v>52.2</v>
+      </c>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A43" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="14">
         <v>79.900000000000006</v>
       </c>
       <c r="C43" s="14">
         <v>79.973883248569976</v>
       </c>
       <c r="D43" s="14">
         <v>76.596324685925367</v>
       </c>
       <c r="E43" s="14">
         <v>75.459999999999994</v>
       </c>
       <c r="F43" s="14">
         <v>78.430000000000007</v>
       </c>
       <c r="G43" s="14">
         <v>78.73</v>
       </c>
       <c r="H43" s="14">
         <v>80.489999999999995</v>
       </c>
       <c r="I43" s="14">
         <v>76.95</v>
       </c>
+      <c r="J43" s="14">
+        <v>69.790000000000006</v>
+      </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A44" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="14">
         <v>231.08</v>
       </c>
       <c r="C44" s="14">
         <v>228.60223275514451</v>
       </c>
       <c r="D44" s="14">
         <v>229.53614670123952</v>
       </c>
       <c r="E44" s="14">
         <v>223.76</v>
       </c>
       <c r="F44" s="14">
         <v>250.83</v>
       </c>
       <c r="G44" s="14">
         <v>255.19</v>
       </c>
       <c r="H44" s="14">
         <v>254.3</v>
       </c>
       <c r="I44" s="14">
         <v>231.61</v>
       </c>
+      <c r="J44" s="14">
+        <v>214.4</v>
+      </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A45" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="14">
         <v>50.61</v>
       </c>
       <c r="C45" s="14">
         <v>51.010364370938611</v>
       </c>
       <c r="D45" s="14">
         <v>49.492144595491624</v>
       </c>
       <c r="E45" s="14">
         <v>48.4</v>
       </c>
       <c r="F45" s="14">
         <v>47.09</v>
       </c>
       <c r="G45" s="14">
         <v>46.71</v>
       </c>
       <c r="H45" s="14">
         <v>47.23</v>
       </c>
       <c r="I45" s="14">
         <v>47.04</v>
       </c>
+      <c r="J45" s="14">
+        <v>57.88</v>
+      </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A46" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="14">
         <v>54.26</v>
       </c>
       <c r="C46" s="14">
         <v>57.375753281197689</v>
       </c>
       <c r="D46" s="14">
         <v>58.544882504730943</v>
       </c>
       <c r="E46" s="14">
         <v>57.1</v>
       </c>
       <c r="F46" s="14">
         <v>54.98</v>
       </c>
       <c r="G46" s="14">
         <v>53.18</v>
       </c>
       <c r="H46" s="14">
         <v>53.59</v>
       </c>
       <c r="I46" s="14">
         <v>53.45</v>
       </c>
+      <c r="J46" s="14">
+        <v>52.87</v>
+      </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A47" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="15">
         <v>82.87</v>
       </c>
       <c r="C47" s="15">
         <v>87.21538829415131</v>
       </c>
       <c r="D47" s="15">
         <v>88.772169901667709</v>
       </c>
       <c r="E47" s="15">
         <v>85.62</v>
       </c>
       <c r="F47" s="15">
         <v>84.35</v>
       </c>
       <c r="G47" s="15">
         <v>84.64</v>
       </c>
       <c r="H47" s="15">
         <v>82.18</v>
       </c>
       <c r="I47" s="15">
         <v>77.040000000000006</v>
       </c>
+      <c r="J47" s="15">
+        <v>73.98</v>
+      </c>
       <c r="K47" s="5"/>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A48" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="8">
         <f t="shared" ref="B48" si="0">SUM(B3:B47)/45</f>
         <v>115.81088888888888</v>
       </c>
       <c r="C48" s="8">
         <f t="shared" ref="C48" si="1">SUM(C3:C47)/45</f>
         <v>107.99827078325434</v>
       </c>
       <c r="D48" s="8">
         <f t="shared" ref="D48" si="2">SUM(D3:D47)/45</f>
         <v>106.02980695304042</v>
       </c>
       <c r="E48" s="8">
         <f t="shared" ref="E48" si="3">SUM(E3:E47)/45</f>
         <v>107.32199999999999</v>
       </c>
       <c r="F48" s="8">
         <f t="shared" ref="F48" si="4">SUM(F3:F47)/45</f>
         <v>111.45444444444443</v>
       </c>
       <c r="G48" s="8">
         <f t="shared" ref="G48" si="5">SUM(G3:G47)/45</f>
         <v>115.07999999999998</v>
       </c>
       <c r="H48" s="8">
         <f t="shared" ref="H48" si="6">SUM(H3:H47)/45</f>
         <v>112.11177777777779</v>
       </c>
       <c r="I48" s="8">
-        <f t="shared" ref="D48:I48" si="7">SUM(I3:I47)/45</f>
+        <f t="shared" ref="I48:J48" si="7">SUM(I3:I47)/45</f>
         <v>108.40688888888886</v>
+      </c>
+      <c r="J48" s="8">
+        <f t="shared" si="7"/>
+        <v>108.5813333333333</v>
       </c>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A49" s="11" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="8">
         <f t="shared" ref="B49:H49" si="8">(SUM(B3:B47)-B23)/44</f>
         <v>115.88613636363635</v>
       </c>
       <c r="C49" s="8">
         <f t="shared" si="8"/>
         <v>107.86402082700282</v>
       </c>
       <c r="D49" s="8">
         <f t="shared" si="8"/>
         <v>105.82315462916178</v>
       </c>
       <c r="E49" s="8">
         <f t="shared" si="8"/>
         <v>107.13863636363635</v>
       </c>
       <c r="F49" s="8">
         <f t="shared" si="8"/>
         <v>111.39272727272727</v>
       </c>
       <c r="G49" s="8">
         <f t="shared" si="8"/>
         <v>115.1715909090909</v>
       </c>
       <c r="H49" s="8">
         <f t="shared" si="8"/>
         <v>112.15795454545456</v>
       </c>
       <c r="I49" s="8">
         <f>(SUM(I3:I47)-I23)/44</f>
         <v>108.3472727272727</v>
+      </c>
+      <c r="J49" s="8">
+        <f>(SUM(J3:J47)-J23)/44</f>
+        <v>108.59545454545452</v>
       </c>
       <c r="K49" s="5"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.15">
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
     </row>
     <row r="51" spans="1:11" s="5" customFormat="1" x14ac:dyDescent="0.15"/>
     <row r="52" spans="1:11" s="5" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.15">
       <c r="B53" s="6"/>
       <c r="C53" s="6"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.15">
       <c r="B54" s="5"/>
       <c r="C54" s="5"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>