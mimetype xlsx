--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -4,152 +4,138 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2935\14_SURVEILLANCE_FIN\06_Thematiques_specifiques\Site internet SAFCO\Comptes 2023 à publier\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2935\14_SURVEILLANCE_FIN\06_Thematiques_specifiques\Site internet SAFCO\Comptes 2024 à publier\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7330FF7B-E921-4605-B90C-D268A8AF1EAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="9255"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Rapport_charges" sheetId="9" r:id="rId1"/>
-[...6 lines deleted...]
-    <sheet name="Rapport_recettes-hab" sheetId="16" r:id="rId8"/>
+    <sheet name="Rapport_charges" sheetId="1" r:id="rId1"/>
+    <sheet name="Rapport_charges-hab" sheetId="2" r:id="rId2"/>
+    <sheet name="Rapport_revenus" sheetId="3" r:id="rId3"/>
+    <sheet name="Rapport_revenus-hab" sheetId="4" r:id="rId4"/>
+    <sheet name="Rapport_depenses" sheetId="5" r:id="rId5"/>
+    <sheet name="Rapport_depenses-hab" sheetId="6" r:id="rId6"/>
+    <sheet name="Rapport_recettes" sheetId="7" r:id="rId7"/>
+    <sheet name="Rapport_recettes-hab" sheetId="8" r:id="rId8"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <webPublishing codePage="1252"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="526" uniqueCount="115">
   <si>
     <r>
-      <t xml:space="preserve">Récapitulation par nature, année </t>
-[...1 lines deleted...]
-    <r>
       <rPr>
+        <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>2023</t>
-[...8 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>2024</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Charges de </t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...7 lines deleted...]
-      <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>résultats</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...7 lines deleted...]
-      <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>(arrondi en franc)</t>
   </si>
   <si>
     <t>Communes</t>
   </si>
   <si>
     <t>Nombre d'habitants</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
@@ -296,200 +282,264 @@
   <si>
     <t>Thônex</t>
   </si>
   <si>
     <t>Troinex</t>
   </si>
   <si>
     <t>Vandoeuvres</t>
   </si>
   <si>
     <t>Vernier</t>
   </si>
   <si>
     <t>Versoix</t>
   </si>
   <si>
     <t>Veyrier</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Total sans Genève</t>
   </si>
   <si>
-    <t>(par habitant)</t>
-[...4 lines deleted...]
-    </r>
     <r>
       <rPr>
+        <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>2023</t>
-[...8 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>2024</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (Charges de </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>résultats</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>(par habitant)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Revenus de </t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...7 lines deleted...]
-      <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>résultats</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...7 lines deleted...]
-      <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>Total 40</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Récapitulation par nature, année </t>
-[...1 lines deleted...]
-    <r>
       <rPr>
+        <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>2023</t>
-[...8 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>2024</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (Revenus de </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>résultats</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Dépenses d'investissement)</t>
     </r>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
@@ -502,85 +552,106 @@
     <t>Total 50</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Récapitulation par nature, année </t>
-[...1 lines deleted...]
-    <r>
       <rPr>
+        <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>2023</t>
-[...8 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>2024</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (Dépenses d'investissement)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Recettes d'investissement)</t>
     </r>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
@@ -601,22691 +672,30437 @@
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>Total 662-669</t>
   </si>
   <si>
     <t>Total 66</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>47</t>
-[...2 lines deleted...]
-    <t>48</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Récapitulation par nature, année </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (Recettes d'investissement)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="#,##0.00;\-#,##0.00;&quot;0.00&quot;"/>
+    <numFmt numFmtId="164" formatCode="#,##0;\-#,##0;\0"/>
+    <numFmt numFmtId="165" formatCode="#,##0.00;\-#,##0.00;\0\.\0\0"/>
+    <numFmt numFmtId="167" formatCode="#,##0.00000000000000_ ;\-#,##0.00000000000000\ "/>
   </numFmts>
-  <fonts count="25">
-[...3 lines deleted...]
-    </font>
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...91 lines deleted...]
-      <name val="Arial"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...28 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
-    <font>
-[...3 lines deleted...]
-    </font>
   </fonts>
-  <fills count="35">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC6EFCE"/>
-[...171 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFBFD2E2"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="44">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="thick">
-        <color theme="4"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...2 lines deleted...]
-        <color theme="4" tint="0.499984740745262"/>
+      <right style="medium">
+        <color rgb="FFCFCFCF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFCFCFCF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFCFCFCF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCFCFCF"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFCFCFCF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFCFCFCF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFCFCFCF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF93B1CD"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF93B1CD"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF93B1CD"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-      <top/>
+      <right style="medium">
+        <color rgb="FF93B1CD"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF93B1CD"/>
+      </top>
       <bottom style="medium">
-        <color theme="4" tint="0.39997558519241921"/>
-[...29 lines deleted...]
-        <color rgb="FF3F3F3F"/>
+        <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...2 lines deleted...]
-        <color rgb="FFFF8001"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF93B1CD"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-        <color rgb="FF3F3F3F"/>
+      <left style="medium">
+        <color rgb="FF93B1CD"/>
       </left>
-      <right style="double">
-        <color rgb="FF3F3F3F"/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
-      <top style="double">
-        <color rgb="FF3F3F3F"/>
+      <top style="medium">
+        <color rgb="FF93B1CD"/>
       </top>
-      <bottom style="double">
-[...15 lines deleted...]
-        <color rgb="FFB2B2B2"/>
+      <bottom style="medium">
+        <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...21 lines deleted...]
-      <right style="thin">
+      <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
-      <right style="thin">
-        <color indexed="64"/>
+      <right style="medium">
+        <color rgb="FF93B1CD"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color rgb="FFCCCCCC"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color rgb="FFCCCCCC"/>
       </right>
-      <top style="thin">
-[...17 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-        <color rgb="FFCFCFCF"/>
+      <right style="medium">
+        <color rgb="FFCCCCCC"/>
       </right>
       <top/>
-      <bottom style="thin">
-        <color rgb="FFCFCFCF"/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...3 lines deleted...]
-        <color rgb="FF93B1CD"/>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
-      <right style="thin">
-        <color indexed="64"/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...10 lines deleted...]
-      <bottom style="thin">
+      <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-        <color rgb="FF93B1CD"/>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
       </right>
-      <top style="thin">
-[...3 lines deleted...]
-        <color rgb="FF93B1CD"/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color rgb="FF93B1CD"/>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
       </left>
-      <right/>
-[...4 lines deleted...]
-        <color rgb="FF93B1CD"/>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-        <color rgb="FF93B1CD"/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
-      <top style="thin">
-[...98 lines deleted...]
-        <color rgb="FF93B1CD"/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
-[...14 lines deleted...]
-        <color rgb="FF93B1CD"/>
+        <color rgb="FFA2C4E0"/>
       </left>
       <right style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-[...16 lines deleted...]
-      </top>
+      <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...49 lines deleted...]
-      <left style="thin">
         <color rgb="FFA2C4E0"/>
-      </left>
-[...119 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="43">
-[...1 lines deleted...]
-      <alignment vertical="top"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="46">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...44 lines deleted...]
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="34" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="22" fillId="34" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="22" fillId="34" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="43">
-[...30 lines deleted...]
-    <cellStyle name="Neutre" xfId="8" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
-[...9 lines deleted...]
-    <cellStyle name="Vérification" xfId="13" builtinId="23" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="40000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="65000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="85000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="95000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="34925" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" algn="tl" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="64000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="39000" dist="25400" dir="5400000">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="39000" dist="25400" dir="5400000">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront" fov="0">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d prstMaterial="matte">
+            <a:bevelT h="22225"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:shade val="50000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:shade val="75000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:tint val="80000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A2:Y50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="9" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="12" max="15" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="19" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="21" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="23" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="24" max="25" width="8.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="26.25" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="26" t="s">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="27"/>
-[...12 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="E2" s="30" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="G2" s="31" t="s">
+      <c r="K3" s="35"/>
+      <c r="L3" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="M3" s="37"/>
+      <c r="N3" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="K2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="L2" s="31" t="s">
+      <c r="U3" s="35"/>
+      <c r="V3" s="36" t="s">
         <v>13</v>
       </c>
-      <c r="M2" s="32" t="s">
+      <c r="W3" s="37"/>
+      <c r="X3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="Y3" s="39"/>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...37 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="21">
+        <v>1004421.65</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="21">
+        <v>1674531.76</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="21">
+        <v>600476.64</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="21">
+        <v>0</v>
+      </c>
+      <c r="K4" s="22"/>
+      <c r="L4" s="23">
+        <v>600476.64</v>
+      </c>
+      <c r="M4" s="24"/>
+      <c r="N4" s="21">
+        <v>80325</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="21">
+        <v>2239323.6800000002</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="21">
+        <v>0</v>
+      </c>
+      <c r="U4" s="22"/>
+      <c r="V4" s="23">
+        <v>309314</v>
+      </c>
+      <c r="W4" s="24"/>
+      <c r="X4" s="18">
+        <v>5908392.7300000004</v>
+      </c>
+      <c r="Y4" s="19"/>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...37 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="21">
+        <v>3072831.99</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="21">
+        <v>2247233.58</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="21">
+        <v>2524127</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="21">
+        <v>0</v>
+      </c>
+      <c r="K5" s="22"/>
+      <c r="L5" s="23">
+        <v>2524127</v>
+      </c>
+      <c r="M5" s="24"/>
+      <c r="N5" s="21">
+        <v>2796936.56</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="21">
+        <v>10863673.619999999</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="21">
+        <v>0</v>
+      </c>
+      <c r="U5" s="22"/>
+      <c r="V5" s="23">
+        <v>3893099.56</v>
+      </c>
+      <c r="W5" s="24"/>
+      <c r="X5" s="18">
+        <v>25397902.309999999</v>
+      </c>
+      <c r="Y5" s="19"/>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...37 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="21">
+        <v>1468260.1</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="21">
+        <v>1879548.97</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="21">
+        <v>81831.63</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="21">
+        <v>0</v>
+      </c>
+      <c r="K6" s="22"/>
+      <c r="L6" s="23">
+        <v>81831.63</v>
+      </c>
+      <c r="M6" s="24"/>
+      <c r="N6" s="21">
+        <v>596003.68000000005</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="21">
+        <v>1571810.55</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="21">
+        <v>0</v>
+      </c>
+      <c r="U6" s="22"/>
+      <c r="V6" s="23">
+        <v>51620</v>
+      </c>
+      <c r="W6" s="24"/>
+      <c r="X6" s="18">
+        <v>5649074.9299999997</v>
+      </c>
+      <c r="Y6" s="19"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="4">
-[...8 lines deleted...]
-      <c r="F6" s="4">
+      <c r="D7" s="21">
+        <v>1243959.75</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="21">
+        <v>1747555.91</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="21">
+        <v>771620.83</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="21">
         <v>25237.95</v>
       </c>
-      <c r="G6" s="5">
-[...22 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="K7" s="22"/>
+      <c r="L7" s="23">
+        <v>796858.78</v>
+      </c>
+      <c r="M7" s="24"/>
+      <c r="N7" s="21">
+        <v>427307.05</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="21">
+        <v>1007259.8</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="21">
+        <v>0</v>
+      </c>
+      <c r="U7" s="22"/>
+      <c r="V7" s="23">
+        <v>400000</v>
+      </c>
+      <c r="W7" s="24"/>
+      <c r="X7" s="18">
+        <v>5622941.29</v>
+      </c>
+      <c r="Y7" s="19"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...37 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="21">
+        <v>1464693.2</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="21">
+        <v>2481382.77</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="21">
+        <v>573987.75</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="21">
+        <v>24657.77</v>
+      </c>
+      <c r="K8" s="22"/>
+      <c r="L8" s="23">
+        <v>598645.52</v>
+      </c>
+      <c r="M8" s="24"/>
+      <c r="N8" s="21">
+        <v>237923.75</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="21">
+        <v>2786857.13</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="21">
+        <v>0</v>
+      </c>
+      <c r="U8" s="22"/>
+      <c r="V8" s="23">
+        <v>1408778.56</v>
+      </c>
+      <c r="W8" s="24"/>
+      <c r="X8" s="18">
+        <v>8978280.9299999997</v>
+      </c>
+      <c r="Y8" s="19"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...37 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="21">
+        <v>3416496.1</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="21">
+        <v>3693876.8</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="21">
+        <v>2177879.9</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="21">
+        <v>0</v>
+      </c>
+      <c r="K9" s="22"/>
+      <c r="L9" s="23">
+        <v>2177879.9</v>
+      </c>
+      <c r="M9" s="24"/>
+      <c r="N9" s="21">
+        <v>291875.5</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="21">
+        <v>5585272.71</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="21">
+        <v>15374.8</v>
+      </c>
+      <c r="U9" s="22"/>
+      <c r="V9" s="23">
+        <v>4191834.56</v>
+      </c>
+      <c r="W9" s="24"/>
+      <c r="X9" s="18">
+        <v>19372610.370000001</v>
+      </c>
+      <c r="Y9" s="19"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...37 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="21">
+        <v>21714190.469999999</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="21">
+        <v>7819125.75</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="21">
+        <v>3837560.48</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="21">
+        <v>60330.7</v>
+      </c>
+      <c r="K10" s="22"/>
+      <c r="L10" s="23">
+        <v>3897891.18</v>
+      </c>
+      <c r="M10" s="24"/>
+      <c r="N10" s="21">
+        <v>451457.82</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="21">
+        <v>8320887.8499999996</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="21">
+        <v>0</v>
+      </c>
+      <c r="U10" s="22"/>
+      <c r="V10" s="23">
+        <v>1509281.93</v>
+      </c>
+      <c r="W10" s="24"/>
+      <c r="X10" s="18">
+        <v>43712835</v>
+      </c>
+      <c r="Y10" s="19"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...37 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="21">
+        <v>45983979.770000003</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="21">
+        <v>33442735.699999999</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="21">
+        <v>9036786.7400000002</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="21">
+        <v>238486.41</v>
+      </c>
+      <c r="K11" s="22"/>
+      <c r="L11" s="23">
+        <v>9275273.1500000004</v>
+      </c>
+      <c r="M11" s="24"/>
+      <c r="N11" s="21">
+        <v>1195012.44</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="21">
+        <v>77318.87</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="21">
+        <v>48402196.109999999</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="21">
+        <v>64901.75</v>
+      </c>
+      <c r="U11" s="22"/>
+      <c r="V11" s="23">
+        <v>22973435.77</v>
+      </c>
+      <c r="W11" s="24"/>
+      <c r="X11" s="18">
+        <v>161414853.56</v>
+      </c>
+      <c r="Y11" s="19"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...37 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="21">
+        <v>978477.5</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="21">
+        <v>1395283.26</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="21">
+        <v>315474.71999999997</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="21">
+        <v>0</v>
+      </c>
+      <c r="K12" s="22"/>
+      <c r="L12" s="23">
+        <v>315474.71999999997</v>
+      </c>
+      <c r="M12" s="24"/>
+      <c r="N12" s="21">
+        <v>246909.76</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="21">
+        <v>35.58</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="21">
+        <v>959917.03</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="21">
+        <v>0</v>
+      </c>
+      <c r="U12" s="22"/>
+      <c r="V12" s="23">
+        <v>0</v>
+      </c>
+      <c r="W12" s="24"/>
+      <c r="X12" s="18">
+        <v>3896097.85</v>
+      </c>
+      <c r="Y12" s="19"/>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...37 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="21">
+        <v>792517.37</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="21">
+        <v>1382385.23</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="21">
+        <v>233626.45</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="21">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22"/>
+      <c r="L13" s="23">
+        <v>233626.45</v>
+      </c>
+      <c r="M13" s="24"/>
+      <c r="N13" s="21">
+        <v>829880</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="21">
+        <v>60</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="21">
+        <v>941999.83</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="21">
+        <v>0</v>
+      </c>
+      <c r="U13" s="22"/>
+      <c r="V13" s="23">
+        <v>690280.82</v>
+      </c>
+      <c r="W13" s="24"/>
+      <c r="X13" s="18">
+        <v>4870749.7</v>
+      </c>
+      <c r="Y13" s="19"/>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...37 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="21">
+        <v>885624.95</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="21">
+        <v>1760129.47</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="21">
+        <v>746117.99</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="21">
+        <v>0</v>
+      </c>
+      <c r="K14" s="22"/>
+      <c r="L14" s="23">
+        <v>746117.99</v>
+      </c>
+      <c r="M14" s="24"/>
+      <c r="N14" s="21">
+        <v>767204.08</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="21">
+        <v>1307600.3400000001</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="21">
+        <v>0</v>
+      </c>
+      <c r="U14" s="22"/>
+      <c r="V14" s="23">
+        <v>0</v>
+      </c>
+      <c r="W14" s="24"/>
+      <c r="X14" s="18">
+        <v>5466676.8300000001</v>
+      </c>
+      <c r="Y14" s="19"/>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...37 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="21">
+        <v>13185396.77</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="21">
+        <v>10392731</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="21">
+        <v>5447925.21</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="21">
+        <v>161835.62</v>
+      </c>
+      <c r="K15" s="22"/>
+      <c r="L15" s="23">
+        <v>5609760.8300000001</v>
+      </c>
+      <c r="M15" s="24"/>
+      <c r="N15" s="21">
+        <v>1595413.33</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="21">
+        <v>41819760.450000003</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="21">
+        <v>0</v>
+      </c>
+      <c r="U15" s="22"/>
+      <c r="V15" s="23">
+        <v>897866.66</v>
+      </c>
+      <c r="W15" s="24"/>
+      <c r="X15" s="18">
+        <v>73500929.040000007</v>
+      </c>
+      <c r="Y15" s="19"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...37 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="21">
+        <v>7184874.2000000002</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="21">
+        <v>7407582.4699999997</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="21">
+        <v>1417497</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="21">
+        <v>0</v>
+      </c>
+      <c r="K16" s="22"/>
+      <c r="L16" s="23">
+        <v>1417497</v>
+      </c>
+      <c r="M16" s="24"/>
+      <c r="N16" s="21">
+        <v>239945.96</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="21">
+        <v>12318286.560000001</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="21">
+        <v>0</v>
+      </c>
+      <c r="U16" s="22"/>
+      <c r="V16" s="23">
+        <v>3502623.96</v>
+      </c>
+      <c r="W16" s="24"/>
+      <c r="X16" s="18">
+        <v>32070810.149999999</v>
+      </c>
+      <c r="Y16" s="19"/>
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...37 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="21">
+        <v>1393193.65</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="21">
+        <v>1519406.21</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="21">
+        <v>158128.43</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="21">
+        <v>0</v>
+      </c>
+      <c r="K17" s="22"/>
+      <c r="L17" s="23">
+        <v>158128.43</v>
+      </c>
+      <c r="M17" s="24"/>
+      <c r="N17" s="21">
+        <v>128928.87</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="21">
+        <v>1940559.82</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="21">
+        <v>0</v>
+      </c>
+      <c r="U17" s="22"/>
+      <c r="V17" s="23">
+        <v>867692.17</v>
+      </c>
+      <c r="W17" s="24"/>
+      <c r="X17" s="18">
+        <v>6007909.1500000004</v>
+      </c>
+      <c r="Y17" s="19"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...29 lines deleted...]
-      <c r="L17" s="5">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="21">
+        <v>1523338.45</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="21">
+        <v>1329720.1100000001</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="21">
+        <v>385598.93</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="21">
+        <v>0</v>
+      </c>
+      <c r="K18" s="22"/>
+      <c r="L18" s="23">
+        <v>385598.93</v>
+      </c>
+      <c r="M18" s="24"/>
+      <c r="N18" s="21">
+        <v>77474.64</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="21">
+        <v>1365980.28</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="21">
+        <v>0</v>
+      </c>
+      <c r="U18" s="22"/>
+      <c r="V18" s="23">
         <v>500000</v>
       </c>
-      <c r="M17" s="41">
-[...4 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="W18" s="24"/>
+      <c r="X18" s="18">
+        <v>5182112.41</v>
+      </c>
+      <c r="Y18" s="19"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...37 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="21">
+        <v>10023719.15</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="21">
+        <v>9440625.4399999995</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="21">
+        <v>1102605</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="21">
+        <v>0</v>
+      </c>
+      <c r="K19" s="22"/>
+      <c r="L19" s="23">
+        <v>1102605</v>
+      </c>
+      <c r="M19" s="24"/>
+      <c r="N19" s="21">
+        <v>1513459.8</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="21">
+        <v>251.25</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="21">
+        <v>17514495.66</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="21">
+        <v>0</v>
+      </c>
+      <c r="U19" s="22"/>
+      <c r="V19" s="23">
+        <v>1660435.6</v>
+      </c>
+      <c r="W19" s="24"/>
+      <c r="X19" s="18">
+        <v>41255591.899999999</v>
+      </c>
+      <c r="Y19" s="19"/>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...26 lines deleted...]
-      <c r="K19" s="4">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="21">
+        <v>6081567.1299999999</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="21">
+        <v>11846151.16</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="21">
+        <v>1832068.31</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="21">
+        <v>0</v>
+      </c>
+      <c r="K20" s="22"/>
+      <c r="L20" s="23">
+        <v>1832068.31</v>
+      </c>
+      <c r="M20" s="24"/>
+      <c r="N20" s="21">
+        <v>3354079.9</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="21">
+        <v>29232862.510000002</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="21">
         <v>40000</v>
       </c>
-      <c r="L19" s="5">
-[...7 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="U20" s="22"/>
+      <c r="V20" s="23">
+        <v>0</v>
+      </c>
+      <c r="W20" s="24"/>
+      <c r="X20" s="18">
+        <v>52386729.009999998</v>
+      </c>
+      <c r="Y20" s="19"/>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...37 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="21">
+        <v>4848036.99</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="21">
+        <v>3729136.05</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="21">
+        <v>1487909.16</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="21">
+        <v>66570.61</v>
+      </c>
+      <c r="K21" s="22"/>
+      <c r="L21" s="23">
+        <v>1554479.77</v>
+      </c>
+      <c r="M21" s="24"/>
+      <c r="N21" s="21">
+        <v>106028.09</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="21">
+        <v>6095045.3899999997</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="21">
+        <v>0</v>
+      </c>
+      <c r="U21" s="22"/>
+      <c r="V21" s="23">
+        <v>1388401.6</v>
+      </c>
+      <c r="W21" s="24"/>
+      <c r="X21" s="18">
+        <v>17721127.890000001</v>
+      </c>
+      <c r="Y21" s="19"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...11 lines deleted...]
-      <c r="F21" s="4">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="21">
+        <v>2952456.51</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="21">
+        <v>817326.85</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="21">
+        <v>990932.24</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="21">
         <v>61332</v>
       </c>
-      <c r="G21" s="5">
-[...22 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="K22" s="22"/>
+      <c r="L22" s="23">
+        <v>1052264.24</v>
+      </c>
+      <c r="M22" s="24"/>
+      <c r="N22" s="21">
+        <v>887438.87</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="21">
+        <v>24193504.91</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="21">
+        <v>0</v>
+      </c>
+      <c r="U22" s="22"/>
+      <c r="V22" s="23">
+        <v>5078686.47</v>
+      </c>
+      <c r="W22" s="24"/>
+      <c r="X22" s="18">
+        <v>34981677.850000001</v>
+      </c>
+      <c r="Y22" s="19"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...37 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="21">
+        <v>1227320.25</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="21">
+        <v>1861692.46</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="21">
+        <v>715604</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="21">
+        <v>0</v>
+      </c>
+      <c r="K23" s="22"/>
+      <c r="L23" s="23">
+        <v>715604</v>
+      </c>
+      <c r="M23" s="24"/>
+      <c r="N23" s="21">
+        <v>924950.21</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="21">
+        <v>1965048.51</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="21">
+        <v>0</v>
+      </c>
+      <c r="U23" s="22"/>
+      <c r="V23" s="23">
+        <v>226115.45</v>
+      </c>
+      <c r="W23" s="24"/>
+      <c r="X23" s="18">
+        <v>6920730.8799999999</v>
+      </c>
+      <c r="Y23" s="19"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...37 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="21">
+        <v>509560603.17000002</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="21">
+        <v>229902398.34</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="21">
+        <v>89138698.599999994</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="21">
+        <v>3011705.31</v>
+      </c>
+      <c r="K24" s="22"/>
+      <c r="L24" s="23">
+        <v>92150403.909999996</v>
+      </c>
+      <c r="M24" s="24"/>
+      <c r="N24" s="21">
+        <v>97868398.939999998</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="21">
+        <v>5337505.9400000004</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="21">
+        <v>450127507.44999999</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="21">
+        <v>2844292.2</v>
+      </c>
+      <c r="U24" s="22"/>
+      <c r="V24" s="23">
+        <v>0</v>
+      </c>
+      <c r="W24" s="24"/>
+      <c r="X24" s="18">
+        <v>1387791109.95</v>
+      </c>
+      <c r="Y24" s="19"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...37 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="21">
+        <v>2141270.5499999998</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="21">
+        <v>4363829.66</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="21">
+        <v>1542228.36</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="21">
+        <v>177155.15</v>
+      </c>
+      <c r="K25" s="22"/>
+      <c r="L25" s="23">
+        <v>1719383.51</v>
+      </c>
+      <c r="M25" s="24"/>
+      <c r="N25" s="21">
+        <v>680984.96</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="21">
+        <v>8632431.3800000008</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="21">
+        <v>0</v>
+      </c>
+      <c r="U25" s="22"/>
+      <c r="V25" s="23">
+        <v>1700000</v>
+      </c>
+      <c r="W25" s="24"/>
+      <c r="X25" s="18">
+        <v>19237900.059999999</v>
+      </c>
+      <c r="Y25" s="19"/>
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...37 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="21">
+        <v>13669379.859999999</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="21">
+        <v>11761996.960000001</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="21">
+        <v>4703315.67</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="21">
+        <v>0</v>
+      </c>
+      <c r="K26" s="22"/>
+      <c r="L26" s="23">
+        <v>4703315.67</v>
+      </c>
+      <c r="M26" s="24"/>
+      <c r="N26" s="21">
+        <v>1140356.6200000001</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="21">
+        <v>15687423.25</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="21">
+        <v>0</v>
+      </c>
+      <c r="U26" s="22"/>
+      <c r="V26" s="23">
+        <v>3000000</v>
+      </c>
+      <c r="W26" s="24"/>
+      <c r="X26" s="18">
+        <v>49962472.359999999</v>
+      </c>
+      <c r="Y26" s="19"/>
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...37 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="21">
+        <v>621848.44999999995</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="21">
+        <v>876107.6</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="21">
+        <v>102234.89</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="21">
+        <v>0</v>
+      </c>
+      <c r="K27" s="22"/>
+      <c r="L27" s="23">
+        <v>102234.89</v>
+      </c>
+      <c r="M27" s="24"/>
+      <c r="N27" s="21">
+        <v>613713.36</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="21">
+        <v>509654.78</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="21">
+        <v>0</v>
+      </c>
+      <c r="U27" s="22"/>
+      <c r="V27" s="23">
+        <v>236711.67999999999</v>
+      </c>
+      <c r="W27" s="24"/>
+      <c r="X27" s="18">
+        <v>2960270.76</v>
+      </c>
+      <c r="Y27" s="19"/>
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...8 lines deleted...]
-      <c r="E27" s="4">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="21">
+        <v>1305482.75</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="21">
+        <v>1481152.78</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="21">
         <v>407695.13</v>
       </c>
-      <c r="F27" s="4">
-[...2 lines deleted...]
-      <c r="G27" s="5">
+      <c r="I28" s="22"/>
+      <c r="J28" s="21">
+        <v>0</v>
+      </c>
+      <c r="K28" s="22"/>
+      <c r="L28" s="23">
         <v>407695.13</v>
       </c>
-      <c r="H27" s="4">
-[...19 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="M28" s="24"/>
+      <c r="N28" s="21">
+        <v>412408.08</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="22"/>
+      <c r="R28" s="21">
+        <v>1359690.95</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="21">
+        <v>0</v>
+      </c>
+      <c r="U28" s="22"/>
+      <c r="V28" s="23">
+        <v>291224.95</v>
+      </c>
+      <c r="W28" s="24"/>
+      <c r="X28" s="18">
+        <v>5257654.6399999997</v>
+      </c>
+      <c r="Y28" s="19"/>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...8 lines deleted...]
-      <c r="E28" s="4">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="21">
+        <v>1882006.05</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="21">
+        <v>2850148.92</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="21">
         <v>268619.06</v>
       </c>
-      <c r="F28" s="4">
-[...2 lines deleted...]
-      <c r="G28" s="5">
+      <c r="I29" s="22"/>
+      <c r="J29" s="21">
+        <v>0</v>
+      </c>
+      <c r="K29" s="22"/>
+      <c r="L29" s="23">
         <v>268619.06</v>
       </c>
-      <c r="H28" s="4">
-[...19 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="M29" s="24"/>
+      <c r="N29" s="21">
+        <v>147019.95000000001</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="21">
+        <v>3126033.06</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="21">
+        <v>0</v>
+      </c>
+      <c r="U29" s="22"/>
+      <c r="V29" s="23">
+        <v>2066807.11</v>
+      </c>
+      <c r="W29" s="24"/>
+      <c r="X29" s="18">
+        <v>10340634.15</v>
+      </c>
+      <c r="Y29" s="19"/>
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...37 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="21">
+        <v>511941.9</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="21">
+        <v>754603.1</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="21">
+        <v>209037.98</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="21">
+        <v>0</v>
+      </c>
+      <c r="K30" s="22"/>
+      <c r="L30" s="23">
+        <v>209037.98</v>
+      </c>
+      <c r="M30" s="24"/>
+      <c r="N30" s="21">
+        <v>228596.25</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="21">
+        <v>495469.05</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="21">
+        <v>7059</v>
+      </c>
+      <c r="U30" s="22"/>
+      <c r="V30" s="23">
+        <v>437513.59</v>
+      </c>
+      <c r="W30" s="24"/>
+      <c r="X30" s="18">
+        <v>2644220.87</v>
+      </c>
+      <c r="Y30" s="19"/>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...37 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="21">
+        <v>74911169.069999993</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="21">
+        <v>38986197.700000003</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="21">
+        <v>15490440.439999999</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="21">
+        <v>7000</v>
+      </c>
+      <c r="K31" s="22"/>
+      <c r="L31" s="23">
+        <v>15497440.439999999</v>
+      </c>
+      <c r="M31" s="24"/>
+      <c r="N31" s="21">
+        <v>6414446.46</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="21">
+        <v>45635294.200000003</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="21">
+        <v>0</v>
+      </c>
+      <c r="U31" s="22"/>
+      <c r="V31" s="23">
+        <v>18215804.379999999</v>
+      </c>
+      <c r="W31" s="24"/>
+      <c r="X31" s="18">
+        <v>199660352.25</v>
+      </c>
+      <c r="Y31" s="19"/>
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...37 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="21">
+        <v>1844567.86</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="21">
+        <v>2439435.35</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="21">
+        <v>840641.96</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="21">
+        <v>0</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="23">
+        <v>840641.96</v>
+      </c>
+      <c r="M32" s="24"/>
+      <c r="N32" s="21">
+        <v>144930.35</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="21">
+        <v>233.86</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="21">
+        <v>3500578.23</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="21">
+        <v>0</v>
+      </c>
+      <c r="U32" s="22"/>
+      <c r="V32" s="23">
+        <v>1426064.36</v>
+      </c>
+      <c r="W32" s="24"/>
+      <c r="X32" s="18">
+        <v>10196451.970000001</v>
+      </c>
+      <c r="Y32" s="19"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...37 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="21">
+        <v>76883363.980000004</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="21">
+        <v>30970939.510000002</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="21">
+        <v>14379140.67</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="21">
+        <v>125304.36</v>
+      </c>
+      <c r="K33" s="22"/>
+      <c r="L33" s="23">
+        <v>14504445.029999999</v>
+      </c>
+      <c r="M33" s="24"/>
+      <c r="N33" s="21">
+        <v>904719.74</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="21">
+        <v>40182786.780000001</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="21">
+        <v>0</v>
+      </c>
+      <c r="U33" s="22"/>
+      <c r="V33" s="23">
+        <v>0</v>
+      </c>
+      <c r="W33" s="24"/>
+      <c r="X33" s="18">
+        <v>163446255.03999999</v>
+      </c>
+      <c r="Y33" s="19"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...37 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="21">
+        <v>23867037.77</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="21">
+        <v>11753150.42</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="21">
+        <v>2505264.39</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="21">
+        <v>228105.15</v>
+      </c>
+      <c r="K34" s="22"/>
+      <c r="L34" s="23">
+        <v>2733369.54</v>
+      </c>
+      <c r="M34" s="24"/>
+      <c r="N34" s="21">
+        <v>733885.92</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="21">
+        <v>21781478.329999998</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="21">
+        <v>0</v>
+      </c>
+      <c r="U34" s="22"/>
+      <c r="V34" s="23">
+        <v>9118470.5</v>
+      </c>
+      <c r="W34" s="24"/>
+      <c r="X34" s="18">
+        <v>69987392.480000004</v>
+      </c>
+      <c r="Y34" s="19"/>
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...37 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="21">
+        <v>2838589.34</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="21">
+        <v>4061751.61</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="21">
+        <v>1404605.9</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="21">
+        <v>14254</v>
+      </c>
+      <c r="K35" s="22"/>
+      <c r="L35" s="23">
+        <v>1418859.9</v>
+      </c>
+      <c r="M35" s="24"/>
+      <c r="N35" s="21">
+        <v>377793.12</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="21">
+        <v>2741217.78</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="21">
+        <v>0</v>
+      </c>
+      <c r="U35" s="22"/>
+      <c r="V35" s="23">
+        <v>1000000</v>
+      </c>
+      <c r="W35" s="24"/>
+      <c r="X35" s="18">
+        <v>12438211.75</v>
+      </c>
+      <c r="Y35" s="19"/>
+    </row>
+    <row r="36" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...37 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="21">
+        <v>28006693.16</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="21">
+        <v>16165761.640000001</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="21">
+        <v>9075989.6199999992</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="21">
+        <v>53017.17</v>
+      </c>
+      <c r="K36" s="22"/>
+      <c r="L36" s="23">
+        <v>9129006.7899999991</v>
+      </c>
+      <c r="M36" s="24"/>
+      <c r="N36" s="21">
+        <v>11977552.49</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="21">
+        <v>46292779.890000001</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="21">
+        <v>654550.38</v>
+      </c>
+      <c r="U36" s="22"/>
+      <c r="V36" s="23">
+        <v>1400202.31</v>
+      </c>
+      <c r="W36" s="24"/>
+      <c r="X36" s="18">
+        <v>113626546.66</v>
+      </c>
+      <c r="Y36" s="19"/>
+    </row>
+    <row r="37" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...37 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="21">
+        <v>4056459.8</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="21">
+        <v>4504066.59</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="21">
+        <v>1913084.1</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="21">
+        <v>80780</v>
+      </c>
+      <c r="K37" s="22"/>
+      <c r="L37" s="23">
+        <v>1993864.1</v>
+      </c>
+      <c r="M37" s="24"/>
+      <c r="N37" s="21">
+        <v>2491894.44</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="21">
+        <v>3995631.66</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="21">
+        <v>0</v>
+      </c>
+      <c r="U37" s="22"/>
+      <c r="V37" s="23">
+        <v>835677</v>
+      </c>
+      <c r="W37" s="24"/>
+      <c r="X37" s="18">
+        <v>17877593.59</v>
+      </c>
+      <c r="Y37" s="19"/>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...37 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="21">
+        <v>752559.4</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="21">
+        <v>1037144.97</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="21">
+        <v>311719</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="21">
+        <v>0</v>
+      </c>
+      <c r="K38" s="22"/>
+      <c r="L38" s="23">
+        <v>311719</v>
+      </c>
+      <c r="M38" s="24"/>
+      <c r="N38" s="21">
+        <v>961651.46</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="21">
+        <v>1058374.73</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="21">
+        <v>0</v>
+      </c>
+      <c r="U38" s="22"/>
+      <c r="V38" s="23">
+        <v>298653.96000000002</v>
+      </c>
+      <c r="W38" s="24"/>
+      <c r="X38" s="18">
+        <v>4420103.5199999996</v>
+      </c>
+      <c r="Y38" s="19"/>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...37 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="21">
+        <v>2592287.15</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="21">
+        <v>2693008.07</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="21">
+        <v>658616.81000000006</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="21">
+        <v>0</v>
+      </c>
+      <c r="K39" s="22"/>
+      <c r="L39" s="23">
+        <v>658616.81000000006</v>
+      </c>
+      <c r="M39" s="24"/>
+      <c r="N39" s="21">
+        <v>13770.3</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="21">
+        <v>438.29</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="21">
+        <v>3641389.28</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="21">
+        <v>0</v>
+      </c>
+      <c r="U39" s="22"/>
+      <c r="V39" s="23">
+        <v>1333583.1399999999</v>
+      </c>
+      <c r="W39" s="24"/>
+      <c r="X39" s="18">
+        <v>10933093.039999999</v>
+      </c>
+      <c r="Y39" s="19"/>
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...37 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="21">
+        <v>680047.1</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="21">
+        <v>827927.15</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="21">
+        <v>216626.01</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="21">
+        <v>0</v>
+      </c>
+      <c r="K40" s="22"/>
+      <c r="L40" s="23">
+        <v>216626.01</v>
+      </c>
+      <c r="M40" s="24"/>
+      <c r="N40" s="21">
+        <v>29508.75</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="21">
+        <v>1309396.6399999999</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="21">
+        <v>0</v>
+      </c>
+      <c r="U40" s="22"/>
+      <c r="V40" s="23">
+        <v>0</v>
+      </c>
+      <c r="W40" s="24"/>
+      <c r="X40" s="18">
+        <v>3063505.65</v>
+      </c>
+      <c r="Y40" s="19"/>
+    </row>
+    <row r="41" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...37 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="21">
+        <v>5338867.5</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="21">
+        <v>8250906.7800000003</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="21">
+        <v>3516145.07</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="21">
+        <v>0</v>
+      </c>
+      <c r="K41" s="22"/>
+      <c r="L41" s="23">
+        <v>3516145.07</v>
+      </c>
+      <c r="M41" s="24"/>
+      <c r="N41" s="21">
+        <v>1082934.6000000001</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="21">
+        <v>13601414.98</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="21">
+        <v>0</v>
+      </c>
+      <c r="U41" s="22"/>
+      <c r="V41" s="23">
+        <v>697470.43</v>
+      </c>
+      <c r="W41" s="24"/>
+      <c r="X41" s="18">
+        <v>32487739.359999999</v>
+      </c>
+      <c r="Y41" s="19"/>
+    </row>
+    <row r="42" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...37 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="21">
+        <v>686252.25</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="21">
+        <v>858765.6</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="21">
+        <v>118369.1</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="21">
+        <v>0</v>
+      </c>
+      <c r="K42" s="22"/>
+      <c r="L42" s="23">
+        <v>118369.1</v>
+      </c>
+      <c r="M42" s="24"/>
+      <c r="N42" s="21">
+        <v>318452.36</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="21">
+        <v>586131.13</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="21">
+        <v>0</v>
+      </c>
+      <c r="U42" s="22"/>
+      <c r="V42" s="23">
+        <v>26913.3</v>
+      </c>
+      <c r="W42" s="24"/>
+      <c r="X42" s="18">
+        <v>2594883.7400000002</v>
+      </c>
+      <c r="Y42" s="19"/>
+    </row>
+    <row r="43" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...37 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="21">
+        <v>14298845.390000001</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="21">
+        <v>12858543.789999999</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="21">
+        <v>8795042.4600000009</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="21">
+        <v>60710</v>
+      </c>
+      <c r="K43" s="22"/>
+      <c r="L43" s="23">
+        <v>8855752.4600000009</v>
+      </c>
+      <c r="M43" s="24"/>
+      <c r="N43" s="21">
+        <v>1806084.21</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="21">
+        <v>20802772.850000001</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="21">
+        <v>0</v>
+      </c>
+      <c r="U43" s="22"/>
+      <c r="V43" s="23">
+        <v>5707621.96</v>
+      </c>
+      <c r="W43" s="24"/>
+      <c r="X43" s="18">
+        <v>64329620.659999996</v>
+      </c>
+      <c r="Y43" s="19"/>
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...37 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="21">
+        <v>2643425.25</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="21">
+        <v>3270952.82</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="21">
+        <v>1832195.25</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="21">
+        <v>66332.899999999994</v>
+      </c>
+      <c r="K44" s="22"/>
+      <c r="L44" s="23">
+        <v>1898528.15</v>
+      </c>
+      <c r="M44" s="24"/>
+      <c r="N44" s="21">
+        <v>1909787.72</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="21">
+        <v>4237841.41</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="21">
+        <v>0</v>
+      </c>
+      <c r="U44" s="22"/>
+      <c r="V44" s="23">
+        <v>0</v>
+      </c>
+      <c r="W44" s="24"/>
+      <c r="X44" s="18">
+        <v>13960535.35</v>
+      </c>
+      <c r="Y44" s="19"/>
+    </row>
+    <row r="45" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...37 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="21">
+        <v>3065931.84</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="21">
+        <v>2099740.39</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="21">
+        <v>708407.8</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="21">
+        <v>58880.2</v>
+      </c>
+      <c r="K45" s="22"/>
+      <c r="L45" s="23">
+        <v>767288</v>
+      </c>
+      <c r="M45" s="24"/>
+      <c r="N45" s="21">
+        <v>1099832.47</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="21">
+        <v>17222.189999999999</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="21">
+        <v>5060677.63</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="21">
+        <v>0</v>
+      </c>
+      <c r="U45" s="22"/>
+      <c r="V45" s="23">
+        <v>1515493.95</v>
+      </c>
+      <c r="W45" s="24"/>
+      <c r="X45" s="18">
+        <v>13626186.470000001</v>
+      </c>
+      <c r="Y45" s="19"/>
+    </row>
+    <row r="46" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...37 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="21">
+        <v>75159606.870000005</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="21">
+        <v>36724540.850000001</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="21">
+        <v>11006986.66</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="21">
+        <v>121004.3</v>
+      </c>
+      <c r="K46" s="22"/>
+      <c r="L46" s="23">
+        <v>11127990.960000001</v>
+      </c>
+      <c r="M46" s="24"/>
+      <c r="N46" s="21">
+        <v>2374488.77</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="21">
+        <v>14061.58</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="21">
+        <v>34231715.390000001</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="21">
+        <v>557198.62</v>
+      </c>
+      <c r="U46" s="22"/>
+      <c r="V46" s="23">
+        <v>44573366.140000001</v>
+      </c>
+      <c r="W46" s="24"/>
+      <c r="X46" s="18">
+        <v>204762969.18000001</v>
+      </c>
+      <c r="Y46" s="19"/>
+    </row>
+    <row r="47" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...37 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="21">
+        <v>16080831.48</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="21">
+        <v>10949628.439999999</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="21">
+        <v>4249980.0199999996</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="21">
+        <v>39836</v>
+      </c>
+      <c r="K47" s="22"/>
+      <c r="L47" s="23">
+        <v>4289816.0199999996</v>
+      </c>
+      <c r="M47" s="24"/>
+      <c r="N47" s="21">
+        <v>788274.72</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="21">
+        <v>2362.89</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="21">
+        <v>14375660.09</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="21">
+        <v>70652.75</v>
+      </c>
+      <c r="U47" s="22"/>
+      <c r="V47" s="23">
+        <v>0</v>
+      </c>
+      <c r="W47" s="24"/>
+      <c r="X47" s="18">
+        <v>46557226.390000001</v>
+      </c>
+      <c r="Y47" s="19"/>
+    </row>
+    <row r="48" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...37 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="21">
+        <v>11872269.359999999</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="21">
+        <v>9554920.8900000006</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="21">
+        <v>3234763.55</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="21">
+        <v>1293.5</v>
+      </c>
+      <c r="K48" s="22"/>
+      <c r="L48" s="23">
+        <v>3236057.05</v>
+      </c>
+      <c r="M48" s="24"/>
+      <c r="N48" s="21">
+        <v>186868.5</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="21">
+        <v>11798008.960000001</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="21">
+        <v>0</v>
+      </c>
+      <c r="U48" s="22"/>
+      <c r="V48" s="23">
+        <v>1905244.77</v>
+      </c>
+      <c r="W48" s="24"/>
+      <c r="X48" s="18">
+        <v>38553369.530000001</v>
+      </c>
+      <c r="Y48" s="19"/>
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...37 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="18">
+        <v>1005716693.25</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="18">
+        <v>557865780.88</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="18">
+        <v>211067606.91</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="18">
+        <v>4683829.0999999996</v>
+      </c>
+      <c r="K49" s="19"/>
+      <c r="L49" s="25">
+        <v>215751436.00999999</v>
+      </c>
+      <c r="M49" s="26"/>
+      <c r="N49" s="18">
+        <v>151456909.84999999</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="18">
+        <v>5449490.4500000002</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="18">
+        <v>975203702.62</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="18">
+        <v>4254029.5</v>
+      </c>
+      <c r="U49" s="19"/>
+      <c r="V49" s="25">
+        <v>145336290.63999999</v>
+      </c>
+      <c r="W49" s="26"/>
+      <c r="X49" s="18">
+        <v>3061034333.1999998</v>
+      </c>
+      <c r="Y49" s="19"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...34 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="14">
+        <v>496156090.07999998</v>
+      </c>
+      <c r="E50" s="15"/>
+      <c r="F50" s="14">
+        <v>327963382.54000002</v>
+      </c>
+      <c r="G50" s="15"/>
+      <c r="H50" s="14">
+        <v>121928908.31</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="14">
+        <v>1672123.79</v>
+      </c>
+      <c r="K50" s="15"/>
+      <c r="L50" s="16">
+        <v>123601032.09999999</v>
+      </c>
+      <c r="M50" s="17"/>
+      <c r="N50" s="14">
+        <v>53588510.909999996</v>
+      </c>
+      <c r="O50" s="15"/>
+      <c r="P50" s="14">
+        <v>111984.51</v>
+      </c>
+      <c r="Q50" s="15"/>
+      <c r="R50" s="14">
+        <v>525076195.17000002</v>
+      </c>
+      <c r="S50" s="15"/>
+      <c r="T50" s="14">
+        <v>1409737.3</v>
+      </c>
+      <c r="U50" s="15"/>
+      <c r="V50" s="16">
+        <v>145336290.63999999</v>
+      </c>
+      <c r="W50" s="17"/>
+      <c r="X50" s="18">
+        <v>1673243223.25</v>
+      </c>
+      <c r="Y50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="578">
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="N2:Y2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A2:Y50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="13" max="13" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="13" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="23" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="24" max="25" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="26.25" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="26" t="s">
+    <row r="2" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="C1" s="27"/>
-[...12 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+    </row>
+    <row r="3" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="E2" s="30" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="G2" s="31" t="s">
+      <c r="K3" s="35"/>
+      <c r="L3" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="M3" s="37"/>
+      <c r="N3" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="K2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="L2" s="31" t="s">
+      <c r="U3" s="35"/>
+      <c r="V3" s="36" t="s">
         <v>13</v>
       </c>
-      <c r="M2" s="32" t="s">
+      <c r="W3" s="37"/>
+      <c r="X3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="Y3" s="39"/>
+    </row>
+    <row r="4" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...37 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="42">
+        <v>861.42508576329305</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="42">
+        <v>1436.13358490566</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="42">
+        <v>514.98854202401401</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="42">
+        <v>0</v>
+      </c>
+      <c r="K4" s="22"/>
+      <c r="L4" s="43">
+        <v>514.98854202401401</v>
+      </c>
+      <c r="M4" s="24"/>
+      <c r="N4" s="42">
+        <v>68.889365351628996</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="42">
+        <v>1920.51773584906</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="42">
+        <v>0</v>
+      </c>
+      <c r="U4" s="22"/>
+      <c r="V4" s="43">
+        <v>265.277873070326</v>
+      </c>
+      <c r="W4" s="24"/>
+      <c r="X4" s="40">
+        <v>5067.23218696398</v>
+      </c>
+      <c r="Y4" s="19"/>
+    </row>
+    <row r="5" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...37 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="42">
+        <v>1170.6026628571401</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="42">
+        <v>856.08898285714304</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="42">
+        <v>961.57219047619003</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="42">
+        <v>0</v>
+      </c>
+      <c r="K5" s="22"/>
+      <c r="L5" s="43">
+        <v>961.57219047619003</v>
+      </c>
+      <c r="M5" s="24"/>
+      <c r="N5" s="42">
+        <v>1065.49964190476</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="42">
+        <v>4138.5423314285699</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="42">
+        <v>0</v>
+      </c>
+      <c r="U5" s="22"/>
+      <c r="V5" s="43">
+        <v>1483.0855466666701</v>
+      </c>
+      <c r="W5" s="24"/>
+      <c r="X5" s="40">
+        <v>9675.3913561904792</v>
+      </c>
+      <c r="Y5" s="19"/>
+    </row>
+    <row r="6" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...37 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="42">
+        <v>839.00577142857196</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="42">
+        <v>1074.0279828571399</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="42">
+        <v>46.760931428570998</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="42">
+        <v>0</v>
+      </c>
+      <c r="K6" s="22"/>
+      <c r="L6" s="43">
+        <v>46.760931428570998</v>
+      </c>
+      <c r="M6" s="24"/>
+      <c r="N6" s="42">
+        <v>340.57353142857102</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="42">
+        <v>898.17745714285695</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="42">
+        <v>0</v>
+      </c>
+      <c r="U6" s="22"/>
+      <c r="V6" s="43">
+        <v>29.497142857141998</v>
+      </c>
+      <c r="W6" s="24"/>
+      <c r="X6" s="40">
+        <v>3228.0428171428598</v>
+      </c>
+      <c r="Y6" s="19"/>
+    </row>
+    <row r="7" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="17">
-[...8 lines deleted...]
-      <c r="F6" s="17">
+      <c r="D7" s="42">
+        <v>880.99132436260595</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="42">
+        <v>1237.6458286119</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="42">
+        <v>546.47367563739397</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="42">
         <v>17.873902266289001</v>
       </c>
-      <c r="G6" s="18">
-[...22 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="K7" s="22"/>
+      <c r="L7" s="43">
+        <v>564.34757790368303</v>
+      </c>
+      <c r="M7" s="24"/>
+      <c r="N7" s="42">
+        <v>302.62538951841401</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="42">
+        <v>713.35679886685602</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="42">
+        <v>0</v>
+      </c>
+      <c r="U7" s="22"/>
+      <c r="V7" s="43">
+        <v>283.28611898016999</v>
+      </c>
+      <c r="W7" s="24"/>
+      <c r="X7" s="40">
+        <v>3982.2530382436298</v>
+      </c>
+      <c r="Y7" s="19"/>
+    </row>
+    <row r="8" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...37 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="42">
+        <v>575.06603847663905</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="42">
+        <v>974.23744405182595</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="42">
+        <v>225.35836277974099</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="42">
+        <v>9.6811032587349999</v>
+      </c>
+      <c r="K8" s="22"/>
+      <c r="L8" s="43">
+        <v>235.039466038477</v>
+      </c>
+      <c r="M8" s="24"/>
+      <c r="N8" s="42">
+        <v>93.413329407145</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="42">
+        <v>1094.1724106792301</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="42">
+        <v>0</v>
+      </c>
+      <c r="U8" s="22"/>
+      <c r="V8" s="43">
+        <v>553.11290145268902</v>
+      </c>
+      <c r="W8" s="24"/>
+      <c r="X8" s="40">
+        <v>3525.0415901060101</v>
+      </c>
+      <c r="Y8" s="19"/>
+    </row>
+    <row r="9" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...37 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="42">
+        <v>832.47955653021495</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="42">
+        <v>900.067446393762</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="42">
+        <v>530.67249025341096</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="42">
+        <v>0</v>
+      </c>
+      <c r="K9" s="22"/>
+      <c r="L9" s="43">
+        <v>530.67249025341096</v>
+      </c>
+      <c r="M9" s="24"/>
+      <c r="N9" s="42">
+        <v>71.119761208577003</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="42">
+        <v>1360.9338961988301</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="42">
+        <v>3.7462962962959998</v>
+      </c>
+      <c r="U9" s="22"/>
+      <c r="V9" s="43">
+        <v>1021.40218323587</v>
+      </c>
+      <c r="W9" s="24"/>
+      <c r="X9" s="40">
+        <v>4720.4216301169599</v>
+      </c>
+      <c r="Y9" s="19"/>
+    </row>
+    <row r="10" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...37 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="42">
+        <v>1946.0647490589699</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="42">
+        <v>700.764093027424</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="42">
+        <v>343.929062556014</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="42">
+        <v>5.4069456891909997</v>
+      </c>
+      <c r="K10" s="22"/>
+      <c r="L10" s="43">
+        <v>349.33600824520499</v>
+      </c>
+      <c r="M10" s="24"/>
+      <c r="N10" s="42">
+        <v>40.460460656031003</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="42">
+        <v>745.73291360458904</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="42">
+        <v>0</v>
+      </c>
+      <c r="U10" s="22"/>
+      <c r="V10" s="43">
+        <v>135.26455726832799</v>
+      </c>
+      <c r="W10" s="24"/>
+      <c r="X10" s="40">
+        <v>3917.6227818605498</v>
+      </c>
+      <c r="Y10" s="19"/>
+    </row>
+    <row r="11" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...37 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="42">
+        <v>2025.1015004183701</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="42">
+        <v>1472.7941031400001</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="42">
+        <v>397.97360901924498</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="42">
+        <v>10.502770511295999</v>
+      </c>
+      <c r="K11" s="22"/>
+      <c r="L11" s="43">
+        <v>408.47637953054101</v>
+      </c>
+      <c r="M11" s="24"/>
+      <c r="N11" s="42">
+        <v>52.627491082044997</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="42">
+        <v>3.4050676002990001</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="42">
+        <v>2131.5980142687299</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="42">
+        <v>2.8582265380709999</v>
+      </c>
+      <c r="U11" s="22"/>
+      <c r="V11" s="43">
+        <v>1011.73364028714</v>
+      </c>
+      <c r="W11" s="24"/>
+      <c r="X11" s="40">
+        <v>7108.5944228651997</v>
+      </c>
+      <c r="Y11" s="19"/>
+    </row>
+    <row r="12" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...37 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="42">
+        <v>938.13758389261795</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="42">
+        <v>1337.75959731544</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="42">
+        <v>302.46857142857101</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="42">
+        <v>0</v>
+      </c>
+      <c r="K12" s="22"/>
+      <c r="L12" s="43">
+        <v>302.46857142857101</v>
+      </c>
+      <c r="M12" s="24"/>
+      <c r="N12" s="42">
+        <v>236.73035474592501</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="42">
+        <v>3.4113135186000003E-2</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="42">
+        <v>920.34231064237804</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="42">
+        <v>0</v>
+      </c>
+      <c r="U12" s="22"/>
+      <c r="V12" s="43">
+        <v>0</v>
+      </c>
+      <c r="W12" s="24"/>
+      <c r="X12" s="40">
+        <v>3735.4725311601201</v>
+      </c>
+      <c r="Y12" s="19"/>
+    </row>
+    <row r="13" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...37 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="42">
+        <v>910.93950574712596</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="42">
+        <v>1588.9485402298901</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="42">
+        <v>268.53614942528702</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="42">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22"/>
+      <c r="L13" s="43">
+        <v>268.53614942528702</v>
+      </c>
+      <c r="M13" s="24"/>
+      <c r="N13" s="42">
+        <v>953.88505747126396</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="42">
+        <v>6.8965517241000002E-2</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="42">
+        <v>1082.7584252873601</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="42">
+        <v>0</v>
+      </c>
+      <c r="U13" s="22"/>
+      <c r="V13" s="43">
+        <v>793.42622988505696</v>
+      </c>
+      <c r="W13" s="24"/>
+      <c r="X13" s="40">
+        <v>5598.5628735632199</v>
+      </c>
+      <c r="Y13" s="19"/>
+    </row>
+    <row r="14" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...37 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="42">
+        <v>536.09258474576302</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="42">
+        <v>1065.45367433414</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="42">
+        <v>451.645272397094</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="42">
+        <v>0</v>
+      </c>
+      <c r="K14" s="22"/>
+      <c r="L14" s="43">
+        <v>451.645272397094</v>
+      </c>
+      <c r="M14" s="24"/>
+      <c r="N14" s="42">
+        <v>464.409249394673</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="42">
+        <v>791.52562953995198</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="42">
+        <v>0</v>
+      </c>
+      <c r="U14" s="22"/>
+      <c r="V14" s="43">
+        <v>0</v>
+      </c>
+      <c r="W14" s="24"/>
+      <c r="X14" s="40">
+        <v>3309.1264104116199</v>
+      </c>
+      <c r="Y14" s="19"/>
+    </row>
+    <row r="15" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...37 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="42">
+        <v>923.347112745098</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="42">
+        <v>727.78228291316498</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="42">
+        <v>381.50736764705903</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="42">
+        <v>11.333026610644</v>
+      </c>
+      <c r="K15" s="22"/>
+      <c r="L15" s="43">
+        <v>392.840394257703</v>
+      </c>
+      <c r="M15" s="24"/>
+      <c r="N15" s="42">
+        <v>111.72362254902001</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="42">
+        <v>2928.5546533613401</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="42">
+        <v>0</v>
+      </c>
+      <c r="U15" s="22"/>
+      <c r="V15" s="43">
+        <v>62.875816526610002</v>
+      </c>
+      <c r="W15" s="24"/>
+      <c r="X15" s="40">
+        <v>5147.1238823529402</v>
+      </c>
+      <c r="Y15" s="19"/>
+    </row>
+    <row r="16" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...37 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="42">
+        <v>749.36109720483898</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="42">
+        <v>772.588910095953</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="42">
+        <v>147.84073842302899</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="42">
+        <v>0</v>
+      </c>
+      <c r="K16" s="22"/>
+      <c r="L16" s="43">
+        <v>147.84073842302899</v>
+      </c>
+      <c r="M16" s="24"/>
+      <c r="N16" s="42">
+        <v>25.025652899457</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="42">
+        <v>1284.76080100125</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="42">
+        <v>0</v>
+      </c>
+      <c r="U16" s="22"/>
+      <c r="V16" s="43">
+        <v>365.31330413016298</v>
+      </c>
+      <c r="W16" s="24"/>
+      <c r="X16" s="40">
+        <v>3344.8905037546901</v>
+      </c>
+      <c r="Y16" s="19"/>
+    </row>
+    <row r="17" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...37 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="42">
+        <v>1113.6639888089501</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="42">
+        <v>1214.55332533973</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="42">
+        <v>126.401622701839</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="42">
+        <v>0</v>
+      </c>
+      <c r="K17" s="22"/>
+      <c r="L17" s="43">
+        <v>126.401622701839</v>
+      </c>
+      <c r="M17" s="24"/>
+      <c r="N17" s="42">
+        <v>103.06064748201401</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="42">
+        <v>1551.2068904876101</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="42">
+        <v>0</v>
+      </c>
+      <c r="U17" s="22"/>
+      <c r="V17" s="43">
+        <v>693.598856914468</v>
+      </c>
+      <c r="W17" s="24"/>
+      <c r="X17" s="40">
+        <v>4802.4853317346096</v>
+      </c>
+      <c r="Y17" s="19"/>
+    </row>
+    <row r="18" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...37 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="42">
+        <v>909.45579104477599</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="42">
+        <v>793.86275223880602</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="42">
+        <v>230.20831641791</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="42">
+        <v>0</v>
+      </c>
+      <c r="K18" s="22"/>
+      <c r="L18" s="43">
+        <v>230.20831641791</v>
+      </c>
+      <c r="M18" s="24"/>
+      <c r="N18" s="42">
+        <v>46.253516417909999</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="42">
+        <v>815.51061492537303</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="42">
+        <v>0</v>
+      </c>
+      <c r="U18" s="22"/>
+      <c r="V18" s="43">
+        <v>298.50746268656701</v>
+      </c>
+      <c r="W18" s="24"/>
+      <c r="X18" s="40">
+        <v>3093.79845373134</v>
+      </c>
+      <c r="Y18" s="19"/>
+    </row>
+    <row r="19" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...37 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="42">
+        <v>1160.0184180071799</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="42">
+        <v>1092.5385302627001</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="42">
+        <v>127.60155074644101</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="42">
+        <v>0</v>
+      </c>
+      <c r="K19" s="22"/>
+      <c r="L19" s="43">
+        <v>127.60155074644101</v>
+      </c>
+      <c r="M19" s="24"/>
+      <c r="N19" s="42">
+        <v>175.148686494619</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="42">
+        <v>2.9076495774999999E-2</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="42">
+        <v>2026.9061057747899</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="42">
+        <v>0</v>
+      </c>
+      <c r="U19" s="22"/>
+      <c r="V19" s="43">
+        <v>192.15780580951301</v>
+      </c>
+      <c r="W19" s="24"/>
+      <c r="X19" s="40">
+        <v>4774.4001735910197</v>
+      </c>
+      <c r="Y19" s="19"/>
+    </row>
+    <row r="20" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...37 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="42">
+        <v>1011.90800831947</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="42">
+        <v>1971.07340432612</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="42">
+        <v>304.836657237937</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="42">
+        <v>0</v>
+      </c>
+      <c r="K20" s="22"/>
+      <c r="L20" s="43">
+        <v>304.836657237937</v>
+      </c>
+      <c r="M20" s="24"/>
+      <c r="N20" s="42">
+        <v>558.083178036606</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="42">
+        <v>4864.0370232945097</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="42">
+        <v>6.6555740432609998</v>
+      </c>
+      <c r="U20" s="22"/>
+      <c r="V20" s="43">
+        <v>0</v>
+      </c>
+      <c r="W20" s="24"/>
+      <c r="X20" s="40">
+        <v>8716.5938452578994</v>
+      </c>
+      <c r="Y20" s="19"/>
+    </row>
+    <row r="21" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...37 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="42">
+        <v>1061.07178594879</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="42">
+        <v>816.18210768220604</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="42">
+        <v>325.65313197636198</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="42">
+        <v>14.570061282556001</v>
+      </c>
+      <c r="K21" s="22"/>
+      <c r="L21" s="43">
+        <v>340.22319325891903</v>
+      </c>
+      <c r="M21" s="24"/>
+      <c r="N21" s="42">
+        <v>23.205972860582001</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="42">
+        <v>1333.9998664915699</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="42">
+        <v>0</v>
+      </c>
+      <c r="U21" s="22"/>
+      <c r="V21" s="43">
+        <v>303.87428321295698</v>
+      </c>
+      <c r="W21" s="24"/>
+      <c r="X21" s="40">
+        <v>3878.5572094550198</v>
+      </c>
+      <c r="Y21" s="19"/>
+    </row>
+    <row r="22" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...37 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="42">
+        <v>1273.1593402328599</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="42">
+        <v>352.44797326433797</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="42">
+        <v>427.31015092712403</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="42">
+        <v>26.447606727037002</v>
+      </c>
+      <c r="K22" s="22"/>
+      <c r="L22" s="43">
+        <v>453.75775765416103</v>
+      </c>
+      <c r="M22" s="24"/>
+      <c r="N22" s="42">
+        <v>382.68170332039699</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="42">
+        <v>10432.7317421302</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="42">
+        <v>0</v>
+      </c>
+      <c r="U22" s="22"/>
+      <c r="V22" s="43">
+        <v>2190.0329754204399</v>
+      </c>
+      <c r="W22" s="24"/>
+      <c r="X22" s="40">
+        <v>15084.8114920224</v>
+      </c>
+      <c r="Y22" s="19"/>
+    </row>
+    <row r="23" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...37 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="42">
+        <v>665.214227642276</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="42">
+        <v>1009.04740379404</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="42">
+        <v>387.861246612466</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="42">
+        <v>0</v>
+      </c>
+      <c r="K23" s="22"/>
+      <c r="L23" s="43">
+        <v>387.861246612466</v>
+      </c>
+      <c r="M23" s="24"/>
+      <c r="N23" s="42">
+        <v>501.32802710027102</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="42">
+        <v>1065.06694308943</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="42">
+        <v>0</v>
+      </c>
+      <c r="U23" s="22"/>
+      <c r="V23" s="43">
+        <v>122.55579945799499</v>
+      </c>
+      <c r="W23" s="24"/>
+      <c r="X23" s="40">
+        <v>3751.0736476964798</v>
+      </c>
+      <c r="Y23" s="19"/>
+    </row>
+    <row r="24" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...37 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="42">
+        <v>2449.1158910212998</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="42">
+        <v>1104.98655833201</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="42">
+        <v>428.42990978520498</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="42">
+        <v>14.475246492581</v>
+      </c>
+      <c r="K24" s="22"/>
+      <c r="L24" s="43">
+        <v>442.905156277787</v>
+      </c>
+      <c r="M24" s="24"/>
+      <c r="N24" s="42">
+        <v>470.387721463623</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="42">
+        <v>25.653809448280999</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="42">
+        <v>2163.46088104816</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="42">
+        <v>13.670604011362</v>
+      </c>
+      <c r="U24" s="22"/>
+      <c r="V24" s="43">
+        <v>0</v>
+      </c>
+      <c r="W24" s="24"/>
+      <c r="X24" s="40">
+        <v>6670.1806216025298</v>
+      </c>
+      <c r="Y24" s="19"/>
+    </row>
+    <row r="25" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...37 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="42">
+        <v>750.79612552594699</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="42">
+        <v>1530.09455119215</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="42">
+        <v>540.75328190743301</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="42">
+        <v>62.116111500701003</v>
+      </c>
+      <c r="K25" s="22"/>
+      <c r="L25" s="43">
+        <v>602.86939340813501</v>
+      </c>
+      <c r="M25" s="24"/>
+      <c r="N25" s="42">
+        <v>238.77453015427801</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="42">
+        <v>3026.7992215988802</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="42">
+        <v>0</v>
+      </c>
+      <c r="U25" s="22"/>
+      <c r="V25" s="43">
+        <v>596.07293127629703</v>
+      </c>
+      <c r="W25" s="24"/>
+      <c r="X25" s="40">
+        <v>6745.4067531556802</v>
+      </c>
+      <c r="Y25" s="19"/>
+    </row>
+    <row r="26" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...37 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="42">
+        <v>1053.8416359571399</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="42">
+        <v>906.79184025903896</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="42">
+        <v>362.602395343458</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="42">
+        <v>0</v>
+      </c>
+      <c r="K26" s="22"/>
+      <c r="L26" s="43">
+        <v>362.602395343458</v>
+      </c>
+      <c r="M26" s="24"/>
+      <c r="N26" s="42">
+        <v>87.915859995374007</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="42">
+        <v>1209.4228085729701</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="42">
+        <v>0</v>
+      </c>
+      <c r="U26" s="22"/>
+      <c r="V26" s="43">
+        <v>231.285174620307</v>
+      </c>
+      <c r="W26" s="24"/>
+      <c r="X26" s="40">
+        <v>3851.8597147482801</v>
+      </c>
+      <c r="Y26" s="19"/>
+    </row>
+    <row r="27" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...37 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="42">
+        <v>1126.5370471014501</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="42">
+        <v>1587.1514492753599</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="42">
+        <v>185.20813405797099</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="42">
+        <v>0</v>
+      </c>
+      <c r="K27" s="22"/>
+      <c r="L27" s="43">
+        <v>185.20813405797099</v>
+      </c>
+      <c r="M27" s="24"/>
+      <c r="N27" s="42">
+        <v>1111.79956521739</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="42">
+        <v>923.28764492753601</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="42">
+        <v>0</v>
+      </c>
+      <c r="U27" s="22"/>
+      <c r="V27" s="43">
+        <v>428.82550724637701</v>
+      </c>
+      <c r="W27" s="24"/>
+      <c r="X27" s="40">
+        <v>5362.8093478260898</v>
+      </c>
+      <c r="Y27" s="19"/>
+    </row>
+    <row r="28" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...37 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="42">
+        <v>1041.8856743814799</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="42">
+        <v>1182.0852194732599</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="42">
+        <v>325.37520351157201</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="42">
+        <v>0</v>
+      </c>
+      <c r="K28" s="22"/>
+      <c r="L28" s="43">
+        <v>325.37520351157201</v>
+      </c>
+      <c r="M28" s="24"/>
+      <c r="N28" s="42">
+        <v>329.13653631284899</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="22"/>
+      <c r="R28" s="42">
+        <v>1085.1484038308099</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="42">
+        <v>0</v>
+      </c>
+      <c r="U28" s="22"/>
+      <c r="V28" s="43">
+        <v>232.42214684756601</v>
+      </c>
+      <c r="W28" s="24"/>
+      <c r="X28" s="40">
+        <v>4196.05318435754</v>
+      </c>
+      <c r="Y28" s="19"/>
+    </row>
+    <row r="29" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...37 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="42">
+        <v>1538.84386753884</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="42">
+        <v>2330.4570073589498</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="42">
+        <v>219.63946034341799</v>
+      </c>
+      <c r="I29" s="22"/>
+      <c r="J29" s="42">
+        <v>0</v>
+      </c>
+      <c r="K29" s="22"/>
+      <c r="L29" s="43">
+        <v>219.63946034341799</v>
+      </c>
+      <c r="M29" s="24"/>
+      <c r="N29" s="42">
+        <v>120.212551103843</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="42">
+        <v>2556.0368438266601</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="42">
+        <v>0</v>
+      </c>
+      <c r="U29" s="22"/>
+      <c r="V29" s="43">
+        <v>1689.94857726901</v>
+      </c>
+      <c r="W29" s="24"/>
+      <c r="X29" s="40">
+        <v>8455.1383074407204</v>
+      </c>
+      <c r="Y29" s="19"/>
+    </row>
+    <row r="30" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...37 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="42">
+        <v>721.04492957746504</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="42">
+        <v>1062.8212676056301</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="42">
+        <v>294.41969014084498</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="42">
+        <v>0</v>
+      </c>
+      <c r="K30" s="22"/>
+      <c r="L30" s="43">
+        <v>294.41969014084498</v>
+      </c>
+      <c r="M30" s="24"/>
+      <c r="N30" s="42">
+        <v>321.966549295775</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="42">
+        <v>697.84373239436604</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="42">
+        <v>9.9422535211260001</v>
+      </c>
+      <c r="U30" s="22"/>
+      <c r="V30" s="43">
+        <v>616.21632394366202</v>
+      </c>
+      <c r="W30" s="24"/>
+      <c r="X30" s="40">
+        <v>3724.2547464788699</v>
+      </c>
+      <c r="Y30" s="19"/>
+    </row>
+    <row r="31" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...37 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="42">
+        <v>2011.90226862545</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="42">
+        <v>1047.05907772466</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="42">
+        <v>416.02944727936801</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="42">
+        <v>0.188000214857</v>
+      </c>
+      <c r="K31" s="22"/>
+      <c r="L31" s="43">
+        <v>416.21744749422601</v>
+      </c>
+      <c r="M31" s="24"/>
+      <c r="N31" s="42">
+        <v>172.27390181017401</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="42">
+        <v>1225.6350163828799</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="42">
+        <v>0</v>
+      </c>
+      <c r="U31" s="22"/>
+      <c r="V31" s="43">
+        <v>489.22501960573697</v>
+      </c>
+      <c r="W31" s="24"/>
+      <c r="X31" s="40">
+        <v>5362.3127316431201</v>
+      </c>
+      <c r="Y31" s="19"/>
+    </row>
+    <row r="32" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...37 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="42">
+        <v>891.09558454106298</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="42">
+        <v>1178.4711835748799</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="42">
+        <v>406.10722705313998</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="42">
+        <v>0</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="43">
+        <v>406.10722705313998</v>
+      </c>
+      <c r="M32" s="24"/>
+      <c r="N32" s="42">
+        <v>70.014661835748001</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="42">
+        <v>0.11297584541</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="42">
+        <v>1691.1005942029001</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="42">
+        <v>0</v>
+      </c>
+      <c r="U32" s="22"/>
+      <c r="V32" s="43">
+        <v>688.91998067632903</v>
+      </c>
+      <c r="W32" s="24"/>
+      <c r="X32" s="40">
+        <v>4925.8222077294704</v>
+      </c>
+      <c r="Y32" s="19"/>
+    </row>
+    <row r="33" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...37 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="42">
+        <v>2847.5319992592599</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="42">
+        <v>1147.0718337036999</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="42">
+        <v>532.56076555555603</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="42">
+        <v>4.6409022222220004</v>
+      </c>
+      <c r="K33" s="22"/>
+      <c r="L33" s="43">
+        <v>537.20166777777797</v>
+      </c>
+      <c r="M33" s="24"/>
+      <c r="N33" s="42">
+        <v>33.508138518518003</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="42">
+        <v>1488.25136222222</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="42">
+        <v>0</v>
+      </c>
+      <c r="U33" s="22"/>
+      <c r="V33" s="43">
+        <v>0</v>
+      </c>
+      <c r="W33" s="24"/>
+      <c r="X33" s="40">
+        <v>6053.5650014814801</v>
+      </c>
+      <c r="Y33" s="19"/>
+    </row>
+    <row r="34" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...37 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="42">
+        <v>1259.9397017367901</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="42">
+        <v>620.44820883703699</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="42">
+        <v>132.25277886290499</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="42">
+        <v>12.04165918809</v>
+      </c>
+      <c r="K34" s="22"/>
+      <c r="L34" s="43">
+        <v>144.29443805099501</v>
+      </c>
+      <c r="M34" s="24"/>
+      <c r="N34" s="42">
+        <v>38.741800137253001</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="42">
+        <v>1149.84312569287</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="42">
+        <v>0</v>
+      </c>
+      <c r="U34" s="22"/>
+      <c r="V34" s="43">
+        <v>481.36359077231702</v>
+      </c>
+      <c r="W34" s="24"/>
+      <c r="X34" s="40">
+        <v>3694.6308652272601</v>
+      </c>
+      <c r="Y34" s="19"/>
+    </row>
+    <row r="35" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...37 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="42">
+        <v>857.57986102718996</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="42">
+        <v>1227.11529003021</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="42">
+        <v>424.35223564954703</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="42">
+        <v>4.3063444108760001</v>
+      </c>
+      <c r="K35" s="22"/>
+      <c r="L35" s="43">
+        <v>428.65858006042299</v>
+      </c>
+      <c r="M35" s="24"/>
+      <c r="N35" s="42">
+        <v>114.136894259819</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="42">
+        <v>828.16247129909402</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="42">
+        <v>0</v>
+      </c>
+      <c r="U35" s="22"/>
+      <c r="V35" s="43">
+        <v>302.11480362537799</v>
+      </c>
+      <c r="W35" s="24"/>
+      <c r="X35" s="40">
+        <v>3757.7679003021099</v>
+      </c>
+      <c r="Y35" s="19"/>
+    </row>
+    <row r="36" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...37 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="42">
+        <v>2299.4000952381002</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="42">
+        <v>1327.23822988506</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="42">
+        <v>745.15514121510705</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="42">
+        <v>4.352805418719</v>
+      </c>
+      <c r="K36" s="22"/>
+      <c r="L36" s="43">
+        <v>749.50794663382601</v>
+      </c>
+      <c r="M36" s="24"/>
+      <c r="N36" s="42">
+        <v>983.37869376026299</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="42">
+        <v>3800.7208448275901</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="42">
+        <v>53.739768472906</v>
+      </c>
+      <c r="U36" s="22"/>
+      <c r="V36" s="43">
+        <v>114.95913875205299</v>
+      </c>
+      <c r="W36" s="24"/>
+      <c r="X36" s="40">
+        <v>9328.9447175697896</v>
+      </c>
+      <c r="Y36" s="19"/>
+    </row>
+    <row r="37" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...37 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="42">
+        <v>986.25329443228804</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="42">
+        <v>1095.0806199854101</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="42">
+        <v>465.13107221006601</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="42">
+        <v>19.640165329443001</v>
+      </c>
+      <c r="K37" s="22"/>
+      <c r="L37" s="43">
+        <v>484.771237539509</v>
+      </c>
+      <c r="M37" s="24"/>
+      <c r="N37" s="42">
+        <v>605.85811816192597</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="42">
+        <v>971.46405543398998</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="42">
+        <v>0</v>
+      </c>
+      <c r="U37" s="22"/>
+      <c r="V37" s="43">
+        <v>203.17943107221001</v>
+      </c>
+      <c r="W37" s="24"/>
+      <c r="X37" s="40">
+        <v>4346.6067566253296</v>
+      </c>
+      <c r="Y37" s="19"/>
+    </row>
+    <row r="38" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...37 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="42">
+        <v>1042.3260387811599</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="42">
+        <v>1436.4888781163399</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="42">
+        <v>431.74376731301902</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="42">
+        <v>0</v>
+      </c>
+      <c r="K38" s="22"/>
+      <c r="L38" s="43">
+        <v>431.74376731301902</v>
+      </c>
+      <c r="M38" s="24"/>
+      <c r="N38" s="42">
+        <v>1331.9272299168999</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="42">
+        <v>1465.8929778393399</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="42">
+        <v>0</v>
+      </c>
+      <c r="U38" s="22"/>
+      <c r="V38" s="43">
+        <v>413.64814404432099</v>
+      </c>
+      <c r="W38" s="24"/>
+      <c r="X38" s="40">
+        <v>6122.0270360110799</v>
+      </c>
+      <c r="Y38" s="19"/>
+    </row>
+    <row r="39" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...37 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="42">
+        <v>987.91431021341498</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="42">
+        <v>1026.29880716463</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="42">
+        <v>250.99725990853699</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="42">
+        <v>0</v>
+      </c>
+      <c r="K39" s="22"/>
+      <c r="L39" s="43">
+        <v>250.99725990853699</v>
+      </c>
+      <c r="M39" s="24"/>
+      <c r="N39" s="42">
+        <v>5.2478277439019996</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="42">
+        <v>0.16703124999999999</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="42">
+        <v>1387.7245731707301</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="42">
+        <v>0</v>
+      </c>
+      <c r="U39" s="22"/>
+      <c r="V39" s="43">
+        <v>508.22528201219501</v>
+      </c>
+      <c r="W39" s="24"/>
+      <c r="X39" s="40">
+        <v>4166.57509146341</v>
+      </c>
+      <c r="Y39" s="19"/>
+    </row>
+    <row r="40" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...37 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="42">
+        <v>1247.7928440367</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="42">
+        <v>1519.1323853210999</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="42">
+        <v>397.478917431193</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="42">
+        <v>0</v>
+      </c>
+      <c r="K40" s="22"/>
+      <c r="L40" s="43">
+        <v>397.478917431193</v>
+      </c>
+      <c r="M40" s="24"/>
+      <c r="N40" s="42">
+        <v>54.144495412844002</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="42">
+        <v>2402.5626422018299</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="42">
+        <v>0</v>
+      </c>
+      <c r="U40" s="22"/>
+      <c r="V40" s="43">
+        <v>0</v>
+      </c>
+      <c r="W40" s="24"/>
+      <c r="X40" s="40">
+        <v>5621.1112844036697</v>
+      </c>
+      <c r="Y40" s="19"/>
+    </row>
+    <row r="41" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...37 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="42">
+        <v>1121.8465013658299</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="42">
+        <v>1733.7480100861501</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="42">
+        <v>738.841157806262</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="42">
+        <v>0</v>
+      </c>
+      <c r="K41" s="22"/>
+      <c r="L41" s="43">
+        <v>738.841157806262</v>
+      </c>
+      <c r="M41" s="24"/>
+      <c r="N41" s="42">
+        <v>227.55507459550299</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="42">
+        <v>2858.0405505358299</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="42">
+        <v>0</v>
+      </c>
+      <c r="U41" s="22"/>
+      <c r="V41" s="43">
+        <v>146.55819079638599</v>
+      </c>
+      <c r="W41" s="24"/>
+      <c r="X41" s="40">
+        <v>6826.5894851859603</v>
+      </c>
+      <c r="Y41" s="19"/>
+    </row>
+    <row r="42" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...37 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="42">
+        <v>728.50557324840804</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="42">
+        <v>911.64076433120999</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="42">
+        <v>125.657218683652</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="42">
+        <v>0</v>
+      </c>
+      <c r="K42" s="22"/>
+      <c r="L42" s="43">
+        <v>125.657218683652</v>
+      </c>
+      <c r="M42" s="24"/>
+      <c r="N42" s="42">
+        <v>338.05983014861999</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="42">
+        <v>622.21988322717596</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="42">
+        <v>0</v>
+      </c>
+      <c r="U42" s="22"/>
+      <c r="V42" s="43">
+        <v>28.570382165605</v>
+      </c>
+      <c r="W42" s="24"/>
+      <c r="X42" s="40">
+        <v>2754.6536518046701</v>
+      </c>
+      <c r="Y42" s="19"/>
+    </row>
+    <row r="43" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...37 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="42">
+        <v>846.68672370914305</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="42">
+        <v>761.40121920890601</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="42">
+        <v>520.786502842255</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="42">
+        <v>3.5948602558020002</v>
+      </c>
+      <c r="K43" s="22"/>
+      <c r="L43" s="43">
+        <v>524.38136309805805</v>
+      </c>
+      <c r="M43" s="24"/>
+      <c r="N43" s="42">
+        <v>106.944825319754</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="42">
+        <v>1231.8079612742799</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="42">
+        <v>0</v>
+      </c>
+      <c r="U43" s="22"/>
+      <c r="V43" s="43">
+        <v>337.96908810990101</v>
+      </c>
+      <c r="W43" s="24"/>
+      <c r="X43" s="40">
+        <v>3809.1911807200399</v>
+      </c>
+      <c r="Y43" s="19"/>
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...37 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="42">
+        <v>838.91629641383702</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="42">
+        <v>1038.06817518248</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="42">
+        <v>581.464693748017</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="42">
+        <v>21.051380514121998</v>
+      </c>
+      <c r="K44" s="22"/>
+      <c r="L44" s="43">
+        <v>602.516074262139</v>
+      </c>
+      <c r="M44" s="24"/>
+      <c r="N44" s="42">
+        <v>606.08940653760703</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="42">
+        <v>1344.91952078705</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="42">
+        <v>0</v>
+      </c>
+      <c r="U44" s="22"/>
+      <c r="V44" s="43">
+        <v>0</v>
+      </c>
+      <c r="W44" s="24"/>
+      <c r="X44" s="40">
+        <v>4430.5094731831196</v>
+      </c>
+      <c r="Y44" s="19"/>
+    </row>
+    <row r="45" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...37 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="42">
+        <v>1001.28407576747</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="42">
+        <v>685.74147289353402</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="42">
+        <v>231.35460483344201</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="42">
+        <v>19.229327237099</v>
+      </c>
+      <c r="K45" s="22"/>
+      <c r="L45" s="43">
+        <v>250.58393207054201</v>
+      </c>
+      <c r="M45" s="24"/>
+      <c r="N45" s="42">
+        <v>359.18761267145698</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="42">
+        <v>5.6244905290649996</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="42">
+        <v>1652.7359993468301</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="42">
+        <v>0</v>
+      </c>
+      <c r="U45" s="22"/>
+      <c r="V45" s="43">
+        <v>494.935973220118</v>
+      </c>
+      <c r="W45" s="24"/>
+      <c r="X45" s="40">
+        <v>4450.0935564990205</v>
+      </c>
+      <c r="Y45" s="19"/>
+    </row>
+    <row r="46" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...37 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="42">
+        <v>1984.8313008688301</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="42">
+        <v>969.82968943935396</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="42">
+        <v>290.67490585470199</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="42">
+        <v>3.1955079620769999</v>
+      </c>
+      <c r="K46" s="22"/>
+      <c r="L46" s="43">
+        <v>293.87041381678</v>
+      </c>
+      <c r="M46" s="24"/>
+      <c r="N46" s="42">
+        <v>62.706017640688998</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="42">
+        <v>0.37134127340400003</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="42">
+        <v>903.99861066363803</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="42">
+        <v>14.714622758601999</v>
+      </c>
+      <c r="U46" s="22"/>
+      <c r="V46" s="43">
+        <v>1177.1031806057999</v>
+      </c>
+      <c r="W46" s="24"/>
+      <c r="X46" s="40">
+        <v>5407.4251770670999</v>
+      </c>
+      <c r="Y46" s="19"/>
+    </row>
+    <row r="47" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...37 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="42">
+        <v>1154.56860137852</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="42">
+        <v>786.159422745548</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="42">
+        <v>305.13928920160799</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="42">
+        <v>2.8601378518090002</v>
+      </c>
+      <c r="K47" s="22"/>
+      <c r="L47" s="43">
+        <v>307.999427053418</v>
+      </c>
+      <c r="M47" s="24"/>
+      <c r="N47" s="42">
+        <v>56.596404365307002</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="42">
+        <v>0.169650344629</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="42">
+        <v>1032.1410173750701</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="42">
+        <v>5.0727132395170003</v>
+      </c>
+      <c r="U47" s="22"/>
+      <c r="V47" s="43">
+        <v>0</v>
+      </c>
+      <c r="W47" s="24"/>
+      <c r="X47" s="40">
+        <v>3342.7072365020099</v>
+      </c>
+      <c r="Y47" s="19"/>
+    </row>
+    <row r="48" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...37 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="42">
+        <v>983.12929446836699</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="42">
+        <v>791.23226979132198</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="42">
+        <v>267.86713729711801</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="42">
+        <v>0.107113282543</v>
+      </c>
+      <c r="K48" s="22"/>
+      <c r="L48" s="43">
+        <v>267.974250579662</v>
+      </c>
+      <c r="M48" s="24"/>
+      <c r="N48" s="42">
+        <v>15.474370652534001</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="42">
+        <v>976.97987413050703</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="42">
+        <v>0</v>
+      </c>
+      <c r="U48" s="22"/>
+      <c r="V48" s="43">
+        <v>157.771180026499</v>
+      </c>
+      <c r="W48" s="24"/>
+      <c r="X48" s="40">
+        <v>3192.56123964889</v>
+      </c>
+      <c r="Y48" s="19"/>
+    </row>
+    <row r="49" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...37 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="40">
+        <v>1896.6983121984899</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="40">
+        <v>1052.08861713243</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="40">
+        <v>398.056009682298</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="40">
+        <v>8.8333134054749998</v>
+      </c>
+      <c r="K49" s="19"/>
+      <c r="L49" s="41">
+        <v>406.88932308777402</v>
+      </c>
+      <c r="M49" s="26"/>
+      <c r="N49" s="40">
+        <v>285.63517659727802</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="40">
+        <v>10.277287240262</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="40">
+        <v>1839.15334131705</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="40">
+        <v>8.0227469891329992</v>
+      </c>
+      <c r="U49" s="19"/>
+      <c r="V49" s="41">
+        <v>274.09219615046601</v>
+      </c>
+      <c r="W49" s="26"/>
+      <c r="X49" s="40">
+        <v>5772.8570007128801</v>
+      </c>
+      <c r="Y49" s="19"/>
+    </row>
+    <row r="50" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...34 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="40">
+        <v>1539.9630962143101</v>
+      </c>
+      <c r="E50" s="19"/>
+      <c r="F50" s="40">
+        <v>1017.92866422295</v>
+      </c>
+      <c r="G50" s="19"/>
+      <c r="H50" s="40">
+        <v>378.44142783538803</v>
+      </c>
+      <c r="I50" s="19"/>
+      <c r="J50" s="40">
+        <v>5.1899170047199998</v>
+      </c>
+      <c r="K50" s="19"/>
+      <c r="L50" s="41">
+        <v>383.631344840108</v>
+      </c>
+      <c r="M50" s="26"/>
+      <c r="N50" s="40">
+        <v>166.32735308997599</v>
+      </c>
+      <c r="O50" s="19"/>
+      <c r="P50" s="40">
+        <v>0.34757612814900002</v>
+      </c>
+      <c r="Q50" s="19"/>
+      <c r="R50" s="40">
+        <v>1629.72495839373</v>
+      </c>
+      <c r="S50" s="19"/>
+      <c r="T50" s="40">
+        <v>4.3755250832590002</v>
+      </c>
+      <c r="U50" s="19"/>
+      <c r="V50" s="41">
+        <v>451.09296973496799</v>
+      </c>
+      <c r="W50" s="26"/>
+      <c r="X50" s="40">
+        <v>5193.3914877074503</v>
+      </c>
+      <c r="Y50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="89" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="578">
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="N2:Y2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="83" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O49"/>
+  <dimension ref="A2:AA50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="9" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="6.140625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="19" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="23" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="24" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="8.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="26.25" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="26" t="s">
+    <row r="2" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="27"/>
-[...14 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+      <c r="Z2" s="30"/>
+      <c r="AA2" s="30"/>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>65</v>
       </c>
-      <c r="E2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>66</v>
       </c>
-      <c r="F2" s="31" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>67</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="36" t="s">
         <v>68</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="K3" s="37"/>
+      <c r="L3" s="34" t="s">
         <v>69</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="M3" s="35"/>
+      <c r="N3" s="34" t="s">
         <v>70</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>71</v>
       </c>
-      <c r="K2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>72</v>
       </c>
-      <c r="L2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="34" t="s">
         <v>73</v>
       </c>
-      <c r="M2" s="45" t="s">
-[...5 lines deleted...]
-      <c r="O2" s="52" t="s">
+      <c r="U3" s="35"/>
+      <c r="V3" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="W3" s="35"/>
+      <c r="X3" s="36">
+        <v>47</v>
+      </c>
+      <c r="Y3" s="37"/>
+      <c r="Z3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="AA3" s="39"/>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...14 lines deleted...]
-      <c r="G3" s="4">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="21">
+        <v>2835290.28</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="21">
+        <v>614839.18000000005</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="21">
+        <v>4785</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="23">
+        <v>3454914.46</v>
+      </c>
+      <c r="K4" s="24"/>
+      <c r="L4" s="21">
         <v>133280</v>
       </c>
-      <c r="H3" s="4">
-[...25 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="M4" s="22"/>
+      <c r="N4" s="21">
+        <v>312012.01</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="21">
+        <v>68518.8</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="21">
+        <v>434635.07</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="21">
+        <v>0</v>
+      </c>
+      <c r="U4" s="22"/>
+      <c r="V4" s="21">
+        <v>1884183.27</v>
+      </c>
+      <c r="W4" s="22"/>
+      <c r="X4" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y4" s="24"/>
+      <c r="Z4" s="18">
+        <v>6287543.6100000003</v>
+      </c>
+      <c r="AA4" s="19"/>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...43 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="21">
+        <v>15703116.609999999</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="21">
+        <v>169673.74</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="21">
+        <v>0</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="23">
+        <v>15872790.35</v>
+      </c>
+      <c r="K5" s="24"/>
+      <c r="L5" s="21">
+        <v>0</v>
+      </c>
+      <c r="M5" s="22"/>
+      <c r="N5" s="21">
+        <v>354380.71</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="21">
+        <v>4684.37</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="21">
+        <v>14338059.4</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="21">
+        <v>0</v>
+      </c>
+      <c r="U5" s="22"/>
+      <c r="V5" s="21">
+        <v>445976.86</v>
+      </c>
+      <c r="W5" s="22"/>
+      <c r="X5" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y5" s="24"/>
+      <c r="Z5" s="18">
+        <v>31015891.690000001</v>
+      </c>
+      <c r="AA5" s="19"/>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...43 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="21">
+        <v>2930484.48</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="21">
+        <v>920774.28</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="21">
+        <v>10382.5</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="23">
+        <v>3861641.26</v>
+      </c>
+      <c r="K6" s="24"/>
+      <c r="L6" s="21">
+        <v>0</v>
+      </c>
+      <c r="M6" s="22"/>
+      <c r="N6" s="21">
+        <v>260934.09</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="21">
+        <v>4788.3</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="21">
+        <v>1902988.25</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="21">
+        <v>0</v>
+      </c>
+      <c r="U6" s="22"/>
+      <c r="V6" s="21">
+        <v>1346978.22</v>
+      </c>
+      <c r="W6" s="22"/>
+      <c r="X6" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y6" s="24"/>
+      <c r="Z6" s="18">
+        <v>7377330.1200000001</v>
+      </c>
+      <c r="AA6" s="19"/>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="4">
-[...40 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="D7" s="21">
+        <v>3696047.09</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="21">
+        <v>464961.29</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="21">
+        <v>0</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="23">
+        <v>4161008.38</v>
+      </c>
+      <c r="K7" s="24"/>
+      <c r="L7" s="21">
+        <v>0</v>
+      </c>
+      <c r="M7" s="22"/>
+      <c r="N7" s="21">
+        <v>224869.7</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="21">
+        <v>739688.14</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="21">
+        <v>0</v>
+      </c>
+      <c r="U7" s="22"/>
+      <c r="V7" s="21">
+        <v>999492.97</v>
+      </c>
+      <c r="W7" s="22"/>
+      <c r="X7" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y7" s="24"/>
+      <c r="Z7" s="18">
+        <v>6125059.1900000004</v>
+      </c>
+      <c r="AA7" s="19"/>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...43 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="21">
+        <v>5888603.1900000004</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="21">
+        <v>862702.37</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="21">
+        <v>0</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="23">
+        <v>6751305.5599999996</v>
+      </c>
+      <c r="K8" s="24"/>
+      <c r="L8" s="21">
+        <v>0</v>
+      </c>
+      <c r="M8" s="22"/>
+      <c r="N8" s="21">
+        <v>196915.18</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="21">
+        <v>250</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="21">
+        <v>1189789.27</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="21">
+        <v>0</v>
+      </c>
+      <c r="U8" s="22"/>
+      <c r="V8" s="21">
+        <v>900501.63</v>
+      </c>
+      <c r="W8" s="22"/>
+      <c r="X8" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y8" s="24"/>
+      <c r="Z8" s="18">
+        <v>9038761.6400000006</v>
+      </c>
+      <c r="AA8" s="19"/>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...43 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="21">
+        <v>11249874.529999999</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="21">
+        <v>7768786.8899999997</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="21">
+        <v>13115</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="23">
+        <v>19031776.420000002</v>
+      </c>
+      <c r="K9" s="24"/>
+      <c r="L9" s="21">
+        <v>0</v>
+      </c>
+      <c r="M9" s="22"/>
+      <c r="N9" s="21">
+        <v>569104.03</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="21">
+        <v>4035</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="21">
+        <v>967524.11</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="21">
+        <v>0</v>
+      </c>
+      <c r="U9" s="22"/>
+      <c r="V9" s="21">
+        <v>611167.64</v>
+      </c>
+      <c r="W9" s="22"/>
+      <c r="X9" s="23">
+        <v>15374.8</v>
+      </c>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="18">
+        <v>21198982</v>
+      </c>
+      <c r="AA9" s="19"/>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...43 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="21">
+        <v>28216302.039999999</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="21">
+        <v>3811719.04</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="21">
+        <v>38150</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="23">
+        <v>32066171.079999998</v>
+      </c>
+      <c r="K10" s="24"/>
+      <c r="L10" s="21">
+        <v>0</v>
+      </c>
+      <c r="M10" s="22"/>
+      <c r="N10" s="21">
+        <v>5229356.07</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="21">
+        <v>83781.84</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="21">
+        <v>1665801.49</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="21">
+        <v>0</v>
+      </c>
+      <c r="U10" s="22"/>
+      <c r="V10" s="21">
+        <v>5414724.5199999996</v>
+      </c>
+      <c r="W10" s="22"/>
+      <c r="X10" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="18">
+        <v>44459835</v>
+      </c>
+      <c r="AA10" s="19"/>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...43 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="21">
+        <v>68388044.060000002</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="21">
+        <v>57955475.020000003</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="21">
+        <v>58275</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="23">
+        <v>126401794.08</v>
+      </c>
+      <c r="K11" s="24"/>
+      <c r="L11" s="21">
+        <v>0</v>
+      </c>
+      <c r="M11" s="22"/>
+      <c r="N11" s="21">
+        <v>9941981.5</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="21">
+        <v>1608644.89</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="21">
+        <v>17976161.649999999</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="21">
+        <v>1240</v>
+      </c>
+      <c r="U11" s="22"/>
+      <c r="V11" s="21">
+        <v>7544472.4100000001</v>
+      </c>
+      <c r="W11" s="22"/>
+      <c r="X11" s="23">
+        <v>64901.75</v>
+      </c>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="18">
+        <v>163539196.28</v>
+      </c>
+      <c r="AA11" s="19"/>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...43 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="21">
+        <v>2430942.9300000002</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="21">
+        <v>231304.39</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="21">
+        <v>0</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="23">
+        <v>2662247.3199999998</v>
+      </c>
+      <c r="K12" s="24"/>
+      <c r="L12" s="21">
+        <v>0</v>
+      </c>
+      <c r="M12" s="22"/>
+      <c r="N12" s="21">
+        <v>127234.7</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="21">
+        <v>64021.88</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="21">
+        <v>822811.04</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="21">
+        <v>0</v>
+      </c>
+      <c r="U12" s="22"/>
+      <c r="V12" s="21">
+        <v>133782.69</v>
+      </c>
+      <c r="W12" s="22"/>
+      <c r="X12" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="18">
+        <v>3810097.63</v>
+      </c>
+      <c r="AA12" s="19"/>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...43 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="21">
+        <v>3714775.47</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="21">
+        <v>10464.290000000001</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="21">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="23">
+        <v>3725239.76</v>
+      </c>
+      <c r="K13" s="24"/>
+      <c r="L13" s="21">
+        <v>0</v>
+      </c>
+      <c r="M13" s="22"/>
+      <c r="N13" s="21">
+        <v>51841.86</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="21">
+        <v>12582.24</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="21">
+        <v>1581994.2</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="21">
+        <v>60</v>
+      </c>
+      <c r="U13" s="22"/>
+      <c r="V13" s="21">
+        <v>78150.7</v>
+      </c>
+      <c r="W13" s="22"/>
+      <c r="X13" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="18">
+        <v>5449868.7599999998</v>
+      </c>
+      <c r="AA13" s="19"/>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...20 lines deleted...]
-      <c r="I13" s="4">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="21">
+        <v>2544154.2599999998</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="21">
+        <v>1377334.35</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="21">
+        <v>0</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="23">
+        <v>3921488.61</v>
+      </c>
+      <c r="K14" s="24"/>
+      <c r="L14" s="21">
+        <v>0</v>
+      </c>
+      <c r="M14" s="22"/>
+      <c r="N14" s="21">
+        <v>218842.49</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="21">
         <v>200</v>
       </c>
-      <c r="J13" s="4">
-[...19 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="Q14" s="22"/>
+      <c r="R14" s="21">
+        <v>1446517.81</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="21">
+        <v>0</v>
+      </c>
+      <c r="U14" s="22"/>
+      <c r="V14" s="21">
+        <v>1113513.6200000001</v>
+      </c>
+      <c r="W14" s="22"/>
+      <c r="X14" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="18">
+        <v>6700562.5300000003</v>
+      </c>
+      <c r="AA14" s="19"/>
+    </row>
+    <row r="15" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...43 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="21">
+        <v>89556770.180000007</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="21">
+        <v>-2168636.69</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="21">
+        <v>0</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="23">
+        <v>87388133.489999995</v>
+      </c>
+      <c r="K15" s="24"/>
+      <c r="L15" s="21">
+        <v>0</v>
+      </c>
+      <c r="M15" s="22"/>
+      <c r="N15" s="21">
+        <v>1283309.1100000001</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="21">
+        <v>216532.45</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="21">
+        <v>5743670.25</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="21">
+        <v>0</v>
+      </c>
+      <c r="U15" s="22"/>
+      <c r="V15" s="21">
+        <v>751692.73</v>
+      </c>
+      <c r="W15" s="22"/>
+      <c r="X15" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="18">
+        <v>95383338.030000001</v>
+      </c>
+      <c r="AA15" s="19"/>
+    </row>
+    <row r="16" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...43 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="21">
+        <v>18320325.57</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="21">
+        <v>5226535.4800000004</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="21">
+        <v>28395</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="23">
+        <v>23575256.050000001</v>
+      </c>
+      <c r="K16" s="24"/>
+      <c r="L16" s="21">
+        <v>0</v>
+      </c>
+      <c r="M16" s="22"/>
+      <c r="N16" s="21">
+        <v>1672097.29</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="21">
+        <v>74609.8</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="21">
+        <v>2377942.41</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="21">
+        <v>242.55</v>
+      </c>
+      <c r="U16" s="22"/>
+      <c r="V16" s="21">
+        <v>4543872</v>
+      </c>
+      <c r="W16" s="22"/>
+      <c r="X16" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="18">
+        <v>32244020.100000001</v>
+      </c>
+      <c r="AA16" s="19"/>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...43 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="21">
+        <v>6890914.6900000004</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="21">
+        <v>215634.38</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="21">
+        <v>0</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="23">
+        <v>7106549.0700000003</v>
+      </c>
+      <c r="K17" s="24"/>
+      <c r="L17" s="21">
+        <v>0</v>
+      </c>
+      <c r="M17" s="22"/>
+      <c r="N17" s="21">
+        <v>305605.84000000003</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="21">
+        <v>199078.04</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="21">
+        <v>0</v>
+      </c>
+      <c r="U17" s="22"/>
+      <c r="V17" s="21">
+        <v>177174.17</v>
+      </c>
+      <c r="W17" s="22"/>
+      <c r="X17" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="18">
+        <v>7788407.1200000001</v>
+      </c>
+      <c r="AA17" s="19"/>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...43 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="21">
+        <v>3709166.47</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="21">
+        <v>458960.66</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="21">
+        <v>4371.25</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="23">
+        <v>4172498.38</v>
+      </c>
+      <c r="K18" s="24"/>
+      <c r="L18" s="21">
+        <v>0</v>
+      </c>
+      <c r="M18" s="22"/>
+      <c r="N18" s="21">
+        <v>150067.04</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="21">
+        <v>519637.52</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="21">
+        <v>0</v>
+      </c>
+      <c r="U18" s="22"/>
+      <c r="V18" s="21">
+        <v>539429.64</v>
+      </c>
+      <c r="W18" s="22"/>
+      <c r="X18" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="18">
+        <v>5381632.5800000001</v>
+      </c>
+      <c r="AA18" s="19"/>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...43 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="21">
+        <v>29297160.789999999</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="21">
+        <v>1050991.1599999999</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="21">
+        <v>0</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="23">
+        <v>30348151.949999999</v>
+      </c>
+      <c r="K19" s="24"/>
+      <c r="L19" s="21">
+        <v>0</v>
+      </c>
+      <c r="M19" s="22"/>
+      <c r="N19" s="21">
+        <v>1459416.14</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="21">
+        <v>24174.19</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="21">
+        <v>7742087.2199999997</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="21">
+        <v>100268.17</v>
+      </c>
+      <c r="U19" s="22"/>
+      <c r="V19" s="21">
+        <v>1678700.6</v>
+      </c>
+      <c r="W19" s="22"/>
+      <c r="X19" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="18">
+        <v>41352798.270000003</v>
+      </c>
+      <c r="AA19" s="19"/>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...32 lines deleted...]
-      <c r="M19" s="47">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="21">
+        <v>49648007.729999997</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="21">
+        <v>334121.36</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="21">
+        <v>0</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="23">
+        <v>49982129.090000004</v>
+      </c>
+      <c r="K20" s="24"/>
+      <c r="L20" s="21">
+        <v>0</v>
+      </c>
+      <c r="M20" s="22"/>
+      <c r="N20" s="21">
+        <v>1320826.57</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="21">
+        <v>5013.7700000000004</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="21">
+        <v>9135102.0399999991</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="21">
+        <v>0</v>
+      </c>
+      <c r="U20" s="22"/>
+      <c r="V20" s="21">
+        <v>598527.13</v>
+      </c>
+      <c r="W20" s="22"/>
+      <c r="X20" s="23">
         <v>40000</v>
       </c>
-      <c r="N19" s="47">
-[...7 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="18">
+        <v>61081598.600000001</v>
+      </c>
+      <c r="AA20" s="19"/>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...43 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="21">
+        <v>13063328.09</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="21">
+        <v>1525168.73</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="21">
+        <v>7260</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="23">
+        <v>14595756.82</v>
+      </c>
+      <c r="K21" s="24"/>
+      <c r="L21" s="21">
+        <v>0</v>
+      </c>
+      <c r="M21" s="22"/>
+      <c r="N21" s="21">
+        <v>590013.57999999996</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="21">
+        <v>333727.78000000003</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="21">
+        <v>805463.05</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="21">
+        <v>0</v>
+      </c>
+      <c r="U21" s="22"/>
+      <c r="V21" s="21">
+        <v>1403003.82</v>
+      </c>
+      <c r="W21" s="22"/>
+      <c r="X21" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="18">
+        <v>17727965.050000001</v>
+      </c>
+      <c r="AA21" s="19"/>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...43 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="21">
+        <v>32517986</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="21">
+        <v>283618.65999999997</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="21">
+        <v>0</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="23">
+        <v>32801604.66</v>
+      </c>
+      <c r="K22" s="24"/>
+      <c r="L22" s="21">
+        <v>0</v>
+      </c>
+      <c r="M22" s="22"/>
+      <c r="N22" s="21">
+        <v>356089.46</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="21">
+        <v>2800000</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="21">
+        <v>1747462.55</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="21">
+        <v>0</v>
+      </c>
+      <c r="U22" s="22"/>
+      <c r="V22" s="21">
+        <v>370957.27</v>
+      </c>
+      <c r="W22" s="22"/>
+      <c r="X22" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="18">
+        <v>38076113.939999998</v>
+      </c>
+      <c r="AA22" s="19"/>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...43 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="21">
+        <v>3585289.1</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="21">
+        <v>1318228.02</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="21">
+        <v>0</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="23">
+        <v>4903517.12</v>
+      </c>
+      <c r="K23" s="24"/>
+      <c r="L23" s="21">
+        <v>0</v>
+      </c>
+      <c r="M23" s="22"/>
+      <c r="N23" s="21">
+        <v>274771.86</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="21">
+        <v>2000822.48</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="21">
+        <v>0</v>
+      </c>
+      <c r="U23" s="22"/>
+      <c r="V23" s="21">
+        <v>1210503.58</v>
+      </c>
+      <c r="W23" s="22"/>
+      <c r="X23" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="18">
+        <v>8389615.0399999991</v>
+      </c>
+      <c r="AA23" s="19"/>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...43 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="21">
+        <v>703119523.5</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="21">
+        <v>317881337.38999999</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="21">
+        <v>431822.5</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="23">
+        <v>1021432683.39</v>
+      </c>
+      <c r="K24" s="24"/>
+      <c r="L24" s="21">
+        <v>0</v>
+      </c>
+      <c r="M24" s="22"/>
+      <c r="N24" s="21">
+        <v>54764030.359999999</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="21">
+        <v>15359141.699999999</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="21">
+        <v>222580729.97999999</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="21">
+        <v>5646651.9699999997</v>
+      </c>
+      <c r="U24" s="22"/>
+      <c r="V24" s="21">
+        <v>74967347.109999999</v>
+      </c>
+      <c r="W24" s="22"/>
+      <c r="X24" s="23">
+        <v>2844292.2</v>
+      </c>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="18">
+        <v>1397594876.71</v>
+      </c>
+      <c r="AA24" s="19"/>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...43 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="21">
+        <v>12609586.970000001</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="21">
+        <v>3382709.01</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="21">
+        <v>0</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="23">
+        <v>15992295.98</v>
+      </c>
+      <c r="K25" s="24"/>
+      <c r="L25" s="21">
+        <v>0</v>
+      </c>
+      <c r="M25" s="22"/>
+      <c r="N25" s="21">
+        <v>457713.31</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="21">
+        <v>2639509.2999999998</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="21">
+        <v>0</v>
+      </c>
+      <c r="U25" s="22"/>
+      <c r="V25" s="21">
+        <v>241728.66</v>
+      </c>
+      <c r="W25" s="22"/>
+      <c r="X25" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="18">
+        <v>19331247.25</v>
+      </c>
+      <c r="AA25" s="19"/>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...43 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="21">
+        <v>31426936.140000001</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="21">
+        <v>9042059.9700000007</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="21">
+        <v>26337.5</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="23">
+        <v>40495333.609999999</v>
+      </c>
+      <c r="K26" s="24"/>
+      <c r="L26" s="21">
+        <v>0</v>
+      </c>
+      <c r="M26" s="22"/>
+      <c r="N26" s="21">
+        <v>2389256.9</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="21">
+        <v>17597.3</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="21">
+        <v>3556477.24</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="21">
+        <v>0</v>
+      </c>
+      <c r="U26" s="22"/>
+      <c r="V26" s="21">
+        <v>4556224.3499999996</v>
+      </c>
+      <c r="W26" s="22"/>
+      <c r="X26" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="24"/>
+      <c r="Z26" s="18">
+        <v>51014889.399999999</v>
+      </c>
+      <c r="AA26" s="19"/>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...43 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="21">
+        <v>1535248.23</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="21">
+        <v>110033.24</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="21">
+        <v>0</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="23">
+        <v>1645281.47</v>
+      </c>
+      <c r="K27" s="24"/>
+      <c r="L27" s="21">
+        <v>0</v>
+      </c>
+      <c r="M27" s="22"/>
+      <c r="N27" s="21">
+        <v>69128.11</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="21">
+        <v>932949.58</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="21">
+        <v>0</v>
+      </c>
+      <c r="U27" s="22"/>
+      <c r="V27" s="21">
+        <v>321209.09999999998</v>
+      </c>
+      <c r="W27" s="22"/>
+      <c r="X27" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="24"/>
+      <c r="Z27" s="18">
+        <v>2968568.26</v>
+      </c>
+      <c r="AA27" s="19"/>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...20 lines deleted...]
-      <c r="I27" s="4">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="21">
+        <v>5054834.16</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="21">
+        <v>285327.61</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="21">
+        <v>0</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="23">
+        <v>5340161.7699999996</v>
+      </c>
+      <c r="K28" s="24"/>
+      <c r="L28" s="21">
+        <v>0</v>
+      </c>
+      <c r="M28" s="22"/>
+      <c r="N28" s="21">
+        <v>214484.56</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="21">
         <v>560</v>
       </c>
-      <c r="J27" s="4">
-[...19 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="Q28" s="22"/>
+      <c r="R28" s="21">
+        <v>774457.44</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="21">
+        <v>0</v>
+      </c>
+      <c r="U28" s="22"/>
+      <c r="V28" s="21">
+        <v>213441.03</v>
+      </c>
+      <c r="W28" s="22"/>
+      <c r="X28" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="24"/>
+      <c r="Z28" s="18">
+        <v>6543104.7999999998</v>
+      </c>
+      <c r="AA28" s="19"/>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...43 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="21">
+        <v>9343462.5899999999</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="21">
+        <v>201419.42</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="21">
+        <v>0</v>
+      </c>
+      <c r="I29" s="22"/>
+      <c r="J29" s="23">
+        <v>9544882.0099999998</v>
+      </c>
+      <c r="K29" s="24"/>
+      <c r="L29" s="21">
+        <v>0</v>
+      </c>
+      <c r="M29" s="22"/>
+      <c r="N29" s="21">
+        <v>536898.55000000005</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="21">
+        <v>18548.099999999999</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="21">
+        <v>1182811.55</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="21">
+        <v>0</v>
+      </c>
+      <c r="U29" s="22"/>
+      <c r="V29" s="21">
+        <v>84682.36</v>
+      </c>
+      <c r="W29" s="22"/>
+      <c r="X29" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="24"/>
+      <c r="Z29" s="18">
+        <v>11367822.57</v>
+      </c>
+      <c r="AA29" s="19"/>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...43 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="21">
+        <v>1529531.63</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="21">
+        <v>140767.74</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="21">
+        <v>0</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="23">
+        <v>1670299.37</v>
+      </c>
+      <c r="K30" s="24"/>
+      <c r="L30" s="21">
+        <v>0</v>
+      </c>
+      <c r="M30" s="22"/>
+      <c r="N30" s="21">
+        <v>105412.29</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="21">
+        <v>0.25</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="21">
+        <v>743051.06</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="21">
+        <v>0</v>
+      </c>
+      <c r="U30" s="22"/>
+      <c r="V30" s="21">
+        <v>434626.56</v>
+      </c>
+      <c r="W30" s="22"/>
+      <c r="X30" s="23">
+        <v>7059</v>
+      </c>
+      <c r="Y30" s="24"/>
+      <c r="Z30" s="18">
+        <v>2960448.53</v>
+      </c>
+      <c r="AA30" s="19"/>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...43 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="21">
+        <v>94116408.310000002</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="21">
+        <v>58953629.390000001</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="21">
+        <v>47722.5</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="23">
+        <v>153117760.19999999</v>
+      </c>
+      <c r="K31" s="24"/>
+      <c r="L31" s="21">
+        <v>0</v>
+      </c>
+      <c r="M31" s="22"/>
+      <c r="N31" s="21">
+        <v>14996918.619999999</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="21">
+        <v>67434.820000000007</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="21">
+        <v>32827044.239999998</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="21">
+        <v>67706.320000000007</v>
+      </c>
+      <c r="U31" s="22"/>
+      <c r="V31" s="21">
+        <v>5689575.7999999998</v>
+      </c>
+      <c r="W31" s="22"/>
+      <c r="X31" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="24"/>
+      <c r="Z31" s="18">
+        <v>206766440</v>
+      </c>
+      <c r="AA31" s="19"/>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...43 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="21">
+        <v>7416966.8799999999</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="21">
+        <v>822709.99</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="21">
+        <v>9060</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="23">
+        <v>8248736.8700000001</v>
+      </c>
+      <c r="K32" s="24"/>
+      <c r="L32" s="21">
+        <v>0</v>
+      </c>
+      <c r="M32" s="22"/>
+      <c r="N32" s="21">
+        <v>429200.28</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="21">
+        <v>458.46</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="21">
+        <v>423070.43</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="21">
+        <v>0</v>
+      </c>
+      <c r="U32" s="22"/>
+      <c r="V32" s="21">
+        <v>1274672.93</v>
+      </c>
+      <c r="W32" s="22"/>
+      <c r="X32" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y32" s="24"/>
+      <c r="Z32" s="18">
+        <v>10376138.970000001</v>
+      </c>
+      <c r="AA32" s="19"/>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...43 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="21">
+        <v>67063909.450000003</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="21">
+        <v>104915239.87</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="21">
+        <v>72245</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="23">
+        <v>172051394.31999999</v>
+      </c>
+      <c r="K33" s="24"/>
+      <c r="L33" s="21">
+        <v>0</v>
+      </c>
+      <c r="M33" s="22"/>
+      <c r="N33" s="21">
+        <v>12297571.199999999</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="21">
+        <v>184682.1</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="21">
+        <v>6671400.9299999997</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="21">
+        <v>0</v>
+      </c>
+      <c r="U33" s="22"/>
+      <c r="V33" s="21">
+        <v>6793032.4400000004</v>
+      </c>
+      <c r="W33" s="22"/>
+      <c r="X33" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="24"/>
+      <c r="Z33" s="18">
+        <v>197998080.99000001</v>
+      </c>
+      <c r="AA33" s="19"/>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...43 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="21">
+        <v>33026705.25</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="21">
+        <v>13779650.16</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="21">
+        <v>57322.5</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="23">
+        <v>46863677.909999996</v>
+      </c>
+      <c r="K34" s="24"/>
+      <c r="L34" s="21">
+        <v>0</v>
+      </c>
+      <c r="M34" s="22"/>
+      <c r="N34" s="21">
+        <v>2144086.75</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="21">
+        <v>409097.04</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="21">
+        <v>3005484.3</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="21">
+        <v>0</v>
+      </c>
+      <c r="U34" s="22"/>
+      <c r="V34" s="21">
+        <v>17689178.199999999</v>
+      </c>
+      <c r="W34" s="22"/>
+      <c r="X34" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="24"/>
+      <c r="Z34" s="18">
+        <v>70111524.200000003</v>
+      </c>
+      <c r="AA34" s="19"/>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...43 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="21">
+        <v>7389811.5499999998</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="21">
+        <v>1570432.61</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="21">
+        <v>0</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="23">
+        <v>8960244.1600000001</v>
+      </c>
+      <c r="K35" s="24"/>
+      <c r="L35" s="21">
+        <v>0</v>
+      </c>
+      <c r="M35" s="22"/>
+      <c r="N35" s="21">
+        <v>718344.82</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="21">
+        <v>1445015.46</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="21">
+        <v>0</v>
+      </c>
+      <c r="U35" s="22"/>
+      <c r="V35" s="21">
+        <v>1401590.74</v>
+      </c>
+      <c r="W35" s="22"/>
+      <c r="X35" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="24"/>
+      <c r="Z35" s="18">
+        <v>12525195.18</v>
+      </c>
+      <c r="AA35" s="19"/>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...43 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="21">
+        <v>47548575.090000004</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="21">
+        <v>39609486.93</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="21">
+        <v>18396.25</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="23">
+        <v>87176458.269999996</v>
+      </c>
+      <c r="K36" s="24"/>
+      <c r="L36" s="21">
+        <v>0</v>
+      </c>
+      <c r="M36" s="22"/>
+      <c r="N36" s="21">
+        <v>4487571.3899999997</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="21">
+        <v>9500</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="21">
+        <v>32936895.359999999</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="21">
+        <v>0</v>
+      </c>
+      <c r="U36" s="22"/>
+      <c r="V36" s="21">
+        <v>3816876.39</v>
+      </c>
+      <c r="W36" s="22"/>
+      <c r="X36" s="23">
+        <v>654550.38</v>
+      </c>
+      <c r="Y36" s="24"/>
+      <c r="Z36" s="18">
+        <v>129081851.79000001</v>
+      </c>
+      <c r="AA36" s="19"/>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...43 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="21">
+        <v>14331060.199999999</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="21">
+        <v>213051.41</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="21">
+        <v>0</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="23">
+        <v>14544111.609999999</v>
+      </c>
+      <c r="K37" s="24"/>
+      <c r="L37" s="21">
+        <v>0</v>
+      </c>
+      <c r="M37" s="22"/>
+      <c r="N37" s="21">
+        <v>833064.15</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="21">
+        <v>10131.52</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="21">
+        <v>4421448.43</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="21">
+        <v>0</v>
+      </c>
+      <c r="U37" s="22"/>
+      <c r="V37" s="21">
+        <v>613584.89</v>
+      </c>
+      <c r="W37" s="22"/>
+      <c r="X37" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="24"/>
+      <c r="Z37" s="18">
+        <v>20422340.600000001</v>
+      </c>
+      <c r="AA37" s="19"/>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...43 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="21">
+        <v>3404934.41</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="21">
+        <v>133429.92000000001</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="21">
+        <v>0</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="23">
+        <v>3538364.33</v>
+      </c>
+      <c r="K38" s="24"/>
+      <c r="L38" s="21">
+        <v>0</v>
+      </c>
+      <c r="M38" s="22"/>
+      <c r="N38" s="21">
+        <v>65243.73</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="21">
+        <v>4842.55</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="21">
+        <v>1595216.47</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="21">
+        <v>0</v>
+      </c>
+      <c r="U38" s="22"/>
+      <c r="V38" s="21">
+        <v>574713.4</v>
+      </c>
+      <c r="W38" s="22"/>
+      <c r="X38" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="24"/>
+      <c r="Z38" s="18">
+        <v>5778380.4800000004</v>
+      </c>
+      <c r="AA38" s="19"/>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...43 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="21">
+        <v>7012287.0999999996</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="21">
+        <v>1016079.46</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="21">
+        <v>11767.5</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="23">
+        <v>8040134.0599999996</v>
+      </c>
+      <c r="K39" s="24"/>
+      <c r="L39" s="21">
+        <v>0</v>
+      </c>
+      <c r="M39" s="22"/>
+      <c r="N39" s="21">
+        <v>417699.28</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="21">
+        <v>29558.61</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="21">
+        <v>916160.68</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="21">
+        <v>0</v>
+      </c>
+      <c r="U39" s="22"/>
+      <c r="V39" s="21">
+        <v>1529635.57</v>
+      </c>
+      <c r="W39" s="22"/>
+      <c r="X39" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="24"/>
+      <c r="Z39" s="18">
+        <v>10933188.199999999</v>
+      </c>
+      <c r="AA39" s="19"/>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...43 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="21">
+        <v>3909348.38</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="21">
+        <v>35149.51</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="21">
+        <v>0</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="23">
+        <v>3944497.89</v>
+      </c>
+      <c r="K40" s="24"/>
+      <c r="L40" s="21">
+        <v>0</v>
+      </c>
+      <c r="M40" s="22"/>
+      <c r="N40" s="21">
+        <v>59358.54</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="21">
+        <v>428717.63</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="21">
+        <v>0</v>
+      </c>
+      <c r="U40" s="22"/>
+      <c r="V40" s="21">
+        <v>572997.30000000005</v>
+      </c>
+      <c r="W40" s="22"/>
+      <c r="X40" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="24"/>
+      <c r="Z40" s="18">
+        <v>5005571.3600000003</v>
+      </c>
+      <c r="AA40" s="19"/>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...43 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="21">
+        <v>20191619.440000001</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="21">
+        <v>7822146.7400000002</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="21">
+        <v>9178.75</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="23">
+        <v>28022944.93</v>
+      </c>
+      <c r="K41" s="24"/>
+      <c r="L41" s="21">
+        <v>0</v>
+      </c>
+      <c r="M41" s="22"/>
+      <c r="N41" s="21">
+        <v>958812.99</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="21">
+        <v>2529791.3199999998</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="21">
+        <v>0</v>
+      </c>
+      <c r="U41" s="22"/>
+      <c r="V41" s="21">
+        <v>986194.54</v>
+      </c>
+      <c r="W41" s="22"/>
+      <c r="X41" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="24"/>
+      <c r="Z41" s="18">
+        <v>32497743.780000001</v>
+      </c>
+      <c r="AA41" s="19"/>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...43 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="21">
+        <v>2165646.6</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="21">
+        <v>275154.81</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="21">
+        <v>2905</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="23">
+        <v>2443706.41</v>
+      </c>
+      <c r="K42" s="24"/>
+      <c r="L42" s="21">
+        <v>0</v>
+      </c>
+      <c r="M42" s="22"/>
+      <c r="N42" s="21">
+        <v>121623.94</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="21">
+        <v>789488</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="21">
+        <v>0</v>
+      </c>
+      <c r="U42" s="22"/>
+      <c r="V42" s="21">
+        <v>390943.35</v>
+      </c>
+      <c r="W42" s="22"/>
+      <c r="X42" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="24"/>
+      <c r="Z42" s="18">
+        <v>3745761.7</v>
+      </c>
+      <c r="AA42" s="19"/>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...43 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="21">
+        <v>40430286.890000001</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="21">
+        <v>7787757.21</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="21">
+        <v>52215</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="23">
+        <v>48270259.100000001</v>
+      </c>
+      <c r="K43" s="24"/>
+      <c r="L43" s="21">
+        <v>0</v>
+      </c>
+      <c r="M43" s="22"/>
+      <c r="N43" s="21">
+        <v>1621933.74</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="21">
+        <v>8556.9599999999991</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="21">
+        <v>5461871.6399999997</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="21">
+        <v>0</v>
+      </c>
+      <c r="U43" s="22"/>
+      <c r="V43" s="21">
+        <v>11541043.15</v>
+      </c>
+      <c r="W43" s="22"/>
+      <c r="X43" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="24"/>
+      <c r="Z43" s="18">
+        <v>66903664.590000004</v>
+      </c>
+      <c r="AA43" s="19"/>
+    </row>
+    <row r="44" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...43 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="21">
+        <v>7304236.8200000003</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="21">
+        <v>691695.04</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="21">
+        <v>0</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="23">
+        <v>7995931.8600000003</v>
+      </c>
+      <c r="K44" s="24"/>
+      <c r="L44" s="21">
+        <v>0</v>
+      </c>
+      <c r="M44" s="22"/>
+      <c r="N44" s="21">
+        <v>340985.93</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="21">
+        <v>2587353.2599999998</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="21">
+        <v>1500</v>
+      </c>
+      <c r="U44" s="22"/>
+      <c r="V44" s="21">
+        <v>696278.85</v>
+      </c>
+      <c r="W44" s="22"/>
+      <c r="X44" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="24"/>
+      <c r="Z44" s="18">
+        <v>11622049.9</v>
+      </c>
+      <c r="AA44" s="19"/>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...43 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="21">
+        <v>13676946.09</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="21">
+        <v>505933.23</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="21">
+        <v>0</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="23">
+        <v>14182879.32</v>
+      </c>
+      <c r="K45" s="24"/>
+      <c r="L45" s="21">
+        <v>0</v>
+      </c>
+      <c r="M45" s="22"/>
+      <c r="N45" s="21">
+        <v>338900.72</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="21">
+        <v>17786</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="21">
+        <v>3065611.24</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="21">
+        <v>8947.56</v>
+      </c>
+      <c r="U45" s="22"/>
+      <c r="V45" s="21">
+        <v>172943.83</v>
+      </c>
+      <c r="W45" s="22"/>
+      <c r="X45" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y45" s="24"/>
+      <c r="Z45" s="18">
+        <v>17787068.670000002</v>
+      </c>
+      <c r="AA45" s="19"/>
+    </row>
+    <row r="46" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...43 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="21">
+        <v>68482485.900000006</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="21">
+        <v>114876358.06</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="21">
+        <v>53333.75</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="23">
+        <v>183412177.71000001</v>
+      </c>
+      <c r="K46" s="24"/>
+      <c r="L46" s="21">
+        <v>0</v>
+      </c>
+      <c r="M46" s="22"/>
+      <c r="N46" s="21">
+        <v>16534341.42</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="21">
+        <v>223566.87</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="21">
+        <v>7379366.5999999996</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="21">
+        <v>0</v>
+      </c>
+      <c r="U46" s="22"/>
+      <c r="V46" s="21">
+        <v>-3283133.98</v>
+      </c>
+      <c r="W46" s="22"/>
+      <c r="X46" s="23">
+        <v>557198.62</v>
+      </c>
+      <c r="Y46" s="24"/>
+      <c r="Z46" s="18">
+        <v>204823517.24000001</v>
+      </c>
+      <c r="AA46" s="19"/>
+    </row>
+    <row r="47" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...43 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="21">
+        <v>27218539.579999998</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="21">
+        <v>10832596.4</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="21">
+        <v>46145</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="23">
+        <v>38097280.979999997</v>
+      </c>
+      <c r="K47" s="24"/>
+      <c r="L47" s="21">
+        <v>0</v>
+      </c>
+      <c r="M47" s="22"/>
+      <c r="N47" s="21">
+        <v>2100172.64</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="21">
+        <v>25601.88</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="21">
+        <v>4847917.68</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="21">
+        <v>32697.91</v>
+      </c>
+      <c r="U47" s="22"/>
+      <c r="V47" s="21">
+        <v>5278080.04</v>
+      </c>
+      <c r="W47" s="22"/>
+      <c r="X47" s="23">
+        <v>70652.75</v>
+      </c>
+      <c r="Y47" s="24"/>
+      <c r="Z47" s="18">
+        <v>50452403.880000003</v>
+      </c>
+      <c r="AA47" s="19"/>
+    </row>
+    <row r="48" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...43 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="21">
+        <v>30002005.57</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="21">
+        <v>2132505.5099999998</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="21">
+        <v>43292.5</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="23">
+        <v>32177803.579999998</v>
+      </c>
+      <c r="K48" s="24"/>
+      <c r="L48" s="21">
+        <v>0</v>
+      </c>
+      <c r="M48" s="22"/>
+      <c r="N48" s="21">
+        <v>2330471.4500000002</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="21">
+        <v>19691.25</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="21">
+        <v>2371528.36</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="21">
+        <v>0</v>
+      </c>
+      <c r="U48" s="22"/>
+      <c r="V48" s="21">
+        <v>2880549.92</v>
+      </c>
+      <c r="W48" s="22"/>
+      <c r="X48" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="24"/>
+      <c r="Z48" s="18">
+        <v>39780044.560000002</v>
+      </c>
+      <c r="AA48" s="19"/>
+    </row>
+    <row r="49" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...43 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="18">
+        <v>1653497480.29</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="18">
+        <v>779449317.23000002</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="18">
+        <v>1046477.5</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="25">
+        <v>2433993275.02</v>
+      </c>
+      <c r="K49" s="26"/>
+      <c r="L49" s="18">
+        <v>133280</v>
+      </c>
+      <c r="M49" s="19"/>
+      <c r="N49" s="18">
+        <v>144232894.90000001</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="18">
+        <v>21712320.719999999</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="18">
+        <v>419450604.17000002</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="18">
+        <v>5859314.4800000004</v>
+      </c>
+      <c r="U49" s="19"/>
+      <c r="V49" s="18">
+        <v>171184822</v>
+      </c>
+      <c r="W49" s="19"/>
+      <c r="X49" s="25">
+        <v>4254029.5</v>
+      </c>
+      <c r="Y49" s="26"/>
+      <c r="Z49" s="18">
+        <v>3200820540.79</v>
+      </c>
+      <c r="AA49" s="19"/>
+    </row>
+    <row r="50" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...40 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="14">
+        <v>950377956.78999996</v>
+      </c>
+      <c r="E50" s="15"/>
+      <c r="F50" s="14">
+        <v>461567979.83999997</v>
+      </c>
+      <c r="G50" s="15"/>
+      <c r="H50" s="14">
+        <v>614655</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="16">
+        <v>1412560591.6300001</v>
+      </c>
+      <c r="K50" s="17"/>
+      <c r="L50" s="14">
+        <v>133280</v>
+      </c>
+      <c r="M50" s="15"/>
+      <c r="N50" s="14">
+        <v>89468864.540000007</v>
+      </c>
+      <c r="O50" s="15"/>
+      <c r="P50" s="14">
+        <v>6353179.0199999996</v>
+      </c>
+      <c r="Q50" s="15"/>
+      <c r="R50" s="14">
+        <v>196869874.19</v>
+      </c>
+      <c r="S50" s="15"/>
+      <c r="T50" s="14">
+        <v>212662.51</v>
+      </c>
+      <c r="U50" s="15"/>
+      <c r="V50" s="14">
+        <v>96217474.890000001</v>
+      </c>
+      <c r="W50" s="15"/>
+      <c r="X50" s="16">
+        <v>1409737.3</v>
+      </c>
+      <c r="Y50" s="17"/>
+      <c r="Z50" s="18">
+        <v>1803225664.0799999</v>
+      </c>
+      <c r="AA50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="79" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="626">
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="O2:AA2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="Z3:AA3"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="Z7:AA7"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="Z8:AA8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="Z9:AA9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="Z10:AA10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="Z12:AA12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="Z13:AA13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="Z14:AA14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="Z15:AA15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="Z16:AA16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="Z18:AA18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="Z20:AA20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="Z21:AA21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="Z22:AA22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="Z23:AA23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="Z24:AA24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="Z25:AA25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="Z26:AA26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="Z27:AA27"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="Z28:AA28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="Z29:AA29"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="Z30:AA30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="Z31:AA31"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="Z32:AA32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="Z33:AA33"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="Z34:AA34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="Z35:AA35"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="Z36:AA36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="Z37:AA37"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z38:AA38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="Z39:AA39"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="Z40:AA40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="Z41:AA41"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="Z42:AA42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="Z43:AA43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z44:AA44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="Z45:AA45"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z48:AA48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="Z49:AA49"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z50:AA50"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O49"/>
+  <dimension ref="A2:AA50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="15" max="15" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="13" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="4" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="26.25" thickBot="1">
-      <c r="A1" s="25" t="s">
+    <row r="2" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="31" t="s">
         <v>63</v>
       </c>
-      <c r="B1" s="26" t="s">
-[...17 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+      <c r="Z2" s="30"/>
+      <c r="AA2" s="30"/>
+    </row>
+    <row r="3" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>65</v>
       </c>
-      <c r="E2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>66</v>
       </c>
-      <c r="F2" s="31" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>67</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="36" t="s">
         <v>68</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="K3" s="37"/>
+      <c r="L3" s="34" t="s">
         <v>69</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="M3" s="35"/>
+      <c r="N3" s="34" t="s">
         <v>70</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>71</v>
       </c>
-      <c r="K2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>72</v>
       </c>
-      <c r="L2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="34" t="s">
         <v>73</v>
       </c>
-      <c r="M2" s="51" t="s">
-[...5 lines deleted...]
-      <c r="O2" s="52" t="s">
+      <c r="U3" s="35"/>
+      <c r="V3" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="W3" s="35"/>
+      <c r="X3" s="36">
+        <v>47</v>
+      </c>
+      <c r="Y3" s="37"/>
+      <c r="Z3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="AA3" s="39"/>
+    </row>
+    <row r="4" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...43 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="42">
+        <v>2431.6383190394499</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="42">
+        <v>527.30632933104596</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="42">
+        <v>4.1037735849050003</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="43">
+        <v>2963.0484219554</v>
+      </c>
+      <c r="K4" s="24"/>
+      <c r="L4" s="42">
+        <v>114.305317324185</v>
+      </c>
+      <c r="M4" s="22"/>
+      <c r="N4" s="42">
+        <v>267.591775300172</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="42">
+        <v>58.763979416809001</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="42">
+        <v>372.75734991423701</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="42">
+        <v>0</v>
+      </c>
+      <c r="U4" s="22"/>
+      <c r="V4" s="42">
+        <v>1615.9376243567799</v>
+      </c>
+      <c r="W4" s="22"/>
+      <c r="X4" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y4" s="24"/>
+      <c r="Z4" s="40">
+        <v>5392.4044682675803</v>
+      </c>
+      <c r="AA4" s="19"/>
+    </row>
+    <row r="5" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...43 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="42">
+        <v>5982.1396609523799</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="42">
+        <v>64.637615238094995</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="42">
+        <v>0</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="43">
+        <v>6046.7772761904798</v>
+      </c>
+      <c r="K5" s="24"/>
+      <c r="L5" s="42">
+        <v>0</v>
+      </c>
+      <c r="M5" s="22"/>
+      <c r="N5" s="42">
+        <v>135.00217523809499</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="42">
+        <v>1.7845219047609999</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="42">
+        <v>5462.1178666666701</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="42">
+        <v>0</v>
+      </c>
+      <c r="U5" s="22"/>
+      <c r="V5" s="42">
+        <v>169.89594666666699</v>
+      </c>
+      <c r="W5" s="22"/>
+      <c r="X5" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y5" s="24"/>
+      <c r="Z5" s="40">
+        <v>11815.577786666699</v>
+      </c>
+      <c r="AA5" s="19"/>
+    </row>
+    <row r="6" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...43 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="42">
+        <v>1674.5625600000001</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="42">
+        <v>526.15673142857099</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="42">
+        <v>5.9328571428570003</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="43">
+        <v>2206.6521485714302</v>
+      </c>
+      <c r="K6" s="24"/>
+      <c r="L6" s="42">
+        <v>0</v>
+      </c>
+      <c r="M6" s="22"/>
+      <c r="N6" s="42">
+        <v>149.10519428571399</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="42">
+        <v>2.7361714285710002</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="42">
+        <v>1087.4218571428601</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="42">
+        <v>0</v>
+      </c>
+      <c r="U6" s="22"/>
+      <c r="V6" s="42">
+        <v>769.70183999999995</v>
+      </c>
+      <c r="W6" s="22"/>
+      <c r="X6" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y6" s="24"/>
+      <c r="Z6" s="40">
+        <v>4215.61721142857</v>
+      </c>
+      <c r="AA6" s="19"/>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="17">
-[...40 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="D7" s="42">
+        <v>2617.5970892351302</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="42">
+        <v>329.29269830028301</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="42">
+        <v>0</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="43">
+        <v>2946.8897875354101</v>
+      </c>
+      <c r="K7" s="24"/>
+      <c r="L7" s="42">
+        <v>0</v>
+      </c>
+      <c r="M7" s="22"/>
+      <c r="N7" s="42">
+        <v>159.25616147308801</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="42">
+        <v>523.858456090652</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="42">
+        <v>0</v>
+      </c>
+      <c r="U7" s="22"/>
+      <c r="V7" s="42">
+        <v>707.85621104815903</v>
+      </c>
+      <c r="W7" s="22"/>
+      <c r="X7" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y7" s="24"/>
+      <c r="Z7" s="40">
+        <v>4337.8606161473099</v>
+      </c>
+      <c r="AA7" s="19"/>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...43 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="42">
+        <v>2311.9761248527702</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="42">
+        <v>338.71314095013702</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="42">
+        <v>0</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="43">
+        <v>2650.6892658029101</v>
+      </c>
+      <c r="K8" s="24"/>
+      <c r="L8" s="42">
+        <v>0</v>
+      </c>
+      <c r="M8" s="22"/>
+      <c r="N8" s="42">
+        <v>77.312595210051001</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="42">
+        <v>9.8154691794000007E-2</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="42">
+        <v>467.13359638790701</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="42">
+        <v>0</v>
+      </c>
+      <c r="U8" s="22"/>
+      <c r="V8" s="42">
+        <v>353.55383981154301</v>
+      </c>
+      <c r="W8" s="22"/>
+      <c r="X8" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y8" s="24"/>
+      <c r="Z8" s="40">
+        <v>3548.7874519042002</v>
+      </c>
+      <c r="AA8" s="19"/>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...43 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="42">
+        <v>2741.1974975633502</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="42">
+        <v>1892.9792616959101</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="42">
+        <v>3.1956627680310001</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="43">
+        <v>4637.3724220272898</v>
+      </c>
+      <c r="K9" s="24"/>
+      <c r="L9" s="42">
+        <v>0</v>
+      </c>
+      <c r="M9" s="22"/>
+      <c r="N9" s="42">
+        <v>138.670572612086</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="42">
+        <v>0.98318713450200002</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="42">
+        <v>235.75148879142299</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="42">
+        <v>0</v>
+      </c>
+      <c r="U9" s="22"/>
+      <c r="V9" s="42">
+        <v>148.91999025341099</v>
+      </c>
+      <c r="W9" s="22"/>
+      <c r="X9" s="43">
+        <v>3.7462962962959998</v>
+      </c>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="40">
+        <v>5165.4439571150097</v>
+      </c>
+      <c r="AA9" s="19"/>
+    </row>
+    <row r="10" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...43 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="42">
+        <v>2528.7956658899402</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="42">
+        <v>341.61310629144998</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="42">
+        <v>3.4190715181929998</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="43">
+        <v>2873.8278436995902</v>
+      </c>
+      <c r="K10" s="24"/>
+      <c r="L10" s="42">
+        <v>0</v>
+      </c>
+      <c r="M10" s="22"/>
+      <c r="N10" s="42">
+        <v>468.66428302563202</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="42">
+        <v>7.5086789747260001</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="42">
+        <v>149.292121347912</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="42">
+        <v>0</v>
+      </c>
+      <c r="U10" s="22"/>
+      <c r="V10" s="42">
+        <v>485.27733644022197</v>
+      </c>
+      <c r="W10" s="22"/>
+      <c r="X10" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="40">
+        <v>3984.5702634880799</v>
+      </c>
+      <c r="AA10" s="19"/>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...43 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="42">
+        <v>3011.7604289426199</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="42">
+        <v>2552.3175681507901</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="42">
+        <v>2.5663892191829998</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="43">
+        <v>5566.6443863125896</v>
+      </c>
+      <c r="K11" s="24"/>
+      <c r="L11" s="42">
+        <v>0</v>
+      </c>
+      <c r="M11" s="22"/>
+      <c r="N11" s="42">
+        <v>437.83773726163702</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="42">
+        <v>70.843567622319</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="42">
+        <v>791.65727088563006</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="42">
+        <v>5.4608710970000002E-2</v>
+      </c>
+      <c r="U11" s="22"/>
+      <c r="V11" s="42">
+        <v>332.25315585502301</v>
+      </c>
+      <c r="W11" s="22"/>
+      <c r="X11" s="43">
+        <v>2.8582265380709999</v>
+      </c>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="40">
+        <v>7202.1489531862399</v>
+      </c>
+      <c r="AA11" s="19"/>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...43 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="42">
+        <v>2330.7218887823601</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="42">
+        <v>221.76835091083399</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="42">
+        <v>0</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="43">
+        <v>2552.4902396931898</v>
+      </c>
+      <c r="K12" s="24"/>
+      <c r="L12" s="42">
+        <v>0</v>
+      </c>
+      <c r="M12" s="22"/>
+      <c r="N12" s="42">
+        <v>121.989165867689</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="42">
+        <v>61.382435282838003</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="42">
+        <v>788.88882070949205</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="42">
+        <v>0</v>
+      </c>
+      <c r="U12" s="22"/>
+      <c r="V12" s="42">
+        <v>128.26720038350899</v>
+      </c>
+      <c r="W12" s="22"/>
+      <c r="X12" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="40">
+        <v>3653.0178619367198</v>
+      </c>
+      <c r="AA12" s="19"/>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...43 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="42">
+        <v>4269.8568620689703</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="42">
+        <v>12.027919540229</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="42">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="43">
+        <v>4281.8847816091902</v>
+      </c>
+      <c r="K13" s="24"/>
+      <c r="L13" s="42">
+        <v>0</v>
+      </c>
+      <c r="M13" s="22"/>
+      <c r="N13" s="42">
+        <v>59.588344827585999</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="42">
+        <v>14.462344827586</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="42">
+        <v>1818.38413793103</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="42">
+        <v>6.8965517241000002E-2</v>
+      </c>
+      <c r="U13" s="22"/>
+      <c r="V13" s="42">
+        <v>89.828390804597007</v>
+      </c>
+      <c r="W13" s="22"/>
+      <c r="X13" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="40">
+        <v>6264.2169655172402</v>
+      </c>
+      <c r="AA13" s="19"/>
+    </row>
+    <row r="14" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...43 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="42">
+        <v>1540.0449515738501</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="42">
+        <v>833.73749999999995</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="42">
+        <v>0</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="43">
+        <v>2373.7824515738498</v>
+      </c>
+      <c r="K14" s="24"/>
+      <c r="L14" s="42">
+        <v>0</v>
+      </c>
+      <c r="M14" s="22"/>
+      <c r="N14" s="42">
+        <v>132.47124092009699</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="42">
+        <v>0.121065375302</v>
+      </c>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="42">
+        <v>875.61610774818405</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="42">
+        <v>0</v>
+      </c>
+      <c r="U14" s="22"/>
+      <c r="V14" s="42">
+        <v>674.03972154963697</v>
+      </c>
+      <c r="W14" s="22"/>
+      <c r="X14" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="40">
+        <v>4056.0305871670698</v>
+      </c>
+      <c r="AA14" s="19"/>
+    </row>
+    <row r="15" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...43 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="42">
+        <v>6271.4825056022401</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="42">
+        <v>-151.86531442577001</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="42">
+        <v>0</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="43">
+        <v>6119.6171911764704</v>
+      </c>
+      <c r="K15" s="24"/>
+      <c r="L15" s="42">
+        <v>0</v>
+      </c>
+      <c r="M15" s="22"/>
+      <c r="N15" s="42">
+        <v>89.867584733892997</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="42">
+        <v>15.163336834733</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="42">
+        <v>402.21780462184898</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="42">
+        <v>0</v>
+      </c>
+      <c r="U15" s="22"/>
+      <c r="V15" s="42">
+        <v>52.639546918767003</v>
+      </c>
+      <c r="W15" s="22"/>
+      <c r="X15" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="40">
+        <v>6679.5054642857103</v>
+      </c>
+      <c r="AA15" s="19"/>
+    </row>
+    <row r="16" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...43 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="42">
+        <v>1910.7556914893601</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="42">
+        <v>545.11216937839004</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="42">
+        <v>2.9615143929909999</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="43">
+        <v>2458.8293752607401</v>
+      </c>
+      <c r="K16" s="24"/>
+      <c r="L16" s="42">
+        <v>0</v>
+      </c>
+      <c r="M16" s="22"/>
+      <c r="N16" s="42">
+        <v>174.394794534835</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="42">
+        <v>7.7815811430949999</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="42">
+        <v>248.012349812265</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="42">
+        <v>2.5297246557999999E-2</v>
+      </c>
+      <c r="U16" s="22"/>
+      <c r="V16" s="42">
+        <v>473.91239048811002</v>
+      </c>
+      <c r="W16" s="22"/>
+      <c r="X16" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="40">
+        <v>3362.9557884856099</v>
+      </c>
+      <c r="AA16" s="19"/>
+    </row>
+    <row r="17" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...43 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="42">
+        <v>5508.3250919264601</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="42">
+        <v>172.369608313349</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="42">
+        <v>0</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="43">
+        <v>5680.6947002398101</v>
+      </c>
+      <c r="K17" s="24"/>
+      <c r="L17" s="42">
+        <v>0</v>
+      </c>
+      <c r="M17" s="22"/>
+      <c r="N17" s="42">
+        <v>244.28924060751399</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="42">
+        <v>159.13512390087899</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="42">
+        <v>0</v>
+      </c>
+      <c r="U17" s="22"/>
+      <c r="V17" s="42">
+        <v>141.62603517186301</v>
+      </c>
+      <c r="W17" s="22"/>
+      <c r="X17" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="40">
+        <v>6225.7450999200601</v>
+      </c>
+      <c r="AA17" s="19"/>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...43 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="42">
+        <v>2214.4277432835802</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="42">
+        <v>274.00636417910403</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="42">
+        <v>2.6097014925369999</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="43">
+        <v>2491.0438089552199</v>
+      </c>
+      <c r="K18" s="24"/>
+      <c r="L18" s="42">
+        <v>0</v>
+      </c>
+      <c r="M18" s="22"/>
+      <c r="N18" s="42">
+        <v>89.592262686566997</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="42">
+        <v>310.231355223881</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="42">
+        <v>0</v>
+      </c>
+      <c r="U18" s="22"/>
+      <c r="V18" s="42">
+        <v>322.04754626865702</v>
+      </c>
+      <c r="W18" s="22"/>
+      <c r="X18" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="40">
+        <v>3212.91497313433</v>
+      </c>
+      <c r="AA18" s="19"/>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...43 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="42">
+        <v>3390.48267445897</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="42">
+        <v>121.628418007175</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="42">
+        <v>0</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="43">
+        <v>3512.1110924661498</v>
+      </c>
+      <c r="K19" s="24"/>
+      <c r="L19" s="42">
+        <v>0</v>
+      </c>
+      <c r="M19" s="22"/>
+      <c r="N19" s="42">
+        <v>168.89435713459099</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="42">
+        <v>2.797614859391</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="42">
+        <v>895.97120935076998</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="42">
+        <v>11.603769239670999</v>
+      </c>
+      <c r="U19" s="22"/>
+      <c r="V19" s="42">
+        <v>194.27156579099599</v>
+      </c>
+      <c r="W19" s="22"/>
+      <c r="X19" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="40">
+        <v>4785.6496088415697</v>
+      </c>
+      <c r="AA19" s="19"/>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...43 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="42">
+        <v>8260.8997886855195</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="42">
+        <v>55.594236272878</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="42">
+        <v>0</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="43">
+        <v>8316.4940249583997</v>
+      </c>
+      <c r="K20" s="24"/>
+      <c r="L20" s="42">
+        <v>0</v>
+      </c>
+      <c r="M20" s="22"/>
+      <c r="N20" s="42">
+        <v>219.77147587354401</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="42">
+        <v>0.83423793677199998</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="42">
+        <v>1519.98370049917</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="42">
+        <v>0</v>
+      </c>
+      <c r="U20" s="22"/>
+      <c r="V20" s="42">
+        <v>99.588540765391002</v>
+      </c>
+      <c r="W20" s="22"/>
+      <c r="X20" s="43">
+        <v>6.6555740432609998</v>
+      </c>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="40">
+        <v>10163.327554076501</v>
+      </c>
+      <c r="AA20" s="19"/>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...43 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="42">
+        <v>2859.12192821186</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="42">
+        <v>333.807995184942</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="42">
+        <v>1.5889691398550001</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="43">
+        <v>3194.5188925366601</v>
+      </c>
+      <c r="K21" s="24"/>
+      <c r="L21" s="42">
+        <v>0</v>
+      </c>
+      <c r="M21" s="22"/>
+      <c r="N21" s="42">
+        <v>129.13407310133499</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="42">
+        <v>73.041755307507003</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="42">
+        <v>176.28869555701499</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="42">
+        <v>0</v>
+      </c>
+      <c r="U21" s="22"/>
+      <c r="V21" s="42">
+        <v>307.07021667761001</v>
+      </c>
+      <c r="W21" s="22"/>
+      <c r="X21" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="40">
+        <v>3880.05363318013</v>
+      </c>
+      <c r="AA21" s="19"/>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...43 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="42">
+        <v>14022.4174213023</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="42">
+        <v>122.302138852954</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="42">
+        <v>0</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="43">
+        <v>14144.719560155199</v>
+      </c>
+      <c r="K22" s="24"/>
+      <c r="L22" s="42">
+        <v>0</v>
+      </c>
+      <c r="M22" s="22"/>
+      <c r="N22" s="42">
+        <v>153.553022854679</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="42">
+        <v>1207.41699008193</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="42">
+        <v>753.54141871496302</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="42">
+        <v>0</v>
+      </c>
+      <c r="U22" s="22"/>
+      <c r="V22" s="42">
+        <v>159.964325140147</v>
+      </c>
+      <c r="W22" s="22"/>
+      <c r="X22" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="40">
+        <v>16419.195316947</v>
+      </c>
+      <c r="AA22" s="19"/>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...43 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="42">
+        <v>1943.24612466125</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="42">
+        <v>714.48673170731695</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="42">
+        <v>0</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="43">
+        <v>2657.7328563685601</v>
+      </c>
+      <c r="K23" s="24"/>
+      <c r="L23" s="42">
+        <v>0</v>
+      </c>
+      <c r="M23" s="22"/>
+      <c r="N23" s="42">
+        <v>148.92783739837401</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="42">
+        <v>1084.4566287262901</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="42">
+        <v>0</v>
+      </c>
+      <c r="U23" s="22"/>
+      <c r="V23" s="42">
+        <v>656.09950135501401</v>
+      </c>
+      <c r="W23" s="22"/>
+      <c r="X23" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="40">
+        <v>4547.21682384824</v>
+      </c>
+      <c r="AA23" s="19"/>
+    </row>
+    <row r="24" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...43 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="42">
+        <v>3379.4237379781698</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="42">
+        <v>1527.84228218919</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="42">
+        <v>2.075480993372</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="43">
+        <v>4909.3415011607303</v>
+      </c>
+      <c r="K24" s="24"/>
+      <c r="L24" s="42">
+        <v>0</v>
+      </c>
+      <c r="M24" s="22"/>
+      <c r="N24" s="42">
+        <v>263.21394585189802</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="42">
+        <v>73.821087768373005</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="42">
+        <v>1069.7962115553801</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="42">
+        <v>27.139666969465001</v>
+      </c>
+      <c r="U24" s="22"/>
+      <c r="V24" s="42">
+        <v>360.31773251817998</v>
+      </c>
+      <c r="W24" s="22"/>
+      <c r="X24" s="43">
+        <v>13.670604011362</v>
+      </c>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="40">
+        <v>6717.30074983538</v>
+      </c>
+      <c r="AA24" s="19"/>
+    </row>
+    <row r="25" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...43 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="42">
+        <v>4421.3138043478302</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="42">
+        <v>1186.08310308555</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="42">
+        <v>0</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="43">
+        <v>5607.39690743338</v>
+      </c>
+      <c r="K25" s="24"/>
+      <c r="L25" s="42">
+        <v>0</v>
+      </c>
+      <c r="M25" s="22"/>
+      <c r="N25" s="42">
+        <v>160.48853786816301</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="42">
+        <v>925.494144460028</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="42">
+        <v>0</v>
+      </c>
+      <c r="U25" s="22"/>
+      <c r="V25" s="42">
+        <v>84.757594670405993</v>
+      </c>
+      <c r="W25" s="22"/>
+      <c r="X25" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="40">
+        <v>6778.1371844319801</v>
+      </c>
+      <c r="AA25" s="19"/>
+    </row>
+    <row r="26" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...43 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="42">
+        <v>2422.8614709737099</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="42">
+        <v>697.09813969624599</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="42">
+        <v>2.03049109552</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="43">
+        <v>3121.9901017654802</v>
+      </c>
+      <c r="K26" s="24"/>
+      <c r="L26" s="42">
+        <v>0</v>
+      </c>
+      <c r="M26" s="22"/>
+      <c r="N26" s="42">
+        <v>184.19989977642399</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="42">
+        <v>1.356664867781</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="42">
+        <v>274.18681982884902</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="42">
+        <v>0</v>
+      </c>
+      <c r="U26" s="22"/>
+      <c r="V26" s="42">
+        <v>351.26238146634802</v>
+      </c>
+      <c r="W26" s="22"/>
+      <c r="X26" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="24"/>
+      <c r="Z26" s="40">
+        <v>3932.9958677048799</v>
+      </c>
+      <c r="AA26" s="19"/>
+    </row>
+    <row r="27" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...43 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="42">
+        <v>2781.2467934782599</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="42">
+        <v>199.335579710145</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="42">
+        <v>0</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="43">
+        <v>2980.5823731884102</v>
+      </c>
+      <c r="K27" s="24"/>
+      <c r="L27" s="42">
+        <v>0</v>
+      </c>
+      <c r="M27" s="22"/>
+      <c r="N27" s="42">
+        <v>125.23208333333299</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="42">
+        <v>1690.12605072464</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="42">
+        <v>0</v>
+      </c>
+      <c r="U27" s="22"/>
+      <c r="V27" s="42">
+        <v>581.90054347826106</v>
+      </c>
+      <c r="W27" s="22"/>
+      <c r="X27" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="24"/>
+      <c r="Z27" s="40">
+        <v>5377.8410507246399</v>
+      </c>
+      <c r="AA27" s="19"/>
+    </row>
+    <row r="28" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...43 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="42">
+        <v>4034.1852833200301</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="42">
+        <v>227.71557063048701</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="42">
+        <v>0</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="43">
+        <v>4261.9008539505203</v>
+      </c>
+      <c r="K28" s="24"/>
+      <c r="L28" s="42">
+        <v>0</v>
+      </c>
+      <c r="M28" s="22"/>
+      <c r="N28" s="42">
+        <v>171.17682362330399</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="42">
+        <v>0.44692737430099999</v>
+      </c>
+      <c r="Q28" s="22"/>
+      <c r="R28" s="42">
+        <v>618.08255387070994</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="42">
+        <v>0</v>
+      </c>
+      <c r="U28" s="22"/>
+      <c r="V28" s="42">
+        <v>170.34399840383099</v>
+      </c>
+      <c r="W28" s="22"/>
+      <c r="X28" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="24"/>
+      <c r="Z28" s="40">
+        <v>5221.9511572226702</v>
+      </c>
+      <c r="AA28" s="19"/>
+    </row>
+    <row r="29" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...43 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="42">
+        <v>7639.7895257563396</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="42">
+        <v>164.69290269828301</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="42">
+        <v>0</v>
+      </c>
+      <c r="I29" s="22"/>
+      <c r="J29" s="43">
+        <v>7804.4824284546203</v>
+      </c>
+      <c r="K29" s="24"/>
+      <c r="L29" s="42">
+        <v>0</v>
+      </c>
+      <c r="M29" s="22"/>
+      <c r="N29" s="42">
+        <v>439.00126737530701</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="42">
+        <v>15.166067048242001</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="42">
+        <v>967.13945216680304</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="42">
+        <v>0</v>
+      </c>
+      <c r="U29" s="22"/>
+      <c r="V29" s="42">
+        <v>69.241504497137996</v>
+      </c>
+      <c r="W29" s="22"/>
+      <c r="X29" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="24"/>
+      <c r="Z29" s="40">
+        <v>9295.0307195421101</v>
+      </c>
+      <c r="AA29" s="19"/>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...43 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="42">
+        <v>2154.2699014084501</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="42">
+        <v>198.264422535211</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="42">
+        <v>0</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="43">
+        <v>2352.5343239436602</v>
+      </c>
+      <c r="K30" s="24"/>
+      <c r="L30" s="42">
+        <v>0</v>
+      </c>
+      <c r="M30" s="22"/>
+      <c r="N30" s="42">
+        <v>148.46801408450699</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="42">
+        <v>3.5211267599999997E-4</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="42">
+        <v>1046.5507887323899</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="42">
+        <v>0</v>
+      </c>
+      <c r="U30" s="22"/>
+      <c r="V30" s="42">
+        <v>612.15008450704204</v>
+      </c>
+      <c r="W30" s="22"/>
+      <c r="X30" s="43">
+        <v>9.9422535211260001</v>
+      </c>
+      <c r="Y30" s="24"/>
+      <c r="Z30" s="40">
+        <v>4169.6458169014104</v>
+      </c>
+      <c r="AA30" s="19"/>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...43 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="42">
+        <v>2527.7007119836699</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="42">
+        <v>1583.3278559918399</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="42">
+        <v>1.28169146479</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="43">
+        <v>4112.3102594402999</v>
+      </c>
+      <c r="K31" s="24"/>
+      <c r="L31" s="42">
+        <v>0</v>
+      </c>
+      <c r="M31" s="22"/>
+      <c r="N31" s="42">
+        <v>402.77484610839599</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="42">
+        <v>1.811108664124</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="42">
+        <v>881.64162432185606</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="42">
+        <v>1.8184003867430001</v>
+      </c>
+      <c r="U31" s="22"/>
+      <c r="V31" s="42">
+        <v>152.80592469248501</v>
+      </c>
+      <c r="W31" s="22"/>
+      <c r="X31" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="24"/>
+      <c r="Z31" s="40">
+        <v>5553.1621636138998</v>
+      </c>
+      <c r="AA31" s="19"/>
+    </row>
+    <row r="32" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...43 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="42">
+        <v>3583.0757874396099</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="42">
+        <v>397.44443961352698</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="42">
+        <v>4.3768115942019996</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="43">
+        <v>3984.8970386473402</v>
+      </c>
+      <c r="K32" s="24"/>
+      <c r="L32" s="42">
+        <v>0</v>
+      </c>
+      <c r="M32" s="22"/>
+      <c r="N32" s="42">
+        <v>207.34313043478301</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="42">
+        <v>0.22147826086899999</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="42">
+        <v>204.381850241546</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="42">
+        <v>0</v>
+      </c>
+      <c r="U32" s="22"/>
+      <c r="V32" s="42">
+        <v>615.78402415458902</v>
+      </c>
+      <c r="W32" s="22"/>
+      <c r="X32" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y32" s="24"/>
+      <c r="Z32" s="40">
+        <v>5012.6275217391303</v>
+      </c>
+      <c r="AA32" s="19"/>
+    </row>
+    <row r="33" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...43 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="42">
+        <v>2483.8484981481502</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="42">
+        <v>3885.74962481482</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="42">
+        <v>2.6757407407399998</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="43">
+        <v>6372.2738637037</v>
+      </c>
+      <c r="K33" s="24"/>
+      <c r="L33" s="42">
+        <v>0</v>
+      </c>
+      <c r="M33" s="22"/>
+      <c r="N33" s="42">
+        <v>455.46559999999999</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="42">
+        <v>6.8400777777770001</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="42">
+        <v>247.08892333333301</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="42">
+        <v>0</v>
+      </c>
+      <c r="U33" s="22"/>
+      <c r="V33" s="42">
+        <v>251.593794074074</v>
+      </c>
+      <c r="W33" s="22"/>
+      <c r="X33" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="24"/>
+      <c r="Z33" s="40">
+        <v>7333.2622588888898</v>
+      </c>
+      <c r="AA33" s="19"/>
+    </row>
+    <row r="34" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...43 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="42">
+        <v>1743.4780789737599</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="42">
+        <v>727.42702634218404</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="42">
+        <v>3.0260518397289999</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="43">
+        <v>2473.93115715568</v>
+      </c>
+      <c r="K34" s="24"/>
+      <c r="L34" s="42">
+        <v>0</v>
+      </c>
+      <c r="M34" s="22"/>
+      <c r="N34" s="42">
+        <v>113.18622974185701</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="42">
+        <v>21.596211793274001</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="42">
+        <v>158.65936229741899</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="42">
+        <v>0</v>
+      </c>
+      <c r="U34" s="22"/>
+      <c r="V34" s="42">
+        <v>933.81081138151296</v>
+      </c>
+      <c r="W34" s="22"/>
+      <c r="X34" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="24"/>
+      <c r="Z34" s="40">
+        <v>3701.1837723697399</v>
+      </c>
+      <c r="AA34" s="19"/>
+    </row>
+    <row r="35" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...43 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="42">
+        <v>2232.5714652567999</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="42">
+        <v>474.45093957703898</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="42">
+        <v>0</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="43">
+        <v>2707.02240483384</v>
+      </c>
+      <c r="K35" s="24"/>
+      <c r="L35" s="42">
+        <v>0</v>
+      </c>
+      <c r="M35" s="22"/>
+      <c r="N35" s="42">
+        <v>217.022604229607</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="42">
+        <v>436.56056193353498</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="42">
+        <v>0</v>
+      </c>
+      <c r="U35" s="22"/>
+      <c r="V35" s="42">
+        <v>423.44131117824799</v>
+      </c>
+      <c r="W35" s="22"/>
+      <c r="X35" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="24"/>
+      <c r="Z35" s="40">
+        <v>3784.0468821752302</v>
+      </c>
+      <c r="AA35" s="19"/>
+    </row>
+    <row r="36" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...43 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="42">
+        <v>3903.8238990147802</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="42">
+        <v>3252.01042118227</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="42">
+        <v>1.510365353037</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="43">
+        <v>7157.3446855500797</v>
+      </c>
+      <c r="K36" s="24"/>
+      <c r="L36" s="42">
+        <v>0</v>
+      </c>
+      <c r="M36" s="22"/>
+      <c r="N36" s="42">
+        <v>368.43771674876803</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="42">
+        <v>0.779967159277</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="42">
+        <v>2704.1786009852199</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="42">
+        <v>0</v>
+      </c>
+      <c r="U36" s="22"/>
+      <c r="V36" s="42">
+        <v>313.372445812808</v>
+      </c>
+      <c r="W36" s="22"/>
+      <c r="X36" s="43">
+        <v>53.739768472906</v>
+      </c>
+      <c r="Y36" s="24"/>
+      <c r="Z36" s="40">
+        <v>10597.8531847291</v>
+      </c>
+      <c r="AA36" s="19"/>
+    </row>
+    <row r="37" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...43 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="42">
+        <v>3484.33265256504</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="42">
+        <v>51.799516168247003</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="42">
+        <v>0</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="43">
+        <v>3536.1321687332802</v>
+      </c>
+      <c r="K37" s="24"/>
+      <c r="L37" s="42">
+        <v>0</v>
+      </c>
+      <c r="M37" s="22"/>
+      <c r="N37" s="42">
+        <v>202.54416484318</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="42">
+        <v>2.4632920009719999</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="42">
+        <v>1074.9935399951401</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="42">
+        <v>0</v>
+      </c>
+      <c r="U37" s="22"/>
+      <c r="V37" s="42">
+        <v>149.18183564308299</v>
+      </c>
+      <c r="W37" s="22"/>
+      <c r="X37" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="24"/>
+      <c r="Z37" s="40">
+        <v>4965.3150012156602</v>
+      </c>
+      <c r="AA37" s="19"/>
+    </row>
+    <row r="38" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...43 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="42">
+        <v>4715.9756371191097</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="42">
+        <v>184.80598337950099</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="42">
+        <v>0</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="43">
+        <v>4900.7816204986102</v>
+      </c>
+      <c r="K38" s="24"/>
+      <c r="L38" s="42">
+        <v>0</v>
+      </c>
+      <c r="M38" s="22"/>
+      <c r="N38" s="42">
+        <v>90.365277008310002</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="42">
+        <v>6.7071329639880002</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="42">
+        <v>2209.4410941828301</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="42">
+        <v>0</v>
+      </c>
+      <c r="U38" s="22"/>
+      <c r="V38" s="42">
+        <v>796.00193905817196</v>
+      </c>
+      <c r="W38" s="22"/>
+      <c r="X38" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="24"/>
+      <c r="Z38" s="40">
+        <v>8003.2970637119097</v>
+      </c>
+      <c r="AA38" s="19"/>
+    </row>
+    <row r="39" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...43 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="42">
+        <v>2672.3655106707301</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="42">
+        <v>387.22540396341498</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="42">
+        <v>4.48456554878</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="43">
+        <v>3064.0754801829298</v>
+      </c>
+      <c r="K39" s="24"/>
+      <c r="L39" s="42">
+        <v>0</v>
+      </c>
+      <c r="M39" s="22"/>
+      <c r="N39" s="42">
+        <v>159.18417682926801</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="42">
+        <v>11.264714176828999</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="42">
+        <v>349.14660060975598</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="42">
+        <v>0</v>
+      </c>
+      <c r="U39" s="22"/>
+      <c r="V39" s="42">
+        <v>582.940384908537</v>
+      </c>
+      <c r="W39" s="22"/>
+      <c r="X39" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="24"/>
+      <c r="Z39" s="40">
+        <v>4166.6113567073198</v>
+      </c>
+      <c r="AA39" s="19"/>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...43 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="42">
+        <v>7173.1162935779803</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="42">
+        <v>64.494513761467005</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="42">
+        <v>0</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="43">
+        <v>7237.6108073394498</v>
+      </c>
+      <c r="K40" s="24"/>
+      <c r="L40" s="42">
+        <v>0</v>
+      </c>
+      <c r="M40" s="22"/>
+      <c r="N40" s="42">
+        <v>108.914752293578</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="42">
+        <v>786.63785321100897</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="42">
+        <v>0</v>
+      </c>
+      <c r="U40" s="22"/>
+      <c r="V40" s="42">
+        <v>1051.3711926605499</v>
+      </c>
+      <c r="W40" s="22"/>
+      <c r="X40" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="24"/>
+      <c r="Z40" s="40">
+        <v>9184.5346055045902</v>
+      </c>
+      <c r="AA40" s="19"/>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...43 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="42">
+        <v>4242.8282076066398</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="42">
+        <v>1643.65344400084</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="42">
+        <v>1.9287140155489999</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="43">
+        <v>5888.41036562303</v>
+      </c>
+      <c r="K41" s="24"/>
+      <c r="L41" s="42">
+        <v>0</v>
+      </c>
+      <c r="M41" s="22"/>
+      <c r="N41" s="42">
+        <v>201.473626812356</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="42">
+        <v>531.580441269174</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="42">
+        <v>0</v>
+      </c>
+      <c r="U41" s="22"/>
+      <c r="V41" s="42">
+        <v>207.22726202983799</v>
+      </c>
+      <c r="W41" s="22"/>
+      <c r="X41" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="24"/>
+      <c r="Z41" s="40">
+        <v>6828.6916957344001</v>
+      </c>
+      <c r="AA41" s="19"/>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...43 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="42">
+        <v>2298.9878980891699</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="42">
+        <v>292.09640127388502</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="42">
+        <v>3.0838641188949998</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="43">
+        <v>2594.1681634819502</v>
+      </c>
+      <c r="K42" s="24"/>
+      <c r="L42" s="42">
+        <v>0</v>
+      </c>
+      <c r="M42" s="22"/>
+      <c r="N42" s="42">
+        <v>129.11246284501101</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="42">
+        <v>838.09766454352405</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="42">
+        <v>0</v>
+      </c>
+      <c r="U42" s="22"/>
+      <c r="V42" s="42">
+        <v>415.01417197452201</v>
+      </c>
+      <c r="W42" s="22"/>
+      <c r="X42" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="24"/>
+      <c r="Z42" s="40">
+        <v>3976.39246284501</v>
+      </c>
+      <c r="AA42" s="19"/>
+    </row>
+    <row r="43" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...43 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="42">
+        <v>2394.0245671482699</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="42">
+        <v>461.14147382757</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="42">
+        <v>3.0918403600179998</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="43">
+        <v>2858.25788133586</v>
+      </c>
+      <c r="K43" s="24"/>
+      <c r="L43" s="42">
+        <v>0</v>
+      </c>
+      <c r="M43" s="22"/>
+      <c r="N43" s="42">
+        <v>96.040605163429007</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="42">
+        <v>0.50668877309299998</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="42">
+        <v>323.41731643770697</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="42">
+        <v>0</v>
+      </c>
+      <c r="U43" s="22"/>
+      <c r="V43" s="42">
+        <v>683.38720689246804</v>
+      </c>
+      <c r="W43" s="22"/>
+      <c r="X43" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="24"/>
+      <c r="Z43" s="40">
+        <v>3961.60969860256</v>
+      </c>
+      <c r="AA43" s="19"/>
+    </row>
+    <row r="44" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...43 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="42">
+        <v>2318.0694446207599</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="42">
+        <v>219.51603935258601</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="42">
+        <v>0</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="43">
+        <v>2537.5854839733402</v>
+      </c>
+      <c r="K44" s="24"/>
+      <c r="L44" s="42">
+        <v>0</v>
+      </c>
+      <c r="M44" s="22"/>
+      <c r="N44" s="42">
+        <v>108.215147572199</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="42">
+        <v>821.12131386861302</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="42">
+        <v>0.476039352586</v>
+      </c>
+      <c r="U44" s="22"/>
+      <c r="V44" s="42">
+        <v>220.970755315773</v>
+      </c>
+      <c r="W44" s="22"/>
+      <c r="X44" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="24"/>
+      <c r="Z44" s="40">
+        <v>3688.3687400825102</v>
+      </c>
+      <c r="AA44" s="19"/>
+    </row>
+    <row r="45" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...43 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="42">
+        <v>4466.6708327890301</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="42">
+        <v>165.22966361855001</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="42">
+        <v>0</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="43">
+        <v>4631.9004964075802</v>
+      </c>
+      <c r="K45" s="24"/>
+      <c r="L45" s="42">
+        <v>0</v>
+      </c>
+      <c r="M45" s="22"/>
+      <c r="N45" s="42">
+        <v>110.679529719138</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="42">
+        <v>5.8086218158060001</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="42">
+        <v>1001.17937295885</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="42">
+        <v>2.9221293272370001</v>
+      </c>
+      <c r="U45" s="22"/>
+      <c r="V45" s="42">
+        <v>56.480676028738998</v>
+      </c>
+      <c r="W45" s="22"/>
+      <c r="X45" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y45" s="24"/>
+      <c r="Z45" s="40">
+        <v>5808.9708262573504</v>
+      </c>
+      <c r="AA45" s="19"/>
+    </row>
+    <row r="46" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...43 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="42">
+        <v>1808.50043309478</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="42">
+        <v>3033.6799339794502</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="42">
+        <v>1.4084493094249999</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="43">
+        <v>4843.5888163836598</v>
+      </c>
+      <c r="K46" s="24"/>
+      <c r="L46" s="42">
+        <v>0</v>
+      </c>
+      <c r="M46" s="22"/>
+      <c r="N46" s="42">
+        <v>436.64249663295197</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="42">
+        <v>5.9040026936379997</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="42">
+        <v>194.875923627433</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="42">
+        <v>0</v>
+      </c>
+      <c r="U46" s="22"/>
+      <c r="V46" s="42">
+        <v>-86.701718646841996</v>
+      </c>
+      <c r="W46" s="22"/>
+      <c r="X46" s="43">
+        <v>14.714622758601999</v>
+      </c>
+      <c r="Y46" s="24"/>
+      <c r="Z46" s="40">
+        <v>5409.0241434494401</v>
+      </c>
+      <c r="AA46" s="19"/>
+    </row>
+    <row r="47" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...43 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="42">
+        <v>1954.2317331993099</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="42">
+        <v>777.75677771395704</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="42">
+        <v>3.3131102814469999</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="43">
+        <v>2735.3016211947202</v>
+      </c>
+      <c r="K47" s="24"/>
+      <c r="L47" s="42">
+        <v>0</v>
+      </c>
+      <c r="M47" s="22"/>
+      <c r="N47" s="42">
+        <v>150.787811602527</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="42">
+        <v>1.8381591039630001</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="42">
+        <v>348.06990809879397</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="42">
+        <v>2.3476385697870001</v>
+      </c>
+      <c r="U47" s="22"/>
+      <c r="V47" s="42">
+        <v>378.95462665135</v>
+      </c>
+      <c r="W47" s="22"/>
+      <c r="X47" s="43">
+        <v>5.0727132395170003</v>
+      </c>
+      <c r="Y47" s="24"/>
+      <c r="Z47" s="40">
+        <v>3622.3724784606602</v>
+      </c>
+      <c r="AA47" s="19"/>
+    </row>
+    <row r="48" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...43 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="42">
+        <v>2484.4323923484599</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="42">
+        <v>176.590386717456</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="42">
+        <v>3.585003312355</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="43">
+        <v>2664.6077823782698</v>
+      </c>
+      <c r="K48" s="24"/>
+      <c r="L48" s="42">
+        <v>0</v>
+      </c>
+      <c r="M48" s="22"/>
+      <c r="N48" s="42">
+        <v>192.983723915204</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="42">
+        <v>1.6306103014240001</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="42">
+        <v>196.383600529977</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="42">
+        <v>0</v>
+      </c>
+      <c r="U48" s="22"/>
+      <c r="V48" s="42">
+        <v>238.53510433918501</v>
+      </c>
+      <c r="W48" s="22"/>
+      <c r="X48" s="43">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="24"/>
+      <c r="Z48" s="40">
+        <v>3294.1408214640601</v>
+      </c>
+      <c r="AA48" s="19"/>
+    </row>
+    <row r="49" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...43 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="40">
+        <v>3118.3591772309501</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="40">
+        <v>1469.97679799565</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="40">
+        <v>1.973569814765</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="41">
+        <v>4590.3095450413603</v>
+      </c>
+      <c r="K49" s="26"/>
+      <c r="L49" s="40">
+        <v>0.25135503143799998</v>
+      </c>
+      <c r="M49" s="19"/>
+      <c r="N49" s="40">
+        <v>272.01128325343302</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="40">
+        <v>40.947636983587998</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="40">
+        <v>791.04906811178205</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="40">
+        <v>11.050181387506001</v>
+      </c>
+      <c r="U49" s="19"/>
+      <c r="V49" s="40">
+        <v>322.84038352010202</v>
+      </c>
+      <c r="W49" s="19"/>
+      <c r="X49" s="41">
+        <v>8.0227469891329992</v>
+      </c>
+      <c r="Y49" s="26"/>
+      <c r="Z49" s="40">
+        <v>6036.4822003183399</v>
+      </c>
+      <c r="AA49" s="19"/>
+    </row>
+    <row r="50" spans="1:27" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...40 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="40">
+        <v>2949.7712719321398</v>
+      </c>
+      <c r="E50" s="19"/>
+      <c r="F50" s="40">
+        <v>1432.6089502059399</v>
+      </c>
+      <c r="G50" s="19"/>
+      <c r="H50" s="40">
+        <v>1.907758537743</v>
+      </c>
+      <c r="I50" s="19"/>
+      <c r="J50" s="41">
+        <v>4384.2879806758201</v>
+      </c>
+      <c r="K50" s="26"/>
+      <c r="L50" s="40">
+        <v>0.41367280492300001</v>
+      </c>
+      <c r="M50" s="19"/>
+      <c r="N50" s="40">
+        <v>277.692348046321</v>
+      </c>
+      <c r="O50" s="19"/>
+      <c r="P50" s="40">
+        <v>19.718917957582999</v>
+      </c>
+      <c r="Q50" s="19"/>
+      <c r="R50" s="40">
+        <v>611.04226486481502</v>
+      </c>
+      <c r="S50" s="19"/>
+      <c r="T50" s="40">
+        <v>0.66005925130400001</v>
+      </c>
+      <c r="U50" s="19"/>
+      <c r="V50" s="40">
+        <v>298.63860084360903</v>
+      </c>
+      <c r="W50" s="19"/>
+      <c r="X50" s="41">
+        <v>4.3755250832590002</v>
+      </c>
+      <c r="Y50" s="26"/>
+      <c r="Z50" s="40">
+        <v>5596.8293695276298</v>
+      </c>
+      <c r="AA50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="89" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="626">
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="O2:AA2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="Z3:AA3"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="Z7:AA7"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="Z8:AA8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="Z9:AA9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="Z10:AA10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="Z12:AA12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="Z13:AA13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="Z14:AA14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="Z15:AA15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="Z16:AA16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="Z18:AA18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="Z20:AA20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="Z21:AA21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="Z22:AA22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="Z23:AA23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="Z24:AA24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="Z25:AA25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="Z26:AA26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="Z27:AA27"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="Z28:AA28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="Z29:AA29"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="Z30:AA30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="Z31:AA31"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="Z32:AA32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="Z33:AA33"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="Z34:AA34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="Z35:AA35"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="Z36:AA36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="Z37:AA37"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z38:AA38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="Z39:AA39"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="Z40:AA40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="Z41:AA41"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="Z42:AA42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="Z43:AA43"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z44:AA44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="Z45:AA45"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z48:AA48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="Z49:AA49"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z50:AA50"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="83" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S49"/>
+  <dimension ref="A2:AK50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="19" max="19" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="21" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="31" max="35" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="36" max="37" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="26.25" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="26" t="s">
+    <row r="2" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="27"/>
-[...18 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+      <c r="Z2" s="30"/>
+      <c r="AA2" s="30"/>
+      <c r="AB2" s="30"/>
+      <c r="AC2" s="30"/>
+      <c r="AD2" s="30"/>
+      <c r="AE2" s="30"/>
+      <c r="AF2" s="30"/>
+      <c r="AG2" s="30"/>
+      <c r="AH2" s="30"/>
+      <c r="AI2" s="30"/>
+      <c r="AJ2" s="30"/>
+      <c r="AK2" s="30"/>
+    </row>
+    <row r="3" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>77</v>
       </c>
-      <c r="F2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>78</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>79</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="K3" s="35"/>
+      <c r="L3" s="34" t="s">
         <v>81</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="M3" s="35"/>
+      <c r="N3" s="34" t="s">
         <v>82</v>
       </c>
-      <c r="K2" s="31" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>83</v>
       </c>
-      <c r="L2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>84</v>
       </c>
-      <c r="M2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="36" t="s">
         <v>85</v>
       </c>
-      <c r="N2" s="30" t="s">
+      <c r="U3" s="37"/>
+      <c r="V3" s="34" t="s">
         <v>86</v>
       </c>
-      <c r="O2" s="30" t="s">
+      <c r="W3" s="35"/>
+      <c r="X3" s="34" t="s">
         <v>87</v>
       </c>
-      <c r="P2" s="30" t="s">
+      <c r="Y3" s="35"/>
+      <c r="Z3" s="34" t="s">
         <v>88</v>
       </c>
-      <c r="Q2" s="30" t="s">
+      <c r="AA3" s="35"/>
+      <c r="AB3" s="34" t="s">
         <v>89</v>
       </c>
-      <c r="R2" s="31" t="s">
+      <c r="AC3" s="35"/>
+      <c r="AD3" s="34" t="s">
         <v>90</v>
       </c>
-      <c r="S2" s="32" t="s">
+      <c r="AE3" s="35"/>
+      <c r="AF3" s="34" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG3" s="35"/>
+      <c r="AH3" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI3" s="37"/>
+      <c r="AJ3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="AK3" s="39"/>
+    </row>
+    <row r="4" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...55 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="21">
+        <v>0</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="21">
+        <v>0</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="21">
+        <v>0</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="21">
+        <v>0</v>
+      </c>
+      <c r="K4" s="22"/>
+      <c r="L4" s="21">
+        <v>0</v>
+      </c>
+      <c r="M4" s="22"/>
+      <c r="N4" s="21">
+        <v>0</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="21">
+        <v>0</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="23">
+        <v>0</v>
+      </c>
+      <c r="U4" s="24"/>
+      <c r="V4" s="21">
+        <v>0</v>
+      </c>
+      <c r="W4" s="22"/>
+      <c r="X4" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y4" s="22"/>
+      <c r="Z4" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA4" s="22"/>
+      <c r="AB4" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC4" s="22"/>
+      <c r="AD4" s="21">
+        <v>39800</v>
+      </c>
+      <c r="AE4" s="22"/>
+      <c r="AF4" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG4" s="22"/>
+      <c r="AH4" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI4" s="24"/>
+      <c r="AJ4" s="18">
+        <v>39800</v>
+      </c>
+      <c r="AK4" s="19"/>
+    </row>
+    <row r="5" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...55 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="21">
+        <v>1444246.8</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="21">
+        <v>3265420.29</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="21">
+        <v>0</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="21">
+        <v>119652.53</v>
+      </c>
+      <c r="K5" s="22"/>
+      <c r="L5" s="21">
+        <v>2772525.99</v>
+      </c>
+      <c r="M5" s="22"/>
+      <c r="N5" s="21">
+        <v>0</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="21">
+        <v>0</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="23">
+        <v>7601845.6100000003</v>
+      </c>
+      <c r="U5" s="24"/>
+      <c r="V5" s="21">
+        <v>0</v>
+      </c>
+      <c r="W5" s="22"/>
+      <c r="X5" s="21">
+        <v>33517.800000000003</v>
+      </c>
+      <c r="Y5" s="22"/>
+      <c r="Z5" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA5" s="22"/>
+      <c r="AB5" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC5" s="22"/>
+      <c r="AD5" s="21">
+        <v>416200</v>
+      </c>
+      <c r="AE5" s="22"/>
+      <c r="AF5" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG5" s="22"/>
+      <c r="AH5" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI5" s="24"/>
+      <c r="AJ5" s="18">
+        <v>8051563.4100000001</v>
+      </c>
+      <c r="AK5" s="19"/>
+    </row>
+    <row r="6" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...55 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="21">
+        <v>0</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="21">
+        <v>159252.9</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="21">
+        <v>0</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="21">
+        <v>0</v>
+      </c>
+      <c r="K6" s="22"/>
+      <c r="L6" s="21">
+        <v>0</v>
+      </c>
+      <c r="M6" s="22"/>
+      <c r="N6" s="21">
+        <v>0</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="21">
+        <v>0</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="23">
+        <v>159252.9</v>
+      </c>
+      <c r="U6" s="24"/>
+      <c r="V6" s="21">
+        <v>0</v>
+      </c>
+      <c r="W6" s="22"/>
+      <c r="X6" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y6" s="22"/>
+      <c r="Z6" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA6" s="22"/>
+      <c r="AB6" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC6" s="22"/>
+      <c r="AD6" s="21">
+        <v>53400</v>
+      </c>
+      <c r="AE6" s="22"/>
+      <c r="AF6" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG6" s="22"/>
+      <c r="AH6" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI6" s="24"/>
+      <c r="AJ6" s="18">
+        <v>212652.9</v>
+      </c>
+      <c r="AK6" s="19"/>
+    </row>
+    <row r="7" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="4">
-[...52 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="D7" s="21">
+        <v>0</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="21">
+        <v>0</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="21">
+        <v>0</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="21">
+        <v>0</v>
+      </c>
+      <c r="K7" s="22"/>
+      <c r="L7" s="21">
+        <v>0</v>
+      </c>
+      <c r="M7" s="22"/>
+      <c r="N7" s="21">
+        <v>0</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="21">
+        <v>0</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="23">
+        <v>0</v>
+      </c>
+      <c r="U7" s="24"/>
+      <c r="V7" s="21">
+        <v>0</v>
+      </c>
+      <c r="W7" s="22"/>
+      <c r="X7" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y7" s="22"/>
+      <c r="Z7" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="22"/>
+      <c r="AB7" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC7" s="22"/>
+      <c r="AD7" s="21">
+        <v>50300</v>
+      </c>
+      <c r="AE7" s="22"/>
+      <c r="AF7" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG7" s="22"/>
+      <c r="AH7" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI7" s="24"/>
+      <c r="AJ7" s="18">
+        <v>50300</v>
+      </c>
+      <c r="AK7" s="19"/>
+    </row>
+    <row r="8" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...55 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="21">
+        <v>24204.3</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="21">
+        <v>119623.64</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="21">
+        <v>0</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="21">
+        <v>50587.6</v>
+      </c>
+      <c r="K8" s="22"/>
+      <c r="L8" s="21">
+        <v>6600611.5499999998</v>
+      </c>
+      <c r="M8" s="22"/>
+      <c r="N8" s="21">
+        <v>0</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="21">
+        <v>0</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="23">
+        <v>6795027.0899999999</v>
+      </c>
+      <c r="U8" s="24"/>
+      <c r="V8" s="21">
+        <v>0</v>
+      </c>
+      <c r="W8" s="22"/>
+      <c r="X8" s="21">
+        <v>55047.53</v>
+      </c>
+      <c r="Y8" s="22"/>
+      <c r="Z8" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="22"/>
+      <c r="AB8" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC8" s="22"/>
+      <c r="AD8" s="21">
+        <v>98100</v>
+      </c>
+      <c r="AE8" s="22"/>
+      <c r="AF8" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG8" s="22"/>
+      <c r="AH8" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI8" s="24"/>
+      <c r="AJ8" s="18">
+        <v>6948174.6200000001</v>
+      </c>
+      <c r="AK8" s="19"/>
+    </row>
+    <row r="9" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...55 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="21">
+        <v>0</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="21">
+        <v>1902499.95</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="21">
+        <v>10424.299999999999</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="21">
+        <v>22676.25</v>
+      </c>
+      <c r="K9" s="22"/>
+      <c r="L9" s="21">
+        <v>10466214.77</v>
+      </c>
+      <c r="M9" s="22"/>
+      <c r="N9" s="21">
+        <v>0</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="21">
+        <v>39808.699999999997</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="21">
+        <v>0</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="23">
+        <v>12441623.970000001</v>
+      </c>
+      <c r="U9" s="24"/>
+      <c r="V9" s="21">
+        <v>0</v>
+      </c>
+      <c r="W9" s="22"/>
+      <c r="X9" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="22"/>
+      <c r="Z9" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="22"/>
+      <c r="AB9" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC9" s="22"/>
+      <c r="AD9" s="21">
+        <v>216900</v>
+      </c>
+      <c r="AE9" s="22"/>
+      <c r="AF9" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG9" s="22"/>
+      <c r="AH9" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI9" s="24"/>
+      <c r="AJ9" s="18">
+        <v>12658523.970000001</v>
+      </c>
+      <c r="AK9" s="19"/>
+    </row>
+    <row r="10" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...55 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="21">
+        <v>364056.8</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="21">
+        <v>2221673.92</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="21">
+        <v>0</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="21">
+        <v>147840.57999999999</v>
+      </c>
+      <c r="K10" s="22"/>
+      <c r="L10" s="21">
+        <v>2348633.37</v>
+      </c>
+      <c r="M10" s="22"/>
+      <c r="N10" s="21">
+        <v>0</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="21">
+        <v>449008.79</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="21">
+        <v>0</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="23">
+        <v>5531213.46</v>
+      </c>
+      <c r="U10" s="24"/>
+      <c r="V10" s="21">
+        <v>45025</v>
+      </c>
+      <c r="W10" s="22"/>
+      <c r="X10" s="21">
+        <v>126366.63</v>
+      </c>
+      <c r="Y10" s="22"/>
+      <c r="Z10" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="22"/>
+      <c r="AB10" s="21">
+        <v>65514</v>
+      </c>
+      <c r="AC10" s="22"/>
+      <c r="AD10" s="21">
+        <v>622269.80000000005</v>
+      </c>
+      <c r="AE10" s="22"/>
+      <c r="AF10" s="21">
+        <v>151125</v>
+      </c>
+      <c r="AG10" s="22"/>
+      <c r="AH10" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="24"/>
+      <c r="AJ10" s="18">
+        <v>6541513.8899999997</v>
+      </c>
+      <c r="AK10" s="19"/>
+    </row>
+    <row r="11" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...55 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="21">
+        <v>215523.19</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="21">
+        <v>4782117.95</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="21">
+        <v>18225.650000000001</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="21">
+        <v>2044855.06</v>
+      </c>
+      <c r="K11" s="22"/>
+      <c r="L11" s="21">
+        <v>11054543.02</v>
+      </c>
+      <c r="M11" s="22"/>
+      <c r="N11" s="21">
+        <v>12777.42</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="21">
+        <v>3817775.28</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="21">
+        <v>373698.76</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="23">
+        <v>22319516.329999998</v>
+      </c>
+      <c r="U11" s="24"/>
+      <c r="V11" s="21">
+        <v>0</v>
+      </c>
+      <c r="W11" s="22"/>
+      <c r="X11" s="21">
+        <v>909108.63</v>
+      </c>
+      <c r="Y11" s="22"/>
+      <c r="Z11" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="22"/>
+      <c r="AB11" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC11" s="22"/>
+      <c r="AD11" s="21">
+        <v>1956200</v>
+      </c>
+      <c r="AE11" s="22"/>
+      <c r="AF11" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG11" s="22"/>
+      <c r="AH11" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI11" s="24"/>
+      <c r="AJ11" s="18">
+        <v>25184824.960000001</v>
+      </c>
+      <c r="AK11" s="19"/>
+    </row>
+    <row r="12" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...55 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="21">
+        <v>0</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="21">
+        <v>2810.6</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="21">
+        <v>0</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="21">
+        <v>0</v>
+      </c>
+      <c r="K12" s="22"/>
+      <c r="L12" s="21">
+        <v>0</v>
+      </c>
+      <c r="M12" s="22"/>
+      <c r="N12" s="21">
+        <v>0</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="21">
+        <v>66200</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="21">
+        <v>0</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="23">
+        <v>69010.600000000006</v>
+      </c>
+      <c r="U12" s="24"/>
+      <c r="V12" s="21">
+        <v>0</v>
+      </c>
+      <c r="W12" s="22"/>
+      <c r="X12" s="21">
+        <v>169128.41</v>
+      </c>
+      <c r="Y12" s="22"/>
+      <c r="Z12" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="22"/>
+      <c r="AB12" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="22"/>
+      <c r="AD12" s="21">
+        <v>46800</v>
+      </c>
+      <c r="AE12" s="22"/>
+      <c r="AF12" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="22"/>
+      <c r="AH12" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="24"/>
+      <c r="AJ12" s="18">
+        <v>284939.01</v>
+      </c>
+      <c r="AK12" s="19"/>
+    </row>
+    <row r="13" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...55 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="21">
+        <v>0</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="21">
+        <v>38534.6</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="21">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="21">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22"/>
+      <c r="L13" s="21">
+        <v>65011.13</v>
+      </c>
+      <c r="M13" s="22"/>
+      <c r="N13" s="21">
+        <v>0</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="21">
+        <v>209665.65</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="21">
+        <v>0</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="23">
+        <v>313211.38</v>
+      </c>
+      <c r="U13" s="24"/>
+      <c r="V13" s="21">
+        <v>0</v>
+      </c>
+      <c r="W13" s="22"/>
+      <c r="X13" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="22"/>
+      <c r="Z13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="22"/>
+      <c r="AB13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="22"/>
+      <c r="AD13" s="21">
+        <v>48205</v>
+      </c>
+      <c r="AE13" s="22"/>
+      <c r="AF13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="22"/>
+      <c r="AH13" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="24"/>
+      <c r="AJ13" s="18">
+        <v>361416.38</v>
+      </c>
+      <c r="AK13" s="19"/>
+    </row>
+    <row r="14" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...55 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="21">
+        <v>61438.7</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="21">
+        <v>21375</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="21">
+        <v>0</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="21">
+        <v>31308.94</v>
+      </c>
+      <c r="K14" s="22"/>
+      <c r="L14" s="21">
+        <v>700897.75</v>
+      </c>
+      <c r="M14" s="22"/>
+      <c r="N14" s="21">
+        <v>0</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="21">
+        <v>0</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="23">
+        <v>815020.39</v>
+      </c>
+      <c r="U14" s="24"/>
+      <c r="V14" s="21">
+        <v>0</v>
+      </c>
+      <c r="W14" s="22"/>
+      <c r="X14" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="22"/>
+      <c r="Z14" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="22"/>
+      <c r="AB14" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC14" s="22"/>
+      <c r="AD14" s="21">
+        <v>54300</v>
+      </c>
+      <c r="AE14" s="22"/>
+      <c r="AF14" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="22"/>
+      <c r="AH14" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="24"/>
+      <c r="AJ14" s="18">
+        <v>869320.39</v>
+      </c>
+      <c r="AK14" s="19"/>
+    </row>
+    <row r="15" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...55 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="21">
+        <v>193646.44</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="21">
+        <v>3608039.97</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="21">
+        <v>0</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="21">
+        <v>983760.75</v>
+      </c>
+      <c r="K15" s="22"/>
+      <c r="L15" s="21">
+        <v>35079141.840000004</v>
+      </c>
+      <c r="M15" s="22"/>
+      <c r="N15" s="21">
+        <v>0</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="21">
+        <v>2098283.7200000002</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="21">
+        <v>0</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="23">
+        <v>41962872.719999999</v>
+      </c>
+      <c r="U15" s="24"/>
+      <c r="V15" s="21">
+        <v>34031</v>
+      </c>
+      <c r="W15" s="22"/>
+      <c r="X15" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="22"/>
+      <c r="Z15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="22"/>
+      <c r="AB15" s="21">
+        <v>5133821.66</v>
+      </c>
+      <c r="AC15" s="22"/>
+      <c r="AD15" s="21">
+        <v>1722200</v>
+      </c>
+      <c r="AE15" s="22"/>
+      <c r="AF15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="22"/>
+      <c r="AH15" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI15" s="24"/>
+      <c r="AJ15" s="18">
+        <v>48852925.380000003</v>
+      </c>
+      <c r="AK15" s="19"/>
+    </row>
+    <row r="16" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...55 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="21">
+        <v>0</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="21">
+        <v>1519829.31</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="21">
+        <v>0</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="21">
+        <v>-61397.31</v>
+      </c>
+      <c r="K16" s="22"/>
+      <c r="L16" s="21">
+        <v>1242402.7</v>
+      </c>
+      <c r="M16" s="22"/>
+      <c r="N16" s="21">
+        <v>0</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="21">
+        <v>212673.94</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="21">
+        <v>0</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="23">
+        <v>2913508.64</v>
+      </c>
+      <c r="U16" s="24"/>
+      <c r="V16" s="21">
+        <v>1620.56</v>
+      </c>
+      <c r="W16" s="22"/>
+      <c r="X16" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="22"/>
+      <c r="Z16" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="22"/>
+      <c r="AB16" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="22"/>
+      <c r="AD16" s="21">
+        <v>317100</v>
+      </c>
+      <c r="AE16" s="22"/>
+      <c r="AF16" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="22"/>
+      <c r="AH16" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="18">
+        <v>3232229.2</v>
+      </c>
+      <c r="AK16" s="19"/>
+    </row>
+    <row r="17" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...55 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="21">
+        <v>0</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="21">
+        <v>0</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="21">
+        <v>0</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="21">
+        <v>0</v>
+      </c>
+      <c r="K17" s="22"/>
+      <c r="L17" s="21">
+        <v>4650.95</v>
+      </c>
+      <c r="M17" s="22"/>
+      <c r="N17" s="21">
+        <v>0</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="21">
+        <v>127586.6</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="21">
+        <v>0</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="23">
+        <v>132237.54999999999</v>
+      </c>
+      <c r="U17" s="24"/>
+      <c r="V17" s="21">
+        <v>0</v>
+      </c>
+      <c r="W17" s="22"/>
+      <c r="X17" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="22"/>
+      <c r="Z17" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="22"/>
+      <c r="AB17" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="22"/>
+      <c r="AD17" s="21">
+        <v>132209.20000000001</v>
+      </c>
+      <c r="AE17" s="22"/>
+      <c r="AF17" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="22"/>
+      <c r="AH17" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="18">
+        <v>264446.75</v>
+      </c>
+      <c r="AK17" s="19"/>
+    </row>
+    <row r="18" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...55 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="21">
+        <v>0</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="21">
+        <v>35347.599999999999</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="21">
+        <v>0</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="21">
+        <v>0</v>
+      </c>
+      <c r="K18" s="22"/>
+      <c r="L18" s="21">
+        <v>414110.6</v>
+      </c>
+      <c r="M18" s="22"/>
+      <c r="N18" s="21">
+        <v>0</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="21">
+        <v>229307.7</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="21">
+        <v>0</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="23">
+        <v>678765.9</v>
+      </c>
+      <c r="U18" s="24"/>
+      <c r="V18" s="21">
+        <v>0</v>
+      </c>
+      <c r="W18" s="22"/>
+      <c r="X18" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="22"/>
+      <c r="Z18" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="22"/>
+      <c r="AB18" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="22"/>
+      <c r="AD18" s="21">
+        <v>67200</v>
+      </c>
+      <c r="AE18" s="22"/>
+      <c r="AF18" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="22"/>
+      <c r="AH18" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="18">
+        <v>745965.9</v>
+      </c>
+      <c r="AK18" s="19"/>
+    </row>
+    <row r="19" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...55 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="21">
+        <v>3343645.45</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="21">
+        <v>3443616.25</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="21">
+        <v>0</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="21">
+        <v>1344232.8</v>
+      </c>
+      <c r="K19" s="22"/>
+      <c r="L19" s="21">
+        <v>1351432.42</v>
+      </c>
+      <c r="M19" s="22"/>
+      <c r="N19" s="21">
+        <v>0</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="21">
+        <v>770729.55</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="21">
+        <v>163273.95000000001</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="23">
+        <v>10416930.42</v>
+      </c>
+      <c r="U19" s="24"/>
+      <c r="V19" s="21">
+        <v>0</v>
+      </c>
+      <c r="W19" s="22"/>
+      <c r="X19" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="22"/>
+      <c r="Z19" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="22"/>
+      <c r="AB19" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="22"/>
+      <c r="AD19" s="21">
+        <v>1556186</v>
+      </c>
+      <c r="AE19" s="22"/>
+      <c r="AF19" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="22"/>
+      <c r="AH19" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="18">
+        <v>11973116.42</v>
+      </c>
+      <c r="AK19" s="19"/>
+    </row>
+    <row r="20" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...55 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="21">
+        <v>-1854000</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="21">
+        <v>809458.89</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="21">
+        <v>32667.4</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="21">
+        <v>1184282.1299999999</v>
+      </c>
+      <c r="K20" s="22"/>
+      <c r="L20" s="21">
+        <v>6697651.7199999997</v>
+      </c>
+      <c r="M20" s="22"/>
+      <c r="N20" s="21">
+        <v>0</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="21">
+        <v>0</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="23">
+        <v>6870060.1399999997</v>
+      </c>
+      <c r="U20" s="24"/>
+      <c r="V20" s="21">
+        <v>437502</v>
+      </c>
+      <c r="W20" s="22"/>
+      <c r="X20" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y20" s="22"/>
+      <c r="Z20" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="22"/>
+      <c r="AB20" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC20" s="22"/>
+      <c r="AD20" s="21">
+        <v>1127800</v>
+      </c>
+      <c r="AE20" s="22"/>
+      <c r="AF20" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG20" s="22"/>
+      <c r="AH20" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="18">
+        <v>8435362.1400000006</v>
+      </c>
+      <c r="AK20" s="19"/>
+    </row>
+    <row r="21" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...55 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="21">
+        <v>0</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="21">
+        <v>701433.32</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="21">
+        <v>0</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="21">
+        <v>1142.55</v>
+      </c>
+      <c r="K21" s="22"/>
+      <c r="L21" s="21">
+        <v>867018.58</v>
+      </c>
+      <c r="M21" s="22"/>
+      <c r="N21" s="21">
+        <v>0</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="21">
+        <v>0</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="23">
+        <v>1569594.45</v>
+      </c>
+      <c r="U21" s="24"/>
+      <c r="V21" s="21">
+        <v>0</v>
+      </c>
+      <c r="W21" s="22"/>
+      <c r="X21" s="21">
+        <v>534451.43000000005</v>
+      </c>
+      <c r="Y21" s="22"/>
+      <c r="Z21" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="22"/>
+      <c r="AB21" s="21">
+        <v>27390</v>
+      </c>
+      <c r="AC21" s="22"/>
+      <c r="AD21" s="21">
+        <v>214000</v>
+      </c>
+      <c r="AE21" s="22"/>
+      <c r="AF21" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="22"/>
+      <c r="AH21" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="18">
+        <v>2345435.88</v>
+      </c>
+      <c r="AK21" s="19"/>
+    </row>
+    <row r="22" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...55 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="21">
+        <v>0</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="21">
+        <v>188006</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="21">
+        <v>0</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="21">
+        <v>843529.98</v>
+      </c>
+      <c r="K22" s="22"/>
+      <c r="L22" s="21">
+        <v>5216975.7</v>
+      </c>
+      <c r="M22" s="22"/>
+      <c r="N22" s="21">
+        <v>0</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="21">
+        <v>0</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="23">
+        <v>6248511.6799999997</v>
+      </c>
+      <c r="U22" s="24"/>
+      <c r="V22" s="21">
+        <v>0</v>
+      </c>
+      <c r="W22" s="22"/>
+      <c r="X22" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="22"/>
+      <c r="Z22" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="22"/>
+      <c r="AB22" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="22"/>
+      <c r="AD22" s="21">
+        <v>315600.5</v>
+      </c>
+      <c r="AE22" s="22"/>
+      <c r="AF22" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="22"/>
+      <c r="AH22" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="18">
+        <v>6564112.1799999997</v>
+      </c>
+      <c r="AK22" s="19"/>
+    </row>
+    <row r="23" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...55 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="21">
+        <v>0</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="21">
+        <v>9999.25</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="21">
+        <v>0</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="21">
+        <v>0</v>
+      </c>
+      <c r="K23" s="22"/>
+      <c r="L23" s="21">
+        <v>558.82000000000005</v>
+      </c>
+      <c r="M23" s="22"/>
+      <c r="N23" s="21">
+        <v>0</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="21">
+        <v>0</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="23">
+        <v>10558.07</v>
+      </c>
+      <c r="U23" s="24"/>
+      <c r="V23" s="21">
+        <v>0</v>
+      </c>
+      <c r="W23" s="22"/>
+      <c r="X23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="22"/>
+      <c r="Z23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="22"/>
+      <c r="AB23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC23" s="22"/>
+      <c r="AD23" s="21">
+        <v>55600</v>
+      </c>
+      <c r="AE23" s="22"/>
+      <c r="AF23" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG23" s="22"/>
+      <c r="AH23" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="18">
+        <v>66158.070000000007</v>
+      </c>
+      <c r="AK23" s="19"/>
+    </row>
+    <row r="24" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...55 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="21">
+        <v>7374101.7599999998</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="21">
+        <v>18295934.149999999</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="21">
+        <v>556799.34</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="21">
+        <v>11699316.380000001</v>
+      </c>
+      <c r="K24" s="22"/>
+      <c r="L24" s="21">
+        <v>118201293.05</v>
+      </c>
+      <c r="M24" s="22"/>
+      <c r="N24" s="21">
+        <v>299517.03999999998</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="21">
+        <v>9333708.5</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="21">
+        <v>1932092.2</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="23">
+        <v>167692762.41999999</v>
+      </c>
+      <c r="U24" s="24"/>
+      <c r="V24" s="21">
+        <v>973452.05</v>
+      </c>
+      <c r="W24" s="22"/>
+      <c r="X24" s="21">
+        <v>4740413.9400000004</v>
+      </c>
+      <c r="Y24" s="22"/>
+      <c r="Z24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="22"/>
+      <c r="AB24" s="21">
+        <v>2501767.86</v>
+      </c>
+      <c r="AC24" s="22"/>
+      <c r="AD24" s="21">
+        <v>10750506.48</v>
+      </c>
+      <c r="AE24" s="22"/>
+      <c r="AF24" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="22"/>
+      <c r="AH24" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="18">
+        <v>186658902.75</v>
+      </c>
+      <c r="AK24" s="19"/>
+    </row>
+    <row r="25" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...55 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="21">
+        <v>52662.1</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="21">
+        <v>5872</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="21">
+        <v>0</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="21">
+        <v>1482601.36</v>
+      </c>
+      <c r="K25" s="22"/>
+      <c r="L25" s="21">
+        <v>131136.75</v>
+      </c>
+      <c r="M25" s="22"/>
+      <c r="N25" s="21">
+        <v>0</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="21">
+        <v>275987.69</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="21">
+        <v>0</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="23">
+        <v>1948259.9</v>
+      </c>
+      <c r="U25" s="24"/>
+      <c r="V25" s="21">
+        <v>0</v>
+      </c>
+      <c r="W25" s="22"/>
+      <c r="X25" s="21">
+        <v>38691.35</v>
+      </c>
+      <c r="Y25" s="22"/>
+      <c r="Z25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="22"/>
+      <c r="AB25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC25" s="22"/>
+      <c r="AD25" s="21">
+        <v>240300</v>
+      </c>
+      <c r="AE25" s="22"/>
+      <c r="AF25" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG25" s="22"/>
+      <c r="AH25" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="18">
+        <v>2227251.25</v>
+      </c>
+      <c r="AK25" s="19"/>
+    </row>
+    <row r="26" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...55 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="21">
+        <v>0</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="21">
+        <v>2115854.4500000002</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="21">
+        <v>10300.299999999999</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="21">
+        <v>1463266.15</v>
+      </c>
+      <c r="K26" s="22"/>
+      <c r="L26" s="21">
+        <v>309573.65999999997</v>
+      </c>
+      <c r="M26" s="22"/>
+      <c r="N26" s="21">
+        <v>0</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="21">
+        <v>143423.85999999999</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="21">
+        <v>392117.27</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="23">
+        <v>4434535.6900000004</v>
+      </c>
+      <c r="U26" s="24"/>
+      <c r="V26" s="21">
+        <v>0</v>
+      </c>
+      <c r="W26" s="22"/>
+      <c r="X26" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="22"/>
+      <c r="Z26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="22"/>
+      <c r="AB26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="22"/>
+      <c r="AD26" s="21">
+        <v>432800</v>
+      </c>
+      <c r="AE26" s="22"/>
+      <c r="AF26" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="22"/>
+      <c r="AH26" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="24"/>
+      <c r="AJ26" s="18">
+        <v>4867335.6900000004</v>
+      </c>
+      <c r="AK26" s="19"/>
+    </row>
+    <row r="27" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...55 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="21">
+        <v>0</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="21">
+        <v>14323.25</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="21">
+        <v>0</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="21">
+        <v>0</v>
+      </c>
+      <c r="K27" s="22"/>
+      <c r="L27" s="21">
+        <v>0</v>
+      </c>
+      <c r="M27" s="22"/>
+      <c r="N27" s="21">
+        <v>0</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="21">
+        <v>0</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="23">
+        <v>14323.25</v>
+      </c>
+      <c r="U27" s="24"/>
+      <c r="V27" s="21">
+        <v>0</v>
+      </c>
+      <c r="W27" s="22"/>
+      <c r="X27" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="22"/>
+      <c r="Z27" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="22"/>
+      <c r="AB27" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="22"/>
+      <c r="AD27" s="21">
+        <v>17900</v>
+      </c>
+      <c r="AE27" s="22"/>
+      <c r="AF27" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG27" s="22"/>
+      <c r="AH27" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI27" s="24"/>
+      <c r="AJ27" s="18">
+        <v>32223.25</v>
+      </c>
+      <c r="AK27" s="19"/>
+    </row>
+    <row r="28" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...55 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="21">
+        <v>10622.7</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="21">
+        <v>40336.75</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="21">
+        <v>0</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="21">
+        <v>23666.38</v>
+      </c>
+      <c r="K28" s="22"/>
+      <c r="L28" s="21">
+        <v>10945.21</v>
+      </c>
+      <c r="M28" s="22"/>
+      <c r="N28" s="21">
+        <v>0</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="22"/>
+      <c r="R28" s="21">
+        <v>0</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="23">
+        <v>85571.04</v>
+      </c>
+      <c r="U28" s="24"/>
+      <c r="V28" s="21">
+        <v>0</v>
+      </c>
+      <c r="W28" s="22"/>
+      <c r="X28" s="21">
+        <v>31558.5</v>
+      </c>
+      <c r="Y28" s="22"/>
+      <c r="Z28" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="22"/>
+      <c r="AB28" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="22"/>
+      <c r="AD28" s="21">
+        <v>70600</v>
+      </c>
+      <c r="AE28" s="22"/>
+      <c r="AF28" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="22"/>
+      <c r="AH28" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI28" s="24"/>
+      <c r="AJ28" s="18">
+        <v>187729.54</v>
+      </c>
+      <c r="AK28" s="19"/>
+    </row>
+    <row r="29" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...55 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="21">
+        <v>0</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="21">
+        <v>0</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="21">
+        <v>0</v>
+      </c>
+      <c r="I29" s="22"/>
+      <c r="J29" s="21">
+        <v>0</v>
+      </c>
+      <c r="K29" s="22"/>
+      <c r="L29" s="21">
+        <v>263101.95</v>
+      </c>
+      <c r="M29" s="22"/>
+      <c r="N29" s="21">
+        <v>0</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="21">
+        <v>0</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="23">
+        <v>263101.95</v>
+      </c>
+      <c r="U29" s="24"/>
+      <c r="V29" s="21">
+        <v>0</v>
+      </c>
+      <c r="W29" s="22"/>
+      <c r="X29" s="21">
+        <v>139984.70000000001</v>
+      </c>
+      <c r="Y29" s="22"/>
+      <c r="Z29" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="22"/>
+      <c r="AB29" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="22"/>
+      <c r="AD29" s="21">
+        <v>96800</v>
+      </c>
+      <c r="AE29" s="22"/>
+      <c r="AF29" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="22"/>
+      <c r="AH29" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="24"/>
+      <c r="AJ29" s="18">
+        <v>499886.65</v>
+      </c>
+      <c r="AK29" s="19"/>
+    </row>
+    <row r="30" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...55 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="21">
+        <v>0</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="21">
+        <v>431360.39</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="21">
+        <v>0</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="21">
+        <v>497417.6</v>
+      </c>
+      <c r="K30" s="22"/>
+      <c r="L30" s="21">
+        <v>0</v>
+      </c>
+      <c r="M30" s="22"/>
+      <c r="N30" s="21">
+        <v>0</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="21">
+        <v>0</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="23">
+        <v>928777.99</v>
+      </c>
+      <c r="U30" s="24"/>
+      <c r="V30" s="21">
+        <v>0</v>
+      </c>
+      <c r="W30" s="22"/>
+      <c r="X30" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y30" s="22"/>
+      <c r="Z30" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="22"/>
+      <c r="AB30" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="22"/>
+      <c r="AD30" s="21">
+        <v>146625.35</v>
+      </c>
+      <c r="AE30" s="22"/>
+      <c r="AF30" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG30" s="22"/>
+      <c r="AH30" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI30" s="24"/>
+      <c r="AJ30" s="18">
+        <v>1075403.3400000001</v>
+      </c>
+      <c r="AK30" s="19"/>
+    </row>
+    <row r="31" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...55 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="21">
+        <v>483703.45</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="21">
+        <v>7808467.7400000002</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="21">
+        <v>39320.199999999997</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="21">
+        <v>40829.370000000003</v>
+      </c>
+      <c r="K31" s="22"/>
+      <c r="L31" s="21">
+        <v>12843748.199999999</v>
+      </c>
+      <c r="M31" s="22"/>
+      <c r="N31" s="21">
+        <v>0</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="21">
+        <v>918319.7</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="21">
+        <v>0</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="23">
+        <v>22134388.66</v>
+      </c>
+      <c r="U31" s="24"/>
+      <c r="V31" s="21">
+        <v>0</v>
+      </c>
+      <c r="W31" s="22"/>
+      <c r="X31" s="21">
+        <v>139448.32000000001</v>
+      </c>
+      <c r="Y31" s="22"/>
+      <c r="Z31" s="21">
+        <v>90000</v>
+      </c>
+      <c r="AA31" s="22"/>
+      <c r="AB31" s="21">
+        <v>285822</v>
+      </c>
+      <c r="AC31" s="22"/>
+      <c r="AD31" s="21">
+        <v>1976780.55</v>
+      </c>
+      <c r="AE31" s="22"/>
+      <c r="AF31" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="22"/>
+      <c r="AH31" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI31" s="24"/>
+      <c r="AJ31" s="18">
+        <v>24626439.530000001</v>
+      </c>
+      <c r="AK31" s="19"/>
+    </row>
+    <row r="32" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...55 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="21">
+        <v>317287.33</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="21">
+        <v>52776.25</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="21">
+        <v>0</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="21">
+        <v>0</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="21">
+        <v>296956.01</v>
+      </c>
+      <c r="M32" s="22"/>
+      <c r="N32" s="21">
+        <v>0</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="21">
+        <v>0</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="23">
+        <v>667019.59</v>
+      </c>
+      <c r="U32" s="24"/>
+      <c r="V32" s="21">
+        <v>2419.5</v>
+      </c>
+      <c r="W32" s="22"/>
+      <c r="X32" s="21">
+        <v>93134.1</v>
+      </c>
+      <c r="Y32" s="22"/>
+      <c r="Z32" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="22"/>
+      <c r="AB32" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="22"/>
+      <c r="AD32" s="21">
+        <v>114000</v>
+      </c>
+      <c r="AE32" s="22"/>
+      <c r="AF32" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG32" s="22"/>
+      <c r="AH32" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI32" s="24"/>
+      <c r="AJ32" s="18">
+        <v>876573.19</v>
+      </c>
+      <c r="AK32" s="19"/>
+    </row>
+    <row r="33" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...55 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="21">
+        <v>2679639.4300000002</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="21">
+        <v>1686127.16</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="21">
+        <v>0</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="21">
+        <v>1245782.22</v>
+      </c>
+      <c r="K33" s="22"/>
+      <c r="L33" s="21">
+        <v>6878563.6799999997</v>
+      </c>
+      <c r="M33" s="22"/>
+      <c r="N33" s="21">
+        <v>0</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="21">
+        <v>2683357.42</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="21">
+        <v>242479.91</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="23">
+        <v>15415949.82</v>
+      </c>
+      <c r="U33" s="24"/>
+      <c r="V33" s="21">
+        <v>0</v>
+      </c>
+      <c r="W33" s="22"/>
+      <c r="X33" s="21">
+        <v>188258.65</v>
+      </c>
+      <c r="Y33" s="22"/>
+      <c r="Z33" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="22"/>
+      <c r="AB33" s="21">
+        <v>300</v>
+      </c>
+      <c r="AC33" s="22"/>
+      <c r="AD33" s="21">
+        <v>1890605.63</v>
+      </c>
+      <c r="AE33" s="22"/>
+      <c r="AF33" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG33" s="22"/>
+      <c r="AH33" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI33" s="24"/>
+      <c r="AJ33" s="18">
+        <v>17495114.100000001</v>
+      </c>
+      <c r="AK33" s="19"/>
+    </row>
+    <row r="34" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...55 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="21">
+        <v>522425.21</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="21">
+        <v>791950.09</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="21">
+        <v>9729</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="21">
+        <v>14753.85</v>
+      </c>
+      <c r="K34" s="22"/>
+      <c r="L34" s="21">
+        <v>2596040.1</v>
+      </c>
+      <c r="M34" s="22"/>
+      <c r="N34" s="21">
+        <v>0</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="21">
+        <v>190774.71</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="21">
+        <v>0</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="23">
+        <v>4125672.96</v>
+      </c>
+      <c r="U34" s="24"/>
+      <c r="V34" s="21">
+        <v>0</v>
+      </c>
+      <c r="W34" s="22"/>
+      <c r="X34" s="21">
+        <v>219949.36</v>
+      </c>
+      <c r="Y34" s="22"/>
+      <c r="Z34" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="22"/>
+      <c r="AB34" s="21">
+        <v>113256</v>
+      </c>
+      <c r="AC34" s="22"/>
+      <c r="AD34" s="21">
+        <v>562478.03</v>
+      </c>
+      <c r="AE34" s="22"/>
+      <c r="AF34" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG34" s="22"/>
+      <c r="AH34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI34" s="24"/>
+      <c r="AJ34" s="18">
+        <v>5021356.3499999996</v>
+      </c>
+      <c r="AK34" s="19"/>
+    </row>
+    <row r="35" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...55 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="21">
+        <v>340</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="21">
+        <v>7567</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="21">
+        <v>0</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="21">
+        <v>195978.39</v>
+      </c>
+      <c r="K35" s="22"/>
+      <c r="L35" s="21">
+        <v>0</v>
+      </c>
+      <c r="M35" s="22"/>
+      <c r="N35" s="21">
+        <v>0</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="21">
+        <v>0</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="23">
+        <v>203885.39</v>
+      </c>
+      <c r="U35" s="24"/>
+      <c r="V35" s="21">
+        <v>0</v>
+      </c>
+      <c r="W35" s="22"/>
+      <c r="X35" s="21">
+        <v>40819.65</v>
+      </c>
+      <c r="Y35" s="22"/>
+      <c r="Z35" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="22"/>
+      <c r="AB35" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="22"/>
+      <c r="AD35" s="21">
+        <v>108900</v>
+      </c>
+      <c r="AE35" s="22"/>
+      <c r="AF35" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG35" s="22"/>
+      <c r="AH35" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI35" s="24"/>
+      <c r="AJ35" s="18">
+        <v>353605.04</v>
+      </c>
+      <c r="AK35" s="19"/>
+    </row>
+    <row r="36" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...55 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="21">
+        <v>644595.05000000005</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="21">
+        <v>5651711.2300000004</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="21">
+        <v>0</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="21">
+        <v>5955556.9199999999</v>
+      </c>
+      <c r="K36" s="22"/>
+      <c r="L36" s="21">
+        <v>15791583.050000001</v>
+      </c>
+      <c r="M36" s="22"/>
+      <c r="N36" s="21">
+        <v>0</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="21">
+        <v>181731.75</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="21">
+        <v>0</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="23">
+        <v>28225178</v>
+      </c>
+      <c r="U36" s="24"/>
+      <c r="V36" s="21">
+        <v>0</v>
+      </c>
+      <c r="W36" s="22"/>
+      <c r="X36" s="21">
+        <v>100430.89</v>
+      </c>
+      <c r="Y36" s="22"/>
+      <c r="Z36" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="22"/>
+      <c r="AB36" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="22"/>
+      <c r="AD36" s="21">
+        <v>1664007.3</v>
+      </c>
+      <c r="AE36" s="22"/>
+      <c r="AF36" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG36" s="22"/>
+      <c r="AH36" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI36" s="24"/>
+      <c r="AJ36" s="18">
+        <v>29989616.190000001</v>
+      </c>
+      <c r="AK36" s="19"/>
+    </row>
+    <row r="37" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...55 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="21">
+        <v>5714.9</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="21">
+        <v>437055.25</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="21">
+        <v>0</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="21">
+        <v>19396.3</v>
+      </c>
+      <c r="K37" s="22"/>
+      <c r="L37" s="21">
+        <v>352454.65</v>
+      </c>
+      <c r="M37" s="22"/>
+      <c r="N37" s="21">
+        <v>0</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="21">
+        <v>0</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="23">
+        <v>814621.1</v>
+      </c>
+      <c r="U37" s="24"/>
+      <c r="V37" s="21">
+        <v>0</v>
+      </c>
+      <c r="W37" s="22"/>
+      <c r="X37" s="21">
+        <v>3322.1</v>
+      </c>
+      <c r="Y37" s="22"/>
+      <c r="Z37" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="22"/>
+      <c r="AB37" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="22"/>
+      <c r="AD37" s="21">
+        <v>237400</v>
+      </c>
+      <c r="AE37" s="22"/>
+      <c r="AF37" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="22"/>
+      <c r="AH37" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI37" s="24"/>
+      <c r="AJ37" s="18">
+        <v>1055343.2</v>
+      </c>
+      <c r="AK37" s="19"/>
+    </row>
+    <row r="38" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...55 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="21">
+        <v>0</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="21">
+        <v>0</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="21">
+        <v>0</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="21">
+        <v>425750.4</v>
+      </c>
+      <c r="K38" s="22"/>
+      <c r="L38" s="21">
+        <v>0</v>
+      </c>
+      <c r="M38" s="22"/>
+      <c r="N38" s="21">
+        <v>0</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="21">
+        <v>0</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="23">
+        <v>425750.4</v>
+      </c>
+      <c r="U38" s="24"/>
+      <c r="V38" s="21">
+        <v>0</v>
+      </c>
+      <c r="W38" s="22"/>
+      <c r="X38" s="21">
+        <v>9750</v>
+      </c>
+      <c r="Y38" s="22"/>
+      <c r="Z38" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="22"/>
+      <c r="AB38" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="22"/>
+      <c r="AD38" s="21">
+        <v>26200</v>
+      </c>
+      <c r="AE38" s="22"/>
+      <c r="AF38" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG38" s="22"/>
+      <c r="AH38" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="24"/>
+      <c r="AJ38" s="18">
+        <v>461700.4</v>
+      </c>
+      <c r="AK38" s="19"/>
+    </row>
+    <row r="39" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...55 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="21">
+        <v>16820.599999999999</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="21">
+        <v>252568.4</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="21">
+        <v>28651.39</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="21">
+        <v>287373.40000000002</v>
+      </c>
+      <c r="K39" s="22"/>
+      <c r="L39" s="21">
+        <v>2577236.83</v>
+      </c>
+      <c r="M39" s="22"/>
+      <c r="N39" s="21">
+        <v>0</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="21">
+        <v>49833.16</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="23">
+        <v>3212483.78</v>
+      </c>
+      <c r="U39" s="24"/>
+      <c r="V39" s="21">
+        <v>0</v>
+      </c>
+      <c r="W39" s="22"/>
+      <c r="X39" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="22"/>
+      <c r="Z39" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="22"/>
+      <c r="AB39" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC39" s="22"/>
+      <c r="AD39" s="21">
+        <v>90400</v>
+      </c>
+      <c r="AE39" s="22"/>
+      <c r="AF39" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG39" s="22"/>
+      <c r="AH39" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI39" s="24"/>
+      <c r="AJ39" s="18">
+        <v>3302883.78</v>
+      </c>
+      <c r="AK39" s="19"/>
+    </row>
+    <row r="40" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...55 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="21">
+        <v>0</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="21">
+        <v>22565.9</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="21">
+        <v>11608.75</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="21">
+        <v>210668.98</v>
+      </c>
+      <c r="K40" s="22"/>
+      <c r="L40" s="21">
+        <v>0</v>
+      </c>
+      <c r="M40" s="22"/>
+      <c r="N40" s="21">
+        <v>0</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="21">
+        <v>0</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="23">
+        <v>244843.63</v>
+      </c>
+      <c r="U40" s="24"/>
+      <c r="V40" s="21">
+        <v>0</v>
+      </c>
+      <c r="W40" s="22"/>
+      <c r="X40" s="21">
+        <v>102225.9</v>
+      </c>
+      <c r="Y40" s="22"/>
+      <c r="Z40" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="22"/>
+      <c r="AB40" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="22"/>
+      <c r="AD40" s="21">
+        <v>58300</v>
+      </c>
+      <c r="AE40" s="22"/>
+      <c r="AF40" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="22"/>
+      <c r="AH40" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="24"/>
+      <c r="AJ40" s="18">
+        <v>405369.53</v>
+      </c>
+      <c r="AK40" s="19"/>
+    </row>
+    <row r="41" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...55 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="21">
+        <v>2515456.7000000002</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="21">
+        <v>1077190.55</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="21">
+        <v>0</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="21">
+        <v>1356124.22</v>
+      </c>
+      <c r="K41" s="22"/>
+      <c r="L41" s="21">
+        <v>12941007</v>
+      </c>
+      <c r="M41" s="22"/>
+      <c r="N41" s="21">
+        <v>0</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="21">
+        <v>0</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="23">
+        <v>17889778.469999999</v>
+      </c>
+      <c r="U41" s="24"/>
+      <c r="V41" s="21">
+        <v>0</v>
+      </c>
+      <c r="W41" s="22"/>
+      <c r="X41" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="22"/>
+      <c r="Z41" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="22"/>
+      <c r="AB41" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="22"/>
+      <c r="AD41" s="21">
+        <v>384100</v>
+      </c>
+      <c r="AE41" s="22"/>
+      <c r="AF41" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG41" s="22"/>
+      <c r="AH41" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI41" s="24"/>
+      <c r="AJ41" s="18">
+        <v>18273878.469999999</v>
+      </c>
+      <c r="AK41" s="19"/>
+    </row>
+    <row r="42" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...55 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="21">
+        <v>0</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="21">
+        <v>205.25</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="21">
+        <v>0</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="21">
+        <v>0</v>
+      </c>
+      <c r="K42" s="22"/>
+      <c r="L42" s="21">
+        <v>141616.79999999999</v>
+      </c>
+      <c r="M42" s="22"/>
+      <c r="N42" s="21">
+        <v>0</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="21">
+        <v>0</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="23">
+        <v>141822.04999999999</v>
+      </c>
+      <c r="U42" s="24"/>
+      <c r="V42" s="21">
+        <v>0</v>
+      </c>
+      <c r="W42" s="22"/>
+      <c r="X42" s="21">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="22"/>
+      <c r="Z42" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="22"/>
+      <c r="AB42" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="22"/>
+      <c r="AD42" s="21">
+        <v>35500</v>
+      </c>
+      <c r="AE42" s="22"/>
+      <c r="AF42" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="22"/>
+      <c r="AH42" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="24"/>
+      <c r="AJ42" s="18">
+        <v>177322.05</v>
+      </c>
+      <c r="AK42" s="19"/>
+    </row>
+    <row r="43" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...55 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="21">
+        <v>3420022.18</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="21">
+        <v>2441890.83</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="21">
+        <v>0</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="21">
+        <v>1571582.44</v>
+      </c>
+      <c r="K43" s="22"/>
+      <c r="L43" s="21">
+        <v>2793386.1</v>
+      </c>
+      <c r="M43" s="22"/>
+      <c r="N43" s="21">
+        <v>0</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="21">
+        <v>1059540.52</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="21">
+        <v>0</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="23">
+        <v>11286422.07</v>
+      </c>
+      <c r="U43" s="24"/>
+      <c r="V43" s="21">
+        <v>0</v>
+      </c>
+      <c r="W43" s="22"/>
+      <c r="X43" s="21">
+        <v>50228.66</v>
+      </c>
+      <c r="Y43" s="22"/>
+      <c r="Z43" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="22"/>
+      <c r="AB43" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="22"/>
+      <c r="AD43" s="21">
+        <v>511300</v>
+      </c>
+      <c r="AE43" s="22"/>
+      <c r="AF43" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="22"/>
+      <c r="AH43" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI43" s="24"/>
+      <c r="AJ43" s="18">
+        <v>11847950.73</v>
+      </c>
+      <c r="AK43" s="19"/>
+    </row>
+    <row r="44" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...55 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="21">
+        <v>47508.15</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="21">
+        <v>1256344.49</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="21">
+        <v>0</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="21">
+        <v>0</v>
+      </c>
+      <c r="K44" s="22"/>
+      <c r="L44" s="21">
+        <v>4382937.01</v>
+      </c>
+      <c r="M44" s="22"/>
+      <c r="N44" s="21">
+        <v>0</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="21">
+        <v>104652.15</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="21">
+        <v>0</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="23">
+        <v>5791441.7999999998</v>
+      </c>
+      <c r="U44" s="24"/>
+      <c r="V44" s="21">
+        <v>0</v>
+      </c>
+      <c r="W44" s="22"/>
+      <c r="X44" s="21">
+        <v>21745.7</v>
+      </c>
+      <c r="Y44" s="22"/>
+      <c r="Z44" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="22"/>
+      <c r="AB44" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="22"/>
+      <c r="AD44" s="21">
+        <v>140300</v>
+      </c>
+      <c r="AE44" s="22"/>
+      <c r="AF44" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG44" s="22"/>
+      <c r="AH44" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI44" s="24"/>
+      <c r="AJ44" s="18">
+        <v>5953487.5</v>
+      </c>
+      <c r="AK44" s="19"/>
+    </row>
+    <row r="45" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...55 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="21">
+        <v>0</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="21">
+        <v>287348.95</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="21">
+        <v>0</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="21">
+        <v>0</v>
+      </c>
+      <c r="K45" s="22"/>
+      <c r="L45" s="21">
+        <v>3910519.49</v>
+      </c>
+      <c r="M45" s="22"/>
+      <c r="N45" s="21">
+        <v>0</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="21">
+        <v>63766.43</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="21">
+        <v>0</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="23">
+        <v>4261634.87</v>
+      </c>
+      <c r="U45" s="24"/>
+      <c r="V45" s="21">
+        <v>0</v>
+      </c>
+      <c r="W45" s="22"/>
+      <c r="X45" s="21">
+        <v>56629.05</v>
+      </c>
+      <c r="Y45" s="22"/>
+      <c r="Z45" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="22"/>
+      <c r="AB45" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC45" s="22"/>
+      <c r="AD45" s="21">
+        <v>282200</v>
+      </c>
+      <c r="AE45" s="22"/>
+      <c r="AF45" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG45" s="22"/>
+      <c r="AH45" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI45" s="24"/>
+      <c r="AJ45" s="18">
+        <v>4600463.92</v>
+      </c>
+      <c r="AK45" s="19"/>
+    </row>
+    <row r="46" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...55 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="21">
+        <v>1221577.6100000001</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="21">
+        <v>12555387.49</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="21">
+        <v>0</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="21">
+        <v>937768.36</v>
+      </c>
+      <c r="K46" s="22"/>
+      <c r="L46" s="21">
+        <v>8901090.5700000003</v>
+      </c>
+      <c r="M46" s="22"/>
+      <c r="N46" s="21">
+        <v>0</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="21">
+        <v>1800104.2</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="21">
+        <v>0</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="23">
+        <v>25415928.23</v>
+      </c>
+      <c r="U46" s="24"/>
+      <c r="V46" s="21">
+        <v>0</v>
+      </c>
+      <c r="W46" s="22"/>
+      <c r="X46" s="21">
+        <v>43526.31</v>
+      </c>
+      <c r="Y46" s="22"/>
+      <c r="Z46" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="22"/>
+      <c r="AB46" s="21">
+        <v>5600000</v>
+      </c>
+      <c r="AC46" s="22"/>
+      <c r="AD46" s="21">
+        <v>1190600</v>
+      </c>
+      <c r="AE46" s="22"/>
+      <c r="AF46" s="21">
+        <v>3600000</v>
+      </c>
+      <c r="AG46" s="22"/>
+      <c r="AH46" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI46" s="24"/>
+      <c r="AJ46" s="18">
+        <v>35850054.539999999</v>
+      </c>
+      <c r="AK46" s="19"/>
+    </row>
+    <row r="47" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...55 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="21">
+        <v>222040.37</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="21">
+        <v>1028075.59</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="21">
+        <v>3794.31</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="21">
+        <v>165429.1</v>
+      </c>
+      <c r="K47" s="22"/>
+      <c r="L47" s="21">
+        <v>1976833.05</v>
+      </c>
+      <c r="M47" s="22"/>
+      <c r="N47" s="21">
+        <v>0</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="21">
+        <v>355516.3</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="21">
+        <v>0</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="23">
+        <v>3751688.72</v>
+      </c>
+      <c r="U47" s="24"/>
+      <c r="V47" s="21">
+        <v>0</v>
+      </c>
+      <c r="W47" s="22"/>
+      <c r="X47" s="21">
+        <v>90576.95</v>
+      </c>
+      <c r="Y47" s="22"/>
+      <c r="Z47" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="22"/>
+      <c r="AB47" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="22"/>
+      <c r="AD47" s="21">
+        <v>567900</v>
+      </c>
+      <c r="AE47" s="22"/>
+      <c r="AF47" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG47" s="22"/>
+      <c r="AH47" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI47" s="24"/>
+      <c r="AJ47" s="18">
+        <v>4410165.67</v>
+      </c>
+      <c r="AK47" s="19"/>
+    </row>
+    <row r="48" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...55 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="21">
+        <v>137114.15</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="21">
+        <v>6189.6</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="21">
+        <v>0</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="21">
+        <v>1694334.14</v>
+      </c>
+      <c r="K48" s="22"/>
+      <c r="L48" s="21">
+        <v>5331645.2699999996</v>
+      </c>
+      <c r="M48" s="22"/>
+      <c r="N48" s="21">
+        <v>0</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="21">
+        <v>1162871.8500000001</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="21">
+        <v>466400.55</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="23">
+        <v>8798555.5600000005</v>
+      </c>
+      <c r="U48" s="24"/>
+      <c r="V48" s="21">
+        <v>43157.57</v>
+      </c>
+      <c r="W48" s="22"/>
+      <c r="X48" s="21">
+        <v>395497.49</v>
+      </c>
+      <c r="Y48" s="22"/>
+      <c r="Z48" s="21">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="22"/>
+      <c r="AB48" s="21">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="22"/>
+      <c r="AD48" s="21">
+        <v>536700</v>
+      </c>
+      <c r="AE48" s="22"/>
+      <c r="AF48" s="21">
+        <v>0</v>
+      </c>
+      <c r="AG48" s="22"/>
+      <c r="AH48" s="23">
+        <v>0</v>
+      </c>
+      <c r="AI48" s="24"/>
+      <c r="AJ48" s="18">
+        <v>9773910.6199999992</v>
+      </c>
+      <c r="AK48" s="19"/>
+    </row>
+    <row r="49" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...55 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="18">
+        <v>23464393.370000001</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="18">
+        <v>79096142.200000003</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="18">
+        <v>721520.64000000001</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="18">
+        <v>36000067.82</v>
+      </c>
+      <c r="K49" s="19"/>
+      <c r="L49" s="18">
+        <v>285514049.33999997</v>
+      </c>
+      <c r="M49" s="19"/>
+      <c r="N49" s="18">
+        <v>312294.46000000002</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="18">
+        <v>26294795.010000002</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="18">
+        <v>3619895.8</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="25">
+        <v>455023158.63999999</v>
+      </c>
+      <c r="U49" s="26"/>
+      <c r="V49" s="18">
+        <v>1537207.68</v>
+      </c>
+      <c r="W49" s="19"/>
+      <c r="X49" s="18">
+        <v>8333812.0499999998</v>
+      </c>
+      <c r="Y49" s="19"/>
+      <c r="Z49" s="18">
+        <v>90000</v>
+      </c>
+      <c r="AA49" s="19"/>
+      <c r="AB49" s="18">
+        <v>13727871.52</v>
+      </c>
+      <c r="AC49" s="19"/>
+      <c r="AD49" s="18">
+        <v>31243573.84</v>
+      </c>
+      <c r="AE49" s="19"/>
+      <c r="AF49" s="18">
+        <v>3751125</v>
+      </c>
+      <c r="AG49" s="19"/>
+      <c r="AH49" s="25">
+        <v>0</v>
+      </c>
+      <c r="AI49" s="26"/>
+      <c r="AJ49" s="18">
+        <v>513706748.73000002</v>
+      </c>
+      <c r="AK49" s="19"/>
+    </row>
+    <row r="50" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...52 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="14">
+        <v>16090291.609999999</v>
+      </c>
+      <c r="E50" s="15"/>
+      <c r="F50" s="14">
+        <v>60800208.049999997</v>
+      </c>
+      <c r="G50" s="15"/>
+      <c r="H50" s="14">
+        <v>164721.29999999999</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="14">
+        <v>24300751.440000001</v>
+      </c>
+      <c r="K50" s="15"/>
+      <c r="L50" s="14">
+        <v>167312756.28999999</v>
+      </c>
+      <c r="M50" s="15"/>
+      <c r="N50" s="14">
+        <v>12777.42</v>
+      </c>
+      <c r="O50" s="15"/>
+      <c r="P50" s="14">
+        <v>16961086.510000002</v>
+      </c>
+      <c r="Q50" s="15"/>
+      <c r="R50" s="14">
+        <v>1687803.6</v>
+      </c>
+      <c r="S50" s="15"/>
+      <c r="T50" s="16">
+        <v>287330396.22000003</v>
+      </c>
+      <c r="U50" s="17"/>
+      <c r="V50" s="14">
+        <v>563755.63</v>
+      </c>
+      <c r="W50" s="15"/>
+      <c r="X50" s="14">
+        <v>3593398.11</v>
+      </c>
+      <c r="Y50" s="15"/>
+      <c r="Z50" s="14">
+        <v>90000</v>
+      </c>
+      <c r="AA50" s="15"/>
+      <c r="AB50" s="14">
+        <v>11226103.66</v>
+      </c>
+      <c r="AC50" s="15"/>
+      <c r="AD50" s="14">
+        <v>20493067.359999999</v>
+      </c>
+      <c r="AE50" s="15"/>
+      <c r="AF50" s="14">
+        <v>3751125</v>
+      </c>
+      <c r="AG50" s="15"/>
+      <c r="AH50" s="16">
+        <v>0</v>
+      </c>
+      <c r="AI50" s="17"/>
+      <c r="AJ50" s="18">
+        <v>327047845.98000002</v>
+      </c>
+      <c r="AK50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="866">
+    <mergeCell ref="A2:S2"/>
+    <mergeCell ref="T2:AK2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="Z3:AA3"/>
+    <mergeCell ref="AB3:AC3"/>
+    <mergeCell ref="AD3:AE3"/>
+    <mergeCell ref="AF3:AG3"/>
+    <mergeCell ref="AH3:AI3"/>
+    <mergeCell ref="AJ3:AK3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="AD4:AE4"/>
+    <mergeCell ref="AF4:AG4"/>
+    <mergeCell ref="AH4:AI4"/>
+    <mergeCell ref="AJ4:AK4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="AD5:AE5"/>
+    <mergeCell ref="AF5:AG5"/>
+    <mergeCell ref="AH5:AI5"/>
+    <mergeCell ref="AJ5:AK5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="AD6:AE6"/>
+    <mergeCell ref="AF6:AG6"/>
+    <mergeCell ref="AH6:AI6"/>
+    <mergeCell ref="AJ6:AK6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="Z7:AA7"/>
+    <mergeCell ref="AB7:AC7"/>
+    <mergeCell ref="AD7:AE7"/>
+    <mergeCell ref="AF7:AG7"/>
+    <mergeCell ref="AH7:AI7"/>
+    <mergeCell ref="AJ7:AK7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="Z8:AA8"/>
+    <mergeCell ref="AB8:AC8"/>
+    <mergeCell ref="AD8:AE8"/>
+    <mergeCell ref="AF8:AG8"/>
+    <mergeCell ref="AH8:AI8"/>
+    <mergeCell ref="AJ8:AK8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="Z9:AA9"/>
+    <mergeCell ref="AB9:AC9"/>
+    <mergeCell ref="AD9:AE9"/>
+    <mergeCell ref="AF9:AG9"/>
+    <mergeCell ref="AH9:AI9"/>
+    <mergeCell ref="AJ9:AK9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="Z10:AA10"/>
+    <mergeCell ref="AB10:AC10"/>
+    <mergeCell ref="AD10:AE10"/>
+    <mergeCell ref="AF10:AG10"/>
+    <mergeCell ref="AH10:AI10"/>
+    <mergeCell ref="AJ10:AK10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AC11"/>
+    <mergeCell ref="AD11:AE11"/>
+    <mergeCell ref="AF11:AG11"/>
+    <mergeCell ref="AH11:AI11"/>
+    <mergeCell ref="AJ11:AK11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="Z12:AA12"/>
+    <mergeCell ref="AB12:AC12"/>
+    <mergeCell ref="AD12:AE12"/>
+    <mergeCell ref="AF12:AG12"/>
+    <mergeCell ref="AH12:AI12"/>
+    <mergeCell ref="AJ12:AK12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="Z13:AA13"/>
+    <mergeCell ref="AB13:AC13"/>
+    <mergeCell ref="AD13:AE13"/>
+    <mergeCell ref="AF13:AG13"/>
+    <mergeCell ref="AH13:AI13"/>
+    <mergeCell ref="AJ13:AK13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="Z14:AA14"/>
+    <mergeCell ref="AB14:AC14"/>
+    <mergeCell ref="AD14:AE14"/>
+    <mergeCell ref="AF14:AG14"/>
+    <mergeCell ref="AH14:AI14"/>
+    <mergeCell ref="AJ14:AK14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="Z15:AA15"/>
+    <mergeCell ref="AB15:AC15"/>
+    <mergeCell ref="AD15:AE15"/>
+    <mergeCell ref="AF15:AG15"/>
+    <mergeCell ref="AH15:AI15"/>
+    <mergeCell ref="AJ15:AK15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="Z16:AA16"/>
+    <mergeCell ref="AB16:AC16"/>
+    <mergeCell ref="AD16:AE16"/>
+    <mergeCell ref="AF16:AG16"/>
+    <mergeCell ref="AH16:AI16"/>
+    <mergeCell ref="AJ16:AK16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="AB17:AC17"/>
+    <mergeCell ref="AD17:AE17"/>
+    <mergeCell ref="AF17:AG17"/>
+    <mergeCell ref="AH17:AI17"/>
+    <mergeCell ref="AJ17:AK17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="Z18:AA18"/>
+    <mergeCell ref="AB18:AC18"/>
+    <mergeCell ref="AD18:AE18"/>
+    <mergeCell ref="AF18:AG18"/>
+    <mergeCell ref="AH18:AI18"/>
+    <mergeCell ref="AJ18:AK18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="AB19:AC19"/>
+    <mergeCell ref="AD19:AE19"/>
+    <mergeCell ref="AF19:AG19"/>
+    <mergeCell ref="AH19:AI19"/>
+    <mergeCell ref="AJ19:AK19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="Z20:AA20"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="AD20:AE20"/>
+    <mergeCell ref="AF20:AG20"/>
+    <mergeCell ref="AH20:AI20"/>
+    <mergeCell ref="AJ20:AK20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="Z21:AA21"/>
+    <mergeCell ref="AB21:AC21"/>
+    <mergeCell ref="AD21:AE21"/>
+    <mergeCell ref="AF21:AG21"/>
+    <mergeCell ref="AH21:AI21"/>
+    <mergeCell ref="AJ21:AK21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="Z22:AA22"/>
+    <mergeCell ref="AB22:AC22"/>
+    <mergeCell ref="AD22:AE22"/>
+    <mergeCell ref="AF22:AG22"/>
+    <mergeCell ref="AH22:AI22"/>
+    <mergeCell ref="AJ22:AK22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="Z23:AA23"/>
+    <mergeCell ref="AB23:AC23"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AF23:AG23"/>
+    <mergeCell ref="AH23:AI23"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="Z24:AA24"/>
+    <mergeCell ref="AB24:AC24"/>
+    <mergeCell ref="AD24:AE24"/>
+    <mergeCell ref="AF24:AG24"/>
+    <mergeCell ref="AH24:AI24"/>
+    <mergeCell ref="AJ24:AK24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="Z25:AA25"/>
+    <mergeCell ref="AB25:AC25"/>
+    <mergeCell ref="AD25:AE25"/>
+    <mergeCell ref="AF25:AG25"/>
+    <mergeCell ref="AH25:AI25"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="Z26:AA26"/>
+    <mergeCell ref="AB26:AC26"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="AF26:AG26"/>
+    <mergeCell ref="AH26:AI26"/>
+    <mergeCell ref="AJ26:AK26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="Z27:AA27"/>
+    <mergeCell ref="AB27:AC27"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="AF27:AG27"/>
+    <mergeCell ref="AH27:AI27"/>
+    <mergeCell ref="AJ27:AK27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="Z28:AA28"/>
+    <mergeCell ref="AB28:AC28"/>
+    <mergeCell ref="AD28:AE28"/>
+    <mergeCell ref="AF28:AG28"/>
+    <mergeCell ref="AH28:AI28"/>
+    <mergeCell ref="AJ28:AK28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="Z29:AA29"/>
+    <mergeCell ref="AB29:AC29"/>
+    <mergeCell ref="AD29:AE29"/>
+    <mergeCell ref="AF29:AG29"/>
+    <mergeCell ref="AH29:AI29"/>
+    <mergeCell ref="AJ29:AK29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="Z30:AA30"/>
+    <mergeCell ref="AB30:AC30"/>
+    <mergeCell ref="AD30:AE30"/>
+    <mergeCell ref="AF30:AG30"/>
+    <mergeCell ref="AH30:AI30"/>
+    <mergeCell ref="AJ30:AK30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="Z31:AA31"/>
+    <mergeCell ref="AB31:AC31"/>
+    <mergeCell ref="AD31:AE31"/>
+    <mergeCell ref="AF31:AG31"/>
+    <mergeCell ref="AH31:AI31"/>
+    <mergeCell ref="AJ31:AK31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="Z32:AA32"/>
+    <mergeCell ref="AB32:AC32"/>
+    <mergeCell ref="AD32:AE32"/>
+    <mergeCell ref="AF32:AG32"/>
+    <mergeCell ref="AH32:AI32"/>
+    <mergeCell ref="AJ32:AK32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="Z33:AA33"/>
+    <mergeCell ref="AB33:AC33"/>
+    <mergeCell ref="AD33:AE33"/>
+    <mergeCell ref="AF33:AG33"/>
+    <mergeCell ref="AH33:AI33"/>
+    <mergeCell ref="AJ33:AK33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="Z34:AA34"/>
+    <mergeCell ref="AB34:AC34"/>
+    <mergeCell ref="AD34:AE34"/>
+    <mergeCell ref="AF34:AG34"/>
+    <mergeCell ref="AH34:AI34"/>
+    <mergeCell ref="AJ34:AK34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="Z35:AA35"/>
+    <mergeCell ref="AB35:AC35"/>
+    <mergeCell ref="AD35:AE35"/>
+    <mergeCell ref="AF35:AG35"/>
+    <mergeCell ref="AH35:AI35"/>
+    <mergeCell ref="AJ35:AK35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="Z36:AA36"/>
+    <mergeCell ref="AB36:AC36"/>
+    <mergeCell ref="AD36:AE36"/>
+    <mergeCell ref="AF36:AG36"/>
+    <mergeCell ref="AH36:AI36"/>
+    <mergeCell ref="AJ36:AK36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="Z37:AA37"/>
+    <mergeCell ref="AB37:AC37"/>
+    <mergeCell ref="AD37:AE37"/>
+    <mergeCell ref="AF37:AG37"/>
+    <mergeCell ref="AH37:AI37"/>
+    <mergeCell ref="AJ37:AK37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z38:AA38"/>
+    <mergeCell ref="AB38:AC38"/>
+    <mergeCell ref="AD38:AE38"/>
+    <mergeCell ref="AF38:AG38"/>
+    <mergeCell ref="AH38:AI38"/>
+    <mergeCell ref="AJ38:AK38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="Z39:AA39"/>
+    <mergeCell ref="AB39:AC39"/>
+    <mergeCell ref="AD39:AE39"/>
+    <mergeCell ref="AF39:AG39"/>
+    <mergeCell ref="AH39:AI39"/>
+    <mergeCell ref="AJ39:AK39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="Z40:AA40"/>
+    <mergeCell ref="AB40:AC40"/>
+    <mergeCell ref="AD40:AE40"/>
+    <mergeCell ref="AF40:AG40"/>
+    <mergeCell ref="AH40:AI40"/>
+    <mergeCell ref="AJ40:AK40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="Z41:AA41"/>
+    <mergeCell ref="AB41:AC41"/>
+    <mergeCell ref="AD41:AE41"/>
+    <mergeCell ref="AF41:AG41"/>
+    <mergeCell ref="AH41:AI41"/>
+    <mergeCell ref="AJ41:AK41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="Z42:AA42"/>
+    <mergeCell ref="AB42:AC42"/>
+    <mergeCell ref="AD42:AE42"/>
+    <mergeCell ref="AF42:AG42"/>
+    <mergeCell ref="AH42:AI42"/>
+    <mergeCell ref="AJ42:AK42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="Z43:AA43"/>
+    <mergeCell ref="AB43:AC43"/>
+    <mergeCell ref="AD43:AE43"/>
+    <mergeCell ref="AF43:AG43"/>
+    <mergeCell ref="AH43:AI43"/>
+    <mergeCell ref="AJ43:AK43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z44:AA44"/>
+    <mergeCell ref="AB44:AC44"/>
+    <mergeCell ref="AD44:AE44"/>
+    <mergeCell ref="AF44:AG44"/>
+    <mergeCell ref="AH44:AI44"/>
+    <mergeCell ref="AJ44:AK44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="Z45:AA45"/>
+    <mergeCell ref="AB45:AC45"/>
+    <mergeCell ref="AD45:AE45"/>
+    <mergeCell ref="AF45:AG45"/>
+    <mergeCell ref="AH45:AI45"/>
+    <mergeCell ref="AJ45:AK45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="AB46:AC46"/>
+    <mergeCell ref="AD46:AE46"/>
+    <mergeCell ref="AF46:AG46"/>
+    <mergeCell ref="AH46:AI46"/>
+    <mergeCell ref="AJ46:AK46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="AB47:AC47"/>
+    <mergeCell ref="AD47:AE47"/>
+    <mergeCell ref="AF47:AG47"/>
+    <mergeCell ref="AH47:AI47"/>
+    <mergeCell ref="AJ47:AK47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z48:AA48"/>
+    <mergeCell ref="AB48:AC48"/>
+    <mergeCell ref="AD48:AE48"/>
+    <mergeCell ref="AF48:AG48"/>
+    <mergeCell ref="AH48:AI48"/>
+    <mergeCell ref="AJ48:AK48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="Z49:AA49"/>
+    <mergeCell ref="AB49:AC49"/>
+    <mergeCell ref="AD49:AE49"/>
+    <mergeCell ref="AF49:AG49"/>
+    <mergeCell ref="AH49:AI49"/>
+    <mergeCell ref="AJ49:AK49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z50:AA50"/>
+    <mergeCell ref="AB50:AC50"/>
+    <mergeCell ref="AD50:AE50"/>
+    <mergeCell ref="AF50:AG50"/>
+    <mergeCell ref="AH50:AI50"/>
+    <mergeCell ref="AJ50:AK50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S49"/>
+  <dimension ref="A2:AK50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="19" max="19" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="27" max="35" width="5.42578125" bestFit="1" customWidth="1"/>
+    <col min="36" max="37" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="26.25" thickBot="1">
-[...25 lines deleted...]
-      <c r="A2" s="28" t="s">
+    <row r="2" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+      <c r="Y2" s="30"/>
+      <c r="Z2" s="30"/>
+      <c r="AA2" s="30"/>
+      <c r="AB2" s="30"/>
+      <c r="AC2" s="30"/>
+      <c r="AD2" s="30"/>
+      <c r="AE2" s="30"/>
+      <c r="AF2" s="30"/>
+      <c r="AG2" s="30"/>
+      <c r="AH2" s="30"/>
+      <c r="AI2" s="30"/>
+      <c r="AJ2" s="30"/>
+      <c r="AK2" s="30"/>
+    </row>
+    <row r="3" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="30" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="30" t="s">
+      <c r="D3" s="34" t="s">
         <v>77</v>
       </c>
-      <c r="F2" s="30" t="s">
+      <c r="E3" s="35"/>
+      <c r="F3" s="34" t="s">
         <v>78</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="G3" s="35"/>
+      <c r="H3" s="34" t="s">
         <v>79</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="I3" s="35"/>
+      <c r="J3" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="K3" s="35"/>
+      <c r="L3" s="34" t="s">
         <v>81</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="M3" s="35"/>
+      <c r="N3" s="34" t="s">
         <v>82</v>
       </c>
-      <c r="K2" s="31" t="s">
+      <c r="O3" s="35"/>
+      <c r="P3" s="34" t="s">
         <v>83</v>
       </c>
-      <c r="L2" s="30" t="s">
+      <c r="Q3" s="35"/>
+      <c r="R3" s="34" t="s">
         <v>84</v>
       </c>
-      <c r="M2" s="30" t="s">
+      <c r="S3" s="35"/>
+      <c r="T3" s="36" t="s">
         <v>85</v>
       </c>
-      <c r="N2" s="30" t="s">
+      <c r="U3" s="37"/>
+      <c r="V3" s="34" t="s">
         <v>86</v>
       </c>
-      <c r="O2" s="30" t="s">
+      <c r="W3" s="35"/>
+      <c r="X3" s="34" t="s">
         <v>87</v>
       </c>
-      <c r="P2" s="30" t="s">
+      <c r="Y3" s="35"/>
+      <c r="Z3" s="34" t="s">
         <v>88</v>
       </c>
-      <c r="Q2" s="30" t="s">
+      <c r="AA3" s="35"/>
+      <c r="AB3" s="34" t="s">
         <v>89</v>
       </c>
-      <c r="R2" s="31" t="s">
+      <c r="AC3" s="35"/>
+      <c r="AD3" s="34" t="s">
         <v>90</v>
       </c>
-      <c r="S2" s="32" t="s">
+      <c r="AE3" s="35"/>
+      <c r="AF3" s="34" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG3" s="35"/>
+      <c r="AH3" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI3" s="37"/>
+      <c r="AJ3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="AK3" s="39"/>
+    </row>
+    <row r="4" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...55 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="42">
+        <v>0</v>
+      </c>
+      <c r="E4" s="22"/>
+      <c r="F4" s="42">
+        <v>0</v>
+      </c>
+      <c r="G4" s="22"/>
+      <c r="H4" s="42">
+        <v>0</v>
+      </c>
+      <c r="I4" s="22"/>
+      <c r="J4" s="42">
+        <v>0</v>
+      </c>
+      <c r="K4" s="22"/>
+      <c r="L4" s="42">
+        <v>0</v>
+      </c>
+      <c r="M4" s="22"/>
+      <c r="N4" s="42">
+        <v>0</v>
+      </c>
+      <c r="O4" s="22"/>
+      <c r="P4" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="42">
+        <v>0</v>
+      </c>
+      <c r="S4" s="22"/>
+      <c r="T4" s="43">
+        <v>0</v>
+      </c>
+      <c r="U4" s="24"/>
+      <c r="V4" s="42">
+        <v>0</v>
+      </c>
+      <c r="W4" s="22"/>
+      <c r="X4" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y4" s="22"/>
+      <c r="Z4" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA4" s="22"/>
+      <c r="AB4" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC4" s="22"/>
+      <c r="AD4" s="42">
+        <v>34.133790737563999</v>
+      </c>
+      <c r="AE4" s="22"/>
+      <c r="AF4" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG4" s="22"/>
+      <c r="AH4" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI4" s="24"/>
+      <c r="AJ4" s="40">
+        <v>34.133790737563999</v>
+      </c>
+      <c r="AK4" s="19"/>
+    </row>
+    <row r="5" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...55 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="42">
+        <v>550.18925714285695</v>
+      </c>
+      <c r="E5" s="22"/>
+      <c r="F5" s="42">
+        <v>1243.9696342857101</v>
+      </c>
+      <c r="G5" s="22"/>
+      <c r="H5" s="42">
+        <v>0</v>
+      </c>
+      <c r="I5" s="22"/>
+      <c r="J5" s="42">
+        <v>45.581916190476001</v>
+      </c>
+      <c r="K5" s="22"/>
+      <c r="L5" s="42">
+        <v>1056.2003771428599</v>
+      </c>
+      <c r="M5" s="22"/>
+      <c r="N5" s="42">
+        <v>0</v>
+      </c>
+      <c r="O5" s="22"/>
+      <c r="P5" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="42">
+        <v>0</v>
+      </c>
+      <c r="S5" s="22"/>
+      <c r="T5" s="43">
+        <v>2895.9411847618999</v>
+      </c>
+      <c r="U5" s="24"/>
+      <c r="V5" s="42">
+        <v>0</v>
+      </c>
+      <c r="W5" s="22"/>
+      <c r="X5" s="42">
+        <v>12.768685714285001</v>
+      </c>
+      <c r="Y5" s="22"/>
+      <c r="Z5" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA5" s="22"/>
+      <c r="AB5" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC5" s="22"/>
+      <c r="AD5" s="42">
+        <v>158.55238095238099</v>
+      </c>
+      <c r="AE5" s="22"/>
+      <c r="AF5" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG5" s="22"/>
+      <c r="AH5" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI5" s="24"/>
+      <c r="AJ5" s="40">
+        <v>3067.2622514285699</v>
+      </c>
+      <c r="AK5" s="19"/>
+    </row>
+    <row r="6" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...55 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="42">
+        <v>0</v>
+      </c>
+      <c r="E6" s="22"/>
+      <c r="F6" s="42">
+        <v>91.001657142856999</v>
+      </c>
+      <c r="G6" s="22"/>
+      <c r="H6" s="42">
+        <v>0</v>
+      </c>
+      <c r="I6" s="22"/>
+      <c r="J6" s="42">
+        <v>0</v>
+      </c>
+      <c r="K6" s="22"/>
+      <c r="L6" s="42">
+        <v>0</v>
+      </c>
+      <c r="M6" s="22"/>
+      <c r="N6" s="42">
+        <v>0</v>
+      </c>
+      <c r="O6" s="22"/>
+      <c r="P6" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="42">
+        <v>0</v>
+      </c>
+      <c r="S6" s="22"/>
+      <c r="T6" s="43">
+        <v>91.001657142856999</v>
+      </c>
+      <c r="U6" s="24"/>
+      <c r="V6" s="42">
+        <v>0</v>
+      </c>
+      <c r="W6" s="22"/>
+      <c r="X6" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y6" s="22"/>
+      <c r="Z6" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA6" s="22"/>
+      <c r="AB6" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC6" s="22"/>
+      <c r="AD6" s="42">
+        <v>30.514285714284998</v>
+      </c>
+      <c r="AE6" s="22"/>
+      <c r="AF6" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG6" s="22"/>
+      <c r="AH6" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI6" s="24"/>
+      <c r="AJ6" s="40">
+        <v>121.515942857143</v>
+      </c>
+      <c r="AK6" s="19"/>
+    </row>
+    <row r="7" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="17">
-[...52 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="D7" s="42">
+        <v>0</v>
+      </c>
+      <c r="E7" s="22"/>
+      <c r="F7" s="42">
+        <v>0</v>
+      </c>
+      <c r="G7" s="22"/>
+      <c r="H7" s="42">
+        <v>0</v>
+      </c>
+      <c r="I7" s="22"/>
+      <c r="J7" s="42">
+        <v>0</v>
+      </c>
+      <c r="K7" s="22"/>
+      <c r="L7" s="42">
+        <v>0</v>
+      </c>
+      <c r="M7" s="22"/>
+      <c r="N7" s="42">
+        <v>0</v>
+      </c>
+      <c r="O7" s="22"/>
+      <c r="P7" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="42">
+        <v>0</v>
+      </c>
+      <c r="S7" s="22"/>
+      <c r="T7" s="43">
+        <v>0</v>
+      </c>
+      <c r="U7" s="24"/>
+      <c r="V7" s="42">
+        <v>0</v>
+      </c>
+      <c r="W7" s="22"/>
+      <c r="X7" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y7" s="22"/>
+      <c r="Z7" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="22"/>
+      <c r="AB7" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC7" s="22"/>
+      <c r="AD7" s="42">
+        <v>35.623229461755997</v>
+      </c>
+      <c r="AE7" s="22"/>
+      <c r="AF7" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG7" s="22"/>
+      <c r="AH7" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI7" s="24"/>
+      <c r="AJ7" s="40">
+        <v>35.623229461755997</v>
+      </c>
+      <c r="AK7" s="19"/>
+    </row>
+    <row r="8" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...55 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="42">
+        <v>9.5030624263829999</v>
+      </c>
+      <c r="E8" s="22"/>
+      <c r="F8" s="42">
+        <v>46.966486062032999</v>
+      </c>
+      <c r="G8" s="22"/>
+      <c r="H8" s="42">
+        <v>0</v>
+      </c>
+      <c r="I8" s="22"/>
+      <c r="J8" s="42">
+        <v>19.861641146446001</v>
+      </c>
+      <c r="K8" s="22"/>
+      <c r="L8" s="42">
+        <v>2591.5239693757399</v>
+      </c>
+      <c r="M8" s="22"/>
+      <c r="N8" s="42">
+        <v>0</v>
+      </c>
+      <c r="O8" s="22"/>
+      <c r="P8" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="42">
+        <v>0</v>
+      </c>
+      <c r="S8" s="22"/>
+      <c r="T8" s="43">
+        <v>2667.8551590105999</v>
+      </c>
+      <c r="U8" s="24"/>
+      <c r="V8" s="42">
+        <v>0</v>
+      </c>
+      <c r="W8" s="22"/>
+      <c r="X8" s="42">
+        <v>21.612693364742</v>
+      </c>
+      <c r="Y8" s="22"/>
+      <c r="Z8" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="22"/>
+      <c r="AB8" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC8" s="22"/>
+      <c r="AD8" s="42">
+        <v>38.51590106007</v>
+      </c>
+      <c r="AE8" s="22"/>
+      <c r="AF8" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG8" s="22"/>
+      <c r="AH8" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI8" s="24"/>
+      <c r="AJ8" s="40">
+        <v>2727.9837534354101</v>
+      </c>
+      <c r="AK8" s="19"/>
+    </row>
+    <row r="9" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...55 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="42">
+        <v>0</v>
+      </c>
+      <c r="E9" s="22"/>
+      <c r="F9" s="42">
+        <v>463.57211257309899</v>
+      </c>
+      <c r="G9" s="22"/>
+      <c r="H9" s="42">
+        <v>2.5400341130599999</v>
+      </c>
+      <c r="I9" s="22"/>
+      <c r="J9" s="42">
+        <v>5.5254020467830003</v>
+      </c>
+      <c r="K9" s="22"/>
+      <c r="L9" s="42">
+        <v>2550.2472636452198</v>
+      </c>
+      <c r="M9" s="22"/>
+      <c r="N9" s="42">
+        <v>0</v>
+      </c>
+      <c r="O9" s="22"/>
+      <c r="P9" s="42">
+        <v>9.6999756335280001</v>
+      </c>
+      <c r="Q9" s="22"/>
+      <c r="R9" s="42">
+        <v>0</v>
+      </c>
+      <c r="S9" s="22"/>
+      <c r="T9" s="43">
+        <v>3031.5847880116999</v>
+      </c>
+      <c r="U9" s="24"/>
+      <c r="V9" s="42">
+        <v>0</v>
+      </c>
+      <c r="W9" s="22"/>
+      <c r="X9" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="22"/>
+      <c r="Z9" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="22"/>
+      <c r="AB9" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC9" s="22"/>
+      <c r="AD9" s="42">
+        <v>52.850877192981997</v>
+      </c>
+      <c r="AE9" s="22"/>
+      <c r="AF9" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG9" s="22"/>
+      <c r="AH9" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI9" s="24"/>
+      <c r="AJ9" s="40">
+        <v>3084.4356652046799</v>
+      </c>
+      <c r="AK9" s="19"/>
+    </row>
+    <row r="10" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...55 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="42">
+        <v>32.627424269582001</v>
+      </c>
+      <c r="E10" s="22"/>
+      <c r="F10" s="42">
+        <v>199.11040688295401</v>
+      </c>
+      <c r="G10" s="22"/>
+      <c r="H10" s="42">
+        <v>0</v>
+      </c>
+      <c r="I10" s="22"/>
+      <c r="J10" s="42">
+        <v>13.249738304355001</v>
+      </c>
+      <c r="K10" s="22"/>
+      <c r="L10" s="42">
+        <v>210.48874081376599</v>
+      </c>
+      <c r="M10" s="22"/>
+      <c r="N10" s="42">
+        <v>0</v>
+      </c>
+      <c r="O10" s="22"/>
+      <c r="P10" s="42">
+        <v>40.240974188922003</v>
+      </c>
+      <c r="Q10" s="22"/>
+      <c r="R10" s="42">
+        <v>0</v>
+      </c>
+      <c r="S10" s="22"/>
+      <c r="T10" s="43">
+        <v>495.71728445958098</v>
+      </c>
+      <c r="U10" s="24"/>
+      <c r="V10" s="42">
+        <v>4.0352213658359997</v>
+      </c>
+      <c r="W10" s="22"/>
+      <c r="X10" s="42">
+        <v>11.325204337694</v>
+      </c>
+      <c r="Y10" s="22"/>
+      <c r="Z10" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="22"/>
+      <c r="AB10" s="42">
+        <v>5.871482344506</v>
+      </c>
+      <c r="AC10" s="22"/>
+      <c r="AD10" s="42">
+        <v>55.768937085498997</v>
+      </c>
+      <c r="AE10" s="22"/>
+      <c r="AF10" s="42">
+        <v>13.544093923642</v>
+      </c>
+      <c r="AG10" s="22"/>
+      <c r="AH10" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="24"/>
+      <c r="AJ10" s="40">
+        <v>586.26222351675904</v>
+      </c>
+      <c r="AK10" s="19"/>
+    </row>
+    <row r="11" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...55 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="42">
+        <v>9.4914867661950009</v>
+      </c>
+      <c r="E11" s="22"/>
+      <c r="F11" s="42">
+        <v>210.601045932972</v>
+      </c>
+      <c r="G11" s="22"/>
+      <c r="H11" s="42">
+        <v>0.80264455894599995</v>
+      </c>
+      <c r="I11" s="22"/>
+      <c r="J11" s="42">
+        <v>90.053950764080994</v>
+      </c>
+      <c r="K11" s="22"/>
+      <c r="L11" s="42">
+        <v>486.83414894085502</v>
+      </c>
+      <c r="M11" s="22"/>
+      <c r="N11" s="42">
+        <v>0.56270841590599996</v>
+      </c>
+      <c r="O11" s="22"/>
+      <c r="P11" s="42">
+        <v>168.132086140838</v>
+      </c>
+      <c r="Q11" s="22"/>
+      <c r="R11" s="42">
+        <v>16.457425463513001</v>
+      </c>
+      <c r="S11" s="22"/>
+      <c r="T11" s="43">
+        <v>982.93549698330901</v>
+      </c>
+      <c r="U11" s="24"/>
+      <c r="V11" s="42">
+        <v>0</v>
+      </c>
+      <c r="W11" s="22"/>
+      <c r="X11" s="42">
+        <v>40.036492271104997</v>
+      </c>
+      <c r="Y11" s="22"/>
+      <c r="Z11" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="22"/>
+      <c r="AB11" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC11" s="22"/>
+      <c r="AD11" s="42">
+        <v>86.149645483770996</v>
+      </c>
+      <c r="AE11" s="22"/>
+      <c r="AF11" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG11" s="22"/>
+      <c r="AH11" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI11" s="24"/>
+      <c r="AJ11" s="40">
+        <v>1109.1216347381901</v>
+      </c>
+      <c r="AK11" s="19"/>
+    </row>
+    <row r="12" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...55 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="42">
+        <v>0</v>
+      </c>
+      <c r="E12" s="22"/>
+      <c r="F12" s="42">
+        <v>2.69472674976</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="42">
+        <v>0</v>
+      </c>
+      <c r="I12" s="22"/>
+      <c r="J12" s="42">
+        <v>0</v>
+      </c>
+      <c r="K12" s="22"/>
+      <c r="L12" s="42">
+        <v>0</v>
+      </c>
+      <c r="M12" s="22"/>
+      <c r="N12" s="42">
+        <v>0</v>
+      </c>
+      <c r="O12" s="22"/>
+      <c r="P12" s="42">
+        <v>63.470757430489002</v>
+      </c>
+      <c r="Q12" s="22"/>
+      <c r="R12" s="42">
+        <v>0</v>
+      </c>
+      <c r="S12" s="22"/>
+      <c r="T12" s="43">
+        <v>66.165484180248995</v>
+      </c>
+      <c r="U12" s="24"/>
+      <c r="V12" s="42">
+        <v>0</v>
+      </c>
+      <c r="W12" s="22"/>
+      <c r="X12" s="42">
+        <v>162.155714285714</v>
+      </c>
+      <c r="Y12" s="22"/>
+      <c r="Z12" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="22"/>
+      <c r="AB12" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="22"/>
+      <c r="AD12" s="42">
+        <v>44.870565675934003</v>
+      </c>
+      <c r="AE12" s="22"/>
+      <c r="AF12" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="22"/>
+      <c r="AH12" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="24"/>
+      <c r="AJ12" s="40">
+        <v>273.19176414189798</v>
+      </c>
+      <c r="AK12" s="19"/>
+    </row>
+    <row r="13" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...55 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="42">
+        <v>0</v>
+      </c>
+      <c r="E13" s="22"/>
+      <c r="F13" s="42">
+        <v>44.292643678159997</v>
+      </c>
+      <c r="G13" s="22"/>
+      <c r="H13" s="42">
+        <v>0</v>
+      </c>
+      <c r="I13" s="22"/>
+      <c r="J13" s="42">
+        <v>0</v>
+      </c>
+      <c r="K13" s="22"/>
+      <c r="L13" s="42">
+        <v>74.725436781609005</v>
+      </c>
+      <c r="M13" s="22"/>
+      <c r="N13" s="42">
+        <v>0</v>
+      </c>
+      <c r="O13" s="22"/>
+      <c r="P13" s="42">
+        <v>240.995</v>
+      </c>
+      <c r="Q13" s="22"/>
+      <c r="R13" s="42">
+        <v>0</v>
+      </c>
+      <c r="S13" s="22"/>
+      <c r="T13" s="43">
+        <v>360.01308045976998</v>
+      </c>
+      <c r="U13" s="24"/>
+      <c r="V13" s="42">
+        <v>0</v>
+      </c>
+      <c r="W13" s="22"/>
+      <c r="X13" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="22"/>
+      <c r="Z13" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="22"/>
+      <c r="AB13" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="22"/>
+      <c r="AD13" s="42">
+        <v>55.408045977011</v>
+      </c>
+      <c r="AE13" s="22"/>
+      <c r="AF13" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="22"/>
+      <c r="AH13" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="24"/>
+      <c r="AJ13" s="40">
+        <v>415.421126436782</v>
+      </c>
+      <c r="AK13" s="19"/>
+    </row>
+    <row r="14" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...55 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="42">
+        <v>37.190496368037998</v>
+      </c>
+      <c r="E14" s="22"/>
+      <c r="F14" s="42">
+        <v>12.938861985472</v>
+      </c>
+      <c r="G14" s="22"/>
+      <c r="H14" s="42">
+        <v>0</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="42">
+        <v>18.952142857142</v>
+      </c>
+      <c r="K14" s="22"/>
+      <c r="L14" s="42">
+        <v>424.27224576271198</v>
+      </c>
+      <c r="M14" s="22"/>
+      <c r="N14" s="42">
+        <v>0</v>
+      </c>
+      <c r="O14" s="22"/>
+      <c r="P14" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="22"/>
+      <c r="R14" s="42">
+        <v>0</v>
+      </c>
+      <c r="S14" s="22"/>
+      <c r="T14" s="43">
+        <v>493.35374697336601</v>
+      </c>
+      <c r="U14" s="24"/>
+      <c r="V14" s="42">
+        <v>0</v>
+      </c>
+      <c r="W14" s="22"/>
+      <c r="X14" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="22"/>
+      <c r="Z14" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="22"/>
+      <c r="AB14" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC14" s="22"/>
+      <c r="AD14" s="42">
+        <v>32.869249394672998</v>
+      </c>
+      <c r="AE14" s="22"/>
+      <c r="AF14" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="22"/>
+      <c r="AH14" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="24"/>
+      <c r="AJ14" s="40">
+        <v>526.22299636803905</v>
+      </c>
+      <c r="AK14" s="19"/>
+    </row>
+    <row r="15" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...55 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="42">
+        <v>13.560675070027999</v>
+      </c>
+      <c r="E15" s="22"/>
+      <c r="F15" s="42">
+        <v>252.66386344537801</v>
+      </c>
+      <c r="G15" s="22"/>
+      <c r="H15" s="42">
+        <v>0</v>
+      </c>
+      <c r="I15" s="22"/>
+      <c r="J15" s="42">
+        <v>68.890808823528999</v>
+      </c>
+      <c r="K15" s="22"/>
+      <c r="L15" s="42">
+        <v>2456.5225378151299</v>
+      </c>
+      <c r="M15" s="22"/>
+      <c r="N15" s="42">
+        <v>0</v>
+      </c>
+      <c r="O15" s="22"/>
+      <c r="P15" s="42">
+        <v>146.93863585434201</v>
+      </c>
+      <c r="Q15" s="22"/>
+      <c r="R15" s="42">
+        <v>0</v>
+      </c>
+      <c r="S15" s="22"/>
+      <c r="T15" s="43">
+        <v>2938.5765210084001</v>
+      </c>
+      <c r="U15" s="24"/>
+      <c r="V15" s="42">
+        <v>2.383123249299</v>
+      </c>
+      <c r="W15" s="22"/>
+      <c r="X15" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="22"/>
+      <c r="Z15" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="22"/>
+      <c r="AB15" s="42">
+        <v>359.51132072829103</v>
+      </c>
+      <c r="AC15" s="22"/>
+      <c r="AD15" s="42">
+        <v>120.60224089635901</v>
+      </c>
+      <c r="AE15" s="22"/>
+      <c r="AF15" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="22"/>
+      <c r="AH15" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI15" s="24"/>
+      <c r="AJ15" s="40">
+        <v>3421.0732058823501</v>
+      </c>
+      <c r="AK15" s="19"/>
+    </row>
+    <row r="16" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...55 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="42">
+        <v>0</v>
+      </c>
+      <c r="E16" s="22"/>
+      <c r="F16" s="42">
+        <v>158.51369524405499</v>
+      </c>
+      <c r="G16" s="22"/>
+      <c r="H16" s="42">
+        <v>0</v>
+      </c>
+      <c r="I16" s="22"/>
+      <c r="J16" s="42">
+        <v>-6.4035575719639999</v>
+      </c>
+      <c r="K16" s="22"/>
+      <c r="L16" s="42">
+        <v>129.57892156862701</v>
+      </c>
+      <c r="M16" s="22"/>
+      <c r="N16" s="42">
+        <v>0</v>
+      </c>
+      <c r="O16" s="22"/>
+      <c r="P16" s="42">
+        <v>22.181261994159001</v>
+      </c>
+      <c r="Q16" s="22"/>
+      <c r="R16" s="42">
+        <v>0</v>
+      </c>
+      <c r="S16" s="22"/>
+      <c r="T16" s="43">
+        <v>303.870321234877</v>
+      </c>
+      <c r="U16" s="24"/>
+      <c r="V16" s="42">
+        <v>0.16901960784299999</v>
+      </c>
+      <c r="W16" s="22"/>
+      <c r="X16" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="22"/>
+      <c r="Z16" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="22"/>
+      <c r="AB16" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="22"/>
+      <c r="AD16" s="42">
+        <v>33.072590738423003</v>
+      </c>
+      <c r="AE16" s="22"/>
+      <c r="AF16" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="22"/>
+      <c r="AH16" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="40">
+        <v>337.11193158114298</v>
+      </c>
+      <c r="AK16" s="19"/>
+    </row>
+    <row r="17" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...55 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="42">
+        <v>0</v>
+      </c>
+      <c r="E17" s="22"/>
+      <c r="F17" s="42">
+        <v>0</v>
+      </c>
+      <c r="G17" s="22"/>
+      <c r="H17" s="42">
+        <v>0</v>
+      </c>
+      <c r="I17" s="22"/>
+      <c r="J17" s="42">
+        <v>0</v>
+      </c>
+      <c r="K17" s="22"/>
+      <c r="L17" s="42">
+        <v>3.7177857713820002</v>
+      </c>
+      <c r="M17" s="22"/>
+      <c r="N17" s="42">
+        <v>0</v>
+      </c>
+      <c r="O17" s="22"/>
+      <c r="P17" s="42">
+        <v>101.987689848122</v>
+      </c>
+      <c r="Q17" s="22"/>
+      <c r="R17" s="42">
+        <v>0</v>
+      </c>
+      <c r="S17" s="22"/>
+      <c r="T17" s="43">
+        <v>105.705475619504</v>
+      </c>
+      <c r="U17" s="24"/>
+      <c r="V17" s="42">
+        <v>0</v>
+      </c>
+      <c r="W17" s="22"/>
+      <c r="X17" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="22"/>
+      <c r="Z17" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="22"/>
+      <c r="AB17" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="22"/>
+      <c r="AD17" s="42">
+        <v>105.682813749001</v>
+      </c>
+      <c r="AE17" s="22"/>
+      <c r="AF17" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="22"/>
+      <c r="AH17" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="40">
+        <v>211.38828936850501</v>
+      </c>
+      <c r="AK17" s="19"/>
+    </row>
+    <row r="18" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...55 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="42">
+        <v>0</v>
+      </c>
+      <c r="E18" s="22"/>
+      <c r="F18" s="42">
+        <v>21.103044776118999</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="42">
+        <v>0</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="42">
+        <v>0</v>
+      </c>
+      <c r="K18" s="22"/>
+      <c r="L18" s="42">
+        <v>247.23020895522399</v>
+      </c>
+      <c r="M18" s="22"/>
+      <c r="N18" s="42">
+        <v>0</v>
+      </c>
+      <c r="O18" s="22"/>
+      <c r="P18" s="42">
+        <v>136.90011940298501</v>
+      </c>
+      <c r="Q18" s="22"/>
+      <c r="R18" s="42">
+        <v>0</v>
+      </c>
+      <c r="S18" s="22"/>
+      <c r="T18" s="43">
+        <v>405.23337313432802</v>
+      </c>
+      <c r="U18" s="24"/>
+      <c r="V18" s="42">
+        <v>0</v>
+      </c>
+      <c r="W18" s="22"/>
+      <c r="X18" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="22"/>
+      <c r="Z18" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="22"/>
+      <c r="AB18" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="22"/>
+      <c r="AD18" s="42">
+        <v>40.119402985073997</v>
+      </c>
+      <c r="AE18" s="22"/>
+      <c r="AF18" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="22"/>
+      <c r="AH18" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="40">
+        <v>445.35277611940302</v>
+      </c>
+      <c r="AK18" s="19"/>
+    </row>
+    <row r="19" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...55 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="42">
+        <v>386.95121513713701</v>
+      </c>
+      <c r="E19" s="22"/>
+      <c r="F19" s="42">
+        <v>398.52057053581802</v>
+      </c>
+      <c r="G19" s="22"/>
+      <c r="H19" s="42">
+        <v>0</v>
+      </c>
+      <c r="I19" s="22"/>
+      <c r="J19" s="42">
+        <v>155.564494850133</v>
+      </c>
+      <c r="K19" s="22"/>
+      <c r="L19" s="42">
+        <v>156.397687767619</v>
+      </c>
+      <c r="M19" s="22"/>
+      <c r="N19" s="42">
+        <v>0</v>
+      </c>
+      <c r="O19" s="22"/>
+      <c r="P19" s="42">
+        <v>89.194485591944996</v>
+      </c>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="42">
+        <v>18.895260965165999</v>
+      </c>
+      <c r="S19" s="22"/>
+      <c r="T19" s="43">
+        <v>1205.52371484782</v>
+      </c>
+      <c r="U19" s="24"/>
+      <c r="V19" s="42">
+        <v>0</v>
+      </c>
+      <c r="W19" s="22"/>
+      <c r="X19" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="22"/>
+      <c r="Z19" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="22"/>
+      <c r="AB19" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="22"/>
+      <c r="AD19" s="42">
+        <v>180.093276241176</v>
+      </c>
+      <c r="AE19" s="22"/>
+      <c r="AF19" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="22"/>
+      <c r="AH19" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="40">
+        <v>1385.6169910889901</v>
+      </c>
+      <c r="AK19" s="19"/>
+    </row>
+    <row r="20" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...55 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="42">
+        <v>-308.48585690515802</v>
+      </c>
+      <c r="E20" s="22"/>
+      <c r="F20" s="42">
+        <v>134.68533943427599</v>
+      </c>
+      <c r="G20" s="22"/>
+      <c r="H20" s="42">
+        <v>5.4355074875199998</v>
+      </c>
+      <c r="I20" s="22"/>
+      <c r="J20" s="42">
+        <v>197.051935108153</v>
+      </c>
+      <c r="K20" s="22"/>
+      <c r="L20" s="42">
+        <v>1114.4179234609001</v>
+      </c>
+      <c r="M20" s="22"/>
+      <c r="N20" s="42">
+        <v>0</v>
+      </c>
+      <c r="O20" s="22"/>
+      <c r="P20" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="22"/>
+      <c r="R20" s="42">
+        <v>0</v>
+      </c>
+      <c r="S20" s="22"/>
+      <c r="T20" s="43">
+        <v>1143.10484858569</v>
+      </c>
+      <c r="U20" s="24"/>
+      <c r="V20" s="42">
+        <v>72.795673876871007</v>
+      </c>
+      <c r="W20" s="22"/>
+      <c r="X20" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y20" s="22"/>
+      <c r="Z20" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="22"/>
+      <c r="AB20" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC20" s="22"/>
+      <c r="AD20" s="42">
+        <v>187.65391014975</v>
+      </c>
+      <c r="AE20" s="22"/>
+      <c r="AF20" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG20" s="22"/>
+      <c r="AH20" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="40">
+        <v>1403.5544326123099</v>
+      </c>
+      <c r="AK20" s="19"/>
+    </row>
+    <row r="21" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...55 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="42">
+        <v>0</v>
+      </c>
+      <c r="E21" s="22"/>
+      <c r="F21" s="42">
+        <v>153.52009630116001</v>
+      </c>
+      <c r="G21" s="22"/>
+      <c r="H21" s="42">
+        <v>0</v>
+      </c>
+      <c r="I21" s="22"/>
+      <c r="J21" s="42">
+        <v>0.25006565988099999</v>
+      </c>
+      <c r="K21" s="22"/>
+      <c r="L21" s="42">
+        <v>189.76112497264199</v>
+      </c>
+      <c r="M21" s="22"/>
+      <c r="N21" s="42">
+        <v>0</v>
+      </c>
+      <c r="O21" s="22"/>
+      <c r="P21" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="22"/>
+      <c r="R21" s="42">
+        <v>0</v>
+      </c>
+      <c r="S21" s="22"/>
+      <c r="T21" s="43">
+        <v>343.53128693368399</v>
+      </c>
+      <c r="U21" s="24"/>
+      <c r="V21" s="42">
+        <v>0</v>
+      </c>
+      <c r="W21" s="22"/>
+      <c r="X21" s="42">
+        <v>116.973392427227</v>
+      </c>
+      <c r="Y21" s="22"/>
+      <c r="Z21" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="22"/>
+      <c r="AB21" s="42">
+        <v>5.9947472094550003</v>
+      </c>
+      <c r="AC21" s="22"/>
+      <c r="AD21" s="42">
+        <v>46.837382359377997</v>
+      </c>
+      <c r="AE21" s="22"/>
+      <c r="AF21" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="22"/>
+      <c r="AH21" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="40">
+        <v>513.33680892974405</v>
+      </c>
+      <c r="AK21" s="19"/>
+    </row>
+    <row r="22" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...55 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="42">
+        <v>0</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="42">
+        <v>81.072013799051007</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="42">
+        <v>0</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="42">
+        <v>363.74729624838301</v>
+      </c>
+      <c r="K22" s="22"/>
+      <c r="L22" s="42">
+        <v>2249.6661060802098</v>
+      </c>
+      <c r="M22" s="22"/>
+      <c r="N22" s="42">
+        <v>0</v>
+      </c>
+      <c r="O22" s="22"/>
+      <c r="P22" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="22"/>
+      <c r="R22" s="42">
+        <v>0</v>
+      </c>
+      <c r="S22" s="22"/>
+      <c r="T22" s="43">
+        <v>2694.4854161276398</v>
+      </c>
+      <c r="U22" s="24"/>
+      <c r="V22" s="42">
+        <v>0</v>
+      </c>
+      <c r="W22" s="22"/>
+      <c r="X22" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="22"/>
+      <c r="Z22" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="22"/>
+      <c r="AB22" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="22"/>
+      <c r="AD22" s="42">
+        <v>136.09335920655499</v>
+      </c>
+      <c r="AE22" s="22"/>
+      <c r="AF22" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="22"/>
+      <c r="AH22" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="40">
+        <v>2830.5787753342001</v>
+      </c>
+      <c r="AK22" s="19"/>
+    </row>
+    <row r="23" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...55 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="42">
+        <v>0</v>
+      </c>
+      <c r="E23" s="22"/>
+      <c r="F23" s="42">
+        <v>5.4196476964759999</v>
+      </c>
+      <c r="G23" s="22"/>
+      <c r="H23" s="42">
+        <v>0</v>
+      </c>
+      <c r="I23" s="22"/>
+      <c r="J23" s="42">
+        <v>0</v>
+      </c>
+      <c r="K23" s="22"/>
+      <c r="L23" s="42">
+        <v>0.30288346883400002</v>
+      </c>
+      <c r="M23" s="22"/>
+      <c r="N23" s="42">
+        <v>0</v>
+      </c>
+      <c r="O23" s="22"/>
+      <c r="P23" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="22"/>
+      <c r="R23" s="42">
+        <v>0</v>
+      </c>
+      <c r="S23" s="22"/>
+      <c r="T23" s="43">
+        <v>5.7225311653109996</v>
+      </c>
+      <c r="U23" s="24"/>
+      <c r="V23" s="42">
+        <v>0</v>
+      </c>
+      <c r="W23" s="22"/>
+      <c r="X23" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="22"/>
+      <c r="Z23" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="22"/>
+      <c r="AB23" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC23" s="22"/>
+      <c r="AD23" s="42">
+        <v>30.135501355013002</v>
+      </c>
+      <c r="AE23" s="22"/>
+      <c r="AF23" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG23" s="22"/>
+      <c r="AH23" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="40">
+        <v>35.858032520324997</v>
+      </c>
+      <c r="AK23" s="19"/>
+    </row>
+    <row r="24" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...55 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="42">
+        <v>35.442358946260001</v>
+      </c>
+      <c r="E24" s="22"/>
+      <c r="F24" s="42">
+        <v>87.936278411412005</v>
+      </c>
+      <c r="G24" s="22"/>
+      <c r="H24" s="42">
+        <v>2.6761608005420001</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="42">
+        <v>56.230763293103998</v>
+      </c>
+      <c r="K24" s="22"/>
+      <c r="L24" s="42">
+        <v>568.11429954964694</v>
+      </c>
+      <c r="M24" s="22"/>
+      <c r="N24" s="42">
+        <v>1.439577427556</v>
+      </c>
+      <c r="O24" s="22"/>
+      <c r="P24" s="42">
+        <v>44.860873598353997</v>
+      </c>
+      <c r="Q24" s="22"/>
+      <c r="R24" s="42">
+        <v>9.2862707212849998</v>
+      </c>
+      <c r="S24" s="22"/>
+      <c r="T24" s="43">
+        <v>805.98658274816296</v>
+      </c>
+      <c r="U24" s="24"/>
+      <c r="V24" s="42">
+        <v>4.6787307927070003</v>
+      </c>
+      <c r="W24" s="22"/>
+      <c r="X24" s="42">
+        <v>22.783988868542</v>
+      </c>
+      <c r="Y24" s="22"/>
+      <c r="Z24" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="22"/>
+      <c r="AB24" s="42">
+        <v>12.024319351721999</v>
+      </c>
+      <c r="AC24" s="22"/>
+      <c r="AD24" s="42">
+        <v>51.670470779923001</v>
+      </c>
+      <c r="AE24" s="22"/>
+      <c r="AF24" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="22"/>
+      <c r="AH24" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="40">
+        <v>897.14409254105794</v>
+      </c>
+      <c r="AK24" s="19"/>
+    </row>
+    <row r="25" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...55 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="42">
+        <v>18.464971949509</v>
+      </c>
+      <c r="E25" s="22"/>
+      <c r="F25" s="42">
+        <v>2.0589060308549998</v>
+      </c>
+      <c r="G25" s="22"/>
+      <c r="H25" s="42">
+        <v>0</v>
+      </c>
+      <c r="I25" s="22"/>
+      <c r="J25" s="42">
+        <v>519.84619915848498</v>
+      </c>
+      <c r="K25" s="22"/>
+      <c r="L25" s="42">
+        <v>45.980627629733</v>
+      </c>
+      <c r="M25" s="22"/>
+      <c r="N25" s="42">
+        <v>0</v>
+      </c>
+      <c r="O25" s="22"/>
+      <c r="P25" s="42">
+        <v>96.769877279102005</v>
+      </c>
+      <c r="Q25" s="22"/>
+      <c r="R25" s="42">
+        <v>0</v>
+      </c>
+      <c r="S25" s="22"/>
+      <c r="T25" s="43">
+        <v>683.12058204768596</v>
+      </c>
+      <c r="U25" s="24"/>
+      <c r="V25" s="42">
+        <v>0</v>
+      </c>
+      <c r="W25" s="22"/>
+      <c r="X25" s="42">
+        <v>13.56639200561</v>
+      </c>
+      <c r="Y25" s="22"/>
+      <c r="Z25" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="22"/>
+      <c r="AB25" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC25" s="22"/>
+      <c r="AD25" s="42">
+        <v>84.256661991583996</v>
+      </c>
+      <c r="AE25" s="22"/>
+      <c r="AF25" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG25" s="22"/>
+      <c r="AH25" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="40">
+        <v>780.94363604488103</v>
+      </c>
+      <c r="AK25" s="19"/>
+    </row>
+    <row r="26" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...55 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="42">
+        <v>0</v>
+      </c>
+      <c r="E26" s="22"/>
+      <c r="F26" s="42">
+        <v>163.12192197980099</v>
+      </c>
+      <c r="G26" s="22"/>
+      <c r="H26" s="42">
+        <v>0.79410222804700004</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="42">
+        <v>112.810589006245</v>
+      </c>
+      <c r="K26" s="22"/>
+      <c r="L26" s="42">
+        <v>23.866599336981999</v>
+      </c>
+      <c r="M26" s="22"/>
+      <c r="N26" s="42">
+        <v>0</v>
+      </c>
+      <c r="O26" s="22"/>
+      <c r="P26" s="42">
+        <v>11.057270834939001</v>
+      </c>
+      <c r="Q26" s="22"/>
+      <c r="R26" s="42">
+        <v>30.230303754529</v>
+      </c>
+      <c r="S26" s="22"/>
+      <c r="T26" s="43">
+        <v>341.88078714054399</v>
+      </c>
+      <c r="U26" s="24"/>
+      <c r="V26" s="42">
+        <v>0</v>
+      </c>
+      <c r="W26" s="22"/>
+      <c r="X26" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="22"/>
+      <c r="Z26" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="22"/>
+      <c r="AB26" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="22"/>
+      <c r="AD26" s="42">
+        <v>33.366741191888998</v>
+      </c>
+      <c r="AE26" s="22"/>
+      <c r="AF26" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="22"/>
+      <c r="AH26" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="24"/>
+      <c r="AJ26" s="40">
+        <v>375.247528332434</v>
+      </c>
+      <c r="AK26" s="19"/>
+    </row>
+    <row r="27" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...55 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="42">
+        <v>0</v>
+      </c>
+      <c r="E27" s="22"/>
+      <c r="F27" s="42">
+        <v>25.947916666666</v>
+      </c>
+      <c r="G27" s="22"/>
+      <c r="H27" s="42">
+        <v>0</v>
+      </c>
+      <c r="I27" s="22"/>
+      <c r="J27" s="42">
+        <v>0</v>
+      </c>
+      <c r="K27" s="22"/>
+      <c r="L27" s="42">
+        <v>0</v>
+      </c>
+      <c r="M27" s="22"/>
+      <c r="N27" s="42">
+        <v>0</v>
+      </c>
+      <c r="O27" s="22"/>
+      <c r="P27" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="22"/>
+      <c r="R27" s="42">
+        <v>0</v>
+      </c>
+      <c r="S27" s="22"/>
+      <c r="T27" s="43">
+        <v>25.947916666666</v>
+      </c>
+      <c r="U27" s="24"/>
+      <c r="V27" s="42">
+        <v>0</v>
+      </c>
+      <c r="W27" s="22"/>
+      <c r="X27" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="22"/>
+      <c r="Z27" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="22"/>
+      <c r="AB27" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="22"/>
+      <c r="AD27" s="42">
+        <v>32.427536231883998</v>
+      </c>
+      <c r="AE27" s="22"/>
+      <c r="AF27" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG27" s="22"/>
+      <c r="AH27" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI27" s="24"/>
+      <c r="AJ27" s="40">
+        <v>58.375452898550002</v>
+      </c>
+      <c r="AK27" s="19"/>
+    </row>
+    <row r="28" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...55 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="42">
+        <v>8.4778132482040007</v>
+      </c>
+      <c r="E28" s="22"/>
+      <c r="F28" s="42">
+        <v>32.192138866718999</v>
+      </c>
+      <c r="G28" s="22"/>
+      <c r="H28" s="42">
+        <v>0</v>
+      </c>
+      <c r="I28" s="22"/>
+      <c r="J28" s="42">
+        <v>18.887773343974001</v>
+      </c>
+      <c r="K28" s="22"/>
+      <c r="L28" s="42">
+        <v>8.7352035115719993</v>
+      </c>
+      <c r="M28" s="22"/>
+      <c r="N28" s="42">
+        <v>0</v>
+      </c>
+      <c r="O28" s="22"/>
+      <c r="P28" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="22"/>
+      <c r="R28" s="42">
+        <v>0</v>
+      </c>
+      <c r="S28" s="22"/>
+      <c r="T28" s="43">
+        <v>68.292928970470001</v>
+      </c>
+      <c r="U28" s="24"/>
+      <c r="V28" s="42">
+        <v>0</v>
+      </c>
+      <c r="W28" s="22"/>
+      <c r="X28" s="42">
+        <v>25.186352753390999</v>
+      </c>
+      <c r="Y28" s="22"/>
+      <c r="Z28" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="22"/>
+      <c r="AB28" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="22"/>
+      <c r="AD28" s="42">
+        <v>56.344772545889001</v>
+      </c>
+      <c r="AE28" s="22"/>
+      <c r="AF28" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="22"/>
+      <c r="AH28" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI28" s="24"/>
+      <c r="AJ28" s="40">
+        <v>149.82405426975299</v>
+      </c>
+      <c r="AK28" s="19"/>
+    </row>
+    <row r="29" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...55 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="42">
+        <v>0</v>
+      </c>
+      <c r="E29" s="22"/>
+      <c r="F29" s="42">
+        <v>0</v>
+      </c>
+      <c r="G29" s="22"/>
+      <c r="H29" s="42">
+        <v>0</v>
+      </c>
+      <c r="I29" s="22"/>
+      <c r="J29" s="42">
+        <v>0</v>
+      </c>
+      <c r="K29" s="22"/>
+      <c r="L29" s="42">
+        <v>215.12833197056401</v>
+      </c>
+      <c r="M29" s="22"/>
+      <c r="N29" s="42">
+        <v>0</v>
+      </c>
+      <c r="O29" s="22"/>
+      <c r="P29" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="22"/>
+      <c r="R29" s="42">
+        <v>0</v>
+      </c>
+      <c r="S29" s="22"/>
+      <c r="T29" s="43">
+        <v>215.12833197056401</v>
+      </c>
+      <c r="U29" s="24"/>
+      <c r="V29" s="42">
+        <v>0</v>
+      </c>
+      <c r="W29" s="22"/>
+      <c r="X29" s="42">
+        <v>114.460098119379</v>
+      </c>
+      <c r="Y29" s="22"/>
+      <c r="Z29" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="22"/>
+      <c r="AB29" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="22"/>
+      <c r="AD29" s="42">
+        <v>79.149632052330006</v>
+      </c>
+      <c r="AE29" s="22"/>
+      <c r="AF29" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="22"/>
+      <c r="AH29" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="24"/>
+      <c r="AJ29" s="40">
+        <v>408.73806214227301</v>
+      </c>
+      <c r="AK29" s="19"/>
+    </row>
+    <row r="30" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...55 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="42">
+        <v>0</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="42">
+        <v>607.54984507042298</v>
+      </c>
+      <c r="G30" s="22"/>
+      <c r="H30" s="42">
+        <v>0</v>
+      </c>
+      <c r="I30" s="22"/>
+      <c r="J30" s="42">
+        <v>700.58816901408397</v>
+      </c>
+      <c r="K30" s="22"/>
+      <c r="L30" s="42">
+        <v>0</v>
+      </c>
+      <c r="M30" s="22"/>
+      <c r="N30" s="42">
+        <v>0</v>
+      </c>
+      <c r="O30" s="22"/>
+      <c r="P30" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="22"/>
+      <c r="R30" s="42">
+        <v>0</v>
+      </c>
+      <c r="S30" s="22"/>
+      <c r="T30" s="43">
+        <v>1308.1380140845099</v>
+      </c>
+      <c r="U30" s="24"/>
+      <c r="V30" s="42">
+        <v>0</v>
+      </c>
+      <c r="W30" s="22"/>
+      <c r="X30" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y30" s="22"/>
+      <c r="Z30" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="22"/>
+      <c r="AB30" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="22"/>
+      <c r="AD30" s="42">
+        <v>206.514577464789</v>
+      </c>
+      <c r="AE30" s="22"/>
+      <c r="AF30" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG30" s="22"/>
+      <c r="AH30" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI30" s="24"/>
+      <c r="AJ30" s="40">
+        <v>1514.6525915493</v>
+      </c>
+      <c r="AK30" s="19"/>
+    </row>
+    <row r="31" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...55 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="42">
+        <v>12.990907503894</v>
+      </c>
+      <c r="E31" s="22"/>
+      <c r="F31" s="42">
+        <v>209.713373260998</v>
+      </c>
+      <c r="G31" s="22"/>
+      <c r="H31" s="42">
+        <v>1.0560294354619999</v>
+      </c>
+      <c r="I31" s="22"/>
+      <c r="J31" s="42">
+        <v>1.09656147607</v>
+      </c>
+      <c r="K31" s="22"/>
+      <c r="L31" s="42">
+        <v>344.94677445345701</v>
+      </c>
+      <c r="M31" s="22"/>
+      <c r="N31" s="42">
+        <v>0</v>
+      </c>
+      <c r="O31" s="22"/>
+      <c r="P31" s="42">
+        <v>24.663471558253001</v>
+      </c>
+      <c r="Q31" s="22"/>
+      <c r="R31" s="42">
+        <v>0</v>
+      </c>
+      <c r="S31" s="22"/>
+      <c r="T31" s="43">
+        <v>594.46711768813498</v>
+      </c>
+      <c r="U31" s="24"/>
+      <c r="V31" s="42">
+        <v>0</v>
+      </c>
+      <c r="W31" s="22"/>
+      <c r="X31" s="42">
+        <v>3.745187731643</v>
+      </c>
+      <c r="Y31" s="22"/>
+      <c r="Z31" s="42">
+        <v>2.4171456195940002</v>
+      </c>
+      <c r="AA31" s="22"/>
+      <c r="AB31" s="42">
+        <v>7.6763710587089999</v>
+      </c>
+      <c r="AC31" s="22"/>
+      <c r="AD31" s="42">
+        <v>53.0907383037</v>
+      </c>
+      <c r="AE31" s="22"/>
+      <c r="AF31" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="22"/>
+      <c r="AH31" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI31" s="24"/>
+      <c r="AJ31" s="40">
+        <v>661.39656040178295</v>
+      </c>
+      <c r="AK31" s="19"/>
+    </row>
+    <row r="32" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...55 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="42">
+        <v>153.278903381643</v>
+      </c>
+      <c r="E32" s="22"/>
+      <c r="F32" s="42">
+        <v>25.495772946858999</v>
+      </c>
+      <c r="G32" s="22"/>
+      <c r="H32" s="42">
+        <v>0</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="42">
+        <v>0</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="42">
+        <v>143.457009661836</v>
+      </c>
+      <c r="M32" s="22"/>
+      <c r="N32" s="42">
+        <v>0</v>
+      </c>
+      <c r="O32" s="22"/>
+      <c r="P32" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="22"/>
+      <c r="R32" s="42">
+        <v>0</v>
+      </c>
+      <c r="S32" s="22"/>
+      <c r="T32" s="43">
+        <v>322.23168599033801</v>
+      </c>
+      <c r="U32" s="24"/>
+      <c r="V32" s="42">
+        <v>1.1688405797100001</v>
+      </c>
+      <c r="W32" s="22"/>
+      <c r="X32" s="42">
+        <v>44.992318840579003</v>
+      </c>
+      <c r="Y32" s="22"/>
+      <c r="Z32" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="22"/>
+      <c r="AB32" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="22"/>
+      <c r="AD32" s="42">
+        <v>55.072463768115</v>
+      </c>
+      <c r="AE32" s="22"/>
+      <c r="AF32" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG32" s="22"/>
+      <c r="AH32" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI32" s="24"/>
+      <c r="AJ32" s="40">
+        <v>423.46530917874401</v>
+      </c>
+      <c r="AK32" s="19"/>
+    </row>
+    <row r="33" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...55 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="42">
+        <v>99.245904814813997</v>
+      </c>
+      <c r="E33" s="22"/>
+      <c r="F33" s="42">
+        <v>62.449154074074002</v>
+      </c>
+      <c r="G33" s="22"/>
+      <c r="H33" s="42">
+        <v>0</v>
+      </c>
+      <c r="I33" s="22"/>
+      <c r="J33" s="42">
+        <v>46.140082222221999</v>
+      </c>
+      <c r="K33" s="22"/>
+      <c r="L33" s="42">
+        <v>254.76161777777801</v>
+      </c>
+      <c r="M33" s="22"/>
+      <c r="N33" s="42">
+        <v>0</v>
+      </c>
+      <c r="O33" s="22"/>
+      <c r="P33" s="42">
+        <v>99.383608148147999</v>
+      </c>
+      <c r="Q33" s="22"/>
+      <c r="R33" s="42">
+        <v>8.9807374074070001</v>
+      </c>
+      <c r="S33" s="22"/>
+      <c r="T33" s="43">
+        <v>570.961104444444</v>
+      </c>
+      <c r="U33" s="24"/>
+      <c r="V33" s="42">
+        <v>0</v>
+      </c>
+      <c r="W33" s="22"/>
+      <c r="X33" s="42">
+        <v>6.9725425925920002</v>
+      </c>
+      <c r="Y33" s="22"/>
+      <c r="Z33" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="22"/>
+      <c r="AB33" s="42">
+        <v>1.1111111111000001E-2</v>
+      </c>
+      <c r="AC33" s="22"/>
+      <c r="AD33" s="42">
+        <v>70.022430740740006</v>
+      </c>
+      <c r="AE33" s="22"/>
+      <c r="AF33" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG33" s="22"/>
+      <c r="AH33" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI33" s="24"/>
+      <c r="AJ33" s="40">
+        <v>647.96718888888904</v>
+      </c>
+      <c r="AK33" s="19"/>
+    </row>
+    <row r="34" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...55 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="42">
+        <v>27.578800084463001</v>
+      </c>
+      <c r="E34" s="22"/>
+      <c r="F34" s="42">
+        <v>41.807004698305001</v>
+      </c>
+      <c r="G34" s="22"/>
+      <c r="H34" s="42">
+        <v>0.51359341181399998</v>
+      </c>
+      <c r="I34" s="22"/>
+      <c r="J34" s="42">
+        <v>0.77885498601000003</v>
+      </c>
+      <c r="K34" s="22"/>
+      <c r="L34" s="42">
+        <v>137.04482394552099</v>
+      </c>
+      <c r="M34" s="22"/>
+      <c r="N34" s="42">
+        <v>0</v>
+      </c>
+      <c r="O34" s="22"/>
+      <c r="P34" s="42">
+        <v>10.070987172042001</v>
+      </c>
+      <c r="Q34" s="22"/>
+      <c r="R34" s="42">
+        <v>0</v>
+      </c>
+      <c r="S34" s="22"/>
+      <c r="T34" s="43">
+        <v>217.79406429815799</v>
+      </c>
+      <c r="U34" s="24"/>
+      <c r="V34" s="42">
+        <v>0</v>
+      </c>
+      <c r="W34" s="22"/>
+      <c r="X34" s="42">
+        <v>11.611115451618</v>
+      </c>
+      <c r="Y34" s="22"/>
+      <c r="Z34" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="22"/>
+      <c r="AB34" s="42">
+        <v>5.9787784405839997</v>
+      </c>
+      <c r="AC34" s="22"/>
+      <c r="AD34" s="42">
+        <v>29.693186401308999</v>
+      </c>
+      <c r="AE34" s="22"/>
+      <c r="AF34" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG34" s="22"/>
+      <c r="AH34" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI34" s="24"/>
+      <c r="AJ34" s="40">
+        <v>265.07714459166999</v>
+      </c>
+      <c r="AK34" s="19"/>
+    </row>
+    <row r="35" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...55 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="42">
+        <v>0.102719033232</v>
+      </c>
+      <c r="E35" s="22"/>
+      <c r="F35" s="42">
+        <v>2.2861027190329999</v>
+      </c>
+      <c r="G35" s="22"/>
+      <c r="H35" s="42">
+        <v>0</v>
+      </c>
+      <c r="I35" s="22"/>
+      <c r="J35" s="42">
+        <v>59.207972809666998</v>
+      </c>
+      <c r="K35" s="22"/>
+      <c r="L35" s="42">
+        <v>0</v>
+      </c>
+      <c r="M35" s="22"/>
+      <c r="N35" s="42">
+        <v>0</v>
+      </c>
+      <c r="O35" s="22"/>
+      <c r="P35" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="22"/>
+      <c r="R35" s="42">
+        <v>0</v>
+      </c>
+      <c r="S35" s="22"/>
+      <c r="T35" s="43">
+        <v>61.596794561933002</v>
+      </c>
+      <c r="U35" s="24"/>
+      <c r="V35" s="42">
+        <v>0</v>
+      </c>
+      <c r="W35" s="22"/>
+      <c r="X35" s="42">
+        <v>12.332220543806001</v>
+      </c>
+      <c r="Y35" s="22"/>
+      <c r="Z35" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="22"/>
+      <c r="AB35" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="22"/>
+      <c r="AD35" s="42">
+        <v>32.900302114802997</v>
+      </c>
+      <c r="AE35" s="22"/>
+      <c r="AF35" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG35" s="22"/>
+      <c r="AH35" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI35" s="24"/>
+      <c r="AJ35" s="40">
+        <v>106.829317220544</v>
+      </c>
+      <c r="AK35" s="19"/>
+    </row>
+    <row r="36" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...55 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="42">
+        <v>52.922417898192997</v>
+      </c>
+      <c r="E36" s="22"/>
+      <c r="F36" s="42">
+        <v>464.01570032840698</v>
+      </c>
+      <c r="G36" s="22"/>
+      <c r="H36" s="42">
+        <v>0</v>
+      </c>
+      <c r="I36" s="22"/>
+      <c r="J36" s="42">
+        <v>488.96198029556598</v>
+      </c>
+      <c r="K36" s="22"/>
+      <c r="L36" s="42">
+        <v>1296.51749178982</v>
+      </c>
+      <c r="M36" s="22"/>
+      <c r="N36" s="42">
+        <v>0</v>
+      </c>
+      <c r="O36" s="22"/>
+      <c r="P36" s="42">
+        <v>14.920504926108</v>
+      </c>
+      <c r="Q36" s="22"/>
+      <c r="R36" s="42">
+        <v>0</v>
+      </c>
+      <c r="S36" s="22"/>
+      <c r="T36" s="43">
+        <v>2317.3380952380999</v>
+      </c>
+      <c r="U36" s="24"/>
+      <c r="V36" s="42">
+        <v>0</v>
+      </c>
+      <c r="W36" s="22"/>
+      <c r="X36" s="42">
+        <v>8.2455574712640001</v>
+      </c>
+      <c r="Y36" s="22"/>
+      <c r="Z36" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="22"/>
+      <c r="AB36" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="22"/>
+      <c r="AD36" s="42">
+        <v>136.618004926108</v>
+      </c>
+      <c r="AE36" s="22"/>
+      <c r="AF36" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG36" s="22"/>
+      <c r="AH36" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI36" s="24"/>
+      <c r="AJ36" s="40">
+        <v>2462.2016576354699</v>
+      </c>
+      <c r="AK36" s="19"/>
+    </row>
+    <row r="37" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...55 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="42">
+        <v>1.38947240457</v>
+      </c>
+      <c r="E37" s="22"/>
+      <c r="F37" s="42">
+        <v>106.261913445174</v>
+      </c>
+      <c r="G37" s="22"/>
+      <c r="H37" s="42">
+        <v>0</v>
+      </c>
+      <c r="I37" s="22"/>
+      <c r="J37" s="42">
+        <v>4.715852176027</v>
+      </c>
+      <c r="K37" s="22"/>
+      <c r="L37" s="42">
+        <v>85.692839776319005</v>
+      </c>
+      <c r="M37" s="22"/>
+      <c r="N37" s="42">
+        <v>0</v>
+      </c>
+      <c r="O37" s="22"/>
+      <c r="P37" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="22"/>
+      <c r="R37" s="42">
+        <v>0</v>
+      </c>
+      <c r="S37" s="22"/>
+      <c r="T37" s="43">
+        <v>198.060077802091</v>
+      </c>
+      <c r="U37" s="24"/>
+      <c r="V37" s="42">
+        <v>0</v>
+      </c>
+      <c r="W37" s="22"/>
+      <c r="X37" s="42">
+        <v>0.80770726963200001</v>
+      </c>
+      <c r="Y37" s="22"/>
+      <c r="Z37" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="22"/>
+      <c r="AB37" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="22"/>
+      <c r="AD37" s="42">
+        <v>57.719426209578998</v>
+      </c>
+      <c r="AE37" s="22"/>
+      <c r="AF37" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="22"/>
+      <c r="AH37" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI37" s="24"/>
+      <c r="AJ37" s="40">
+        <v>256.58721128130298</v>
+      </c>
+      <c r="AK37" s="19"/>
+    </row>
+    <row r="38" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...55 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="42">
+        <v>0</v>
+      </c>
+      <c r="E38" s="22"/>
+      <c r="F38" s="42">
+        <v>0</v>
+      </c>
+      <c r="G38" s="22"/>
+      <c r="H38" s="42">
+        <v>0</v>
+      </c>
+      <c r="I38" s="22"/>
+      <c r="J38" s="42">
+        <v>589.68199445983396</v>
+      </c>
+      <c r="K38" s="22"/>
+      <c r="L38" s="42">
+        <v>0</v>
+      </c>
+      <c r="M38" s="22"/>
+      <c r="N38" s="42">
+        <v>0</v>
+      </c>
+      <c r="O38" s="22"/>
+      <c r="P38" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="22"/>
+      <c r="R38" s="42">
+        <v>0</v>
+      </c>
+      <c r="S38" s="22"/>
+      <c r="T38" s="43">
+        <v>589.68199445983396</v>
+      </c>
+      <c r="U38" s="24"/>
+      <c r="V38" s="42">
+        <v>0</v>
+      </c>
+      <c r="W38" s="22"/>
+      <c r="X38" s="42">
+        <v>13.504155124653</v>
+      </c>
+      <c r="Y38" s="22"/>
+      <c r="Z38" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="22"/>
+      <c r="AB38" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="22"/>
+      <c r="AD38" s="42">
+        <v>36.288088642658998</v>
+      </c>
+      <c r="AE38" s="22"/>
+      <c r="AF38" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG38" s="22"/>
+      <c r="AH38" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="24"/>
+      <c r="AJ38" s="40">
+        <v>639.474238227147</v>
+      </c>
+      <c r="AK38" s="19"/>
+    </row>
+    <row r="39" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...55 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="42">
+        <v>6.4102896341460003</v>
+      </c>
+      <c r="E39" s="22"/>
+      <c r="F39" s="42">
+        <v>96.253201219511993</v>
+      </c>
+      <c r="G39" s="22"/>
+      <c r="H39" s="42">
+        <v>10.918974847561</v>
+      </c>
+      <c r="I39" s="22"/>
+      <c r="J39" s="42">
+        <v>109.51730182926801</v>
+      </c>
+      <c r="K39" s="22"/>
+      <c r="L39" s="42">
+        <v>982.17866996951204</v>
+      </c>
+      <c r="M39" s="22"/>
+      <c r="N39" s="42">
+        <v>0</v>
+      </c>
+      <c r="O39" s="22"/>
+      <c r="P39" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="22"/>
+      <c r="R39" s="42">
+        <v>18.991295731707002</v>
+      </c>
+      <c r="S39" s="22"/>
+      <c r="T39" s="43">
+        <v>1224.26973323171</v>
+      </c>
+      <c r="U39" s="24"/>
+      <c r="V39" s="42">
+        <v>0</v>
+      </c>
+      <c r="W39" s="22"/>
+      <c r="X39" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="22"/>
+      <c r="Z39" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="22"/>
+      <c r="AB39" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC39" s="22"/>
+      <c r="AD39" s="42">
+        <v>34.451219512195003</v>
+      </c>
+      <c r="AE39" s="22"/>
+      <c r="AF39" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG39" s="22"/>
+      <c r="AH39" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI39" s="24"/>
+      <c r="AJ39" s="40">
+        <v>1258.7209527438999</v>
+      </c>
+      <c r="AK39" s="19"/>
+    </row>
+    <row r="40" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...55 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="42">
+        <v>0</v>
+      </c>
+      <c r="E40" s="22"/>
+      <c r="F40" s="42">
+        <v>41.405321100917</v>
+      </c>
+      <c r="G40" s="22"/>
+      <c r="H40" s="42">
+        <v>21.300458715596001</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="42">
+        <v>386.54858715596299</v>
+      </c>
+      <c r="K40" s="22"/>
+      <c r="L40" s="42">
+        <v>0</v>
+      </c>
+      <c r="M40" s="22"/>
+      <c r="N40" s="42">
+        <v>0</v>
+      </c>
+      <c r="O40" s="22"/>
+      <c r="P40" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="22"/>
+      <c r="R40" s="42">
+        <v>0</v>
+      </c>
+      <c r="S40" s="22"/>
+      <c r="T40" s="43">
+        <v>449.25436697247699</v>
+      </c>
+      <c r="U40" s="24"/>
+      <c r="V40" s="42">
+        <v>0</v>
+      </c>
+      <c r="W40" s="22"/>
+      <c r="X40" s="42">
+        <v>187.570458715596</v>
+      </c>
+      <c r="Y40" s="22"/>
+      <c r="Z40" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="22"/>
+      <c r="AB40" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="22"/>
+      <c r="AD40" s="42">
+        <v>106.97247706422</v>
+      </c>
+      <c r="AE40" s="22"/>
+      <c r="AF40" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="22"/>
+      <c r="AH40" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="24"/>
+      <c r="AJ40" s="40">
+        <v>743.79730275229394</v>
+      </c>
+      <c r="AK40" s="19"/>
+    </row>
+    <row r="41" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...55 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="42">
+        <v>528.56833368354705</v>
+      </c>
+      <c r="E41" s="22"/>
+      <c r="F41" s="42">
+        <v>226.34808783357801</v>
+      </c>
+      <c r="G41" s="22"/>
+      <c r="H41" s="42">
+        <v>0</v>
+      </c>
+      <c r="I41" s="22"/>
+      <c r="J41" s="42">
+        <v>284.95991174616501</v>
+      </c>
+      <c r="K41" s="22"/>
+      <c r="L41" s="42">
+        <v>2719.2702248371502</v>
+      </c>
+      <c r="M41" s="22"/>
+      <c r="N41" s="42">
+        <v>0</v>
+      </c>
+      <c r="O41" s="22"/>
+      <c r="P41" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="22"/>
+      <c r="R41" s="42">
+        <v>0</v>
+      </c>
+      <c r="S41" s="22"/>
+      <c r="T41" s="43">
+        <v>3759.14655810044</v>
+      </c>
+      <c r="U41" s="24"/>
+      <c r="V41" s="42">
+        <v>0</v>
+      </c>
+      <c r="W41" s="22"/>
+      <c r="X41" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="22"/>
+      <c r="Z41" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="22"/>
+      <c r="AB41" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="22"/>
+      <c r="AD41" s="42">
+        <v>80.710233242276999</v>
+      </c>
+      <c r="AE41" s="22"/>
+      <c r="AF41" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG41" s="22"/>
+      <c r="AH41" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI41" s="24"/>
+      <c r="AJ41" s="40">
+        <v>3839.85679134272</v>
+      </c>
+      <c r="AK41" s="19"/>
+    </row>
+    <row r="42" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...55 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="42">
+        <v>0</v>
+      </c>
+      <c r="E42" s="22"/>
+      <c r="F42" s="42">
+        <v>0.21788747346000001</v>
+      </c>
+      <c r="G42" s="22"/>
+      <c r="H42" s="42">
+        <v>0</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="42">
+        <v>0</v>
+      </c>
+      <c r="K42" s="22"/>
+      <c r="L42" s="42">
+        <v>150.33630573248399</v>
+      </c>
+      <c r="M42" s="22"/>
+      <c r="N42" s="42">
+        <v>0</v>
+      </c>
+      <c r="O42" s="22"/>
+      <c r="P42" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="22"/>
+      <c r="R42" s="42">
+        <v>0</v>
+      </c>
+      <c r="S42" s="22"/>
+      <c r="T42" s="43">
+        <v>150.55419320594501</v>
+      </c>
+      <c r="U42" s="24"/>
+      <c r="V42" s="42">
+        <v>0</v>
+      </c>
+      <c r="W42" s="22"/>
+      <c r="X42" s="42">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="22"/>
+      <c r="Z42" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="22"/>
+      <c r="AB42" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="22"/>
+      <c r="AD42" s="42">
+        <v>37.685774946921001</v>
+      </c>
+      <c r="AE42" s="22"/>
+      <c r="AF42" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="22"/>
+      <c r="AH42" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="24"/>
+      <c r="AJ42" s="40">
+        <v>188.239968152866</v>
+      </c>
+      <c r="AK42" s="19"/>
+    </row>
+    <row r="43" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...55 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="42">
+        <v>202.51197181430601</v>
+      </c>
+      <c r="E43" s="22"/>
+      <c r="F43" s="42">
+        <v>144.59325142112701</v>
+      </c>
+      <c r="G43" s="22"/>
+      <c r="H43" s="42">
+        <v>0</v>
+      </c>
+      <c r="I43" s="22"/>
+      <c r="J43" s="42">
+        <v>93.05912126954</v>
+      </c>
+      <c r="K43" s="22"/>
+      <c r="L43" s="42">
+        <v>165.406566792989</v>
+      </c>
+      <c r="M43" s="22"/>
+      <c r="N43" s="42">
+        <v>0</v>
+      </c>
+      <c r="O43" s="22"/>
+      <c r="P43" s="42">
+        <v>62.739253908099997</v>
+      </c>
+      <c r="Q43" s="22"/>
+      <c r="R43" s="42">
+        <v>0</v>
+      </c>
+      <c r="S43" s="22"/>
+      <c r="T43" s="43">
+        <v>668.31016520606397</v>
+      </c>
+      <c r="U43" s="24"/>
+      <c r="V43" s="42">
+        <v>0</v>
+      </c>
+      <c r="W43" s="22"/>
+      <c r="X43" s="42">
+        <v>2.9742219327330002</v>
+      </c>
+      <c r="Y43" s="22"/>
+      <c r="Z43" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="22"/>
+      <c r="AB43" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="22"/>
+      <c r="AD43" s="42">
+        <v>30.275935575556002</v>
+      </c>
+      <c r="AE43" s="22"/>
+      <c r="AF43" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="22"/>
+      <c r="AH43" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI43" s="24"/>
+      <c r="AJ43" s="40">
+        <v>701.56032271435299</v>
+      </c>
+      <c r="AK43" s="19"/>
+    </row>
+    <row r="44" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...55 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="42">
+        <v>15.077165979054</v>
+      </c>
+      <c r="E44" s="22"/>
+      <c r="F44" s="42">
+        <v>398.71294509679501</v>
+      </c>
+      <c r="G44" s="22"/>
+      <c r="H44" s="42">
+        <v>0</v>
+      </c>
+      <c r="I44" s="22"/>
+      <c r="J44" s="42">
+        <v>0</v>
+      </c>
+      <c r="K44" s="22"/>
+      <c r="L44" s="42">
+        <v>1390.9669977784799</v>
+      </c>
+      <c r="M44" s="22"/>
+      <c r="N44" s="42">
+        <v>0</v>
+      </c>
+      <c r="O44" s="22"/>
+      <c r="P44" s="42">
+        <v>33.212361155187999</v>
+      </c>
+      <c r="Q44" s="22"/>
+      <c r="R44" s="42">
+        <v>0</v>
+      </c>
+      <c r="S44" s="22"/>
+      <c r="T44" s="43">
+        <v>1837.9694700095199</v>
+      </c>
+      <c r="U44" s="24"/>
+      <c r="V44" s="42">
+        <v>0</v>
+      </c>
+      <c r="W44" s="22"/>
+      <c r="X44" s="42">
+        <v>6.901205966359</v>
+      </c>
+      <c r="Y44" s="22"/>
+      <c r="Z44" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="22"/>
+      <c r="AB44" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="22"/>
+      <c r="AD44" s="42">
+        <v>44.525547445255</v>
+      </c>
+      <c r="AE44" s="22"/>
+      <c r="AF44" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG44" s="22"/>
+      <c r="AH44" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI44" s="24"/>
+      <c r="AJ44" s="40">
+        <v>1889.3962234211399</v>
+      </c>
+      <c r="AK44" s="19"/>
+    </row>
+    <row r="45" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...55 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="42">
+        <v>0</v>
+      </c>
+      <c r="E45" s="22"/>
+      <c r="F45" s="42">
+        <v>93.843549967341005</v>
+      </c>
+      <c r="G45" s="22"/>
+      <c r="H45" s="42">
+        <v>0</v>
+      </c>
+      <c r="I45" s="22"/>
+      <c r="J45" s="42">
+        <v>0</v>
+      </c>
+      <c r="K45" s="22"/>
+      <c r="L45" s="42">
+        <v>1277.1128314826899</v>
+      </c>
+      <c r="M45" s="22"/>
+      <c r="N45" s="42">
+        <v>0</v>
+      </c>
+      <c r="O45" s="22"/>
+      <c r="P45" s="42">
+        <v>20.825091443501002</v>
+      </c>
+      <c r="Q45" s="22"/>
+      <c r="R45" s="42">
+        <v>0</v>
+      </c>
+      <c r="S45" s="22"/>
+      <c r="T45" s="43">
+        <v>1391.78147289353</v>
+      </c>
+      <c r="U45" s="24"/>
+      <c r="V45" s="42">
+        <v>0</v>
+      </c>
+      <c r="W45" s="22"/>
+      <c r="X45" s="42">
+        <v>18.494137818418999</v>
+      </c>
+      <c r="Y45" s="22"/>
+      <c r="Z45" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="22"/>
+      <c r="AB45" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC45" s="22"/>
+      <c r="AD45" s="42">
+        <v>92.161985630307001</v>
+      </c>
+      <c r="AE45" s="22"/>
+      <c r="AF45" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG45" s="22"/>
+      <c r="AH45" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI45" s="24"/>
+      <c r="AJ45" s="40">
+        <v>1502.4375963422599</v>
+      </c>
+      <c r="AK45" s="19"/>
+    </row>
+    <row r="46" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...55 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="42">
+        <v>32.259688118942002</v>
+      </c>
+      <c r="E46" s="22"/>
+      <c r="F46" s="42">
+        <v>331.56541289249202</v>
+      </c>
+      <c r="G46" s="22"/>
+      <c r="H46" s="42">
+        <v>0</v>
+      </c>
+      <c r="I46" s="22"/>
+      <c r="J46" s="42">
+        <v>24.764791507117</v>
+      </c>
+      <c r="K46" s="22"/>
+      <c r="L46" s="42">
+        <v>235.061942324451</v>
+      </c>
+      <c r="M46" s="22"/>
+      <c r="N46" s="42">
+        <v>0</v>
+      </c>
+      <c r="O46" s="22"/>
+      <c r="P46" s="42">
+        <v>47.537544563868003</v>
+      </c>
+      <c r="Q46" s="22"/>
+      <c r="R46" s="42">
+        <v>0</v>
+      </c>
+      <c r="S46" s="22"/>
+      <c r="T46" s="43">
+        <v>671.18937940687101</v>
+      </c>
+      <c r="U46" s="24"/>
+      <c r="V46" s="42">
+        <v>0</v>
+      </c>
+      <c r="W46" s="22"/>
+      <c r="X46" s="42">
+        <v>1.149452293553</v>
+      </c>
+      <c r="Y46" s="22"/>
+      <c r="Z46" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="22"/>
+      <c r="AB46" s="42">
+        <v>147.88602213008701</v>
+      </c>
+      <c r="AC46" s="22"/>
+      <c r="AD46" s="42">
+        <v>31.441624633585999</v>
+      </c>
+      <c r="AE46" s="22"/>
+      <c r="AF46" s="42">
+        <v>95.069585655054993</v>
+      </c>
+      <c r="AG46" s="22"/>
+      <c r="AH46" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI46" s="24"/>
+      <c r="AJ46" s="40">
+        <v>946.73606411915398</v>
+      </c>
+      <c r="AK46" s="19"/>
+    </row>
+    <row r="47" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...55 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="42">
+        <v>15.942013928775999</v>
+      </c>
+      <c r="E47" s="22"/>
+      <c r="F47" s="42">
+        <v>73.813583429063002</v>
+      </c>
+      <c r="G47" s="22"/>
+      <c r="H47" s="42">
+        <v>0.27242317633500002</v>
+      </c>
+      <c r="I47" s="22"/>
+      <c r="J47" s="42">
+        <v>11.877448305571001</v>
+      </c>
+      <c r="K47" s="22"/>
+      <c r="L47" s="42">
+        <v>141.93229824813301</v>
+      </c>
+      <c r="M47" s="22"/>
+      <c r="N47" s="42">
+        <v>0</v>
+      </c>
+      <c r="O47" s="22"/>
+      <c r="P47" s="42">
+        <v>25.525294371051</v>
+      </c>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="42">
+        <v>0</v>
+      </c>
+      <c r="S47" s="22"/>
+      <c r="T47" s="43">
+        <v>269.36306145893201</v>
+      </c>
+      <c r="U47" s="24"/>
+      <c r="V47" s="42">
+        <v>0</v>
+      </c>
+      <c r="W47" s="22"/>
+      <c r="X47" s="42">
+        <v>6.5032273118889998</v>
+      </c>
+      <c r="Y47" s="22"/>
+      <c r="Z47" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="22"/>
+      <c r="AB47" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="22"/>
+      <c r="AD47" s="42">
+        <v>40.773980470993003</v>
+      </c>
+      <c r="AE47" s="22"/>
+      <c r="AF47" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG47" s="22"/>
+      <c r="AH47" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI47" s="24"/>
+      <c r="AJ47" s="40">
+        <v>316.64026924181502</v>
+      </c>
+      <c r="AK47" s="19"/>
+    </row>
+    <row r="48" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...55 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="42">
+        <v>11.354268797614999</v>
+      </c>
+      <c r="E48" s="22"/>
+      <c r="F48" s="42">
+        <v>0.51255382576999997</v>
+      </c>
+      <c r="G48" s="22"/>
+      <c r="H48" s="42">
+        <v>0</v>
+      </c>
+      <c r="I48" s="22"/>
+      <c r="J48" s="42">
+        <v>140.305907585293</v>
+      </c>
+      <c r="K48" s="22"/>
+      <c r="L48" s="42">
+        <v>441.50755796621399</v>
+      </c>
+      <c r="M48" s="22"/>
+      <c r="N48" s="42">
+        <v>0</v>
+      </c>
+      <c r="O48" s="22"/>
+      <c r="P48" s="42">
+        <v>96.296112123219004</v>
+      </c>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="42">
+        <v>38.622105829744001</v>
+      </c>
+      <c r="S48" s="22"/>
+      <c r="T48" s="43">
+        <v>728.59850612785704</v>
+      </c>
+      <c r="U48" s="24"/>
+      <c r="V48" s="42">
+        <v>3.5738299105659999</v>
+      </c>
+      <c r="W48" s="22"/>
+      <c r="X48" s="42">
+        <v>32.750703047366002</v>
+      </c>
+      <c r="Y48" s="22"/>
+      <c r="Z48" s="42">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="22"/>
+      <c r="AB48" s="42">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="22"/>
+      <c r="AD48" s="42">
+        <v>44.443524345809003</v>
+      </c>
+      <c r="AE48" s="22"/>
+      <c r="AF48" s="42">
+        <v>0</v>
+      </c>
+      <c r="AG48" s="22"/>
+      <c r="AH48" s="43">
+        <v>0</v>
+      </c>
+      <c r="AI48" s="24"/>
+      <c r="AJ48" s="40">
+        <v>809.36656343159996</v>
+      </c>
+      <c r="AK48" s="19"/>
+    </row>
+    <row r="49" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...55 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="40">
+        <v>44.251900759270001</v>
+      </c>
+      <c r="E49" s="19"/>
+      <c r="F49" s="40">
+        <v>149.16876732686299</v>
+      </c>
+      <c r="G49" s="19"/>
+      <c r="H49" s="40">
+        <v>1.360728114874</v>
+      </c>
+      <c r="I49" s="19"/>
+      <c r="J49" s="40">
+        <v>67.8931435975</v>
+      </c>
+      <c r="K49" s="19"/>
+      <c r="L49" s="40">
+        <v>538.45582869083398</v>
+      </c>
+      <c r="M49" s="19"/>
+      <c r="N49" s="40">
+        <v>0.588961463169</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="40">
+        <v>49.589803619451999</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="40">
+        <v>6.8268233989500002</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="41">
+        <v>858.135956970915</v>
+      </c>
+      <c r="U49" s="26"/>
+      <c r="V49" s="40">
+        <v>2.8990462540020001</v>
+      </c>
+      <c r="W49" s="19"/>
+      <c r="X49" s="40">
+        <v>15.716878675181</v>
+      </c>
+      <c r="Y49" s="19"/>
+      <c r="Z49" s="40">
+        <v>0.16973253923600001</v>
+      </c>
+      <c r="AA49" s="19"/>
+      <c r="AB49" s="40">
+        <v>25.889627682244999</v>
+      </c>
+      <c r="AC49" s="19"/>
+      <c r="AD49" s="40">
+        <v>58.922790252071003</v>
+      </c>
+      <c r="AE49" s="19"/>
+      <c r="AF49" s="40">
+        <v>7.0743107915939998</v>
+      </c>
+      <c r="AG49" s="19"/>
+      <c r="AH49" s="41">
+        <v>0</v>
+      </c>
+      <c r="AI49" s="26"/>
+      <c r="AJ49" s="40">
+        <v>968.80834316524795</v>
+      </c>
+      <c r="AK49" s="19"/>
+    </row>
+    <row r="50" spans="1:37" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...52 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="40">
+        <v>49.940846806357001</v>
+      </c>
+      <c r="E50" s="19"/>
+      <c r="F50" s="40">
+        <v>188.71092890153901</v>
+      </c>
+      <c r="G50" s="19"/>
+      <c r="H50" s="40">
+        <v>0.51125992048000002</v>
+      </c>
+      <c r="I50" s="19"/>
+      <c r="J50" s="40">
+        <v>75.424369822494</v>
+      </c>
+      <c r="K50" s="19"/>
+      <c r="L50" s="40">
+        <v>519.303250255286</v>
+      </c>
+      <c r="M50" s="19"/>
+      <c r="N50" s="40">
+        <v>3.9658397142E-2</v>
+      </c>
+      <c r="O50" s="19"/>
+      <c r="P50" s="40">
+        <v>52.643609177278996</v>
+      </c>
+      <c r="Q50" s="19"/>
+      <c r="R50" s="40">
+        <v>5.2385838038149997</v>
+      </c>
+      <c r="S50" s="19"/>
+      <c r="T50" s="41">
+        <v>891.81250708439495</v>
+      </c>
+      <c r="U50" s="26"/>
+      <c r="V50" s="40">
+        <v>1.749777706735</v>
+      </c>
+      <c r="W50" s="19"/>
+      <c r="X50" s="40">
+        <v>11.153144323017001</v>
+      </c>
+      <c r="Y50" s="19"/>
+      <c r="Z50" s="40">
+        <v>0.27934087967499999</v>
+      </c>
+      <c r="AA50" s="19"/>
+      <c r="AB50" s="40">
+        <v>34.843440796804003</v>
+      </c>
+      <c r="AC50" s="19"/>
+      <c r="AD50" s="40">
+        <v>63.606127373233001</v>
+      </c>
+      <c r="AE50" s="19"/>
+      <c r="AF50" s="40">
+        <v>11.642695080807</v>
+      </c>
+      <c r="AG50" s="19"/>
+      <c r="AH50" s="41">
+        <v>0</v>
+      </c>
+      <c r="AI50" s="26"/>
+      <c r="AJ50" s="40">
+        <v>1015.08703324467</v>
+      </c>
+      <c r="AK50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="89" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="866">
+    <mergeCell ref="A2:S2"/>
+    <mergeCell ref="T2:AK2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="R3:S3"/>
+    <mergeCell ref="T3:U3"/>
+    <mergeCell ref="V3:W3"/>
+    <mergeCell ref="X3:Y3"/>
+    <mergeCell ref="Z3:AA3"/>
+    <mergeCell ref="AB3:AC3"/>
+    <mergeCell ref="AD3:AE3"/>
+    <mergeCell ref="AF3:AG3"/>
+    <mergeCell ref="AH3:AI3"/>
+    <mergeCell ref="AJ3:AK3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="R4:S4"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="V4:W4"/>
+    <mergeCell ref="X4:Y4"/>
+    <mergeCell ref="Z4:AA4"/>
+    <mergeCell ref="AB4:AC4"/>
+    <mergeCell ref="AD4:AE4"/>
+    <mergeCell ref="AF4:AG4"/>
+    <mergeCell ref="AH4:AI4"/>
+    <mergeCell ref="AJ4:AK4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="X5:Y5"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="AD5:AE5"/>
+    <mergeCell ref="AF5:AG5"/>
+    <mergeCell ref="AH5:AI5"/>
+    <mergeCell ref="AJ5:AK5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="J6:K6"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="AD6:AE6"/>
+    <mergeCell ref="AF6:AG6"/>
+    <mergeCell ref="AH6:AI6"/>
+    <mergeCell ref="AJ6:AK6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="R7:S7"/>
+    <mergeCell ref="T7:U7"/>
+    <mergeCell ref="V7:W7"/>
+    <mergeCell ref="X7:Y7"/>
+    <mergeCell ref="Z7:AA7"/>
+    <mergeCell ref="AB7:AC7"/>
+    <mergeCell ref="AD7:AE7"/>
+    <mergeCell ref="AF7:AG7"/>
+    <mergeCell ref="AH7:AI7"/>
+    <mergeCell ref="AJ7:AK7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="R8:S8"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="V8:W8"/>
+    <mergeCell ref="X8:Y8"/>
+    <mergeCell ref="Z8:AA8"/>
+    <mergeCell ref="AB8:AC8"/>
+    <mergeCell ref="AD8:AE8"/>
+    <mergeCell ref="AF8:AG8"/>
+    <mergeCell ref="AH8:AI8"/>
+    <mergeCell ref="AJ8:AK8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="F9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="R9:S9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="X9:Y9"/>
+    <mergeCell ref="Z9:AA9"/>
+    <mergeCell ref="AB9:AC9"/>
+    <mergeCell ref="AD9:AE9"/>
+    <mergeCell ref="AF9:AG9"/>
+    <mergeCell ref="AH9:AI9"/>
+    <mergeCell ref="AJ9:AK9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="N10:O10"/>
+    <mergeCell ref="P10:Q10"/>
+    <mergeCell ref="R10:S10"/>
+    <mergeCell ref="T10:U10"/>
+    <mergeCell ref="V10:W10"/>
+    <mergeCell ref="X10:Y10"/>
+    <mergeCell ref="Z10:AA10"/>
+    <mergeCell ref="AB10:AC10"/>
+    <mergeCell ref="AD10:AE10"/>
+    <mergeCell ref="AF10:AG10"/>
+    <mergeCell ref="AH10:AI10"/>
+    <mergeCell ref="AJ10:AK10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="N11:O11"/>
+    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:S11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="X11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AC11"/>
+    <mergeCell ref="AD11:AE11"/>
+    <mergeCell ref="AF11:AG11"/>
+    <mergeCell ref="AH11:AI11"/>
+    <mergeCell ref="AJ11:AK11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="N12:O12"/>
+    <mergeCell ref="P12:Q12"/>
+    <mergeCell ref="R12:S12"/>
+    <mergeCell ref="T12:U12"/>
+    <mergeCell ref="V12:W12"/>
+    <mergeCell ref="X12:Y12"/>
+    <mergeCell ref="Z12:AA12"/>
+    <mergeCell ref="AB12:AC12"/>
+    <mergeCell ref="AD12:AE12"/>
+    <mergeCell ref="AF12:AG12"/>
+    <mergeCell ref="AH12:AI12"/>
+    <mergeCell ref="AJ12:AK12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="N13:O13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="R13:S13"/>
+    <mergeCell ref="T13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="X13:Y13"/>
+    <mergeCell ref="Z13:AA13"/>
+    <mergeCell ref="AB13:AC13"/>
+    <mergeCell ref="AD13:AE13"/>
+    <mergeCell ref="AF13:AG13"/>
+    <mergeCell ref="AH13:AI13"/>
+    <mergeCell ref="AJ13:AK13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="R14:S14"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:W14"/>
+    <mergeCell ref="X14:Y14"/>
+    <mergeCell ref="Z14:AA14"/>
+    <mergeCell ref="AB14:AC14"/>
+    <mergeCell ref="AD14:AE14"/>
+    <mergeCell ref="AF14:AG14"/>
+    <mergeCell ref="AH14:AI14"/>
+    <mergeCell ref="AJ14:AK14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:O15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:S15"/>
+    <mergeCell ref="T15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="X15:Y15"/>
+    <mergeCell ref="Z15:AA15"/>
+    <mergeCell ref="AB15:AC15"/>
+    <mergeCell ref="AD15:AE15"/>
+    <mergeCell ref="AF15:AG15"/>
+    <mergeCell ref="AH15:AI15"/>
+    <mergeCell ref="AJ15:AK15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="N16:O16"/>
+    <mergeCell ref="P16:Q16"/>
+    <mergeCell ref="R16:S16"/>
+    <mergeCell ref="T16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="X16:Y16"/>
+    <mergeCell ref="Z16:AA16"/>
+    <mergeCell ref="AB16:AC16"/>
+    <mergeCell ref="AD16:AE16"/>
+    <mergeCell ref="AF16:AG16"/>
+    <mergeCell ref="AH16:AI16"/>
+    <mergeCell ref="AJ16:AK16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="R17:S17"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="V17:W17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="AB17:AC17"/>
+    <mergeCell ref="AD17:AE17"/>
+    <mergeCell ref="AF17:AG17"/>
+    <mergeCell ref="AH17:AI17"/>
+    <mergeCell ref="AJ17:AK17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R18:S18"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="V18:W18"/>
+    <mergeCell ref="X18:Y18"/>
+    <mergeCell ref="Z18:AA18"/>
+    <mergeCell ref="AB18:AC18"/>
+    <mergeCell ref="AD18:AE18"/>
+    <mergeCell ref="AF18:AG18"/>
+    <mergeCell ref="AH18:AI18"/>
+    <mergeCell ref="AJ18:AK18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:S19"/>
+    <mergeCell ref="T19:U19"/>
+    <mergeCell ref="V19:W19"/>
+    <mergeCell ref="X19:Y19"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="AB19:AC19"/>
+    <mergeCell ref="AD19:AE19"/>
+    <mergeCell ref="AF19:AG19"/>
+    <mergeCell ref="AH19:AI19"/>
+    <mergeCell ref="AJ19:AK19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="P20:Q20"/>
+    <mergeCell ref="R20:S20"/>
+    <mergeCell ref="T20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="X20:Y20"/>
+    <mergeCell ref="Z20:AA20"/>
+    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="AD20:AE20"/>
+    <mergeCell ref="AF20:AG20"/>
+    <mergeCell ref="AH20:AI20"/>
+    <mergeCell ref="AJ20:AK20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="R21:S21"/>
+    <mergeCell ref="T21:U21"/>
+    <mergeCell ref="V21:W21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="Z21:AA21"/>
+    <mergeCell ref="AB21:AC21"/>
+    <mergeCell ref="AD21:AE21"/>
+    <mergeCell ref="AF21:AG21"/>
+    <mergeCell ref="AH21:AI21"/>
+    <mergeCell ref="AJ21:AK21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="R22:S22"/>
+    <mergeCell ref="T22:U22"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="X22:Y22"/>
+    <mergeCell ref="Z22:AA22"/>
+    <mergeCell ref="AB22:AC22"/>
+    <mergeCell ref="AD22:AE22"/>
+    <mergeCell ref="AF22:AG22"/>
+    <mergeCell ref="AH22:AI22"/>
+    <mergeCell ref="AJ22:AK22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="R23:S23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="Z23:AA23"/>
+    <mergeCell ref="AB23:AC23"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AF23:AG23"/>
+    <mergeCell ref="AH23:AI23"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="P24:Q24"/>
+    <mergeCell ref="R24:S24"/>
+    <mergeCell ref="T24:U24"/>
+    <mergeCell ref="V24:W24"/>
+    <mergeCell ref="X24:Y24"/>
+    <mergeCell ref="Z24:AA24"/>
+    <mergeCell ref="AB24:AC24"/>
+    <mergeCell ref="AD24:AE24"/>
+    <mergeCell ref="AF24:AG24"/>
+    <mergeCell ref="AH24:AI24"/>
+    <mergeCell ref="AJ24:AK24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="R25:S25"/>
+    <mergeCell ref="T25:U25"/>
+    <mergeCell ref="V25:W25"/>
+    <mergeCell ref="X25:Y25"/>
+    <mergeCell ref="Z25:AA25"/>
+    <mergeCell ref="AB25:AC25"/>
+    <mergeCell ref="AD25:AE25"/>
+    <mergeCell ref="AF25:AG25"/>
+    <mergeCell ref="AH25:AI25"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="P26:Q26"/>
+    <mergeCell ref="R26:S26"/>
+    <mergeCell ref="T26:U26"/>
+    <mergeCell ref="V26:W26"/>
+    <mergeCell ref="X26:Y26"/>
+    <mergeCell ref="Z26:AA26"/>
+    <mergeCell ref="AB26:AC26"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="AF26:AG26"/>
+    <mergeCell ref="AH26:AI26"/>
+    <mergeCell ref="AJ26:AK26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="R27:S27"/>
+    <mergeCell ref="T27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="X27:Y27"/>
+    <mergeCell ref="Z27:AA27"/>
+    <mergeCell ref="AB27:AC27"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="AF27:AG27"/>
+    <mergeCell ref="AH27:AI27"/>
+    <mergeCell ref="AJ27:AK27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="R28:S28"/>
+    <mergeCell ref="T28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="X28:Y28"/>
+    <mergeCell ref="Z28:AA28"/>
+    <mergeCell ref="AB28:AC28"/>
+    <mergeCell ref="AD28:AE28"/>
+    <mergeCell ref="AF28:AG28"/>
+    <mergeCell ref="AH28:AI28"/>
+    <mergeCell ref="AJ28:AK28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:Q29"/>
+    <mergeCell ref="R29:S29"/>
+    <mergeCell ref="T29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="X29:Y29"/>
+    <mergeCell ref="Z29:AA29"/>
+    <mergeCell ref="AB29:AC29"/>
+    <mergeCell ref="AD29:AE29"/>
+    <mergeCell ref="AF29:AG29"/>
+    <mergeCell ref="AH29:AI29"/>
+    <mergeCell ref="AJ29:AK29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="P30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T30:U30"/>
+    <mergeCell ref="V30:W30"/>
+    <mergeCell ref="X30:Y30"/>
+    <mergeCell ref="Z30:AA30"/>
+    <mergeCell ref="AB30:AC30"/>
+    <mergeCell ref="AD30:AE30"/>
+    <mergeCell ref="AF30:AG30"/>
+    <mergeCell ref="AH30:AI30"/>
+    <mergeCell ref="AJ30:AK30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="D31:E31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="R31:S31"/>
+    <mergeCell ref="T31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="X31:Y31"/>
+    <mergeCell ref="Z31:AA31"/>
+    <mergeCell ref="AB31:AC31"/>
+    <mergeCell ref="AD31:AE31"/>
+    <mergeCell ref="AF31:AG31"/>
+    <mergeCell ref="AH31:AI31"/>
+    <mergeCell ref="AJ31:AK31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="R32:S32"/>
+    <mergeCell ref="T32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="X32:Y32"/>
+    <mergeCell ref="Z32:AA32"/>
+    <mergeCell ref="AB32:AC32"/>
+    <mergeCell ref="AD32:AE32"/>
+    <mergeCell ref="AF32:AG32"/>
+    <mergeCell ref="AH32:AI32"/>
+    <mergeCell ref="AJ32:AK32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:Q33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="T33:U33"/>
+    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="Z33:AA33"/>
+    <mergeCell ref="AB33:AC33"/>
+    <mergeCell ref="AD33:AE33"/>
+    <mergeCell ref="AF33:AG33"/>
+    <mergeCell ref="AH33:AI33"/>
+    <mergeCell ref="AJ33:AK33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:Q34"/>
+    <mergeCell ref="R34:S34"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="V34:W34"/>
+    <mergeCell ref="X34:Y34"/>
+    <mergeCell ref="Z34:AA34"/>
+    <mergeCell ref="AB34:AC34"/>
+    <mergeCell ref="AD34:AE34"/>
+    <mergeCell ref="AF34:AG34"/>
+    <mergeCell ref="AH34:AI34"/>
+    <mergeCell ref="AJ34:AK34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:Q35"/>
+    <mergeCell ref="R35:S35"/>
+    <mergeCell ref="T35:U35"/>
+    <mergeCell ref="V35:W35"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="Z35:AA35"/>
+    <mergeCell ref="AB35:AC35"/>
+    <mergeCell ref="AD35:AE35"/>
+    <mergeCell ref="AF35:AG35"/>
+    <mergeCell ref="AH35:AI35"/>
+    <mergeCell ref="AJ35:AK35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:Q36"/>
+    <mergeCell ref="R36:S36"/>
+    <mergeCell ref="T36:U36"/>
+    <mergeCell ref="V36:W36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="Z36:AA36"/>
+    <mergeCell ref="AB36:AC36"/>
+    <mergeCell ref="AD36:AE36"/>
+    <mergeCell ref="AF36:AG36"/>
+    <mergeCell ref="AH36:AI36"/>
+    <mergeCell ref="AJ36:AK36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="F37:G37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:Q37"/>
+    <mergeCell ref="R37:S37"/>
+    <mergeCell ref="T37:U37"/>
+    <mergeCell ref="V37:W37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="Z37:AA37"/>
+    <mergeCell ref="AB37:AC37"/>
+    <mergeCell ref="AD37:AE37"/>
+    <mergeCell ref="AF37:AG37"/>
+    <mergeCell ref="AH37:AI37"/>
+    <mergeCell ref="AJ37:AK37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="R38:S38"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="V38:W38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z38:AA38"/>
+    <mergeCell ref="AB38:AC38"/>
+    <mergeCell ref="AD38:AE38"/>
+    <mergeCell ref="AF38:AG38"/>
+    <mergeCell ref="AH38:AI38"/>
+    <mergeCell ref="AJ38:AK38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:Q39"/>
+    <mergeCell ref="R39:S39"/>
+    <mergeCell ref="T39:U39"/>
+    <mergeCell ref="V39:W39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="Z39:AA39"/>
+    <mergeCell ref="AB39:AC39"/>
+    <mergeCell ref="AD39:AE39"/>
+    <mergeCell ref="AF39:AG39"/>
+    <mergeCell ref="AH39:AI39"/>
+    <mergeCell ref="AJ39:AK39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:Q40"/>
+    <mergeCell ref="R40:S40"/>
+    <mergeCell ref="T40:U40"/>
+    <mergeCell ref="V40:W40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="Z40:AA40"/>
+    <mergeCell ref="AB40:AC40"/>
+    <mergeCell ref="AD40:AE40"/>
+    <mergeCell ref="AF40:AG40"/>
+    <mergeCell ref="AH40:AI40"/>
+    <mergeCell ref="AJ40:AK40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:Q41"/>
+    <mergeCell ref="R41:S41"/>
+    <mergeCell ref="T41:U41"/>
+    <mergeCell ref="V41:W41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="Z41:AA41"/>
+    <mergeCell ref="AB41:AC41"/>
+    <mergeCell ref="AD41:AE41"/>
+    <mergeCell ref="AF41:AG41"/>
+    <mergeCell ref="AH41:AI41"/>
+    <mergeCell ref="AJ41:AK41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:Q42"/>
+    <mergeCell ref="R42:S42"/>
+    <mergeCell ref="T42:U42"/>
+    <mergeCell ref="V42:W42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="Z42:AA42"/>
+    <mergeCell ref="AB42:AC42"/>
+    <mergeCell ref="AD42:AE42"/>
+    <mergeCell ref="AF42:AG42"/>
+    <mergeCell ref="AH42:AI42"/>
+    <mergeCell ref="AJ42:AK42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="D43:E43"/>
+    <mergeCell ref="F43:G43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:Q43"/>
+    <mergeCell ref="R43:S43"/>
+    <mergeCell ref="T43:U43"/>
+    <mergeCell ref="V43:W43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="Z43:AA43"/>
+    <mergeCell ref="AB43:AC43"/>
+    <mergeCell ref="AD43:AE43"/>
+    <mergeCell ref="AF43:AG43"/>
+    <mergeCell ref="AH43:AI43"/>
+    <mergeCell ref="AJ43:AK43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:Q44"/>
+    <mergeCell ref="R44:S44"/>
+    <mergeCell ref="T44:U44"/>
+    <mergeCell ref="V44:W44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z44:AA44"/>
+    <mergeCell ref="AB44:AC44"/>
+    <mergeCell ref="AD44:AE44"/>
+    <mergeCell ref="AF44:AG44"/>
+    <mergeCell ref="AH44:AI44"/>
+    <mergeCell ref="AJ44:AK44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:Q45"/>
+    <mergeCell ref="R45:S45"/>
+    <mergeCell ref="T45:U45"/>
+    <mergeCell ref="V45:W45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="Z45:AA45"/>
+    <mergeCell ref="AB45:AC45"/>
+    <mergeCell ref="AD45:AE45"/>
+    <mergeCell ref="AF45:AG45"/>
+    <mergeCell ref="AH45:AI45"/>
+    <mergeCell ref="AJ45:AK45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:Q46"/>
+    <mergeCell ref="R46:S46"/>
+    <mergeCell ref="T46:U46"/>
+    <mergeCell ref="V46:W46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="AB46:AC46"/>
+    <mergeCell ref="AD46:AE46"/>
+    <mergeCell ref="AF46:AG46"/>
+    <mergeCell ref="AH46:AI46"/>
+    <mergeCell ref="AJ46:AK46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="J47:K47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:Q47"/>
+    <mergeCell ref="R47:S47"/>
+    <mergeCell ref="T47:U47"/>
+    <mergeCell ref="V47:W47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="AB47:AC47"/>
+    <mergeCell ref="AD47:AE47"/>
+    <mergeCell ref="AF47:AG47"/>
+    <mergeCell ref="AH47:AI47"/>
+    <mergeCell ref="AJ47:AK47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="F48:G48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:Q48"/>
+    <mergeCell ref="R48:S48"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="V48:W48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z48:AA48"/>
+    <mergeCell ref="AB48:AC48"/>
+    <mergeCell ref="AD48:AE48"/>
+    <mergeCell ref="AF48:AG48"/>
+    <mergeCell ref="AH48:AI48"/>
+    <mergeCell ref="AJ48:AK48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:Q49"/>
+    <mergeCell ref="R49:S49"/>
+    <mergeCell ref="T49:U49"/>
+    <mergeCell ref="V49:W49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="Z49:AA49"/>
+    <mergeCell ref="AB49:AC49"/>
+    <mergeCell ref="AD49:AE49"/>
+    <mergeCell ref="AF49:AG49"/>
+    <mergeCell ref="AH49:AI49"/>
+    <mergeCell ref="AJ49:AK49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:Q50"/>
+    <mergeCell ref="R50:S50"/>
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="V50:W50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z50:AA50"/>
+    <mergeCell ref="AB50:AC50"/>
+    <mergeCell ref="AD50:AE50"/>
+    <mergeCell ref="AF50:AG50"/>
+    <mergeCell ref="AH50:AI50"/>
+    <mergeCell ref="AJ50:AK50"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V49"/>
+  <dimension ref="A2:Z52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="22" max="22" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="3.5703125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="3.5703125" bestFit="1" customWidth="1"/>
+    <col min="23" max="24" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="26.25" thickBot="1">
-[...3 lines deleted...]
-      <c r="B1" s="26" t="s">
+    <row r="2" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="27"/>
-[...21 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+    </row>
+    <row r="3" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="31" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="30" t="s">
+      <c r="D3" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="E3" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="H2" s="30" t="s">
+      <c r="F3" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="I2" s="30" t="s">
+      <c r="G3" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="J2" s="30" t="s">
+      <c r="H3" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="K2" s="31" t="s">
+      <c r="I3" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="L2" s="30" t="s">
+      <c r="J3" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="M2" s="30" t="s">
+      <c r="K3" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="N2" s="31" t="s">
+      <c r="L3" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="O2" s="30" t="s">
+      <c r="M3" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="P2" s="30" t="s">
+      <c r="N3" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="Q2" s="30" t="s">
+      <c r="O3" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="R2" s="30" t="s">
+      <c r="P3" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="S2" s="31" t="s">
+      <c r="Q3" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="T2" s="30" t="s">
+      <c r="R3" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="U2" s="30" t="s">
+      <c r="S3" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="V2" s="32" t="s">
+      <c r="T3" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="U3" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="V3" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="W3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="X3" s="39"/>
+    </row>
+    <row r="4" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...35 lines deleted...]
-      <c r="N3" s="5">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="5">
+        <v>0</v>
+      </c>
+      <c r="E4" s="4">
+        <v>0</v>
+      </c>
+      <c r="F4" s="4">
+        <v>0</v>
+      </c>
+      <c r="G4" s="4">
+        <v>0</v>
+      </c>
+      <c r="H4" s="4">
+        <v>0</v>
+      </c>
+      <c r="I4" s="4">
+        <v>0</v>
+      </c>
+      <c r="J4" s="4">
+        <v>0</v>
+      </c>
+      <c r="K4" s="4">
+        <v>0</v>
+      </c>
+      <c r="L4" s="5">
+        <v>0</v>
+      </c>
+      <c r="M4" s="4">
+        <v>0</v>
+      </c>
+      <c r="N4" s="4">
+        <v>396674.5</v>
+      </c>
+      <c r="O4" s="5">
         <v>315000</v>
       </c>
-      <c r="O3" s="4">
-[...25 lines deleted...]
-      <c r="A4" s="33" t="s">
+      <c r="P4" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="5">
+        <v>0</v>
+      </c>
+      <c r="U4" s="4">
+        <v>0</v>
+      </c>
+      <c r="V4" s="4">
+        <v>0</v>
+      </c>
+      <c r="W4" s="18">
+        <v>711674.5</v>
+      </c>
+      <c r="X4" s="19"/>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...64 lines deleted...]
-      <c r="A5" s="33" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="5">
+        <v>0</v>
+      </c>
+      <c r="E5" s="4">
+        <v>0</v>
+      </c>
+      <c r="F5" s="4">
+        <v>0</v>
+      </c>
+      <c r="G5" s="4">
+        <v>0</v>
+      </c>
+      <c r="H5" s="4">
+        <v>0</v>
+      </c>
+      <c r="I5" s="4">
+        <v>0</v>
+      </c>
+      <c r="J5" s="4">
+        <v>0</v>
+      </c>
+      <c r="K5" s="4">
+        <v>0</v>
+      </c>
+      <c r="L5" s="5">
+        <v>0</v>
+      </c>
+      <c r="M5" s="4">
+        <v>0</v>
+      </c>
+      <c r="N5" s="4">
+        <v>169653.45</v>
+      </c>
+      <c r="O5" s="5">
+        <v>0</v>
+      </c>
+      <c r="P5" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="5">
+        <v>0</v>
+      </c>
+      <c r="U5" s="4">
+        <v>0</v>
+      </c>
+      <c r="V5" s="4">
+        <v>0</v>
+      </c>
+      <c r="W5" s="18">
+        <v>169653.45</v>
+      </c>
+      <c r="X5" s="19"/>
+    </row>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...64 lines deleted...]
-      <c r="A6" s="33" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="5">
+        <v>0</v>
+      </c>
+      <c r="E6" s="4">
+        <v>0</v>
+      </c>
+      <c r="F6" s="4">
+        <v>0</v>
+      </c>
+      <c r="G6" s="4">
+        <v>0</v>
+      </c>
+      <c r="H6" s="4">
+        <v>0</v>
+      </c>
+      <c r="I6" s="4">
+        <v>0</v>
+      </c>
+      <c r="J6" s="4">
+        <v>0</v>
+      </c>
+      <c r="K6" s="4">
+        <v>0</v>
+      </c>
+      <c r="L6" s="5">
+        <v>0</v>
+      </c>
+      <c r="M6" s="4">
+        <v>0</v>
+      </c>
+      <c r="N6" s="4">
+        <v>0</v>
+      </c>
+      <c r="O6" s="5">
+        <v>0</v>
+      </c>
+      <c r="P6" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="5">
+        <v>0</v>
+      </c>
+      <c r="U6" s="4">
+        <v>0</v>
+      </c>
+      <c r="V6" s="4">
+        <v>0</v>
+      </c>
+      <c r="W6" s="18">
+        <v>0</v>
+      </c>
+      <c r="X6" s="19"/>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="5">
-[...61 lines deleted...]
-      <c r="A7" s="33" t="s">
+      <c r="D7" s="5">
+        <v>0</v>
+      </c>
+      <c r="E7" s="4">
+        <v>0</v>
+      </c>
+      <c r="F7" s="4">
+        <v>0</v>
+      </c>
+      <c r="G7" s="4">
+        <v>0</v>
+      </c>
+      <c r="H7" s="4">
+        <v>0</v>
+      </c>
+      <c r="I7" s="4">
+        <v>0</v>
+      </c>
+      <c r="J7" s="4">
+        <v>0</v>
+      </c>
+      <c r="K7" s="4">
+        <v>0</v>
+      </c>
+      <c r="L7" s="5">
+        <v>0</v>
+      </c>
+      <c r="M7" s="4">
+        <v>0</v>
+      </c>
+      <c r="N7" s="4">
+        <v>0</v>
+      </c>
+      <c r="O7" s="5">
+        <v>0</v>
+      </c>
+      <c r="P7" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="5">
+        <v>0</v>
+      </c>
+      <c r="U7" s="4">
+        <v>0</v>
+      </c>
+      <c r="V7" s="4">
+        <v>0</v>
+      </c>
+      <c r="W7" s="18">
+        <v>0</v>
+      </c>
+      <c r="X7" s="19"/>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...64 lines deleted...]
-      <c r="A8" s="33" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="5">
+        <v>1</v>
+      </c>
+      <c r="E8" s="4">
+        <v>0</v>
+      </c>
+      <c r="F8" s="4">
+        <v>0</v>
+      </c>
+      <c r="G8" s="4">
+        <v>0</v>
+      </c>
+      <c r="H8" s="4">
+        <v>0</v>
+      </c>
+      <c r="I8" s="4">
+        <v>0</v>
+      </c>
+      <c r="J8" s="4">
+        <v>0</v>
+      </c>
+      <c r="K8" s="4">
+        <v>0</v>
+      </c>
+      <c r="L8" s="5">
+        <v>0</v>
+      </c>
+      <c r="M8" s="4">
+        <v>0</v>
+      </c>
+      <c r="N8" s="4">
+        <v>988165.8</v>
+      </c>
+      <c r="O8" s="5">
+        <v>0</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="5">
+        <v>0</v>
+      </c>
+      <c r="U8" s="4">
+        <v>0</v>
+      </c>
+      <c r="V8" s="4">
+        <v>0</v>
+      </c>
+      <c r="W8" s="18">
+        <v>988166.8</v>
+      </c>
+      <c r="X8" s="19"/>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...64 lines deleted...]
-      <c r="A9" s="33" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="5">
+        <v>0</v>
+      </c>
+      <c r="E9" s="4">
+        <v>0</v>
+      </c>
+      <c r="F9" s="4">
+        <v>0</v>
+      </c>
+      <c r="G9" s="4">
+        <v>0</v>
+      </c>
+      <c r="H9" s="4">
+        <v>0</v>
+      </c>
+      <c r="I9" s="4">
+        <v>0</v>
+      </c>
+      <c r="J9" s="4">
+        <v>0</v>
+      </c>
+      <c r="K9" s="4">
+        <v>0</v>
+      </c>
+      <c r="L9" s="5">
+        <v>0</v>
+      </c>
+      <c r="M9" s="4">
+        <v>0</v>
+      </c>
+      <c r="N9" s="4">
+        <v>742601.5</v>
+      </c>
+      <c r="O9" s="5">
+        <v>0</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="5">
+        <v>0</v>
+      </c>
+      <c r="U9" s="4">
+        <v>0</v>
+      </c>
+      <c r="V9" s="4">
+        <v>0</v>
+      </c>
+      <c r="W9" s="18">
+        <v>742601.5</v>
+      </c>
+      <c r="X9" s="19"/>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...64 lines deleted...]
-      <c r="A10" s="33" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="5">
+        <v>0</v>
+      </c>
+      <c r="E10" s="4">
+        <v>45000</v>
+      </c>
+      <c r="F10" s="4">
+        <v>25</v>
+      </c>
+      <c r="G10" s="4">
+        <v>0</v>
+      </c>
+      <c r="H10" s="4">
+        <v>0</v>
+      </c>
+      <c r="I10" s="4">
+        <v>0</v>
+      </c>
+      <c r="J10" s="4">
+        <v>0</v>
+      </c>
+      <c r="K10" s="4">
+        <v>0</v>
+      </c>
+      <c r="L10" s="5">
+        <v>45025</v>
+      </c>
+      <c r="M10" s="4">
+        <v>0</v>
+      </c>
+      <c r="N10" s="4">
+        <v>756592.25</v>
+      </c>
+      <c r="O10" s="5">
+        <v>0</v>
+      </c>
+      <c r="P10" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="5">
+        <v>0</v>
+      </c>
+      <c r="U10" s="4">
+        <v>151125</v>
+      </c>
+      <c r="V10" s="4">
+        <v>0</v>
+      </c>
+      <c r="W10" s="18">
+        <v>952742.25</v>
+      </c>
+      <c r="X10" s="19"/>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...64 lines deleted...]
-      <c r="A11" s="33" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="5">
+        <v>1</v>
+      </c>
+      <c r="E11" s="4">
+        <v>0</v>
+      </c>
+      <c r="F11" s="4">
+        <v>0</v>
+      </c>
+      <c r="G11" s="4">
+        <v>0</v>
+      </c>
+      <c r="H11" s="4">
+        <v>0</v>
+      </c>
+      <c r="I11" s="4">
+        <v>0</v>
+      </c>
+      <c r="J11" s="4">
+        <v>0</v>
+      </c>
+      <c r="K11" s="4">
+        <v>0</v>
+      </c>
+      <c r="L11" s="5">
+        <v>0</v>
+      </c>
+      <c r="M11" s="4">
+        <v>0</v>
+      </c>
+      <c r="N11" s="4">
+        <v>4062458.3</v>
+      </c>
+      <c r="O11" s="5">
+        <v>0</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="5">
+        <v>0</v>
+      </c>
+      <c r="U11" s="4">
+        <v>0</v>
+      </c>
+      <c r="V11" s="4">
+        <v>0</v>
+      </c>
+      <c r="W11" s="18">
+        <v>4062459.3</v>
+      </c>
+      <c r="X11" s="19"/>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...64 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="5">
+        <v>0</v>
+      </c>
+      <c r="E12" s="4">
+        <v>0</v>
+      </c>
+      <c r="F12" s="4">
+        <v>0</v>
+      </c>
+      <c r="G12" s="4">
+        <v>0</v>
+      </c>
+      <c r="H12" s="4">
+        <v>0</v>
+      </c>
+      <c r="I12" s="4">
+        <v>0</v>
+      </c>
+      <c r="J12" s="4">
+        <v>0</v>
+      </c>
+      <c r="K12" s="4">
+        <v>0</v>
+      </c>
+      <c r="L12" s="5">
+        <v>0</v>
+      </c>
+      <c r="M12" s="4">
+        <v>0</v>
+      </c>
+      <c r="N12" s="4">
+        <v>0</v>
+      </c>
+      <c r="O12" s="5">
+        <v>0</v>
+      </c>
+      <c r="P12" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>0</v>
+      </c>
+      <c r="T12" s="5">
+        <v>0</v>
+      </c>
+      <c r="U12" s="4">
+        <v>0</v>
+      </c>
+      <c r="V12" s="4">
+        <v>0</v>
+      </c>
+      <c r="W12" s="18">
+        <v>0</v>
+      </c>
+      <c r="X12" s="19"/>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...64 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="5">
+        <v>21614.9</v>
+      </c>
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+      <c r="F13" s="4">
+        <v>0</v>
+      </c>
+      <c r="G13" s="4">
+        <v>0</v>
+      </c>
+      <c r="H13" s="4">
+        <v>0</v>
+      </c>
+      <c r="I13" s="4">
+        <v>0</v>
+      </c>
+      <c r="J13" s="4">
+        <v>0</v>
+      </c>
+      <c r="K13" s="4">
+        <v>0</v>
+      </c>
+      <c r="L13" s="5">
+        <v>0</v>
+      </c>
+      <c r="M13" s="4">
+        <v>0</v>
+      </c>
+      <c r="N13" s="4">
+        <v>0</v>
+      </c>
+      <c r="O13" s="5">
+        <v>0</v>
+      </c>
+      <c r="P13" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
+      <c r="T13" s="5">
+        <v>0</v>
+      </c>
+      <c r="U13" s="4">
+        <v>0</v>
+      </c>
+      <c r="V13" s="4">
+        <v>0</v>
+      </c>
+      <c r="W13" s="18">
+        <v>21614.9</v>
+      </c>
+      <c r="X13" s="19"/>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...64 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="5">
+        <v>0</v>
+      </c>
+      <c r="E14" s="4">
+        <v>0</v>
+      </c>
+      <c r="F14" s="4">
+        <v>0</v>
+      </c>
+      <c r="G14" s="4">
+        <v>0</v>
+      </c>
+      <c r="H14" s="4">
+        <v>0</v>
+      </c>
+      <c r="I14" s="4">
+        <v>0</v>
+      </c>
+      <c r="J14" s="4">
+        <v>0</v>
+      </c>
+      <c r="K14" s="4">
+        <v>0</v>
+      </c>
+      <c r="L14" s="5">
+        <v>0</v>
+      </c>
+      <c r="M14" s="4">
+        <v>0</v>
+      </c>
+      <c r="N14" s="4">
+        <v>177504.28</v>
+      </c>
+      <c r="O14" s="5">
+        <v>0</v>
+      </c>
+      <c r="P14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="5">
+        <v>0</v>
+      </c>
+      <c r="U14" s="4">
+        <v>0</v>
+      </c>
+      <c r="V14" s="4">
+        <v>0</v>
+      </c>
+      <c r="W14" s="18">
+        <v>177504.28</v>
+      </c>
+      <c r="X14" s="19"/>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...64 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="5">
+        <v>0</v>
+      </c>
+      <c r="E15" s="4">
+        <v>0</v>
+      </c>
+      <c r="F15" s="4">
+        <v>0</v>
+      </c>
+      <c r="G15" s="4">
+        <v>34031</v>
+      </c>
+      <c r="H15" s="4">
+        <v>0</v>
+      </c>
+      <c r="I15" s="4">
+        <v>0</v>
+      </c>
+      <c r="J15" s="4">
+        <v>0</v>
+      </c>
+      <c r="K15" s="4">
+        <v>0</v>
+      </c>
+      <c r="L15" s="5">
+        <v>34031</v>
+      </c>
+      <c r="M15" s="4">
+        <v>0</v>
+      </c>
+      <c r="N15" s="4">
+        <v>5047241.66</v>
+      </c>
+      <c r="O15" s="5">
+        <v>0</v>
+      </c>
+      <c r="P15" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>0</v>
+      </c>
+      <c r="T15" s="5">
+        <v>0</v>
+      </c>
+      <c r="U15" s="4">
+        <v>0</v>
+      </c>
+      <c r="V15" s="4">
+        <v>0</v>
+      </c>
+      <c r="W15" s="18">
+        <v>5081272.66</v>
+      </c>
+      <c r="X15" s="19"/>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...64 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="5">
+        <v>0</v>
+      </c>
+      <c r="E16" s="4">
+        <v>0</v>
+      </c>
+      <c r="F16" s="4">
+        <v>0</v>
+      </c>
+      <c r="G16" s="4">
+        <v>0</v>
+      </c>
+      <c r="H16" s="4">
+        <v>1620.56</v>
+      </c>
+      <c r="I16" s="4">
+        <v>0</v>
+      </c>
+      <c r="J16" s="4">
+        <v>0</v>
+      </c>
+      <c r="K16" s="4">
+        <v>0</v>
+      </c>
+      <c r="L16" s="5">
+        <v>1620.56</v>
+      </c>
+      <c r="M16" s="4">
+        <v>0</v>
+      </c>
+      <c r="N16" s="4">
+        <v>1864750</v>
+      </c>
+      <c r="O16" s="5">
+        <v>0</v>
+      </c>
+      <c r="P16" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>0</v>
+      </c>
+      <c r="T16" s="5">
+        <v>0</v>
+      </c>
+      <c r="U16" s="4">
+        <v>0</v>
+      </c>
+      <c r="V16" s="4">
+        <v>0</v>
+      </c>
+      <c r="W16" s="18">
+        <v>1866370.56</v>
+      </c>
+      <c r="X16" s="19"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...64 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="5">
+        <v>0</v>
+      </c>
+      <c r="E17" s="4">
+        <v>0</v>
+      </c>
+      <c r="F17" s="4">
+        <v>0</v>
+      </c>
+      <c r="G17" s="4">
+        <v>0</v>
+      </c>
+      <c r="H17" s="4">
+        <v>0</v>
+      </c>
+      <c r="I17" s="4">
+        <v>0</v>
+      </c>
+      <c r="J17" s="4">
+        <v>0</v>
+      </c>
+      <c r="K17" s="4">
+        <v>0</v>
+      </c>
+      <c r="L17" s="5">
+        <v>0</v>
+      </c>
+      <c r="M17" s="4">
+        <v>0</v>
+      </c>
+      <c r="N17" s="4">
+        <v>0</v>
+      </c>
+      <c r="O17" s="5">
+        <v>0</v>
+      </c>
+      <c r="P17" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>0</v>
+      </c>
+      <c r="R17" s="4">
+        <v>0</v>
+      </c>
+      <c r="S17" s="4">
+        <v>0</v>
+      </c>
+      <c r="T17" s="5">
+        <v>0</v>
+      </c>
+      <c r="U17" s="4">
+        <v>0</v>
+      </c>
+      <c r="V17" s="4">
+        <v>0</v>
+      </c>
+      <c r="W17" s="18">
+        <v>0</v>
+      </c>
+      <c r="X17" s="19"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...64 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="5">
+        <v>0</v>
+      </c>
+      <c r="E18" s="4">
+        <v>0</v>
+      </c>
+      <c r="F18" s="4">
+        <v>0</v>
+      </c>
+      <c r="G18" s="4">
+        <v>0</v>
+      </c>
+      <c r="H18" s="4">
+        <v>0</v>
+      </c>
+      <c r="I18" s="4">
+        <v>0</v>
+      </c>
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
+      <c r="K18" s="4">
+        <v>0</v>
+      </c>
+      <c r="L18" s="5">
+        <v>0</v>
+      </c>
+      <c r="M18" s="4">
+        <v>0</v>
+      </c>
+      <c r="N18" s="4">
+        <v>22149</v>
+      </c>
+      <c r="O18" s="5">
+        <v>0</v>
+      </c>
+      <c r="P18" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>0</v>
+      </c>
+      <c r="S18" s="4">
+        <v>0</v>
+      </c>
+      <c r="T18" s="5">
+        <v>0</v>
+      </c>
+      <c r="U18" s="4">
+        <v>0</v>
+      </c>
+      <c r="V18" s="4">
+        <v>0</v>
+      </c>
+      <c r="W18" s="18">
+        <v>22149</v>
+      </c>
+      <c r="X18" s="19"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...64 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="5">
+        <v>0</v>
+      </c>
+      <c r="E19" s="4">
+        <v>0</v>
+      </c>
+      <c r="F19" s="4">
+        <v>0</v>
+      </c>
+      <c r="G19" s="4">
+        <v>0</v>
+      </c>
+      <c r="H19" s="4">
+        <v>0</v>
+      </c>
+      <c r="I19" s="4">
+        <v>0</v>
+      </c>
+      <c r="J19" s="4">
+        <v>0</v>
+      </c>
+      <c r="K19" s="4">
+        <v>0</v>
+      </c>
+      <c r="L19" s="5">
+        <v>0</v>
+      </c>
+      <c r="M19" s="4">
+        <v>0</v>
+      </c>
+      <c r="N19" s="4">
+        <v>0</v>
+      </c>
+      <c r="O19" s="5">
+        <v>0</v>
+      </c>
+      <c r="P19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>0</v>
+      </c>
+      <c r="R19" s="4">
+        <v>0</v>
+      </c>
+      <c r="S19" s="4">
+        <v>0</v>
+      </c>
+      <c r="T19" s="5">
+        <v>0</v>
+      </c>
+      <c r="U19" s="4">
+        <v>0</v>
+      </c>
+      <c r="V19" s="4">
+        <v>0</v>
+      </c>
+      <c r="W19" s="18">
+        <v>0</v>
+      </c>
+      <c r="X19" s="19"/>
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...64 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="5">
+        <v>0</v>
+      </c>
+      <c r="E20" s="4">
+        <v>0</v>
+      </c>
+      <c r="F20" s="4">
+        <v>0</v>
+      </c>
+      <c r="G20" s="4">
+        <v>0</v>
+      </c>
+      <c r="H20" s="4">
+        <v>437502</v>
+      </c>
+      <c r="I20" s="4">
+        <v>0</v>
+      </c>
+      <c r="J20" s="4">
+        <v>0</v>
+      </c>
+      <c r="K20" s="4">
+        <v>0</v>
+      </c>
+      <c r="L20" s="5">
+        <v>437502</v>
+      </c>
+      <c r="M20" s="4">
+        <v>0</v>
+      </c>
+      <c r="N20" s="4">
+        <v>175000</v>
+      </c>
+      <c r="O20" s="5">
+        <v>0</v>
+      </c>
+      <c r="P20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>0</v>
+      </c>
+      <c r="R20" s="4">
+        <v>0</v>
+      </c>
+      <c r="S20" s="4">
+        <v>0</v>
+      </c>
+      <c r="T20" s="5">
+        <v>0</v>
+      </c>
+      <c r="U20" s="4">
+        <v>0</v>
+      </c>
+      <c r="V20" s="4">
+        <v>0</v>
+      </c>
+      <c r="W20" s="18">
+        <v>612502</v>
+      </c>
+      <c r="X20" s="19"/>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...64 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="5">
+        <v>0</v>
+      </c>
+      <c r="E21" s="4">
+        <v>0</v>
+      </c>
+      <c r="F21" s="4">
+        <v>0</v>
+      </c>
+      <c r="G21" s="4">
+        <v>0</v>
+      </c>
+      <c r="H21" s="4">
+        <v>0</v>
+      </c>
+      <c r="I21" s="4">
+        <v>0</v>
+      </c>
+      <c r="J21" s="4">
+        <v>0</v>
+      </c>
+      <c r="K21" s="4">
+        <v>0</v>
+      </c>
+      <c r="L21" s="5">
+        <v>0</v>
+      </c>
+      <c r="M21" s="4">
+        <v>0</v>
+      </c>
+      <c r="N21" s="4">
+        <v>254153.1</v>
+      </c>
+      <c r="O21" s="5">
+        <v>0</v>
+      </c>
+      <c r="P21" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>0</v>
+      </c>
+      <c r="R21" s="4">
+        <v>0</v>
+      </c>
+      <c r="S21" s="4">
+        <v>0</v>
+      </c>
+      <c r="T21" s="5">
+        <v>0</v>
+      </c>
+      <c r="U21" s="4">
+        <v>0</v>
+      </c>
+      <c r="V21" s="4">
+        <v>0</v>
+      </c>
+      <c r="W21" s="18">
+        <v>254153.1</v>
+      </c>
+      <c r="X21" s="19"/>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...64 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="5">
+        <v>0</v>
+      </c>
+      <c r="E22" s="4">
+        <v>0</v>
+      </c>
+      <c r="F22" s="4">
+        <v>0</v>
+      </c>
+      <c r="G22" s="4">
+        <v>0</v>
+      </c>
+      <c r="H22" s="4">
+        <v>0</v>
+      </c>
+      <c r="I22" s="4">
+        <v>0</v>
+      </c>
+      <c r="J22" s="4">
+        <v>0</v>
+      </c>
+      <c r="K22" s="4">
+        <v>0</v>
+      </c>
+      <c r="L22" s="5">
+        <v>0</v>
+      </c>
+      <c r="M22" s="4">
+        <v>0</v>
+      </c>
+      <c r="N22" s="4">
+        <v>0</v>
+      </c>
+      <c r="O22" s="5">
+        <v>0</v>
+      </c>
+      <c r="P22" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>0</v>
+      </c>
+      <c r="R22" s="4">
+        <v>0</v>
+      </c>
+      <c r="S22" s="4">
+        <v>0</v>
+      </c>
+      <c r="T22" s="5">
+        <v>0</v>
+      </c>
+      <c r="U22" s="4">
+        <v>0</v>
+      </c>
+      <c r="V22" s="4">
+        <v>0</v>
+      </c>
+      <c r="W22" s="18">
+        <v>0</v>
+      </c>
+      <c r="X22" s="19"/>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...64 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="5">
+        <v>0</v>
+      </c>
+      <c r="E23" s="4">
+        <v>0</v>
+      </c>
+      <c r="F23" s="4">
+        <v>0</v>
+      </c>
+      <c r="G23" s="4">
+        <v>0</v>
+      </c>
+      <c r="H23" s="4">
+        <v>0</v>
+      </c>
+      <c r="I23" s="4">
+        <v>0</v>
+      </c>
+      <c r="J23" s="4">
+        <v>0</v>
+      </c>
+      <c r="K23" s="4">
+        <v>0</v>
+      </c>
+      <c r="L23" s="5">
+        <v>0</v>
+      </c>
+      <c r="M23" s="4">
+        <v>0</v>
+      </c>
+      <c r="N23" s="4">
+        <v>0</v>
+      </c>
+      <c r="O23" s="5">
+        <v>0</v>
+      </c>
+      <c r="P23" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>0</v>
+      </c>
+      <c r="R23" s="4">
+        <v>21000</v>
+      </c>
+      <c r="S23" s="4">
+        <v>0</v>
+      </c>
+      <c r="T23" s="5">
+        <v>21000</v>
+      </c>
+      <c r="U23" s="4">
+        <v>0</v>
+      </c>
+      <c r="V23" s="4">
+        <v>0</v>
+      </c>
+      <c r="W23" s="18">
+        <v>21000</v>
+      </c>
+      <c r="X23" s="19"/>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...64 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="5">
+        <v>0</v>
+      </c>
+      <c r="E24" s="4">
+        <v>4812.6000000000004</v>
+      </c>
+      <c r="F24" s="4">
+        <v>0</v>
+      </c>
+      <c r="G24" s="4">
+        <v>0</v>
+      </c>
+      <c r="H24" s="4">
+        <v>566865.69999999995</v>
+      </c>
+      <c r="I24" s="4">
+        <v>401774</v>
+      </c>
+      <c r="J24" s="4">
+        <v>0</v>
+      </c>
+      <c r="K24" s="4">
+        <v>0</v>
+      </c>
+      <c r="L24" s="5">
+        <v>973452.05</v>
+      </c>
+      <c r="M24" s="4">
+        <v>0</v>
+      </c>
+      <c r="N24" s="4">
+        <v>19487184.449999999</v>
+      </c>
+      <c r="O24" s="5">
+        <v>0</v>
+      </c>
+      <c r="P24" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>0</v>
+      </c>
+      <c r="R24" s="4">
+        <v>0</v>
+      </c>
+      <c r="S24" s="4">
+        <v>0</v>
+      </c>
+      <c r="T24" s="5">
+        <v>0</v>
+      </c>
+      <c r="U24" s="4">
+        <v>0</v>
+      </c>
+      <c r="V24" s="4">
+        <v>0</v>
+      </c>
+      <c r="W24" s="18">
+        <v>20460636.5</v>
+      </c>
+      <c r="X24" s="19"/>
+      <c r="Z24" s="44"/>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...64 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="5">
+        <v>0</v>
+      </c>
+      <c r="E25" s="4">
+        <v>0</v>
+      </c>
+      <c r="F25" s="4">
+        <v>0</v>
+      </c>
+      <c r="G25" s="4">
+        <v>0</v>
+      </c>
+      <c r="H25" s="4">
+        <v>0</v>
+      </c>
+      <c r="I25" s="4">
+        <v>0</v>
+      </c>
+      <c r="J25" s="4">
+        <v>0</v>
+      </c>
+      <c r="K25" s="4">
+        <v>0</v>
+      </c>
+      <c r="L25" s="5">
+        <v>0</v>
+      </c>
+      <c r="M25" s="4">
+        <v>0</v>
+      </c>
+      <c r="N25" s="4">
+        <v>20500</v>
+      </c>
+      <c r="O25" s="5">
+        <v>0</v>
+      </c>
+      <c r="P25" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>0</v>
+      </c>
+      <c r="R25" s="4">
+        <v>0</v>
+      </c>
+      <c r="S25" s="4">
+        <v>0</v>
+      </c>
+      <c r="T25" s="5">
+        <v>0</v>
+      </c>
+      <c r="U25" s="4">
+        <v>0</v>
+      </c>
+      <c r="V25" s="4">
+        <v>0</v>
+      </c>
+      <c r="W25" s="18">
+        <v>20500</v>
+      </c>
+      <c r="X25" s="19"/>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...64 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="5">
+        <v>165985</v>
+      </c>
+      <c r="E26" s="4">
+        <v>0</v>
+      </c>
+      <c r="F26" s="4">
+        <v>0</v>
+      </c>
+      <c r="G26" s="4">
+        <v>0</v>
+      </c>
+      <c r="H26" s="4">
+        <v>0</v>
+      </c>
+      <c r="I26" s="4">
+        <v>0</v>
+      </c>
+      <c r="J26" s="4">
+        <v>0</v>
+      </c>
+      <c r="K26" s="4">
+        <v>0</v>
+      </c>
+      <c r="L26" s="5">
+        <v>0</v>
+      </c>
+      <c r="M26" s="4">
+        <v>0</v>
+      </c>
+      <c r="N26" s="4">
+        <v>1678034</v>
+      </c>
+      <c r="O26" s="5">
+        <v>0</v>
+      </c>
+      <c r="P26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>0</v>
+      </c>
+      <c r="R26" s="4">
+        <v>0</v>
+      </c>
+      <c r="S26" s="4">
+        <v>0</v>
+      </c>
+      <c r="T26" s="5">
+        <v>0</v>
+      </c>
+      <c r="U26" s="4">
+        <v>0</v>
+      </c>
+      <c r="V26" s="4">
+        <v>0</v>
+      </c>
+      <c r="W26" s="18">
+        <v>1844019</v>
+      </c>
+      <c r="X26" s="19"/>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...64 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="5">
+        <v>0</v>
+      </c>
+      <c r="E27" s="4">
+        <v>0</v>
+      </c>
+      <c r="F27" s="4">
+        <v>0</v>
+      </c>
+      <c r="G27" s="4">
+        <v>0</v>
+      </c>
+      <c r="H27" s="4">
+        <v>0</v>
+      </c>
+      <c r="I27" s="4">
+        <v>0</v>
+      </c>
+      <c r="J27" s="4">
+        <v>0</v>
+      </c>
+      <c r="K27" s="4">
+        <v>0</v>
+      </c>
+      <c r="L27" s="5">
+        <v>0</v>
+      </c>
+      <c r="M27" s="4">
+        <v>0</v>
+      </c>
+      <c r="N27" s="4">
+        <v>168000</v>
+      </c>
+      <c r="O27" s="5">
+        <v>0</v>
+      </c>
+      <c r="P27" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>0</v>
+      </c>
+      <c r="R27" s="4">
+        <v>0</v>
+      </c>
+      <c r="S27" s="4">
+        <v>0</v>
+      </c>
+      <c r="T27" s="5">
+        <v>0</v>
+      </c>
+      <c r="U27" s="4">
+        <v>0</v>
+      </c>
+      <c r="V27" s="4">
+        <v>0</v>
+      </c>
+      <c r="W27" s="18">
+        <v>168000</v>
+      </c>
+      <c r="X27" s="19"/>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...64 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="5">
+        <v>0</v>
+      </c>
+      <c r="E28" s="4">
+        <v>0</v>
+      </c>
+      <c r="F28" s="4">
+        <v>0</v>
+      </c>
+      <c r="G28" s="4">
+        <v>0</v>
+      </c>
+      <c r="H28" s="4">
+        <v>0</v>
+      </c>
+      <c r="I28" s="4">
+        <v>0</v>
+      </c>
+      <c r="J28" s="4">
+        <v>0</v>
+      </c>
+      <c r="K28" s="4">
+        <v>0</v>
+      </c>
+      <c r="L28" s="5">
+        <v>0</v>
+      </c>
+      <c r="M28" s="4">
+        <v>0</v>
+      </c>
+      <c r="N28" s="4">
+        <v>0</v>
+      </c>
+      <c r="O28" s="5">
+        <v>0</v>
+      </c>
+      <c r="P28" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>0</v>
+      </c>
+      <c r="S28" s="4">
+        <v>0</v>
+      </c>
+      <c r="T28" s="5">
+        <v>0</v>
+      </c>
+      <c r="U28" s="4">
+        <v>0</v>
+      </c>
+      <c r="V28" s="4">
+        <v>0</v>
+      </c>
+      <c r="W28" s="18">
+        <v>0</v>
+      </c>
+      <c r="X28" s="19"/>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...64 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="5">
+        <v>0</v>
+      </c>
+      <c r="E29" s="4">
+        <v>0</v>
+      </c>
+      <c r="F29" s="4">
+        <v>0</v>
+      </c>
+      <c r="G29" s="4">
+        <v>0</v>
+      </c>
+      <c r="H29" s="4">
+        <v>0</v>
+      </c>
+      <c r="I29" s="4">
+        <v>0</v>
+      </c>
+      <c r="J29" s="4">
+        <v>0</v>
+      </c>
+      <c r="K29" s="4">
+        <v>0</v>
+      </c>
+      <c r="L29" s="5">
+        <v>0</v>
+      </c>
+      <c r="M29" s="4">
+        <v>0</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0</v>
+      </c>
+      <c r="O29" s="5">
+        <v>0</v>
+      </c>
+      <c r="P29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="4">
+        <v>0</v>
+      </c>
+      <c r="R29" s="4">
+        <v>0</v>
+      </c>
+      <c r="S29" s="4">
+        <v>0</v>
+      </c>
+      <c r="T29" s="5">
+        <v>0</v>
+      </c>
+      <c r="U29" s="4">
+        <v>0</v>
+      </c>
+      <c r="V29" s="4">
+        <v>0</v>
+      </c>
+      <c r="W29" s="18">
+        <v>0</v>
+      </c>
+      <c r="X29" s="19"/>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...64 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="5">
+        <v>0</v>
+      </c>
+      <c r="E30" s="4">
+        <v>0</v>
+      </c>
+      <c r="F30" s="4">
+        <v>0</v>
+      </c>
+      <c r="G30" s="4">
+        <v>0</v>
+      </c>
+      <c r="H30" s="4">
+        <v>0</v>
+      </c>
+      <c r="I30" s="4">
+        <v>0</v>
+      </c>
+      <c r="J30" s="4">
+        <v>0</v>
+      </c>
+      <c r="K30" s="4">
+        <v>0</v>
+      </c>
+      <c r="L30" s="5">
+        <v>0</v>
+      </c>
+      <c r="M30" s="4">
+        <v>0</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0</v>
+      </c>
+      <c r="O30" s="5">
+        <v>0</v>
+      </c>
+      <c r="P30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="4">
+        <v>0</v>
+      </c>
+      <c r="R30" s="4">
+        <v>0</v>
+      </c>
+      <c r="S30" s="4">
+        <v>0</v>
+      </c>
+      <c r="T30" s="5">
+        <v>0</v>
+      </c>
+      <c r="U30" s="4">
+        <v>0</v>
+      </c>
+      <c r="V30" s="4">
+        <v>0</v>
+      </c>
+      <c r="W30" s="18">
+        <v>0</v>
+      </c>
+      <c r="X30" s="19"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...64 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="5">
+        <v>0</v>
+      </c>
+      <c r="E31" s="4">
+        <v>0</v>
+      </c>
+      <c r="F31" s="4">
+        <v>0</v>
+      </c>
+      <c r="G31" s="4">
+        <v>0</v>
+      </c>
+      <c r="H31" s="4">
+        <v>0</v>
+      </c>
+      <c r="I31" s="4">
+        <v>0</v>
+      </c>
+      <c r="J31" s="4">
+        <v>0</v>
+      </c>
+      <c r="K31" s="4">
+        <v>0</v>
+      </c>
+      <c r="L31" s="5">
+        <v>0</v>
+      </c>
+      <c r="M31" s="4">
+        <v>0</v>
+      </c>
+      <c r="N31" s="4">
+        <v>12558281.960000001</v>
+      </c>
+      <c r="O31" s="5">
+        <v>32500</v>
+      </c>
+      <c r="P31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="4">
+        <v>0</v>
+      </c>
+      <c r="R31" s="4">
+        <v>0</v>
+      </c>
+      <c r="S31" s="4">
+        <v>0</v>
+      </c>
+      <c r="T31" s="5">
+        <v>0</v>
+      </c>
+      <c r="U31" s="4">
+        <v>0</v>
+      </c>
+      <c r="V31" s="4">
+        <v>0</v>
+      </c>
+      <c r="W31" s="18">
+        <v>12590781.960000001</v>
+      </c>
+      <c r="X31" s="19"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...64 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="5">
+        <v>0</v>
+      </c>
+      <c r="E32" s="4">
+        <v>2419.5</v>
+      </c>
+      <c r="F32" s="4">
+        <v>0</v>
+      </c>
+      <c r="G32" s="4">
+        <v>0</v>
+      </c>
+      <c r="H32" s="4">
+        <v>0</v>
+      </c>
+      <c r="I32" s="4">
+        <v>0</v>
+      </c>
+      <c r="J32" s="4">
+        <v>0</v>
+      </c>
+      <c r="K32" s="4">
+        <v>0</v>
+      </c>
+      <c r="L32" s="5">
+        <v>2419.5</v>
+      </c>
+      <c r="M32" s="4">
+        <v>0</v>
+      </c>
+      <c r="N32" s="4">
+        <v>599846.65</v>
+      </c>
+      <c r="O32" s="5">
+        <v>0</v>
+      </c>
+      <c r="P32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="4">
+        <v>0</v>
+      </c>
+      <c r="R32" s="4">
+        <v>0</v>
+      </c>
+      <c r="S32" s="4">
+        <v>0</v>
+      </c>
+      <c r="T32" s="5">
+        <v>0</v>
+      </c>
+      <c r="U32" s="4">
+        <v>0</v>
+      </c>
+      <c r="V32" s="4">
+        <v>0</v>
+      </c>
+      <c r="W32" s="18">
+        <v>602266.15</v>
+      </c>
+      <c r="X32" s="19"/>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...64 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="5">
+        <v>8</v>
+      </c>
+      <c r="E33" s="4">
+        <v>0</v>
+      </c>
+      <c r="F33" s="4">
+        <v>0</v>
+      </c>
+      <c r="G33" s="4">
+        <v>0</v>
+      </c>
+      <c r="H33" s="4">
+        <v>0</v>
+      </c>
+      <c r="I33" s="4">
+        <v>0</v>
+      </c>
+      <c r="J33" s="4">
+        <v>0</v>
+      </c>
+      <c r="K33" s="4">
+        <v>0</v>
+      </c>
+      <c r="L33" s="5">
+        <v>0</v>
+      </c>
+      <c r="M33" s="4">
+        <v>0</v>
+      </c>
+      <c r="N33" s="4">
+        <v>1181085.6499999999</v>
+      </c>
+      <c r="O33" s="5">
+        <v>0</v>
+      </c>
+      <c r="P33" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="4">
+        <v>0</v>
+      </c>
+      <c r="R33" s="4">
+        <v>0</v>
+      </c>
+      <c r="S33" s="4">
+        <v>0</v>
+      </c>
+      <c r="T33" s="5">
+        <v>0</v>
+      </c>
+      <c r="U33" s="4">
+        <v>0</v>
+      </c>
+      <c r="V33" s="4">
+        <v>0</v>
+      </c>
+      <c r="W33" s="18">
+        <v>1181093.6499999999</v>
+      </c>
+      <c r="X33" s="19"/>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...64 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="5">
+        <v>0</v>
+      </c>
+      <c r="E34" s="4">
+        <v>0</v>
+      </c>
+      <c r="F34" s="4">
+        <v>0</v>
+      </c>
+      <c r="G34" s="4">
+        <v>0</v>
+      </c>
+      <c r="H34" s="4">
+        <v>0</v>
+      </c>
+      <c r="I34" s="4">
+        <v>0</v>
+      </c>
+      <c r="J34" s="4">
+        <v>0</v>
+      </c>
+      <c r="K34" s="4">
+        <v>0</v>
+      </c>
+      <c r="L34" s="5">
+        <v>0</v>
+      </c>
+      <c r="M34" s="4">
+        <v>-55449</v>
+      </c>
+      <c r="N34" s="4">
+        <v>91499.65</v>
+      </c>
+      <c r="O34" s="5">
+        <v>0</v>
+      </c>
+      <c r="P34" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="4">
+        <v>0</v>
+      </c>
+      <c r="R34" s="4">
+        <v>0</v>
+      </c>
+      <c r="S34" s="4">
+        <v>0</v>
+      </c>
+      <c r="T34" s="5">
+        <v>0</v>
+      </c>
+      <c r="U34" s="4">
+        <v>0</v>
+      </c>
+      <c r="V34" s="4">
+        <v>0</v>
+      </c>
+      <c r="W34" s="18">
+        <v>36050.65</v>
+      </c>
+      <c r="X34" s="19"/>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...64 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="5">
+        <v>0</v>
+      </c>
+      <c r="E35" s="4">
+        <v>0</v>
+      </c>
+      <c r="F35" s="4">
+        <v>0</v>
+      </c>
+      <c r="G35" s="4">
+        <v>0</v>
+      </c>
+      <c r="H35" s="4">
+        <v>0</v>
+      </c>
+      <c r="I35" s="4">
+        <v>0</v>
+      </c>
+      <c r="J35" s="4">
+        <v>0</v>
+      </c>
+      <c r="K35" s="4">
+        <v>0</v>
+      </c>
+      <c r="L35" s="5">
+        <v>0</v>
+      </c>
+      <c r="M35" s="4">
+        <v>0</v>
+      </c>
+      <c r="N35" s="4">
+        <v>0</v>
+      </c>
+      <c r="O35" s="5">
+        <v>0</v>
+      </c>
+      <c r="P35" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="4">
+        <v>0</v>
+      </c>
+      <c r="R35" s="4">
+        <v>0</v>
+      </c>
+      <c r="S35" s="4">
+        <v>0</v>
+      </c>
+      <c r="T35" s="5">
+        <v>0</v>
+      </c>
+      <c r="U35" s="4">
+        <v>0</v>
+      </c>
+      <c r="V35" s="4">
+        <v>0</v>
+      </c>
+      <c r="W35" s="18">
+        <v>0</v>
+      </c>
+      <c r="X35" s="19"/>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...64 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="5">
+        <v>0</v>
+      </c>
+      <c r="E36" s="4">
+        <v>0</v>
+      </c>
+      <c r="F36" s="4">
+        <v>0</v>
+      </c>
+      <c r="G36" s="4">
+        <v>0</v>
+      </c>
+      <c r="H36" s="4">
+        <v>0</v>
+      </c>
+      <c r="I36" s="4">
+        <v>0</v>
+      </c>
+      <c r="J36" s="4">
+        <v>0</v>
+      </c>
+      <c r="K36" s="4">
+        <v>0</v>
+      </c>
+      <c r="L36" s="5">
+        <v>0</v>
+      </c>
+      <c r="M36" s="4">
+        <v>0</v>
+      </c>
+      <c r="N36" s="4">
+        <v>14181507.560000001</v>
+      </c>
+      <c r="O36" s="5">
+        <v>0</v>
+      </c>
+      <c r="P36" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>0</v>
+      </c>
+      <c r="R36" s="4">
+        <v>0</v>
+      </c>
+      <c r="S36" s="4">
+        <v>0</v>
+      </c>
+      <c r="T36" s="5">
+        <v>0</v>
+      </c>
+      <c r="U36" s="4">
+        <v>0</v>
+      </c>
+      <c r="V36" s="4">
+        <v>0</v>
+      </c>
+      <c r="W36" s="18">
+        <v>14181507.560000001</v>
+      </c>
+      <c r="X36" s="19"/>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...64 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="5">
+        <v>0</v>
+      </c>
+      <c r="E37" s="4">
+        <v>0</v>
+      </c>
+      <c r="F37" s="4">
+        <v>0</v>
+      </c>
+      <c r="G37" s="4">
+        <v>0</v>
+      </c>
+      <c r="H37" s="4">
+        <v>0</v>
+      </c>
+      <c r="I37" s="4">
+        <v>0</v>
+      </c>
+      <c r="J37" s="4">
+        <v>0</v>
+      </c>
+      <c r="K37" s="4">
+        <v>0</v>
+      </c>
+      <c r="L37" s="5">
+        <v>0</v>
+      </c>
+      <c r="M37" s="4">
+        <v>0</v>
+      </c>
+      <c r="N37" s="4">
+        <v>10000</v>
+      </c>
+      <c r="O37" s="5">
+        <v>0</v>
+      </c>
+      <c r="P37" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="4">
+        <v>0</v>
+      </c>
+      <c r="R37" s="4">
+        <v>0</v>
+      </c>
+      <c r="S37" s="4">
+        <v>0</v>
+      </c>
+      <c r="T37" s="5">
+        <v>0</v>
+      </c>
+      <c r="U37" s="4">
+        <v>0</v>
+      </c>
+      <c r="V37" s="4">
+        <v>0</v>
+      </c>
+      <c r="W37" s="18">
+        <v>10000</v>
+      </c>
+      <c r="X37" s="19"/>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...64 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="5">
+        <v>0</v>
+      </c>
+      <c r="E38" s="4">
+        <v>0</v>
+      </c>
+      <c r="F38" s="4">
+        <v>0</v>
+      </c>
+      <c r="G38" s="4">
+        <v>0</v>
+      </c>
+      <c r="H38" s="4">
+        <v>0</v>
+      </c>
+      <c r="I38" s="4">
+        <v>0</v>
+      </c>
+      <c r="J38" s="4">
+        <v>0</v>
+      </c>
+      <c r="K38" s="4">
+        <v>0</v>
+      </c>
+      <c r="L38" s="5">
+        <v>0</v>
+      </c>
+      <c r="M38" s="4">
+        <v>0</v>
+      </c>
+      <c r="N38" s="4">
+        <v>0</v>
+      </c>
+      <c r="O38" s="5">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>0</v>
+      </c>
+      <c r="R38" s="4">
+        <v>0</v>
+      </c>
+      <c r="S38" s="4">
+        <v>0</v>
+      </c>
+      <c r="T38" s="5">
+        <v>0</v>
+      </c>
+      <c r="U38" s="4">
+        <v>0</v>
+      </c>
+      <c r="V38" s="4">
+        <v>0</v>
+      </c>
+      <c r="W38" s="18">
+        <v>0</v>
+      </c>
+      <c r="X38" s="19"/>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...64 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="5">
+        <v>0</v>
+      </c>
+      <c r="E39" s="4">
+        <v>0</v>
+      </c>
+      <c r="F39" s="4">
+        <v>0</v>
+      </c>
+      <c r="G39" s="4">
+        <v>0</v>
+      </c>
+      <c r="H39" s="4">
+        <v>0</v>
+      </c>
+      <c r="I39" s="4">
+        <v>0</v>
+      </c>
+      <c r="J39" s="4">
+        <v>0</v>
+      </c>
+      <c r="K39" s="4">
+        <v>0</v>
+      </c>
+      <c r="L39" s="5">
+        <v>0</v>
+      </c>
+      <c r="M39" s="4">
+        <v>0</v>
+      </c>
+      <c r="N39" s="4">
+        <v>632596</v>
+      </c>
+      <c r="O39" s="5">
+        <v>18602</v>
+      </c>
+      <c r="P39" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>0</v>
+      </c>
+      <c r="R39" s="4">
+        <v>0</v>
+      </c>
+      <c r="S39" s="4">
+        <v>0</v>
+      </c>
+      <c r="T39" s="5">
+        <v>0</v>
+      </c>
+      <c r="U39" s="4">
+        <v>0</v>
+      </c>
+      <c r="V39" s="4">
+        <v>0</v>
+      </c>
+      <c r="W39" s="18">
+        <v>651198</v>
+      </c>
+      <c r="X39" s="19"/>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...64 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="5">
+        <v>0</v>
+      </c>
+      <c r="E40" s="4">
+        <v>0</v>
+      </c>
+      <c r="F40" s="4">
+        <v>0</v>
+      </c>
+      <c r="G40" s="4">
+        <v>0</v>
+      </c>
+      <c r="H40" s="4">
+        <v>0</v>
+      </c>
+      <c r="I40" s="4">
+        <v>0</v>
+      </c>
+      <c r="J40" s="4">
+        <v>0</v>
+      </c>
+      <c r="K40" s="4">
+        <v>0</v>
+      </c>
+      <c r="L40" s="5">
+        <v>0</v>
+      </c>
+      <c r="M40" s="4">
+        <v>0</v>
+      </c>
+      <c r="N40" s="4">
+        <v>0</v>
+      </c>
+      <c r="O40" s="5">
+        <v>0</v>
+      </c>
+      <c r="P40" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>0</v>
+      </c>
+      <c r="S40" s="4">
+        <v>0</v>
+      </c>
+      <c r="T40" s="5">
+        <v>0</v>
+      </c>
+      <c r="U40" s="4">
+        <v>0</v>
+      </c>
+      <c r="V40" s="4">
+        <v>0</v>
+      </c>
+      <c r="W40" s="18">
+        <v>0</v>
+      </c>
+      <c r="X40" s="19"/>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...64 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="5">
+        <v>0</v>
+      </c>
+      <c r="E41" s="4">
+        <v>0</v>
+      </c>
+      <c r="F41" s="4">
+        <v>0</v>
+      </c>
+      <c r="G41" s="4">
+        <v>0</v>
+      </c>
+      <c r="H41" s="4">
+        <v>0</v>
+      </c>
+      <c r="I41" s="4">
+        <v>0</v>
+      </c>
+      <c r="J41" s="4">
+        <v>0</v>
+      </c>
+      <c r="K41" s="4">
+        <v>0</v>
+      </c>
+      <c r="L41" s="5">
+        <v>0</v>
+      </c>
+      <c r="M41" s="4">
+        <v>0</v>
+      </c>
+      <c r="N41" s="4">
+        <v>1442000</v>
+      </c>
+      <c r="O41" s="5">
+        <v>0</v>
+      </c>
+      <c r="P41" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>0</v>
+      </c>
+      <c r="R41" s="4">
+        <v>0</v>
+      </c>
+      <c r="S41" s="4">
+        <v>0</v>
+      </c>
+      <c r="T41" s="5">
+        <v>0</v>
+      </c>
+      <c r="U41" s="4">
+        <v>0</v>
+      </c>
+      <c r="V41" s="4">
+        <v>0</v>
+      </c>
+      <c r="W41" s="18">
+        <v>1442000</v>
+      </c>
+      <c r="X41" s="19"/>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...35 lines deleted...]
-      <c r="N41" s="5">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="5">
+        <v>0</v>
+      </c>
+      <c r="E42" s="4">
+        <v>0</v>
+      </c>
+      <c r="F42" s="4">
+        <v>0</v>
+      </c>
+      <c r="G42" s="4">
+        <v>0</v>
+      </c>
+      <c r="H42" s="4">
+        <v>0</v>
+      </c>
+      <c r="I42" s="4">
+        <v>0</v>
+      </c>
+      <c r="J42" s="4">
+        <v>0</v>
+      </c>
+      <c r="K42" s="4">
+        <v>0</v>
+      </c>
+      <c r="L42" s="5">
+        <v>0</v>
+      </c>
+      <c r="M42" s="4">
+        <v>0</v>
+      </c>
+      <c r="N42" s="4">
+        <v>0</v>
+      </c>
+      <c r="O42" s="5">
         <v>16000</v>
       </c>
-      <c r="O41" s="4">
-[...20 lines deleted...]
-      <c r="V41" s="41">
+      <c r="P42" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="4">
+        <v>0</v>
+      </c>
+      <c r="R42" s="4">
+        <v>0</v>
+      </c>
+      <c r="S42" s="4">
+        <v>0</v>
+      </c>
+      <c r="T42" s="5">
+        <v>0</v>
+      </c>
+      <c r="U42" s="4">
+        <v>0</v>
+      </c>
+      <c r="V42" s="4">
+        <v>0</v>
+      </c>
+      <c r="W42" s="18">
         <v>16000</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="X42" s="19"/>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...64 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="5">
+        <v>0</v>
+      </c>
+      <c r="E43" s="4">
+        <v>0</v>
+      </c>
+      <c r="F43" s="4">
+        <v>0</v>
+      </c>
+      <c r="G43" s="4">
+        <v>0</v>
+      </c>
+      <c r="H43" s="4">
+        <v>0</v>
+      </c>
+      <c r="I43" s="4">
+        <v>0</v>
+      </c>
+      <c r="J43" s="4">
+        <v>0</v>
+      </c>
+      <c r="K43" s="4">
+        <v>0</v>
+      </c>
+      <c r="L43" s="5">
+        <v>0</v>
+      </c>
+      <c r="M43" s="4">
+        <v>0</v>
+      </c>
+      <c r="N43" s="4">
+        <v>4314639.21</v>
+      </c>
+      <c r="O43" s="5">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="4">
+        <v>0</v>
+      </c>
+      <c r="R43" s="4">
+        <v>0</v>
+      </c>
+      <c r="S43" s="4">
+        <v>0</v>
+      </c>
+      <c r="T43" s="5">
+        <v>0</v>
+      </c>
+      <c r="U43" s="4">
+        <v>0</v>
+      </c>
+      <c r="V43" s="4">
+        <v>0</v>
+      </c>
+      <c r="W43" s="18">
+        <v>4314639.21</v>
+      </c>
+      <c r="X43" s="19"/>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...64 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="5">
+        <v>0</v>
+      </c>
+      <c r="E44" s="4">
+        <v>0</v>
+      </c>
+      <c r="F44" s="4">
+        <v>0</v>
+      </c>
+      <c r="G44" s="4">
+        <v>0</v>
+      </c>
+      <c r="H44" s="4">
+        <v>0</v>
+      </c>
+      <c r="I44" s="4">
+        <v>0</v>
+      </c>
+      <c r="J44" s="4">
+        <v>0</v>
+      </c>
+      <c r="K44" s="4">
+        <v>0</v>
+      </c>
+      <c r="L44" s="5">
+        <v>0</v>
+      </c>
+      <c r="M44" s="4">
+        <v>0</v>
+      </c>
+      <c r="N44" s="4">
+        <v>493592.9</v>
+      </c>
+      <c r="O44" s="5">
+        <v>10000</v>
+      </c>
+      <c r="P44" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="4">
+        <v>0</v>
+      </c>
+      <c r="R44" s="4">
+        <v>0</v>
+      </c>
+      <c r="S44" s="4">
+        <v>0</v>
+      </c>
+      <c r="T44" s="5">
+        <v>0</v>
+      </c>
+      <c r="U44" s="4">
+        <v>0</v>
+      </c>
+      <c r="V44" s="4">
+        <v>0</v>
+      </c>
+      <c r="W44" s="18">
+        <v>503592.9</v>
+      </c>
+      <c r="X44" s="19"/>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...64 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="5">
+        <v>0</v>
+      </c>
+      <c r="E45" s="4">
+        <v>0</v>
+      </c>
+      <c r="F45" s="4">
+        <v>0</v>
+      </c>
+      <c r="G45" s="4">
+        <v>0</v>
+      </c>
+      <c r="H45" s="4">
+        <v>0</v>
+      </c>
+      <c r="I45" s="4">
+        <v>0</v>
+      </c>
+      <c r="J45" s="4">
+        <v>0</v>
+      </c>
+      <c r="K45" s="4">
+        <v>0</v>
+      </c>
+      <c r="L45" s="5">
+        <v>0</v>
+      </c>
+      <c r="M45" s="4">
+        <v>0</v>
+      </c>
+      <c r="N45" s="4">
+        <v>0</v>
+      </c>
+      <c r="O45" s="5">
+        <v>0</v>
+      </c>
+      <c r="P45" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="4">
+        <v>0</v>
+      </c>
+      <c r="R45" s="4">
+        <v>0</v>
+      </c>
+      <c r="S45" s="4">
+        <v>0</v>
+      </c>
+      <c r="T45" s="5">
+        <v>0</v>
+      </c>
+      <c r="U45" s="4">
+        <v>0</v>
+      </c>
+      <c r="V45" s="4">
+        <v>0</v>
+      </c>
+      <c r="W45" s="18">
+        <v>0</v>
+      </c>
+      <c r="X45" s="19"/>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...64 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="5">
+        <v>0</v>
+      </c>
+      <c r="E46" s="4">
+        <v>0</v>
+      </c>
+      <c r="F46" s="4">
+        <v>0</v>
+      </c>
+      <c r="G46" s="4">
+        <v>0</v>
+      </c>
+      <c r="H46" s="4">
+        <v>0</v>
+      </c>
+      <c r="I46" s="4">
+        <v>0</v>
+      </c>
+      <c r="J46" s="4">
+        <v>0</v>
+      </c>
+      <c r="K46" s="4">
+        <v>0</v>
+      </c>
+      <c r="L46" s="5">
+        <v>0</v>
+      </c>
+      <c r="M46" s="4">
+        <v>0</v>
+      </c>
+      <c r="N46" s="4">
+        <v>13802004.25</v>
+      </c>
+      <c r="O46" s="5">
+        <v>0</v>
+      </c>
+      <c r="P46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="4">
+        <v>0</v>
+      </c>
+      <c r="R46" s="4">
+        <v>0</v>
+      </c>
+      <c r="S46" s="4">
+        <v>0</v>
+      </c>
+      <c r="T46" s="5">
+        <v>0</v>
+      </c>
+      <c r="U46" s="4">
+        <v>3600000</v>
+      </c>
+      <c r="V46" s="4">
+        <v>0</v>
+      </c>
+      <c r="W46" s="18">
+        <v>17402004.25</v>
+      </c>
+      <c r="X46" s="19"/>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...35 lines deleted...]
-      <c r="N46" s="5">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="5">
+        <v>0</v>
+      </c>
+      <c r="E47" s="4">
+        <v>0</v>
+      </c>
+      <c r="F47" s="4">
+        <v>0</v>
+      </c>
+      <c r="G47" s="4">
+        <v>0</v>
+      </c>
+      <c r="H47" s="4">
+        <v>0</v>
+      </c>
+      <c r="I47" s="4">
+        <v>0</v>
+      </c>
+      <c r="J47" s="4">
+        <v>0</v>
+      </c>
+      <c r="K47" s="4">
+        <v>0</v>
+      </c>
+      <c r="L47" s="5">
+        <v>0</v>
+      </c>
+      <c r="M47" s="4">
+        <v>0</v>
+      </c>
+      <c r="N47" s="4">
+        <v>338903.1</v>
+      </c>
+      <c r="O47" s="5">
         <v>83000</v>
       </c>
-      <c r="O46" s="4">
-[...25 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="P47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>0</v>
+      </c>
+      <c r="R47" s="4">
+        <v>0</v>
+      </c>
+      <c r="S47" s="4">
+        <v>0</v>
+      </c>
+      <c r="T47" s="5">
+        <v>0</v>
+      </c>
+      <c r="U47" s="4">
+        <v>0</v>
+      </c>
+      <c r="V47" s="4">
+        <v>0</v>
+      </c>
+      <c r="W47" s="18">
+        <v>421903.1</v>
+      </c>
+      <c r="X47" s="19"/>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...64 lines deleted...]
-      <c r="A48" s="35" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="5">
+        <v>0</v>
+      </c>
+      <c r="E48" s="4">
+        <v>0</v>
+      </c>
+      <c r="F48" s="4">
+        <v>0</v>
+      </c>
+      <c r="G48" s="4">
+        <v>43157.55</v>
+      </c>
+      <c r="H48" s="4">
+        <v>0</v>
+      </c>
+      <c r="I48" s="4">
+        <v>0</v>
+      </c>
+      <c r="J48" s="4">
+        <v>0</v>
+      </c>
+      <c r="K48" s="4">
+        <v>0</v>
+      </c>
+      <c r="L48" s="5">
+        <v>43157.55</v>
+      </c>
+      <c r="M48" s="4">
+        <v>0</v>
+      </c>
+      <c r="N48" s="4">
+        <v>130329.60000000001</v>
+      </c>
+      <c r="O48" s="5">
+        <v>0</v>
+      </c>
+      <c r="P48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>0</v>
+      </c>
+      <c r="R48" s="4">
+        <v>0</v>
+      </c>
+      <c r="S48" s="4">
+        <v>0</v>
+      </c>
+      <c r="T48" s="5">
+        <v>0</v>
+      </c>
+      <c r="U48" s="4">
+        <v>0</v>
+      </c>
+      <c r="V48" s="4">
+        <v>0</v>
+      </c>
+      <c r="W48" s="18">
+        <v>173487.15</v>
+      </c>
+      <c r="X48" s="19"/>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...64 lines deleted...]
-      <c r="A49" s="36" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="7">
+        <v>187609.9</v>
+      </c>
+      <c r="E49" s="6">
+        <v>52232.1</v>
+      </c>
+      <c r="F49" s="6">
+        <v>25</v>
+      </c>
+      <c r="G49" s="6">
+        <v>77188.55</v>
+      </c>
+      <c r="H49" s="6">
+        <v>1005988.26</v>
+      </c>
+      <c r="I49" s="6">
+        <v>401774</v>
+      </c>
+      <c r="J49" s="6">
+        <v>0</v>
+      </c>
+      <c r="K49" s="6">
+        <v>0</v>
+      </c>
+      <c r="L49" s="7">
+        <v>1537207.66</v>
+      </c>
+      <c r="M49" s="6">
+        <v>-55449</v>
+      </c>
+      <c r="N49" s="6">
+        <v>85786948.819999993</v>
+      </c>
+      <c r="O49" s="7">
+        <v>475102</v>
+      </c>
+      <c r="P49" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="6">
+        <v>0</v>
+      </c>
+      <c r="R49" s="6">
+        <v>21000</v>
+      </c>
+      <c r="S49" s="6">
+        <v>0</v>
+      </c>
+      <c r="T49" s="7">
+        <v>21000</v>
+      </c>
+      <c r="U49" s="6">
+        <v>3751125</v>
+      </c>
+      <c r="V49" s="6">
+        <v>0</v>
+      </c>
+      <c r="W49" s="18">
+        <v>91703544.379999995</v>
+      </c>
+      <c r="X49" s="19"/>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="37">
-[...61 lines deleted...]
-      </c>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="9">
+        <v>187609.9</v>
+      </c>
+      <c r="E50" s="8">
+        <v>47419.5</v>
+      </c>
+      <c r="F50" s="8">
+        <v>25</v>
+      </c>
+      <c r="G50" s="8">
+        <v>77188.55</v>
+      </c>
+      <c r="H50" s="8">
+        <v>439122.56</v>
+      </c>
+      <c r="I50" s="8">
+        <v>0</v>
+      </c>
+      <c r="J50" s="8">
+        <v>0</v>
+      </c>
+      <c r="K50" s="8">
+        <v>0</v>
+      </c>
+      <c r="L50" s="9">
+        <v>563755.61</v>
+      </c>
+      <c r="M50" s="8">
+        <v>-55449</v>
+      </c>
+      <c r="N50" s="8">
+        <v>66299764.369999997</v>
+      </c>
+      <c r="O50" s="9">
+        <v>475102</v>
+      </c>
+      <c r="P50" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="8">
+        <v>0</v>
+      </c>
+      <c r="R50" s="8">
+        <v>21000</v>
+      </c>
+      <c r="S50" s="8">
+        <v>0</v>
+      </c>
+      <c r="T50" s="9">
+        <v>21000</v>
+      </c>
+      <c r="U50" s="8">
+        <v>3751125</v>
+      </c>
+      <c r="V50" s="8">
+        <v>0</v>
+      </c>
+      <c r="W50" s="18">
+        <v>71242907.879999995</v>
+      </c>
+      <c r="X50" s="19"/>
+    </row>
+    <row r="52" spans="1:24" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I52" s="44"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="98">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="M2:X2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="W3:X3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="W5:X5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="W6:X6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="W7:X7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="W8:X8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="W9:X9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="W11:X11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="W12:X12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="W13:X13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="W14:X14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="W15:X15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="W16:X16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="W25:X25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="W26:X26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="W27:X27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="W37:X37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="W38:X38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="W40:X40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="W41:X41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="W45:X45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="W46:X46"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="W47:X47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="W48:X48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="W49:X49"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X49"/>
+  <dimension ref="A2:Z50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="22" max="22" width="7.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="10" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="12" width="10" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="6.140625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="16" max="18" width="6.140625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="21" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="6.140625" bestFit="1" customWidth="1"/>
+    <col min="23" max="24" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="17.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="25.5">
-[...28 lines deleted...]
-      <c r="A2" s="8" t="s">
+    <row r="2" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A2" s="29" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+    </row>
+    <row r="3" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A3" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="9" t="s">
+      <c r="B3" s="33"/>
+      <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="11" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="10" t="s">
+      <c r="D3" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="G2" s="10" t="s">
+      <c r="E3" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="H2" s="10" t="s">
+      <c r="F3" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="I2" s="10" t="s">
+      <c r="G3" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="J2" s="10" t="s">
+      <c r="H3" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="K2" s="11" t="s">
+      <c r="I3" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="L2" s="10" t="s">
+      <c r="J3" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="M2" s="10" t="s">
+      <c r="K3" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="N2" s="11" t="s">
+      <c r="L3" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="O2" s="10" t="s">
+      <c r="M3" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="P2" s="10" t="s">
+      <c r="N3" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="Q2" s="10" t="s">
+      <c r="O3" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="R2" s="10" t="s">
+      <c r="P3" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="S2" s="11" t="s">
+      <c r="Q3" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="T2" s="10" t="s">
+      <c r="R3" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="U2" s="10" t="s">
+      <c r="S3" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="V2" s="12" t="s">
+      <c r="T3" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="U3" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="V3" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="W3" s="38" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="X3" s="39"/>
+    </row>
+    <row r="4" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="4">
-[...64 lines deleted...]
-      <c r="A4" s="13" t="s">
+      <c r="B4" s="28"/>
+      <c r="C4" s="4">
+        <v>1166</v>
+      </c>
+      <c r="D4" s="11">
+        <v>0</v>
+      </c>
+      <c r="E4" s="10">
+        <v>0</v>
+      </c>
+      <c r="F4" s="10">
+        <v>0</v>
+      </c>
+      <c r="G4" s="10">
+        <v>0</v>
+      </c>
+      <c r="H4" s="10">
+        <v>0</v>
+      </c>
+      <c r="I4" s="10">
+        <v>0</v>
+      </c>
+      <c r="J4" s="10">
+        <v>0</v>
+      </c>
+      <c r="K4" s="10">
+        <v>0</v>
+      </c>
+      <c r="L4" s="11">
+        <v>0</v>
+      </c>
+      <c r="M4" s="10">
+        <v>0</v>
+      </c>
+      <c r="N4" s="10">
+        <v>340.20111492281302</v>
+      </c>
+      <c r="O4" s="11">
+        <v>270.154373927959</v>
+      </c>
+      <c r="P4" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="10">
+        <v>0</v>
+      </c>
+      <c r="R4" s="10">
+        <v>0</v>
+      </c>
+      <c r="S4" s="10">
+        <v>0</v>
+      </c>
+      <c r="T4" s="11">
+        <v>0</v>
+      </c>
+      <c r="U4" s="10">
+        <v>0</v>
+      </c>
+      <c r="V4" s="10">
+        <v>0</v>
+      </c>
+      <c r="W4" s="40">
+        <v>610.35548885077196</v>
+      </c>
+      <c r="X4" s="19"/>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="4">
-[...64 lines deleted...]
-      <c r="A5" s="13" t="s">
+      <c r="B5" s="28"/>
+      <c r="C5" s="4">
+        <v>2625</v>
+      </c>
+      <c r="D5" s="11">
+        <v>0</v>
+      </c>
+      <c r="E5" s="10">
+        <v>0</v>
+      </c>
+      <c r="F5" s="10">
+        <v>0</v>
+      </c>
+      <c r="G5" s="10">
+        <v>0</v>
+      </c>
+      <c r="H5" s="10">
+        <v>0</v>
+      </c>
+      <c r="I5" s="10">
+        <v>0</v>
+      </c>
+      <c r="J5" s="10">
+        <v>0</v>
+      </c>
+      <c r="K5" s="10">
+        <v>0</v>
+      </c>
+      <c r="L5" s="11">
+        <v>0</v>
+      </c>
+      <c r="M5" s="10">
+        <v>0</v>
+      </c>
+      <c r="N5" s="10">
+        <v>64.629885714284995</v>
+      </c>
+      <c r="O5" s="11">
+        <v>0</v>
+      </c>
+      <c r="P5" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="10">
+        <v>0</v>
+      </c>
+      <c r="R5" s="10">
+        <v>0</v>
+      </c>
+      <c r="S5" s="10">
+        <v>0</v>
+      </c>
+      <c r="T5" s="11">
+        <v>0</v>
+      </c>
+      <c r="U5" s="10">
+        <v>0</v>
+      </c>
+      <c r="V5" s="10">
+        <v>0</v>
+      </c>
+      <c r="W5" s="40">
+        <v>64.629885714284995</v>
+      </c>
+      <c r="X5" s="19"/>
+    </row>
+    <row r="6" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A6" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="4">
-[...64 lines deleted...]
-      <c r="A6" s="13" t="s">
+      <c r="B6" s="28"/>
+      <c r="C6" s="4">
+        <v>1750</v>
+      </c>
+      <c r="D6" s="11">
+        <v>0</v>
+      </c>
+      <c r="E6" s="10">
+        <v>0</v>
+      </c>
+      <c r="F6" s="10">
+        <v>0</v>
+      </c>
+      <c r="G6" s="10">
+        <v>0</v>
+      </c>
+      <c r="H6" s="10">
+        <v>0</v>
+      </c>
+      <c r="I6" s="10">
+        <v>0</v>
+      </c>
+      <c r="J6" s="10">
+        <v>0</v>
+      </c>
+      <c r="K6" s="10">
+        <v>0</v>
+      </c>
+      <c r="L6" s="11">
+        <v>0</v>
+      </c>
+      <c r="M6" s="10">
+        <v>0</v>
+      </c>
+      <c r="N6" s="10">
+        <v>0</v>
+      </c>
+      <c r="O6" s="11">
+        <v>0</v>
+      </c>
+      <c r="P6" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="10">
+        <v>0</v>
+      </c>
+      <c r="R6" s="10">
+        <v>0</v>
+      </c>
+      <c r="S6" s="10">
+        <v>0</v>
+      </c>
+      <c r="T6" s="11">
+        <v>0</v>
+      </c>
+      <c r="U6" s="10">
+        <v>0</v>
+      </c>
+      <c r="V6" s="10">
+        <v>0</v>
+      </c>
+      <c r="W6" s="40">
+        <v>0</v>
+      </c>
+      <c r="X6" s="19"/>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A7" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="4">
+      <c r="B7" s="28"/>
+      <c r="C7" s="4">
         <v>1412</v>
       </c>
-      <c r="C6" s="18">
-[...61 lines deleted...]
-      <c r="A7" s="13" t="s">
+      <c r="D7" s="11">
+        <v>0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>0</v>
+      </c>
+      <c r="L7" s="11">
+        <v>0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>0</v>
+      </c>
+      <c r="O7" s="11">
+        <v>0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>0</v>
+      </c>
+      <c r="R7" s="10">
+        <v>0</v>
+      </c>
+      <c r="S7" s="10">
+        <v>0</v>
+      </c>
+      <c r="T7" s="11">
+        <v>0</v>
+      </c>
+      <c r="U7" s="10">
+        <v>0</v>
+      </c>
+      <c r="V7" s="10">
+        <v>0</v>
+      </c>
+      <c r="W7" s="40">
+        <v>0</v>
+      </c>
+      <c r="X7" s="19"/>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A8" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="4">
-[...64 lines deleted...]
-      <c r="A8" s="13" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="D8" s="11">
+        <v>3.9261876699999999E-4</v>
+      </c>
+      <c r="E8" s="10">
+        <v>0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>0</v>
+      </c>
+      <c r="L8" s="11">
+        <v>0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>387.97243816254399</v>
+      </c>
+      <c r="O8" s="11">
+        <v>0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>0</v>
+      </c>
+      <c r="R8" s="10">
+        <v>0</v>
+      </c>
+      <c r="S8" s="10">
+        <v>0</v>
+      </c>
+      <c r="T8" s="11">
+        <v>0</v>
+      </c>
+      <c r="U8" s="10">
+        <v>0</v>
+      </c>
+      <c r="V8" s="10">
+        <v>0</v>
+      </c>
+      <c r="W8" s="40">
+        <v>387.97283078131102</v>
+      </c>
+      <c r="X8" s="19"/>
+    </row>
+    <row r="9" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A9" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="4">
-[...64 lines deleted...]
-      <c r="A9" s="13" t="s">
+      <c r="B9" s="28"/>
+      <c r="C9" s="4">
+        <v>4104</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0</v>
+      </c>
+      <c r="E9" s="10">
+        <v>0</v>
+      </c>
+      <c r="F9" s="10">
+        <v>0</v>
+      </c>
+      <c r="G9" s="10">
+        <v>0</v>
+      </c>
+      <c r="H9" s="10">
+        <v>0</v>
+      </c>
+      <c r="I9" s="10">
+        <v>0</v>
+      </c>
+      <c r="J9" s="10">
+        <v>0</v>
+      </c>
+      <c r="K9" s="10">
+        <v>0</v>
+      </c>
+      <c r="L9" s="11">
+        <v>0</v>
+      </c>
+      <c r="M9" s="10">
+        <v>0</v>
+      </c>
+      <c r="N9" s="10">
+        <v>180.94578460039</v>
+      </c>
+      <c r="O9" s="11">
+        <v>0</v>
+      </c>
+      <c r="P9" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="10">
+        <v>0</v>
+      </c>
+      <c r="R9" s="10">
+        <v>0</v>
+      </c>
+      <c r="S9" s="10">
+        <v>0</v>
+      </c>
+      <c r="T9" s="11">
+        <v>0</v>
+      </c>
+      <c r="U9" s="10">
+        <v>0</v>
+      </c>
+      <c r="V9" s="10">
+        <v>0</v>
+      </c>
+      <c r="W9" s="40">
+        <v>180.94578460039</v>
+      </c>
+      <c r="X9" s="19"/>
+    </row>
+    <row r="10" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="4">
-[...64 lines deleted...]
-      <c r="A10" s="13" t="s">
+      <c r="B10" s="28"/>
+      <c r="C10" s="4">
+        <v>11158</v>
+      </c>
+      <c r="D10" s="11">
+        <v>0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>4.0329808209350002</v>
+      </c>
+      <c r="F10" s="10">
+        <v>2.2405449E-3</v>
+      </c>
+      <c r="G10" s="10">
+        <v>0</v>
+      </c>
+      <c r="H10" s="10">
+        <v>0</v>
+      </c>
+      <c r="I10" s="10">
+        <v>0</v>
+      </c>
+      <c r="J10" s="10">
+        <v>0</v>
+      </c>
+      <c r="K10" s="10">
+        <v>0</v>
+      </c>
+      <c r="L10" s="11">
+        <v>4.0352213658359997</v>
+      </c>
+      <c r="M10" s="10">
+        <v>0</v>
+      </c>
+      <c r="N10" s="10">
+        <v>67.807156300412004</v>
+      </c>
+      <c r="O10" s="11">
+        <v>0</v>
+      </c>
+      <c r="P10" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>0</v>
+      </c>
+      <c r="R10" s="10">
+        <v>0</v>
+      </c>
+      <c r="S10" s="10">
+        <v>0</v>
+      </c>
+      <c r="T10" s="11">
+        <v>0</v>
+      </c>
+      <c r="U10" s="10">
+        <v>13.544093923642</v>
+      </c>
+      <c r="V10" s="10">
+        <v>0</v>
+      </c>
+      <c r="W10" s="40">
+        <v>85.386471589889993</v>
+      </c>
+      <c r="X10" s="19"/>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A11" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="4">
-[...64 lines deleted...]
-      <c r="A11" s="13" t="s">
+      <c r="B11" s="28"/>
+      <c r="C11" s="4">
+        <v>22707</v>
+      </c>
+      <c r="D11" s="11">
+        <v>4.4039283040472099E-5</v>
+      </c>
+      <c r="E11" s="10">
+        <v>0</v>
+      </c>
+      <c r="F11" s="10">
+        <v>0</v>
+      </c>
+      <c r="G11" s="10">
+        <v>0</v>
+      </c>
+      <c r="H11" s="10">
+        <v>0</v>
+      </c>
+      <c r="I11" s="10">
+        <v>0</v>
+      </c>
+      <c r="J11" s="10">
+        <v>0</v>
+      </c>
+      <c r="K11" s="10">
+        <v>0</v>
+      </c>
+      <c r="L11" s="11">
+        <v>0</v>
+      </c>
+      <c r="M11" s="10">
+        <v>0</v>
+      </c>
+      <c r="N11" s="10">
+        <v>178.90775091381499</v>
+      </c>
+      <c r="O11" s="11">
+        <v>0</v>
+      </c>
+      <c r="P11" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>0</v>
+      </c>
+      <c r="R11" s="10">
+        <v>0</v>
+      </c>
+      <c r="S11" s="10">
+        <v>0</v>
+      </c>
+      <c r="T11" s="11">
+        <v>0</v>
+      </c>
+      <c r="U11" s="10">
+        <v>0</v>
+      </c>
+      <c r="V11" s="10">
+        <v>0</v>
+      </c>
+      <c r="W11" s="40">
+        <v>178.907794953098</v>
+      </c>
+      <c r="X11" s="19"/>
+    </row>
+    <row r="12" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="4">
-[...64 lines deleted...]
-      <c r="A12" s="13" t="s">
+      <c r="B12" s="28"/>
+      <c r="C12" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D12" s="11">
+        <v>0</v>
+      </c>
+      <c r="E12" s="10">
+        <v>0</v>
+      </c>
+      <c r="F12" s="10">
+        <v>0</v>
+      </c>
+      <c r="G12" s="10">
+        <v>0</v>
+      </c>
+      <c r="H12" s="10">
+        <v>0</v>
+      </c>
+      <c r="I12" s="10">
+        <v>0</v>
+      </c>
+      <c r="J12" s="10">
+        <v>0</v>
+      </c>
+      <c r="K12" s="10">
+        <v>0</v>
+      </c>
+      <c r="L12" s="11">
+        <v>0</v>
+      </c>
+      <c r="M12" s="10">
+        <v>0</v>
+      </c>
+      <c r="N12" s="10">
+        <v>0</v>
+      </c>
+      <c r="O12" s="11">
+        <v>0</v>
+      </c>
+      <c r="P12" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>0</v>
+      </c>
+      <c r="R12" s="10">
+        <v>0</v>
+      </c>
+      <c r="S12" s="10">
+        <v>0</v>
+      </c>
+      <c r="T12" s="11">
+        <v>0</v>
+      </c>
+      <c r="U12" s="10">
+        <v>0</v>
+      </c>
+      <c r="V12" s="10">
+        <v>0</v>
+      </c>
+      <c r="W12" s="40">
+        <v>0</v>
+      </c>
+      <c r="X12" s="19"/>
+    </row>
+    <row r="13" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A13" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="4">
-[...64 lines deleted...]
-      <c r="A13" s="13" t="s">
+      <c r="B13" s="28"/>
+      <c r="C13" s="4">
+        <v>870</v>
+      </c>
+      <c r="D13" s="11">
+        <v>24.844712643678001</v>
+      </c>
+      <c r="E13" s="10">
+        <v>0</v>
+      </c>
+      <c r="F13" s="10">
+        <v>0</v>
+      </c>
+      <c r="G13" s="10">
+        <v>0</v>
+      </c>
+      <c r="H13" s="10">
+        <v>0</v>
+      </c>
+      <c r="I13" s="10">
+        <v>0</v>
+      </c>
+      <c r="J13" s="10">
+        <v>0</v>
+      </c>
+      <c r="K13" s="10">
+        <v>0</v>
+      </c>
+      <c r="L13" s="11">
+        <v>0</v>
+      </c>
+      <c r="M13" s="10">
+        <v>0</v>
+      </c>
+      <c r="N13" s="10">
+        <v>0</v>
+      </c>
+      <c r="O13" s="11">
+        <v>0</v>
+      </c>
+      <c r="P13" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>0</v>
+      </c>
+      <c r="R13" s="10">
+        <v>0</v>
+      </c>
+      <c r="S13" s="10">
+        <v>0</v>
+      </c>
+      <c r="T13" s="11">
+        <v>0</v>
+      </c>
+      <c r="U13" s="10">
+        <v>0</v>
+      </c>
+      <c r="V13" s="10">
+        <v>0</v>
+      </c>
+      <c r="W13" s="40">
+        <v>24.844712643678001</v>
+      </c>
+      <c r="X13" s="19"/>
+    </row>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A14" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="4">
-[...64 lines deleted...]
-      <c r="A14" s="13" t="s">
+      <c r="B14" s="28"/>
+      <c r="C14" s="4">
+        <v>1652</v>
+      </c>
+      <c r="D14" s="11">
+        <v>0</v>
+      </c>
+      <c r="E14" s="10">
+        <v>0</v>
+      </c>
+      <c r="F14" s="10">
+        <v>0</v>
+      </c>
+      <c r="G14" s="10">
+        <v>0</v>
+      </c>
+      <c r="H14" s="10">
+        <v>0</v>
+      </c>
+      <c r="I14" s="10">
+        <v>0</v>
+      </c>
+      <c r="J14" s="10">
+        <v>0</v>
+      </c>
+      <c r="K14" s="10">
+        <v>0</v>
+      </c>
+      <c r="L14" s="11">
+        <v>0</v>
+      </c>
+      <c r="M14" s="10">
+        <v>0</v>
+      </c>
+      <c r="N14" s="10">
+        <v>107.44811138014499</v>
+      </c>
+      <c r="O14" s="11">
+        <v>0</v>
+      </c>
+      <c r="P14" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>0</v>
+      </c>
+      <c r="R14" s="10">
+        <v>0</v>
+      </c>
+      <c r="S14" s="10">
+        <v>0</v>
+      </c>
+      <c r="T14" s="11">
+        <v>0</v>
+      </c>
+      <c r="U14" s="10">
+        <v>0</v>
+      </c>
+      <c r="V14" s="10">
+        <v>0</v>
+      </c>
+      <c r="W14" s="40">
+        <v>107.44811138014499</v>
+      </c>
+      <c r="X14" s="19"/>
+    </row>
+    <row r="15" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="4">
-[...64 lines deleted...]
-      <c r="A15" s="13" t="s">
+      <c r="B15" s="28"/>
+      <c r="C15" s="4">
+        <v>14280</v>
+      </c>
+      <c r="D15" s="11">
+        <v>0</v>
+      </c>
+      <c r="E15" s="10">
+        <v>0</v>
+      </c>
+      <c r="F15" s="10">
+        <v>0</v>
+      </c>
+      <c r="G15" s="10">
+        <v>2.383123249299</v>
+      </c>
+      <c r="H15" s="10">
+        <v>0</v>
+      </c>
+      <c r="I15" s="10">
+        <v>0</v>
+      </c>
+      <c r="J15" s="10">
+        <v>0</v>
+      </c>
+      <c r="K15" s="10">
+        <v>0</v>
+      </c>
+      <c r="L15" s="11">
+        <v>2.383123249299</v>
+      </c>
+      <c r="M15" s="10">
+        <v>0</v>
+      </c>
+      <c r="N15" s="10">
+        <v>353.44829551820698</v>
+      </c>
+      <c r="O15" s="11">
+        <v>0</v>
+      </c>
+      <c r="P15" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>0</v>
+      </c>
+      <c r="R15" s="10">
+        <v>0</v>
+      </c>
+      <c r="S15" s="10">
+        <v>0</v>
+      </c>
+      <c r="T15" s="11">
+        <v>0</v>
+      </c>
+      <c r="U15" s="10">
+        <v>0</v>
+      </c>
+      <c r="V15" s="10">
+        <v>0</v>
+      </c>
+      <c r="W15" s="40">
+        <v>355.83141876750699</v>
+      </c>
+      <c r="X15" s="19"/>
+    </row>
+    <row r="16" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A16" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="4">
-[...64 lines deleted...]
-      <c r="A16" s="13" t="s">
+      <c r="B16" s="28"/>
+      <c r="C16" s="4">
+        <v>9588</v>
+      </c>
+      <c r="D16" s="11">
+        <v>0</v>
+      </c>
+      <c r="E16" s="10">
+        <v>0</v>
+      </c>
+      <c r="F16" s="10">
+        <v>0</v>
+      </c>
+      <c r="G16" s="10">
+        <v>0</v>
+      </c>
+      <c r="H16" s="10">
+        <v>0.16901960784299999</v>
+      </c>
+      <c r="I16" s="10">
+        <v>0</v>
+      </c>
+      <c r="J16" s="10">
+        <v>0</v>
+      </c>
+      <c r="K16" s="10">
+        <v>0</v>
+      </c>
+      <c r="L16" s="11">
+        <v>0.16901960784299999</v>
+      </c>
+      <c r="M16" s="10">
+        <v>0</v>
+      </c>
+      <c r="N16" s="10">
+        <v>194.487901543596</v>
+      </c>
+      <c r="O16" s="11">
+        <v>0</v>
+      </c>
+      <c r="P16" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>0</v>
+      </c>
+      <c r="R16" s="10">
+        <v>0</v>
+      </c>
+      <c r="S16" s="10">
+        <v>0</v>
+      </c>
+      <c r="T16" s="11">
+        <v>0</v>
+      </c>
+      <c r="U16" s="10">
+        <v>0</v>
+      </c>
+      <c r="V16" s="10">
+        <v>0</v>
+      </c>
+      <c r="W16" s="40">
+        <v>194.65692115143901</v>
+      </c>
+      <c r="X16" s="19"/>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A17" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="4">
-[...64 lines deleted...]
-      <c r="A17" s="13" t="s">
+      <c r="B17" s="28"/>
+      <c r="C17" s="4">
+        <v>1251</v>
+      </c>
+      <c r="D17" s="11">
+        <v>0</v>
+      </c>
+      <c r="E17" s="10">
+        <v>0</v>
+      </c>
+      <c r="F17" s="10">
+        <v>0</v>
+      </c>
+      <c r="G17" s="10">
+        <v>0</v>
+      </c>
+      <c r="H17" s="10">
+        <v>0</v>
+      </c>
+      <c r="I17" s="10">
+        <v>0</v>
+      </c>
+      <c r="J17" s="10">
+        <v>0</v>
+      </c>
+      <c r="K17" s="10">
+        <v>0</v>
+      </c>
+      <c r="L17" s="11">
+        <v>0</v>
+      </c>
+      <c r="M17" s="10">
+        <v>0</v>
+      </c>
+      <c r="N17" s="10">
+        <v>0</v>
+      </c>
+      <c r="O17" s="11">
+        <v>0</v>
+      </c>
+      <c r="P17" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="10">
+        <v>0</v>
+      </c>
+      <c r="R17" s="10">
+        <v>0</v>
+      </c>
+      <c r="S17" s="10">
+        <v>0</v>
+      </c>
+      <c r="T17" s="11">
+        <v>0</v>
+      </c>
+      <c r="U17" s="10">
+        <v>0</v>
+      </c>
+      <c r="V17" s="10">
+        <v>0</v>
+      </c>
+      <c r="W17" s="40">
+        <v>0</v>
+      </c>
+      <c r="X17" s="19"/>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A18" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="4">
-[...64 lines deleted...]
-      <c r="A18" s="13" t="s">
+      <c r="B18" s="28"/>
+      <c r="C18" s="4">
+        <v>1675</v>
+      </c>
+      <c r="D18" s="11">
+        <v>0</v>
+      </c>
+      <c r="E18" s="10">
+        <v>0</v>
+      </c>
+      <c r="F18" s="10">
+        <v>0</v>
+      </c>
+      <c r="G18" s="10">
+        <v>0</v>
+      </c>
+      <c r="H18" s="10">
+        <v>0</v>
+      </c>
+      <c r="I18" s="10">
+        <v>0</v>
+      </c>
+      <c r="J18" s="10">
+        <v>0</v>
+      </c>
+      <c r="K18" s="10">
+        <v>0</v>
+      </c>
+      <c r="L18" s="11">
+        <v>0</v>
+      </c>
+      <c r="M18" s="10">
+        <v>0</v>
+      </c>
+      <c r="N18" s="10">
+        <v>13.223283582089</v>
+      </c>
+      <c r="O18" s="11">
+        <v>0</v>
+      </c>
+      <c r="P18" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="10">
+        <v>0</v>
+      </c>
+      <c r="R18" s="10">
+        <v>0</v>
+      </c>
+      <c r="S18" s="10">
+        <v>0</v>
+      </c>
+      <c r="T18" s="11">
+        <v>0</v>
+      </c>
+      <c r="U18" s="10">
+        <v>0</v>
+      </c>
+      <c r="V18" s="10">
+        <v>0</v>
+      </c>
+      <c r="W18" s="40">
+        <v>13.223283582089</v>
+      </c>
+      <c r="X18" s="19"/>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A19" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="B18" s="4">
-[...64 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="B19" s="28"/>
+      <c r="C19" s="4">
+        <v>8641</v>
+      </c>
+      <c r="D19" s="11">
+        <v>0</v>
+      </c>
+      <c r="E19" s="10">
+        <v>0</v>
+      </c>
+      <c r="F19" s="10">
+        <v>0</v>
+      </c>
+      <c r="G19" s="10">
+        <v>0</v>
+      </c>
+      <c r="H19" s="10">
+        <v>0</v>
+      </c>
+      <c r="I19" s="10">
+        <v>0</v>
+      </c>
+      <c r="J19" s="10">
+        <v>0</v>
+      </c>
+      <c r="K19" s="10">
+        <v>0</v>
+      </c>
+      <c r="L19" s="11">
+        <v>0</v>
+      </c>
+      <c r="M19" s="10">
+        <v>0</v>
+      </c>
+      <c r="N19" s="10">
+        <v>0</v>
+      </c>
+      <c r="O19" s="11">
+        <v>0</v>
+      </c>
+      <c r="P19" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="10">
+        <v>0</v>
+      </c>
+      <c r="R19" s="10">
+        <v>0</v>
+      </c>
+      <c r="S19" s="10">
+        <v>0</v>
+      </c>
+      <c r="T19" s="11">
+        <v>0</v>
+      </c>
+      <c r="U19" s="10">
+        <v>0</v>
+      </c>
+      <c r="V19" s="10">
+        <v>0</v>
+      </c>
+      <c r="W19" s="40">
+        <v>0</v>
+      </c>
+      <c r="X19" s="19"/>
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A20" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="4">
-[...64 lines deleted...]
-      <c r="A20" s="13" t="s">
+      <c r="B20" s="28"/>
+      <c r="C20" s="4">
+        <v>6010</v>
+      </c>
+      <c r="D20" s="11">
+        <v>0</v>
+      </c>
+      <c r="E20" s="10">
+        <v>0</v>
+      </c>
+      <c r="F20" s="10">
+        <v>0</v>
+      </c>
+      <c r="G20" s="10">
+        <v>0</v>
+      </c>
+      <c r="H20" s="10">
+        <v>72.795673876871007</v>
+      </c>
+      <c r="I20" s="10">
+        <v>0</v>
+      </c>
+      <c r="J20" s="10">
+        <v>0</v>
+      </c>
+      <c r="K20" s="10">
+        <v>0</v>
+      </c>
+      <c r="L20" s="11">
+        <v>72.795673876871007</v>
+      </c>
+      <c r="M20" s="10">
+        <v>0</v>
+      </c>
+      <c r="N20" s="10">
+        <v>29.118136439267001</v>
+      </c>
+      <c r="O20" s="11">
+        <v>0</v>
+      </c>
+      <c r="P20" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>0</v>
+      </c>
+      <c r="R20" s="10">
+        <v>0</v>
+      </c>
+      <c r="S20" s="10">
+        <v>0</v>
+      </c>
+      <c r="T20" s="11">
+        <v>0</v>
+      </c>
+      <c r="U20" s="10">
+        <v>0</v>
+      </c>
+      <c r="V20" s="10">
+        <v>0</v>
+      </c>
+      <c r="W20" s="40">
+        <v>101.91381031614</v>
+      </c>
+      <c r="X20" s="19"/>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A21" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="4">
-[...64 lines deleted...]
-      <c r="A21" s="13" t="s">
+      <c r="B21" s="28"/>
+      <c r="C21" s="4">
+        <v>4569</v>
+      </c>
+      <c r="D21" s="11">
+        <v>0</v>
+      </c>
+      <c r="E21" s="10">
+        <v>0</v>
+      </c>
+      <c r="F21" s="10">
+        <v>0</v>
+      </c>
+      <c r="G21" s="10">
+        <v>0</v>
+      </c>
+      <c r="H21" s="10">
+        <v>0</v>
+      </c>
+      <c r="I21" s="10">
+        <v>0</v>
+      </c>
+      <c r="J21" s="10">
+        <v>0</v>
+      </c>
+      <c r="K21" s="10">
+        <v>0</v>
+      </c>
+      <c r="L21" s="11">
+        <v>0</v>
+      </c>
+      <c r="M21" s="10">
+        <v>0</v>
+      </c>
+      <c r="N21" s="10">
+        <v>55.625541694025003</v>
+      </c>
+      <c r="O21" s="11">
+        <v>0</v>
+      </c>
+      <c r="P21" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="10">
+        <v>0</v>
+      </c>
+      <c r="R21" s="10">
+        <v>0</v>
+      </c>
+      <c r="S21" s="10">
+        <v>0</v>
+      </c>
+      <c r="T21" s="11">
+        <v>0</v>
+      </c>
+      <c r="U21" s="10">
+        <v>0</v>
+      </c>
+      <c r="V21" s="10">
+        <v>0</v>
+      </c>
+      <c r="W21" s="40">
+        <v>55.625541694025003</v>
+      </c>
+      <c r="X21" s="19"/>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="4">
-[...64 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="B22" s="28"/>
+      <c r="C22" s="4">
+        <v>2319</v>
+      </c>
+      <c r="D22" s="11">
+        <v>0</v>
+      </c>
+      <c r="E22" s="10">
+        <v>0</v>
+      </c>
+      <c r="F22" s="10">
+        <v>0</v>
+      </c>
+      <c r="G22" s="10">
+        <v>0</v>
+      </c>
+      <c r="H22" s="10">
+        <v>0</v>
+      </c>
+      <c r="I22" s="10">
+        <v>0</v>
+      </c>
+      <c r="J22" s="10">
+        <v>0</v>
+      </c>
+      <c r="K22" s="10">
+        <v>0</v>
+      </c>
+      <c r="L22" s="11">
+        <v>0</v>
+      </c>
+      <c r="M22" s="10">
+        <v>0</v>
+      </c>
+      <c r="N22" s="10">
+        <v>0</v>
+      </c>
+      <c r="O22" s="11">
+        <v>0</v>
+      </c>
+      <c r="P22" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="10">
+        <v>0</v>
+      </c>
+      <c r="R22" s="10">
+        <v>0</v>
+      </c>
+      <c r="S22" s="10">
+        <v>0</v>
+      </c>
+      <c r="T22" s="11">
+        <v>0</v>
+      </c>
+      <c r="U22" s="10">
+        <v>0</v>
+      </c>
+      <c r="V22" s="10">
+        <v>0</v>
+      </c>
+      <c r="W22" s="40">
+        <v>0</v>
+      </c>
+      <c r="X22" s="19"/>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A23" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="B22" s="4">
-[...64 lines deleted...]
-      <c r="A23" s="13" t="s">
+      <c r="B23" s="28"/>
+      <c r="C23" s="4">
+        <v>1845</v>
+      </c>
+      <c r="D23" s="11">
+        <v>0</v>
+      </c>
+      <c r="E23" s="10">
+        <v>0</v>
+      </c>
+      <c r="F23" s="10">
+        <v>0</v>
+      </c>
+      <c r="G23" s="10">
+        <v>0</v>
+      </c>
+      <c r="H23" s="10">
+        <v>0</v>
+      </c>
+      <c r="I23" s="10">
+        <v>0</v>
+      </c>
+      <c r="J23" s="10">
+        <v>0</v>
+      </c>
+      <c r="K23" s="10">
+        <v>0</v>
+      </c>
+      <c r="L23" s="11">
+        <v>0</v>
+      </c>
+      <c r="M23" s="10">
+        <v>0</v>
+      </c>
+      <c r="N23" s="10">
+        <v>0</v>
+      </c>
+      <c r="O23" s="11">
+        <v>0</v>
+      </c>
+      <c r="P23" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="10">
+        <v>0</v>
+      </c>
+      <c r="R23" s="10">
+        <v>11.382113821138001</v>
+      </c>
+      <c r="S23" s="10">
+        <v>0</v>
+      </c>
+      <c r="T23" s="11">
+        <v>11.382113821138001</v>
+      </c>
+      <c r="U23" s="10">
+        <v>0</v>
+      </c>
+      <c r="V23" s="10">
+        <v>0</v>
+      </c>
+      <c r="W23" s="40">
+        <v>11.382113821138001</v>
+      </c>
+      <c r="X23" s="19"/>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A24" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="4">
-[...64 lines deleted...]
-      <c r="A24" s="13" t="s">
+      <c r="B24" s="28"/>
+      <c r="C24" s="4">
+        <v>208059</v>
+      </c>
+      <c r="D24" s="11">
+        <v>0</v>
+      </c>
+      <c r="E24" s="10">
+        <v>2.3130938819999999E-2</v>
+      </c>
+      <c r="F24" s="10">
+        <v>0</v>
+      </c>
+      <c r="G24" s="10">
+        <v>0</v>
+      </c>
+      <c r="H24" s="10">
+        <v>2.724543038272</v>
+      </c>
+      <c r="I24" s="10">
+        <v>1.9310580171970451</v>
+      </c>
+      <c r="J24" s="10">
+        <v>0</v>
+      </c>
+      <c r="K24" s="10">
+        <v>0</v>
+      </c>
+      <c r="L24" s="11">
+        <v>4.6787307927070003</v>
+      </c>
+      <c r="M24" s="10">
+        <v>0</v>
+      </c>
+      <c r="N24" s="10">
+        <v>93.661819243579004</v>
+      </c>
+      <c r="O24" s="11">
+        <v>0</v>
+      </c>
+      <c r="P24" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="10">
+        <v>0</v>
+      </c>
+      <c r="R24" s="10">
+        <v>0</v>
+      </c>
+      <c r="S24" s="10">
+        <v>0</v>
+      </c>
+      <c r="T24" s="11">
+        <v>0</v>
+      </c>
+      <c r="U24" s="10">
+        <v>0</v>
+      </c>
+      <c r="V24" s="10">
+        <v>0</v>
+      </c>
+      <c r="W24" s="40">
+        <v>98.340550036286999</v>
+      </c>
+      <c r="X24" s="19"/>
+      <c r="Z24" s="45"/>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A25" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="B24" s="4">
-[...64 lines deleted...]
-      <c r="A25" s="13" t="s">
+      <c r="B25" s="28"/>
+      <c r="C25" s="4">
+        <v>2852</v>
+      </c>
+      <c r="D25" s="11">
+        <v>0</v>
+      </c>
+      <c r="E25" s="10">
+        <v>0</v>
+      </c>
+      <c r="F25" s="10">
+        <v>0</v>
+      </c>
+      <c r="G25" s="10">
+        <v>0</v>
+      </c>
+      <c r="H25" s="10">
+        <v>0</v>
+      </c>
+      <c r="I25" s="10">
+        <v>0</v>
+      </c>
+      <c r="J25" s="10">
+        <v>0</v>
+      </c>
+      <c r="K25" s="10">
+        <v>0</v>
+      </c>
+      <c r="L25" s="11">
+        <v>0</v>
+      </c>
+      <c r="M25" s="10">
+        <v>0</v>
+      </c>
+      <c r="N25" s="10">
+        <v>7.1879382889199999</v>
+      </c>
+      <c r="O25" s="11">
+        <v>0</v>
+      </c>
+      <c r="P25" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="10">
+        <v>0</v>
+      </c>
+      <c r="R25" s="10">
+        <v>0</v>
+      </c>
+      <c r="S25" s="10">
+        <v>0</v>
+      </c>
+      <c r="T25" s="11">
+        <v>0</v>
+      </c>
+      <c r="U25" s="10">
+        <v>0</v>
+      </c>
+      <c r="V25" s="10">
+        <v>0</v>
+      </c>
+      <c r="W25" s="40">
+        <v>7.1879382889199999</v>
+      </c>
+      <c r="X25" s="19"/>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A26" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B25" s="4">
-[...64 lines deleted...]
-      <c r="A26" s="13" t="s">
+      <c r="B26" s="28"/>
+      <c r="C26" s="4">
+        <v>12971</v>
+      </c>
+      <c r="D26" s="11">
+        <v>12.796623236449999</v>
+      </c>
+      <c r="E26" s="10">
+        <v>0</v>
+      </c>
+      <c r="F26" s="10">
+        <v>0</v>
+      </c>
+      <c r="G26" s="10">
+        <v>0</v>
+      </c>
+      <c r="H26" s="10">
+        <v>0</v>
+      </c>
+      <c r="I26" s="10">
+        <v>0</v>
+      </c>
+      <c r="J26" s="10">
+        <v>0</v>
+      </c>
+      <c r="K26" s="10">
+        <v>0</v>
+      </c>
+      <c r="L26" s="11">
+        <v>0</v>
+      </c>
+      <c r="M26" s="10">
+        <v>0</v>
+      </c>
+      <c r="N26" s="10">
+        <v>129.368128902937</v>
+      </c>
+      <c r="O26" s="11">
+        <v>0</v>
+      </c>
+      <c r="P26" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="10">
+        <v>0</v>
+      </c>
+      <c r="R26" s="10">
+        <v>0</v>
+      </c>
+      <c r="S26" s="10">
+        <v>0</v>
+      </c>
+      <c r="T26" s="11">
+        <v>0</v>
+      </c>
+      <c r="U26" s="10">
+        <v>0</v>
+      </c>
+      <c r="V26" s="10">
+        <v>0</v>
+      </c>
+      <c r="W26" s="40">
+        <v>142.16475213938801</v>
+      </c>
+      <c r="X26" s="19"/>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A27" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="4">
-[...64 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="B27" s="28"/>
+      <c r="C27" s="4">
+        <v>552</v>
+      </c>
+      <c r="D27" s="11">
+        <v>0</v>
+      </c>
+      <c r="E27" s="10">
+        <v>0</v>
+      </c>
+      <c r="F27" s="10">
+        <v>0</v>
+      </c>
+      <c r="G27" s="10">
+        <v>0</v>
+      </c>
+      <c r="H27" s="10">
+        <v>0</v>
+      </c>
+      <c r="I27" s="10">
+        <v>0</v>
+      </c>
+      <c r="J27" s="10">
+        <v>0</v>
+      </c>
+      <c r="K27" s="10">
+        <v>0</v>
+      </c>
+      <c r="L27" s="11">
+        <v>0</v>
+      </c>
+      <c r="M27" s="10">
+        <v>0</v>
+      </c>
+      <c r="N27" s="10">
+        <v>304.34782608695701</v>
+      </c>
+      <c r="O27" s="11">
+        <v>0</v>
+      </c>
+      <c r="P27" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="10">
+        <v>0</v>
+      </c>
+      <c r="R27" s="10">
+        <v>0</v>
+      </c>
+      <c r="S27" s="10">
+        <v>0</v>
+      </c>
+      <c r="T27" s="11">
+        <v>0</v>
+      </c>
+      <c r="U27" s="10">
+        <v>0</v>
+      </c>
+      <c r="V27" s="10">
+        <v>0</v>
+      </c>
+      <c r="W27" s="40">
+        <v>304.34782608695701</v>
+      </c>
+      <c r="X27" s="19"/>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A28" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="B27" s="4">
-[...64 lines deleted...]
-      <c r="A28" s="13" t="s">
+      <c r="B28" s="28"/>
+      <c r="C28" s="4">
+        <v>1253</v>
+      </c>
+      <c r="D28" s="11">
+        <v>0</v>
+      </c>
+      <c r="E28" s="10">
+        <v>0</v>
+      </c>
+      <c r="F28" s="10">
+        <v>0</v>
+      </c>
+      <c r="G28" s="10">
+        <v>0</v>
+      </c>
+      <c r="H28" s="10">
+        <v>0</v>
+      </c>
+      <c r="I28" s="10">
+        <v>0</v>
+      </c>
+      <c r="J28" s="10">
+        <v>0</v>
+      </c>
+      <c r="K28" s="10">
+        <v>0</v>
+      </c>
+      <c r="L28" s="11">
+        <v>0</v>
+      </c>
+      <c r="M28" s="10">
+        <v>0</v>
+      </c>
+      <c r="N28" s="10">
+        <v>0</v>
+      </c>
+      <c r="O28" s="11">
+        <v>0</v>
+      </c>
+      <c r="P28" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="10">
+        <v>0</v>
+      </c>
+      <c r="R28" s="10">
+        <v>0</v>
+      </c>
+      <c r="S28" s="10">
+        <v>0</v>
+      </c>
+      <c r="T28" s="11">
+        <v>0</v>
+      </c>
+      <c r="U28" s="10">
+        <v>0</v>
+      </c>
+      <c r="V28" s="10">
+        <v>0</v>
+      </c>
+      <c r="W28" s="40">
+        <v>0</v>
+      </c>
+      <c r="X28" s="19"/>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A29" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="4">
-[...64 lines deleted...]
-      <c r="A29" s="13" t="s">
+      <c r="B29" s="28"/>
+      <c r="C29" s="4">
+        <v>1223</v>
+      </c>
+      <c r="D29" s="11">
+        <v>0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>0</v>
+      </c>
+      <c r="F29" s="10">
+        <v>0</v>
+      </c>
+      <c r="G29" s="10">
+        <v>0</v>
+      </c>
+      <c r="H29" s="10">
+        <v>0</v>
+      </c>
+      <c r="I29" s="10">
+        <v>0</v>
+      </c>
+      <c r="J29" s="10">
+        <v>0</v>
+      </c>
+      <c r="K29" s="10">
+        <v>0</v>
+      </c>
+      <c r="L29" s="11">
+        <v>0</v>
+      </c>
+      <c r="M29" s="10">
+        <v>0</v>
+      </c>
+      <c r="N29" s="10">
+        <v>0</v>
+      </c>
+      <c r="O29" s="11">
+        <v>0</v>
+      </c>
+      <c r="P29" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="10">
+        <v>0</v>
+      </c>
+      <c r="R29" s="10">
+        <v>0</v>
+      </c>
+      <c r="S29" s="10">
+        <v>0</v>
+      </c>
+      <c r="T29" s="11">
+        <v>0</v>
+      </c>
+      <c r="U29" s="10">
+        <v>0</v>
+      </c>
+      <c r="V29" s="10">
+        <v>0</v>
+      </c>
+      <c r="W29" s="40">
+        <v>0</v>
+      </c>
+      <c r="X29" s="19"/>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A30" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="4">
-[...64 lines deleted...]
-      <c r="A30" s="13" t="s">
+      <c r="B30" s="28"/>
+      <c r="C30" s="4">
+        <v>710</v>
+      </c>
+      <c r="D30" s="11">
+        <v>0</v>
+      </c>
+      <c r="E30" s="10">
+        <v>0</v>
+      </c>
+      <c r="F30" s="10">
+        <v>0</v>
+      </c>
+      <c r="G30" s="10">
+        <v>0</v>
+      </c>
+      <c r="H30" s="10">
+        <v>0</v>
+      </c>
+      <c r="I30" s="10">
+        <v>0</v>
+      </c>
+      <c r="J30" s="10">
+        <v>0</v>
+      </c>
+      <c r="K30" s="10">
+        <v>0</v>
+      </c>
+      <c r="L30" s="11">
+        <v>0</v>
+      </c>
+      <c r="M30" s="10">
+        <v>0</v>
+      </c>
+      <c r="N30" s="10">
+        <v>0</v>
+      </c>
+      <c r="O30" s="11">
+        <v>0</v>
+      </c>
+      <c r="P30" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="10">
+        <v>0</v>
+      </c>
+      <c r="R30" s="10">
+        <v>0</v>
+      </c>
+      <c r="S30" s="10">
+        <v>0</v>
+      </c>
+      <c r="T30" s="11">
+        <v>0</v>
+      </c>
+      <c r="U30" s="10">
+        <v>0</v>
+      </c>
+      <c r="V30" s="10">
+        <v>0</v>
+      </c>
+      <c r="W30" s="40">
+        <v>0</v>
+      </c>
+      <c r="X30" s="19"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A31" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="4">
-[...64 lines deleted...]
-      <c r="A31" s="13" t="s">
+      <c r="B31" s="28"/>
+      <c r="C31" s="4">
+        <v>37234</v>
+      </c>
+      <c r="D31" s="11">
+        <v>0</v>
+      </c>
+      <c r="E31" s="10">
+        <v>0</v>
+      </c>
+      <c r="F31" s="10">
+        <v>0</v>
+      </c>
+      <c r="G31" s="10">
+        <v>0</v>
+      </c>
+      <c r="H31" s="10">
+        <v>0</v>
+      </c>
+      <c r="I31" s="10">
+        <v>0</v>
+      </c>
+      <c r="J31" s="10">
+        <v>0</v>
+      </c>
+      <c r="K31" s="10">
+        <v>0</v>
+      </c>
+      <c r="L31" s="11">
+        <v>0</v>
+      </c>
+      <c r="M31" s="10">
+        <v>0</v>
+      </c>
+      <c r="N31" s="10">
+        <v>337.27995810280902</v>
+      </c>
+      <c r="O31" s="11">
+        <v>0.87285814040900001</v>
+      </c>
+      <c r="P31" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="10">
+        <v>0</v>
+      </c>
+      <c r="R31" s="10">
+        <v>0</v>
+      </c>
+      <c r="S31" s="10">
+        <v>0</v>
+      </c>
+      <c r="T31" s="11">
+        <v>0</v>
+      </c>
+      <c r="U31" s="10">
+        <v>0</v>
+      </c>
+      <c r="V31" s="10">
+        <v>0</v>
+      </c>
+      <c r="W31" s="40">
+        <v>338.15281624321898</v>
+      </c>
+      <c r="X31" s="19"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A32" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="4">
-[...64 lines deleted...]
-      <c r="A32" s="13" t="s">
+      <c r="B32" s="28"/>
+      <c r="C32" s="4">
+        <v>2070</v>
+      </c>
+      <c r="D32" s="11">
+        <v>0</v>
+      </c>
+      <c r="E32" s="10">
+        <v>1.1688405797100001</v>
+      </c>
+      <c r="F32" s="10">
+        <v>0</v>
+      </c>
+      <c r="G32" s="10">
+        <v>0</v>
+      </c>
+      <c r="H32" s="10">
+        <v>0</v>
+      </c>
+      <c r="I32" s="10">
+        <v>0</v>
+      </c>
+      <c r="J32" s="10">
+        <v>0</v>
+      </c>
+      <c r="K32" s="10">
+        <v>0</v>
+      </c>
+      <c r="L32" s="11">
+        <v>1.1688405797100001</v>
+      </c>
+      <c r="M32" s="10">
+        <v>0</v>
+      </c>
+      <c r="N32" s="10">
+        <v>289.78099033816397</v>
+      </c>
+      <c r="O32" s="11">
+        <v>0</v>
+      </c>
+      <c r="P32" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="10">
+        <v>0</v>
+      </c>
+      <c r="R32" s="10">
+        <v>0</v>
+      </c>
+      <c r="S32" s="10">
+        <v>0</v>
+      </c>
+      <c r="T32" s="11">
+        <v>0</v>
+      </c>
+      <c r="U32" s="10">
+        <v>0</v>
+      </c>
+      <c r="V32" s="10">
+        <v>0</v>
+      </c>
+      <c r="W32" s="40">
+        <v>290.94983091787401</v>
+      </c>
+      <c r="X32" s="19"/>
+    </row>
+    <row r="33" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A33" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="4">
-[...64 lines deleted...]
-      <c r="A33" s="13" t="s">
+      <c r="B33" s="28"/>
+      <c r="C33" s="4">
+        <v>27000</v>
+      </c>
+      <c r="D33" s="11">
+        <v>2.9629629599999999E-4</v>
+      </c>
+      <c r="E33" s="10">
+        <v>0</v>
+      </c>
+      <c r="F33" s="10">
+        <v>0</v>
+      </c>
+      <c r="G33" s="10">
+        <v>0</v>
+      </c>
+      <c r="H33" s="10">
+        <v>0</v>
+      </c>
+      <c r="I33" s="10">
+        <v>0</v>
+      </c>
+      <c r="J33" s="10">
+        <v>0</v>
+      </c>
+      <c r="K33" s="10">
+        <v>0</v>
+      </c>
+      <c r="L33" s="11">
+        <v>0</v>
+      </c>
+      <c r="M33" s="10">
+        <v>0</v>
+      </c>
+      <c r="N33" s="10">
+        <v>43.743912962963002</v>
+      </c>
+      <c r="O33" s="11">
+        <v>0</v>
+      </c>
+      <c r="P33" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="10">
+        <v>0</v>
+      </c>
+      <c r="R33" s="10">
+        <v>0</v>
+      </c>
+      <c r="S33" s="10">
+        <v>0</v>
+      </c>
+      <c r="T33" s="11">
+        <v>0</v>
+      </c>
+      <c r="U33" s="10">
+        <v>0</v>
+      </c>
+      <c r="V33" s="10">
+        <v>0</v>
+      </c>
+      <c r="W33" s="40">
+        <v>43.744209259259001</v>
+      </c>
+      <c r="X33" s="19"/>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A34" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="B33" s="4">
-[...64 lines deleted...]
-      <c r="A34" s="13" t="s">
+      <c r="B34" s="28"/>
+      <c r="C34" s="4">
+        <v>18943</v>
+      </c>
+      <c r="D34" s="11">
+        <v>0</v>
+      </c>
+      <c r="E34" s="10">
+        <v>0</v>
+      </c>
+      <c r="F34" s="10">
+        <v>0</v>
+      </c>
+      <c r="G34" s="10">
+        <v>0</v>
+      </c>
+      <c r="H34" s="10">
+        <v>0</v>
+      </c>
+      <c r="I34" s="10">
+        <v>0</v>
+      </c>
+      <c r="J34" s="10">
+        <v>0</v>
+      </c>
+      <c r="K34" s="10">
+        <v>0</v>
+      </c>
+      <c r="L34" s="11">
+        <v>0</v>
+      </c>
+      <c r="M34" s="10">
+        <v>-2.927149870664</v>
+      </c>
+      <c r="N34" s="10">
+        <v>4.8302618381459999</v>
+      </c>
+      <c r="O34" s="11">
+        <v>0</v>
+      </c>
+      <c r="P34" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="10">
+        <v>0</v>
+      </c>
+      <c r="R34" s="10">
+        <v>0</v>
+      </c>
+      <c r="S34" s="10">
+        <v>0</v>
+      </c>
+      <c r="T34" s="11">
+        <v>0</v>
+      </c>
+      <c r="U34" s="10">
+        <v>0</v>
+      </c>
+      <c r="V34" s="10">
+        <v>0</v>
+      </c>
+      <c r="W34" s="40">
+        <v>1.903111967481</v>
+      </c>
+      <c r="X34" s="19"/>
+    </row>
+    <row r="35" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A35" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="B34" s="4">
-[...64 lines deleted...]
-      <c r="A35" s="13" t="s">
+      <c r="B35" s="28"/>
+      <c r="C35" s="4">
+        <v>3310</v>
+      </c>
+      <c r="D35" s="11">
+        <v>0</v>
+      </c>
+      <c r="E35" s="10">
+        <v>0</v>
+      </c>
+      <c r="F35" s="10">
+        <v>0</v>
+      </c>
+      <c r="G35" s="10">
+        <v>0</v>
+      </c>
+      <c r="H35" s="10">
+        <v>0</v>
+      </c>
+      <c r="I35" s="10">
+        <v>0</v>
+      </c>
+      <c r="J35" s="10">
+        <v>0</v>
+      </c>
+      <c r="K35" s="10">
+        <v>0</v>
+      </c>
+      <c r="L35" s="11">
+        <v>0</v>
+      </c>
+      <c r="M35" s="10">
+        <v>0</v>
+      </c>
+      <c r="N35" s="10">
+        <v>0</v>
+      </c>
+      <c r="O35" s="11">
+        <v>0</v>
+      </c>
+      <c r="P35" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="10">
+        <v>0</v>
+      </c>
+      <c r="R35" s="10">
+        <v>0</v>
+      </c>
+      <c r="S35" s="10">
+        <v>0</v>
+      </c>
+      <c r="T35" s="11">
+        <v>0</v>
+      </c>
+      <c r="U35" s="10">
+        <v>0</v>
+      </c>
+      <c r="V35" s="10">
+        <v>0</v>
+      </c>
+      <c r="W35" s="40">
+        <v>0</v>
+      </c>
+      <c r="X35" s="19"/>
+    </row>
+    <row r="36" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A36" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="4">
-[...64 lines deleted...]
-      <c r="A36" s="13" t="s">
+      <c r="B36" s="28"/>
+      <c r="C36" s="4">
+        <v>12180</v>
+      </c>
+      <c r="D36" s="11">
+        <v>0</v>
+      </c>
+      <c r="E36" s="10">
+        <v>0</v>
+      </c>
+      <c r="F36" s="10">
+        <v>0</v>
+      </c>
+      <c r="G36" s="10">
+        <v>0</v>
+      </c>
+      <c r="H36" s="10">
+        <v>0</v>
+      </c>
+      <c r="I36" s="10">
+        <v>0</v>
+      </c>
+      <c r="J36" s="10">
+        <v>0</v>
+      </c>
+      <c r="K36" s="10">
+        <v>0</v>
+      </c>
+      <c r="L36" s="11">
+        <v>0</v>
+      </c>
+      <c r="M36" s="10">
+        <v>0</v>
+      </c>
+      <c r="N36" s="10">
+        <v>1164.3273858784901</v>
+      </c>
+      <c r="O36" s="11">
+        <v>0</v>
+      </c>
+      <c r="P36" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="10">
+        <v>0</v>
+      </c>
+      <c r="R36" s="10">
+        <v>0</v>
+      </c>
+      <c r="S36" s="10">
+        <v>0</v>
+      </c>
+      <c r="T36" s="11">
+        <v>0</v>
+      </c>
+      <c r="U36" s="10">
+        <v>0</v>
+      </c>
+      <c r="V36" s="10">
+        <v>0</v>
+      </c>
+      <c r="W36" s="40">
+        <v>1164.3273858784901</v>
+      </c>
+      <c r="X36" s="19"/>
+    </row>
+    <row r="37" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A37" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="4">
-[...64 lines deleted...]
-      <c r="A37" s="13" t="s">
+      <c r="B37" s="28"/>
+      <c r="C37" s="4">
+        <v>4113</v>
+      </c>
+      <c r="D37" s="11">
+        <v>0</v>
+      </c>
+      <c r="E37" s="10">
+        <v>0</v>
+      </c>
+      <c r="F37" s="10">
+        <v>0</v>
+      </c>
+      <c r="G37" s="10">
+        <v>0</v>
+      </c>
+      <c r="H37" s="10">
+        <v>0</v>
+      </c>
+      <c r="I37" s="10">
+        <v>0</v>
+      </c>
+      <c r="J37" s="10">
+        <v>0</v>
+      </c>
+      <c r="K37" s="10">
+        <v>0</v>
+      </c>
+      <c r="L37" s="11">
+        <v>0</v>
+      </c>
+      <c r="M37" s="10">
+        <v>0</v>
+      </c>
+      <c r="N37" s="10">
+        <v>2.4313153415989999</v>
+      </c>
+      <c r="O37" s="11">
+        <v>0</v>
+      </c>
+      <c r="P37" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="10">
+        <v>0</v>
+      </c>
+      <c r="R37" s="10">
+        <v>0</v>
+      </c>
+      <c r="S37" s="10">
+        <v>0</v>
+      </c>
+      <c r="T37" s="11">
+        <v>0</v>
+      </c>
+      <c r="U37" s="10">
+        <v>0</v>
+      </c>
+      <c r="V37" s="10">
+        <v>0</v>
+      </c>
+      <c r="W37" s="40">
+        <v>2.4313153415989999</v>
+      </c>
+      <c r="X37" s="19"/>
+    </row>
+    <row r="38" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="4">
-[...64 lines deleted...]
-      <c r="A38" s="13" t="s">
+      <c r="B38" s="28"/>
+      <c r="C38" s="4">
+        <v>722</v>
+      </c>
+      <c r="D38" s="11">
+        <v>0</v>
+      </c>
+      <c r="E38" s="10">
+        <v>0</v>
+      </c>
+      <c r="F38" s="10">
+        <v>0</v>
+      </c>
+      <c r="G38" s="10">
+        <v>0</v>
+      </c>
+      <c r="H38" s="10">
+        <v>0</v>
+      </c>
+      <c r="I38" s="10">
+        <v>0</v>
+      </c>
+      <c r="J38" s="10">
+        <v>0</v>
+      </c>
+      <c r="K38" s="10">
+        <v>0</v>
+      </c>
+      <c r="L38" s="11">
+        <v>0</v>
+      </c>
+      <c r="M38" s="10">
+        <v>0</v>
+      </c>
+      <c r="N38" s="10">
+        <v>0</v>
+      </c>
+      <c r="O38" s="11">
+        <v>0</v>
+      </c>
+      <c r="P38" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="10">
+        <v>0</v>
+      </c>
+      <c r="R38" s="10">
+        <v>0</v>
+      </c>
+      <c r="S38" s="10">
+        <v>0</v>
+      </c>
+      <c r="T38" s="11">
+        <v>0</v>
+      </c>
+      <c r="U38" s="10">
+        <v>0</v>
+      </c>
+      <c r="V38" s="10">
+        <v>0</v>
+      </c>
+      <c r="W38" s="40">
+        <v>0</v>
+      </c>
+      <c r="X38" s="19"/>
+    </row>
+    <row r="39" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A39" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="4">
-[...64 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B39" s="28"/>
+      <c r="C39" s="4">
+        <v>2624</v>
+      </c>
+      <c r="D39" s="11">
+        <v>0</v>
+      </c>
+      <c r="E39" s="10">
+        <v>0</v>
+      </c>
+      <c r="F39" s="10">
+        <v>0</v>
+      </c>
+      <c r="G39" s="10">
+        <v>0</v>
+      </c>
+      <c r="H39" s="10">
+        <v>0</v>
+      </c>
+      <c r="I39" s="10">
+        <v>0</v>
+      </c>
+      <c r="J39" s="10">
+        <v>0</v>
+      </c>
+      <c r="K39" s="10">
+        <v>0</v>
+      </c>
+      <c r="L39" s="11">
+        <v>0</v>
+      </c>
+      <c r="M39" s="10">
+        <v>0</v>
+      </c>
+      <c r="N39" s="10">
+        <v>241.08079268292701</v>
+      </c>
+      <c r="O39" s="11">
+        <v>7.0891768292680002</v>
+      </c>
+      <c r="P39" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="10">
+        <v>0</v>
+      </c>
+      <c r="R39" s="10">
+        <v>0</v>
+      </c>
+      <c r="S39" s="10">
+        <v>0</v>
+      </c>
+      <c r="T39" s="11">
+        <v>0</v>
+      </c>
+      <c r="U39" s="10">
+        <v>0</v>
+      </c>
+      <c r="V39" s="10">
+        <v>0</v>
+      </c>
+      <c r="W39" s="40">
+        <v>248.169969512195</v>
+      </c>
+      <c r="X39" s="19"/>
+    </row>
+    <row r="40" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A40" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="B39" s="4">
-[...64 lines deleted...]
-      <c r="A40" s="13" t="s">
+      <c r="B40" s="28"/>
+      <c r="C40" s="4">
+        <v>545</v>
+      </c>
+      <c r="D40" s="11">
+        <v>0</v>
+      </c>
+      <c r="E40" s="10">
+        <v>0</v>
+      </c>
+      <c r="F40" s="10">
+        <v>0</v>
+      </c>
+      <c r="G40" s="10">
+        <v>0</v>
+      </c>
+      <c r="H40" s="10">
+        <v>0</v>
+      </c>
+      <c r="I40" s="10">
+        <v>0</v>
+      </c>
+      <c r="J40" s="10">
+        <v>0</v>
+      </c>
+      <c r="K40" s="10">
+        <v>0</v>
+      </c>
+      <c r="L40" s="11">
+        <v>0</v>
+      </c>
+      <c r="M40" s="10">
+        <v>0</v>
+      </c>
+      <c r="N40" s="10">
+        <v>0</v>
+      </c>
+      <c r="O40" s="11">
+        <v>0</v>
+      </c>
+      <c r="P40" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="10">
+        <v>0</v>
+      </c>
+      <c r="R40" s="10">
+        <v>0</v>
+      </c>
+      <c r="S40" s="10">
+        <v>0</v>
+      </c>
+      <c r="T40" s="11">
+        <v>0</v>
+      </c>
+      <c r="U40" s="10">
+        <v>0</v>
+      </c>
+      <c r="V40" s="10">
+        <v>0</v>
+      </c>
+      <c r="W40" s="40">
+        <v>0</v>
+      </c>
+      <c r="X40" s="19"/>
+    </row>
+    <row r="41" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A41" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="B40" s="4">
-[...64 lines deleted...]
-      <c r="A41" s="13" t="s">
+      <c r="B41" s="28"/>
+      <c r="C41" s="4">
+        <v>4759</v>
+      </c>
+      <c r="D41" s="11">
+        <v>0</v>
+      </c>
+      <c r="E41" s="10">
+        <v>0</v>
+      </c>
+      <c r="F41" s="10">
+        <v>0</v>
+      </c>
+      <c r="G41" s="10">
+        <v>0</v>
+      </c>
+      <c r="H41" s="10">
+        <v>0</v>
+      </c>
+      <c r="I41" s="10">
+        <v>0</v>
+      </c>
+      <c r="J41" s="10">
+        <v>0</v>
+      </c>
+      <c r="K41" s="10">
+        <v>0</v>
+      </c>
+      <c r="L41" s="11">
+        <v>0</v>
+      </c>
+      <c r="M41" s="10">
+        <v>0</v>
+      </c>
+      <c r="N41" s="10">
+        <v>303.004832948098</v>
+      </c>
+      <c r="O41" s="11">
+        <v>0</v>
+      </c>
+      <c r="P41" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="10">
+        <v>0</v>
+      </c>
+      <c r="R41" s="10">
+        <v>0</v>
+      </c>
+      <c r="S41" s="10">
+        <v>0</v>
+      </c>
+      <c r="T41" s="11">
+        <v>0</v>
+      </c>
+      <c r="U41" s="10">
+        <v>0</v>
+      </c>
+      <c r="V41" s="10">
+        <v>0</v>
+      </c>
+      <c r="W41" s="40">
+        <v>303.004832948098</v>
+      </c>
+      <c r="X41" s="19"/>
+    </row>
+    <row r="42" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A42" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="B41" s="4">
-[...64 lines deleted...]
-      <c r="A42" s="13" t="s">
+      <c r="B42" s="28"/>
+      <c r="C42" s="4">
+        <v>942</v>
+      </c>
+      <c r="D42" s="11">
+        <v>0</v>
+      </c>
+      <c r="E42" s="10">
+        <v>0</v>
+      </c>
+      <c r="F42" s="10">
+        <v>0</v>
+      </c>
+      <c r="G42" s="10">
+        <v>0</v>
+      </c>
+      <c r="H42" s="10">
+        <v>0</v>
+      </c>
+      <c r="I42" s="10">
+        <v>0</v>
+      </c>
+      <c r="J42" s="10">
+        <v>0</v>
+      </c>
+      <c r="K42" s="10">
+        <v>0</v>
+      </c>
+      <c r="L42" s="11">
+        <v>0</v>
+      </c>
+      <c r="M42" s="10">
+        <v>0</v>
+      </c>
+      <c r="N42" s="10">
+        <v>0</v>
+      </c>
+      <c r="O42" s="11">
+        <v>16.985138004246</v>
+      </c>
+      <c r="P42" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="10">
+        <v>0</v>
+      </c>
+      <c r="R42" s="10">
+        <v>0</v>
+      </c>
+      <c r="S42" s="10">
+        <v>0</v>
+      </c>
+      <c r="T42" s="11">
+        <v>0</v>
+      </c>
+      <c r="U42" s="10">
+        <v>0</v>
+      </c>
+      <c r="V42" s="10">
+        <v>0</v>
+      </c>
+      <c r="W42" s="40">
+        <v>16.985138004246</v>
+      </c>
+      <c r="X42" s="19"/>
+    </row>
+    <row r="43" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A43" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="B42" s="4">
-[...64 lines deleted...]
-      <c r="A43" s="13" t="s">
+      <c r="B43" s="28"/>
+      <c r="C43" s="4">
+        <v>16888</v>
+      </c>
+      <c r="D43" s="11">
+        <v>0</v>
+      </c>
+      <c r="E43" s="10">
+        <v>0</v>
+      </c>
+      <c r="F43" s="10">
+        <v>0</v>
+      </c>
+      <c r="G43" s="10">
+        <v>0</v>
+      </c>
+      <c r="H43" s="10">
+        <v>0</v>
+      </c>
+      <c r="I43" s="10">
+        <v>0</v>
+      </c>
+      <c r="J43" s="10">
+        <v>0</v>
+      </c>
+      <c r="K43" s="10">
+        <v>0</v>
+      </c>
+      <c r="L43" s="11">
+        <v>0</v>
+      </c>
+      <c r="M43" s="10">
+        <v>0</v>
+      </c>
+      <c r="N43" s="10">
+        <v>255.48550509237299</v>
+      </c>
+      <c r="O43" s="11">
+        <v>0</v>
+      </c>
+      <c r="P43" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="10">
+        <v>0</v>
+      </c>
+      <c r="R43" s="10">
+        <v>0</v>
+      </c>
+      <c r="S43" s="10">
+        <v>0</v>
+      </c>
+      <c r="T43" s="11">
+        <v>0</v>
+      </c>
+      <c r="U43" s="10">
+        <v>0</v>
+      </c>
+      <c r="V43" s="10">
+        <v>0</v>
+      </c>
+      <c r="W43" s="40">
+        <v>255.48550509237299</v>
+      </c>
+      <c r="X43" s="19"/>
+    </row>
+    <row r="44" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A44" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="B43" s="4">
-[...64 lines deleted...]
-      <c r="A44" s="13" t="s">
+      <c r="B44" s="28"/>
+      <c r="C44" s="4">
+        <v>3151</v>
+      </c>
+      <c r="D44" s="11">
+        <v>0</v>
+      </c>
+      <c r="E44" s="10">
+        <v>0</v>
+      </c>
+      <c r="F44" s="10">
+        <v>0</v>
+      </c>
+      <c r="G44" s="10">
+        <v>0</v>
+      </c>
+      <c r="H44" s="10">
+        <v>0</v>
+      </c>
+      <c r="I44" s="10">
+        <v>0</v>
+      </c>
+      <c r="J44" s="10">
+        <v>0</v>
+      </c>
+      <c r="K44" s="10">
+        <v>0</v>
+      </c>
+      <c r="L44" s="11">
+        <v>0</v>
+      </c>
+      <c r="M44" s="10">
+        <v>0</v>
+      </c>
+      <c r="N44" s="10">
+        <v>156.64642970485599</v>
+      </c>
+      <c r="O44" s="11">
+        <v>3.1735956839089998</v>
+      </c>
+      <c r="P44" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="10">
+        <v>0</v>
+      </c>
+      <c r="R44" s="10">
+        <v>0</v>
+      </c>
+      <c r="S44" s="10">
+        <v>0</v>
+      </c>
+      <c r="T44" s="11">
+        <v>0</v>
+      </c>
+      <c r="U44" s="10">
+        <v>0</v>
+      </c>
+      <c r="V44" s="10">
+        <v>0</v>
+      </c>
+      <c r="W44" s="40">
+        <v>159.820025388765</v>
+      </c>
+      <c r="X44" s="19"/>
+    </row>
+    <row r="45" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A45" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="B44" s="4">
-[...64 lines deleted...]
-      <c r="A45" s="13" t="s">
+      <c r="B45" s="28"/>
+      <c r="C45" s="4">
+        <v>3062</v>
+      </c>
+      <c r="D45" s="11">
+        <v>0</v>
+      </c>
+      <c r="E45" s="10">
+        <v>0</v>
+      </c>
+      <c r="F45" s="10">
+        <v>0</v>
+      </c>
+      <c r="G45" s="10">
+        <v>0</v>
+      </c>
+      <c r="H45" s="10">
+        <v>0</v>
+      </c>
+      <c r="I45" s="10">
+        <v>0</v>
+      </c>
+      <c r="J45" s="10">
+        <v>0</v>
+      </c>
+      <c r="K45" s="10">
+        <v>0</v>
+      </c>
+      <c r="L45" s="11">
+        <v>0</v>
+      </c>
+      <c r="M45" s="10">
+        <v>0</v>
+      </c>
+      <c r="N45" s="10">
+        <v>0</v>
+      </c>
+      <c r="O45" s="11">
+        <v>0</v>
+      </c>
+      <c r="P45" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="10">
+        <v>0</v>
+      </c>
+      <c r="R45" s="10">
+        <v>0</v>
+      </c>
+      <c r="S45" s="10">
+        <v>0</v>
+      </c>
+      <c r="T45" s="11">
+        <v>0</v>
+      </c>
+      <c r="U45" s="10">
+        <v>0</v>
+      </c>
+      <c r="V45" s="10">
+        <v>0</v>
+      </c>
+      <c r="W45" s="40">
+        <v>0</v>
+      </c>
+      <c r="X45" s="19"/>
+    </row>
+    <row r="46" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A46" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="4">
-[...64 lines deleted...]
-      <c r="A46" s="13" t="s">
+      <c r="B46" s="28"/>
+      <c r="C46" s="4">
+        <v>37867</v>
+      </c>
+      <c r="D46" s="11">
+        <v>0</v>
+      </c>
+      <c r="E46" s="10">
+        <v>0</v>
+      </c>
+      <c r="F46" s="10">
+        <v>0</v>
+      </c>
+      <c r="G46" s="10">
+        <v>0</v>
+      </c>
+      <c r="H46" s="10">
+        <v>0</v>
+      </c>
+      <c r="I46" s="10">
+        <v>0</v>
+      </c>
+      <c r="J46" s="10">
+        <v>0</v>
+      </c>
+      <c r="K46" s="10">
+        <v>0</v>
+      </c>
+      <c r="L46" s="11">
+        <v>0</v>
+      </c>
+      <c r="M46" s="10">
+        <v>0</v>
+      </c>
+      <c r="N46" s="10">
+        <v>364.48634034911697</v>
+      </c>
+      <c r="O46" s="11">
+        <v>0</v>
+      </c>
+      <c r="P46" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="10">
+        <v>0</v>
+      </c>
+      <c r="R46" s="10">
+        <v>0</v>
+      </c>
+      <c r="S46" s="10">
+        <v>0</v>
+      </c>
+      <c r="T46" s="11">
+        <v>0</v>
+      </c>
+      <c r="U46" s="10">
+        <v>95.069585655054993</v>
+      </c>
+      <c r="V46" s="10">
+        <v>0</v>
+      </c>
+      <c r="W46" s="40">
+        <v>459.55592600417202</v>
+      </c>
+      <c r="X46" s="19"/>
+    </row>
+    <row r="47" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A47" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="4">
-[...64 lines deleted...]
-      <c r="A47" s="13" t="s">
+      <c r="B47" s="28"/>
+      <c r="C47" s="4">
+        <v>13928</v>
+      </c>
+      <c r="D47" s="11">
+        <v>0</v>
+      </c>
+      <c r="E47" s="10">
+        <v>0</v>
+      </c>
+      <c r="F47" s="10">
+        <v>0</v>
+      </c>
+      <c r="G47" s="10">
+        <v>0</v>
+      </c>
+      <c r="H47" s="10">
+        <v>0</v>
+      </c>
+      <c r="I47" s="10">
+        <v>0</v>
+      </c>
+      <c r="J47" s="10">
+        <v>0</v>
+      </c>
+      <c r="K47" s="10">
+        <v>0</v>
+      </c>
+      <c r="L47" s="11">
+        <v>0</v>
+      </c>
+      <c r="M47" s="10">
+        <v>0</v>
+      </c>
+      <c r="N47" s="10">
+        <v>24.332502871911998</v>
+      </c>
+      <c r="O47" s="11">
+        <v>5.9592188397469998</v>
+      </c>
+      <c r="P47" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="10">
+        <v>0</v>
+      </c>
+      <c r="R47" s="10">
+        <v>0</v>
+      </c>
+      <c r="S47" s="10">
+        <v>0</v>
+      </c>
+      <c r="T47" s="11">
+        <v>0</v>
+      </c>
+      <c r="U47" s="10">
+        <v>0</v>
+      </c>
+      <c r="V47" s="10">
+        <v>0</v>
+      </c>
+      <c r="W47" s="40">
+        <v>30.291721711659999</v>
+      </c>
+      <c r="X47" s="19"/>
+    </row>
+    <row r="48" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A48" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="4">
-[...64 lines deleted...]
-      <c r="A48" s="14" t="s">
+      <c r="B48" s="28"/>
+      <c r="C48" s="4">
+        <v>12076</v>
+      </c>
+      <c r="D48" s="11">
+        <v>0</v>
+      </c>
+      <c r="E48" s="10">
+        <v>0</v>
+      </c>
+      <c r="F48" s="10">
+        <v>0</v>
+      </c>
+      <c r="G48" s="10">
+        <v>3.5738282543879998</v>
+      </c>
+      <c r="H48" s="10">
+        <v>0</v>
+      </c>
+      <c r="I48" s="10">
+        <v>0</v>
+      </c>
+      <c r="J48" s="10">
+        <v>0</v>
+      </c>
+      <c r="K48" s="10">
+        <v>0</v>
+      </c>
+      <c r="L48" s="11">
+        <v>3.5738282543879998</v>
+      </c>
+      <c r="M48" s="10">
+        <v>0</v>
+      </c>
+      <c r="N48" s="10">
+        <v>10.792447830406999</v>
+      </c>
+      <c r="O48" s="11">
+        <v>0</v>
+      </c>
+      <c r="P48" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="10">
+        <v>0</v>
+      </c>
+      <c r="R48" s="10">
+        <v>0</v>
+      </c>
+      <c r="S48" s="10">
+        <v>0</v>
+      </c>
+      <c r="T48" s="11">
+        <v>0</v>
+      </c>
+      <c r="U48" s="10">
+        <v>0</v>
+      </c>
+      <c r="V48" s="10">
+        <v>0</v>
+      </c>
+      <c r="W48" s="40">
+        <v>14.366276084796</v>
+      </c>
+      <c r="X48" s="19"/>
+    </row>
+    <row r="49" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A49" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B48" s="6">
-[...65 lines deleted...]
-      <c r="A49" s="15" t="s">
+      <c r="B49" s="19"/>
+      <c r="C49" s="6">
+        <v>530246</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.35381671903200002</v>
+      </c>
+      <c r="E49" s="12">
+        <v>9.8505410695999995E-2</v>
+      </c>
+      <c r="F49" s="12">
+        <v>4.7147927565695897E-5</v>
+      </c>
+      <c r="G49" s="12">
+        <v>0.14557120657200001</v>
+      </c>
+      <c r="H49" s="12">
+        <v>1.897210464576</v>
+      </c>
+      <c r="I49" s="12">
+        <v>1.93</v>
+      </c>
+      <c r="J49" s="12">
+        <v>0</v>
+      </c>
+      <c r="K49" s="12">
+        <v>0</v>
+      </c>
+      <c r="L49" s="13">
+        <v>2.8990462162839998</v>
+      </c>
+      <c r="M49" s="12">
+        <v>-0.10457221742300001</v>
+      </c>
+      <c r="N49" s="12">
+        <v>161.78707396189699</v>
+      </c>
+      <c r="O49" s="13">
+        <v>0.89600298729200001</v>
+      </c>
+      <c r="P49" s="12">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="12">
+        <v>0</v>
+      </c>
+      <c r="R49" s="12">
+        <v>3.9604259155000002E-2</v>
+      </c>
+      <c r="S49" s="12">
+        <v>0</v>
+      </c>
+      <c r="T49" s="13">
+        <v>3.9604259155000002E-2</v>
+      </c>
+      <c r="U49" s="12">
+        <v>7.0743107915939998</v>
+      </c>
+      <c r="V49" s="12">
+        <v>0</v>
+      </c>
+      <c r="W49" s="40">
+        <v>172.94528271783301</v>
+      </c>
+      <c r="X49" s="19"/>
+    </row>
+    <row r="50" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A50" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="16">
-[...62 lines deleted...]
-      <c r="X49" s="57"/>
+      <c r="B50" s="19"/>
+      <c r="C50" s="6">
+        <v>322187</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.58230127224200001</v>
+      </c>
+      <c r="E50" s="12">
+        <v>0.14718005381900001</v>
+      </c>
+      <c r="F50" s="12">
+        <v>7.7594688798741097E-5</v>
+      </c>
+      <c r="G50" s="12">
+        <v>0.23957686064299999</v>
+      </c>
+      <c r="H50" s="12">
+        <v>1.3629431355079999</v>
+      </c>
+      <c r="I50" s="12">
+        <v>0</v>
+      </c>
+      <c r="J50" s="12">
+        <v>0</v>
+      </c>
+      <c r="K50" s="12">
+        <v>0</v>
+      </c>
+      <c r="L50" s="13">
+        <v>1.7497776446590001</v>
+      </c>
+      <c r="M50" s="12">
+        <v>-0.17210191596800001</v>
+      </c>
+      <c r="N50" s="12">
+        <v>205.780383348801</v>
+      </c>
+      <c r="O50" s="13">
+        <v>1.4746156735060001</v>
+      </c>
+      <c r="P50" s="12">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="12">
+        <v>0</v>
+      </c>
+      <c r="R50" s="12">
+        <v>6.5179538590000002E-2</v>
+      </c>
+      <c r="S50" s="12">
+        <v>0</v>
+      </c>
+      <c r="T50" s="13">
+        <v>6.5179538590000002E-2</v>
+      </c>
+      <c r="U50" s="12">
+        <v>11.642695080807</v>
+      </c>
+      <c r="V50" s="12">
+        <v>0</v>
+      </c>
+      <c r="W50" s="40">
+        <v>221.12285064263901</v>
+      </c>
+      <c r="X50" s="19"/>
     </row>
   </sheetData>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
+  <mergeCells count="98">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="M2:X2"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="W3:X3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="W5:X5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="W6:X6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="W7:X7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="W8:X8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="W9:X9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="W11:X11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="W12:X12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="W13:X13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="W14:X14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="W15:X15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="W16:X16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="W25:X25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="W26:X26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="W27:X27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="W37:X37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="W38:X38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="W40:X40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="W41:X41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="W45:X45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="W46:X46"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="W47:X47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="W48:X48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="W49:X49"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="74" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Rapport_charges</vt:lpstr>
       <vt:lpstr>Rapport_charges-hab</vt:lpstr>
       <vt:lpstr>Rapport_revenus</vt:lpstr>
       <vt:lpstr>Rapport_revenus-hab</vt:lpstr>
       <vt:lpstr>Rapport_depenses</vt:lpstr>
       <vt:lpstr>Rapport_depenses-hab</vt:lpstr>
       <vt:lpstr>Rapport_recettes</vt:lpstr>
       <vt:lpstr>Rapport_recettes-hab</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>IBM Incorporated</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Par nature</dc:title>
   <dc:creator>Nguyen Thi Xuan Khanh (DIN)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>