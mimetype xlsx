--- v0 (2025-11-11)
+++ v1 (2026-01-31)
@@ -28,54 +28,54 @@
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/xl/vbaProject.bin" ContentType="application/vnd.ms-office.vbaProject"/>
   <Override PartName="/xl/vbaProjectSignature.bin" ContentType="application/vnd.ms-office.vbaProjectSignature"/>
   <Override PartName="/xl/vbaProjectSignatureAgile.bin" ContentType="application/vnd.ms-office.vbaProjectSignatureAgile"/>
   <Override PartName="/xl/vbaProjectSignatureV3.bin" ContentType="application/vnd.ms-office.vbaProjectSignatureV3"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="R1f9da84d3d6544d7" Type="http://schemas.microsoft.com/office/2007/relationships/ui/extensibility" Target="customUI/customUI14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526" codeName="{899C9086-67A9-5B14-2C2D-5A8001700F7D}"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO2785\14_Immobilier\LDTR\17_Doc_types_archives_pratiques_clef-SI\FORMULAIRES pour autorisation\_EN LIGNE ACTUELLEMENT\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D5CAD3E-AD8D-42E4-A337-37FB7114D8FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{141BA33D-AFA4-4693-A54E-60CE7FD720B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="l0NNAPuuuqs6XMs5xQL4yYGG+i1BftQOA5syWeq9oU/acIP4e2y2Qj5Thquqw29m84C/cCwCR/gtFCF1tygUAg==" workbookSaltValue="O926Sq+bWnCrBcOdOWvodg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="762" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="762" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TABLEAU COUTS" sheetId="15" r:id="rId1"/>
     <sheet name="TABLEAU LOYERS" sheetId="16" r:id="rId2"/>
     <sheet name="AIDE" sheetId="6" r:id="rId3"/>
     <sheet name="STATISTIQUE LEN" sheetId="17" state="hidden" r:id="rId4"/>
     <sheet name="Listes" sheetId="7" state="hidden" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="Amort_E" localSheetId="3">[1]Listes!$C$2:$C$8</definedName>
     <definedName name="Amort_E">Listes!$C$2:$C$8</definedName>
     <definedName name="Amort_R" localSheetId="3">[1]Listes!$A$2:$A$3</definedName>
     <definedName name="Amort_R">Listes!$A$2:$A$3</definedName>
     <definedName name="FirstTime">'TABLEAU LOYERS'!$AE$2</definedName>
     <definedName name="NbrLogements">'TABLEAU LOYERS'!$AD$2</definedName>
     <definedName name="Part_Value" localSheetId="3">[1]Listes!$E$2:$E$4</definedName>
     <definedName name="Part_Value">Listes!$E$2:$E$4</definedName>
     <definedName name="Print_Area" localSheetId="2">AIDE!$A$1:$B$1</definedName>
     <definedName name="Print_Area" localSheetId="3">'STATISTIQUE LEN'!$A$2:$U$46</definedName>
     <definedName name="Print_Area" localSheetId="0">'TABLEAU COUTS'!$B$2:$S$55</definedName>
     <definedName name="Print_Area" localSheetId="1">'TABLEAU LOYERS'!$B$1:$R$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">AIDE!$A$1:$B$1</definedName>
@@ -115,51 +115,53 @@
   <c r="AH27" i="16"/>
   <c r="AH26" i="16"/>
   <c r="AH25" i="16"/>
   <c r="AH24" i="16"/>
   <c r="AH23" i="16"/>
   <c r="AH22" i="16"/>
   <c r="AH21" i="16"/>
   <c r="AH20" i="16"/>
   <c r="AH19" i="16"/>
   <c r="AH18" i="16"/>
   <c r="AH17" i="16"/>
   <c r="AH16" i="16"/>
   <c r="AH15" i="16"/>
   <c r="AH14" i="16"/>
   <c r="AH13" i="16"/>
   <c r="AH12" i="16" l="1"/>
   <c r="AH32" i="16" s="1"/>
   <c r="P11" i="16" l="1"/>
   <c r="B8" i="16" l="1"/>
   <c r="X32" i="16"/>
   <c r="W32" i="16"/>
   <c r="U32" i="16"/>
   <c r="T32" i="16"/>
   <c r="S32" i="16"/>
   <c r="R7" i="15"/>
-  <c r="Q50" i="15" l="1"/>
+  <c r="Q49" i="15" l="1"/>
+  <c r="R48" i="15"/>
+  <c r="Q50" i="15"/>
   <c r="AD2" i="16"/>
   <c r="Q32" i="17" l="1"/>
   <c r="Q20" i="17"/>
   <c r="P32" i="17"/>
   <c r="O32" i="17"/>
   <c r="O20" i="17"/>
   <c r="P20" i="17"/>
   <c r="H20" i="17"/>
   <c r="G20" i="17"/>
   <c r="M20" i="17"/>
   <c r="L20" i="17"/>
   <c r="K20" i="17"/>
   <c r="I20" i="17"/>
   <c r="D59" i="17" l="1"/>
   <c r="K43" i="17" l="1"/>
   <c r="H43" i="17"/>
   <c r="Q10" i="17" l="1"/>
   <c r="O10" i="17"/>
   <c r="M10" i="17"/>
   <c r="I10" i="17"/>
   <c r="G10" i="17"/>
   <c r="H10" i="17"/>
   <c r="K10" i="17"/>
   <c r="L10" i="17"/>
   <c r="P10" i="17"/>
@@ -637,105 +639,105 @@
   <c r="K28" i="15" s="1"/>
   <c r="Q28" i="15" s="1"/>
   <c r="R28" i="15" s="1"/>
   <c r="G27" i="15"/>
   <c r="I27" i="15" s="1"/>
   <c r="K27" i="15" s="1"/>
   <c r="Q27" i="15" s="1"/>
   <c r="R27" i="15" s="1"/>
   <c r="G26" i="15"/>
   <c r="I26" i="15" s="1"/>
   <c r="K26" i="15" s="1"/>
   <c r="Q26" i="15" s="1"/>
   <c r="R26" i="15" s="1"/>
   <c r="G24" i="15"/>
   <c r="I24" i="15" s="1"/>
   <c r="K24" i="15" s="1"/>
   <c r="Q24" i="15" s="1"/>
   <c r="R24" i="15" s="1"/>
   <c r="G25" i="15"/>
   <c r="I25" i="15" s="1"/>
   <c r="K25" i="15" s="1"/>
   <c r="Q25" i="15" s="1"/>
   <c r="R25" i="15" s="1"/>
   <c r="D44" i="15"/>
   <c r="O30" i="16" l="1"/>
+  <c r="P30" i="16" s="1"/>
+  <c r="Q30" i="16" s="1"/>
+  <c r="R30" i="16" s="1"/>
+  <c r="AJ30" i="16" s="1"/>
   <c r="AE32" i="16"/>
   <c r="F33" i="16" s="1"/>
   <c r="N26" i="16"/>
   <c r="M26" i="16" s="1"/>
   <c r="K31" i="16"/>
   <c r="AD32" i="16"/>
   <c r="D33" i="16" s="1"/>
   <c r="A10" i="17" s="1"/>
   <c r="AG32" i="16"/>
   <c r="M31" i="16"/>
   <c r="O31" i="16"/>
-  <c r="AI30" i="16"/>
-[...3 lines deleted...]
-  <c r="AJ30" i="16" s="1"/>
   <c r="O29" i="16"/>
   <c r="M29" i="16"/>
   <c r="K29" i="16"/>
   <c r="AI28" i="16"/>
   <c r="P28" i="16"/>
   <c r="Q28" i="16" s="1"/>
   <c r="R28" i="16" s="1"/>
   <c r="AJ28" i="16" s="1"/>
   <c r="K27" i="16"/>
   <c r="O27" i="16"/>
   <c r="M27" i="16"/>
   <c r="N25" i="16"/>
   <c r="M25" i="16" s="1"/>
   <c r="K23" i="16"/>
   <c r="AI24" i="16"/>
   <c r="P24" i="16"/>
   <c r="Q24" i="16" s="1"/>
   <c r="R24" i="16" s="1"/>
   <c r="AJ24" i="16" s="1"/>
   <c r="O23" i="16"/>
   <c r="M23" i="16"/>
   <c r="P22" i="16"/>
   <c r="Q22" i="16" s="1"/>
   <c r="R22" i="16" s="1"/>
   <c r="AJ22" i="16" s="1"/>
   <c r="AI22" i="16"/>
   <c r="N21" i="16"/>
   <c r="M21" i="16" s="1"/>
   <c r="D10" i="17"/>
   <c r="AF32" i="16"/>
   <c r="C10" i="17" s="1"/>
   <c r="K11" i="15"/>
   <c r="Q11" i="15" s="1"/>
   <c r="Q45" i="15" s="1"/>
   <c r="E43" i="17"/>
   <c r="I10" i="15"/>
   <c r="E44" i="15"/>
   <c r="A43" i="17" s="1"/>
-  <c r="O26" i="16" l="1"/>
+  <c r="AI30" i="16" l="1"/>
+  <c r="O26" i="16"/>
   <c r="P26" i="16" s="1"/>
   <c r="Q26" i="16" s="1"/>
   <c r="R26" i="16" s="1"/>
   <c r="AJ26" i="16" s="1"/>
   <c r="AI31" i="16"/>
   <c r="P31" i="16"/>
   <c r="Q31" i="16" s="1"/>
   <c r="R31" i="16" s="1"/>
   <c r="AJ31" i="16" s="1"/>
   <c r="P29" i="16"/>
   <c r="Q29" i="16" s="1"/>
   <c r="R29" i="16" s="1"/>
   <c r="AJ29" i="16" s="1"/>
   <c r="AI29" i="16"/>
   <c r="O25" i="16"/>
   <c r="AI25" i="16" s="1"/>
   <c r="P27" i="16"/>
   <c r="Q27" i="16" s="1"/>
   <c r="R27" i="16" s="1"/>
   <c r="AJ27" i="16" s="1"/>
   <c r="AI27" i="16"/>
   <c r="O21" i="16"/>
   <c r="AI21" i="16" s="1"/>
   <c r="P23" i="16"/>
   <c r="Q23" i="16" s="1"/>
@@ -1296,51 +1298,51 @@
         </r>
       </text>
     </comment>
     <comment ref="P11" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-00000A000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Contribution énergétique du locataire:
 Article 9 alinéa 6 LDTR (liaison avec la LEn):
 ... BPC "auquel peut être ajouté, si nécessaire :
 b) le montant correspondant à la contribution énergétique du locataire, qui ne pourra pas dépasser 10 F par pièce, par mois."</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="189">
   <si>
     <t xml:space="preserve">                 REPUBLIQUE ET CANTON DE GENEVE
                  Département du territoire
                  Office cantonal du logement et de la planification foncière</t>
   </si>
   <si>
     <t>Taux de référence (OFL)</t>
   </si>
   <si>
     <t>Pièces RGL:</t>
   </si>
   <si>
     <t>Coût des travaux</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Part des travaux rénovation et </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF339966"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -1957,64 +1959,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>énergétique du locataire</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 max. 120 F/pce/an </t>
     </r>
   </si>
   <si>
     <t>REPUBLIQUE ET CANTON DE GENEVE
 Département du territoire
 Office cantonal du logement et de la planification foncière</t>
   </si>
   <si>
     <t>N° allée</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">5. Remplacement des fenêtres et portes extérieures. </t>
-[...12 lines deleted...]
-    <r>
       <t xml:space="preserve">Description des travaux
 (par type)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="2" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Les travaux prévus dans les arcades/bureaux/garages… ne peuvent être inscrits ici</t>
     </r>
   </si>
   <si>
     <t>honoraires arch-ing-spécialistes max 18%</t>
   </si>
   <si>
     <t>divers &amp; imprévus max 5%</t>
   </si>
   <si>
     <t>Adresse-s de-s immeuble-s</t>
   </si>
   <si>
     <t>(xx.xx.xxxx)</t>
@@ -2252,50 +2240,91 @@
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">version
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>31.10.2025</t>
+    </r>
+  </si>
+  <si>
+    <t>5. Remplacement des fenêtres et portes extérieures</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="20"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>D13</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">version
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>16.01.2026</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * \-??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="167" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * \-??_ ;_ @_ "/>
     <numFmt numFmtId="168" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="169" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="170" formatCode="0;\-\=;;@"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2599,51 +2628,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="94">
+  <borders count="95">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
@@ -3756,62 +3785,77 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="601">
+  <cellXfs count="602">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyProtection="1"/>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="5" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -4929,50 +4973,58 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="8" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="12" borderId="62" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="13" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="8" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="166" fontId="18" fillId="8" borderId="76" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="94" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="61" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="74" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="54" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -5559,54 +5611,50 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="16" borderId="30" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="25" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="27" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="21" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="36" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="34" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="30" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Milliers" xfId="4" builtinId="3"/>
     <cellStyle name="Milliers 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Pourcentage 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Pourcentage 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
@@ -6597,291 +6645,291 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ge.ch/legislation/rsg/f/rsg_l5_20.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ge.ch/legislation/rsg/f/rsg_i4_05p01.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lexfind.ch/dtah/100078/3/rsg_L5_20p05.html.1.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil9">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:U66"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="U15" sqref="U15"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="T3" sqref="T3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="271" customWidth="1"/>
     <col min="2" max="2" width="65" style="271" customWidth="1"/>
     <col min="3" max="5" width="16.7109375" style="271" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="272" customWidth="1"/>
     <col min="7" max="9" width="16.7109375" style="271" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="272" customWidth="1"/>
     <col min="11" max="11" width="16.7109375" style="271" customWidth="1"/>
     <col min="12" max="15" width="8.7109375" style="272" customWidth="1"/>
     <col min="16" max="16" width="8.85546875" style="272" customWidth="1"/>
     <col min="17" max="18" width="14.140625" style="271" customWidth="1"/>
     <col min="19" max="19" width="3" style="271" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="271"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="10.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:21" ht="80.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="479" t="s">
-[...12 lines deleted...]
-      <c r="K2" s="486"/>
+      <c r="B2" s="481" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="481"/>
+      <c r="D2" s="488" t="s">
+        <v>182</v>
+      </c>
+      <c r="E2" s="488"/>
+      <c r="F2" s="488"/>
+      <c r="G2" s="488"/>
+      <c r="H2" s="488"/>
+      <c r="I2" s="488"/>
+      <c r="J2" s="488"/>
+      <c r="K2" s="488"/>
       <c r="R2" s="273" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="3" spans="2:21" ht="85.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="487" t="s">
+      <c r="B3" s="489" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" s="490"/>
+      <c r="D3" s="490"/>
+      <c r="E3" s="490"/>
+      <c r="F3" s="490"/>
+      <c r="G3" s="490"/>
+      <c r="H3" s="490"/>
+      <c r="I3" s="490"/>
+      <c r="J3" s="490"/>
+      <c r="K3" s="490"/>
+      <c r="L3" s="490"/>
+      <c r="M3" s="490"/>
+      <c r="N3" s="490"/>
+      <c r="O3" s="490"/>
+      <c r="P3" s="490"/>
+      <c r="Q3" s="490"/>
+      <c r="R3" s="491"/>
+    </row>
+    <row r="4" spans="2:21" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="492" t="s">
         <v>176</v>
       </c>
-      <c r="C3" s="488"/>
-[...20 lines deleted...]
-      <c r="C4" s="491"/>
+      <c r="C4" s="493"/>
       <c r="D4" s="266" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E4" s="274"/>
       <c r="F4" s="274"/>
       <c r="G4" s="274"/>
       <c r="H4" s="274"/>
       <c r="I4" s="274"/>
       <c r="J4" s="274"/>
       <c r="K4" s="274"/>
       <c r="L4" s="274"/>
       <c r="M4" s="274"/>
       <c r="N4" s="274"/>
       <c r="O4" s="274"/>
       <c r="P4" s="274"/>
       <c r="Q4" s="274"/>
       <c r="R4" s="274"/>
     </row>
     <row r="5" spans="2:21" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="275"/>
       <c r="C5" s="276"/>
       <c r="D5" s="276"/>
       <c r="E5" s="276"/>
       <c r="F5" s="276"/>
       <c r="G5" s="276"/>
       <c r="H5" s="276"/>
       <c r="I5" s="276"/>
       <c r="J5" s="276"/>
       <c r="R5" s="273"/>
     </row>
     <row r="6" spans="2:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="480" t="s">
-        <v>165</v>
+      <c r="B6" s="482" t="s">
+        <v>164</v>
       </c>
       <c r="C6" s="277"/>
       <c r="D6" s="277"/>
       <c r="E6" s="278"/>
       <c r="F6" s="278"/>
       <c r="G6" s="278"/>
-      <c r="H6" s="482"/>
-      <c r="I6" s="482"/>
+      <c r="H6" s="484"/>
+      <c r="I6" s="484"/>
       <c r="J6" s="278"/>
       <c r="K6" s="279"/>
       <c r="L6" s="280"/>
       <c r="M6" s="281"/>
       <c r="N6" s="281"/>
       <c r="O6" s="281"/>
       <c r="P6" s="281"/>
       <c r="Q6" s="282"/>
       <c r="R6" s="282"/>
       <c r="S6" s="279"/>
     </row>
     <row r="7" spans="2:21" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="481"/>
+      <c r="B7" s="483"/>
       <c r="C7" s="283"/>
       <c r="D7" s="277"/>
       <c r="E7" s="277"/>
       <c r="F7" s="281"/>
       <c r="G7" s="277"/>
-      <c r="H7" s="483"/>
-      <c r="I7" s="483"/>
+      <c r="H7" s="485"/>
+      <c r="I7" s="485"/>
       <c r="J7" s="281"/>
       <c r="K7" s="279"/>
       <c r="L7" s="280"/>
-      <c r="M7" s="484" t="s">
+      <c r="M7" s="486" t="s">
         <v>1</v>
       </c>
-      <c r="N7" s="484"/>
-      <c r="O7" s="485"/>
+      <c r="N7" s="486"/>
+      <c r="O7" s="487"/>
       <c r="P7" s="411">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="Q7" s="284" t="s">
         <v>2</v>
       </c>
       <c r="R7" s="285">
         <f>'TABLEAU LOYERS'!F32</f>
         <v>0</v>
       </c>
       <c r="S7" s="286"/>
       <c r="U7" s="287" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="8" spans="2:21" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="474" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="476" t="s">
+      <c r="B8" s="476" t="s">
+        <v>161</v>
+      </c>
+      <c r="C8" s="478" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="476"/>
-[...1 lines deleted...]
-      <c r="F8" s="477" t="s">
+      <c r="D8" s="478"/>
+      <c r="E8" s="478"/>
+      <c r="F8" s="479" t="s">
         <v>4</v>
       </c>
-      <c r="G8" s="477"/>
-      <c r="H8" s="466" t="s">
+      <c r="G8" s="479"/>
+      <c r="H8" s="468" t="s">
         <v>5</v>
       </c>
-      <c r="I8" s="468" t="s">
+      <c r="I8" s="470" t="s">
         <v>6</v>
       </c>
-      <c r="J8" s="466" t="s">
+      <c r="J8" s="468" t="s">
         <v>7</v>
       </c>
-      <c r="K8" s="468" t="s">
+      <c r="K8" s="470" t="s">
         <v>8</v>
       </c>
-      <c r="L8" s="470" t="s">
+      <c r="L8" s="472" t="s">
         <v>9</v>
       </c>
-      <c r="M8" s="470"/>
-[...3 lines deleted...]
-      <c r="Q8" s="471" t="s">
+      <c r="M8" s="472"/>
+      <c r="N8" s="472"/>
+      <c r="O8" s="472"/>
+      <c r="P8" s="472"/>
+      <c r="Q8" s="473" t="s">
         <v>10</v>
       </c>
-      <c r="R8" s="471"/>
+      <c r="R8" s="473"/>
       <c r="S8" s="279"/>
       <c r="U8" s="287" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="9" spans="2:21" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="475"/>
+      <c r="B9" s="477"/>
       <c r="C9" s="288" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="289" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="290" t="s">
         <v>13</v>
       </c>
-      <c r="F9" s="478"/>
-[...4 lines deleted...]
-      <c r="K9" s="469"/>
+      <c r="F9" s="480"/>
+      <c r="G9" s="480"/>
+      <c r="H9" s="469"/>
+      <c r="I9" s="471"/>
+      <c r="J9" s="469"/>
+      <c r="K9" s="471"/>
       <c r="L9" s="291" t="s">
         <v>14</v>
       </c>
       <c r="M9" s="292" t="s">
         <v>15</v>
       </c>
       <c r="N9" s="292" t="s">
         <v>16</v>
       </c>
       <c r="O9" s="293" t="s">
         <v>17</v>
       </c>
       <c r="P9" s="294" t="s">
         <v>18</v>
       </c>
       <c r="Q9" s="295" t="s">
         <v>19</v>
       </c>
       <c r="R9" s="296" t="s">
         <v>20</v>
       </c>
       <c r="S9" s="279"/>
     </row>
     <row r="10" spans="2:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="472" t="s">
+      <c r="B10" s="474" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="473"/>
-      <c r="D10" s="457" t="str">
+      <c r="C10" s="475"/>
+      <c r="D10" s="459" t="str">
         <f>IFERROR(C10/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E10" s="459" t="str">
+      <c r="E10" s="461" t="str">
         <f>IFERROR(C10+D10,"")</f>
         <v/>
       </c>
       <c r="F10" s="36">
         <v>0.5</v>
       </c>
       <c r="G10" s="297" t="str">
         <f>IFERROR(E10*F10,"")</f>
         <v/>
       </c>
       <c r="H10" s="298"/>
       <c r="I10" s="299" t="str">
         <f>IFERROR(G10-H10,"")</f>
         <v/>
       </c>
       <c r="J10" s="62">
         <v>0.7</v>
       </c>
       <c r="K10" s="300" t="str">
         <f>IFERROR(I10*J10,"")</f>
         <v/>
       </c>
       <c r="L10" s="46">
         <v>20</v>
       </c>
@@ -6889,113 +6937,113 @@
         <f t="shared" ref="M10:M43" si="0">($P$7+0.5%)/2</f>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N10" s="301">
         <f t="shared" ref="N10:N43" si="1">1/L10</f>
         <v>0.05</v>
       </c>
       <c r="O10" s="302">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P10" s="303">
         <f t="shared" ref="P10:P43" si="2">SUM(M10:O10)</f>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q10" s="304" t="str">
         <f>IFERROR(K10*P10,"")</f>
         <v/>
       </c>
       <c r="R10" s="305" t="str">
         <f>IFERROR(Q10/$R$7,"")</f>
         <v/>
       </c>
       <c r="S10" s="306"/>
     </row>
     <row r="11" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B11" s="453"/>
-[...2 lines deleted...]
-      <c r="E11" s="446"/>
+      <c r="B11" s="455"/>
+      <c r="C11" s="446"/>
+      <c r="D11" s="447"/>
+      <c r="E11" s="448"/>
       <c r="F11" s="307">
         <f>1-F10</f>
         <v>0.5</v>
       </c>
       <c r="G11" s="308" t="str">
         <f>IFERROR(E10*F11,"")</f>
         <v/>
       </c>
       <c r="H11" s="44"/>
       <c r="I11" s="309" t="str">
         <f t="shared" ref="I11:I43" si="3">IFERROR(G11-H11,"")</f>
         <v/>
       </c>
       <c r="J11" s="310">
         <v>1</v>
       </c>
       <c r="K11" s="311" t="str">
         <f t="shared" ref="K11:K43" si="4">IFERROR(I11*J11,"")</f>
         <v/>
       </c>
       <c r="L11" s="47">
         <v>20</v>
       </c>
       <c r="M11" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N11" s="313">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O11" s="314">
         <f>(M11+N11)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P11" s="315">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q11" s="316" t="str">
         <f t="shared" ref="Q11:Q43" si="5">IFERROR(K11*P11,"")</f>
         <v/>
       </c>
       <c r="R11" s="317" t="str">
         <f t="shared" ref="R11:R43" si="6">IFERROR(Q11/$R$7,"")</f>
         <v/>
       </c>
       <c r="S11" s="306"/>
     </row>
     <row r="12" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B12" s="465" t="s">
+      <c r="B12" s="467" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="444"/>
-      <c r="D12" s="445" t="str">
+      <c r="C12" s="446"/>
+      <c r="D12" s="447" t="str">
         <f t="shared" ref="D12" si="7">IFERROR(C12/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E12" s="446" t="str">
+      <c r="E12" s="448" t="str">
         <f t="shared" ref="E12" si="8">IFERROR(C12+D12,"")</f>
         <v/>
       </c>
       <c r="F12" s="37">
         <v>0.5</v>
       </c>
       <c r="G12" s="318" t="str">
         <f t="shared" ref="G12:G42" si="9">IFERROR(E12*F12,"")</f>
         <v/>
       </c>
       <c r="H12" s="319"/>
       <c r="I12" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J12" s="52">
         <v>0.7</v>
       </c>
       <c r="K12" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L12" s="48">
         <v>20</v>
       </c>
@@ -7003,113 +7051,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N12" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O12" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P12" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q12" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R12" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S12" s="306"/>
     </row>
     <row r="13" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B13" s="465"/>
-[...2 lines deleted...]
-      <c r="E13" s="446"/>
+      <c r="B13" s="467"/>
+      <c r="C13" s="446"/>
+      <c r="D13" s="447"/>
+      <c r="E13" s="448"/>
       <c r="F13" s="307">
         <f>1-F12</f>
         <v>0.5</v>
       </c>
       <c r="G13" s="308" t="str">
         <f>IFERROR(E12*F13,"")</f>
         <v/>
       </c>
       <c r="H13" s="44"/>
       <c r="I13" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J13" s="310">
         <v>1</v>
       </c>
       <c r="K13" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L13" s="48">
         <v>30</v>
       </c>
       <c r="M13" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N13" s="313">
         <f t="shared" si="1"/>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="O13" s="314">
         <f>(M13+N13)*0.1</f>
         <v>4.2083333333333339E-3</v>
       </c>
       <c r="P13" s="315">
         <f t="shared" si="2"/>
         <v>4.6291666666666668E-2</v>
       </c>
       <c r="Q13" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R13" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S13" s="306"/>
     </row>
     <row r="14" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B14" s="465" t="s">
+      <c r="B14" s="467" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="444"/>
-      <c r="D14" s="445" t="str">
+      <c r="C14" s="446"/>
+      <c r="D14" s="447" t="str">
         <f t="shared" ref="D14" si="10">IFERROR(C14/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E14" s="446" t="str">
+      <c r="E14" s="448" t="str">
         <f t="shared" ref="E14" si="11">IFERROR(C14+D14,"")</f>
         <v/>
       </c>
       <c r="F14" s="37">
         <v>0.5</v>
       </c>
       <c r="G14" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H14" s="319"/>
       <c r="I14" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J14" s="52">
         <v>0.7</v>
       </c>
       <c r="K14" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L14" s="48">
         <v>20</v>
       </c>
@@ -7117,113 +7165,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N14" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O14" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P14" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q14" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R14" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S14" s="306"/>
     </row>
     <row r="15" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B15" s="465"/>
-[...2 lines deleted...]
-      <c r="E15" s="446"/>
+      <c r="B15" s="467"/>
+      <c r="C15" s="446"/>
+      <c r="D15" s="447"/>
+      <c r="E15" s="448"/>
       <c r="F15" s="307">
         <f>1-F14</f>
         <v>0.5</v>
       </c>
       <c r="G15" s="308" t="str">
         <f>IFERROR(E14*F15,"")</f>
         <v/>
       </c>
       <c r="H15" s="44"/>
       <c r="I15" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J15" s="310">
         <v>1</v>
       </c>
       <c r="K15" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L15" s="48">
         <v>30</v>
       </c>
       <c r="M15" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N15" s="313">
         <f t="shared" si="1"/>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="O15" s="314">
         <f>(M15+N15)*0.1</f>
         <v>4.2083333333333339E-3</v>
       </c>
       <c r="P15" s="315">
         <f t="shared" si="2"/>
         <v>4.6291666666666668E-2</v>
       </c>
       <c r="Q15" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R15" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S15" s="306"/>
     </row>
     <row r="16" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B16" s="465" t="s">
+      <c r="B16" s="467" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="444"/>
-      <c r="D16" s="445" t="str">
+      <c r="C16" s="446"/>
+      <c r="D16" s="447" t="str">
         <f t="shared" ref="D16" si="12">IFERROR(C16/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E16" s="446" t="str">
+      <c r="E16" s="448" t="str">
         <f t="shared" ref="E16" si="13">IFERROR(C16+D16,"")</f>
         <v/>
       </c>
       <c r="F16" s="37">
         <v>0.5</v>
       </c>
       <c r="G16" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H16" s="319"/>
       <c r="I16" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J16" s="52">
         <v>0.7</v>
       </c>
       <c r="K16" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L16" s="48">
         <v>20</v>
       </c>
@@ -7231,113 +7279,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N16" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O16" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P16" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q16" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R16" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S16" s="306"/>
     </row>
     <row r="17" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B17" s="465"/>
-[...2 lines deleted...]
-      <c r="E17" s="446"/>
+      <c r="B17" s="467"/>
+      <c r="C17" s="446"/>
+      <c r="D17" s="447"/>
+      <c r="E17" s="448"/>
       <c r="F17" s="307">
         <f>1-F16</f>
         <v>0.5</v>
       </c>
       <c r="G17" s="308" t="str">
         <f>IFERROR(E16*F17,"")</f>
         <v/>
       </c>
       <c r="H17" s="44"/>
       <c r="I17" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J17" s="310">
         <v>1</v>
       </c>
       <c r="K17" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L17" s="48">
         <v>30</v>
       </c>
       <c r="M17" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N17" s="313">
         <f t="shared" si="1"/>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="O17" s="314">
         <f>(M17+N17)*0.1</f>
         <v>4.2083333333333339E-3</v>
       </c>
       <c r="P17" s="315">
         <f t="shared" si="2"/>
         <v>4.6291666666666668E-2</v>
       </c>
       <c r="Q17" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R17" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S17" s="306"/>
     </row>
     <row r="18" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B18" s="465" t="s">
-[...3 lines deleted...]
-      <c r="D18" s="445" t="str">
+      <c r="B18" s="467" t="s">
+        <v>187</v>
+      </c>
+      <c r="C18" s="446"/>
+      <c r="D18" s="447" t="str">
         <f t="shared" ref="D18" si="14">IFERROR(C18/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E18" s="446" t="str">
+      <c r="E18" s="448" t="str">
         <f t="shared" ref="E18" si="15">IFERROR(C18+D18,"")</f>
         <v/>
       </c>
       <c r="F18" s="37">
         <v>0.5</v>
       </c>
       <c r="G18" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H18" s="319"/>
       <c r="I18" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J18" s="52">
         <v>0.7</v>
       </c>
       <c r="K18" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L18" s="48">
         <v>20</v>
       </c>
@@ -7345,113 +7393,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N18" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O18" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P18" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q18" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R18" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S18" s="306"/>
     </row>
     <row r="19" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="465"/>
-[...2 lines deleted...]
-      <c r="E19" s="446"/>
+      <c r="B19" s="467"/>
+      <c r="C19" s="446"/>
+      <c r="D19" s="447"/>
+      <c r="E19" s="448"/>
       <c r="F19" s="307">
         <f>1-F18</f>
         <v>0.5</v>
       </c>
       <c r="G19" s="308" t="str">
         <f>IFERROR(E18*F19,"")</f>
         <v/>
       </c>
       <c r="H19" s="44"/>
       <c r="I19" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J19" s="310">
         <v>1</v>
       </c>
       <c r="K19" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L19" s="48">
         <v>25</v>
       </c>
       <c r="M19" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N19" s="313">
         <f t="shared" si="1"/>
         <v>0.04</v>
       </c>
       <c r="O19" s="314">
         <f>(M19+N19)*0.1</f>
         <v>4.8750000000000009E-3</v>
       </c>
       <c r="P19" s="315">
         <f t="shared" si="2"/>
         <v>5.3625000000000006E-2</v>
       </c>
       <c r="Q19" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R19" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S19" s="306"/>
     </row>
     <row r="20" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="465" t="s">
-[...3 lines deleted...]
-      <c r="D20" s="445" t="str">
+      <c r="B20" s="467" t="s">
+        <v>167</v>
+      </c>
+      <c r="C20" s="446"/>
+      <c r="D20" s="447" t="str">
         <f t="shared" ref="D20" si="16">IFERROR(C20/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E20" s="446" t="str">
+      <c r="E20" s="448" t="str">
         <f t="shared" ref="E20" si="17">IFERROR(C20+D20,"")</f>
         <v/>
       </c>
       <c r="F20" s="37">
         <v>1</v>
       </c>
       <c r="G20" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H20" s="319"/>
       <c r="I20" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J20" s="52">
         <v>0.7</v>
       </c>
       <c r="K20" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L20" s="48">
         <v>20</v>
       </c>
@@ -7459,113 +7507,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N20" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O20" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P20" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q20" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R20" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S20" s="306"/>
     </row>
     <row r="21" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B21" s="465"/>
-[...2 lines deleted...]
-      <c r="E21" s="446"/>
+      <c r="B21" s="467"/>
+      <c r="C21" s="446"/>
+      <c r="D21" s="447"/>
+      <c r="E21" s="448"/>
       <c r="F21" s="307">
         <f>1-F20</f>
         <v>0</v>
       </c>
       <c r="G21" s="308" t="str">
         <f>IFERROR(E20*F21,"")</f>
         <v/>
       </c>
       <c r="H21" s="44"/>
       <c r="I21" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J21" s="310">
         <v>1</v>
       </c>
       <c r="K21" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L21" s="48">
         <v>20</v>
       </c>
       <c r="M21" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N21" s="313">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O21" s="314">
         <f>(M21+N21)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P21" s="315">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q21" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R21" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S21" s="306"/>
     </row>
     <row r="22" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B22" s="465" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="445" t="str">
+      <c r="B22" s="467" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" s="446"/>
+      <c r="D22" s="447" t="str">
         <f t="shared" ref="D22" si="18">IFERROR(C22/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E22" s="446" t="str">
+      <c r="E22" s="448" t="str">
         <f t="shared" ref="E22" si="19">IFERROR(C22+D22,"")</f>
         <v/>
       </c>
       <c r="F22" s="37">
         <v>0.5</v>
       </c>
       <c r="G22" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H22" s="319"/>
       <c r="I22" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J22" s="52">
         <v>0.7</v>
       </c>
       <c r="K22" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L22" s="48">
         <v>20</v>
       </c>
@@ -7573,113 +7621,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N22" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O22" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P22" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q22" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R22" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S22" s="306"/>
     </row>
     <row r="23" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B23" s="465"/>
-[...2 lines deleted...]
-      <c r="E23" s="446"/>
+      <c r="B23" s="467"/>
+      <c r="C23" s="446"/>
+      <c r="D23" s="447"/>
+      <c r="E23" s="448"/>
       <c r="F23" s="307">
         <f>1-F22</f>
         <v>0.5</v>
       </c>
       <c r="G23" s="308" t="str">
         <f>IFERROR(E22*F23,"")</f>
         <v/>
       </c>
       <c r="H23" s="44"/>
       <c r="I23" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J23" s="310">
         <v>1</v>
       </c>
       <c r="K23" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L23" s="48">
         <v>20</v>
       </c>
       <c r="M23" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N23" s="313">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O23" s="314">
         <f>(M23+N23)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P23" s="315">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q23" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R23" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S23" s="306"/>
     </row>
     <row r="24" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B24" s="465" t="s">
+      <c r="B24" s="467" t="s">
         <v>25</v>
       </c>
-      <c r="C24" s="444"/>
-      <c r="D24" s="445" t="str">
+      <c r="C24" s="446"/>
+      <c r="D24" s="447" t="str">
         <f t="shared" ref="D24" si="20">IFERROR(C24/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E24" s="446" t="str">
+      <c r="E24" s="448" t="str">
         <f t="shared" ref="E24" si="21">IFERROR(C24+D24,"")</f>
         <v/>
       </c>
       <c r="F24" s="37">
         <v>0.5</v>
       </c>
       <c r="G24" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H24" s="319"/>
       <c r="I24" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J24" s="52">
         <v>0.7</v>
       </c>
       <c r="K24" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L24" s="48">
         <v>20</v>
       </c>
@@ -7687,113 +7735,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N24" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O24" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P24" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q24" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R24" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S24" s="306"/>
     </row>
     <row r="25" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B25" s="465"/>
-[...2 lines deleted...]
-      <c r="E25" s="446"/>
+      <c r="B25" s="467"/>
+      <c r="C25" s="446"/>
+      <c r="D25" s="447"/>
+      <c r="E25" s="448"/>
       <c r="F25" s="307">
         <f>1-F24</f>
         <v>0.5</v>
       </c>
       <c r="G25" s="308" t="str">
         <f>IFERROR(E24*F25,"")</f>
         <v/>
       </c>
       <c r="H25" s="44"/>
       <c r="I25" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J25" s="310">
         <v>1</v>
       </c>
       <c r="K25" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L25" s="48">
         <v>25</v>
       </c>
       <c r="M25" s="312">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N25" s="313">
         <f t="shared" si="1"/>
         <v>0.04</v>
       </c>
       <c r="O25" s="314">
         <f>(M25+N25)*0.1</f>
         <v>4.8750000000000009E-3</v>
       </c>
       <c r="P25" s="315">
         <f t="shared" si="2"/>
         <v>5.3625000000000006E-2</v>
       </c>
       <c r="Q25" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R25" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S25" s="306"/>
     </row>
     <row r="26" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="452" t="s">
+      <c r="B26" s="454" t="s">
         <v>26</v>
       </c>
-      <c r="C26" s="454"/>
-      <c r="D26" s="456" t="str">
+      <c r="C26" s="456"/>
+      <c r="D26" s="458" t="str">
         <f t="shared" ref="D26" si="22">IFERROR(C26/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E26" s="458" t="str">
+      <c r="E26" s="460" t="str">
         <f t="shared" ref="E26" si="23">IFERROR(C26+D26,"")</f>
         <v/>
       </c>
       <c r="F26" s="37">
         <v>0.5</v>
       </c>
       <c r="G26" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H26" s="319"/>
       <c r="I26" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J26" s="52">
         <v>0.7</v>
       </c>
       <c r="K26" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L26" s="48">
         <v>20</v>
       </c>
@@ -7801,113 +7849,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N26" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O26" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P26" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q26" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R26" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S26" s="306"/>
     </row>
     <row r="27" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B27" s="453"/>
-[...2 lines deleted...]
-      <c r="E27" s="459"/>
+      <c r="B27" s="455"/>
+      <c r="C27" s="457"/>
+      <c r="D27" s="459"/>
+      <c r="E27" s="461"/>
       <c r="F27" s="307">
         <f>1-F26</f>
         <v>0.5</v>
       </c>
       <c r="G27" s="308" t="str">
         <f>IFERROR(E26*F27,"")</f>
         <v/>
       </c>
       <c r="H27" s="44"/>
       <c r="I27" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J27" s="310">
         <v>1</v>
       </c>
       <c r="K27" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L27" s="48">
         <v>20</v>
       </c>
       <c r="M27" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N27" s="328">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O27" s="314">
         <f>(M27+N27)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P27" s="329">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q27" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R27" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S27" s="306"/>
     </row>
     <row r="28" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B28" s="452" t="s">
+      <c r="B28" s="454" t="s">
         <v>27</v>
       </c>
-      <c r="C28" s="454"/>
-      <c r="D28" s="456" t="str">
+      <c r="C28" s="456"/>
+      <c r="D28" s="458" t="str">
         <f t="shared" ref="D28" si="24">IFERROR(C28/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E28" s="458" t="str">
+      <c r="E28" s="460" t="str">
         <f t="shared" ref="E28" si="25">IFERROR(C28+D28,"")</f>
         <v/>
       </c>
       <c r="F28" s="37">
         <v>0</v>
       </c>
       <c r="G28" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H28" s="319"/>
       <c r="I28" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J28" s="52">
         <v>0.7</v>
       </c>
       <c r="K28" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L28" s="48">
         <v>20</v>
       </c>
@@ -7915,113 +7963,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N28" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O28" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P28" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q28" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R28" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S28" s="306"/>
     </row>
     <row r="29" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B29" s="453"/>
-[...2 lines deleted...]
-      <c r="E29" s="459"/>
+      <c r="B29" s="455"/>
+      <c r="C29" s="457"/>
+      <c r="D29" s="459"/>
+      <c r="E29" s="461"/>
       <c r="F29" s="307">
         <f>1-F28</f>
         <v>1</v>
       </c>
       <c r="G29" s="308" t="str">
         <f>IFERROR(E28*F29,"")</f>
         <v/>
       </c>
       <c r="H29" s="44"/>
       <c r="I29" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J29" s="310">
         <v>1</v>
       </c>
       <c r="K29" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L29" s="48">
         <v>20</v>
       </c>
       <c r="M29" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N29" s="328">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O29" s="314">
         <f>(M29+N29)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P29" s="329">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q29" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R29" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S29" s="306"/>
     </row>
     <row r="30" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B30" s="452" t="s">
+      <c r="B30" s="454" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="454"/>
-      <c r="D30" s="456" t="str">
+      <c r="C30" s="456"/>
+      <c r="D30" s="458" t="str">
         <f t="shared" ref="D30" si="26">IFERROR(C30/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E30" s="458" t="str">
+      <c r="E30" s="460" t="str">
         <f t="shared" ref="E30" si="27">IFERROR(C30+D30,"")</f>
         <v/>
       </c>
       <c r="F30" s="37">
         <v>0</v>
       </c>
       <c r="G30" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H30" s="319"/>
       <c r="I30" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J30" s="52">
         <v>0.7</v>
       </c>
       <c r="K30" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L30" s="48">
         <v>20</v>
       </c>
@@ -8029,113 +8077,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N30" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O30" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P30" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q30" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R30" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S30" s="306"/>
     </row>
     <row r="31" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B31" s="453"/>
-[...2 lines deleted...]
-      <c r="E31" s="459"/>
+      <c r="B31" s="455"/>
+      <c r="C31" s="457"/>
+      <c r="D31" s="459"/>
+      <c r="E31" s="461"/>
       <c r="F31" s="307">
         <f>1-F30</f>
         <v>1</v>
       </c>
       <c r="G31" s="308" t="str">
         <f>IFERROR(E30*F31,"")</f>
         <v/>
       </c>
       <c r="H31" s="44"/>
       <c r="I31" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J31" s="310">
         <v>1</v>
       </c>
       <c r="K31" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L31" s="48">
         <v>20</v>
       </c>
       <c r="M31" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N31" s="328">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O31" s="314">
         <f>(M31+N31)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P31" s="329">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q31" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R31" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S31" s="306"/>
     </row>
     <row r="32" spans="2:19" x14ac:dyDescent="0.2">
-      <c r="B32" s="452" t="s">
+      <c r="B32" s="454" t="s">
         <v>29</v>
       </c>
-      <c r="C32" s="454"/>
-      <c r="D32" s="456" t="str">
+      <c r="C32" s="456"/>
+      <c r="D32" s="458" t="str">
         <f t="shared" ref="D32" si="28">IFERROR(C32/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E32" s="458" t="str">
+      <c r="E32" s="460" t="str">
         <f t="shared" ref="E32" si="29">IFERROR(C32+D32,"")</f>
         <v/>
       </c>
       <c r="F32" s="37">
         <v>0.5</v>
       </c>
       <c r="G32" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H32" s="319"/>
       <c r="I32" s="332" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J32" s="52">
         <v>0.7</v>
       </c>
       <c r="K32" s="333" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L32" s="48">
         <v>20</v>
       </c>
@@ -8143,113 +8191,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N32" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O32" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P32" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q32" s="319" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R32" s="334" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S32" s="306"/>
     </row>
     <row r="33" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B33" s="453"/>
-[...2 lines deleted...]
-      <c r="E33" s="459"/>
+      <c r="B33" s="455"/>
+      <c r="C33" s="457"/>
+      <c r="D33" s="459"/>
+      <c r="E33" s="461"/>
       <c r="F33" s="307">
         <f>1-F32</f>
         <v>0.5</v>
       </c>
       <c r="G33" s="308" t="str">
         <f>IFERROR(E32*F33,"")</f>
         <v/>
       </c>
       <c r="H33" s="44"/>
       <c r="I33" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J33" s="310">
         <v>1</v>
       </c>
       <c r="K33" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L33" s="48">
         <v>20</v>
       </c>
       <c r="M33" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N33" s="328">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O33" s="314">
         <f>(M33+N33)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P33" s="329">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q33" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R33" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S33" s="306"/>
     </row>
     <row r="34" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B34" s="452" t="s">
+      <c r="B34" s="454" t="s">
         <v>30</v>
       </c>
-      <c r="C34" s="454"/>
-      <c r="D34" s="456" t="str">
+      <c r="C34" s="456"/>
+      <c r="D34" s="458" t="str">
         <f t="shared" ref="D34" si="30">IFERROR(C34/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E34" s="458" t="str">
+      <c r="E34" s="460" t="str">
         <f t="shared" ref="E34" si="31">IFERROR(C34+D34,"")</f>
         <v/>
       </c>
       <c r="F34" s="37">
         <v>1</v>
       </c>
       <c r="G34" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H34" s="319"/>
       <c r="I34" s="332" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J34" s="52">
         <v>0.7</v>
       </c>
       <c r="K34" s="333" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L34" s="48">
         <v>20</v>
       </c>
@@ -8257,113 +8305,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N34" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O34" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P34" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q34" s="319" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R34" s="334" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S34" s="306"/>
     </row>
     <row r="35" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B35" s="453"/>
-[...2 lines deleted...]
-      <c r="E35" s="459"/>
+      <c r="B35" s="455"/>
+      <c r="C35" s="457"/>
+      <c r="D35" s="459"/>
+      <c r="E35" s="461"/>
       <c r="F35" s="307">
         <f>1-F34</f>
         <v>0</v>
       </c>
       <c r="G35" s="308" t="str">
         <f>IFERROR(E34*F35,"")</f>
         <v/>
       </c>
       <c r="H35" s="44"/>
       <c r="I35" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J35" s="310">
         <v>1</v>
       </c>
       <c r="K35" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L35" s="48">
         <v>20</v>
       </c>
       <c r="M35" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N35" s="328">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O35" s="314">
         <f>(M35+N35)*0.1</f>
         <v>5.8750000000000009E-3</v>
       </c>
       <c r="P35" s="329">
         <f t="shared" si="2"/>
         <v>6.4625000000000002E-2</v>
       </c>
       <c r="Q35" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R35" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S35" s="306"/>
     </row>
     <row r="36" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B36" s="452" t="s">
+      <c r="B36" s="454" t="s">
         <v>31</v>
       </c>
-      <c r="C36" s="454"/>
-      <c r="D36" s="456" t="str">
+      <c r="C36" s="456"/>
+      <c r="D36" s="458" t="str">
         <f t="shared" ref="D36" si="32">IFERROR(C36/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E36" s="458" t="str">
+      <c r="E36" s="460" t="str">
         <f t="shared" ref="E36" si="33">IFERROR(C36+D36,"")</f>
         <v/>
       </c>
       <c r="F36" s="37">
         <v>1</v>
       </c>
       <c r="G36" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H36" s="319"/>
       <c r="I36" s="332" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J36" s="52">
         <v>0.7</v>
       </c>
       <c r="K36" s="333" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L36" s="48">
         <v>20</v>
       </c>
@@ -8371,113 +8419,113 @@
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N36" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O36" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P36" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q36" s="319" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R36" s="334" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S36" s="306"/>
     </row>
     <row r="37" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B37" s="453"/>
-[...2 lines deleted...]
-      <c r="E37" s="459"/>
+      <c r="B37" s="455"/>
+      <c r="C37" s="457"/>
+      <c r="D37" s="459"/>
+      <c r="E37" s="461"/>
       <c r="F37" s="307">
         <f>1-F36</f>
         <v>0</v>
       </c>
       <c r="G37" s="308" t="str">
         <f>IFERROR(E36*F37,"")</f>
         <v/>
       </c>
       <c r="H37" s="44"/>
       <c r="I37" s="326" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J37" s="310">
         <v>1</v>
       </c>
       <c r="K37" s="327" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L37" s="48">
         <v>25</v>
       </c>
       <c r="M37" s="328">
         <f t="shared" si="0"/>
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N37" s="328">
         <f t="shared" si="1"/>
         <v>0.04</v>
       </c>
       <c r="O37" s="314">
         <f>(M37+N37)*0.1</f>
         <v>4.8750000000000009E-3</v>
       </c>
       <c r="P37" s="329">
         <f t="shared" si="2"/>
         <v>5.3625000000000006E-2</v>
       </c>
       <c r="Q37" s="330" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R37" s="331" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S37" s="306"/>
     </row>
     <row r="38" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B38" s="460" t="s">
-[...3 lines deleted...]
-      <c r="D38" s="463" t="str">
+      <c r="B38" s="462" t="s">
+        <v>168</v>
+      </c>
+      <c r="C38" s="464"/>
+      <c r="D38" s="465" t="str">
         <f t="shared" ref="D38" si="34">IFERROR(C38/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E38" s="464" t="str">
+      <c r="E38" s="466" t="str">
         <f t="shared" ref="E38" si="35">IFERROR(C38+D38,"")</f>
         <v/>
       </c>
       <c r="F38" s="37">
         <v>0</v>
       </c>
       <c r="G38" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H38" s="319"/>
       <c r="I38" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J38" s="52">
         <v>0.7</v>
       </c>
       <c r="K38" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L38" s="48">
         <v>20</v>
       </c>
@@ -8486,54 +8534,54 @@
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N38" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O38" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P38" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q38" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R38" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S38" s="335"/>
       <c r="T38" s="336"/>
     </row>
     <row r="39" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B39" s="461"/>
-[...2 lines deleted...]
-      <c r="E39" s="459"/>
+      <c r="B39" s="463"/>
+      <c r="C39" s="457"/>
+      <c r="D39" s="459"/>
+      <c r="E39" s="461"/>
       <c r="F39" s="307">
         <f>1-F38</f>
         <v>1</v>
       </c>
       <c r="G39" s="308" t="str">
         <f>IFERROR(E38*F39,"")</f>
         <v/>
       </c>
       <c r="H39" s="44"/>
       <c r="I39" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J39" s="310">
         <v>1</v>
       </c>
       <c r="K39" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L39" s="48">
         <v>30</v>
       </c>
       <c r="M39" s="312">
         <f t="shared" si="0"/>
@@ -8541,59 +8589,59 @@
       </c>
       <c r="N39" s="313">
         <f t="shared" si="1"/>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="O39" s="314">
         <f>(M39+N39)*0.1</f>
         <v>4.2083333333333339E-3</v>
       </c>
       <c r="P39" s="315">
         <f t="shared" si="2"/>
         <v>4.6291666666666668E-2</v>
       </c>
       <c r="Q39" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R39" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S39" s="335"/>
       <c r="T39" s="337"/>
     </row>
     <row r="40" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B40" s="443" t="s">
-[...3 lines deleted...]
-      <c r="D40" s="445" t="str">
+      <c r="B40" s="445" t="s">
+        <v>169</v>
+      </c>
+      <c r="C40" s="446"/>
+      <c r="D40" s="447" t="str">
         <f t="shared" ref="D40" si="36">IFERROR(C40/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E40" s="446" t="str">
+      <c r="E40" s="448" t="str">
         <f t="shared" ref="E40" si="37">IFERROR(C40+D40,"")</f>
         <v/>
       </c>
       <c r="F40" s="37">
         <v>0</v>
       </c>
       <c r="G40" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H40" s="319"/>
       <c r="I40" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J40" s="52">
         <v>0.7</v>
       </c>
       <c r="K40" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L40" s="48">
         <v>20</v>
       </c>
@@ -8602,54 +8650,54 @@
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N40" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O40" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P40" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q40" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R40" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S40" s="335"/>
       <c r="T40" s="337"/>
     </row>
     <row r="41" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B41" s="443"/>
-[...2 lines deleted...]
-      <c r="E41" s="446"/>
+      <c r="B41" s="445"/>
+      <c r="C41" s="446"/>
+      <c r="D41" s="447"/>
+      <c r="E41" s="448"/>
       <c r="F41" s="307">
         <f>1-F40</f>
         <v>1</v>
       </c>
       <c r="G41" s="308" t="str">
         <f>IFERROR(E40*F41,"")</f>
         <v/>
       </c>
       <c r="H41" s="44"/>
       <c r="I41" s="309" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J41" s="310">
         <v>1</v>
       </c>
       <c r="K41" s="311" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L41" s="48">
         <v>30</v>
       </c>
       <c r="M41" s="312">
         <f t="shared" si="0"/>
@@ -8657,59 +8705,59 @@
       </c>
       <c r="N41" s="313">
         <f t="shared" si="1"/>
         <v>3.3333333333333333E-2</v>
       </c>
       <c r="O41" s="314">
         <f>(M41+N41)*0.1</f>
         <v>4.2083333333333339E-3</v>
       </c>
       <c r="P41" s="315">
         <f t="shared" si="2"/>
         <v>4.6291666666666668E-2</v>
       </c>
       <c r="Q41" s="316" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R41" s="317" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S41" s="335"/>
       <c r="T41" s="336"/>
     </row>
     <row r="42" spans="2:21" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="447" t="s">
-[...3 lines deleted...]
-      <c r="D42" s="445" t="str">
+      <c r="B42" s="449" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" s="451"/>
+      <c r="D42" s="447" t="str">
         <f t="shared" ref="D42" si="38">IFERROR(C42/$C$44*$D$55,"")</f>
         <v/>
       </c>
-      <c r="E42" s="446" t="str">
+      <c r="E42" s="448" t="str">
         <f>IFERROR(C42+D42,"")</f>
         <v/>
       </c>
       <c r="F42" s="37">
         <v>0</v>
       </c>
       <c r="G42" s="318" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="H42" s="319"/>
       <c r="I42" s="320" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J42" s="52">
         <v>0.7</v>
       </c>
       <c r="K42" s="300" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L42" s="48">
         <v>20</v>
       </c>
@@ -8718,54 +8766,54 @@
         <v>8.7500000000000008E-3</v>
       </c>
       <c r="N42" s="321">
         <f t="shared" si="1"/>
         <v>0.05</v>
       </c>
       <c r="O42" s="322">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="P42" s="323">
         <f t="shared" si="2"/>
         <v>7.375000000000001E-2</v>
       </c>
       <c r="Q42" s="324" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="R42" s="325" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="S42" s="335"/>
       <c r="T42" s="336"/>
     </row>
     <row r="43" spans="2:21" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B43" s="448"/>
-[...2 lines deleted...]
-      <c r="E43" s="451"/>
+      <c r="B43" s="450"/>
+      <c r="C43" s="451"/>
+      <c r="D43" s="452"/>
+      <c r="E43" s="453"/>
       <c r="F43" s="338">
         <f>1-F42</f>
         <v>1</v>
       </c>
       <c r="G43" s="339" t="str">
         <f>IFERROR(E42*F43,"")</f>
         <v/>
       </c>
       <c r="H43" s="45"/>
       <c r="I43" s="340" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="J43" s="341">
         <v>1</v>
       </c>
       <c r="K43" s="342" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
       <c r="L43" s="49">
         <v>30</v>
       </c>
       <c r="M43" s="343">
         <f t="shared" si="0"/>
@@ -8799,321 +8847,327 @@
       <c r="C44" s="350">
         <f>SUM(C10:C43)</f>
         <v>0</v>
       </c>
       <c r="D44" s="351">
         <f>SUM(D10:D43)</f>
         <v>0</v>
       </c>
       <c r="E44" s="352">
         <f>SUM(E10:E43)</f>
         <v>0</v>
       </c>
       <c r="F44" s="353"/>
       <c r="G44" s="354"/>
       <c r="H44" s="355">
         <f>SUM(H10:H43)</f>
         <v>0</v>
       </c>
       <c r="I44" s="356">
         <f>SUM(I10:I43)</f>
         <v>0</v>
       </c>
       <c r="J44" s="353"/>
       <c r="K44" s="357"/>
       <c r="L44" s="358"/>
-      <c r="M44" s="420" t="s">
+      <c r="M44" s="422" t="s">
         <v>50</v>
       </c>
-      <c r="N44" s="421"/>
-[...1 lines deleted...]
-      <c r="P44" s="422"/>
+      <c r="N44" s="423"/>
+      <c r="O44" s="423"/>
+      <c r="P44" s="424"/>
       <c r="Q44" s="359" t="str">
         <f>IFERROR(Q10+Q12+Q14+Q16+Q18+Q20+Q22+Q24+Q26+Q28+Q30+Q32+Q34+Q36+Q38+Q40+Q42,"")</f>
         <v/>
       </c>
       <c r="R44" s="359" t="str">
         <f>IFERROR(Q44/$R$7,"")</f>
         <v/>
       </c>
       <c r="S44" s="360" t="s">
         <v>48</v>
       </c>
       <c r="T44" s="336"/>
     </row>
     <row r="45" spans="2:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B45" s="361"/>
       <c r="C45" s="354"/>
       <c r="D45" s="354"/>
       <c r="E45" s="354"/>
       <c r="F45" s="353"/>
       <c r="G45" s="354"/>
       <c r="H45" s="362"/>
       <c r="I45" s="363"/>
       <c r="J45" s="353"/>
       <c r="K45" s="364"/>
       <c r="L45" s="358"/>
-      <c r="M45" s="423" t="s">
+      <c r="M45" s="425" t="s">
         <v>51</v>
       </c>
-      <c r="N45" s="424"/>
-[...1 lines deleted...]
-      <c r="P45" s="425"/>
+      <c r="N45" s="426"/>
+      <c r="O45" s="426"/>
+      <c r="P45" s="427"/>
       <c r="Q45" s="365" t="str">
         <f>IFERROR(Q11+Q13+Q15+Q17+Q19+Q21+Q23+Q25+Q27+Q29+Q31+Q33+Q35+Q37+Q39+Q41+Q43,"")</f>
         <v/>
       </c>
       <c r="R45" s="365" t="str">
         <f>IFERROR(Q45/R7,"")</f>
         <v/>
       </c>
       <c r="S45" s="360" t="s">
         <v>49</v>
       </c>
       <c r="T45" s="336"/>
       <c r="U45" s="366"/>
     </row>
     <row r="46" spans="2:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B46" s="361"/>
       <c r="C46" s="354"/>
       <c r="D46" s="354"/>
       <c r="E46" s="354"/>
       <c r="F46" s="353"/>
       <c r="G46" s="354"/>
       <c r="H46" s="363"/>
       <c r="I46" s="363"/>
       <c r="J46" s="353"/>
       <c r="K46" s="364"/>
       <c r="L46" s="358"/>
-      <c r="M46" s="426" t="s">
+      <c r="M46" s="428" t="s">
         <v>47</v>
       </c>
-      <c r="N46" s="427"/>
-[...1 lines deleted...]
-      <c r="P46" s="428"/>
+      <c r="N46" s="429"/>
+      <c r="O46" s="429"/>
+      <c r="P46" s="430"/>
       <c r="Q46" s="367" t="str">
         <f>IFERROR(Q44+Q45,"")</f>
         <v/>
       </c>
       <c r="R46" s="368" t="str">
         <f>IFERROR(R44+R45,"")</f>
         <v/>
       </c>
       <c r="S46" s="360"/>
       <c r="T46" s="336"/>
       <c r="U46" s="366"/>
     </row>
     <row r="47" spans="2:21" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="361"/>
       <c r="C47" s="354"/>
       <c r="D47" s="349"/>
       <c r="E47" s="354"/>
       <c r="F47" s="353"/>
       <c r="G47" s="354"/>
       <c r="H47" s="363"/>
       <c r="I47" s="363"/>
       <c r="J47" s="353"/>
       <c r="K47" s="364"/>
       <c r="L47" s="358"/>
       <c r="M47" s="369"/>
       <c r="N47" s="369"/>
       <c r="O47" s="369"/>
       <c r="P47" s="369"/>
       <c r="Q47" s="364"/>
       <c r="R47" s="370"/>
       <c r="S47" s="360"/>
       <c r="T47" s="336"/>
       <c r="U47" s="366"/>
     </row>
     <row r="48" spans="2:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B48" s="437" t="s">
+      <c r="B48" s="439" t="s">
         <v>32</v>
       </c>
-      <c r="C48" s="438"/>
+      <c r="C48" s="440"/>
       <c r="D48" s="371" t="s">
         <v>33</v>
       </c>
       <c r="E48" s="354"/>
       <c r="F48" s="353"/>
       <c r="G48" s="354"/>
       <c r="H48" s="363"/>
-      <c r="I48" s="429" t="s">
-[...8 lines deleted...]
-      <c r="P48" s="431"/>
+      <c r="I48" s="431" t="s">
+        <v>172</v>
+      </c>
+      <c r="J48" s="432"/>
+      <c r="K48" s="432"/>
+      <c r="L48" s="432"/>
+      <c r="M48" s="432"/>
+      <c r="N48" s="432"/>
+      <c r="O48" s="432"/>
+      <c r="P48" s="433"/>
       <c r="Q48" s="412"/>
-      <c r="R48" s="413"/>
+      <c r="R48" s="413" t="e">
+        <f>Q48/R7</f>
+        <v>#DIV/0!</v>
+      </c>
       <c r="S48" s="360"/>
       <c r="T48" s="336"/>
       <c r="U48" s="366"/>
     </row>
     <row r="49" spans="2:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B49" s="435"/>
-      <c r="C49" s="436"/>
+      <c r="B49" s="437"/>
+      <c r="C49" s="438"/>
       <c r="D49" s="41"/>
       <c r="E49" s="372"/>
       <c r="F49" s="373"/>
       <c r="G49" s="373"/>
       <c r="H49" s="373"/>
-      <c r="I49" s="432" t="s">
+      <c r="I49" s="434" t="s">
         <v>157</v>
       </c>
-      <c r="J49" s="433"/>
-[...6 lines deleted...]
-      <c r="Q49" s="414"/>
+      <c r="J49" s="435"/>
+      <c r="K49" s="435"/>
+      <c r="L49" s="435"/>
+      <c r="M49" s="435"/>
+      <c r="N49" s="435"/>
+      <c r="O49" s="435"/>
+      <c r="P49" s="436"/>
+      <c r="Q49" s="414">
+        <f>R49*R7</f>
+        <v>0</v>
+      </c>
       <c r="R49" s="415"/>
       <c r="S49" s="374"/>
       <c r="T49" s="336"/>
     </row>
     <row r="50" spans="2:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="439"/>
-      <c r="C50" s="440"/>
+      <c r="B50" s="441"/>
+      <c r="C50" s="442"/>
       <c r="D50" s="42"/>
       <c r="E50" s="375"/>
       <c r="F50" s="376"/>
       <c r="G50" s="377"/>
       <c r="H50" s="361"/>
       <c r="I50" s="361"/>
       <c r="J50" s="378"/>
       <c r="K50" s="379"/>
       <c r="L50" s="379"/>
       <c r="M50" s="379"/>
       <c r="N50" s="379"/>
       <c r="O50" s="379"/>
       <c r="P50" s="379"/>
       <c r="Q50" s="380" t="str">
         <f>IFERROR(Q48/R7,"")</f>
         <v/>
       </c>
       <c r="R50" s="380"/>
       <c r="S50" s="336"/>
       <c r="T50" s="336"/>
     </row>
     <row r="51" spans="2:20" x14ac:dyDescent="0.2">
-      <c r="B51" s="439"/>
-      <c r="C51" s="440"/>
+      <c r="B51" s="441"/>
+      <c r="C51" s="442"/>
       <c r="D51" s="42"/>
       <c r="E51" s="375"/>
       <c r="F51" s="376"/>
       <c r="G51" s="377"/>
       <c r="H51" s="361"/>
       <c r="I51" s="361"/>
       <c r="J51" s="381"/>
       <c r="K51" s="349"/>
       <c r="L51" s="379"/>
       <c r="M51" s="379"/>
       <c r="N51" s="379"/>
       <c r="O51" s="379"/>
       <c r="P51" s="382"/>
       <c r="Q51" s="383"/>
       <c r="R51" s="349"/>
       <c r="S51" s="335"/>
       <c r="T51" s="336"/>
     </row>
     <row r="52" spans="2:20" x14ac:dyDescent="0.2">
-      <c r="B52" s="439"/>
-      <c r="C52" s="440"/>
+      <c r="B52" s="441"/>
+      <c r="C52" s="442"/>
       <c r="D52" s="42"/>
       <c r="E52" s="384"/>
       <c r="F52" s="385"/>
       <c r="G52" s="384"/>
       <c r="H52" s="384"/>
       <c r="I52" s="384"/>
       <c r="J52" s="353"/>
       <c r="K52" s="361"/>
       <c r="L52" s="353"/>
       <c r="M52" s="353"/>
       <c r="N52" s="353"/>
       <c r="O52" s="353"/>
       <c r="P52" s="353"/>
       <c r="Q52" s="361"/>
       <c r="R52" s="361"/>
       <c r="S52" s="336"/>
       <c r="T52" s="336"/>
     </row>
     <row r="53" spans="2:20" x14ac:dyDescent="0.2">
-      <c r="B53" s="441" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="442"/>
+      <c r="B53" s="443" t="s">
+        <v>162</v>
+      </c>
+      <c r="C53" s="444"/>
       <c r="D53" s="42"/>
       <c r="E53" s="384"/>
       <c r="F53" s="385"/>
       <c r="G53" s="384"/>
       <c r="H53" s="384"/>
       <c r="I53" s="384"/>
       <c r="J53" s="353"/>
       <c r="K53" s="275"/>
       <c r="L53" s="386"/>
       <c r="M53" s="387"/>
       <c r="N53" s="387"/>
       <c r="O53" s="387"/>
       <c r="P53" s="387"/>
       <c r="Q53" s="275"/>
       <c r="R53" s="275"/>
       <c r="S53" s="335"/>
       <c r="T53" s="336"/>
     </row>
     <row r="54" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B54" s="416" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="417"/>
+      <c r="B54" s="418" t="s">
+        <v>163</v>
+      </c>
+      <c r="C54" s="419"/>
       <c r="D54" s="43"/>
       <c r="E54" s="388"/>
       <c r="F54" s="388"/>
       <c r="G54" s="388"/>
       <c r="H54" s="388"/>
       <c r="I54" s="388"/>
       <c r="J54" s="389"/>
       <c r="K54" s="390"/>
       <c r="L54" s="387"/>
       <c r="M54" s="387"/>
       <c r="N54" s="387"/>
       <c r="O54" s="387"/>
       <c r="P54" s="387"/>
       <c r="Q54" s="275"/>
       <c r="R54" s="275"/>
       <c r="S54" s="335"/>
       <c r="T54" s="336"/>
     </row>
     <row r="55" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B55" s="418" t="s">
+      <c r="B55" s="420" t="s">
         <v>18</v>
       </c>
-      <c r="C55" s="419"/>
+      <c r="C55" s="421"/>
       <c r="D55" s="356">
         <f>SUM(D49:D54)</f>
         <v>0</v>
       </c>
       <c r="E55" s="391"/>
       <c r="F55" s="391"/>
       <c r="G55" s="391"/>
       <c r="H55" s="391"/>
       <c r="I55" s="391"/>
       <c r="J55" s="389"/>
       <c r="K55" s="390"/>
       <c r="L55" s="387"/>
       <c r="M55" s="387"/>
       <c r="N55" s="387"/>
       <c r="O55" s="387"/>
       <c r="P55" s="387"/>
       <c r="Q55" s="275"/>
       <c r="R55" s="275"/>
       <c r="S55" s="335"/>
       <c r="T55" s="336"/>
     </row>
     <row r="56" spans="2:20" x14ac:dyDescent="0.2">
       <c r="E56" s="392"/>
       <c r="F56" s="393"/>
       <c r="G56" s="392"/>
@@ -9299,51 +9353,51 @@
     <row r="65" spans="2:20" x14ac:dyDescent="0.2">
       <c r="B65" s="336"/>
       <c r="C65" s="336"/>
       <c r="D65" s="336"/>
       <c r="E65" s="336"/>
       <c r="F65" s="399"/>
       <c r="G65" s="336"/>
       <c r="H65" s="336"/>
       <c r="I65" s="336"/>
       <c r="J65" s="399"/>
       <c r="K65" s="336"/>
       <c r="L65" s="399"/>
       <c r="M65" s="399"/>
       <c r="N65" s="399"/>
       <c r="O65" s="399"/>
       <c r="P65" s="399"/>
       <c r="Q65" s="336"/>
       <c r="R65" s="336"/>
       <c r="S65" s="336"/>
       <c r="T65" s="402"/>
     </row>
     <row r="66" spans="2:20" ht="15" x14ac:dyDescent="0.25">
       <c r="B66" s="403"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xV4+5jx5YI9YRP9qK30tXjvVKOOoNX2wgWcWAmvilSAAJ/dnMi0aDCcsGFoRfnL/4Yc7sUthemUCacyz8ofU+A==" saltValue="sXr8DYZ9FzfLRmcSJ51hJA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="M0DaVKCvJJUqL9pa3rjZcuxe2X3GusWqhHZ6YbqUYMEsl7SIS7cwI7w3VQ9un1TYGy8f4EendjVmH6qCeh3Ztw==" saltValue="kFAo1AwOVLKzZ2W+rWJEGw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="97">
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="H6:I7"/>
     <mergeCell ref="M7:O7"/>
     <mergeCell ref="D2:K2"/>
     <mergeCell ref="B3:R3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="K8:K9"/>
     <mergeCell ref="L8:P8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="B10:B11"/>
     <mergeCell ref="C10:C11"/>
     <mergeCell ref="D10:D11"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="I8:I9"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
@@ -9439,51 +9493,51 @@
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="L11" location="'TABLEAU COUTS'!L8" tooltip="La durée d'amortissement des travaux énergétiques (lignes vertes) correspond à la durée de vie moyenne des composants indiquée dans la &quot;Tabelle d'amortissement commune aux associations de bailleurs et de locataires&quot; (disponible sur internet)." display="'TABLEAU COUTS'!L8" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="Q7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="M7:O7" r:id="rId2" display="Taux de référence (OFC)" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="L9" r:id="rId3" display="Durée amort." xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="I48" r:id="rId4" display="Baisse Prévisible des Charges (selon formulaire BPC):" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="77" orientation="landscape" r:id="rId5"/>
   <drawing r:id="rId6"/>
   <legacyDrawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Feuil10">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:BH74"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="P6" sqref="P6"/>
+      <selection activeCell="L25" sqref="L25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="52.140625" style="1" customWidth="1"/>
     <col min="4" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" style="1" customWidth="1"/>
     <col min="8" max="9" width="14.5703125" style="1" customWidth="1"/>
     <col min="10" max="18" width="16.7109375" style="1" customWidth="1"/>
     <col min="19" max="22" width="16.7109375" style="25" hidden="1" customWidth="1"/>
     <col min="23" max="26" width="16.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="27" max="27" width="16.7109375" style="25" hidden="1" customWidth="1"/>
     <col min="28" max="28" width="16.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="29" max="29" width="16.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="30" max="30" width="12.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="31" max="31" width="12.42578125" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="33" width="12.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="12.5703125" style="57" hidden="1" customWidth="1"/>
     <col min="35" max="39" width="12.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="40" max="3658" width="12.5703125" style="1" customWidth="1"/>
     <col min="3659" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
@@ -9494,134 +9548,134 @@
       <c r="G1" s="54"/>
       <c r="H1" s="55"/>
       <c r="I1" s="55"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
       <c r="P1" s="53"/>
       <c r="Q1" s="53"/>
       <c r="R1" s="56"/>
       <c r="S1" s="244"/>
       <c r="T1" s="244"/>
       <c r="U1" s="244"/>
       <c r="V1" s="244"/>
       <c r="W1" s="56"/>
       <c r="X1" s="56"/>
       <c r="Y1" s="56"/>
       <c r="Z1" s="56"/>
       <c r="AA1" s="244"/>
       <c r="AB1" s="56"/>
       <c r="AC1" s="240"/>
     </row>
     <row r="2" spans="2:60" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C2" s="507" t="s">
+      <c r="C2" s="509" t="s">
         <v>159</v>
       </c>
-      <c r="D2" s="507"/>
-[...11 lines deleted...]
-      <c r="N2" s="519"/>
+      <c r="D2" s="509"/>
+      <c r="E2" s="509"/>
+      <c r="F2" s="509"/>
+      <c r="G2" s="509"/>
+      <c r="H2" s="509"/>
+      <c r="I2" s="521" t="s">
+        <v>183</v>
+      </c>
+      <c r="J2" s="521"/>
+      <c r="K2" s="521"/>
+      <c r="L2" s="521"/>
+      <c r="M2" s="521"/>
+      <c r="N2" s="521"/>
       <c r="R2" s="230" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="S2" s="245"/>
       <c r="T2" s="245"/>
       <c r="U2" s="245"/>
       <c r="V2" s="245"/>
       <c r="W2" s="230"/>
       <c r="X2" s="230"/>
       <c r="Y2" s="230"/>
       <c r="Z2" s="230"/>
       <c r="AA2" s="245"/>
       <c r="AB2" s="230"/>
       <c r="AC2" s="240"/>
       <c r="AD2" s="1" t="str">
         <f>B32</f>
         <v>Nombre total de logements:</v>
       </c>
       <c r="AE2" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3" spans="2:60" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C3" s="264"/>
       <c r="D3" s="264"/>
       <c r="E3" s="264"/>
       <c r="F3" s="264"/>
       <c r="G3" s="264"/>
       <c r="H3" s="264"/>
       <c r="I3" s="265"/>
       <c r="J3" s="265"/>
       <c r="K3" s="265"/>
       <c r="L3" s="265"/>
       <c r="M3" s="265"/>
       <c r="N3" s="265"/>
       <c r="R3" s="230"/>
       <c r="S3" s="245"/>
       <c r="T3" s="245"/>
       <c r="U3" s="245"/>
       <c r="V3" s="245"/>
       <c r="W3" s="230"/>
       <c r="X3" s="230"/>
       <c r="Y3" s="230"/>
       <c r="Z3" s="230"/>
       <c r="AA3" s="245"/>
       <c r="AB3" s="230"/>
       <c r="AC3" s="240"/>
     </row>
     <row r="4" spans="2:60" ht="78.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="531" t="s">
-[...17 lines deleted...]
-      <c r="R4" s="533"/>
+      <c r="B4" s="533" t="s">
+        <v>177</v>
+      </c>
+      <c r="C4" s="534"/>
+      <c r="D4" s="534"/>
+      <c r="E4" s="534"/>
+      <c r="F4" s="534"/>
+      <c r="G4" s="534"/>
+      <c r="H4" s="534"/>
+      <c r="I4" s="534"/>
+      <c r="J4" s="534"/>
+      <c r="K4" s="534"/>
+      <c r="L4" s="534"/>
+      <c r="M4" s="534"/>
+      <c r="N4" s="534"/>
+      <c r="O4" s="534"/>
+      <c r="P4" s="534"/>
+      <c r="Q4" s="534"/>
+      <c r="R4" s="535"/>
       <c r="S4" s="245"/>
       <c r="T4" s="245"/>
       <c r="U4" s="245"/>
       <c r="V4" s="245"/>
       <c r="W4" s="230"/>
       <c r="X4" s="230"/>
       <c r="Y4" s="230"/>
       <c r="Z4" s="230"/>
       <c r="AA4" s="245"/>
       <c r="AB4" s="230"/>
       <c r="AC4" s="240"/>
     </row>
     <row r="5" spans="2:60" ht="18" x14ac:dyDescent="0.2">
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="8"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="3"/>
@@ -9641,251 +9695,251 @@
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="AC6" s="241"/>
     </row>
     <row r="7" spans="2:60" ht="18.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="8"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="AC7" s="241">
         <v>8820</v>
       </c>
     </row>
     <row r="8" spans="2:60" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="522" t="str">
+      <c r="B8" s="524" t="str">
         <f>'TABLEAU COUTS'!B6</f>
         <v>Adresse-s de-s immeuble-s</v>
       </c>
-      <c r="C8" s="523"/>
-      <c r="D8" s="524"/>
+      <c r="C8" s="525"/>
+      <c r="D8" s="526"/>
       <c r="E8" s="8"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
-      <c r="L8" s="508" t="s">
+      <c r="L8" s="510" t="s">
         <v>34</v>
       </c>
-      <c r="M8" s="509"/>
-      <c r="N8" s="600">
+      <c r="M8" s="511"/>
+      <c r="N8" s="416">
         <v>3724</v>
       </c>
       <c r="AC8" s="242">
         <f>N8*2.5</f>
         <v>9310</v>
       </c>
       <c r="AD8" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="2:60" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="525"/>
-[...1 lines deleted...]
-      <c r="D9" s="527"/>
+      <c r="B9" s="527"/>
+      <c r="C9" s="528"/>
+      <c r="D9" s="529"/>
       <c r="E9" s="250"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="4"/>
       <c r="K9" s="69"/>
       <c r="L9" s="69"/>
       <c r="M9" s="69"/>
       <c r="N9" s="251"/>
-      <c r="O9" s="510"/>
-      <c r="P9" s="511"/>
+      <c r="O9" s="512"/>
+      <c r="P9" s="513"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="246"/>
       <c r="T9" s="246"/>
       <c r="U9" s="246"/>
       <c r="V9" s="246"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
       <c r="Z9" s="3"/>
       <c r="AA9" s="246"/>
       <c r="AB9" s="3"/>
       <c r="AC9" s="240"/>
     </row>
     <row r="10" spans="2:60" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="528" t="s">
+      <c r="B10" s="530" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="529"/>
-      <c r="D10" s="530"/>
+      <c r="C10" s="531"/>
+      <c r="D10" s="532"/>
       <c r="E10" s="405" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="407" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="232" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="H10" s="512" t="s">
+        <v>171</v>
+      </c>
+      <c r="H10" s="514" t="s">
         <v>39</v>
       </c>
-      <c r="I10" s="513"/>
-[...3 lines deleted...]
-      <c r="K10" s="516" t="s">
+      <c r="I10" s="515"/>
+      <c r="J10" s="516" t="s">
+        <v>179</v>
+      </c>
+      <c r="K10" s="518" t="s">
         <v>52</v>
       </c>
-      <c r="L10" s="517"/>
-      <c r="M10" s="516" t="s">
+      <c r="L10" s="519"/>
+      <c r="M10" s="518" t="s">
         <v>53</v>
       </c>
-      <c r="N10" s="518"/>
+      <c r="N10" s="520"/>
       <c r="O10" s="235" t="s">
         <v>57</v>
       </c>
       <c r="P10" s="234" t="s">
         <v>158</v>
       </c>
-      <c r="Q10" s="535" t="s">
+      <c r="Q10" s="537" t="s">
         <v>56</v>
       </c>
-      <c r="R10" s="537" t="s">
+      <c r="R10" s="539" t="s">
         <v>40</v>
       </c>
       <c r="S10" s="236"/>
       <c r="T10" s="236"/>
       <c r="U10" s="236"/>
       <c r="V10" s="236"/>
       <c r="W10" s="236"/>
       <c r="X10" s="236"/>
       <c r="Y10" s="236"/>
       <c r="Z10" s="236"/>
       <c r="AA10" s="236"/>
       <c r="AB10" s="236"/>
       <c r="AC10" s="240"/>
-      <c r="AI10" s="534" t="s">
+      <c r="AI10" s="536" t="s">
         <v>58</v>
       </c>
-      <c r="AJ10" s="534" t="s">
+      <c r="AJ10" s="536" t="s">
         <v>59</v>
       </c>
       <c r="AK10" s="167"/>
       <c r="AR10" s="267"/>
       <c r="AS10" s="268"/>
       <c r="AT10" s="268"/>
       <c r="AU10" s="268"/>
       <c r="AV10" s="268"/>
       <c r="AW10" s="268"/>
       <c r="AX10" s="268"/>
       <c r="AY10" s="268"/>
       <c r="AZ10" s="268"/>
       <c r="BA10" s="268"/>
       <c r="BB10" s="268"/>
       <c r="BC10" s="268"/>
       <c r="BD10" s="268"/>
       <c r="BE10" s="268"/>
       <c r="BF10" s="268"/>
       <c r="BG10" s="268"/>
       <c r="BH10" s="268"/>
     </row>
     <row r="11" spans="2:60" ht="66.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B11" s="252" t="s">
         <v>160</v>
       </c>
-      <c r="C11" s="520" t="s">
+      <c r="C11" s="522" t="s">
         <v>156</v>
       </c>
-      <c r="D11" s="521"/>
+      <c r="D11" s="523"/>
       <c r="E11" s="406"/>
       <c r="F11" s="408"/>
       <c r="G11" s="262" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H11" s="270" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="I11" s="58" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="J11" s="515"/>
+        <v>180</v>
+      </c>
+      <c r="J11" s="517"/>
       <c r="K11" s="65" t="str">
         <f>'TABLEAU COUTS'!R44</f>
         <v/>
       </c>
       <c r="L11" s="11" t="s">
         <v>54</v>
       </c>
       <c r="M11" s="10" t="str">
         <f>'TABLEAU COUTS'!R45</f>
         <v/>
       </c>
       <c r="N11" s="70" t="s">
         <v>55</v>
       </c>
-      <c r="O11" s="72">
+      <c r="O11" s="72" t="e">
         <f>'TABLEAU COUTS'!R48</f>
-        <v>0</v>
+        <v>#DIV/0!</v>
       </c>
       <c r="P11" s="74">
         <f>'TABLEAU COUTS'!R49</f>
         <v>0</v>
       </c>
-      <c r="Q11" s="536"/>
-      <c r="R11" s="538"/>
+      <c r="Q11" s="538"/>
+      <c r="R11" s="540"/>
       <c r="S11" s="231"/>
       <c r="T11" s="236"/>
       <c r="U11" s="236"/>
       <c r="V11" s="236"/>
       <c r="W11" s="236"/>
       <c r="X11" s="236"/>
       <c r="Y11" s="236"/>
       <c r="Z11" s="236"/>
       <c r="AA11" s="236"/>
       <c r="AB11" s="247"/>
       <c r="AC11" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="AI11" s="534"/>
-      <c r="AJ11" s="534"/>
+      <c r="AI11" s="536"/>
+      <c r="AJ11" s="536"/>
       <c r="AK11" s="167"/>
     </row>
     <row r="12" spans="2:60" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="254"/>
-      <c r="C12" s="498"/>
-      <c r="D12" s="497"/>
+      <c r="C12" s="500"/>
+      <c r="D12" s="499"/>
       <c r="E12" s="76"/>
       <c r="F12" s="77"/>
       <c r="G12" s="233"/>
       <c r="H12" s="78"/>
       <c r="I12" s="79"/>
       <c r="J12" s="14" t="str">
         <f t="shared" ref="J12" si="0">IFERROR(IF((I12/F12)&lt;$AC$8,I12/F12,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K12" s="15" t="str">
         <f t="shared" ref="K12" si="1">IFERROR(IF(J12&lt;&gt;"pas de fixation",L12-J12,""),"")</f>
         <v/>
       </c>
       <c r="L12" s="16" t="str">
         <f t="shared" ref="L12" si="2">IF(J12&lt;&gt;"pas de fixation",IF(J12&lt;N$8,IF((N$8-J12)&gt;K$11,J12+K$11,N$8),J12),"")</f>
         <v/>
       </c>
       <c r="M12" s="15" t="str">
         <f t="shared" ref="M12" si="3">IFERROR(IF(J12&lt;&gt;"pas de fixation",N12-L12,""),"")</f>
         <v/>
       </c>
       <c r="N12" s="71" t="str">
         <f t="shared" ref="N12" si="4">IF(J12&lt;&gt;"pas de fixation",IF(L12&lt;N$8,IF((N$8-L12)&gt;M$11,L12+M$11,N$8),L12),"")</f>
         <v/>
       </c>
@@ -9927,55 +9981,55 @@
       <c r="AF12" s="1">
         <f t="shared" ref="AF12" si="11">IF(J12&lt;&gt;"pas de fixation",H12,"")</f>
         <v>0</v>
       </c>
       <c r="AG12" s="1">
         <f t="shared" ref="AG12" si="12">IF(J12&lt;&gt;"pas de fixation",I12,"")</f>
         <v>0</v>
       </c>
       <c r="AH12" s="57" t="str">
         <f t="shared" ref="AH12" si="13">IFERROR(I12/F12,"")</f>
         <v/>
       </c>
       <c r="AI12" s="66" t="str">
         <f t="shared" ref="AI12" si="14">IFERROR(IF(J12&lt;&gt;"pas de fixation",O12*F12,I12),"")</f>
         <v/>
       </c>
       <c r="AJ12" s="67">
         <f t="shared" ref="AJ12" si="15">IF(J12&lt;&gt;"pas de fixation",R12,I12)</f>
         <v>0</v>
       </c>
       <c r="AK12" s="67"/>
       <c r="AM12" s="59"/>
     </row>
     <row r="13" spans="2:60" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="254"/>
-      <c r="C13" s="498"/>
-      <c r="D13" s="497"/>
+      <c r="C13" s="500"/>
+      <c r="D13" s="499"/>
       <c r="E13" s="76"/>
       <c r="F13" s="77"/>
-      <c r="G13" s="233"/>
+      <c r="G13" s="417"/>
       <c r="H13" s="78"/>
       <c r="I13" s="79"/>
       <c r="J13" s="14" t="str">
         <f t="shared" ref="J13" si="16">IFERROR(IF((I13/F13)&lt;$AC$8,I13/F13,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K13" s="15" t="str">
         <f t="shared" ref="K13" si="17">IFERROR(IF(J13&lt;&gt;"pas de fixation",L13-J13,""),"")</f>
         <v/>
       </c>
       <c r="L13" s="16" t="str">
         <f t="shared" ref="L13" si="18">IF(J13&lt;&gt;"pas de fixation",IF(J13&lt;N$8,IF((N$8-J13)&gt;K$11,J13+K$11,N$8),J13),"")</f>
         <v/>
       </c>
       <c r="M13" s="15" t="str">
         <f t="shared" ref="M13" si="19">IFERROR(IF(J13&lt;&gt;"pas de fixation",N13-L13,""),"")</f>
         <v/>
       </c>
       <c r="N13" s="71" t="str">
         <f t="shared" ref="N13" si="20">IF(J13&lt;&gt;"pas de fixation",IF(L13&lt;N$8,IF((N$8-L13)&gt;M$11,L13+M$11,N$8),L13),"")</f>
         <v/>
       </c>
       <c r="O13" s="75" t="str">
         <f t="shared" ref="O13" si="21">IFERROR(IF(J13&lt;&gt;"pas de fixation",N13+$O$11,""),"")</f>
         <v/>
@@ -10014,52 +10068,52 @@
       <c r="AF13" s="1">
         <f t="shared" ref="AF13" si="27">IF(J13&lt;&gt;"pas de fixation",H13,"")</f>
         <v>0</v>
       </c>
       <c r="AG13" s="1">
         <f t="shared" ref="AG13" si="28">IF(J13&lt;&gt;"pas de fixation",I13,"")</f>
         <v>0</v>
       </c>
       <c r="AH13" s="57" t="str">
         <f t="shared" ref="AH13" si="29">IFERROR(I13/F13,"")</f>
         <v/>
       </c>
       <c r="AI13" s="66" t="str">
         <f t="shared" ref="AI13" si="30">IFERROR(IF(J13&lt;&gt;"pas de fixation",O13*F13,I13),"")</f>
         <v/>
       </c>
       <c r="AJ13" s="67">
         <f t="shared" ref="AJ13" si="31">IF(J13&lt;&gt;"pas de fixation",R13,I13)</f>
         <v>0</v>
       </c>
       <c r="AK13" s="67"/>
       <c r="AM13" s="59"/>
     </row>
     <row r="14" spans="2:60" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="254"/>
-      <c r="C14" s="498"/>
-      <c r="D14" s="497"/>
+      <c r="C14" s="500"/>
+      <c r="D14" s="499"/>
       <c r="E14" s="76"/>
       <c r="F14" s="77"/>
       <c r="G14" s="404"/>
       <c r="H14" s="78"/>
       <c r="I14" s="79"/>
       <c r="J14" s="14" t="str">
         <f t="shared" ref="J14" si="32">IFERROR(IF((I14/F14)&lt;$AC$8,I14/F14,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K14" s="15" t="str">
         <f t="shared" ref="K14" si="33">IFERROR(IF(J14&lt;&gt;"pas de fixation",L14-J14,""),"")</f>
         <v/>
       </c>
       <c r="L14" s="16" t="str">
         <f t="shared" ref="L14" si="34">IF(J14&lt;&gt;"pas de fixation",IF(J14&lt;N$8,IF((N$8-J14)&gt;K$11,J14+K$11,N$8),J14),"")</f>
         <v/>
       </c>
       <c r="M14" s="15" t="str">
         <f t="shared" ref="M14" si="35">IFERROR(IF(J14&lt;&gt;"pas de fixation",N14-L14,""),"")</f>
         <v/>
       </c>
       <c r="N14" s="71" t="str">
         <f t="shared" ref="N14" si="36">IF(J14&lt;&gt;"pas de fixation",IF(L14&lt;N$8,IF((N$8-L14)&gt;M$11,L14+M$11,N$8),L14),"")</f>
         <v/>
       </c>
@@ -10101,52 +10155,52 @@
       <c r="AF14" s="1">
         <f t="shared" ref="AF14" si="43">IF(J14&lt;&gt;"pas de fixation",H14,"")</f>
         <v>0</v>
       </c>
       <c r="AG14" s="1">
         <f t="shared" ref="AG14" si="44">IF(J14&lt;&gt;"pas de fixation",I14,"")</f>
         <v>0</v>
       </c>
       <c r="AH14" s="57" t="str">
         <f t="shared" ref="AH14" si="45">IFERROR(I14/F14,"")</f>
         <v/>
       </c>
       <c r="AI14" s="66" t="str">
         <f t="shared" ref="AI14" si="46">IFERROR(IF(J14&lt;&gt;"pas de fixation",O14*F14,I14),"")</f>
         <v/>
       </c>
       <c r="AJ14" s="67">
         <f t="shared" ref="AJ14" si="47">IF(J14&lt;&gt;"pas de fixation",R14,I14)</f>
         <v>0</v>
       </c>
       <c r="AK14" s="67"/>
       <c r="AM14" s="59"/>
     </row>
     <row r="15" spans="2:60" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="254"/>
-      <c r="C15" s="498"/>
-      <c r="D15" s="497"/>
+      <c r="C15" s="500"/>
+      <c r="D15" s="499"/>
       <c r="E15" s="76"/>
       <c r="F15" s="77"/>
       <c r="G15" s="233"/>
       <c r="H15" s="78"/>
       <c r="I15" s="79"/>
       <c r="J15" s="14" t="str">
         <f t="shared" ref="J15" si="48">IFERROR(IF((I15/F15)&lt;$AC$8,I15/F15,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K15" s="15" t="str">
         <f t="shared" ref="K15" si="49">IFERROR(IF(J15&lt;&gt;"pas de fixation",L15-J15,""),"")</f>
         <v/>
       </c>
       <c r="L15" s="16" t="str">
         <f t="shared" ref="L15" si="50">IF(J15&lt;&gt;"pas de fixation",IF(J15&lt;N$8,IF((N$8-J15)&gt;K$11,J15+K$11,N$8),J15),"")</f>
         <v/>
       </c>
       <c r="M15" s="15" t="str">
         <f t="shared" ref="M15" si="51">IFERROR(IF(J15&lt;&gt;"pas de fixation",N15-L15,""),"")</f>
         <v/>
       </c>
       <c r="N15" s="71" t="str">
         <f t="shared" ref="N15" si="52">IF(J15&lt;&gt;"pas de fixation",IF(L15&lt;N$8,IF((N$8-L15)&gt;M$11,L15+M$11,N$8),L15),"")</f>
         <v/>
       </c>
@@ -10188,52 +10242,52 @@
       <c r="AF15" s="1">
         <f t="shared" ref="AF15" si="59">IF(J15&lt;&gt;"pas de fixation",H15,"")</f>
         <v>0</v>
       </c>
       <c r="AG15" s="1">
         <f t="shared" ref="AG15" si="60">IF(J15&lt;&gt;"pas de fixation",I15,"")</f>
         <v>0</v>
       </c>
       <c r="AH15" s="57" t="str">
         <f t="shared" ref="AH15" si="61">IFERROR(I15/F15,"")</f>
         <v/>
       </c>
       <c r="AI15" s="66" t="str">
         <f t="shared" ref="AI15" si="62">IFERROR(IF(J15&lt;&gt;"pas de fixation",O15*F15,I15),"")</f>
         <v/>
       </c>
       <c r="AJ15" s="67">
         <f t="shared" ref="AJ15" si="63">IF(J15&lt;&gt;"pas de fixation",R15,I15)</f>
         <v>0</v>
       </c>
       <c r="AK15" s="67"/>
       <c r="AM15" s="59"/>
     </row>
     <row r="16" spans="2:60" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="254"/>
-      <c r="C16" s="498"/>
-      <c r="D16" s="497"/>
+      <c r="C16" s="500"/>
+      <c r="D16" s="499"/>
       <c r="E16" s="76"/>
       <c r="F16" s="77"/>
       <c r="G16" s="233"/>
       <c r="H16" s="78"/>
       <c r="I16" s="79"/>
       <c r="J16" s="14" t="str">
         <f t="shared" ref="J16" si="64">IFERROR(IF((I16/F16)&lt;$AC$8,I16/F16,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K16" s="15" t="str">
         <f t="shared" ref="K16" si="65">IFERROR(IF(J16&lt;&gt;"pas de fixation",L16-J16,""),"")</f>
         <v/>
       </c>
       <c r="L16" s="16" t="str">
         <f t="shared" ref="L16" si="66">IF(J16&lt;&gt;"pas de fixation",IF(J16&lt;N$8,IF((N$8-J16)&gt;K$11,J16+K$11,N$8),J16),"")</f>
         <v/>
       </c>
       <c r="M16" s="15" t="str">
         <f t="shared" ref="M16" si="67">IFERROR(IF(J16&lt;&gt;"pas de fixation",N16-L16,""),"")</f>
         <v/>
       </c>
       <c r="N16" s="71" t="str">
         <f t="shared" ref="N16" si="68">IF(J16&lt;&gt;"pas de fixation",IF(L16&lt;N$8,IF((N$8-L16)&gt;M$11,L16+M$11,N$8),L16),"")</f>
         <v/>
       </c>
@@ -10275,52 +10329,52 @@
       <c r="AF16" s="1">
         <f t="shared" ref="AF16" si="75">IF(J16&lt;&gt;"pas de fixation",H16,"")</f>
         <v>0</v>
       </c>
       <c r="AG16" s="1">
         <f t="shared" ref="AG16" si="76">IF(J16&lt;&gt;"pas de fixation",I16,"")</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57" t="str">
         <f t="shared" ref="AH16" si="77">IFERROR(I16/F16,"")</f>
         <v/>
       </c>
       <c r="AI16" s="66" t="str">
         <f t="shared" ref="AI16" si="78">IFERROR(IF(J16&lt;&gt;"pas de fixation",O16*F16,I16),"")</f>
         <v/>
       </c>
       <c r="AJ16" s="67">
         <f t="shared" ref="AJ16" si="79">IF(J16&lt;&gt;"pas de fixation",R16,I16)</f>
         <v>0</v>
       </c>
       <c r="AK16" s="67"/>
       <c r="AM16" s="59"/>
     </row>
     <row r="17" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="254"/>
-      <c r="C17" s="498"/>
-      <c r="D17" s="497"/>
+      <c r="C17" s="500"/>
+      <c r="D17" s="499"/>
       <c r="E17" s="76"/>
       <c r="F17" s="77"/>
       <c r="G17" s="233"/>
       <c r="H17" s="78"/>
       <c r="I17" s="79"/>
       <c r="J17" s="14" t="str">
         <f t="shared" ref="J17" si="80">IFERROR(IF((I17/F17)&lt;$AC$8,I17/F17,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K17" s="15" t="str">
         <f t="shared" ref="K17" si="81">IFERROR(IF(J17&lt;&gt;"pas de fixation",L17-J17,""),"")</f>
         <v/>
       </c>
       <c r="L17" s="16" t="str">
         <f t="shared" ref="L17" si="82">IF(J17&lt;&gt;"pas de fixation",IF(J17&lt;N$8,IF((N$8-J17)&gt;K$11,J17+K$11,N$8),J17),"")</f>
         <v/>
       </c>
       <c r="M17" s="15" t="str">
         <f t="shared" ref="M17" si="83">IFERROR(IF(J17&lt;&gt;"pas de fixation",N17-L17,""),"")</f>
         <v/>
       </c>
       <c r="N17" s="71" t="str">
         <f t="shared" ref="N17" si="84">IF(J17&lt;&gt;"pas de fixation",IF(L17&lt;N$8,IF((N$8-L17)&gt;M$11,L17+M$11,N$8),L17),"")</f>
         <v/>
       </c>
@@ -10362,52 +10416,52 @@
       <c r="AF17" s="1">
         <f t="shared" ref="AF17" si="91">IF(J17&lt;&gt;"pas de fixation",H17,"")</f>
         <v>0</v>
       </c>
       <c r="AG17" s="1">
         <f t="shared" ref="AG17" si="92">IF(J17&lt;&gt;"pas de fixation",I17,"")</f>
         <v>0</v>
       </c>
       <c r="AH17" s="57" t="str">
         <f t="shared" ref="AH17" si="93">IFERROR(I17/F17,"")</f>
         <v/>
       </c>
       <c r="AI17" s="66" t="str">
         <f t="shared" ref="AI17" si="94">IFERROR(IF(J17&lt;&gt;"pas de fixation",O17*F17,I17),"")</f>
         <v/>
       </c>
       <c r="AJ17" s="67">
         <f t="shared" ref="AJ17" si="95">IF(J17&lt;&gt;"pas de fixation",R17,I17)</f>
         <v>0</v>
       </c>
       <c r="AK17" s="67"/>
       <c r="AM17" s="59"/>
     </row>
     <row r="18" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="254"/>
-      <c r="C18" s="498"/>
-      <c r="D18" s="497"/>
+      <c r="C18" s="500"/>
+      <c r="D18" s="499"/>
       <c r="E18" s="76"/>
       <c r="F18" s="77"/>
       <c r="G18" s="233"/>
       <c r="H18" s="78"/>
       <c r="I18" s="79"/>
       <c r="J18" s="14" t="str">
         <f t="shared" ref="J18" si="96">IFERROR(IF((I18/F18)&lt;$AC$8,I18/F18,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K18" s="15" t="str">
         <f t="shared" ref="K18" si="97">IFERROR(IF(J18&lt;&gt;"pas de fixation",L18-J18,""),"")</f>
         <v/>
       </c>
       <c r="L18" s="16" t="str">
         <f t="shared" ref="L18" si="98">IF(J18&lt;&gt;"pas de fixation",IF(J18&lt;N$8,IF((N$8-J18)&gt;K$11,J18+K$11,N$8),J18),"")</f>
         <v/>
       </c>
       <c r="M18" s="15" t="str">
         <f t="shared" ref="M18" si="99">IFERROR(IF(J18&lt;&gt;"pas de fixation",N18-L18,""),"")</f>
         <v/>
       </c>
       <c r="N18" s="71" t="str">
         <f t="shared" ref="N18" si="100">IF(J18&lt;&gt;"pas de fixation",IF(L18&lt;N$8,IF((N$8-L18)&gt;M$11,L18+M$11,N$8),L18),"")</f>
         <v/>
       </c>
@@ -10449,52 +10503,52 @@
       <c r="AF18" s="1">
         <f t="shared" ref="AF18" si="107">IF(J18&lt;&gt;"pas de fixation",H18,"")</f>
         <v>0</v>
       </c>
       <c r="AG18" s="1">
         <f t="shared" ref="AG18" si="108">IF(J18&lt;&gt;"pas de fixation",I18,"")</f>
         <v>0</v>
       </c>
       <c r="AH18" s="57" t="str">
         <f t="shared" ref="AH18" si="109">IFERROR(I18/F18,"")</f>
         <v/>
       </c>
       <c r="AI18" s="66" t="str">
         <f t="shared" ref="AI18" si="110">IFERROR(IF(J18&lt;&gt;"pas de fixation",O18*F18,I18),"")</f>
         <v/>
       </c>
       <c r="AJ18" s="67">
         <f t="shared" ref="AJ18" si="111">IF(J18&lt;&gt;"pas de fixation",R18,I18)</f>
         <v>0</v>
       </c>
       <c r="AK18" s="67"/>
       <c r="AM18" s="59"/>
     </row>
     <row r="19" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="254"/>
-      <c r="C19" s="498"/>
-      <c r="D19" s="497"/>
+      <c r="C19" s="500"/>
+      <c r="D19" s="499"/>
       <c r="E19" s="76"/>
       <c r="F19" s="77"/>
       <c r="G19" s="233"/>
       <c r="H19" s="78"/>
       <c r="I19" s="79"/>
       <c r="J19" s="14" t="str">
         <f t="shared" ref="J19" si="112">IFERROR(IF((I19/F19)&lt;$AC$8,I19/F19,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K19" s="15" t="str">
         <f t="shared" ref="K19" si="113">IFERROR(IF(J19&lt;&gt;"pas de fixation",L19-J19,""),"")</f>
         <v/>
       </c>
       <c r="L19" s="16" t="str">
         <f t="shared" ref="L19" si="114">IF(J19&lt;&gt;"pas de fixation",IF(J19&lt;N$8,IF((N$8-J19)&gt;K$11,J19+K$11,N$8),J19),"")</f>
         <v/>
       </c>
       <c r="M19" s="15" t="str">
         <f t="shared" ref="M19" si="115">IFERROR(IF(J19&lt;&gt;"pas de fixation",N19-L19,""),"")</f>
         <v/>
       </c>
       <c r="N19" s="71" t="str">
         <f t="shared" ref="N19" si="116">IF(J19&lt;&gt;"pas de fixation",IF(L19&lt;N$8,IF((N$8-L19)&gt;M$11,L19+M$11,N$8),L19),"")</f>
         <v/>
       </c>
@@ -10536,52 +10590,52 @@
       <c r="AF19" s="1">
         <f t="shared" ref="AF19" si="123">IF(J19&lt;&gt;"pas de fixation",H19,"")</f>
         <v>0</v>
       </c>
       <c r="AG19" s="1">
         <f t="shared" ref="AG19" si="124">IF(J19&lt;&gt;"pas de fixation",I19,"")</f>
         <v>0</v>
       </c>
       <c r="AH19" s="57" t="str">
         <f t="shared" ref="AH19" si="125">IFERROR(I19/F19,"")</f>
         <v/>
       </c>
       <c r="AI19" s="66" t="str">
         <f t="shared" ref="AI19" si="126">IFERROR(IF(J19&lt;&gt;"pas de fixation",O19*F19,I19),"")</f>
         <v/>
       </c>
       <c r="AJ19" s="67">
         <f t="shared" ref="AJ19" si="127">IF(J19&lt;&gt;"pas de fixation",R19,I19)</f>
         <v>0</v>
       </c>
       <c r="AK19" s="67"/>
       <c r="AM19" s="59"/>
     </row>
     <row r="20" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="254"/>
-      <c r="C20" s="498"/>
-      <c r="D20" s="497"/>
+      <c r="C20" s="500"/>
+      <c r="D20" s="499"/>
       <c r="E20" s="76"/>
       <c r="F20" s="77"/>
       <c r="G20" s="233"/>
       <c r="H20" s="78"/>
       <c r="I20" s="79"/>
       <c r="J20" s="14" t="str">
         <f t="shared" ref="J20" si="128">IFERROR(IF((I20/F20)&lt;$AC$8,I20/F20,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K20" s="15" t="str">
         <f t="shared" ref="K20" si="129">IFERROR(IF(J20&lt;&gt;"pas de fixation",L20-J20,""),"")</f>
         <v/>
       </c>
       <c r="L20" s="16" t="str">
         <f t="shared" ref="L20" si="130">IF(J20&lt;&gt;"pas de fixation",IF(J20&lt;N$8,IF((N$8-J20)&gt;K$11,J20+K$11,N$8),J20),"")</f>
         <v/>
       </c>
       <c r="M20" s="15" t="str">
         <f t="shared" ref="M20" si="131">IFERROR(IF(J20&lt;&gt;"pas de fixation",N20-L20,""),"")</f>
         <v/>
       </c>
       <c r="N20" s="71" t="str">
         <f t="shared" ref="N20" si="132">IF(J20&lt;&gt;"pas de fixation",IF(L20&lt;N$8,IF((N$8-L20)&gt;M$11,L20+M$11,N$8),L20),"")</f>
         <v/>
       </c>
@@ -10623,52 +10677,52 @@
       <c r="AF20" s="1">
         <f t="shared" ref="AF20" si="139">IF(J20&lt;&gt;"pas de fixation",H20,"")</f>
         <v>0</v>
       </c>
       <c r="AG20" s="1">
         <f t="shared" ref="AG20" si="140">IF(J20&lt;&gt;"pas de fixation",I20,"")</f>
         <v>0</v>
       </c>
       <c r="AH20" s="57" t="str">
         <f t="shared" ref="AH20" si="141">IFERROR(I20/F20,"")</f>
         <v/>
       </c>
       <c r="AI20" s="66" t="str">
         <f t="shared" ref="AI20" si="142">IFERROR(IF(J20&lt;&gt;"pas de fixation",O20*F20,I20),"")</f>
         <v/>
       </c>
       <c r="AJ20" s="67">
         <f t="shared" ref="AJ20" si="143">IF(J20&lt;&gt;"pas de fixation",R20,I20)</f>
         <v>0</v>
       </c>
       <c r="AK20" s="67"/>
       <c r="AM20" s="59"/>
     </row>
     <row r="21" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="254"/>
-      <c r="C21" s="498"/>
-      <c r="D21" s="497"/>
+      <c r="C21" s="500"/>
+      <c r="D21" s="499"/>
       <c r="E21" s="76"/>
       <c r="F21" s="77"/>
       <c r="G21" s="233"/>
       <c r="H21" s="78"/>
       <c r="I21" s="79"/>
       <c r="J21" s="14" t="str">
         <f t="shared" ref="J21" si="144">IFERROR(IF((I21/F21)&lt;$AC$8,I21/F21,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K21" s="15" t="str">
         <f t="shared" ref="K21" si="145">IFERROR(IF(J21&lt;&gt;"pas de fixation",L21-J21,""),"")</f>
         <v/>
       </c>
       <c r="L21" s="16" t="str">
         <f t="shared" ref="L21" si="146">IF(J21&lt;&gt;"pas de fixation",IF(J21&lt;N$8,IF((N$8-J21)&gt;K$11,J21+K$11,N$8),J21),"")</f>
         <v/>
       </c>
       <c r="M21" s="15" t="str">
         <f t="shared" ref="M21" si="147">IFERROR(IF(J21&lt;&gt;"pas de fixation",N21-L21,""),"")</f>
         <v/>
       </c>
       <c r="N21" s="71" t="str">
         <f t="shared" ref="N21" si="148">IF(J21&lt;&gt;"pas de fixation",IF(L21&lt;N$8,IF((N$8-L21)&gt;M$11,L21+M$11,N$8),L21),"")</f>
         <v/>
       </c>
@@ -10710,52 +10764,52 @@
       <c r="AF21" s="1">
         <f t="shared" ref="AF21" si="155">IF(J21&lt;&gt;"pas de fixation",H21,"")</f>
         <v>0</v>
       </c>
       <c r="AG21" s="1">
         <f t="shared" ref="AG21" si="156">IF(J21&lt;&gt;"pas de fixation",I21,"")</f>
         <v>0</v>
       </c>
       <c r="AH21" s="57" t="str">
         <f t="shared" ref="AH21" si="157">IFERROR(I21/F21,"")</f>
         <v/>
       </c>
       <c r="AI21" s="66" t="str">
         <f t="shared" ref="AI21" si="158">IFERROR(IF(J21&lt;&gt;"pas de fixation",O21*F21,I21),"")</f>
         <v/>
       </c>
       <c r="AJ21" s="67">
         <f t="shared" ref="AJ21" si="159">IF(J21&lt;&gt;"pas de fixation",R21,I21)</f>
         <v>0</v>
       </c>
       <c r="AK21" s="67"/>
       <c r="AM21" s="59"/>
     </row>
     <row r="22" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="254"/>
-      <c r="C22" s="498"/>
-      <c r="D22" s="497"/>
+      <c r="C22" s="500"/>
+      <c r="D22" s="499"/>
       <c r="E22" s="76"/>
       <c r="F22" s="77"/>
       <c r="G22" s="233"/>
       <c r="H22" s="78"/>
       <c r="I22" s="79"/>
       <c r="J22" s="14" t="str">
         <f t="shared" ref="J22" si="160">IFERROR(IF((I22/F22)&lt;$AC$8,I22/F22,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K22" s="15" t="str">
         <f t="shared" ref="K22" si="161">IFERROR(IF(J22&lt;&gt;"pas de fixation",L22-J22,""),"")</f>
         <v/>
       </c>
       <c r="L22" s="16" t="str">
         <f t="shared" ref="L22" si="162">IF(J22&lt;&gt;"pas de fixation",IF(J22&lt;N$8,IF((N$8-J22)&gt;K$11,J22+K$11,N$8),J22),"")</f>
         <v/>
       </c>
       <c r="M22" s="15" t="str">
         <f t="shared" ref="M22" si="163">IFERROR(IF(J22&lt;&gt;"pas de fixation",N22-L22,""),"")</f>
         <v/>
       </c>
       <c r="N22" s="71" t="str">
         <f t="shared" ref="N22" si="164">IF(J22&lt;&gt;"pas de fixation",IF(L22&lt;N$8,IF((N$8-L22)&gt;M$11,L22+M$11,N$8),L22),"")</f>
         <v/>
       </c>
@@ -10797,52 +10851,52 @@
       <c r="AF22" s="1">
         <f t="shared" ref="AF22" si="171">IF(J22&lt;&gt;"pas de fixation",H22,"")</f>
         <v>0</v>
       </c>
       <c r="AG22" s="1">
         <f t="shared" ref="AG22" si="172">IF(J22&lt;&gt;"pas de fixation",I22,"")</f>
         <v>0</v>
       </c>
       <c r="AH22" s="57" t="str">
         <f t="shared" ref="AH22" si="173">IFERROR(I22/F22,"")</f>
         <v/>
       </c>
       <c r="AI22" s="66" t="str">
         <f t="shared" ref="AI22" si="174">IFERROR(IF(J22&lt;&gt;"pas de fixation",O22*F22,I22),"")</f>
         <v/>
       </c>
       <c r="AJ22" s="67">
         <f t="shared" ref="AJ22" si="175">IF(J22&lt;&gt;"pas de fixation",R22,I22)</f>
         <v>0</v>
       </c>
       <c r="AK22" s="67"/>
       <c r="AM22" s="59"/>
     </row>
     <row r="23" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="254"/>
-      <c r="C23" s="498"/>
-      <c r="D23" s="497"/>
+      <c r="C23" s="500"/>
+      <c r="D23" s="499"/>
       <c r="E23" s="76"/>
       <c r="F23" s="77"/>
       <c r="G23" s="233"/>
       <c r="H23" s="78"/>
       <c r="I23" s="79"/>
       <c r="J23" s="14" t="str">
         <f t="shared" ref="J23" si="176">IFERROR(IF((I23/F23)&lt;$AC$8,I23/F23,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K23" s="15" t="str">
         <f t="shared" ref="K23" si="177">IFERROR(IF(J23&lt;&gt;"pas de fixation",L23-J23,""),"")</f>
         <v/>
       </c>
       <c r="L23" s="16" t="str">
         <f t="shared" ref="L23" si="178">IF(J23&lt;&gt;"pas de fixation",IF(J23&lt;N$8,IF((N$8-J23)&gt;K$11,J23+K$11,N$8),J23),"")</f>
         <v/>
       </c>
       <c r="M23" s="15" t="str">
         <f t="shared" ref="M23" si="179">IFERROR(IF(J23&lt;&gt;"pas de fixation",N23-L23,""),"")</f>
         <v/>
       </c>
       <c r="N23" s="71" t="str">
         <f t="shared" ref="N23" si="180">IF(J23&lt;&gt;"pas de fixation",IF(L23&lt;N$8,IF((N$8-L23)&gt;M$11,L23+M$11,N$8),L23),"")</f>
         <v/>
       </c>
@@ -10884,52 +10938,52 @@
       <c r="AF23" s="1">
         <f t="shared" ref="AF23" si="187">IF(J23&lt;&gt;"pas de fixation",H23,"")</f>
         <v>0</v>
       </c>
       <c r="AG23" s="1">
         <f t="shared" ref="AG23" si="188">IF(J23&lt;&gt;"pas de fixation",I23,"")</f>
         <v>0</v>
       </c>
       <c r="AH23" s="57" t="str">
         <f t="shared" ref="AH23" si="189">IFERROR(I23/F23,"")</f>
         <v/>
       </c>
       <c r="AI23" s="66" t="str">
         <f t="shared" ref="AI23" si="190">IFERROR(IF(J23&lt;&gt;"pas de fixation",O23*F23,I23),"")</f>
         <v/>
       </c>
       <c r="AJ23" s="67">
         <f t="shared" ref="AJ23" si="191">IF(J23&lt;&gt;"pas de fixation",R23,I23)</f>
         <v>0</v>
       </c>
       <c r="AK23" s="67"/>
       <c r="AM23" s="59"/>
     </row>
     <row r="24" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="254"/>
-      <c r="C24" s="498"/>
-      <c r="D24" s="497"/>
+      <c r="C24" s="500"/>
+      <c r="D24" s="499"/>
       <c r="E24" s="76"/>
       <c r="F24" s="77"/>
       <c r="G24" s="233"/>
       <c r="H24" s="78"/>
       <c r="I24" s="79"/>
       <c r="J24" s="14" t="str">
         <f t="shared" ref="J24" si="192">IFERROR(IF((I24/F24)&lt;$AC$8,I24/F24,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K24" s="15" t="str">
         <f t="shared" ref="K24" si="193">IFERROR(IF(J24&lt;&gt;"pas de fixation",L24-J24,""),"")</f>
         <v/>
       </c>
       <c r="L24" s="16" t="str">
         <f t="shared" ref="L24" si="194">IF(J24&lt;&gt;"pas de fixation",IF(J24&lt;N$8,IF((N$8-J24)&gt;K$11,J24+K$11,N$8),J24),"")</f>
         <v/>
       </c>
       <c r="M24" s="15" t="str">
         <f t="shared" ref="M24" si="195">IFERROR(IF(J24&lt;&gt;"pas de fixation",N24-L24,""),"")</f>
         <v/>
       </c>
       <c r="N24" s="71" t="str">
         <f t="shared" ref="N24" si="196">IF(J24&lt;&gt;"pas de fixation",IF(L24&lt;N$8,IF((N$8-L24)&gt;M$11,L24+M$11,N$8),L24),"")</f>
         <v/>
       </c>
@@ -10971,52 +11025,52 @@
       <c r="AF24" s="1">
         <f t="shared" ref="AF24" si="203">IF(J24&lt;&gt;"pas de fixation",H24,"")</f>
         <v>0</v>
       </c>
       <c r="AG24" s="1">
         <f t="shared" ref="AG24" si="204">IF(J24&lt;&gt;"pas de fixation",I24,"")</f>
         <v>0</v>
       </c>
       <c r="AH24" s="57" t="str">
         <f t="shared" ref="AH24" si="205">IFERROR(I24/F24,"")</f>
         <v/>
       </c>
       <c r="AI24" s="66" t="str">
         <f t="shared" ref="AI24" si="206">IFERROR(IF(J24&lt;&gt;"pas de fixation",O24*F24,I24),"")</f>
         <v/>
       </c>
       <c r="AJ24" s="67">
         <f t="shared" ref="AJ24" si="207">IF(J24&lt;&gt;"pas de fixation",R24,I24)</f>
         <v>0</v>
       </c>
       <c r="AK24" s="67"/>
       <c r="AM24" s="59"/>
     </row>
     <row r="25" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="254"/>
-      <c r="C25" s="498"/>
-      <c r="D25" s="497"/>
+      <c r="C25" s="500"/>
+      <c r="D25" s="499"/>
       <c r="E25" s="76"/>
       <c r="F25" s="77"/>
       <c r="G25" s="233"/>
       <c r="H25" s="78"/>
       <c r="I25" s="79"/>
       <c r="J25" s="14" t="str">
         <f t="shared" ref="J25" si="208">IFERROR(IF((I25/F25)&lt;$AC$8,I25/F25,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K25" s="15" t="str">
         <f t="shared" ref="K25" si="209">IFERROR(IF(J25&lt;&gt;"pas de fixation",L25-J25,""),"")</f>
         <v/>
       </c>
       <c r="L25" s="16" t="str">
         <f t="shared" ref="L25" si="210">IF(J25&lt;&gt;"pas de fixation",IF(J25&lt;N$8,IF((N$8-J25)&gt;K$11,J25+K$11,N$8),J25),"")</f>
         <v/>
       </c>
       <c r="M25" s="15" t="str">
         <f t="shared" ref="M25" si="211">IFERROR(IF(J25&lt;&gt;"pas de fixation",N25-L25,""),"")</f>
         <v/>
       </c>
       <c r="N25" s="71" t="str">
         <f t="shared" ref="N25" si="212">IF(J25&lt;&gt;"pas de fixation",IF(L25&lt;N$8,IF((N$8-L25)&gt;M$11,L25+M$11,N$8),L25),"")</f>
         <v/>
       </c>
@@ -11058,52 +11112,52 @@
       <c r="AF25" s="1">
         <f t="shared" ref="AF25" si="219">IF(J25&lt;&gt;"pas de fixation",H25,"")</f>
         <v>0</v>
       </c>
       <c r="AG25" s="1">
         <f t="shared" ref="AG25" si="220">IF(J25&lt;&gt;"pas de fixation",I25,"")</f>
         <v>0</v>
       </c>
       <c r="AH25" s="57" t="str">
         <f t="shared" ref="AH25" si="221">IFERROR(I25/F25,"")</f>
         <v/>
       </c>
       <c r="AI25" s="66" t="str">
         <f t="shared" ref="AI25" si="222">IFERROR(IF(J25&lt;&gt;"pas de fixation",O25*F25,I25),"")</f>
         <v/>
       </c>
       <c r="AJ25" s="67">
         <f t="shared" ref="AJ25" si="223">IF(J25&lt;&gt;"pas de fixation",R25,I25)</f>
         <v>0</v>
       </c>
       <c r="AK25" s="67"/>
       <c r="AM25" s="59"/>
     </row>
     <row r="26" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="254"/>
-      <c r="C26" s="498"/>
-      <c r="D26" s="497"/>
+      <c r="C26" s="500"/>
+      <c r="D26" s="499"/>
       <c r="E26" s="76"/>
       <c r="F26" s="77"/>
       <c r="G26" s="233"/>
       <c r="H26" s="78"/>
       <c r="I26" s="79"/>
       <c r="J26" s="14" t="str">
         <f t="shared" ref="J26" si="224">IFERROR(IF((I26/F26)&lt;$AC$8,I26/F26,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K26" s="15" t="str">
         <f t="shared" ref="K26" si="225">IFERROR(IF(J26&lt;&gt;"pas de fixation",L26-J26,""),"")</f>
         <v/>
       </c>
       <c r="L26" s="16" t="str">
         <f t="shared" ref="L26" si="226">IF(J26&lt;&gt;"pas de fixation",IF(J26&lt;N$8,IF((N$8-J26)&gt;K$11,J26+K$11,N$8),J26),"")</f>
         <v/>
       </c>
       <c r="M26" s="15" t="str">
         <f t="shared" ref="M26" si="227">IFERROR(IF(J26&lt;&gt;"pas de fixation",N26-L26,""),"")</f>
         <v/>
       </c>
       <c r="N26" s="71" t="str">
         <f t="shared" ref="N26" si="228">IF(J26&lt;&gt;"pas de fixation",IF(L26&lt;N$8,IF((N$8-L26)&gt;M$11,L26+M$11,N$8),L26),"")</f>
         <v/>
       </c>
@@ -11145,52 +11199,52 @@
       <c r="AF26" s="1">
         <f t="shared" ref="AF26" si="235">IF(J26&lt;&gt;"pas de fixation",H26,"")</f>
         <v>0</v>
       </c>
       <c r="AG26" s="1">
         <f t="shared" ref="AG26" si="236">IF(J26&lt;&gt;"pas de fixation",I26,"")</f>
         <v>0</v>
       </c>
       <c r="AH26" s="57" t="str">
         <f t="shared" ref="AH26" si="237">IFERROR(I26/F26,"")</f>
         <v/>
       </c>
       <c r="AI26" s="66" t="str">
         <f t="shared" ref="AI26" si="238">IFERROR(IF(J26&lt;&gt;"pas de fixation",O26*F26,I26),"")</f>
         <v/>
       </c>
       <c r="AJ26" s="67">
         <f t="shared" ref="AJ26" si="239">IF(J26&lt;&gt;"pas de fixation",R26,I26)</f>
         <v>0</v>
       </c>
       <c r="AK26" s="67"/>
       <c r="AM26" s="59"/>
     </row>
     <row r="27" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="254"/>
-      <c r="C27" s="498"/>
-      <c r="D27" s="497"/>
+      <c r="C27" s="500"/>
+      <c r="D27" s="499"/>
       <c r="E27" s="76"/>
       <c r="F27" s="77"/>
       <c r="G27" s="233"/>
       <c r="H27" s="78"/>
       <c r="I27" s="79"/>
       <c r="J27" s="14" t="str">
         <f t="shared" ref="J27" si="240">IFERROR(IF((I27/F27)&lt;$AC$8,I27/F27,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K27" s="15" t="str">
         <f t="shared" ref="K27" si="241">IFERROR(IF(J27&lt;&gt;"pas de fixation",L27-J27,""),"")</f>
         <v/>
       </c>
       <c r="L27" s="16" t="str">
         <f t="shared" ref="L27" si="242">IF(J27&lt;&gt;"pas de fixation",IF(J27&lt;N$8,IF((N$8-J27)&gt;K$11,J27+K$11,N$8),J27),"")</f>
         <v/>
       </c>
       <c r="M27" s="15" t="str">
         <f t="shared" ref="M27" si="243">IFERROR(IF(J27&lt;&gt;"pas de fixation",N27-L27,""),"")</f>
         <v/>
       </c>
       <c r="N27" s="71" t="str">
         <f t="shared" ref="N27" si="244">IF(J27&lt;&gt;"pas de fixation",IF(L27&lt;N$8,IF((N$8-L27)&gt;M$11,L27+M$11,N$8),L27),"")</f>
         <v/>
       </c>
@@ -11232,52 +11286,52 @@
       <c r="AF27" s="1">
         <f t="shared" ref="AF27" si="251">IF(J27&lt;&gt;"pas de fixation",H27,"")</f>
         <v>0</v>
       </c>
       <c r="AG27" s="1">
         <f t="shared" ref="AG27" si="252">IF(J27&lt;&gt;"pas de fixation",I27,"")</f>
         <v>0</v>
       </c>
       <c r="AH27" s="57" t="str">
         <f t="shared" ref="AH27" si="253">IFERROR(I27/F27,"")</f>
         <v/>
       </c>
       <c r="AI27" s="66" t="str">
         <f t="shared" ref="AI27" si="254">IFERROR(IF(J27&lt;&gt;"pas de fixation",O27*F27,I27),"")</f>
         <v/>
       </c>
       <c r="AJ27" s="67">
         <f t="shared" ref="AJ27" si="255">IF(J27&lt;&gt;"pas de fixation",R27,I27)</f>
         <v>0</v>
       </c>
       <c r="AK27" s="67"/>
       <c r="AM27" s="59"/>
     </row>
     <row r="28" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="254"/>
-      <c r="C28" s="498"/>
-      <c r="D28" s="497"/>
+      <c r="C28" s="500"/>
+      <c r="D28" s="499"/>
       <c r="E28" s="76"/>
       <c r="F28" s="77"/>
       <c r="G28" s="233"/>
       <c r="H28" s="78"/>
       <c r="I28" s="79"/>
       <c r="J28" s="14" t="str">
         <f t="shared" ref="J28" si="256">IFERROR(IF((I28/F28)&lt;$AC$8,I28/F28,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K28" s="15" t="str">
         <f t="shared" ref="K28" si="257">IFERROR(IF(J28&lt;&gt;"pas de fixation",L28-J28,""),"")</f>
         <v/>
       </c>
       <c r="L28" s="16" t="str">
         <f t="shared" ref="L28" si="258">IF(J28&lt;&gt;"pas de fixation",IF(J28&lt;N$8,IF((N$8-J28)&gt;K$11,J28+K$11,N$8),J28),"")</f>
         <v/>
       </c>
       <c r="M28" s="15" t="str">
         <f t="shared" ref="M28" si="259">IFERROR(IF(J28&lt;&gt;"pas de fixation",N28-L28,""),"")</f>
         <v/>
       </c>
       <c r="N28" s="71" t="str">
         <f t="shared" ref="N28" si="260">IF(J28&lt;&gt;"pas de fixation",IF(L28&lt;N$8,IF((N$8-L28)&gt;M$11,L28+M$11,N$8),L28),"")</f>
         <v/>
       </c>
@@ -11319,52 +11373,52 @@
       <c r="AF28" s="1">
         <f t="shared" ref="AF28" si="267">IF(J28&lt;&gt;"pas de fixation",H28,"")</f>
         <v>0</v>
       </c>
       <c r="AG28" s="1">
         <f t="shared" ref="AG28" si="268">IF(J28&lt;&gt;"pas de fixation",I28,"")</f>
         <v>0</v>
       </c>
       <c r="AH28" s="57" t="str">
         <f t="shared" ref="AH28" si="269">IFERROR(I28/F28,"")</f>
         <v/>
       </c>
       <c r="AI28" s="66" t="str">
         <f t="shared" ref="AI28" si="270">IFERROR(IF(J28&lt;&gt;"pas de fixation",O28*F28,I28),"")</f>
         <v/>
       </c>
       <c r="AJ28" s="67">
         <f t="shared" ref="AJ28" si="271">IF(J28&lt;&gt;"pas de fixation",R28,I28)</f>
         <v>0</v>
       </c>
       <c r="AK28" s="67"/>
       <c r="AM28" s="59"/>
     </row>
     <row r="29" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="254"/>
-      <c r="C29" s="498"/>
-      <c r="D29" s="497"/>
+      <c r="C29" s="500"/>
+      <c r="D29" s="499"/>
       <c r="E29" s="76"/>
       <c r="F29" s="77"/>
       <c r="G29" s="233"/>
       <c r="H29" s="78"/>
       <c r="I29" s="79"/>
       <c r="J29" s="14" t="str">
         <f t="shared" ref="J29" si="272">IFERROR(IF((I29/F29)&lt;$AC$8,I29/F29,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K29" s="15" t="str">
         <f t="shared" ref="K29" si="273">IFERROR(IF(J29&lt;&gt;"pas de fixation",L29-J29,""),"")</f>
         <v/>
       </c>
       <c r="L29" s="16" t="str">
         <f t="shared" ref="L29" si="274">IF(J29&lt;&gt;"pas de fixation",IF(J29&lt;N$8,IF((N$8-J29)&gt;K$11,J29+K$11,N$8),J29),"")</f>
         <v/>
       </c>
       <c r="M29" s="15" t="str">
         <f t="shared" ref="M29" si="275">IFERROR(IF(J29&lt;&gt;"pas de fixation",N29-L29,""),"")</f>
         <v/>
       </c>
       <c r="N29" s="71" t="str">
         <f t="shared" ref="N29" si="276">IF(J29&lt;&gt;"pas de fixation",IF(L29&lt;N$8,IF((N$8-L29)&gt;M$11,L29+M$11,N$8),L29),"")</f>
         <v/>
       </c>
@@ -11406,52 +11460,52 @@
       <c r="AF29" s="1">
         <f t="shared" ref="AF29" si="283">IF(J29&lt;&gt;"pas de fixation",H29,"")</f>
         <v>0</v>
       </c>
       <c r="AG29" s="1">
         <f t="shared" ref="AG29" si="284">IF(J29&lt;&gt;"pas de fixation",I29,"")</f>
         <v>0</v>
       </c>
       <c r="AH29" s="57" t="str">
         <f t="shared" ref="AH29" si="285">IFERROR(I29/F29,"")</f>
         <v/>
       </c>
       <c r="AI29" s="66" t="str">
         <f t="shared" ref="AI29" si="286">IFERROR(IF(J29&lt;&gt;"pas de fixation",O29*F29,I29),"")</f>
         <v/>
       </c>
       <c r="AJ29" s="67">
         <f t="shared" ref="AJ29" si="287">IF(J29&lt;&gt;"pas de fixation",R29,I29)</f>
         <v>0</v>
       </c>
       <c r="AK29" s="67"/>
       <c r="AM29" s="59"/>
     </row>
     <row r="30" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="254"/>
-      <c r="C30" s="498"/>
-      <c r="D30" s="497"/>
+      <c r="C30" s="500"/>
+      <c r="D30" s="499"/>
       <c r="E30" s="76"/>
       <c r="F30" s="77"/>
       <c r="G30" s="233"/>
       <c r="H30" s="78"/>
       <c r="I30" s="79"/>
       <c r="J30" s="14" t="str">
         <f t="shared" ref="J30" si="288">IFERROR(IF((I30/F30)&lt;$AC$8,I30/F30,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K30" s="15" t="str">
         <f t="shared" ref="K30" si="289">IFERROR(IF(J30&lt;&gt;"pas de fixation",L30-J30,""),"")</f>
         <v/>
       </c>
       <c r="L30" s="16" t="str">
         <f t="shared" ref="L30" si="290">IF(J30&lt;&gt;"pas de fixation",IF(J30&lt;N$8,IF((N$8-J30)&gt;K$11,J30+K$11,N$8),J30),"")</f>
         <v/>
       </c>
       <c r="M30" s="15" t="str">
         <f t="shared" ref="M30" si="291">IFERROR(IF(J30&lt;&gt;"pas de fixation",N30-L30,""),"")</f>
         <v/>
       </c>
       <c r="N30" s="71" t="str">
         <f t="shared" ref="N30" si="292">IF(J30&lt;&gt;"pas de fixation",IF(L30&lt;N$8,IF((N$8-L30)&gt;M$11,L30+M$11,N$8),L30),"")</f>
         <v/>
       </c>
@@ -11493,52 +11547,52 @@
       <c r="AF30" s="1">
         <f t="shared" ref="AF30" si="299">IF(J30&lt;&gt;"pas de fixation",H30,"")</f>
         <v>0</v>
       </c>
       <c r="AG30" s="1">
         <f t="shared" ref="AG30" si="300">IF(J30&lt;&gt;"pas de fixation",I30,"")</f>
         <v>0</v>
       </c>
       <c r="AH30" s="57" t="str">
         <f t="shared" ref="AH30" si="301">IFERROR(I30/F30,"")</f>
         <v/>
       </c>
       <c r="AI30" s="66" t="str">
         <f t="shared" ref="AI30" si="302">IFERROR(IF(J30&lt;&gt;"pas de fixation",O30*F30,I30),"")</f>
         <v/>
       </c>
       <c r="AJ30" s="67">
         <f t="shared" ref="AJ30" si="303">IF(J30&lt;&gt;"pas de fixation",R30,I30)</f>
         <v>0</v>
       </c>
       <c r="AK30" s="67"/>
       <c r="AM30" s="59"/>
     </row>
     <row r="31" spans="2:39" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B31" s="269"/>
-      <c r="C31" s="496"/>
-      <c r="D31" s="497"/>
+      <c r="C31" s="498"/>
+      <c r="D31" s="499"/>
       <c r="E31" s="76"/>
       <c r="F31" s="77"/>
       <c r="G31" s="233"/>
       <c r="H31" s="78"/>
       <c r="I31" s="79"/>
       <c r="J31" s="14" t="str">
         <f t="shared" ref="J31" si="304">IFERROR(IF((I31/F31)&lt;$AC$8,I31/F31,"pas de fixation"),"")</f>
         <v/>
       </c>
       <c r="K31" s="15" t="str">
         <f t="shared" ref="K31" si="305">IFERROR(IF(J31&lt;&gt;"pas de fixation",L31-J31,""),"")</f>
         <v/>
       </c>
       <c r="L31" s="16" t="str">
         <f t="shared" ref="L31" si="306">IF(J31&lt;&gt;"pas de fixation",IF(J31&lt;N$8,IF((N$8-J31)&gt;K$11,J31+K$11,N$8),J31),"")</f>
         <v/>
       </c>
       <c r="M31" s="15" t="str">
         <f t="shared" ref="M31" si="307">IFERROR(IF(J31&lt;&gt;"pas de fixation",N31-L31,""),"")</f>
         <v/>
       </c>
       <c r="N31" s="71" t="str">
         <f t="shared" ref="N31" si="308">IF(J31&lt;&gt;"pas de fixation",IF(L31&lt;N$8,IF((N$8-L31)&gt;M$11,L31+M$11,N$8),L31),"")</f>
         <v/>
       </c>
@@ -11579,54 +11633,54 @@
       </c>
       <c r="AF31" s="1">
         <f t="shared" ref="AF31" si="315">IF(J31&lt;&gt;"pas de fixation",H31,"")</f>
         <v>0</v>
       </c>
       <c r="AG31" s="1">
         <f t="shared" ref="AG31" si="316">IF(J31&lt;&gt;"pas de fixation",I31,"")</f>
         <v>0</v>
       </c>
       <c r="AH31" s="57" t="str">
         <f t="shared" ref="AH31" si="317">IFERROR(I31/F31,"")</f>
         <v/>
       </c>
       <c r="AI31" s="66" t="str">
         <f t="shared" ref="AI31" si="318">IFERROR(IF(J31&lt;&gt;"pas de fixation",O31*F31,I31),"")</f>
         <v/>
       </c>
       <c r="AJ31" s="67">
         <f t="shared" ref="AJ31" si="319">IF(J31&lt;&gt;"pas de fixation",R31,I31)</f>
         <v>0</v>
       </c>
       <c r="AK31" s="67"/>
       <c r="AM31" s="59"/>
     </row>
     <row r="32" spans="2:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="492" t="s">
+      <c r="B32" s="494" t="s">
         <v>42</v>
       </c>
-      <c r="C32" s="493"/>
+      <c r="C32" s="495"/>
       <c r="D32" s="19">
         <f>COUNTA(C12:C31)</f>
         <v>0</v>
       </c>
       <c r="E32" s="50"/>
       <c r="F32" s="63">
         <f>SUM(F12:F31)</f>
         <v>0</v>
       </c>
       <c r="G32" s="259"/>
       <c r="H32" s="260">
         <f>SUM(H12:H31)</f>
         <v>0</v>
       </c>
       <c r="I32" s="261">
         <f>SUM(I12:I31)</f>
         <v>0</v>
       </c>
       <c r="J32" s="20"/>
       <c r="K32" s="51"/>
       <c r="L32" s="80"/>
       <c r="M32" s="51"/>
       <c r="N32" s="51"/>
       <c r="O32" s="51"/>
       <c r="P32" s="51"/>
@@ -11673,155 +11727,155 @@
         <v>0</v>
       </c>
       <c r="AF32" s="6" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AG32" s="6">
         <f>SUM(AG12:AG31)</f>
         <v>0</v>
       </c>
       <c r="AH32" s="57">
         <f>SUM(AH12:AH31)</f>
         <v>0</v>
       </c>
       <c r="AI32" s="66" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AJ32" s="66" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AK32" s="66"/>
     </row>
     <row r="33" spans="2:29" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B33" s="494" t="s">
+      <c r="B33" s="496" t="s">
         <v>147</v>
       </c>
-      <c r="C33" s="495"/>
+      <c r="C33" s="497"/>
       <c r="D33" s="253">
         <f>D32-AD32</f>
         <v>0</v>
       </c>
       <c r="E33" s="22"/>
       <c r="F33" s="263">
         <f>AE32</f>
         <v>0</v>
       </c>
       <c r="G33" s="255"/>
       <c r="H33" s="256"/>
       <c r="I33" s="257"/>
       <c r="J33" s="23"/>
       <c r="K33" s="23"/>
-      <c r="L33" s="499"/>
-[...2 lines deleted...]
-      <c r="O33" s="499"/>
+      <c r="L33" s="501"/>
+      <c r="M33" s="501"/>
+      <c r="N33" s="501"/>
+      <c r="O33" s="501"/>
       <c r="P33" s="24"/>
-      <c r="Q33" s="500" t="s">
+      <c r="Q33" s="502" t="s">
         <v>148</v>
       </c>
-      <c r="R33" s="501"/>
+      <c r="R33" s="503"/>
       <c r="S33" s="239"/>
       <c r="T33" s="239"/>
       <c r="U33" s="239"/>
       <c r="V33" s="239"/>
       <c r="W33" s="239"/>
       <c r="X33" s="239"/>
       <c r="Y33" s="239"/>
       <c r="Z33" s="239"/>
       <c r="AA33" s="239"/>
       <c r="AB33" s="239"/>
       <c r="AC33" s="240"/>
     </row>
     <row r="34" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="39"/>
       <c r="D34" s="39"/>
       <c r="E34" s="38"/>
       <c r="F34" s="38"/>
       <c r="G34" s="38"/>
       <c r="H34" s="39"/>
       <c r="I34" s="39"/>
       <c r="J34" s="39"/>
       <c r="K34" s="40"/>
-      <c r="L34" s="505"/>
-[...4 lines deleted...]
-      <c r="R34" s="501"/>
+      <c r="L34" s="507"/>
+      <c r="M34" s="507"/>
+      <c r="N34" s="507"/>
+      <c r="O34" s="508"/>
+      <c r="Q34" s="504"/>
+      <c r="R34" s="503"/>
       <c r="S34" s="239"/>
       <c r="T34" s="239"/>
       <c r="U34" s="239"/>
       <c r="V34" s="239"/>
       <c r="W34" s="239"/>
       <c r="X34" s="239"/>
       <c r="Y34" s="239"/>
       <c r="Z34" s="239"/>
       <c r="AA34" s="239"/>
       <c r="AB34" s="239"/>
       <c r="AC34" s="240"/>
     </row>
     <row r="35" spans="2:29" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="60"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
       <c r="H35" s="5"/>
       <c r="I35" s="5"/>
       <c r="J35" s="5"/>
       <c r="K35" s="73"/>
-      <c r="L35" s="505"/>
-[...4 lines deleted...]
-      <c r="R35" s="501"/>
+      <c r="L35" s="507"/>
+      <c r="M35" s="507"/>
+      <c r="N35" s="507"/>
+      <c r="O35" s="508"/>
+      <c r="Q35" s="504"/>
+      <c r="R35" s="503"/>
       <c r="S35" s="239"/>
       <c r="T35" s="239"/>
       <c r="U35" s="239"/>
       <c r="V35" s="239"/>
       <c r="W35" s="239"/>
       <c r="X35" s="239"/>
       <c r="Y35" s="239"/>
       <c r="Z35" s="239"/>
       <c r="AA35" s="239"/>
       <c r="AB35" s="239"/>
       <c r="AC35" s="240"/>
     </row>
     <row r="36" spans="2:29" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C36" s="68"/>
       <c r="K36" s="68"/>
-      <c r="L36" s="505"/>
-[...1 lines deleted...]
-      <c r="N36" s="505"/>
+      <c r="L36" s="507"/>
+      <c r="M36" s="507"/>
+      <c r="N36" s="507"/>
       <c r="O36" s="81"/>
       <c r="P36" s="68"/>
-      <c r="Q36" s="503"/>
-      <c r="R36" s="504"/>
+      <c r="Q36" s="505"/>
+      <c r="R36" s="506"/>
       <c r="S36" s="239"/>
       <c r="T36" s="239"/>
       <c r="U36" s="239"/>
       <c r="V36" s="239"/>
       <c r="W36" s="239"/>
       <c r="X36" s="239"/>
       <c r="Y36" s="239"/>
       <c r="Z36" s="239"/>
       <c r="AA36" s="239"/>
       <c r="AB36" s="239"/>
       <c r="AC36" s="240"/>
     </row>
     <row r="37" spans="2:29" x14ac:dyDescent="0.2">
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="2:29" x14ac:dyDescent="0.2">
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="2:29" x14ac:dyDescent="0.2">
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="2:29" x14ac:dyDescent="0.2">
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="2:29" x14ac:dyDescent="0.2">
@@ -11908,51 +11962,51 @@
     <row r="67" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L74" s="5"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MXmxVIE4/DqG1YZpx5HMWEKZs3KOITTqWfys1wFfDuSIhp/XYH6aWv87xPUXxmtDpAXN5Uhpw1NMo0p0chveAw==" saltValue="jBUlD4vP/iRPeAaGKQH2Lw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="kRINYRqIleTL4UM1o43NV4shQD6Eablg63+or1shTEOPyPgXYCZsGaJP4PuwO9+LvECB4YI1flfjCvRY8l1eOg==" saltValue="2nY3vvNfoE8CdVJpkKa7Kg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="43">
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="AI10:AI11"/>
     <mergeCell ref="AJ10:AJ11"/>
     <mergeCell ref="Q10:Q11"/>
     <mergeCell ref="R10:R11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C2:H2"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:J11"/>
@@ -12059,58 +12113,58 @@
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="53.5703125" style="26" customWidth="1"/>
     <col min="2" max="16384" width="11.42578125" style="26"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="70.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="409" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B1" s="410" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IqNEr1aYJxNpl3T+nmWJ9gCe16S8F0to8ohJI5DmB7QeSnUpnIJCW3HdvlGhjbJRSUY1ArkqlySHfcqJh86CpQ==" saltValue="shuq256ZDXbR3ZWYnuLwFQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gX4R7DXPZvYJ/SItPy+epPzhdPW1d0YS7BcsuQpqNa0HGCVfK2Nd3Gowu4iAVtUk01oxqnbd5eDK9Apcahrf4g==" saltValue="f5bBS6/X2i/l3lPsZJkKZw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="86" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AG66"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.7109375" style="82" customWidth="1"/>
     <col min="2" max="3" width="11.42578125" style="82"/>
     <col min="4" max="4" width="14.7109375" style="82" customWidth="1"/>
     <col min="5" max="5" width="14.140625" style="82" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" style="82" customWidth="1"/>
@@ -12169,144 +12223,144 @@
         <v>Adresse-s de-s immeuble-s</v>
       </c>
       <c r="B3" s="164"/>
       <c r="C3" s="100"/>
       <c r="D3" s="158">
         <v>0</v>
       </c>
       <c r="E3" s="163">
         <v>0</v>
       </c>
       <c r="F3" s="162">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="G3" s="187"/>
     </row>
     <row r="4" spans="1:33" x14ac:dyDescent="0.2">
       <c r="A4" s="161"/>
       <c r="B4" s="161"/>
       <c r="C4" s="160"/>
       <c r="D4" s="159"/>
       <c r="E4" s="83"/>
       <c r="F4" s="85"/>
       <c r="G4" s="88"/>
     </row>
     <row r="6" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="590" t="s">
+      <c r="A6" s="592" t="s">
         <v>129</v>
       </c>
-      <c r="B6" s="591"/>
-[...15 lines deleted...]
-      <c r="R6" s="592"/>
+      <c r="B6" s="593"/>
+      <c r="C6" s="593"/>
+      <c r="D6" s="593"/>
+      <c r="E6" s="593"/>
+      <c r="F6" s="593"/>
+      <c r="G6" s="593"/>
+      <c r="H6" s="593"/>
+      <c r="I6" s="593"/>
+      <c r="J6" s="593"/>
+      <c r="K6" s="593"/>
+      <c r="L6" s="593"/>
+      <c r="M6" s="593"/>
+      <c r="N6" s="593"/>
+      <c r="O6" s="593"/>
+      <c r="P6" s="593"/>
+      <c r="Q6" s="593"/>
+      <c r="R6" s="594"/>
       <c r="S6" s="156"/>
       <c r="T6" s="156"/>
       <c r="U6" s="156"/>
       <c r="V6" s="156"/>
-      <c r="W6" s="593"/>
-[...2 lines deleted...]
-      <c r="Z6" s="593"/>
+      <c r="W6" s="595"/>
+      <c r="X6" s="595"/>
+      <c r="Y6" s="595"/>
+      <c r="Z6" s="595"/>
       <c r="AA6" s="157"/>
       <c r="AB6" s="156"/>
       <c r="AC6" s="156"/>
-      <c r="AD6" s="585"/>
-[...2 lines deleted...]
-      <c r="AG6" s="585"/>
+      <c r="AD6" s="587"/>
+      <c r="AE6" s="587"/>
+      <c r="AF6" s="587"/>
+      <c r="AG6" s="587"/>
     </row>
     <row r="7" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="154"/>
       <c r="B7" s="153"/>
       <c r="C7" s="153"/>
       <c r="D7" s="153"/>
       <c r="E7" s="153"/>
       <c r="F7" s="153"/>
-      <c r="G7" s="586" t="s">
+      <c r="G7" s="588" t="s">
         <v>137</v>
       </c>
-      <c r="H7" s="587"/>
-[...9 lines deleted...]
-      <c r="R7" s="588"/>
+      <c r="H7" s="589"/>
+      <c r="I7" s="589"/>
+      <c r="J7" s="589"/>
+      <c r="K7" s="589"/>
+      <c r="L7" s="589"/>
+      <c r="M7" s="589"/>
+      <c r="N7" s="589"/>
+      <c r="O7" s="589"/>
+      <c r="P7" s="589"/>
+      <c r="Q7" s="589"/>
+      <c r="R7" s="590"/>
       <c r="W7" s="84"/>
       <c r="X7" s="84"/>
       <c r="Y7" s="84"/>
       <c r="Z7" s="83"/>
       <c r="AA7" s="84"/>
       <c r="AB7" s="84"/>
       <c r="AC7" s="84"/>
       <c r="AD7" s="138"/>
       <c r="AE7" s="138"/>
       <c r="AF7" s="138"/>
       <c r="AG7" s="155"/>
     </row>
     <row r="8" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="154"/>
       <c r="B8" s="153"/>
       <c r="C8" s="153"/>
       <c r="D8" s="153"/>
       <c r="E8" s="153"/>
       <c r="F8" s="153"/>
-      <c r="G8" s="569" t="s">
+      <c r="G8" s="571" t="s">
         <v>121</v>
       </c>
-      <c r="H8" s="570"/>
-[...2 lines deleted...]
-      <c r="K8" s="572" t="s">
+      <c r="H8" s="572"/>
+      <c r="I8" s="572"/>
+      <c r="J8" s="572"/>
+      <c r="K8" s="574" t="s">
         <v>127</v>
       </c>
-      <c r="L8" s="573"/>
-[...2 lines deleted...]
-      <c r="O8" s="575" t="s">
+      <c r="L8" s="575"/>
+      <c r="M8" s="575"/>
+      <c r="N8" s="576"/>
+      <c r="O8" s="577" t="s">
         <v>126</v>
       </c>
-      <c r="P8" s="576"/>
-[...1 lines deleted...]
-      <c r="R8" s="577"/>
+      <c r="P8" s="578"/>
+      <c r="Q8" s="578"/>
+      <c r="R8" s="579"/>
       <c r="W8" s="84"/>
       <c r="X8" s="152"/>
       <c r="Y8" s="84"/>
       <c r="Z8" s="84"/>
       <c r="AA8" s="85"/>
       <c r="AB8" s="84"/>
       <c r="AC8" s="84"/>
       <c r="AD8" s="34"/>
       <c r="AE8" s="151"/>
       <c r="AF8" s="34"/>
       <c r="AG8" s="34"/>
     </row>
     <row r="9" spans="1:33" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A9" s="184" t="s">
         <v>136</v>
       </c>
       <c r="B9" s="185" t="s">
         <v>135</v>
       </c>
       <c r="C9" s="149" t="s">
         <v>134</v>
       </c>
       <c r="D9" s="149" t="s">
         <v>133</v>
       </c>
@@ -12427,91 +12481,91 @@
       <c r="P10" s="119" t="e">
         <f>SUMIFS('TABLEAU LOYERS'!#REF!,'TABLEAU LOYERS'!#REF!,"&gt;8513")</f>
         <v>#REF!</v>
       </c>
       <c r="Q10" s="119" t="e">
         <f>AVERAGEIF('TABLEAU LOYERS'!#REF!,"&gt;8513")</f>
         <v>#REF!</v>
       </c>
       <c r="R10" s="120" t="e">
         <f>O10/A12</f>
         <v>#REF!</v>
       </c>
       <c r="W10" s="84"/>
       <c r="X10" s="84"/>
       <c r="Y10" s="84"/>
       <c r="Z10" s="84"/>
       <c r="AA10" s="84"/>
       <c r="AB10" s="84"/>
       <c r="AC10" s="84"/>
       <c r="AD10" s="34"/>
       <c r="AE10" s="34"/>
       <c r="AF10" s="34"/>
       <c r="AG10" s="34"/>
     </row>
     <row r="11" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A11" s="563" t="s">
+      <c r="A11" s="565" t="s">
         <v>149</v>
       </c>
-      <c r="B11" s="564"/>
-[...1 lines deleted...]
-      <c r="D11" s="565"/>
+      <c r="B11" s="566"/>
+      <c r="C11" s="566"/>
+      <c r="D11" s="567"/>
       <c r="W11" s="84"/>
       <c r="X11" s="84"/>
       <c r="Y11" s="84"/>
       <c r="Z11" s="84"/>
       <c r="AA11" s="84"/>
       <c r="AB11" s="84"/>
       <c r="AC11" s="84"/>
       <c r="AD11" s="34"/>
       <c r="AE11" s="34"/>
       <c r="AF11" s="34"/>
       <c r="AG11" s="34"/>
     </row>
     <row r="12" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="175">
         <f>'TABLEAU LOYERS'!D32</f>
         <v>0</v>
       </c>
       <c r="B12" s="176">
         <f>'TABLEAU LOYERS'!F32</f>
         <v>0</v>
       </c>
       <c r="C12" s="103">
         <f>'TABLEAU LOYERS'!H32</f>
         <v>0</v>
       </c>
       <c r="D12" s="101">
         <f>'TABLEAU LOYERS'!I32</f>
         <v>0</v>
       </c>
-      <c r="G12" s="563" t="s">
+      <c r="G12" s="565" t="s">
         <v>146</v>
       </c>
-      <c r="H12" s="564"/>
-[...1 lines deleted...]
-      <c r="J12" s="565"/>
+      <c r="H12" s="566"/>
+      <c r="I12" s="566"/>
+      <c r="J12" s="567"/>
       <c r="K12" s="147"/>
       <c r="L12" s="147"/>
       <c r="M12" s="147"/>
       <c r="N12" s="147"/>
       <c r="O12" s="147"/>
       <c r="P12" s="147"/>
       <c r="Q12" s="147"/>
       <c r="R12" s="147"/>
       <c r="W12" s="84"/>
       <c r="X12" s="84"/>
       <c r="Y12" s="84"/>
       <c r="Z12" s="84"/>
       <c r="AA12" s="84"/>
       <c r="AB12" s="84"/>
       <c r="AC12" s="84"/>
       <c r="AD12" s="34"/>
       <c r="AE12" s="34"/>
       <c r="AF12" s="34"/>
       <c r="AG12" s="34"/>
     </row>
     <row r="13" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
       <c r="C13" s="146"/>
       <c r="D13" s="146"/>
       <c r="G13" s="177" t="e">
         <f>G10+K10+O10</f>
@@ -12532,139 +12586,139 @@
       <c r="Z13" s="84"/>
       <c r="AA13" s="84"/>
       <c r="AB13" s="84"/>
       <c r="AC13" s="84"/>
       <c r="AD13" s="34"/>
       <c r="AE13" s="34"/>
       <c r="AF13" s="34"/>
       <c r="AG13" s="34"/>
     </row>
     <row r="14" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
       <c r="C14" s="186"/>
       <c r="D14" s="186"/>
       <c r="W14" s="84"/>
       <c r="X14" s="84"/>
       <c r="Y14" s="84"/>
       <c r="Z14" s="84"/>
       <c r="AA14" s="84"/>
       <c r="AB14" s="84"/>
       <c r="AC14" s="84"/>
       <c r="AD14" s="34"/>
       <c r="AE14" s="34"/>
       <c r="AF14" s="34"/>
       <c r="AG14" s="34"/>
     </row>
     <row r="15" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="C15" s="599"/>
-      <c r="D15" s="599"/>
+      <c r="C15" s="601"/>
+      <c r="D15" s="601"/>
       <c r="W15" s="84"/>
       <c r="X15" s="83"/>
       <c r="Y15" s="83"/>
       <c r="Z15" s="83"/>
       <c r="AA15" s="84"/>
       <c r="AB15" s="84"/>
       <c r="AC15" s="84"/>
       <c r="AD15" s="34"/>
       <c r="AE15" s="145"/>
       <c r="AF15" s="145"/>
       <c r="AG15" s="145"/>
     </row>
     <row r="16" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="G16" s="590" t="s">
+      <c r="G16" s="592" t="s">
         <v>129</v>
       </c>
-      <c r="H16" s="591"/>
-[...9 lines deleted...]
-      <c r="R16" s="592"/>
+      <c r="H16" s="593"/>
+      <c r="I16" s="593"/>
+      <c r="J16" s="593"/>
+      <c r="K16" s="593"/>
+      <c r="L16" s="593"/>
+      <c r="M16" s="593"/>
+      <c r="N16" s="593"/>
+      <c r="O16" s="593"/>
+      <c r="P16" s="593"/>
+      <c r="Q16" s="593"/>
+      <c r="R16" s="594"/>
       <c r="W16" s="84"/>
       <c r="X16" s="83"/>
       <c r="Y16" s="83"/>
       <c r="Z16" s="83"/>
       <c r="AA16" s="84"/>
       <c r="AB16" s="84"/>
       <c r="AC16" s="84"/>
       <c r="AD16" s="34"/>
       <c r="AE16" s="145"/>
       <c r="AF16" s="145"/>
       <c r="AG16" s="145"/>
     </row>
     <row r="17" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="91"/>
       <c r="B17" s="144"/>
-      <c r="G17" s="560" t="s">
+      <c r="G17" s="562" t="s">
         <v>128</v>
       </c>
-      <c r="H17" s="561"/>
-[...9 lines deleted...]
-      <c r="R17" s="562"/>
+      <c r="H17" s="563"/>
+      <c r="I17" s="563"/>
+      <c r="J17" s="563"/>
+      <c r="K17" s="563"/>
+      <c r="L17" s="563"/>
+      <c r="M17" s="563"/>
+      <c r="N17" s="563"/>
+      <c r="O17" s="563"/>
+      <c r="P17" s="563"/>
+      <c r="Q17" s="563"/>
+      <c r="R17" s="564"/>
       <c r="W17" s="84"/>
       <c r="X17" s="84"/>
       <c r="Y17" s="84"/>
       <c r="Z17" s="84"/>
       <c r="AA17" s="84"/>
       <c r="AB17" s="84"/>
       <c r="AC17" s="84"/>
       <c r="AD17" s="34"/>
       <c r="AE17" s="34"/>
       <c r="AF17" s="34"/>
       <c r="AG17" s="34"/>
     </row>
     <row r="18" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="G18" s="569" t="s">
+      <c r="G18" s="571" t="s">
         <v>121</v>
       </c>
-      <c r="H18" s="570"/>
-[...2 lines deleted...]
-      <c r="K18" s="572" t="s">
+      <c r="H18" s="572"/>
+      <c r="I18" s="572"/>
+      <c r="J18" s="572"/>
+      <c r="K18" s="574" t="s">
         <v>127</v>
       </c>
-      <c r="L18" s="573"/>
-[...2 lines deleted...]
-      <c r="O18" s="576" t="s">
+      <c r="L18" s="575"/>
+      <c r="M18" s="575"/>
+      <c r="N18" s="576"/>
+      <c r="O18" s="578" t="s">
         <v>126</v>
       </c>
-      <c r="P18" s="576"/>
-[...1 lines deleted...]
-      <c r="R18" s="577"/>
+      <c r="P18" s="578"/>
+      <c r="Q18" s="578"/>
+      <c r="R18" s="579"/>
       <c r="W18" s="84"/>
       <c r="X18" s="84"/>
       <c r="Y18" s="84"/>
       <c r="Z18" s="84"/>
       <c r="AA18" s="84"/>
       <c r="AB18" s="84"/>
       <c r="AC18" s="84"/>
       <c r="AD18" s="143"/>
       <c r="AE18" s="143"/>
       <c r="AF18" s="143"/>
       <c r="AG18" s="143"/>
     </row>
     <row r="19" spans="1:33" ht="25.5" x14ac:dyDescent="0.2">
       <c r="G19" s="132" t="s">
         <v>110</v>
       </c>
       <c r="H19" s="131" t="s">
         <v>109</v>
       </c>
       <c r="I19" s="131" t="s">
         <v>123</v>
       </c>
       <c r="J19" s="132" t="s">
         <v>125</v>
       </c>
@@ -12757,56 +12811,56 @@
       <c r="X20" s="84"/>
       <c r="Y20" s="84"/>
       <c r="Z20" s="84"/>
       <c r="AA20" s="84"/>
       <c r="AB20" s="84"/>
       <c r="AC20" s="84"/>
       <c r="AD20" s="138"/>
       <c r="AE20" s="34"/>
       <c r="AF20" s="34"/>
       <c r="AG20" s="34"/>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.2">
       <c r="W21" s="84"/>
       <c r="X21" s="84"/>
       <c r="Y21" s="84"/>
       <c r="Z21" s="84"/>
       <c r="AA21" s="84"/>
       <c r="AB21" s="84"/>
       <c r="AC21" s="84"/>
       <c r="AD21" s="84"/>
       <c r="AE21" s="84"/>
       <c r="AF21" s="84"/>
       <c r="AG21" s="84"/>
     </row>
     <row r="22" spans="1:33" x14ac:dyDescent="0.2">
-      <c r="G22" s="563" t="s">
+      <c r="G22" s="565" t="s">
         <v>146</v>
       </c>
-      <c r="H22" s="564"/>
-[...1 lines deleted...]
-      <c r="J22" s="565"/>
+      <c r="H22" s="566"/>
+      <c r="I22" s="566"/>
+      <c r="J22" s="567"/>
       <c r="W22" s="84"/>
       <c r="X22" s="84"/>
       <c r="Y22" s="84"/>
       <c r="Z22" s="84"/>
       <c r="AA22" s="84"/>
       <c r="AB22" s="84"/>
       <c r="AC22" s="84"/>
       <c r="AD22" s="84"/>
       <c r="AE22" s="84"/>
       <c r="AF22" s="84"/>
       <c r="AG22" s="84"/>
     </row>
     <row r="23" spans="1:33" x14ac:dyDescent="0.2">
       <c r="G23" s="177" t="e">
         <f>G20+K20+O20</f>
         <v>#REF!</v>
       </c>
       <c r="H23" s="178" t="e">
         <f>H20+L20+P20</f>
         <v>#REF!</v>
       </c>
       <c r="I23" s="179" t="e">
         <f>J20+N20+R20</f>
         <v>#REF!</v>
       </c>
@@ -12816,113 +12870,113 @@
       <c r="Y23" s="84"/>
       <c r="Z23" s="84"/>
       <c r="AA23" s="84"/>
       <c r="AB23" s="84"/>
       <c r="AC23" s="84"/>
       <c r="AD23" s="84"/>
       <c r="AE23" s="84"/>
       <c r="AF23" s="84"/>
       <c r="AG23" s="84"/>
     </row>
     <row r="24" spans="1:33" ht="14.25" x14ac:dyDescent="0.2">
       <c r="W24" s="84"/>
       <c r="X24" s="84"/>
       <c r="Y24" s="84"/>
       <c r="Z24" s="84"/>
       <c r="AA24" s="84"/>
       <c r="AB24" s="84"/>
       <c r="AC24" s="84"/>
       <c r="AD24" s="34"/>
       <c r="AE24" s="34"/>
       <c r="AF24" s="34"/>
       <c r="AG24" s="34"/>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.2">
       <c r="C26" s="156"/>
-      <c r="D26" s="590" t="s">
+      <c r="D26" s="592" t="s">
         <v>122</v>
       </c>
-      <c r="E26" s="591"/>
-[...13 lines deleted...]
-      <c r="V26" s="590" t="s">
+      <c r="E26" s="593"/>
+      <c r="F26" s="593"/>
+      <c r="G26" s="593"/>
+      <c r="H26" s="593"/>
+      <c r="I26" s="593"/>
+      <c r="J26" s="593"/>
+      <c r="K26" s="593"/>
+      <c r="L26" s="593"/>
+      <c r="M26" s="593"/>
+      <c r="N26" s="593"/>
+      <c r="O26" s="593"/>
+      <c r="P26" s="593"/>
+      <c r="Q26" s="593"/>
+      <c r="R26" s="594"/>
+      <c r="V26" s="592" t="s">
         <v>153</v>
       </c>
-      <c r="W26" s="592"/>
+      <c r="W26" s="594"/>
     </row>
     <row r="27" spans="1:33" x14ac:dyDescent="0.2">
       <c r="D27" s="136"/>
       <c r="E27" s="135"/>
       <c r="F27" s="135"/>
       <c r="G27" s="135"/>
       <c r="H27" s="135"/>
       <c r="I27" s="135"/>
       <c r="J27" s="135"/>
       <c r="K27" s="135"/>
       <c r="L27" s="135"/>
       <c r="M27" s="135"/>
       <c r="N27" s="135"/>
       <c r="O27" s="135"/>
       <c r="P27" s="135"/>
       <c r="Q27" s="135"/>
       <c r="R27" s="137"/>
       <c r="V27" s="136"/>
       <c r="W27" s="135"/>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.2">
       <c r="D28" s="136"/>
       <c r="E28" s="135"/>
       <c r="F28" s="135"/>
-      <c r="G28" s="569" t="s">
+      <c r="G28" s="571" t="s">
         <v>121</v>
       </c>
-      <c r="H28" s="570"/>
-[...2 lines deleted...]
-      <c r="K28" s="572" t="s">
+      <c r="H28" s="572"/>
+      <c r="I28" s="572"/>
+      <c r="J28" s="573"/>
+      <c r="K28" s="574" t="s">
         <v>120</v>
       </c>
-      <c r="L28" s="573"/>
-[...2 lines deleted...]
-      <c r="O28" s="575" t="s">
+      <c r="L28" s="575"/>
+      <c r="M28" s="575"/>
+      <c r="N28" s="576"/>
+      <c r="O28" s="577" t="s">
         <v>119</v>
       </c>
-      <c r="P28" s="576"/>
-[...1 lines deleted...]
-      <c r="R28" s="577"/>
+      <c r="P28" s="578"/>
+      <c r="Q28" s="578"/>
+      <c r="R28" s="579"/>
       <c r="V28" s="136"/>
       <c r="W28" s="135"/>
     </row>
     <row r="29" spans="1:33" ht="25.5" x14ac:dyDescent="0.2">
       <c r="D29" s="133" t="s">
         <v>116</v>
       </c>
       <c r="E29" s="133" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="133" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="132" t="s">
         <v>110</v>
       </c>
       <c r="H29" s="131" t="s">
         <v>113</v>
       </c>
       <c r="I29" s="131" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="130" t="s">
         <v>107</v>
       </c>
@@ -13053,156 +13107,156 @@
       <c r="A34" s="86"/>
       <c r="B34" s="86"/>
       <c r="C34" s="86"/>
       <c r="D34" s="168"/>
       <c r="O34" s="170" t="e">
         <f>O32+O30</f>
         <v>#REF!</v>
       </c>
       <c r="P34" s="170" t="e">
         <f>P30+P32</f>
         <v>#REF!</v>
       </c>
       <c r="Q34" s="170" t="e">
         <f>AVERAGE(Q30:Q32)</f>
         <v>#REF!</v>
       </c>
       <c r="R34" s="171" t="e">
         <f>R32+R30</f>
         <v>#REF!</v>
       </c>
       <c r="S34" s="172" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
-      <c r="G35" s="563" t="s">
+      <c r="G35" s="565" t="s">
         <v>146</v>
       </c>
-      <c r="H35" s="564"/>
-[...1 lines deleted...]
-      <c r="J35" s="565"/>
+      <c r="H35" s="566"/>
+      <c r="I35" s="566"/>
+      <c r="J35" s="567"/>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="G36" s="175" t="e">
         <f>G30+K30+O34</f>
         <v>#REF!</v>
       </c>
       <c r="H36" s="181" t="e">
         <f>H30+L30+P34</f>
         <v>#REF!</v>
       </c>
       <c r="I36" s="182" t="e">
         <f>J30+N30+R34</f>
         <v>#REF!</v>
       </c>
       <c r="J36" s="183"/>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
-      <c r="A39" s="583" t="s">
+      <c r="A39" s="585" t="s">
         <v>106</v>
       </c>
-      <c r="B39" s="584"/>
-[...12 lines deleted...]
-      <c r="O39" s="566" t="s">
+      <c r="B39" s="586"/>
+      <c r="C39" s="586"/>
+      <c r="D39" s="586"/>
+      <c r="E39" s="586"/>
+      <c r="F39" s="586"/>
+      <c r="G39" s="586"/>
+      <c r="H39" s="586"/>
+      <c r="I39" s="586"/>
+      <c r="J39" s="586"/>
+      <c r="K39" s="586"/>
+      <c r="L39" s="586"/>
+      <c r="M39" s="586"/>
+      <c r="N39" s="586"/>
+      <c r="O39" s="568" t="s">
         <v>105</v>
       </c>
-      <c r="P39" s="567"/>
-[...4 lines deleted...]
-      <c r="U39" s="568"/>
+      <c r="P39" s="569"/>
+      <c r="Q39" s="569"/>
+      <c r="R39" s="569"/>
+      <c r="S39" s="569"/>
+      <c r="T39" s="569"/>
+      <c r="U39" s="570"/>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="225"/>
       <c r="B40" s="226"/>
       <c r="C40" s="227"/>
       <c r="D40" s="227"/>
       <c r="E40" s="227"/>
       <c r="F40" s="227"/>
       <c r="G40" s="227"/>
       <c r="H40" s="227"/>
       <c r="I40" s="227"/>
       <c r="J40" s="227"/>
       <c r="K40" s="227"/>
       <c r="L40" s="227"/>
       <c r="M40" s="227"/>
       <c r="N40" s="227"/>
       <c r="O40" s="228"/>
       <c r="P40" s="229"/>
-      <c r="Q40" s="566" t="s">
+      <c r="Q40" s="568" t="s">
         <v>104</v>
       </c>
-      <c r="R40" s="567"/>
-[...2 lines deleted...]
-      <c r="U40" s="568"/>
+      <c r="R40" s="569"/>
+      <c r="S40" s="569"/>
+      <c r="T40" s="569"/>
+      <c r="U40" s="570"/>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="116"/>
       <c r="B41" s="117"/>
-      <c r="C41" s="560" t="s">
+      <c r="C41" s="562" t="s">
         <v>48</v>
       </c>
-      <c r="D41" s="562"/>
-      <c r="E41" s="560" t="s">
+      <c r="D41" s="564"/>
+      <c r="E41" s="562" t="s">
         <v>49</v>
       </c>
-      <c r="F41" s="562"/>
+      <c r="F41" s="564"/>
       <c r="G41" s="116"/>
-      <c r="H41" s="560" t="s">
+      <c r="H41" s="562" t="s">
         <v>151</v>
       </c>
-      <c r="I41" s="561"/>
-[...2 lines deleted...]
-      <c r="L41" s="560" t="s">
+      <c r="I41" s="563"/>
+      <c r="J41" s="563"/>
+      <c r="K41" s="564"/>
+      <c r="L41" s="562" t="s">
         <v>103</v>
       </c>
-      <c r="M41" s="561"/>
-[...1 lines deleted...]
-      <c r="O41" s="594" t="s">
+      <c r="M41" s="563"/>
+      <c r="N41" s="564"/>
+      <c r="O41" s="596" t="s">
         <v>102</v>
       </c>
-      <c r="P41" s="595"/>
-      <c r="Q41" s="596" t="s">
+      <c r="P41" s="597"/>
+      <c r="Q41" s="598" t="s">
         <v>150</v>
       </c>
-      <c r="R41" s="597"/>
-      <c r="S41" s="598"/>
+      <c r="R41" s="599"/>
+      <c r="S41" s="600"/>
       <c r="T41" s="116" t="s">
         <v>80</v>
       </c>
       <c r="U41" s="115" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:26" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A42" s="109" t="s">
         <v>100</v>
       </c>
       <c r="B42" s="113" t="s">
         <v>99</v>
       </c>
       <c r="C42" s="111" t="s">
         <v>98</v>
       </c>
       <c r="D42" s="114" t="s">
         <v>96</v>
       </c>
       <c r="E42" s="108" t="s">
         <v>97</v>
       </c>
       <c r="F42" s="108" t="s">
         <v>96</v>
@@ -13334,96 +13388,96 @@
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="B44" s="98" t="e">
         <f>B43/A43</f>
         <v>#DIV/0!</v>
       </c>
       <c r="C44" s="98" t="e">
         <f>C43/A43</f>
         <v>#VALUE!</v>
       </c>
       <c r="D44" s="197"/>
       <c r="E44" s="194" t="e">
         <f>E43/A43</f>
         <v>#VALUE!</v>
       </c>
       <c r="F44" s="198"/>
       <c r="G44" s="97" t="e">
         <f>G43/A43</f>
         <v>#VALUE!</v>
       </c>
       <c r="H44" s="84"/>
       <c r="I44" s="84"/>
       <c r="J44" s="96"/>
       <c r="K44" s="84"/>
-      <c r="V44" s="578" t="s">
+      <c r="V44" s="580" t="s">
         <v>152</v>
       </c>
-      <c r="W44" s="579"/>
-      <c r="Y44" s="589" t="s">
+      <c r="W44" s="581"/>
+      <c r="Y44" s="591" t="s">
         <v>80</v>
       </c>
-      <c r="Z44" s="579"/>
+      <c r="Z44" s="581"/>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="D45" s="199" t="e">
         <f>C43*D43</f>
         <v>#VALUE!</v>
       </c>
       <c r="E45" s="86"/>
       <c r="F45" s="199" t="e">
         <f>E43*F43</f>
         <v>#VALUE!</v>
       </c>
       <c r="G45" s="95"/>
       <c r="H45" s="95"/>
       <c r="I45" s="95"/>
       <c r="J45" s="95"/>
       <c r="K45" s="84"/>
       <c r="V45" s="207" t="s">
         <v>79</v>
       </c>
       <c r="W45" s="208">
         <f>$O$43</f>
         <v>0</v>
       </c>
       <c r="Y45" s="207" t="s">
         <v>79</v>
       </c>
       <c r="Z45" s="208">
         <f>$O$43</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
-      <c r="D46" s="580" t="e">
+      <c r="D46" s="582" t="e">
         <f>D45+F45</f>
         <v>#VALUE!</v>
       </c>
-      <c r="E46" s="581"/>
-      <c r="F46" s="582"/>
+      <c r="E46" s="583"/>
+      <c r="F46" s="584"/>
       <c r="G46" s="94"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="V46" s="217" t="s">
         <v>78</v>
       </c>
       <c r="W46" s="218">
         <f>W45*40%</f>
         <v>0</v>
       </c>
       <c r="Y46" s="209" t="s">
         <v>77</v>
       </c>
       <c r="Z46" s="210">
         <f>70%*Z45</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="V47" s="219" t="s">
         <v>76</v>
       </c>
       <c r="W47" s="220">
@@ -13526,140 +13580,140 @@
         <f>$D$30-$C$10</f>
         <v>0</v>
       </c>
       <c r="X53" s="224" t="e">
         <f>W53/W45</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="54" spans="1:27" x14ac:dyDescent="0.2">
       <c r="V54" s="221" t="s">
         <v>65</v>
       </c>
       <c r="W54" s="222">
         <f>$D$31-$C$10</f>
         <v>0</v>
       </c>
       <c r="X54" s="224" t="e">
         <f>W54/W45</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="55" spans="1:27" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="P55" s="91"/>
     </row>
     <row r="56" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="542" t="s">
+      <c r="A56" s="544" t="s">
         <v>64</v>
       </c>
-      <c r="B56" s="543"/>
-[...1 lines deleted...]
-      <c r="D56" s="544"/>
+      <c r="B56" s="545"/>
+      <c r="C56" s="545"/>
+      <c r="D56" s="546"/>
       <c r="P56" s="91"/>
     </row>
     <row r="57" spans="1:27" x14ac:dyDescent="0.2">
-      <c r="A57" s="545" t="s">
+      <c r="A57" s="547" t="s">
         <v>63</v>
       </c>
-      <c r="B57" s="546"/>
-[...1 lines deleted...]
-      <c r="D57" s="551" t="str">
+      <c r="B57" s="548"/>
+      <c r="C57" s="549"/>
+      <c r="D57" s="553" t="str">
         <f>'TABLEAU COUTS'!Q46</f>
         <v/>
       </c>
-      <c r="V57" s="559"/>
-      <c r="W57" s="559"/>
+      <c r="V57" s="561"/>
+      <c r="W57" s="561"/>
     </row>
     <row r="58" spans="1:27" x14ac:dyDescent="0.2">
-      <c r="A58" s="548"/>
-[...2 lines deleted...]
-      <c r="D58" s="552"/>
+      <c r="A58" s="550"/>
+      <c r="B58" s="551"/>
+      <c r="C58" s="552"/>
+      <c r="D58" s="554"/>
       <c r="V58" s="84"/>
       <c r="W58" s="83"/>
     </row>
     <row r="59" spans="1:27" x14ac:dyDescent="0.2">
-      <c r="A59" s="553" t="s">
+      <c r="A59" s="555" t="s">
         <v>62</v>
       </c>
-      <c r="B59" s="554"/>
-      <c r="C59" s="555"/>
+      <c r="B59" s="556"/>
+      <c r="C59" s="557"/>
       <c r="D59" s="90">
         <f>IFERROR(W8-F8,"")</f>
         <v>0</v>
       </c>
       <c r="V59" s="84"/>
       <c r="W59" s="83"/>
     </row>
     <row r="60" spans="1:27" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="556" t="s">
+      <c r="A60" s="558" t="s">
         <v>61</v>
       </c>
-      <c r="B60" s="557"/>
-      <c r="C60" s="558"/>
+      <c r="B60" s="559"/>
+      <c r="C60" s="560"/>
       <c r="D60" s="89" t="str">
         <f>IFERROR(IF(D59&lt;D57,(D57-D59)/'TABLEAU LOYERS'!F32,0),"")</f>
         <v/>
       </c>
       <c r="V60" s="85"/>
       <c r="W60" s="88"/>
     </row>
     <row r="61" spans="1:27" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="539" t="s">
+      <c r="A61" s="541" t="s">
         <v>60</v>
       </c>
-      <c r="B61" s="540"/>
-      <c r="C61" s="541"/>
+      <c r="B61" s="542"/>
+      <c r="C61" s="543"/>
       <c r="D61" s="87">
         <f>IF(D60&gt;120,120,D60)</f>
         <v>120</v>
       </c>
       <c r="V61" s="84"/>
       <c r="W61" s="83"/>
     </row>
     <row r="62" spans="1:27" x14ac:dyDescent="0.2">
       <c r="V62" s="86"/>
       <c r="W62" s="83"/>
     </row>
     <row r="63" spans="1:27" x14ac:dyDescent="0.2">
       <c r="V63" s="84"/>
       <c r="W63" s="85"/>
     </row>
     <row r="64" spans="1:27" x14ac:dyDescent="0.2">
       <c r="V64" s="84"/>
       <c r="W64" s="83"/>
     </row>
     <row r="65" spans="22:23" x14ac:dyDescent="0.2">
       <c r="V65" s="84"/>
       <c r="W65" s="83"/>
     </row>
     <row r="66" spans="22:23" x14ac:dyDescent="0.2">
       <c r="V66" s="84"/>
       <c r="W66" s="83"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="MQlVMF/qWN9y+zqFCt5v7KLFNIz7JePx0aGlCtof6X5r7IMYd4f81Jg0rjBsbHVy5kxEXaT7oQQbXlezD+oJGQ==" saltValue="Mb0AnRyAPmpoAzqacaxXYg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/z7hpkh2p4CCLOyBsgr3YNx840ZrVGQHch0q9BoXxi85Iauhby+ARVATYgw9PksrKx2+AD1ysoZgVbRAt6aOdw==" saltValue="vqLn2g+N0rd7RNm9IvWDgQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="41">
     <mergeCell ref="Y44:Z44"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="W6:Z6"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="O41:P41"/>
     <mergeCell ref="Q41:S41"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="G16:R16"/>
     <mergeCell ref="G17:R17"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="D26:R26"/>
     <mergeCell ref="V26:W26"/>
     <mergeCell ref="L41:N41"/>
     <mergeCell ref="AD6:AG6"/>
     <mergeCell ref="G7:R7"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="D46:F46"/>
     <mergeCell ref="K18:N18"/>
     <mergeCell ref="O18:R18"/>
     <mergeCell ref="A39:N39"/>
     <mergeCell ref="O39:U39"/>
@@ -13789,51 +13843,51 @@
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E9" s="61"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E10" s="61"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E11" s="61"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E12" s="61"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E13" s="61"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E14" s="61"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E15" s="61"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.2">
       <c r="E16" s="61"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="HkrL5qc2pmriOhAiq5YMGFLXo8ex9PLpDMj7PJ+1DrqIO9UT3AB1jjBQi/Clnw1TpiH9/rsooiIhNGFAG26QfQ==" saltValue="NoZBc/Mfs0jE7jXvsjxQaA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="f5/4MCwqql6Yq9T+DB4dnfPs80i30bVH2i2peFGNOr6VpxvS3LlSc/0O0Lho2+WECY6rpPhjzPl0oWHOotl0sg==" saltValue="iEmpaZ6iDzmsOXtdZGkIWQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="A2:A3" numberStoredAsText="1"/>
   </ignoredErrors>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customUI/customUI14.xml><?xml version="1.0" encoding="utf-8"?>
 <customUI xmlns="http://schemas.microsoft.com/office/2009/07/customui" onLoad="CustomUI_onLoad">
   <ribbon>
     <tabs>
       <tab id="Tab01" label="LDTR">
         <group id="Groupe1" label="Lignes">
           <button id="Bouton1" label="Ajouter une ligne" onAction="AjouterLigne"/>
           <button id="Bouton3" label="Ajouter plusieurs lignes" onAction="AjouterPlLignes"/>
           <button id="Bouton2" label="Supprimer une ligne" onAction="SupprimerLigne"/>
         </group>
         <group id="grpAide" label="Assistance">
           <button id="btnAide" label="Aide" imageMso="Help" size="large" onAction="OuvrirAidePDF"/>
         </group>
@@ -13907,47 +13961,47 @@
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Tableau LDTR</dc:title>
   <dc:creator>Christe Mercedes (DT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_AdHocReviewCycleID">
-    <vt:i4>2104726237</vt:i4>
+    <vt:i4>-2093186331</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Nouveau plafond LDTR a 3'724 F/p/an --&gt; mise à jour du D12, D13 et D15</vt:lpwstr>
+    <vt:lpwstr>D13 - publication stp</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>mercedes.christe@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Christe Mercedes (DT)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TitusGUID">
     <vt:lpwstr>90992893-f9ad-44aa-921c-c3e410eaf63c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="EGE1012">
     <vt:lpwstr>EGE1012-201F035592</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_PreviousAdHocReviewCycleID">
     <vt:i4>-180047876</vt:i4>
   </property>
 </Properties>
 </file>