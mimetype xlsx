--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -1,84 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\SPS\ORGANISATION du Service\DOCUMENTS UTILES\Formulaires MAJ\MAJ 09.2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\SPS\ORGANISATION du Service\DOCUMENTS UTILES\Formulaires MAJ\Formulaires en ligne\Adresse Glacis-de-Rive 11\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{152ECE3B-793C-42F2-BD5B-CFED290163CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20160" windowHeight="8865"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Facture logopédie" sheetId="3" r:id="rId1"/>
     <sheet name="Facture manuelle" sheetId="5" r:id="rId2"/>
     <sheet name="Tarifs" sheetId="4" r:id="rId3"/>
     <sheet name="Liste menu déroulant" sheetId="6" r:id="rId4"/>
     <sheet name="Journal technique" sheetId="10" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="2">'Liste menu déroulant'!$C$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Facture logopédie'!$A$1:$E$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Facture manuelle'!$A$1:$E$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Tarifs!$A$1:$E$24</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E23" i="3" l="1"/>
   <c r="E24" i="3"/>
   <c r="E25" i="3"/>
   <c r="E26" i="3"/>
   <c r="E27" i="3"/>
   <c r="E28" i="3"/>
   <c r="E29" i="3"/>
   <c r="E30" i="3"/>
   <c r="E31" i="3"/>
   <c r="E32" i="3"/>
   <c r="E33" i="3"/>
   <c r="E34" i="3"/>
   <c r="E35" i="3"/>
   <c r="E36" i="3"/>
   <c r="E37" i="3"/>
   <c r="E38" i="3"/>
   <c r="E39" i="3"/>
   <c r="E40" i="3"/>
@@ -91,51 +103,51 @@
   <c r="C26" i="3"/>
   <c r="C27" i="3"/>
   <c r="C28" i="3"/>
   <c r="C29" i="3"/>
   <c r="C30" i="3"/>
   <c r="C31" i="3"/>
   <c r="C32" i="3"/>
   <c r="C33" i="3"/>
   <c r="C34" i="3"/>
   <c r="C35" i="3"/>
   <c r="C36" i="3"/>
   <c r="C37" i="3"/>
   <c r="C38" i="3"/>
   <c r="C39" i="3"/>
   <c r="C40" i="3"/>
   <c r="C41" i="3"/>
   <c r="C42" i="3"/>
   <c r="C22" i="3"/>
   <c r="E20" i="3" l="1"/>
   <c r="E43" i="3" l="1"/>
   <c r="E41" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="61">
   <si>
     <t>PRESTATAIRE</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>Description de la prestation dispensée</t>
   </si>
   <si>
     <t>Date de la prestation</t>
   </si>
   <si>
     <t>Remarques</t>
   </si>
   <si>
     <t>N° DE LA FACTURE</t>
   </si>
   <si>
     <t>REPUBLIQUE ET CANTON DE GENEVE</t>
   </si>
   <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
   </si>
   <si>
@@ -291,55 +303,61 @@
   </si>
   <si>
     <t>Menu déroulant des prestations, basé sur la liste de l'onglet "Tarifs"</t>
   </si>
   <si>
     <t>RECHERCHEV pour code de prestation, basée sur la liste de l'onglet "Tarifs"</t>
   </si>
   <si>
     <t>SIERREUR appliqué à la formule RECHERCHEV</t>
   </si>
   <si>
     <t>RECHERCHEV pour tarif, basée sur la liste de l'onglet Tarifs</t>
   </si>
   <si>
     <t>Définition des cellules verrouillées ou déverrouillées dans la feuille de la facture</t>
   </si>
   <si>
     <t>Verrouillage de la feuille de la facture (code 5671)</t>
   </si>
   <si>
     <t>Validation du champ date avec des dates valides (01.10.2022 à 31.12.2025)</t>
   </si>
   <si>
     <t>Service de la pédagogie spécialisée</t>
   </si>
+  <si>
+    <t>Office cantonal de l'enfance et de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service de pédagogie spécialisée</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0000_ ;\-#,##0.0000\ "/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -895,324 +913,330 @@
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...46 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>219075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>581025</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>27985</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:lum/>
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="219075" y="157005"/>
           <a:ext cx="361950" cy="572271"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1223,51 +1247,57 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>219075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>581025</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>81280</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:lum/>
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="219075" y="85725"/>
           <a:ext cx="361950" cy="567055"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1535,229 +1565,229 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="A1:L49"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="91" zoomScaleNormal="100" zoomScalePageLayoutView="91" workbookViewId="0">
-      <selection activeCell="B53" sqref="B53"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="A24" zoomScale="91" zoomScaleNormal="100" zoomScalePageLayoutView="91" workbookViewId="0">
+      <selection activeCell="D56" sqref="D56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="36" customWidth="1"/>
     <col min="4" max="4" width="33.85546875" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="24.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="27"/>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="29"/>
     </row>
     <row r="2" spans="1:5" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="30"/>
       <c r="B2" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="31"/>
     </row>
     <row r="3" spans="1:5" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="30"/>
       <c r="B3" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="21"/>
       <c r="D3" s="21"/>
       <c r="E3" s="31"/>
     </row>
     <row r="4" spans="1:5" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="30"/>
       <c r="B4" s="21" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="31"/>
     </row>
     <row r="5" spans="1:5" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="30"/>
       <c r="B5" s="22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="31"/>
     </row>
     <row r="6" spans="1:5" ht="6.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="32"/>
       <c r="B6" s="33"/>
       <c r="C6" s="33"/>
       <c r="D6" s="33"/>
       <c r="E6" s="34"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
-      <c r="B8" s="80" t="s">
+      <c r="B8" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="80"/>
-      <c r="D8" s="80"/>
+      <c r="C8" s="61"/>
+      <c r="D8" s="61"/>
       <c r="E8" s="2"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
     </row>
     <row r="10" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="77" t="s">
+      <c r="A10" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="78"/>
-[...1 lines deleted...]
-      <c r="D10" s="77" t="s">
+      <c r="B10" s="59"/>
+      <c r="C10" s="60"/>
+      <c r="D10" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="79"/>
+      <c r="E10" s="60"/>
     </row>
     <row r="11" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="76"/>
-[...3 lines deleted...]
-      <c r="E11" s="82"/>
+      <c r="A11" s="55"/>
+      <c r="B11" s="56"/>
+      <c r="C11" s="57"/>
+      <c r="D11" s="62"/>
+      <c r="E11" s="63"/>
     </row>
     <row r="12" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="68"/>
-      <c r="B12" s="72"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="69"/>
+      <c r="C12" s="70"/>
+      <c r="D12" s="64"/>
+      <c r="E12" s="65"/>
     </row>
     <row r="13" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="73"/>
-[...3 lines deleted...]
-      <c r="E13" s="86"/>
+      <c r="A13" s="71"/>
+      <c r="B13" s="72"/>
+      <c r="C13" s="73"/>
+      <c r="D13" s="66"/>
+      <c r="E13" s="67"/>
     </row>
     <row r="14" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="61" t="s">
+      <c r="A14" s="74" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="75"/>
-[...1 lines deleted...]
-      <c r="D14" s="61" t="s">
+      <c r="B14" s="80"/>
+      <c r="C14" s="75"/>
+      <c r="D14" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="E14" s="62"/>
+      <c r="E14" s="75"/>
     </row>
     <row r="15" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="63"/>
-[...3 lines deleted...]
-      <c r="E15" s="65"/>
+      <c r="A15" s="76"/>
+      <c r="B15" s="56"/>
+      <c r="C15" s="57"/>
+      <c r="D15" s="76"/>
+      <c r="E15" s="57"/>
     </row>
     <row r="16" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="68"/>
-      <c r="B16" s="72"/>
-      <c r="C16" s="69"/>
+      <c r="B16" s="69"/>
+      <c r="C16" s="70"/>
       <c r="D16" s="68"/>
-      <c r="E16" s="69"/>
+      <c r="E16" s="70"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="68"/>
-      <c r="B17" s="72"/>
-      <c r="C17" s="69"/>
+      <c r="B17" s="69"/>
+      <c r="C17" s="70"/>
       <c r="D17" s="68"/>
-      <c r="E17" s="69"/>
+      <c r="E17" s="70"/>
     </row>
     <row r="18" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="73"/>
-[...3 lines deleted...]
-      <c r="E18" s="71"/>
+      <c r="A18" s="71"/>
+      <c r="B18" s="72"/>
+      <c r="C18" s="73"/>
+      <c r="D18" s="79"/>
+      <c r="E18" s="73"/>
     </row>
     <row r="19" spans="1:12" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="66" t="s">
+      <c r="B19" s="77" t="s">
         <v>5</v>
       </c>
-      <c r="C19" s="67"/>
+      <c r="C19" s="78"/>
       <c r="D19" s="49" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="28.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="51"/>
-      <c r="B20" s="52"/>
-      <c r="C20" s="53"/>
+      <c r="B20" s="81"/>
+      <c r="C20" s="82"/>
       <c r="D20" s="25"/>
       <c r="E20" s="50">
         <f>COUNTA(B22:B42)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:12" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="36" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="42" t="s">
         <v>2</v>
       </c>
       <c r="C21" s="36" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="36" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="36" t="s">
         <v>14</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
@@ -1986,399 +2016,400 @@
         <f>IFERROR(VLOOKUP(B38,Tarifs!A:C,3,FALSE),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:8" s="9" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="6"/>
       <c r="B39" s="23"/>
       <c r="C39" s="46" t="str">
         <f>IFERROR(VLOOKUP(B39,Tarifs!A:C,2,FALSE),"")</f>
         <v/>
       </c>
       <c r="D39" s="23"/>
       <c r="E39" s="47" t="str">
         <f>IFERROR(VLOOKUP(B39,Tarifs!A:C,3,FALSE),"")</f>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:8" s="9" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="6"/>
       <c r="B40" s="23"/>
       <c r="C40" s="46" t="str">
         <f>IFERROR(VLOOKUP(B40,Tarifs!A:C,2,FALSE),"")</f>
         <v/>
       </c>
       <c r="D40" s="23"/>
-      <c r="E40" s="113" t="str">
+      <c r="E40" s="52" t="str">
         <f>IFERROR(VLOOKUP(B40,Tarifs!A:C,3,FALSE),"")</f>
         <v/>
       </c>
-      <c r="F40" s="116"/>
-[...1 lines deleted...]
-      <c r="H40" s="116"/>
+      <c r="F40" s="53"/>
+      <c r="G40" s="53"/>
+      <c r="H40" s="53"/>
     </row>
     <row r="41" spans="1:8" s="9" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="6"/>
       <c r="B41" s="23"/>
       <c r="C41" s="46" t="str">
         <f>IFERROR(VLOOKUP(B41,Tarifs!A:C,2,FALSE),"")</f>
         <v/>
       </c>
       <c r="D41" s="23"/>
-      <c r="E41" s="113" t="str">
+      <c r="E41" s="52" t="str">
         <f>IFERROR(VLOOKUP(B41,Tarifs!A:C,3,FALSE),"")</f>
         <v/>
       </c>
-      <c r="F41" s="116"/>
-[...1 lines deleted...]
-      <c r="H41" s="116"/>
+      <c r="F41" s="53"/>
+      <c r="G41" s="53"/>
+      <c r="H41" s="53"/>
     </row>
     <row r="42" spans="1:8" s="9" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="6"/>
       <c r="B42" s="23"/>
       <c r="C42" s="46" t="str">
         <f>IFERROR(VLOOKUP(B42,Tarifs!A:C,2,FALSE),"")</f>
         <v/>
       </c>
       <c r="D42" s="23"/>
-      <c r="E42" s="113" t="str">
+      <c r="E42" s="52" t="str">
         <f>IFERROR(VLOOKUP(B42,Tarifs!A:C,3,FALSE),"")</f>
         <v/>
       </c>
-      <c r="F42" s="116"/>
-[...1 lines deleted...]
-      <c r="H42" s="116"/>
+      <c r="F42" s="53"/>
+      <c r="G42" s="53"/>
+      <c r="H42" s="53"/>
     </row>
     <row r="43" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="59" t="s">
+      <c r="A43" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="B43" s="59"/>
-[...1 lines deleted...]
-      <c r="D43" s="57" t="s">
+      <c r="B43" s="88"/>
+      <c r="C43" s="88"/>
+      <c r="D43" s="86" t="s">
         <v>47</v>
       </c>
-      <c r="E43" s="114">
+      <c r="E43" s="84">
         <f>SUM(E22:E42)</f>
         <v>0</v>
       </c>
       <c r="F43" s="26"/>
-      <c r="G43" s="117"/>
-      <c r="H43" s="117"/>
+      <c r="G43" s="54"/>
+      <c r="H43" s="54"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A44" s="60"/>
-[...3 lines deleted...]
-      <c r="E44" s="115"/>
+      <c r="A44" s="89"/>
+      <c r="B44" s="89"/>
+      <c r="C44" s="89"/>
+      <c r="D44" s="87"/>
+      <c r="E44" s="85"/>
       <c r="F44" s="26"/>
-      <c r="G44" s="117"/>
-      <c r="H44" s="117"/>
+      <c r="G44" s="54"/>
+      <c r="H44" s="54"/>
     </row>
     <row r="45" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="4"/>
       <c r="F45" s="26"/>
-      <c r="G45" s="117"/>
-      <c r="H45" s="117"/>
+      <c r="G45" s="54"/>
+      <c r="H45" s="54"/>
     </row>
     <row r="46" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="54" t="s">
+      <c r="A46" s="83" t="s">
         <v>17</v>
       </c>
-      <c r="B46" s="54"/>
-[...1 lines deleted...]
-      <c r="D46" s="54"/>
+      <c r="B46" s="83"/>
+      <c r="C46" s="83"/>
+      <c r="D46" s="83"/>
       <c r="E46" s="4"/>
       <c r="F46" s="26"/>
-      <c r="G46" s="117"/>
-      <c r="H46" s="117"/>
+      <c r="G46" s="54"/>
+      <c r="H46" s="54"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
-      <c r="F47" s="117"/>
-[...1 lines deleted...]
-      <c r="H47" s="117"/>
+      <c r="F47" s="54"/>
+      <c r="G47" s="54"/>
+      <c r="H47" s="54"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A48" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B48" s="24"/>
       <c r="C48" s="24"/>
       <c r="D48" s="24"/>
       <c r="E48" s="4"/>
-      <c r="F48" s="117"/>
-[...1 lines deleted...]
-      <c r="H48" s="117"/>
+      <c r="F48" s="54"/>
+      <c r="G48" s="54"/>
+      <c r="H48" s="54"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
-      <c r="F49" s="117"/>
-[...1 lines deleted...]
-      <c r="H49" s="117"/>
+      <c r="F49" s="54"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="A22:E42" name="Plage4"/>
     <protectedRange sqref="A20:E20" name="Plage3"/>
     <protectedRange sqref="A15:E18" name="Plage2"/>
     <protectedRange sqref="A11:E13" name="Plage1"/>
   </protectedRanges>
   <mergeCells count="22">
-    <mergeCell ref="A11:C11"/>
-[...5 lines deleted...]
-    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="E43:E44"/>
+    <mergeCell ref="D43:D44"/>
+    <mergeCell ref="A43:C44"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="D17:E18"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A14:C14"/>
-    <mergeCell ref="B20:C20"/>
-[...3 lines deleted...]
-    <mergeCell ref="A43:C44"/>
+    <mergeCell ref="A11:C11"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="D11:E13"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A13:C13"/>
   </mergeCells>
   <dataValidations disablePrompts="1" count="2">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date non valide" error="Cette date n'est pas valide; veuillez corriger votre saisie" sqref="A22:A42">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Date non valide" error="Cette date n'est pas valide; veuillez corriger votre saisie" sqref="A22:A42" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>44562</formula1>
-      <formula2>46022</formula2>
+      <formula2>47848</formula2>
     </dataValidation>
-    <dataValidation type="date" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A20">
-      <formula1>42005</formula1>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A20" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>44915</formula1>
+      <formula2>47848</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.19685039370078741" bottom="0.9055118110236221" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C&amp;8&amp;K01+026OEJ - SPS • Route des Jeunes 1E • 1227 Les Acacias 
+    <oddFooter>&amp;C&amp;8&amp;K01+025OCEJ - SPS • Rue des Glacis-de-Rive 11  • 1207 Genève
 SPS-Facturation@etat.ge.ch • Tél. +41 (22) 388 68 00</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>Tarifs!$A$4:$A$24</xm:f>
           </x14:formula1>
           <xm:sqref>B22:B42</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E47"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A31" zoomScale="112" zoomScaleNormal="100" zoomScalePageLayoutView="112" workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="22.5703125" customWidth="1"/>
     <col min="4" max="4" width="33.85546875" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="97"/>
-[...3 lines deleted...]
-      <c r="E1" s="101"/>
+      <c r="A1" s="99"/>
+      <c r="B1" s="102"/>
+      <c r="C1" s="102"/>
+      <c r="D1" s="102"/>
+      <c r="E1" s="103"/>
     </row>
     <row r="2" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="98"/>
-      <c r="B2" s="60" t="s">
+      <c r="A2" s="100"/>
+      <c r="B2" s="89" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="60"/>
-[...1 lines deleted...]
-      <c r="E2" s="102"/>
+      <c r="C2" s="89"/>
+      <c r="D2" s="89"/>
+      <c r="E2" s="104"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A3" s="98"/>
+      <c r="A3" s="100"/>
       <c r="B3" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="21"/>
       <c r="D3" s="21"/>
-      <c r="E3" s="103"/>
+      <c r="E3" s="105"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A4" s="98"/>
+      <c r="A4" s="100"/>
       <c r="B4" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
-      <c r="E4" s="103"/>
+      <c r="E4" s="105"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A5" s="98"/>
+      <c r="A5" s="100"/>
       <c r="B5" s="22" t="s">
         <v>58</v>
       </c>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
-      <c r="E5" s="103"/>
+      <c r="E5" s="105"/>
     </row>
     <row r="6" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="99"/>
+      <c r="A6" s="101"/>
       <c r="B6" s="33"/>
       <c r="C6" s="33"/>
       <c r="D6" s="33"/>
-      <c r="E6" s="104"/>
+      <c r="E6" s="106"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
-      <c r="B8" s="80" t="s">
+      <c r="B8" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="80"/>
-      <c r="D8" s="80"/>
+      <c r="C8" s="61"/>
+      <c r="D8" s="61"/>
       <c r="E8" s="2"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A10" s="77" t="s">
+      <c r="A10" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="78"/>
-[...1 lines deleted...]
-      <c r="D10" s="77" t="s">
+      <c r="B10" s="59"/>
+      <c r="C10" s="60"/>
+      <c r="D10" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="79"/>
+      <c r="E10" s="60"/>
     </row>
     <row r="11" spans="1:5" ht="28.35" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="87"/>
-[...3 lines deleted...]
-      <c r="E11" s="89"/>
+      <c r="A11" s="107"/>
+      <c r="B11" s="108"/>
+      <c r="C11" s="109"/>
+      <c r="D11" s="107"/>
+      <c r="E11" s="109"/>
     </row>
     <row r="12" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="61" t="s">
+      <c r="A12" s="74" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="75"/>
-[...1 lines deleted...]
-      <c r="D12" s="61" t="s">
+      <c r="B12" s="80"/>
+      <c r="C12" s="75"/>
+      <c r="D12" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="E12" s="62"/>
+      <c r="E12" s="75"/>
     </row>
     <row r="13" spans="1:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="106"/>
-[...3 lines deleted...]
-      <c r="E13" s="108"/>
+      <c r="A13" s="91"/>
+      <c r="B13" s="92"/>
+      <c r="C13" s="93"/>
+      <c r="D13" s="91"/>
+      <c r="E13" s="93"/>
     </row>
     <row r="14" spans="1:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="68"/>
-      <c r="B14" s="92"/>
-      <c r="C14" s="93"/>
+      <c r="B14" s="112"/>
+      <c r="C14" s="113"/>
       <c r="D14" s="68"/>
-      <c r="E14" s="93"/>
+      <c r="E14" s="113"/>
     </row>
     <row r="15" spans="1:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="68"/>
-      <c r="B15" s="92"/>
-      <c r="C15" s="93"/>
+      <c r="B15" s="112"/>
+      <c r="C15" s="113"/>
       <c r="D15" s="68"/>
-      <c r="E15" s="93"/>
+      <c r="E15" s="113"/>
     </row>
     <row r="16" spans="1:5" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="94"/>
-[...3 lines deleted...]
-      <c r="E16" s="96"/>
+      <c r="A16" s="114"/>
+      <c r="B16" s="115"/>
+      <c r="C16" s="116"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="116"/>
     </row>
     <row r="17" spans="1:5" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A17" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="109" t="s">
+      <c r="B17" s="94" t="s">
         <v>5</v>
       </c>
-      <c r="C17" s="110"/>
+      <c r="C17" s="95"/>
       <c r="D17" s="40" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="3"/>
-      <c r="B18" s="90"/>
-      <c r="C18" s="91"/>
+      <c r="B18" s="110"/>
+      <c r="C18" s="111"/>
       <c r="D18" s="10"/>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="36" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="37" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6"/>
       <c r="B20" s="23"/>
       <c r="C20" s="35"/>
       <c r="D20" s="23"/>
@@ -2503,201 +2534,201 @@
       <c r="D37" s="23"/>
       <c r="E37" s="7"/>
     </row>
     <row r="38" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6"/>
       <c r="B38" s="23"/>
       <c r="C38" s="35"/>
       <c r="D38" s="23"/>
       <c r="E38" s="7"/>
     </row>
     <row r="39" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="6"/>
       <c r="B39" s="23"/>
       <c r="C39" s="35"/>
       <c r="D39" s="23"/>
       <c r="E39" s="7"/>
     </row>
     <row r="40" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="6"/>
       <c r="B40" s="23"/>
       <c r="C40" s="35"/>
       <c r="D40" s="23"/>
       <c r="E40" s="7"/>
     </row>
     <row r="41" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="59" t="s">
+      <c r="A41" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="B41" s="59"/>
-[...1 lines deleted...]
-      <c r="D41" s="57" t="s">
+      <c r="B41" s="88"/>
+      <c r="C41" s="88"/>
+      <c r="D41" s="86" t="s">
         <v>48</v>
       </c>
-      <c r="E41" s="55">
+      <c r="E41" s="97">
         <f>SUM(E20:E40)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A42" s="60"/>
-[...3 lines deleted...]
-      <c r="E42" s="56"/>
+      <c r="A42" s="89"/>
+      <c r="B42" s="89"/>
+      <c r="C42" s="89"/>
+      <c r="D42" s="96"/>
+      <c r="E42" s="98"/>
     </row>
     <row r="43" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="5"/>
       <c r="E43" s="4"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A44" s="54" t="s">
+      <c r="A44" s="83" t="s">
         <v>17</v>
       </c>
-      <c r="B44" s="54"/>
-      <c r="C44" s="54"/>
+      <c r="B44" s="83"/>
+      <c r="C44" s="83"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A45" s="24"/>
       <c r="B45" s="24"/>
       <c r="C45" s="24"/>
       <c r="D45" s="24"/>
       <c r="E45" s="4"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A46" s="105" t="s">
+      <c r="A46" s="90" t="s">
         <v>19</v>
       </c>
-      <c r="B46" s="105"/>
-[...1 lines deleted...]
-      <c r="D46" s="105"/>
+      <c r="B46" s="90"/>
+      <c r="C46" s="90"/>
+      <c r="D46" s="90"/>
       <c r="E46" s="4"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A47" s="19"/>
       <c r="B47" s="19"/>
       <c r="C47" s="19"/>
       <c r="D47" s="19"/>
       <c r="E47" s="19"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0"/>
   <protectedRanges>
     <protectedRange sqref="A20:E40" name="Plage4"/>
     <protectedRange sqref="A18:E18" name="Plage3"/>
     <protectedRange sqref="A13:E15" name="Plage2"/>
     <protectedRange sqref="A11:E11" name="Plage1"/>
   </protectedRanges>
   <mergeCells count="26">
-    <mergeCell ref="A46:D46"/>
-[...13 lines deleted...]
-    <mergeCell ref="B8:D8"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="D16:E16"/>
+    <mergeCell ref="A1:A6"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="E3:E6"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="B17:C17"/>
+    <mergeCell ref="D41:D42"/>
+    <mergeCell ref="E41:E42"/>
+    <mergeCell ref="A41:C42"/>
+    <mergeCell ref="A44:C44"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.35433070866141736" bottom="0.9055118110236221" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;8&amp;K01+030OEJ - SPS • Route des Jeunes 1E • 1227 Les Acacias 
 SPS-Facturation@etat.ge.ch • Tél. +41 (22) 388 68 00</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="3">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000000000000}">
           <x14:formula1>
             <xm:f>Tarifs!$A$4:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>B27:B40</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000001000000}">
           <x14:formula1>
             <xm:f>'Liste menu déroulant'!$C$1:$C$30</xm:f>
           </x14:formula1>
           <xm:sqref>C20:C40</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
             <xm:f>'Liste menu déroulant'!$E$1:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>E20</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView topLeftCell="A13" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="A27" sqref="A26:A27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="47" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.5703125" style="45" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" style="45"/>
     <col min="7" max="7" width="32.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="11" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="112" t="s">
+      <c r="A1" s="117" t="s">
         <v>43</v>
       </c>
-      <c r="B1" s="112"/>
-      <c r="C1" s="112"/>
+      <c r="B1" s="117"/>
+      <c r="C1" s="117"/>
       <c r="D1" s="14"/>
     </row>
     <row r="2" spans="1:4" s="11" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="12"/>
       <c r="B2" s="43"/>
       <c r="C2" s="43"/>
       <c r="D2" s="12"/>
     </row>
     <row r="3" spans="1:4" s="11" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="13" t="s">
         <v>46</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:4" s="11" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="17">
         <v>1.0009999999999999</v>
@@ -2932,51 +2963,51 @@
     </row>
     <row r="24" spans="1:5" s="11" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="44">
         <v>1.5275000000000001</v>
       </c>
       <c r="C24" s="16">
         <v>56.25</v>
       </c>
       <c r="E24" s="18">
         <v>1.5275000000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:E30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H30" sqref="H30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C1" s="17">
         <v>1.0009999999999999</v>
       </c>
       <c r="E1" s="16">
         <v>400</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="8" t="s">
         <v>40</v>
@@ -3169,51 +3200,51 @@
       <c r="C27" s="17">
         <v>2.3075000000000001</v>
       </c>
     </row>
     <row r="28" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C28" s="17">
         <v>2.4045000000000001</v>
       </c>
     </row>
     <row r="29" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C29" s="17">
         <v>2.4060000000000001</v>
       </c>
     </row>
     <row r="30" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C30" s="17">
         <v>2.4075000000000002</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView zoomScale="175" zoomScaleNormal="175" workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="21" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="68.85546875" style="48" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1">
         <v>1</v>
       </c>
       <c r="B1" s="48" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2">
         <v>2</v>
       </c>
       <c r="B2" s="48" t="s">
         <v>57</v>
@@ -3311,45 +3342,42 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Exemple facture</dc:title>
   <dc:creator>Perrin Marie (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AdHocReviewCycleID">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_NewReviewCycle">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AdHocReviewCycleID">
+    <vt:i4>64577535</vt:i4>
+  </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_EmailSubject">
-    <vt:lpwstr>Mise à jour des formulaires en ligne et de la communication concernant l'évolution de la procédure pour les mesures de soutiens et d'aménagements scolaires</vt:lpwstr>
+    <vt:lpwstr>Mise à jour du formulaire de facturation en ligne</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_AuthorEmail">
     <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_PreviousAdHocReviewCycleID">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>