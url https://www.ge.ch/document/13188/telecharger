--- v0 (2025-10-09)
+++ v1 (2026-01-08)
@@ -16961,41 +16961,41 @@
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NIF-responsable</dc:title>
   <dc:subject/>
   <dc:creator>Chavaillaz Jean-François (DIP)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>-1798245891</vt:i4>
+    <vt:i4>148813615</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Mise à jour des formulaires du site internet </vt:lpwstr>
+    <vt:lpwstr>Harmonisation de la nomenclature des documents en ligne du SPS.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
   </property>
 </Properties>
 </file>