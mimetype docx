--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -9,51 +9,51 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4431F932" w14:textId="38BDFA6A" w:rsidR="00185464" w:rsidRPr="00C84B84" w:rsidRDefault="009102B7" w:rsidP="00C84B84">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C84B84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Merci de bien vouloir cocher les modifications souhaitées et de nous retourner le formulaire</w:t>
       </w:r>
     </w:p>
@@ -119,68 +119,92 @@
       <w:r w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULAIRE DE DEMANDE POUR UN </w:t>
       </w:r>
       <w:r w:rsidR="009102B7" w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHANGEMENT DE THERAPEUTE,</w:t>
       </w:r>
       <w:r w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494E17E5" w14:textId="05F8DA29" w:rsidR="008225EE" w:rsidRPr="006560FE" w:rsidRDefault="00185464" w:rsidP="00751EDE">
+    <w:p w14:paraId="494E17E5" w14:textId="37366562" w:rsidR="008225EE" w:rsidRPr="006560FE" w:rsidRDefault="00185464" w:rsidP="00751EDE">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>UNE MODIFICATION, FIN et/ou</w:t>
+        <w:t xml:space="preserve">UNE MODIFICATION, FIN </w:t>
+      </w:r>
+      <w:r w:rsidR="001D789C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ET</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006560FE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001D789C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OU</w:t>
       </w:r>
       <w:r w:rsidR="00751EDE" w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009102B7" w:rsidRPr="006560FE">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PROLONGATION DE TRAITEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F4A6A6" w14:textId="6DB3D691" w:rsidR="00751EDE" w:rsidRDefault="00751EDE" w:rsidP="00751EDE">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-86"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1421,51 +1445,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prestation concernée par le changement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F56E65E" w14:textId="1431531B" w:rsidR="00F125D5" w:rsidRDefault="00F125D5">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4110"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C56FB09" w14:textId="35EF90EE" w:rsidR="00AE5F97" w:rsidRPr="00F967DC" w:rsidRDefault="00AF48C0" w:rsidP="009E2EA0">
+    <w:p w14:paraId="7C56FB09" w14:textId="35EF90EE" w:rsidR="00AE5F97" w:rsidRPr="00F967DC" w:rsidRDefault="00D93430" w:rsidP="009E2EA0">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="right" w:pos="9781"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="343679561"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -2702,51 +2726,51 @@
         <w:sdtContent>
           <w:r w:rsidR="00EF2E56" w:rsidRPr="00D8203D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EF2E56" w:rsidRPr="00D8203D">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC7B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>non</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0504EA87" w14:textId="297FF357" w:rsidR="008225EE" w:rsidRDefault="009102B7" w:rsidP="00BC7B44">
+    <w:p w14:paraId="0504EA87" w14:textId="1FC8D637" w:rsidR="008225EE" w:rsidRDefault="009102B7" w:rsidP="00BC7B44">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Nom</w:t>
       </w:r>
       <w:r w:rsidR="00BC7B44">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et prénom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
@@ -2775,64 +2799,64 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou du </w:t>
       </w:r>
       <w:r w:rsidR="00B97794" w:rsidRPr="00B97794">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nouveau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> thérapeute : </w:t>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Texte84"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00985260" w:rsidRPr="00985260">
+      <w:r w:rsidR="00D93430" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00985260" w:rsidRPr="00985260">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -4536,51 +4560,51 @@
             <w:rPr>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="665C19E9" w14:textId="77777777" w:rsidR="00143FFD" w:rsidRDefault="00143FFD" w:rsidP="00985260">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="0D076A31" w14:textId="43D00FE1" w:rsidR="00143FFD" w:rsidRDefault="00143FFD" w:rsidP="00985260">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5FA1958E" w14:textId="7ECCACA0" w:rsidR="00985260" w:rsidRDefault="00AF48C0" w:rsidP="00985260">
+        <w:p w14:paraId="5FA1958E" w14:textId="7ECCACA0" w:rsidR="00985260" w:rsidRDefault="00D93430" w:rsidP="00985260">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:sectPr w:rsidR="00985260" w:rsidSect="00985260">
               <w:type w:val="continuous"/>
               <w:pgSz w:w="11906" w:h="16838"/>
               <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
               <w:pgNumType w:start="1"/>
               <w:cols w:space="720"/>
               <w:formProt w:val="0"/>
               <w:docGrid w:linePitch="326"/>
             </w:sectPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="11EAED60" w14:textId="758606A3" w:rsidR="00C84B84" w:rsidRDefault="00C84B84" w:rsidP="00D8203D">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
@@ -5802,70 +5826,70 @@
           <w:bottom w:val="single" w:sz="4" w:space="8" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C84B84" w:rsidSect="00985260">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6AB2601B" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E1C6A77" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5945,146 +5969,146 @@
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25D6775E" w14:textId="77777777" w:rsidR="00954903" w:rsidRPr="00954903" w:rsidRDefault="00954903" w:rsidP="00954903">
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00954903">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>OCEJ - SPS • Rue des Glacis-de-Rive 11 • 1207 Genève</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="46061198" w14:textId="2CBF58F0" w:rsidR="00AF48C0" w:rsidRPr="00191FD5" w:rsidRDefault="00191FD5" w:rsidP="00191FD5">
+  <w:p w14:paraId="46061198" w14:textId="2CBF58F0" w:rsidR="00954903" w:rsidRPr="00191FD5" w:rsidRDefault="00191FD5" w:rsidP="00191FD5">
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDN/>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00191FD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="0"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t xml:space="preserve">Tél. +41 (22) 388 68 00 • </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00191FD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>www.ge.ch</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E0823A8" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6F9E6B5F" w14:textId="77777777" w:rsidR="007F30DF" w:rsidRDefault="009102B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10490" w:type="dxa"/>
       <w:tblInd w:w="-3" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1062"/>
       <w:gridCol w:w="5954"/>
       <w:gridCol w:w="3474"/>
     </w:tblGrid>
     <w:tr w:rsidR="00185464" w:rsidRPr="00185464" w14:paraId="4887DF2C" w14:textId="77777777" w:rsidTr="00C84B84">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1077"/>
@@ -6373,51 +6397,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1F896E75" w14:textId="77777777" w:rsidR="00185464" w:rsidRPr="00185464" w:rsidRDefault="00185464" w:rsidP="00185464">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02814B82"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8549CB6"/>
     <w:styleLink w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial Unicode MS"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6922,161 +6946,164 @@
   <w:num w:numId="2" w16cid:durableId="182787237">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1323702201">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1943876220">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="613899002">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="308437633">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1426536985">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="pIcElYE/dA2WP3pFhXBKQ5h7qsXJUle2GA5UWLq1gU+kC0Za1Ikv/XytXXusH6yKIKr27H+A7/dmzizfvY3E1g==" w:salt="ktnNPfz7eK0H12y1XCaEOg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="InsF5C9AbwlAhlP8IG2VfkFtpI2/FFPDXEhaVF4VA8Og7aT0f8DNvfwdK9q+xA75SiqNuIR4qI39iIQ0j78gqQ==" w:salt="9hGw28My5af2VMJiIlNnlw=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008225EE"/>
+    <w:rsid w:val="00032736"/>
     <w:rsid w:val="00143FFD"/>
     <w:rsid w:val="00185464"/>
     <w:rsid w:val="00191FD5"/>
+    <w:rsid w:val="001D789C"/>
     <w:rsid w:val="00200937"/>
     <w:rsid w:val="002B7A9E"/>
     <w:rsid w:val="003075A0"/>
     <w:rsid w:val="00387259"/>
     <w:rsid w:val="004902CC"/>
     <w:rsid w:val="004C2222"/>
     <w:rsid w:val="005E7919"/>
     <w:rsid w:val="005F184D"/>
     <w:rsid w:val="006560FE"/>
     <w:rsid w:val="006B30D1"/>
     <w:rsid w:val="006C00D4"/>
     <w:rsid w:val="006C12A0"/>
     <w:rsid w:val="00720FF2"/>
     <w:rsid w:val="00751EDE"/>
     <w:rsid w:val="00756430"/>
     <w:rsid w:val="007700A4"/>
     <w:rsid w:val="00781DD7"/>
     <w:rsid w:val="007F30DF"/>
     <w:rsid w:val="008225EE"/>
     <w:rsid w:val="009102B7"/>
     <w:rsid w:val="00952773"/>
     <w:rsid w:val="00954903"/>
     <w:rsid w:val="00985260"/>
     <w:rsid w:val="009B018C"/>
     <w:rsid w:val="009E2EA0"/>
     <w:rsid w:val="00A809F9"/>
     <w:rsid w:val="00AE5F97"/>
-    <w:rsid w:val="00AF48C0"/>
     <w:rsid w:val="00B378BF"/>
     <w:rsid w:val="00B61D9E"/>
     <w:rsid w:val="00B97794"/>
     <w:rsid w:val="00BC73EF"/>
     <w:rsid w:val="00BC7B44"/>
     <w:rsid w:val="00C01565"/>
     <w:rsid w:val="00C21B06"/>
+    <w:rsid w:val="00C657DC"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00CA2EC6"/>
     <w:rsid w:val="00CB774B"/>
     <w:rsid w:val="00D03C50"/>
     <w:rsid w:val="00D66946"/>
     <w:rsid w:val="00D8203D"/>
+    <w:rsid w:val="00D93430"/>
     <w:rsid w:val="00E42EC9"/>
     <w:rsid w:val="00EC3606"/>
     <w:rsid w:val="00ED400F"/>
     <w:rsid w:val="00ED79F3"/>
     <w:rsid w:val="00EF2E56"/>
     <w:rsid w:val="00F125D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="47105"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="50F81ADF"/>
   <w15:docId w15:val="{99A5407A-CEB2-462F-AFB7-318B9C841ACB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="SimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-CH" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7952,123 +7979,123 @@
     <w:semiHidden/>
     <w:rsid w:val="006B30D1"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDN/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00985260"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1219126899">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\nasadm01.ge-admin.ad.etat-ge.ch\uo$\UO6350\SCI_ERP\PROD\SPS\ORGANISATION%20du%20Service\DOCUMENTS%20UTILES\Formulaires%20MAJ\MAJ%2009.2023\www.ge.ch" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA57F9CDCA7742CCA4DEAA1B90E045D7"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2EF9CCDA-A1E6-43C5-A0C8-AB3B008E9443}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D95E9C" w:rsidRDefault="00AF0E62" w:rsidP="00AF0E62">
           <w:pPr>
             <w:pStyle w:val="DA57F9CDCA7742CCA4DEAA1B90E045D7"/>
           </w:pPr>
           <w:r w:rsidRPr="00EC07C8">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8144,96 +8171,109 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF0E62"/>
+    <w:rsid w:val="00032736"/>
     <w:rsid w:val="00AF0E62"/>
     <w:rsid w:val="00D95E9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8632,51 +8672,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF0E62"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA57F9CDCA7742CCA4DEAA1B90E045D7">
     <w:name w:val="DA57F9CDCA7742CCA4DEAA1B90E045D7"/>
     <w:rsid w:val="00AF0E62"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -8950,41 +8990,41 @@
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:creator>BAZUS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-    <vt:i4>-148227550</vt:i4>
+    <vt:i4>803028513</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-    <vt:lpwstr>Mise à jour des formulaires du site internet </vt:lpwstr>
+    <vt:lpwstr>Harmonisation de la nomenclature des documents en ligne du SPS.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
   </property>
 </Properties>
 </file>