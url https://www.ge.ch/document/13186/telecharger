--- v0 (2025-10-09)
+++ v1 (2026-01-08)
@@ -5,71 +5,98 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7481C5D3" w14:textId="3CD56F27" w:rsidR="000E12D9" w:rsidRPr="000E12D9" w:rsidRDefault="00CF3E96" w:rsidP="000E12D9">
+    <w:p w14:paraId="7481C5D3" w14:textId="22D70CDF" w:rsidR="000E12D9" w:rsidRPr="000E12D9" w:rsidRDefault="00CF3E96" w:rsidP="000E12D9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Formulaire de demande POUR DES MESURES ordinaires DE PÉDAGOGIE SpéCIALISéE</w:t>
+        <w:t xml:space="preserve">Formulaire de demande POUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00271AB9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UNE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MESURE ordinaire DE PÉDAGOGIE SpéCIALISéE</w:t>
+      </w:r>
+      <w:r w:rsidR="00271AB9">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LOGOPEDIE, PSYCHOMOTRICITE ET LPC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D6DAA5" w14:textId="39123987" w:rsidR="00EA6633" w:rsidRDefault="00EA6633">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A8EDDD5" w14:textId="2D3F3AF4" w:rsidR="00EA6633" w:rsidRDefault="00EA6633" w:rsidP="001F19F4">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -178,51 +205,51 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2867025" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5AAA48A8" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="003D123E" w:rsidP="006951A7">
+                          <w:p w14:paraId="5AAA48A8" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="006D156D" w:rsidP="006951A7">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:id w:val="923765010"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
                               <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
                                   <w:rPr>
@@ -353,51 +380,51 @@
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                       <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> clinique)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D92F18" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="003D123E" w:rsidP="006951A7">
+    <w:p w14:paraId="43D92F18" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="006D156D" w:rsidP="006951A7">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="53052258"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -407,51 +434,51 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Logopédie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF07AB1" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="003D123E" w:rsidP="006951A7">
+    <w:p w14:paraId="7DF07AB1" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="006D156D" w:rsidP="006951A7">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="541179480"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
@@ -460,51 +487,51 @@
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006951A7" w:rsidRPr="00B521EA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Psychomotricité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9FD1C3" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="003D123E" w:rsidP="006951A7">
+    <w:p w14:paraId="0D9FD1C3" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="00B521EA" w:rsidRDefault="006D156D" w:rsidP="006951A7">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-53706488"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -561,51 +588,51 @@
         <w:gridCol w:w="3841"/>
         <w:gridCol w:w="6653"/>
       </w:tblGrid>
       <w:tr w:rsidR="006951A7" w:rsidRPr="001F19F4" w14:paraId="27509002" w14:textId="77777777" w:rsidTr="006E5DBD">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3841" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53AD6CDE" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="006E5DBD">
+          <w:p w14:paraId="53AD6CDE" w14:textId="77777777" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="006E5DBD">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2130150525"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006951A7">
@@ -633,51 +660,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Demande initiale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6653" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3675C3" w14:textId="64E54ED8" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="006E5DBD">
+          <w:p w14:paraId="3F3675C3" w14:textId="64E54ED8" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="006E5DBD">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-797839600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E7031">
@@ -711,51 +738,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006951A7" w:rsidRPr="001F19F4" w14:paraId="4CEEB410" w14:textId="77777777" w:rsidTr="006E5DBD">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3841" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B17238" w14:textId="50E21466" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="006E5DBD">
+          <w:p w14:paraId="58B17238" w14:textId="50E21466" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="006E5DBD">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1283231711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E7031">
@@ -784,51 +811,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Demande de renouvellement </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6653" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A77B1DA" w14:textId="2BCA7E0B" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="006E5DBD">
+          <w:p w14:paraId="2A77B1DA" w14:textId="2BCA7E0B" w:rsidR="006951A7" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="006E5DBD">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1713305668"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E7031">
@@ -863,51 +890,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E7031" w:rsidRPr="001F19F4" w14:paraId="4D1C0CBE" w14:textId="77777777" w:rsidTr="00CF71D0">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2219A6AD" w14:textId="03DB614B" w:rsidR="000E7031" w:rsidRDefault="003D123E" w:rsidP="006E5DBD">
+          <w:p w14:paraId="2219A6AD" w14:textId="03DB614B" w:rsidR="000E7031" w:rsidRDefault="006D156D" w:rsidP="006E5DBD">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1203906270"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000E7031">
@@ -3113,51 +3140,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Existe-t-il une tutelle ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="107" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF17DAA" w14:textId="40AEA3DB" w:rsidR="00B521EA" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="0BF17DAA" w14:textId="40AEA3DB" w:rsidR="00B521EA" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1837952455"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3392,51 +3419,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Existe-t-il une curatelle?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="107" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09CEB5BE" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="09CEB5BE" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-201331950"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5460,51 +5487,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Etat civil </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="107" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="382E3DC3" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="382E3DC3" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2068411741"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
@@ -7220,51 +7247,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Etat civil </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="107" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41023A57" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="41023A57" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="63995419"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
@@ -7372,51 +7399,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Si les pa󠄀rents sont séparés, qui exerce l'autorité parentale ?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453C904A" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="453C904A" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1805226289"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
@@ -7508,51 +7535,51 @@
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>les deux</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F7838DB" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="00465201">
+          <w:p w14:paraId="3F7838DB" w14:textId="77777777" w:rsidR="00B521EA" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="00465201">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-181286391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B521EA" w:rsidRPr="001F19F4">
@@ -9515,51 +9542,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>L'enfant a-t-il déjà par le passé bénéficié des prestations offertes par l'Assurance Invalidité ou par le SPS ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="D9D9D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="107" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1946CCCF" w14:textId="3C0309F9" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="001F19F4">
+          <w:p w14:paraId="1946CCCF" w14:textId="3C0309F9" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="001F19F4">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1067338691"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C65FD" w:rsidRPr="001F19F4">
@@ -9583,95 +9610,95 @@
             <w:r w:rsidR="003820BD" w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oui pour la pédagogie spécialisée (enseignement spécialisé, EPS, logopédie, psychomotricité, SPES</w:t>
             </w:r>
             <w:r w:rsidR="004943BE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="003820BD" w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> LPC, transports) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C2BDD4B" w14:textId="6EAB3E03" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="001F19F4">
+          <w:p w14:paraId="4C2BDD4B" w14:textId="6EAB3E03" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="001F19F4">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1606998337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C65FD" w:rsidRPr="001F19F4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003820BD" w:rsidRPr="001F19F4">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui pour une mesure A.I.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D553A6" w14:textId="0BF94291" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="003D123E" w:rsidP="001F19F4">
+          <w:p w14:paraId="49D553A6" w14:textId="0BF94291" w:rsidR="003820BD" w:rsidRPr="001F19F4" w:rsidRDefault="006D156D" w:rsidP="001F19F4">
             <w:pPr>
               <w:pStyle w:val="Arial"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1744482600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C65FD" w:rsidRPr="001F19F4">
@@ -10454,70 +10481,70 @@
     <w:p w14:paraId="2ECB58DD" w14:textId="51683D88" w:rsidR="00EA6633" w:rsidRPr="001F19F4" w:rsidRDefault="00EA6633" w:rsidP="001F19F4">
       <w:pPr>
         <w:pStyle w:val="Arial"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EA6633" w:rsidRPr="001F19F4" w:rsidSect="008910E9">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="525" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="283" w:gutter="0"/>
       <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="465AEE66" w14:textId="77777777" w:rsidR="00176F9A" w:rsidRDefault="00CF3E96">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="143AA799" w14:textId="77777777" w:rsidR="00176F9A" w:rsidRDefault="00CF3E96">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10569,52 +10596,52 @@
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Gras">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="004531AD" w14:textId="2FF10667" w:rsidR="003D123E" w:rsidRPr="00874531" w:rsidRDefault="00CF3E96">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="004531AD" w14:textId="2FF10667" w:rsidR="0018437A" w:rsidRPr="00874531" w:rsidRDefault="00CF3E96">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:left="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00874531">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00874531">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00874531">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -10697,146 +10724,146 @@
     <w:r w:rsidR="0018437A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidRPr="006326E3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">7 </w:t>
     </w:r>
     <w:r w:rsidR="0018437A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>Genève</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="798F6E12" w14:textId="5149FA8B" w:rsidR="003D123E" w:rsidRPr="006326E3" w:rsidRDefault="006326E3" w:rsidP="006326E3">
+  <w:p w14:paraId="798F6E12" w14:textId="5149FA8B" w:rsidR="0018437A" w:rsidRPr="006326E3" w:rsidRDefault="006326E3" w:rsidP="006326E3">
     <w:pPr>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006326E3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Tél. +41 (22) 388 68 00 • </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="006326E3">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>www.ge.ch</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="03A03D58" w14:textId="77777777" w:rsidR="00176F9A" w:rsidRDefault="00CF3E96">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7615ABCE" w14:textId="77777777" w:rsidR="00176F9A" w:rsidRDefault="00CF3E96">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10773" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1090"/>
       <w:gridCol w:w="6115"/>
       <w:gridCol w:w="3568"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D738D3" w14:paraId="70397C6C" w14:textId="77777777" w:rsidTr="001800E4">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1077"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1062" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="640A9EA2" w14:textId="23FBC4C0" w:rsidR="003D123E" w:rsidRDefault="00CF3E96">
+        <w:p w14:paraId="640A9EA2" w14:textId="23FBC4C0" w:rsidR="0018437A" w:rsidRDefault="00CF3E96">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F8EBD03" wp14:editId="2D04FF7A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>156210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>29845</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="361950" cy="567055"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Image 16"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10858,286 +10885,286 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="361950" cy="567055"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                           <a:prstDash/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
-        <w:p w14:paraId="06749E12" w14:textId="77777777" w:rsidR="003D123E" w:rsidRDefault="003D123E">
+        <w:p w14:paraId="06749E12" w14:textId="77777777" w:rsidR="0018437A" w:rsidRDefault="0018437A">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:before="1200"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="2"/>
               <w:szCs w:val="2"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5954" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="42E0DDA0" w14:textId="3EF450C6" w:rsidR="003D123E" w:rsidRDefault="00980BA3">
+        <w:p w14:paraId="42E0DDA0" w14:textId="3EF450C6" w:rsidR="0018437A" w:rsidRDefault="00980BA3">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:before="180"/>
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidR="00342009">
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>ré</w:t>
           </w:r>
           <w:r w:rsidR="00CF3E96">
             <w:rPr>
               <w:caps/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>publique et canton de geneve</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="47A308BC" w14:textId="1602271C" w:rsidR="003D123E" w:rsidRDefault="00980BA3">
+        <w:p w14:paraId="47A308BC" w14:textId="1602271C" w:rsidR="0018437A" w:rsidRDefault="00980BA3">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidR="00CF3E96">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>Département de l'instruction publique, de la formation et de la jeunesse</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5492E452" w14:textId="4CF73401" w:rsidR="003D123E" w:rsidRDefault="00980BA3">
+        <w:p w14:paraId="5492E452" w14:textId="4CF73401" w:rsidR="0018437A" w:rsidRDefault="00980BA3">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidR="00CF3E96">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>Office</w:t>
           </w:r>
           <w:r w:rsidR="0018437A">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> cantonal</w:t>
           </w:r>
           <w:r w:rsidR="00CF3E96">
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> de l'enfance et de la jeunesse</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="224DF755" w14:textId="10F9F9EA" w:rsidR="003D123E" w:rsidRDefault="00980BA3" w:rsidP="00980BA3">
+        <w:p w14:paraId="224DF755" w14:textId="10F9F9EA" w:rsidR="0018437A" w:rsidRDefault="00980BA3" w:rsidP="00980BA3">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:spacing w:after="120"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve">  Service de</w:t>
           </w:r>
           <w:r w:rsidR="00CF3E96">
             <w:rPr>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t xml:space="preserve"> la pédagogie spécialisée</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="24162DAE" w14:textId="77777777" w:rsidR="003D123E" w:rsidRDefault="003D123E">
+        <w:p w14:paraId="24162DAE" w14:textId="77777777" w:rsidR="0018437A" w:rsidRDefault="0018437A">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3474" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="01E32FBA" w14:textId="77777777" w:rsidR="003D123E" w:rsidRDefault="003D123E">
+        <w:p w14:paraId="01E32FBA" w14:textId="77777777" w:rsidR="0018437A" w:rsidRDefault="0018437A">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:rPr>
               <w:sz w:val="8"/>
               <w:szCs w:val="8"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="03AA98F0" w14:textId="77777777" w:rsidR="003D123E" w:rsidRDefault="003D123E">
+        <w:p w14:paraId="03AA98F0" w14:textId="77777777" w:rsidR="0018437A" w:rsidRDefault="0018437A">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:rPr>
               <w:sz w:val="8"/>
               <w:szCs w:val="8"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="42B9E2AA" w14:textId="77777777" w:rsidR="003D123E" w:rsidRDefault="003D123E">
+        <w:p w14:paraId="42B9E2AA" w14:textId="77777777" w:rsidR="0018437A" w:rsidRDefault="0018437A">
           <w:pPr>
             <w:pStyle w:val="Standard"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="57A8942A" w14:textId="6029AF2B" w:rsidR="003D123E" w:rsidRDefault="00CF3E96" w:rsidP="00980BA3">
+  <w:p w14:paraId="57A8942A" w14:textId="6029AF2B" w:rsidR="0018437A" w:rsidRDefault="00CF3E96" w:rsidP="00980BA3">
     <w:pPr>
       <w:pStyle w:val="sigle"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F31D11"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D2E539E"/>
     <w:styleLink w:val="WWNum16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
@@ -14129,132 +14156,135 @@
   <w:num w:numId="38" w16cid:durableId="1369985887">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1256786510">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="218444395">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="666791263">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="963462934">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="145052213">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1170561354">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="uttZ+JGBsDF1dln+TUvoQV8odE5lIMOFKOJAsN+gt4aKQJTiG82pHxlkMTMnSkoFyXjYN69JLnnzxUEHEyB+mg==" w:salt="5jdlox/D1oViblnkQ33Dfg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="47xAWA7x5npmtahrFBNo1IHCBPUPFRoku/z8W3kBqvqGml83TDhTAzyHXINgGsD1JcpfQJeBLqHsk4jEPwD8og==" w:salt="uZ2l3wF81zn9bLwhK1RhfA=="/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA6633"/>
     <w:rsid w:val="00010794"/>
+    <w:rsid w:val="00032736"/>
     <w:rsid w:val="00096F94"/>
     <w:rsid w:val="000E12D9"/>
     <w:rsid w:val="000E7031"/>
     <w:rsid w:val="00146AC3"/>
     <w:rsid w:val="00170CC6"/>
     <w:rsid w:val="001747D7"/>
     <w:rsid w:val="00176F9A"/>
     <w:rsid w:val="001800E4"/>
     <w:rsid w:val="0018437A"/>
     <w:rsid w:val="001F19F4"/>
     <w:rsid w:val="001F7817"/>
+    <w:rsid w:val="00271AB9"/>
     <w:rsid w:val="00337343"/>
     <w:rsid w:val="00342009"/>
     <w:rsid w:val="00346028"/>
     <w:rsid w:val="00361012"/>
     <w:rsid w:val="003820BD"/>
     <w:rsid w:val="003A0252"/>
     <w:rsid w:val="003C4A6F"/>
-    <w:rsid w:val="003D123E"/>
     <w:rsid w:val="003E2608"/>
     <w:rsid w:val="004458B3"/>
     <w:rsid w:val="00475EDE"/>
     <w:rsid w:val="004943BE"/>
     <w:rsid w:val="00495C05"/>
     <w:rsid w:val="004B67AF"/>
     <w:rsid w:val="004E6DE2"/>
     <w:rsid w:val="00546C4D"/>
     <w:rsid w:val="005E575B"/>
     <w:rsid w:val="005E7B2E"/>
     <w:rsid w:val="0061634C"/>
     <w:rsid w:val="00631939"/>
     <w:rsid w:val="006326E3"/>
     <w:rsid w:val="00684055"/>
     <w:rsid w:val="00691E24"/>
     <w:rsid w:val="006951A7"/>
+    <w:rsid w:val="006D156D"/>
     <w:rsid w:val="006F6F2E"/>
     <w:rsid w:val="00717A4D"/>
     <w:rsid w:val="007C3A64"/>
     <w:rsid w:val="007C65FD"/>
     <w:rsid w:val="00874531"/>
     <w:rsid w:val="008910E9"/>
     <w:rsid w:val="0090408F"/>
     <w:rsid w:val="00980BA3"/>
     <w:rsid w:val="009E6B0E"/>
     <w:rsid w:val="009E7451"/>
     <w:rsid w:val="00A35E7B"/>
     <w:rsid w:val="00A5051D"/>
     <w:rsid w:val="00A7432F"/>
     <w:rsid w:val="00A91FD3"/>
     <w:rsid w:val="00B521EA"/>
     <w:rsid w:val="00B542F8"/>
     <w:rsid w:val="00BE731B"/>
+    <w:rsid w:val="00C03FCA"/>
     <w:rsid w:val="00C11DB7"/>
     <w:rsid w:val="00C70CE0"/>
     <w:rsid w:val="00C855C7"/>
     <w:rsid w:val="00CF0248"/>
     <w:rsid w:val="00CF3E96"/>
     <w:rsid w:val="00D34F2D"/>
     <w:rsid w:val="00D65F51"/>
     <w:rsid w:val="00D72923"/>
     <w:rsid w:val="00DA12B9"/>
     <w:rsid w:val="00DA3EE4"/>
     <w:rsid w:val="00DD37B5"/>
     <w:rsid w:val="00DF72AF"/>
     <w:rsid w:val="00E20AB4"/>
     <w:rsid w:val="00E3154E"/>
     <w:rsid w:val="00E32ABC"/>
     <w:rsid w:val="00E62E26"/>
     <w:rsid w:val="00E7484F"/>
     <w:rsid w:val="00E8482E"/>
     <w:rsid w:val="00EA6633"/>
     <w:rsid w:val="00F0671E"/>
     <w:rsid w:val="00F979DC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -14262,51 +14292,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0CB19D86"/>
   <w15:docId w15:val="{AFBEF082-254F-452B-83F2-F8A5DCD7F7F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:kern w:val="3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14688,50 +14718,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWOutlineListStyle10">
     <w:name w:val="WW_OutlineListStyle_10"/>
@@ -16046,51 +16077,51 @@
       <w:numPr>
         <w:numId w:val="39"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Arial">
     <w:name w:val="Arial"/>
     <w:basedOn w:val="Standard"/>
     <w:rsid w:val="001F19F4"/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006326E3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1125198070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\nasadm01.ge-admin.ad.etat-ge.ch\uo$\UO6350\SCI_ERP\PROD\SPS\ORGANISATION%20du%20Service\DOCUMENTS%20UTILES\Formulaires%20MAJ\MAJ%2009.2023\www.ge.ch" TargetMode="External"/></Relationships>
 </file>
@@ -16359,108 +16390,108 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEBECD93-97FB-4425-82BD-040AD91AC970}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>620</Words>
-  <Characters>3411</Characters>
+  <Words>625</Words>
+  <Characters>3438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4023</CharactersWithSpaces>
+  <CharactersWithSpaces>4055</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Petite Raphaël (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Etat de Genève</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DocSecurity">
     <vt:r8>0</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="HyperlinksChanged">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ShareDoc">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_AdHocReviewCycleID">
-    <vt:i4>-1752252398</vt:i4>
+    <vt:i4>-1754727204</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_EmailSubject">
-    <vt:lpwstr>Mise à jour des formulaires du site internet </vt:lpwstr>
+    <vt:lpwstr>Harmonisation de la nomenclature des documents en ligne du SPS.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_AuthorEmail">
     <vt:lpwstr>fiorella.torres@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Torres Fiorella (DIP)</vt:lpwstr>
   </property>
 </Properties>
 </file>