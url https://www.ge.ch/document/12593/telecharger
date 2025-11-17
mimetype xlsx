--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -22,244 +22,258 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\20_OCPE\Relevé statistique\2024\Tableaux à actualiser\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{39C5D379-65A0-4CD0-9563-6D33A62DCDE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="132" windowWidth="28512" windowHeight="12588"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="13" r:id="rId1"/>
     <sheet name="2023" sheetId="12" r:id="rId2"/>
     <sheet name="2022" sheetId="11" r:id="rId3"/>
     <sheet name="2021" sheetId="10" r:id="rId4"/>
     <sheet name="2020" sheetId="8" r:id="rId5"/>
     <sheet name="2019" sheetId="7" r:id="rId6"/>
     <sheet name="2018" sheetId="6" r:id="rId7"/>
     <sheet name="2017" sheetId="4" r:id="rId8"/>
     <sheet name="2016" sheetId="3" r:id="rId9"/>
     <sheet name="2015" sheetId="2" r:id="rId10"/>
     <sheet name="2014" sheetId="1" r:id="rId11"/>
     <sheet name="Définitions" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'2014'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'2015'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'2016'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'2017'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'2018'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'2019'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'2020'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2021'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2022'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2023'!$A$1:$G$24</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2024'!$A$1:$G$24</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F15" i="13" l="1"/>
-  <c r="F14" i="13"/>
+  <c r="F14" i="13" l="1"/>
   <c r="F12" i="13"/>
   <c r="F11" i="13"/>
   <c r="F10" i="13"/>
   <c r="C15" i="13"/>
   <c r="C14" i="13"/>
   <c r="C13" i="13"/>
   <c r="C12" i="13"/>
   <c r="C11" i="13"/>
   <c r="C10" i="13"/>
   <c r="E15" i="13" l="1"/>
-  <c r="F15" i="12" l="1"/>
-  <c r="F14" i="12"/>
+  <c r="F15" i="13" s="1"/>
+  <c r="F14" i="12" l="1"/>
   <c r="F12" i="12"/>
   <c r="F11" i="12"/>
   <c r="F10" i="12"/>
-  <c r="C15" i="12"/>
   <c r="C14" i="12"/>
   <c r="C13" i="12"/>
   <c r="C12" i="12"/>
   <c r="C11" i="12"/>
   <c r="C10" i="12"/>
   <c r="E15" i="12" l="1"/>
+  <c r="F15" i="12" s="1"/>
   <c r="B15" i="12"/>
-  <c r="F15" i="11" l="1"/>
-  <c r="F14" i="11"/>
+  <c r="C15" i="12" s="1"/>
+  <c r="F14" i="11" l="1"/>
   <c r="F12" i="11"/>
   <c r="F11" i="11"/>
   <c r="F10" i="11"/>
-  <c r="C15" i="11"/>
   <c r="C14" i="11"/>
   <c r="C13" i="11"/>
   <c r="C12" i="11"/>
   <c r="C11" i="11"/>
   <c r="C10" i="11"/>
   <c r="E15" i="11" l="1"/>
+  <c r="F15" i="11" s="1"/>
   <c r="B15" i="11"/>
-  <c r="F15" i="10" l="1"/>
-  <c r="F14" i="10"/>
+  <c r="C15" i="11" s="1"/>
+  <c r="F14" i="10" l="1"/>
   <c r="F12" i="10"/>
   <c r="F11" i="10"/>
   <c r="F10" i="10"/>
   <c r="B15" i="10"/>
   <c r="C15" i="10" s="1"/>
   <c r="C14" i="10"/>
   <c r="C13" i="10"/>
   <c r="C12" i="10"/>
   <c r="C11" i="10"/>
   <c r="C10" i="10"/>
   <c r="E15" i="10"/>
+  <c r="F15" i="10" s="1"/>
   <c r="E14" i="8"/>
   <c r="E10" i="8"/>
   <c r="E14" i="7"/>
   <c r="E10" i="7"/>
+  <c r="F10" i="7" s="1"/>
   <c r="E14" i="6"/>
   <c r="E10" i="6"/>
+  <c r="E15" i="6" s="1"/>
+  <c r="F15" i="6" s="1"/>
   <c r="E14" i="4"/>
   <c r="E10" i="4"/>
+  <c r="E15" i="4" s="1"/>
+  <c r="F15" i="4" s="1"/>
   <c r="F14" i="8"/>
   <c r="F12" i="8"/>
   <c r="F11" i="8"/>
   <c r="F10" i="8"/>
-  <c r="C15" i="8"/>
   <c r="C14" i="8"/>
   <c r="C13" i="8"/>
   <c r="C12" i="8"/>
   <c r="C11" i="8"/>
   <c r="C10" i="8"/>
   <c r="E15" i="8"/>
   <c r="F15" i="8"/>
   <c r="B15" i="8"/>
+  <c r="C15" i="8" s="1"/>
   <c r="F14" i="7"/>
   <c r="F12" i="7"/>
   <c r="F11" i="7"/>
-  <c r="F10" i="7"/>
-  <c r="C15" i="7"/>
   <c r="C14" i="7"/>
   <c r="C13" i="7"/>
   <c r="C12" i="7"/>
   <c r="C11" i="7"/>
   <c r="C10" i="7"/>
-  <c r="F15" i="2"/>
   <c r="F11" i="2"/>
   <c r="F12" i="2"/>
   <c r="F14" i="2"/>
   <c r="F10" i="2"/>
-  <c r="C15" i="2"/>
   <c r="C11" i="2"/>
   <c r="C12" i="2"/>
   <c r="C13" i="2"/>
   <c r="C14" i="2"/>
   <c r="C10" i="2"/>
   <c r="F12" i="1"/>
   <c r="C12" i="1"/>
+  <c r="C15" i="1" s="1"/>
   <c r="E15" i="2"/>
+  <c r="F15" i="2" s="1"/>
   <c r="B15" i="2"/>
+  <c r="C15" i="2" s="1"/>
   <c r="F12" i="3"/>
   <c r="C12" i="3"/>
   <c r="F12" i="4"/>
   <c r="C12" i="4"/>
   <c r="F12" i="6"/>
   <c r="C12" i="6"/>
   <c r="E15" i="7"/>
   <c r="F15" i="7"/>
   <c r="B15" i="7"/>
+  <c r="C15" i="7" s="1"/>
   <c r="F14" i="6"/>
   <c r="F11" i="6"/>
   <c r="F10" i="6"/>
   <c r="C14" i="6"/>
   <c r="C13" i="6"/>
   <c r="C11" i="6"/>
   <c r="C10" i="6"/>
-  <c r="E15" i="6"/>
-  <c r="F15" i="6"/>
   <c r="B15" i="6"/>
   <c r="C15" i="6"/>
   <c r="F14" i="4"/>
   <c r="F11" i="4"/>
   <c r="F10" i="4"/>
   <c r="C14" i="4"/>
   <c r="C13" i="4"/>
   <c r="C11" i="4"/>
   <c r="C10" i="4"/>
-  <c r="E15" i="4"/>
-  <c r="F15" i="4"/>
   <c r="B15" i="4"/>
   <c r="C15" i="4"/>
   <c r="B15" i="3"/>
   <c r="F15" i="3"/>
   <c r="F14" i="3"/>
   <c r="F11" i="3"/>
   <c r="F10" i="3"/>
   <c r="C15" i="3"/>
   <c r="C11" i="3"/>
   <c r="C13" i="3"/>
   <c r="C14" i="3"/>
   <c r="C10" i="3"/>
   <c r="F11" i="1"/>
   <c r="F13" i="1"/>
   <c r="F14" i="1"/>
   <c r="F10" i="1"/>
   <c r="E15" i="1"/>
   <c r="F15" i="1"/>
   <c r="B15" i="1"/>
   <c r="C14" i="1"/>
   <c r="C13" i="1"/>
   <c r="C11" i="1"/>
   <c r="C10" i="1"/>
-  <c r="C15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="46">
   <si>
     <t>Communes</t>
   </si>
   <si>
     <t>Aucune subvention</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Observatoire cantonal de la petite enfance / SRED</t>
   </si>
   <si>
     <t>Entreprises</t>
   </si>
   <si>
     <t>Taux d'offre</t>
   </si>
   <si>
     <t>Accueil collectif préscolaire</t>
@@ -658,60 +672,60 @@
   <si>
     <r>
       <t xml:space="preserve">Taux d'offre </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> en places d'accueil collectif, selon les sources de financement, 2024</t>
     </r>
   </si>
   <si>
-    <t>Données publiées le 01/04/2025</t>
+    <t>Entreprises et autres</t>
   </si>
   <si>
-    <t>Entreprises et autres</t>
+    <t>Données publiées le 01/04/2025 - Données révisées en novembre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
@@ -983,55 +997,55 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Pourcentage" xfId="5" builtinId="5"/>
-    <cellStyle name="Pourcentage 2" xfId="3"/>
-[...1 lines deleted...]
-    <cellStyle name="Standard_tab_uhstud_01_02_makro" xfId="4"/>
+    <cellStyle name="Pourcentage 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Pourcentage 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Standard_tab_uhstud_01_02_makro" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -1071,51 +1085,57 @@
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="436937"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1144,51 +1164,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1524000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2295160</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>126422</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="47625"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1217,51 +1243,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1524000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2295160</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1290,51 +1322,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>838200</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1609360</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>164522</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5166360" y="76200"/>
           <a:ext cx="771160" cy="446462"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1358,51 +1396,57 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1685925</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="Rectangle 2"/>
+        <xdr:cNvPr id="3" name="Rectangle 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="908685"/>
           <a:ext cx="5966460" cy="3145155"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="19050">
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="40000"/>
               <a:lumOff val="60000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent4"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="lt1"/>
@@ -1524,51 +1568,51 @@
           </a:r>
           <a:endParaRPr lang="fr-CH">
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH"/>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr lang="fr-CH" sz="1100" baseline="0"/>
             <a:t>Le réglement d'application distingue deux types de structures d'accueil collectif :</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="fr-CH" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="fr-CH" sz="1100" baseline="0"/>
             <a:t>- celles à prestations élargies  (PE) : </a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0" smtClean="0">
+            <a:rPr lang="fr-CH" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>structures d'accueil ouvertes au moins 45 heures par semaine et au moins 45 semaines par an, avec un repas de midi proposé.</a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100" baseline="0"/>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr lang="fr-CH" sz="1100" baseline="0"/>
             <a:t>- celles à prestations restreintes  (PR) :  structures ne remplissant pas les trois conditions cumulatives citées précédemment. </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="fr-CH" sz="1100" baseline="0"/>
@@ -1586,51 +1630,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="436937"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1659,51 +1709,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="436937"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1732,51 +1788,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="436937"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1805,51 +1867,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5876925" y="38100"/>
           <a:ext cx="771160" cy="436937"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1878,51 +1946,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5886450" y="38100"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1951,51 +2025,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5886450" y="38100"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2024,51 +2104,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5886450" y="38100"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2097,51 +2183,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1533525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2304685</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>116897</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5886450" y="38100"/>
           <a:ext cx="771160" cy="450272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2154,163 +2246,163 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2487,51 +2579,51 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:L30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11.19921875" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11.19921875" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11.19921875" style="25"/>
     <col min="262" max="262" width="2.8984375" style="25" customWidth="1"/>
     <col min="263" max="499" width="11.19921875" style="25"/>
@@ -3288,55 +3380,55 @@
       <c r="H8" s="6"/>
     </row>
     <row r="9" spans="1:12" s="7" customFormat="1" ht="26.4" x14ac:dyDescent="0.2">
       <c r="A9" s="4"/>
       <c r="B9" s="32" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="32" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="32" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="5"/>
       <c r="H9" s="6"/>
     </row>
     <row r="10" spans="1:12" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="9">
-        <v>7252</v>
+        <v>7220</v>
       </c>
       <c r="C10" s="35">
         <f t="shared" ref="C10:C15" si="0">B10/20359</f>
-        <v>0.35620610049609508</v>
+        <v>0.35463431406257673</v>
       </c>
       <c r="D10" s="34"/>
       <c r="E10" s="9">
         <v>1574</v>
       </c>
       <c r="F10" s="35">
         <f>E10/20359</f>
         <v>7.7312245198683627E-2</v>
       </c>
       <c r="G10" s="10"/>
       <c r="H10" s="54"/>
       <c r="I10" s="54"/>
       <c r="J10" s="54"/>
       <c r="K10" s="54"/>
       <c r="L10" s="54"/>
     </row>
     <row r="11" spans="1:12" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="9">
         <v>295.38</v>
       </c>
       <c r="C11" s="35">
         <f t="shared" si="0"/>
@@ -3363,51 +3455,51 @@
       </c>
       <c r="B12" s="9">
         <v>71.17</v>
       </c>
       <c r="C12" s="35">
         <f t="shared" si="0"/>
         <v>3.4957512647968958E-3</v>
       </c>
       <c r="D12" s="34"/>
       <c r="E12" s="10">
         <v>33</v>
       </c>
       <c r="F12" s="35">
         <f>E12/20359</f>
         <v>1.620904759565794E-3</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="54"/>
       <c r="I12" s="54"/>
       <c r="J12" s="54"/>
       <c r="K12" s="54"/>
       <c r="L12" s="54"/>
     </row>
     <row r="13" spans="1:12" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B13" s="9">
         <v>246</v>
       </c>
       <c r="C13" s="35">
         <f t="shared" si="0"/>
         <v>1.2083108207672283E-2</v>
       </c>
       <c r="D13" s="34"/>
       <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="35" t="s">
         <v>30</v>
       </c>
       <c r="G13" s="10"/>
       <c r="H13" s="54"/>
       <c r="I13" s="54"/>
       <c r="J13" s="54"/>
       <c r="K13" s="54"/>
       <c r="L13" s="54"/>
     </row>
     <row r="14" spans="1:12" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>1</v>
@@ -3417,55 +3509,55 @@
       </c>
       <c r="C14" s="35">
         <f t="shared" si="0"/>
         <v>2.1219116852497666E-2</v>
       </c>
       <c r="D14" s="34"/>
       <c r="E14" s="9">
         <v>424</v>
       </c>
       <c r="F14" s="35">
         <f>E14/20359</f>
         <v>2.0826170244118081E-2</v>
       </c>
       <c r="G14" s="10"/>
       <c r="H14" s="54"/>
       <c r="I14" s="54"/>
       <c r="J14" s="54"/>
       <c r="K14" s="54"/>
       <c r="L14" s="54"/>
     </row>
     <row r="15" spans="1:12" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="13">
-        <v>8296</v>
+        <v>8264</v>
       </c>
       <c r="C15" s="47">
         <f t="shared" si="0"/>
-        <v>0.40748563288963113</v>
+        <v>0.40591384645611278</v>
       </c>
       <c r="D15" s="14"/>
       <c r="E15" s="13">
         <f>SUM(E10:E14)</f>
         <v>2050</v>
       </c>
       <c r="F15" s="47">
         <f>E15/20359</f>
         <v>0.10069256839726902</v>
       </c>
       <c r="G15" s="10"/>
       <c r="H15" s="54"/>
       <c r="I15" s="54"/>
       <c r="J15" s="54"/>
       <c r="K15" s="54"/>
       <c r="L15" s="54"/>
     </row>
     <row r="16" spans="1:12" s="17" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="15"/>
       <c r="B16" s="16"/>
       <c r="C16" s="16"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
@@ -3503,73 +3595,73 @@
       <c r="A20" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="37" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="37" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="27"/>
     </row>
     <row r="24" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="43"/>
       <c r="B24" s="44"/>
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A2:K24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="11" width="11" style="25"/>
     <col min="12" max="12" width="2.5" style="25" customWidth="1"/>
     <col min="13" max="15" width="11" style="25"/>
     <col min="16" max="16" width="2.8984375" style="25" customWidth="1"/>
     <col min="17" max="253" width="11" style="25"/>
     <col min="254" max="254" width="10.19921875" style="25" customWidth="1"/>
     <col min="255" max="256" width="5.69921875" style="25" customWidth="1"/>
     <col min="257" max="257" width="1.5" style="25" customWidth="1"/>
     <col min="258" max="259" width="6.3984375" style="25" customWidth="1"/>
     <col min="260" max="260" width="1.5" style="25" customWidth="1"/>
@@ -4550,51 +4642,51 @@
     <row r="24" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="43"/>
       <c r="B24" s="44"/>
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A2:K24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="11" width="11" style="25"/>
     <col min="12" max="12" width="2.5" style="25" customWidth="1"/>
     <col min="13" max="15" width="11" style="25"/>
     <col min="16" max="16" width="2.8984375" style="25" customWidth="1"/>
     <col min="17" max="253" width="11" style="25"/>
     <col min="254" max="254" width="10.19921875" style="25" customWidth="1"/>
     <col min="255" max="256" width="5.69921875" style="25" customWidth="1"/>
     <col min="257" max="257" width="1.5" style="25" customWidth="1"/>
     <col min="258" max="259" width="6.3984375" style="25" customWidth="1"/>
     <col min="260" max="260" width="1.5" style="25" customWidth="1"/>
@@ -5570,51 +5662,51 @@
     <row r="24" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="43"/>
       <c r="B24" s="44"/>
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
   <dimension ref="A2:G24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.8984375" style="50" customWidth="1"/>
     <col min="2" max="2" width="14.3984375" style="50" customWidth="1"/>
     <col min="3" max="3" width="16.09765625" style="50" customWidth="1"/>
     <col min="4" max="4" width="14.3984375" style="50" customWidth="1"/>
     <col min="5" max="5" width="22.5" style="50" customWidth="1"/>
     <col min="6" max="7" width="11.19921875" customWidth="1"/>
     <col min="8" max="16384" width="11" style="50"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" s="29" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A2" s="28" t="s">
         <v>11</v>
       </c>
     </row>
@@ -5754,51 +5846,51 @@
       <c r="A23" s="30"/>
       <c r="B23" s="30"/>
       <c r="C23" s="30"/>
       <c r="D23" s="30"/>
       <c r="E23" s="30"/>
     </row>
     <row r="24" spans="1:5" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="43"/>
       <c r="B24" s="44"/>
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="45"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:I30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11.19921875" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11.19921875" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11.19921875" style="25"/>
@@ -6767,51 +6859,51 @@
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A2:I30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11.19921875" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11.19921875" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11.19921875" style="25"/>
@@ -7778,51 +7870,51 @@
       <c r="C24" s="44"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A2:I30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11.19921875" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11.19921875" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11.19921875" style="25"/>
@@ -8791,51 +8883,51 @@
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A2:I30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11.19921875" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11.19921875" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11.19921875" style="25"/>
@@ -9806,51 +9898,51 @@
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A2:H30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11" style="25"/>
@@ -10819,51 +10911,51 @@
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A2:H30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="243" width="11" style="25"/>
     <col min="244" max="244" width="10.19921875" style="25" customWidth="1"/>
     <col min="245" max="246" width="5.69921875" style="25" customWidth="1"/>
     <col min="247" max="247" width="1.5" style="25" customWidth="1"/>
     <col min="248" max="249" width="6.3984375" style="25" customWidth="1"/>
     <col min="250" max="250" width="1.5" style="25" customWidth="1"/>
     <col min="251" max="252" width="6" style="25" customWidth="1"/>
     <col min="253" max="257" width="11" style="25"/>
     <col min="258" max="258" width="2.5" style="25" customWidth="1"/>
     <col min="259" max="261" width="11" style="25"/>
@@ -11833,51 +11925,51 @@
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B30" s="49"/>
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A2:K30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="11" width="11" style="25"/>
     <col min="12" max="12" width="2.5" style="25" customWidth="1"/>
     <col min="13" max="15" width="11" style="25"/>
     <col min="16" max="16" width="2.8984375" style="25" customWidth="1"/>
     <col min="17" max="253" width="11" style="25"/>
     <col min="254" max="254" width="10.19921875" style="25" customWidth="1"/>
     <col min="255" max="256" width="5.69921875" style="25" customWidth="1"/>
     <col min="257" max="257" width="1.5" style="25" customWidth="1"/>
     <col min="258" max="259" width="6.3984375" style="25" customWidth="1"/>
     <col min="260" max="260" width="1.5" style="25" customWidth="1"/>
@@ -12856,51 +12948,51 @@
       <c r="F24" s="44"/>
       <c r="G24" s="45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B30" s="49"/>
       <c r="E30" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A2:K24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.3984375" style="25" customWidth="1"/>
     <col min="2" max="2" width="7.59765625" style="25" customWidth="1"/>
     <col min="3" max="3" width="7.59765625" style="26" customWidth="1"/>
     <col min="4" max="4" width="1.19921875" style="26" customWidth="1"/>
     <col min="5" max="5" width="7.59765625" style="25" customWidth="1"/>
     <col min="6" max="6" width="7.59765625" style="26" customWidth="1"/>
     <col min="7" max="7" width="30.5" style="26" customWidth="1"/>
     <col min="8" max="11" width="11" style="25"/>
     <col min="12" max="12" width="2.5" style="25" customWidth="1"/>
     <col min="13" max="15" width="11" style="25"/>
     <col min="16" max="16" width="2.8984375" style="25" customWidth="1"/>
     <col min="17" max="253" width="11" style="25"/>
     <col min="254" max="254" width="10.19921875" style="25" customWidth="1"/>
     <col min="255" max="256" width="5.69921875" style="25" customWidth="1"/>
     <col min="257" max="257" width="1.5" style="25" customWidth="1"/>
     <col min="258" max="259" width="6.3984375" style="25" customWidth="1"/>
     <col min="260" max="260" width="1.5" style="25" customWidth="1"/>