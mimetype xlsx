--- v0 (2025-10-06)
+++ v1 (2026-02-17)
@@ -1,99 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-[...1 lines deleted...]
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2021\fin chantier_pour Narain\Lot RIS janv 2022\Mise en ligne\E2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2026\4_fin_chantier_Sarah\E1 et E2 - parascolaire - avec actu\E2 para disparités territ\MEP à faire\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F5E1E31-8074-49DD-B936-48F5A291E150}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="285" windowWidth="15240" windowHeight="7815" tabRatio="886"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="886" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contenu " sheetId="24" r:id="rId1"/>
     <sheet name="E2.ab Tableau" sheetId="1" r:id="rId2"/>
     <sheet name="E2.c Tableau" sheetId="10" r:id="rId3"/>
     <sheet name="E2.d Tableau" sheetId="7" r:id="rId4"/>
     <sheet name="E2.e Tableau" sheetId="23" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="gjdfg" localSheetId="4">#REF!</definedName>
     <definedName name="gjdfg">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'E2.ab Tableau'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'E2.c Tableau'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'E2.d Tableau'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'E2.e Tableau'!$1:$6</definedName>
     <definedName name="SPSS" localSheetId="4">#REF!</definedName>
     <definedName name="SPSS">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Contenu '!$A$1:$H$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'E2.ab Tableau'!$A$1:$H$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'E2.c Tableau'!$A$1:$J$65</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'E2.c Tableau'!$A$1:$L$65</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'E2.d Tableau'!$A$1:$H$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'E2.e Tableau'!$A$1:$J$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'E2.e Tableau'!$A$1:$L$66</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="96">
   <si>
     <t>Repères et indicateurs statistiques</t>
   </si>
   <si>
     <t>Aire-la Ville</t>
   </si>
   <si>
     <t>Anières</t>
   </si>
   <si>
     <t>Avully</t>
   </si>
   <si>
     <t>Avusy</t>
   </si>
   <si>
     <t>Bardonnex</t>
   </si>
   <si>
     <t>Bellevue</t>
   </si>
   <si>
     <t>Bernex</t>
   </si>
   <si>
@@ -225,59 +240,50 @@
   </si>
   <si>
     <t>au moins 1 fois
 par semaine</t>
   </si>
   <si>
     <t>Cartigny</t>
   </si>
   <si>
     <t>Laconnex</t>
   </si>
   <si>
     <t>Soral</t>
   </si>
   <si>
     <t>Plainpalais / Jonction</t>
   </si>
   <si>
     <t>Saint-Jean / Charmilles</t>
   </si>
   <si>
     <t>3 à 4 fois
 par semaine</t>
   </si>
   <si>
-    <t>taux de fréquentation 2015</t>
-[...7 lines deleted...]
-  <si>
     <t>Moyenne cantonale</t>
   </si>
   <si>
     <t>N.B. Pas de données disponibles pour les communes n’adhérant pas au GIAP.</t>
   </si>
   <si>
     <t>Les données relatives à Aire-la-Ville ne sont disponibles dans la nBDS qu’à partir de 2011.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>N.B.1 Pas de données disponibles pour les communes n’adhérant pas au GIAP.</t>
   </si>
   <si>
     <t>Tableaux</t>
   </si>
   <si>
     <t>E2. Disparités territoriales dans l'usage du parascolaire</t>
   </si>
   <si>
     <t>Mise en garde : il peut exister des écarts entre les "Repères et indicateurs statistiques" et d'autres indicateurs portant sur d’autres situations de référence (champ de population et date de référence). Par ailleurs, les données ne sont pas nécessairement comparables à des indicateurs statistiques précédemment publiés (dans le cas de ruptures de séries par exemple).</t>
   </si>
   <si>
     <t>N.B.2 La variation selon les secteurs GIAP en Ville de Genève n'est pas présentée pour toutes les périodes, ces secteurs ayant été modifiés au cours du temps.</t>
@@ -285,218 +291,250 @@
   <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
   </si>
   <si>
     <t>Cité / Eaux-Vives</t>
   </si>
   <si>
     <t>Champel / Malagnou</t>
   </si>
   <si>
     <t>Acacias / Bâtie</t>
   </si>
   <si>
     <t>Grottes / Saint-Gervais</t>
   </si>
   <si>
     <t>Bouchet / Moillebeau</t>
   </si>
   <si>
     <t>Pâquis / Sécheron</t>
   </si>
   <si>
     <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence (GIAP).</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Champ : Élèves de 1P-8P quel que soit leur lieu de résidence, y compris les élèves des classes intégrées hétérogènes et les classes intégrées mixtes.</t>
-  </si>
-[...34 lines deleted...]
-    <t>taux de fréquentation 2019</t>
   </si>
   <si>
     <t>Champ : Élèves de 1P-8P quel que soit leur lieu de résidence, y compris les élèves des classes intégrées hétérogènes et des classes intégrées mixtes.</t>
   </si>
   <si>
     <t>variation 
 2005-2010
 en points de %</t>
   </si>
   <si>
     <t>variation 
 2010-2015
 en points de %</t>
   </si>
   <si>
     <t>variation
  2015-2020
 en points de %</t>
   </si>
   <si>
-    <t>variation 
-[...3 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">E2.e </t>
+      <t xml:space="preserve">E2.ab </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Taux de fréquentation de l'accueil parascolaire de l'après-midi au moins une fois par semaine selon la commune de scolarisation (et le secteur en Ville de Genève), 2005 à 2020</t>
+      <t>Taux de fréquentation de l'accueil parascolaire du midi, selon la commune de scolarisation (et le secteur en Ville de Genève), 2024</t>
     </r>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-    </r>
+    <t>variation 
+2010-2024
+en points de %</t>
+  </si>
+  <si>
+    <t>variation
+ 2020-2024
+en points de %</t>
+  </si>
+  <si>
+    <t>variation
+ 2015-2024
+en points de %</t>
   </si>
   <si>
     <r>
       <t>E2.c T</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>aux de fréquentation de l'accueil parascolaire du midi au moins une fois par semaine selon la commune de scolarisation (et le secteur en Ville de Genève), 2005 à 2020</t>
+      <t>aux de fréquentation de l'accueil parascolaire du midi au moins une fois par semaine selon la commune de scolarisation (et le secteur en Ville de Genève),  2005 à 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E2.d </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Taux de fréquentation de l'accueil parascolaire de 16h à 18h, selon la commune de scolarisation (et le secteur en Ville de Genève), 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t>E2.e T</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>aux de fréquentation de l'accueil parascolaire de l'après-midi au moins une fois par semaine selon la commune de scolarisation (et le secteur en Ville de Genève), 2005 à 2020</t>
+      <t>aux de fréquentation de l'accueil parascolaire de 16h à 18h au moins une fois par semaine selon la commune de scolarisation (et le secteur en Ville de Genève),  2005 à 2024</t>
     </r>
   </si>
   <si>
-    <t>Date de mise à jour : janvier 2022</t>
+    <r>
+      <t>E2.ab</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Taux de fréquentation de l'accueil parascolaire du midi, selon la commune de scolarisation (et le secteur en Ville de Genève), 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>taux de 
+fréquentation 
+2005</t>
+  </si>
+  <si>
+    <t>taux de 
+fréquentation 
+2010</t>
+  </si>
+  <si>
+    <t>taux de 
+fréquentation 
+2015</t>
+  </si>
+  <si>
+    <t>taux de 
+fréquentation 
+2020</t>
+  </si>
+  <si>
+    <t>taux de 
+fréquentation 
+2024</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E2.c </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Taux de fréquentation de l'accueil parascolaire du midi au moins une fois par semaine selon la commune de scolarisation 
+        (et le secteur en Ville de Genève),  2005 à 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Dernière publication : février 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Date de publication : février 2026  </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E2.e </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Taux de fréquentation de l'accueil parascolaire de l'après-midi au moins une fois par semaine selon la commune de scolarisation 
+        (et le secteur en Ville de Genève),  2005 à 2024</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E2.d </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Taux de fréquentation de l'accueil parascolaire de l'après-midi, selon la commune de scolarisation (et le secteur en Ville de Genève), 2020</t>
+      <t>Taux de fréquentation de l'accueil parascolaire de 16h à 18h, selon la commune de scolarisation 
+        (et le secteur en Ville de Genève), 2024</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Dernière mise à jour : janvier 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_ [$€-2]\ * #,##0.00_ ;_ [$€-2]\ * \-#,##0.00_ ;_ [$€-2]\ * &quot;-&quot;??_ "/>
-    <numFmt numFmtId="166" formatCode="\+#,##0;\-#,##0"/>
+    <numFmt numFmtId="166" formatCode="\+0"/>
   </numFmts>
-  <fonts count="55" x14ac:knownFonts="1">
+  <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -799,50 +837,70 @@
     <font>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -1450,51 +1508,51 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="24" borderId="0"/>
     <xf numFmtId="0" fontId="41" fillId="25" borderId="26">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="25" borderId="27">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="42" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="43" fillId="23" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="45" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="109">
+  <cellXfs count="130">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1583,261 +1641,340 @@
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="70" applyFont="1"/>
     <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="70" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="70" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="51" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="70" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="9" fontId="5" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="52" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="166" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...90 lines deleted...]
-    <xf numFmtId="166" fontId="54" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="2" borderId="0" xfId="70" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="71" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="55" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="55" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="55" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="55" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="55" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="55" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="54" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="57" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="57" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="55" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="54" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="57" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="57" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="57" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="78">
-    <cellStyle name="20% - Accent1" xfId="3"/>
-[...45 lines deleted...]
-    <cellStyle name="Neutral" xfId="49"/>
+    <cellStyle name="20% - Accent1" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Accent2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent4" xfId="6" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent5" xfId="7" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent6" xfId="8" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - Accent1" xfId="9" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - Accent2" xfId="10" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - Accent3" xfId="11" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - Accent4" xfId="12" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - Accent5" xfId="13" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - Accent6" xfId="14" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - Accent1" xfId="15" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - Accent2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - Accent3" xfId="17" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - Accent4" xfId="18" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - Accent5" xfId="19" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - Accent6" xfId="20" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Bad" xfId="21" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="bin" xfId="22" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Calculation" xfId="23" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="cell" xfId="24" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Check Cell" xfId="25" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="ColCodes" xfId="26" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="ColTitles" xfId="27" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="column" xfId="28" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Comma 2" xfId="29" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="DataEntryCells" xfId="30" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Euro" xfId="31" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Euro 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Explanatory Text" xfId="33" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="formula" xfId="34" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="gap" xfId="35" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Good" xfId="36" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="GreyBackground" xfId="37" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Heading 1" xfId="38" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Heading 2" xfId="39" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Heading 3" xfId="40" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Heading 4" xfId="41" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Input" xfId="42" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="ISC" xfId="43" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="level1a" xfId="44" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="level2" xfId="45" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="level2a" xfId="46" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="level3" xfId="47" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Linked Cell" xfId="48" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Neutral" xfId="49" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
-[...28 lines deleted...]
-    <cellStyle name="Warning Text" xfId="69"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="Normal 2 2" xfId="71" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="70" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="Normal 3" xfId="50" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 4" xfId="51" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Normal 5" xfId="52" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="Normal 6" xfId="53" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Normal 6 2" xfId="54" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Normal 6 3" xfId="73" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="Normal 6 4" xfId="74" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="Normal 7" xfId="2" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="Normal 7 2" xfId="72" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="Normal 8" xfId="75" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="Note" xfId="55" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="Output" xfId="56" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="Pourcentage 2" xfId="57" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="Pourcentage 2 2" xfId="76" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="Pourcentage 3" xfId="77" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="Prozent_SubCatperStud" xfId="58" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="row" xfId="59" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="RowCodes" xfId="60" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="Row-Col Headings" xfId="61" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="RowTitles_CENTRAL_GOVT" xfId="62" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="RowTitles-Col2" xfId="63" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="RowTitles-Detail" xfId="64" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="Standard_Info" xfId="65" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="temp" xfId="66" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="Title" xfId="67" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="title1" xfId="68" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="Warning Text" xfId="69" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF244061"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
@@ -1854,64 +1991,67 @@
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
           <xdr:row>2</xdr:row>
-          <xdr:rowOff>219075</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>165100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="17409" name="Object 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s17409"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001440000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -1926,51 +2066,57 @@
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>12701</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg"/>
+        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent1">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId2">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="11200"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:brightnessContrast contrast="-40000"/>
                   </a14:imgEffect>
                 </a14:imgLayer>
@@ -1995,51 +2141,57 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="123825"/>
           <a:ext cx="6753225" cy="257175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2050,51 +2202,57 @@
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>527050</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Image 4"/>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="485775"/>
           <a:ext cx="7105650" cy="333375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2110,343 +2268,367 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>708025</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>120650</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>883418</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>88025</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2"/>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7324725" y="120650"/>
           <a:ext cx="1191393" cy="392825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>501650</xdr:colOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>104775</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>196850</xdr:rowOff>
+      <xdr:rowOff>225425</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>788168</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>575444</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>164225</xdr:rowOff>
+      <xdr:rowOff>192800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2"/>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8318500" y="196850"/>
-          <a:ext cx="1188218" cy="392825"/>
+          <a:off x="7756525" y="225425"/>
+          <a:ext cx="1181869" cy="392825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>495300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>784993</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>148350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6515100" y="180975"/>
           <a:ext cx="1137418" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>647700</xdr:colOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>92075</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:rowOff>196850</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>896118</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>588142</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>138825</xdr:rowOff>
+      <xdr:rowOff>173750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7956550" y="171450"/>
-          <a:ext cx="1188218" cy="392825"/>
+          <a:off x="7489825" y="196850"/>
+          <a:ext cx="1194567" cy="402350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2575,7504 +2757,8205 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Document_Microsoft_Word.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="7" width="13.42578125" style="42" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="11.42578125" style="42"/>
+    <col min="1" max="7" width="13.453125" style="42" customWidth="1"/>
+    <col min="8" max="8" width="7.81640625" style="42" customWidth="1"/>
+    <col min="9" max="16384" width="11.453125" style="42"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...24 lines deleted...]
-      <c r="H7" s="105"/>
+    <row r="1" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="71"/>
+      <c r="B6" s="71"/>
+      <c r="C6" s="71"/>
+      <c r="D6" s="71"/>
+      <c r="E6" s="71"/>
+      <c r="F6" s="71"/>
+      <c r="G6" s="71"/>
+      <c r="H6" s="71"/>
+    </row>
+    <row r="7" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A7" s="74" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" s="74"/>
+      <c r="C7" s="74"/>
+      <c r="D7" s="74"/>
+      <c r="E7" s="74"/>
+      <c r="F7" s="74"/>
+      <c r="G7" s="74"/>
+      <c r="H7" s="74"/>
       <c r="J7" s="45"/>
     </row>
     <row r="8" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="46"/>
       <c r="B8" s="46"/>
       <c r="C8" s="46"/>
       <c r="D8" s="46"/>
       <c r="E8" s="46"/>
       <c r="F8" s="46"/>
       <c r="G8" s="46"/>
       <c r="H8" s="47"/>
     </row>
-    <row r="9" spans="1:10" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A9" s="55" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B9" s="46"/>
       <c r="C9" s="46"/>
       <c r="D9" s="46"/>
       <c r="E9" s="46"/>
       <c r="F9" s="46"/>
       <c r="G9" s="46"/>
       <c r="H9" s="46"/>
     </row>
-    <row r="10" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...47 lines deleted...]
-    <row r="14" spans="1:10" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="72" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" s="72"/>
+      <c r="C10" s="72"/>
+      <c r="D10" s="72"/>
+      <c r="E10" s="72"/>
+      <c r="F10" s="72"/>
+      <c r="G10" s="72"/>
+      <c r="H10" s="72"/>
+    </row>
+    <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="70" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="70"/>
+      <c r="C11" s="70"/>
+      <c r="D11" s="70"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="70"/>
+    </row>
+    <row r="12" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="73" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" s="73"/>
+      <c r="C12" s="73"/>
+      <c r="D12" s="73"/>
+      <c r="E12" s="73"/>
+      <c r="F12" s="73"/>
+      <c r="G12" s="73"/>
+      <c r="H12" s="73"/>
+    </row>
+    <row r="13" spans="1:10" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="70" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" s="70"/>
+      <c r="C13" s="70"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="70"/>
+    </row>
+    <row r="14" spans="1:10" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
-    <row r="15" spans="1:10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
-    <row r="16" spans="1:10" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="49"/>
       <c r="B16" s="48"/>
       <c r="C16" s="48"/>
       <c r="D16" s="48"/>
       <c r="E16" s="48"/>
       <c r="F16" s="48"/>
       <c r="G16" s="48"/>
       <c r="H16" s="46"/>
     </row>
-    <row r="17" spans="1:8" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="50"/>
       <c r="B17" s="48"/>
       <c r="C17" s="48"/>
       <c r="D17" s="48"/>
       <c r="E17" s="48"/>
       <c r="F17" s="48"/>
       <c r="G17" s="48"/>
       <c r="H17" s="46"/>
     </row>
     <row r="18" spans="1:8" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="100" t="s">
-[...8 lines deleted...]
-      <c r="H18" s="100"/>
+      <c r="A18" s="69" t="s">
+        <v>63</v>
+      </c>
+      <c r="B18" s="69"/>
+      <c r="C18" s="69"/>
+      <c r="D18" s="69"/>
+      <c r="E18" s="69"/>
+      <c r="F18" s="69"/>
+      <c r="G18" s="69"/>
+      <c r="H18" s="69"/>
     </row>
     <row r="19" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="51"/>
       <c r="B19" s="51"/>
       <c r="C19" s="51"/>
       <c r="D19" s="51"/>
       <c r="E19" s="51"/>
       <c r="F19" s="51"/>
       <c r="G19" s="51"/>
       <c r="H19" s="46"/>
     </row>
-    <row r="20" spans="1:8" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="48" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B20" s="46"/>
       <c r="C20" s="46"/>
       <c r="D20" s="46"/>
       <c r="E20" s="46"/>
       <c r="F20" s="46"/>
       <c r="G20" s="46"/>
       <c r="H20" s="46"/>
     </row>
-    <row r="21" spans="1:8" ht="16.5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="48" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="46"/>
       <c r="C21" s="46"/>
       <c r="D21" s="46"/>
       <c r="E21" s="46"/>
       <c r="F21" s="46"/>
       <c r="G21" s="46"/>
       <c r="H21" s="46"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="52"/>
       <c r="B22" s="52"/>
       <c r="C22" s="52"/>
       <c r="D22" s="52"/>
       <c r="E22" s="52"/>
       <c r="F22" s="52"/>
       <c r="G22" s="52"/>
       <c r="H22" s="47"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="52"/>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52"/>
       <c r="E23" s="52"/>
       <c r="F23" s="52"/>
       <c r="G23" s="52"/>
       <c r="H23" s="47"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="52"/>
       <c r="B24" s="52"/>
       <c r="C24" s="52"/>
       <c r="D24" s="52"/>
       <c r="E24" s="52"/>
       <c r="F24" s="52"/>
       <c r="G24" s="52"/>
       <c r="H24" s="47"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="52"/>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52"/>
       <c r="E25" s="52"/>
       <c r="F25" s="52"/>
       <c r="G25" s="52"/>
       <c r="H25" s="47"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="47"/>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="47"/>
       <c r="B27" s="47"/>
       <c r="C27" s="47"/>
       <c r="D27" s="47"/>
       <c r="E27" s="47"/>
       <c r="F27" s="47"/>
       <c r="G27" s="47"/>
       <c r="H27" s="47"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="47"/>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
     </row>
-    <row r="29" spans="1:8" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:8" ht="22.5" x14ac:dyDescent="0.45">
       <c r="A29" s="47"/>
       <c r="B29" s="53"/>
       <c r="C29" s="47"/>
       <c r="D29" s="47"/>
       <c r="E29" s="47"/>
       <c r="F29" s="47"/>
       <c r="G29" s="47"/>
       <c r="H29" s="47"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="47"/>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="47"/>
       <c r="B31" s="47"/>
       <c r="C31" s="47"/>
       <c r="D31" s="47"/>
       <c r="E31" s="47"/>
       <c r="F31" s="47"/>
       <c r="G31" s="47"/>
       <c r="H31" s="47"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="47"/>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="47"/>
       <c r="B33" s="47"/>
       <c r="C33" s="47"/>
       <c r="D33" s="47"/>
       <c r="E33" s="47"/>
       <c r="F33" s="47"/>
       <c r="G33" s="47"/>
       <c r="H33" s="47"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="47"/>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="47"/>
       <c r="B35" s="47"/>
       <c r="C35" s="47"/>
       <c r="D35" s="47"/>
       <c r="E35" s="47"/>
       <c r="F35" s="47"/>
       <c r="G35" s="47"/>
       <c r="H35" s="47"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="47"/>
       <c r="B36" s="47"/>
       <c r="C36" s="47"/>
       <c r="D36" s="47"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="47"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="47"/>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="47"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="47"/>
       <c r="B38" s="47"/>
       <c r="C38" s="47"/>
       <c r="D38" s="47"/>
       <c r="E38" s="47"/>
       <c r="F38" s="47"/>
       <c r="G38" s="47"/>
       <c r="H38" s="47"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="47"/>
       <c r="B39" s="47"/>
       <c r="C39" s="47"/>
       <c r="D39" s="47"/>
       <c r="E39" s="47"/>
       <c r="F39" s="47"/>
       <c r="G39" s="47"/>
       <c r="H39" s="47"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="47"/>
       <c r="B40" s="47"/>
       <c r="C40" s="47"/>
       <c r="D40" s="47"/>
       <c r="E40" s="47"/>
       <c r="F40" s="47"/>
       <c r="G40" s="47"/>
       <c r="H40" s="47"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="52"/>
       <c r="B41" s="52"/>
       <c r="C41" s="52"/>
       <c r="D41" s="52"/>
       <c r="E41" s="52"/>
       <c r="F41" s="52"/>
       <c r="G41" s="52"/>
       <c r="H41" s="52"/>
     </row>
-    <row r="42" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="54"/>
       <c r="B42" s="54"/>
       <c r="C42" s="54"/>
       <c r="D42" s="54"/>
       <c r="E42" s="54"/>
       <c r="F42" s="54"/>
       <c r="G42" s="54"/>
       <c r="H42" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A18:H18"/>
     <mergeCell ref="A13:H13"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A7:H7"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;G&amp;R&amp;G</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <legacyDrawingHF r:id="rId4"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <oleObject progId="Word.Document.12" shapeId="17409" r:id="rId5">
           <objectPr defaultSize="0" autoPict="0" r:id="rId6">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>647700</xdr:colOff>
                 <xdr:row>2</xdr:row>
-                <xdr:rowOff>219075</xdr:rowOff>
+                <xdr:rowOff>222250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>647700</xdr:colOff>
                 <xdr:row>4</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>165100</xdr:rowOff>
               </to>
             </anchor>
           </objectPr>
         </oleObject>
       </mc:Choice>
       <mc:Fallback>
         <oleObject progId="Word.Document.12" shapeId="17409" r:id="rId5"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:H4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="1"/>
-    <col min="2" max="8" width="14.5703125" customWidth="1"/>
+    <col min="2" max="8" width="14.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:8" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
     </row>
-    <row r="2" spans="1:8" s="1" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="1" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
     </row>
-    <row r="3" spans="1:8" s="1" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:8" s="1" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
-    <row r="4" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-    <row r="5" spans="1:8" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="75" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" s="75"/>
+      <c r="C4" s="75"/>
+      <c r="D4" s="75"/>
+      <c r="E4" s="75"/>
+      <c r="F4" s="75"/>
+      <c r="G4" s="75"/>
+      <c r="H4" s="75"/>
+    </row>
+    <row r="5" spans="1:8" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
-    <row r="6" spans="1:8" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="60"/>
+    <row r="6" spans="1:8" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="58"/>
       <c r="B6" s="37" t="s">
         <v>49</v>
       </c>
       <c r="C6" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D6" s="32" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="32" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="32" t="s">
         <v>47</v>
       </c>
       <c r="G6" s="32" t="s">
         <v>48</v>
       </c>
       <c r="H6" s="40" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="22">
-        <v>0.60162601626016265</v>
+        <v>0.73118279569892475</v>
       </c>
       <c r="C7" s="22">
-        <v>0.21951219512195122</v>
+        <v>0.36559139784946237</v>
       </c>
       <c r="D7" s="19">
-        <v>0.22764227642276422</v>
+        <v>0.17204301075268819</v>
       </c>
       <c r="E7" s="19">
-        <v>0.15447154471544716</v>
+        <v>0.19354838709677419</v>
       </c>
       <c r="F7" s="19">
-        <v>6.5040650406504072E-2</v>
+        <v>8.6021505376344093E-2</v>
       </c>
       <c r="G7" s="19">
-        <v>0.15447154471544716</v>
+        <v>0.27956989247311825</v>
       </c>
       <c r="H7" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="23">
-        <v>0.69950738916256161</v>
+        <v>0.84037558685446012</v>
       </c>
       <c r="C8" s="23">
-        <v>0.46798029556650245</v>
+        <v>0.568075117370892</v>
       </c>
       <c r="D8" s="20">
-        <v>9.8522167487684734E-2</v>
+        <v>0.14553990610328638</v>
       </c>
       <c r="E8" s="20">
-        <v>0.12315270935960591</v>
+        <v>0.12676056338028169</v>
       </c>
       <c r="F8" s="20">
-        <v>5.4187192118226604E-2</v>
+        <v>0.13615023474178403</v>
       </c>
       <c r="G8" s="20">
-        <v>0.41379310344827586</v>
+        <v>0.431924882629108</v>
       </c>
       <c r="H8" s="26">
-        <v>9.852216748768473E-3</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="23">
-        <v>0.62328767123287676</v>
+        <v>0.62913907284768211</v>
       </c>
       <c r="C9" s="23">
-        <v>0.32191780821917809</v>
+        <v>0.40397350993377484</v>
       </c>
       <c r="D9" s="20">
-        <v>0.14383561643835616</v>
+        <v>0.10596026490066225</v>
       </c>
       <c r="E9" s="20">
-        <v>0.15068493150684931</v>
+        <v>0.11920529801324503</v>
       </c>
       <c r="F9" s="20">
-        <v>6.8493150684931503E-2</v>
+        <v>0.11920529801324503</v>
       </c>
       <c r="G9" s="20">
-        <v>0.25342465753424659</v>
+        <v>0.28476821192052981</v>
       </c>
       <c r="H9" s="26">
-        <v>6.8493150684931503E-3</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="23">
-        <v>0.82307692307692304</v>
+        <v>0.92727272727272725</v>
       </c>
       <c r="C10" s="23">
-        <v>0.5</v>
+        <v>0.66363636363636369</v>
       </c>
       <c r="D10" s="20">
-        <v>0.17692307692307693</v>
+        <v>0.10909090909090909</v>
       </c>
       <c r="E10" s="20">
-        <v>0.14615384615384616</v>
+        <v>0.15454545454545454</v>
       </c>
       <c r="F10" s="20">
-        <v>0.12307692307692308</v>
+        <v>0.17272727272727273</v>
       </c>
       <c r="G10" s="20">
-        <v>0.37692307692307692</v>
+        <v>0.49090909090909091</v>
       </c>
       <c r="H10" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="23">
-        <v>0.7361702127659574</v>
+        <v>0.76865671641791045</v>
       </c>
       <c r="C11" s="23">
-        <v>0.44255319148936167</v>
+        <v>0.59701492537313428</v>
       </c>
       <c r="D11" s="20">
-        <v>8.5106382978723402E-2</v>
+        <v>4.8507462686567165E-2</v>
       </c>
       <c r="E11" s="20">
-        <v>0.2</v>
+        <v>0.10820895522388059</v>
       </c>
       <c r="F11" s="20">
-        <v>0.11063829787234042</v>
+        <v>0.15671641791044777</v>
       </c>
       <c r="G11" s="20">
-        <v>0.33191489361702126</v>
+        <v>0.44029850746268656</v>
       </c>
       <c r="H11" s="26">
-        <v>8.5106382978723406E-3</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.4925373134328358E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="23">
-        <v>0.66167664670658688</v>
+        <v>0.7443820224719101</v>
       </c>
       <c r="C12" s="23">
-        <v>0.45808383233532934</v>
+        <v>0.550561797752809</v>
       </c>
       <c r="D12" s="20">
-        <v>7.1856287425149698E-2</v>
+        <v>5.8988764044943819E-2</v>
       </c>
       <c r="E12" s="20">
-        <v>0.1317365269461078</v>
+        <v>0.12921348314606743</v>
       </c>
       <c r="F12" s="20">
-        <v>5.089820359281437E-2</v>
+        <v>0.14606741573033707</v>
       </c>
       <c r="G12" s="20">
-        <v>0.40718562874251496</v>
+        <v>0.4044943820224719</v>
       </c>
       <c r="H12" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.6179775280898875E-3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="23">
-        <v>0.63524590163934425</v>
+        <v>0.77018633540372672</v>
       </c>
       <c r="C13" s="23">
-        <v>0.38661202185792348</v>
+        <v>0.47701863354037266</v>
       </c>
       <c r="D13" s="20">
-        <v>8.4699453551912565E-2</v>
+        <v>0.14658385093167703</v>
       </c>
       <c r="E13" s="20">
-        <v>0.1598360655737705</v>
+        <v>0.13788819875776398</v>
       </c>
       <c r="F13" s="20">
-        <v>0.10245901639344263</v>
+        <v>0.12919254658385093</v>
       </c>
       <c r="G13" s="20">
-        <v>0.28415300546448086</v>
+        <v>0.34782608695652173</v>
       </c>
       <c r="H13" s="26">
-        <v>4.0983606557377051E-3</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.6956521739130436E-3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="23">
-        <v>0.64040517726505342</v>
+        <v>0.7611607142857143</v>
       </c>
       <c r="C14" s="23">
-        <v>0.47158131682611143</v>
+        <v>0.5546875</v>
       </c>
       <c r="D14" s="20">
-        <v>5.346088913899831E-2</v>
+        <v>8.0357142857142863E-2</v>
       </c>
       <c r="E14" s="20">
-        <v>0.11311198649409117</v>
+        <v>0.12109375</v>
       </c>
       <c r="F14" s="20">
-        <v>9.0602138435565555E-2</v>
+        <v>0.10323660714285714</v>
       </c>
       <c r="G14" s="20">
-        <v>0.38097917839054585</v>
+        <v>0.45145089285714285</v>
       </c>
       <c r="H14" s="26">
-        <v>2.2509848058525606E-3</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.0223214285714289E-3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C15" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H15" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="23">
-        <v>0.56338028169014087</v>
+        <v>0.68253968253968256</v>
       </c>
       <c r="C16" s="23">
-        <v>0.28169014084507044</v>
+        <v>0.50793650793650791</v>
       </c>
       <c r="D16" s="20">
-        <v>0.16901408450704225</v>
+        <v>1.5873015873015872E-2</v>
       </c>
       <c r="E16" s="20">
-        <v>0.11267605633802817</v>
+        <v>0.15873015873015872</v>
       </c>
       <c r="F16" s="20">
-        <v>4.2253521126760563E-2</v>
+        <v>7.9365079365079361E-2</v>
       </c>
       <c r="G16" s="20">
-        <v>0.23943661971830985</v>
+        <v>0.42857142857142855</v>
       </c>
       <c r="H16" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="23">
-        <v>0.57547169811320753</v>
+        <v>0.66265060240963858</v>
       </c>
       <c r="C17" s="23">
-        <v>0.36792452830188677</v>
+        <v>0.41566265060240964</v>
       </c>
       <c r="D17" s="20">
-        <v>0.11792452830188679</v>
+        <v>8.4337349397590355E-2</v>
       </c>
       <c r="E17" s="20">
-        <v>8.0188679245283015E-2</v>
+        <v>0.15662650602409639</v>
       </c>
       <c r="F17" s="20">
-        <v>8.0188679245283015E-2</v>
+        <v>7.8313253012048195E-2</v>
       </c>
       <c r="G17" s="20">
-        <v>0.28773584905660377</v>
+        <v>0.33734939759036142</v>
       </c>
       <c r="H17" s="26">
-        <v>9.433962264150943E-3</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+        <v>6.024096385542169E-3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="23">
-[...21 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B18" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18" s="57" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="23">
-        <v>0.5938375350140056</v>
+        <v>0.67678100263852248</v>
       </c>
       <c r="C19" s="23">
-        <v>0.44397759103641454</v>
+        <v>0.52770448548812665</v>
       </c>
       <c r="D19" s="20">
-        <v>7.0028011204481794E-2</v>
+        <v>5.2770448548812667E-2</v>
       </c>
       <c r="E19" s="20">
-        <v>7.8431372549019607E-2</v>
+        <v>8.7071240105540904E-2</v>
       </c>
       <c r="F19" s="20">
-        <v>6.1624649859943981E-2</v>
+        <v>6.860158311345646E-2</v>
       </c>
       <c r="G19" s="20">
-        <v>0.38235294117647056</v>
+        <v>0.45910290237467016</v>
       </c>
       <c r="H19" s="26">
-        <v>1.4005602240896359E-3</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+        <v>9.2348284960422165E-3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="23">
-        <v>0.86301369863013699</v>
+        <v>0.90588235294117647</v>
       </c>
       <c r="C20" s="23">
-        <v>0.46575342465753422</v>
+        <v>0.63529411764705879</v>
       </c>
       <c r="D20" s="20">
-        <v>0.19178082191780821</v>
+        <v>0.10588235294117647</v>
       </c>
       <c r="E20" s="20">
-        <v>0.19178082191780821</v>
+        <v>0.16470588235294117</v>
       </c>
       <c r="F20" s="20">
-        <v>0.17808219178082191</v>
+        <v>0.22352941176470589</v>
       </c>
       <c r="G20" s="20">
-        <v>0.28767123287671231</v>
+        <v>0.41176470588235292</v>
       </c>
       <c r="H20" s="26">
-        <v>1.3698630136986301E-2</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="23">
-        <v>0.71917808219178081</v>
+        <v>0.79452054794520544</v>
       </c>
       <c r="C21" s="23">
-        <v>0.54109589041095896</v>
+        <v>0.60273972602739723</v>
       </c>
       <c r="D21" s="20">
         <v>7.5342465753424653E-2</v>
       </c>
       <c r="E21" s="20">
-        <v>0.10273972602739725</v>
+        <v>0.11643835616438356</v>
       </c>
       <c r="F21" s="20">
         <v>0.1095890410958904</v>
       </c>
       <c r="G21" s="20">
-        <v>0.4315068493150685</v>
+        <v>0.49315068493150682</v>
       </c>
       <c r="H21" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="23">
-        <v>0.7799352750809061</v>
+        <v>0.84591679506933748</v>
       </c>
       <c r="C22" s="23">
-        <v>0.45792880258899676</v>
+        <v>0.57318952234206466</v>
       </c>
       <c r="D22" s="20">
-        <v>0.10032362459546926</v>
+        <v>8.7827426810477657E-2</v>
       </c>
       <c r="E22" s="20">
-        <v>0.2168284789644013</v>
+        <v>0.18181818181818182</v>
       </c>
       <c r="F22" s="20">
-        <v>0.12297734627831715</v>
+        <v>0.13713405238828968</v>
       </c>
       <c r="G22" s="20">
-        <v>0.33495145631067963</v>
+        <v>0.43605546995377503</v>
       </c>
       <c r="H22" s="26">
-        <v>4.8543689320388345E-3</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.0816640986132513E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="23">
-[...21 lines deleted...]
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B23" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23" s="57" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="23">
-        <v>0.67474747474747476</v>
+        <v>0.73930753564154783</v>
       </c>
       <c r="C24" s="23">
-        <v>0.34343434343434343</v>
+        <v>0.40325865580448067</v>
       </c>
       <c r="D24" s="20">
-        <v>0.1191919191919192</v>
+        <v>0.12016293279022404</v>
       </c>
       <c r="E24" s="20">
-        <v>0.21212121212121213</v>
+        <v>0.20773930753564154</v>
       </c>
       <c r="F24" s="20">
-        <v>7.8787878787878782E-2</v>
+        <v>0.10590631364562118</v>
       </c>
       <c r="G24" s="20">
-        <v>0.26464646464646463</v>
+        <v>0.29735234215885947</v>
       </c>
       <c r="H24" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.1466395112016286E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="23">
-        <v>0.82222222222222219</v>
+        <v>0.89265536723163841</v>
       </c>
       <c r="C25" s="23">
-        <v>0.6166666666666667</v>
+        <v>0.66101694915254239</v>
       </c>
       <c r="D25" s="20">
-        <v>7.7777777777777779E-2</v>
+        <v>5.6497175141242938E-2</v>
       </c>
       <c r="E25" s="20">
-        <v>0.12222222222222222</v>
+        <v>0.16384180790960451</v>
       </c>
       <c r="F25" s="20">
-        <v>9.4444444444444442E-2</v>
+        <v>0.11299435028248588</v>
       </c>
       <c r="G25" s="20">
-        <v>0.52222222222222225</v>
+        <v>0.54802259887005644</v>
       </c>
       <c r="H25" s="26">
-        <v>5.5555555555555558E-3</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.1299435028248588E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="23">
-        <v>0.59060402684563762</v>
+        <v>0.74380165289256195</v>
       </c>
       <c r="C26" s="23">
-        <v>0.28859060402684567</v>
+        <v>0.47933884297520662</v>
       </c>
       <c r="D26" s="20">
-        <v>0.12080536912751678</v>
+        <v>6.6115702479338845E-2</v>
       </c>
       <c r="E26" s="20">
-        <v>0.18120805369127516</v>
+        <v>0.19008264462809918</v>
       </c>
       <c r="F26" s="20">
-        <v>4.6979865771812082E-2</v>
+        <v>0.10743801652892562</v>
       </c>
       <c r="G26" s="20">
-        <v>0.24161073825503357</v>
+        <v>0.37190082644628097</v>
       </c>
       <c r="H26" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.2644628099173556E-3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="23">
-        <v>0.66933223413025555</v>
+        <v>0.74456007568590354</v>
       </c>
       <c r="C27" s="23">
-        <v>0.54418796372629841</v>
+        <v>0.63000630715862505</v>
       </c>
       <c r="D27" s="20">
-        <v>4.0148392415498765E-2</v>
+        <v>3.5398927783033746E-2</v>
       </c>
       <c r="E27" s="20">
-        <v>8.3264633140972794E-2</v>
+        <v>7.6868495742667922E-2</v>
       </c>
       <c r="F27" s="20">
-        <v>6.8672712283594395E-2</v>
+        <v>7.647429832860296E-2</v>
       </c>
       <c r="G27" s="20">
-        <v>0.47551525144270401</v>
+        <v>0.55353200883002207</v>
       </c>
       <c r="H27" s="26">
-        <v>1.7312448474855729E-3</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.2863450015767899E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A28" s="28" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B28" s="29">
-        <v>0.7288389513108614</v>
+        <v>0.81417112299465244</v>
       </c>
       <c r="C28" s="29">
-        <v>0.6067415730337079</v>
+        <v>0.68983957219251335</v>
       </c>
       <c r="D28" s="30">
-        <v>3.8202247191011236E-2</v>
+        <v>3.2754010695187165E-2</v>
       </c>
       <c r="E28" s="30">
-        <v>8.2397003745318345E-2</v>
+        <v>9.1577540106951877E-2</v>
       </c>
       <c r="F28" s="30">
-        <v>7.4906367041198504E-2</v>
+        <v>8.7566844919786099E-2</v>
       </c>
       <c r="G28" s="30">
-        <v>0.53183520599250933</v>
+        <v>0.60227272727272729</v>
       </c>
       <c r="H28" s="31">
-        <v>1.4981273408239701E-3</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="28" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B29" s="29">
-        <v>0.74449132676980778</v>
+        <v>0.80916703393565448</v>
       </c>
       <c r="C29" s="29">
-        <v>0.61415846225972803</v>
+        <v>0.68356104010577345</v>
       </c>
       <c r="D29" s="30">
-        <v>4.3131739334270981E-2</v>
+        <v>4.098721903922433E-2</v>
       </c>
       <c r="E29" s="30">
-        <v>8.5325832161275206E-2</v>
+        <v>8.3737329219920664E-2</v>
       </c>
       <c r="F29" s="30">
-        <v>9.0014064697609003E-2</v>
+        <v>8.8144557073600707E-2</v>
       </c>
       <c r="G29" s="30">
-        <v>0.52414439756211906</v>
+        <v>0.59541648303217276</v>
       </c>
       <c r="H29" s="31">
-        <v>1.875293014533521E-3</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.8144557073600708E-4</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="28" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B30" s="29">
-        <v>0.64761904761904765</v>
+        <v>0.81497797356828194</v>
       </c>
       <c r="C30" s="29">
-        <v>0.56190476190476191</v>
+        <v>0.66079295154185025</v>
       </c>
       <c r="D30" s="30">
-        <v>2.8571428571428571E-2</v>
+        <v>4.8458149779735685E-2</v>
       </c>
       <c r="E30" s="30">
-        <v>5.7142857142857141E-2</v>
+        <v>9.6916299559471369E-2</v>
       </c>
       <c r="F30" s="30">
-        <v>6.6666666666666666E-2</v>
+        <v>9.2511013215859028E-2</v>
       </c>
       <c r="G30" s="30">
-        <v>0.49523809523809526</v>
+        <v>0.56828193832599116</v>
       </c>
       <c r="H30" s="31">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.8105726872246704E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B31" s="29">
-        <v>0.67559697146185205</v>
+        <v>0.72351571594877762</v>
       </c>
       <c r="C31" s="29">
-        <v>0.56610366919044841</v>
+        <v>0.6350407450523865</v>
       </c>
       <c r="D31" s="30">
-        <v>3.0285381479324403E-2</v>
+        <v>2.5611175785797437E-2</v>
       </c>
       <c r="E31" s="30">
-        <v>7.6295864880605704E-2</v>
+        <v>6.2281722933643771E-2</v>
       </c>
       <c r="F31" s="30">
-        <v>6.7559697146185205E-2</v>
+        <v>7.3923166472642604E-2</v>
       </c>
       <c r="G31" s="30">
-        <v>0.49854397204426326</v>
+        <v>0.56111757857974387</v>
       </c>
       <c r="H31" s="31">
-        <v>2.9120559114735002E-3</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.8207217694994178E-4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="28" t="s">
         <v>54</v>
       </c>
       <c r="B32" s="29">
-        <v>0.61244190203789772</v>
+        <v>0.68509041282838623</v>
       </c>
       <c r="C32" s="29">
-        <v>0.48659277797640327</v>
+        <v>0.57113613101330607</v>
       </c>
       <c r="D32" s="30">
-        <v>4.1115480872363247E-2</v>
+        <v>4.2306380075059706E-2</v>
       </c>
       <c r="E32" s="30">
-        <v>8.3303539506614233E-2</v>
+        <v>6.8236096895257586E-2</v>
       </c>
       <c r="F32" s="30">
-        <v>6.649982123703968E-2</v>
+        <v>7.6765609007164795E-2</v>
       </c>
       <c r="G32" s="30">
-        <v>0.42009295673936359</v>
+        <v>0.49437052200614123</v>
       </c>
       <c r="H32" s="31">
-        <v>1.4301036825169824E-3</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.4118048447628795E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="28" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B33" s="29">
-        <v>0.57072205736894166</v>
+        <v>0.7142857142857143</v>
       </c>
       <c r="C33" s="29">
-        <v>0.43521266073194859</v>
+        <v>0.59878419452887544</v>
       </c>
       <c r="D33" s="30">
-        <v>4.6488625123639958E-2</v>
+        <v>3.5460992907801421E-2</v>
       </c>
       <c r="E33" s="30">
-        <v>8.803165182987141E-2</v>
+        <v>7.9027355623100301E-2</v>
       </c>
       <c r="F33" s="30">
-        <v>4.7477744807121663E-2</v>
+        <v>7.1935157041540021E-2</v>
       </c>
       <c r="G33" s="30">
-        <v>0.3877349159248269</v>
+        <v>0.52684903748733536</v>
       </c>
       <c r="H33" s="31">
-        <v>9.8911968348170125E-4</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.0131712259371835E-3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="28" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" s="29">
-        <v>0.68074602303894682</v>
+        <v>0.75919568415890137</v>
       </c>
       <c r="C34" s="29">
-        <v>0.53867251782775649</v>
+        <v>0.63168219715546836</v>
       </c>
       <c r="D34" s="30">
-        <v>4.4980800877674164E-2</v>
+        <v>3.3840117704757235E-2</v>
       </c>
       <c r="E34" s="30">
-        <v>9.4898518924849143E-2</v>
+        <v>9.0730750367827365E-2</v>
       </c>
       <c r="F34" s="30">
-        <v>6.8019747668678007E-2</v>
+        <v>8.1412457086807263E-2</v>
       </c>
       <c r="G34" s="30">
-        <v>0.47065277015907842</v>
+        <v>0.55026974006866114</v>
       </c>
       <c r="H34" s="31">
-        <v>2.1941854086670325E-3</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.9426189308484553E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="28" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B35" s="29">
-        <v>0.66213768115942029</v>
+        <v>0.68928220255653883</v>
       </c>
       <c r="C35" s="29">
-        <v>0.55072463768115942</v>
+        <v>0.60373647984267453</v>
       </c>
       <c r="D35" s="30">
-        <v>3.8043478260869568E-2</v>
+        <v>2.359882005899705E-2</v>
       </c>
       <c r="E35" s="30">
-        <v>7.2463768115942032E-2</v>
+        <v>5.5063913470993119E-2</v>
       </c>
       <c r="F35" s="30">
-        <v>4.8007246376811592E-2</v>
+        <v>2.8515240904621434E-2</v>
       </c>
       <c r="G35" s="30">
-        <v>0.50271739130434778</v>
+        <v>0.5752212389380531</v>
       </c>
       <c r="H35" s="31">
-        <v>9.0579710144927537E-4</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+        <v>6.8829891838741398E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B36" s="23">
-        <v>0.70588235294117652</v>
+        <v>0.79190751445086704</v>
       </c>
       <c r="C36" s="23">
-        <v>0.43529411764705883</v>
+        <v>0.58959537572254339</v>
       </c>
       <c r="D36" s="20">
-        <v>0.15294117647058825</v>
+        <v>9.8265895953757232E-2</v>
       </c>
       <c r="E36" s="20">
-        <v>0.11176470588235295</v>
+        <v>0.10404624277456648</v>
       </c>
       <c r="F36" s="20">
-        <v>0.11176470588235295</v>
+        <v>0.16763005780346821</v>
       </c>
       <c r="G36" s="20">
-        <v>0.3235294117647059</v>
+        <v>0.42196531791907516</v>
       </c>
       <c r="H36" s="26">
-        <v>5.8823529411764705E-3</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A37" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B37" s="23">
-        <v>0.52152641878669281</v>
+        <v>0.59090909090909094</v>
       </c>
       <c r="C37" s="23">
-        <v>0.40117416829745595</v>
+        <v>0.4647495361781076</v>
       </c>
       <c r="D37" s="20">
-        <v>3.5225048923679059E-2</v>
+        <v>5.3803339517625233E-2</v>
       </c>
       <c r="E37" s="20">
-        <v>8.0234833659491189E-2</v>
+        <v>6.957328385899815E-2</v>
       </c>
       <c r="F37" s="20">
-        <v>4.5009784735812131E-2</v>
+        <v>5.3803339517625233E-2</v>
       </c>
       <c r="G37" s="20">
-        <v>0.35616438356164382</v>
+        <v>0.41094619666048238</v>
       </c>
       <c r="H37" s="26">
-        <v>4.8923679060665359E-3</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.7829313543599257E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B38" s="23">
-        <v>0.77777777777777779</v>
+        <v>0.90476190476190477</v>
       </c>
       <c r="C38" s="23">
-        <v>0.57777777777777772</v>
+        <v>0.69047619047619047</v>
       </c>
       <c r="D38" s="20">
-        <v>4.4444444444444446E-2</v>
+        <v>0.11904761904761904</v>
       </c>
       <c r="E38" s="20">
-        <v>0.1111111111111111</v>
+        <v>9.5238095238095233E-2</v>
       </c>
       <c r="F38" s="20">
-        <v>8.8888888888888892E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="G38" s="20">
-        <v>0.48888888888888887</v>
+        <v>0.52380952380952384</v>
       </c>
       <c r="H38" s="26">
-        <v>4.4444444444444446E-2</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B39" s="23">
-        <v>0.79047619047619044</v>
+        <v>0.86274509803921573</v>
       </c>
       <c r="C39" s="23">
-        <v>0.37142857142857144</v>
+        <v>0.57843137254901966</v>
       </c>
       <c r="D39" s="20">
-        <v>0.18095238095238095</v>
+        <v>9.8039215686274508E-2</v>
       </c>
       <c r="E39" s="20">
-        <v>0.22857142857142856</v>
+        <v>0.18627450980392157</v>
       </c>
       <c r="F39" s="20">
-        <v>4.7619047619047616E-2</v>
+        <v>6.8627450980392163E-2</v>
       </c>
       <c r="G39" s="20">
-        <v>0.32380952380952382</v>
+        <v>0.50980392156862742</v>
       </c>
       <c r="H39" s="26">
-        <v>9.5238095238095247E-3</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="23">
-        <v>0.65600000000000003</v>
+        <v>0.79816513761467889</v>
       </c>
       <c r="C40" s="23">
-        <v>0.35199999999999998</v>
+        <v>0.41284403669724773</v>
       </c>
       <c r="D40" s="20">
-        <v>0.16</v>
+        <v>0.11926605504587157</v>
       </c>
       <c r="E40" s="20">
-        <v>0.14399999999999999</v>
+        <v>0.26605504587155965</v>
       </c>
       <c r="F40" s="20">
-        <v>8.7999999999999995E-2</v>
+        <v>7.3394495412844041E-2</v>
       </c>
       <c r="G40" s="20">
-        <v>0.26400000000000001</v>
+        <v>0.33944954128440369</v>
       </c>
       <c r="H40" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A41" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C41" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H41" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B42" s="23">
-        <v>0.62003058103975539</v>
+        <v>0.65703728585824661</v>
       </c>
       <c r="C42" s="23">
-        <v>0.45374617737003059</v>
+        <v>0.48068525361101783</v>
       </c>
       <c r="D42" s="20">
-        <v>6.2691131498470942E-2</v>
+        <v>5.710446758481693E-2</v>
       </c>
       <c r="E42" s="20">
-        <v>0.10244648318042814</v>
+        <v>0.11118575747396708</v>
       </c>
       <c r="F42" s="20">
-        <v>7.3776758409785939E-2</v>
+        <v>7.1212630164595225E-2</v>
       </c>
       <c r="G42" s="20">
-        <v>0.37996941896024466</v>
+        <v>0.40947262344642255</v>
       </c>
       <c r="H42" s="26">
-        <v>1.1467889908256881E-3</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.0618071884447431E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="23">
-        <v>0.67555555555555558</v>
+        <v>0.77011494252873558</v>
       </c>
       <c r="C43" s="23">
-        <v>0.33777777777777779</v>
+        <v>0.4885057471264368</v>
       </c>
       <c r="D43" s="20">
-        <v>0.17333333333333334</v>
+        <v>9.7701149425287362E-2</v>
       </c>
       <c r="E43" s="20">
-        <v>0.16</v>
+        <v>0.18390804597701149</v>
       </c>
       <c r="F43" s="20">
-        <v>0.1111111111111111</v>
+        <v>0.14367816091954022</v>
       </c>
       <c r="G43" s="20">
-        <v>0.22666666666666666</v>
+        <v>0.34482758620689657</v>
       </c>
       <c r="H43" s="26">
-        <v>4.4444444444444444E-3</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="23">
-        <v>0.58193979933110362</v>
+        <v>0.65463342017119464</v>
       </c>
       <c r="C44" s="23">
-        <v>0.43812709030100333</v>
+        <v>0.51060662448827687</v>
       </c>
       <c r="D44" s="20">
-        <v>5.016722408026756E-2</v>
+        <v>4.7636769631559363E-2</v>
       </c>
       <c r="E44" s="20">
-        <v>8.7792642140468224E-2</v>
+        <v>9.2296241161146264E-2</v>
       </c>
       <c r="F44" s="20">
-        <v>5.8110367892976592E-2</v>
+        <v>5.0241905470785261E-2</v>
       </c>
       <c r="G44" s="20">
-        <v>0.38001672240802675</v>
+        <v>0.46036471901749165</v>
       </c>
       <c r="H44" s="26">
-        <v>5.8528428093645481E-3</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.0937848902121328E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B45" s="23">
-        <v>0.5053968253968254</v>
+        <v>0.635673624288425</v>
       </c>
       <c r="C45" s="23">
-        <v>0.3619047619047619</v>
+        <v>0.48829854522454141</v>
       </c>
       <c r="D45" s="20">
-        <v>6.3492063492063489E-2</v>
+        <v>5.3763440860215055E-2</v>
       </c>
       <c r="E45" s="20">
-        <v>7.6190476190476197E-2</v>
+        <v>9.1714104996837451E-2</v>
       </c>
       <c r="F45" s="20">
-        <v>4.6349206349206348E-2</v>
+        <v>7.5268817204301078E-2</v>
       </c>
       <c r="G45" s="20">
-        <v>0.31555555555555553</v>
+        <v>0.41302972802024035</v>
       </c>
       <c r="H45" s="26">
-        <v>3.8095238095238095E-3</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.8975332068311196E-3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A46" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B46" s="23">
-        <v>0.62758620689655176</v>
+        <v>0.68646864686468645</v>
       </c>
       <c r="C46" s="23">
-        <v>0.31379310344827588</v>
+        <v>0.48184818481848185</v>
       </c>
       <c r="D46" s="20">
-        <v>0.10344827586206896</v>
+        <v>8.5808580858085806E-2</v>
       </c>
       <c r="E46" s="20">
-        <v>0.20344827586206896</v>
+        <v>0.11881188118811881</v>
       </c>
       <c r="F46" s="20">
-        <v>5.5172413793103448E-2</v>
+        <v>9.9009900990099015E-2</v>
       </c>
       <c r="G46" s="20">
-        <v>0.25862068965517243</v>
+        <v>0.38283828382838286</v>
       </c>
       <c r="H46" s="26">
-        <v>6.8965517241379309E-3</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A47" s="9" t="s">
         <v>31</v>
       </c>
       <c r="B47" s="23">
-        <v>0.66294820717131475</v>
+        <v>0.7384615384615385</v>
       </c>
       <c r="C47" s="23">
-        <v>0.42151394422310756</v>
+        <v>0.49304029304029307</v>
       </c>
       <c r="D47" s="20">
-        <v>9.2430278884462147E-2</v>
+        <v>9.9633699633699641E-2</v>
       </c>
       <c r="E47" s="20">
-        <v>0.14581673306772908</v>
+        <v>0.14285714285714285</v>
       </c>
       <c r="F47" s="20">
-        <v>7.7290836653386458E-2</v>
+        <v>0.11428571428571428</v>
       </c>
       <c r="G47" s="20">
-        <v>0.34422310756972113</v>
+        <v>0.37875457875457874</v>
       </c>
       <c r="H47" s="26">
-        <v>3.1872509960159364E-3</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.9304029304029304E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A48" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B48" s="23">
-        <v>0.74358974358974361</v>
+        <v>0.9</v>
       </c>
       <c r="C48" s="23">
-        <v>0.59487179487179487</v>
+        <v>0.69199999999999995</v>
       </c>
       <c r="D48" s="20">
-        <v>3.5897435897435895E-2</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="E48" s="20">
-        <v>0.11282051282051282</v>
+        <v>0.13200000000000001</v>
       </c>
       <c r="F48" s="20">
-        <v>0.12307692307692308</v>
+        <v>0.12</v>
       </c>
       <c r="G48" s="20">
-        <v>0.47179487179487178</v>
+        <v>0.57199999999999995</v>
       </c>
       <c r="H48" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B49" s="23">
-        <v>0.84745762711864403</v>
+        <v>0.74576271186440679</v>
       </c>
       <c r="C49" s="23">
-        <v>0.55932203389830504</v>
+        <v>0.5423728813559322</v>
       </c>
       <c r="D49" s="20">
-        <v>8.4745762711864403E-2</v>
+        <v>6.7796610169491525E-2</v>
       </c>
       <c r="E49" s="20">
-        <v>0.1864406779661017</v>
+        <v>0.11864406779661017</v>
       </c>
       <c r="F49" s="20">
-        <v>5.0847457627118647E-2</v>
+        <v>0.13559322033898305</v>
       </c>
       <c r="G49" s="20">
-        <v>0.50847457627118642</v>
+        <v>0.40677966101694918</v>
       </c>
       <c r="H49" s="26">
         <v>1.6949152542372881E-2</v>
       </c>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A50" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B50" s="23">
-        <v>0.78125</v>
+        <v>0.7781818181818182</v>
       </c>
       <c r="C50" s="23">
-        <v>0.47767857142857145</v>
+        <v>0.50545454545454549</v>
       </c>
       <c r="D50" s="20">
-        <v>0.13392857142857142</v>
+        <v>0.11272727272727273</v>
       </c>
       <c r="E50" s="20">
-        <v>0.16517857142857142</v>
+        <v>0.16</v>
       </c>
       <c r="F50" s="20">
-        <v>0.14285714285714285</v>
+        <v>0.10909090909090909</v>
       </c>
       <c r="G50" s="20">
-        <v>0.33482142857142855</v>
+        <v>0.39636363636363636</v>
       </c>
       <c r="H50" s="26">
-        <v>4.464285714285714E-3</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A51" s="9" t="s">
         <v>35</v>
       </c>
       <c r="B51" s="23">
-        <v>0.84090909090909094</v>
+        <v>0.796875</v>
       </c>
       <c r="C51" s="23">
-        <v>0.59090909090909094</v>
+        <v>0.609375</v>
       </c>
       <c r="D51" s="20">
-        <v>9.0909090909090912E-2</v>
+        <v>4.6875E-2</v>
       </c>
       <c r="E51" s="20">
-        <v>0.15909090909090909</v>
+        <v>0.140625</v>
       </c>
       <c r="F51" s="20">
-        <v>6.8181818181818177E-2</v>
+        <v>7.8125E-2</v>
       </c>
       <c r="G51" s="20">
-        <v>0.52272727272727271</v>
+        <v>0.53125</v>
       </c>
       <c r="H51" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A52" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B52" s="23">
-        <v>0.69395711500974655</v>
+        <v>0.78224101479915431</v>
       </c>
       <c r="C52" s="23">
-        <v>0.42105263157894735</v>
+        <v>0.54968287526427062</v>
       </c>
       <c r="D52" s="20">
-        <v>0.12670565302144249</v>
+        <v>7.6109936575052856E-2</v>
       </c>
       <c r="E52" s="20">
-        <v>0.14035087719298245</v>
+        <v>0.15221987315010571</v>
       </c>
       <c r="F52" s="20">
-        <v>0.11500974658869395</v>
+        <v>0.12896405919661733</v>
       </c>
       <c r="G52" s="20">
-        <v>0.30604288499025339</v>
+        <v>0.42071881606765327</v>
       </c>
       <c r="H52" s="26">
-        <v>5.8479532163742687E-3</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>4.2283298097251587E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="9" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C53" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H53" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B54" s="23">
-        <v>0.61449016100178888</v>
+        <v>0.73821609862218995</v>
       </c>
       <c r="C54" s="23">
-        <v>0.45438282647584971</v>
+        <v>0.58883248730964466</v>
       </c>
       <c r="D54" s="20">
-        <v>5.9033989266547404E-2</v>
+        <v>5.2936910804931112E-2</v>
       </c>
       <c r="E54" s="20">
-        <v>9.4812164579606437E-2</v>
+        <v>8.9195068890500356E-2</v>
       </c>
       <c r="F54" s="20">
-        <v>6.6189624329159216E-2</v>
+        <v>9.1370558375634514E-2</v>
       </c>
       <c r="G54" s="20">
-        <v>0.38819320214669051</v>
+        <v>0.49746192893401014</v>
       </c>
       <c r="H54" s="26">
-        <v>6.2611806797853312E-3</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
+        <v>7.251631617113851E-3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A55" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B55" s="23">
-        <v>0.75958188153310102</v>
+        <v>0.83713355048859939</v>
       </c>
       <c r="C55" s="23">
-        <v>0.51916376306620204</v>
+        <v>0.5895765472312704</v>
       </c>
       <c r="D55" s="20">
-        <v>9.7560975609756101E-2</v>
+        <v>8.4690553745928335E-2</v>
       </c>
       <c r="E55" s="20">
-        <v>0.14285714285714285</v>
+        <v>0.15960912052117263</v>
       </c>
       <c r="F55" s="20">
-        <v>0.15331010452961671</v>
+        <v>0.15635179153094461</v>
       </c>
       <c r="G55" s="20">
-        <v>0.36585365853658536</v>
+        <v>0.43322475570032576</v>
       </c>
       <c r="H55" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.2573289902280132E-3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A56" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B56" s="23">
-        <v>0.71875</v>
+        <v>0.88990825688073394</v>
       </c>
       <c r="C56" s="23">
-        <v>0.4140625</v>
+        <v>0.6009174311926605</v>
       </c>
       <c r="D56" s="20">
-        <v>0.1328125</v>
+        <v>0.12844036697247707</v>
       </c>
       <c r="E56" s="20">
-        <v>0.1640625</v>
+        <v>0.16055045871559634</v>
       </c>
       <c r="F56" s="20">
-        <v>7.8125E-2</v>
+        <v>0.19266055045871561</v>
       </c>
       <c r="G56" s="20">
-        <v>0.3359375</v>
+        <v>0.40825688073394495</v>
       </c>
       <c r="H56" s="26">
-        <v>7.8125E-3</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A57" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B57" s="23">
-        <v>0.5218222363810131</v>
+        <v>0.61081402257872841</v>
       </c>
       <c r="C57" s="23">
-        <v>0.40872889455240524</v>
+        <v>0.48009506833036247</v>
       </c>
       <c r="D57" s="20">
-        <v>4.3644472762026126E-2</v>
+        <v>4.3672014260249553E-2</v>
       </c>
       <c r="E57" s="20">
-        <v>6.6900286715514498E-2</v>
+        <v>8.1402257872846107E-2</v>
       </c>
       <c r="F57" s="20">
-        <v>4.2370181586492514E-2</v>
+        <v>5.1990493166963754E-2</v>
       </c>
       <c r="G57" s="20">
-        <v>0.36635871296591271</v>
+        <v>0.42810457516339867</v>
       </c>
       <c r="H57" s="26">
-        <v>2.5485823510672189E-3</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.6446821152703504E-3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A58" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B58" s="23">
-        <v>0.56365403304178818</v>
+        <v>0.63961605584642234</v>
       </c>
       <c r="C58" s="23">
-        <v>0.39455782312925169</v>
+        <v>0.49040139616055844</v>
       </c>
       <c r="D58" s="20">
-        <v>6.0252672497570457E-2</v>
+        <v>4.7993019197207679E-2</v>
       </c>
       <c r="E58" s="20">
-        <v>0.10689990281827016</v>
+        <v>9.7731239092495634E-2</v>
       </c>
       <c r="F58" s="20">
-        <v>4.2759961127308066E-2</v>
+        <v>8.7260034904013961E-2</v>
       </c>
       <c r="G58" s="20">
-        <v>0.35179786200194363</v>
+        <v>0.40314136125654448</v>
       </c>
       <c r="H58" s="26">
-        <v>1.9436345966958211E-3</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.4904013961605585E-3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A59" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B59" s="24">
-        <v>0.73239436619718312</v>
+        <v>0.82334047109207709</v>
       </c>
       <c r="C59" s="24">
-        <v>0.48490945674044267</v>
+        <v>0.61777301927194861</v>
       </c>
       <c r="D59" s="21">
-        <v>0.10160965794768612</v>
+        <v>8.6723768736616705E-2</v>
       </c>
       <c r="E59" s="21">
-        <v>0.14386317907444668</v>
+        <v>0.11670235546038545</v>
       </c>
       <c r="F59" s="21">
-        <v>0.11569416498993963</v>
+        <v>0.11349036402569593</v>
       </c>
       <c r="G59" s="21">
-        <v>0.36921529175050299</v>
+        <v>0.50428265524625271</v>
       </c>
       <c r="H59" s="27">
-        <v>2.012072434607646E-3</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.1413276231263384E-3</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="33" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B60" s="34">
-        <v>0.63418406805877803</v>
+        <v>0.71289198606271775</v>
       </c>
       <c r="C60" s="34">
-        <v>0.46707736618929513</v>
+        <v>0.55189056652471291</v>
       </c>
       <c r="D60" s="35">
-        <v>6.1684934794783583E-2</v>
+        <v>5.683313975996903E-2</v>
       </c>
       <c r="E60" s="35">
-        <v>0.1025948742566072</v>
+        <v>0.10024519292811976</v>
       </c>
       <c r="F60" s="35">
-        <v>7.0965677254180334E-2</v>
+        <v>8.3726932507420318E-2</v>
       </c>
       <c r="G60" s="35">
-        <v>0.39611168893511484</v>
+        <v>0.46816363401729255</v>
       </c>
       <c r="H60" s="36">
-        <v>2.8268928180921141E-3</v>
+        <v>3.9230868499161185E-3</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="107" t="s">
-[...8 lines deleted...]
-      <c r="H61" s="107"/>
+      <c r="A61" s="76" t="s">
+        <v>74</v>
+      </c>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="76"/>
+      <c r="F61" s="76"/>
+      <c r="G61" s="76"/>
+      <c r="H61" s="76"/>
     </row>
     <row r="62" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="13" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B62" s="13"/>
       <c r="C62" s="13"/>
       <c r="D62" s="10"/>
       <c r="E62" s="11"/>
       <c r="F62" s="11"/>
       <c r="G62" s="11"/>
       <c r="H62" s="12"/>
     </row>
     <row r="63" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="44" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B63" s="13"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="14"/>
       <c r="F63" s="14"/>
       <c r="G63" s="14"/>
       <c r="H63" s="15" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B64" s="16"/>
       <c r="C64" s="16"/>
       <c r="D64" s="16"/>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A61:H61"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:L65"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:J4"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:L4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="10" width="12.85546875" style="79" customWidth="1"/>
+    <col min="1" max="1" width="17.90625" customWidth="1"/>
+    <col min="2" max="12" width="10.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
-      <c r="G1" s="64"/>
-[...4 lines deleted...]
-    <row r="2" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+    </row>
+    <row r="2" spans="1:12" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="65"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:10" s="1" customFormat="1" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
+    </row>
+    <row r="3" spans="1:12" s="1" customFormat="1" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
-      <c r="G3" s="66"/>
-[...5 lines deleted...]
-      <c r="A4" s="108" t="s">
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+    </row>
+    <row r="4" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="77" t="s">
+        <v>91</v>
+      </c>
+      <c r="B4" s="77"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+    </row>
+    <row r="5" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="67"/>
+      <c r="B5" s="66"/>
+      <c r="C5" s="66"/>
+      <c r="D5" s="66"/>
+      <c r="E5" s="66"/>
+      <c r="F5" s="66"/>
+      <c r="G5" s="66"/>
+      <c r="H5" s="66"/>
+      <c r="I5" s="66"/>
+      <c r="J5" s="66"/>
+      <c r="K5" s="66"/>
+      <c r="L5" s="66"/>
+    </row>
+    <row r="6" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="78"/>
+      <c r="B6" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="C6" s="79" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" s="79" t="s">
         <v>88</v>
       </c>
-      <c r="B4" s="108"/>
-[...32 lines deleted...]
-      <c r="E6" s="37" t="s">
+      <c r="E6" s="79" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="G6" s="80" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" s="81" t="s">
+        <v>76</v>
+      </c>
+      <c r="I6" s="81" t="s">
+        <v>77</v>
+      </c>
+      <c r="J6" s="81" t="s">
         <v>81</v>
       </c>
-      <c r="F6" s="37" t="s">
-[...16 lines deleted...]
-      <c r="A7" s="8" t="s">
+      <c r="K6" s="81" t="s">
+        <v>80</v>
+      </c>
+      <c r="L6" s="59" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="39" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="39">
+      <c r="B7" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" s="83">
         <v>0.71223021582733814</v>
       </c>
-      <c r="E7" s="39">
-[...2 lines deleted...]
-      <c r="F7" s="39">
+      <c r="E7" s="83">
         <v>0.60162601626016265</v>
       </c>
-      <c r="G7" s="82" t="s">
-[...5 lines deleted...]
-      <c r="I7" s="84">
+      <c r="F7" s="83">
+        <v>0.73118279569892475</v>
+      </c>
+      <c r="G7" s="84" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" s="85" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="86">
         <v>-11.060419956717549</v>
       </c>
-      <c r="J7" s="69" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="J7" s="86" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" s="87">
+        <v>12.955677943876209</v>
+      </c>
+      <c r="L7" s="39" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="23">
+      <c r="B8" s="89">
         <v>0.46078431372549017</v>
       </c>
-      <c r="C8" s="23">
+      <c r="C8" s="89">
         <v>0.62679425837320579</v>
       </c>
-      <c r="D8" s="23">
+      <c r="D8" s="89">
         <v>0.68137254901960786</v>
       </c>
-      <c r="E8" s="23">
-[...2 lines deleted...]
-      <c r="F8" s="23">
+      <c r="E8" s="89">
         <v>0.69950738916256161</v>
       </c>
-      <c r="G8" s="85">
+      <c r="F8" s="89">
+        <v>0.84037558685446012</v>
+      </c>
+      <c r="G8" s="90">
         <v>16.600994464771563</v>
       </c>
-      <c r="H8" s="86">
+      <c r="H8" s="91">
         <v>5.4578290646402072</v>
       </c>
       <c r="I8" s="87">
         <v>1.8134840142953745</v>
       </c>
-      <c r="J8" s="70">
-[...4 lines deleted...]
-      <c r="A9" s="9" t="s">
+      <c r="J8" s="87">
+        <v>15.900303783485226</v>
+      </c>
+      <c r="K8" s="87">
+        <v>14.086819769189852</v>
+      </c>
+      <c r="L8" s="60">
+        <v>21.358132848125432</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A9" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="23">
+      <c r="B9" s="89">
         <v>0.25842696629213485</v>
       </c>
-      <c r="C9" s="23">
+      <c r="C9" s="89">
         <v>0.48765432098765432</v>
       </c>
-      <c r="D9" s="23">
+      <c r="D9" s="89">
         <v>0.70731707317073167</v>
       </c>
-      <c r="E9" s="23">
-[...2 lines deleted...]
-      <c r="F9" s="23">
+      <c r="E9" s="89">
         <v>0.62328767123287676</v>
       </c>
-      <c r="G9" s="85">
+      <c r="F9" s="89">
+        <v>0.62913907284768211</v>
+      </c>
+      <c r="G9" s="90">
         <v>22.922735469551945</v>
       </c>
-      <c r="H9" s="86">
+      <c r="H9" s="91">
         <v>21.966275218307736</v>
       </c>
-      <c r="I9" s="87">
+      <c r="I9" s="92">
         <v>-8.40294019378549</v>
       </c>
-      <c r="J9" s="70">
-[...4 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="J9" s="92">
+        <v>-7.8178000323049552</v>
+      </c>
+      <c r="K9" s="87">
+        <v>0.58514016148053516</v>
+      </c>
+      <c r="L9" s="60">
+        <v>14.148475186002779</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A10" s="88" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="23">
+      <c r="B10" s="89">
         <v>0.52671755725190839</v>
       </c>
-      <c r="C10" s="23">
+      <c r="C10" s="89">
         <v>0.73202614379084963</v>
       </c>
-      <c r="D10" s="23">
+      <c r="D10" s="89">
         <v>0.75342465753424659</v>
       </c>
-      <c r="E10" s="23">
-[...2 lines deleted...]
-      <c r="F10" s="23">
+      <c r="E10" s="89">
         <v>0.82307692307692304</v>
       </c>
-      <c r="G10" s="85">
+      <c r="F10" s="89">
+        <v>0.92727272727272725</v>
+      </c>
+      <c r="G10" s="90">
         <v>20.530858653894125</v>
       </c>
-      <c r="H10" s="86">
+      <c r="H10" s="91">
         <v>2.1398513743396963</v>
       </c>
       <c r="I10" s="87">
         <v>6.9652265542676446</v>
       </c>
-      <c r="J10" s="70">
-[...4 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="J10" s="87">
+        <v>17.384806973848065</v>
+      </c>
+      <c r="K10" s="87">
+        <v>10.41958041958042</v>
+      </c>
+      <c r="L10" s="60">
+        <v>19.524658348187764</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A11" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="23">
+      <c r="B11" s="89">
         <v>0.44334975369458129</v>
       </c>
-      <c r="C11" s="23">
+      <c r="C11" s="89">
         <v>0.51977401129943501</v>
       </c>
-      <c r="D11" s="23">
+      <c r="D11" s="89">
         <v>0.58737864077669899</v>
       </c>
-      <c r="E11" s="23">
-[...2 lines deleted...]
-      <c r="F11" s="23">
+      <c r="E11" s="89">
         <v>0.7361702127659574</v>
       </c>
-      <c r="G11" s="85">
+      <c r="F11" s="89">
+        <v>0.76865671641791045</v>
+      </c>
+      <c r="G11" s="90">
         <v>7.6424257604853718</v>
       </c>
-      <c r="H11" s="86">
+      <c r="H11" s="91">
         <v>6.7604629477263973</v>
       </c>
       <c r="I11" s="87">
         <v>14.87915719892584</v>
       </c>
-      <c r="J11" s="70">
-[...4 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="J11" s="87">
+        <v>18.127807564121145</v>
+      </c>
+      <c r="K11" s="87">
+        <v>3.2486503651953047</v>
+      </c>
+      <c r="L11" s="60">
+        <v>24.888270511847544</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A12" s="88" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="23">
+      <c r="B12" s="89">
         <v>0.48221343873517786</v>
       </c>
-      <c r="C12" s="23">
+      <c r="C12" s="89">
         <v>0.58496732026143794</v>
       </c>
-      <c r="D12" s="23">
+      <c r="D12" s="89">
         <v>0.68581081081081086</v>
       </c>
-      <c r="E12" s="23">
-[...2 lines deleted...]
-      <c r="F12" s="23">
+      <c r="E12" s="89">
         <v>0.66167664670658688</v>
       </c>
-      <c r="G12" s="85">
+      <c r="F12" s="89">
+        <v>0.7443820224719101</v>
+      </c>
+      <c r="G12" s="90">
         <v>10.275388152626007</v>
       </c>
-      <c r="H12" s="86">
+      <c r="H12" s="91">
         <v>10.084349054937292</v>
       </c>
-      <c r="I12" s="87">
+      <c r="I12" s="92">
         <v>-2.4134164104223976</v>
       </c>
-      <c r="J12" s="70">
-[...4 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="J12" s="87">
+        <v>5.8571211661099243</v>
+      </c>
+      <c r="K12" s="87">
+        <v>8.2705375765323215</v>
+      </c>
+      <c r="L12" s="60">
+        <v>15.941470221047215</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A13" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="23">
+      <c r="B13" s="89">
         <v>0.41116751269035534</v>
       </c>
-      <c r="C13" s="23">
+      <c r="C13" s="89">
         <v>0.58019525801952576</v>
       </c>
-      <c r="D13" s="23">
+      <c r="D13" s="89">
         <v>0.63367799113737078</v>
       </c>
-      <c r="E13" s="23">
-[...2 lines deleted...]
-      <c r="F13" s="23">
+      <c r="E13" s="89">
         <v>0.63524590163934425</v>
       </c>
-      <c r="G13" s="85">
+      <c r="F13" s="89">
+        <v>0.77018633540372672</v>
+      </c>
+      <c r="G13" s="90">
         <v>16.902774532917043</v>
       </c>
-      <c r="H13" s="86">
+      <c r="H13" s="91">
         <v>5.3482733117845012</v>
       </c>
       <c r="I13" s="87">
         <v>0.15679105019734685</v>
       </c>
-      <c r="J13" s="70">
-[...4 lines deleted...]
-      <c r="A14" s="9" t="s">
+      <c r="J13" s="87">
+        <v>13.650834426635594</v>
+      </c>
+      <c r="K13" s="87">
+        <v>13.494043376438247</v>
+      </c>
+      <c r="L13" s="60">
+        <v>18.999107738420097</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A14" s="88" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="23">
+      <c r="B14" s="89">
         <v>0.3392857142857143</v>
       </c>
-      <c r="C14" s="23">
+      <c r="C14" s="89">
         <v>0.50487329434697858</v>
       </c>
-      <c r="D14" s="23">
+      <c r="D14" s="89">
         <v>0.60317460317460314</v>
       </c>
-      <c r="E14" s="23">
-[...2 lines deleted...]
-      <c r="F14" s="23">
+      <c r="E14" s="89">
         <v>0.64040517726505342</v>
       </c>
-      <c r="G14" s="85">
+      <c r="F14" s="89">
+        <v>0.7611607142857143</v>
+      </c>
+      <c r="G14" s="90">
         <v>16.558758006126428</v>
       </c>
-      <c r="H14" s="86">
+      <c r="H14" s="91">
         <v>9.8301308827624556</v>
       </c>
       <c r="I14" s="87">
         <v>3.7230574090450275</v>
       </c>
-      <c r="J14" s="70">
-[...4 lines deleted...]
-      <c r="A15" s="9" t="s">
+      <c r="J14" s="87">
+        <v>15.798611111111116</v>
+      </c>
+      <c r="K14" s="87">
+        <v>12.075553702066088</v>
+      </c>
+      <c r="L14" s="60">
+        <v>25.628741993873572</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A15" s="88" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A16" s="9" t="s">
+      <c r="B15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J15" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="L15" s="61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A16" s="88" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="23">
+      <c r="B16" s="89">
         <v>0.51388888888888884</v>
       </c>
-      <c r="C16" s="23">
+      <c r="C16" s="89">
         <v>0.77777777777777779</v>
       </c>
-      <c r="D16" s="23">
+      <c r="D16" s="89">
         <v>0.64</v>
       </c>
-      <c r="E16" s="23">
-[...2 lines deleted...]
-      <c r="F16" s="23">
+      <c r="E16" s="89">
         <v>0.56338028169014087</v>
       </c>
-      <c r="G16" s="85">
+      <c r="F16" s="89">
+        <v>0.68253968253968256</v>
+      </c>
+      <c r="G16" s="90">
         <v>26.388888888888896</v>
       </c>
-      <c r="H16" s="86">
+      <c r="H16" s="97">
         <v>-13.777777777777779</v>
       </c>
-      <c r="I16" s="87">
+      <c r="I16" s="92">
         <v>-7.6619718309859142</v>
       </c>
-      <c r="J16" s="70">
-[...4 lines deleted...]
-      <c r="A17" s="9" t="s">
+      <c r="J16" s="87">
+        <v>4.2539682539682548</v>
+      </c>
+      <c r="K16" s="87">
+        <v>11.915940084954169</v>
+      </c>
+      <c r="L16" s="62">
+        <v>-9.5238095238095237</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A17" s="88" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="23">
+      <c r="B17" s="89">
         <v>0.3644859813084112</v>
       </c>
-      <c r="C17" s="23">
+      <c r="C17" s="89">
         <v>0.68656716417910446</v>
       </c>
-      <c r="D17" s="23">
+      <c r="D17" s="89">
         <v>0.62566844919786091</v>
       </c>
-      <c r="E17" s="23">
-[...2 lines deleted...]
-      <c r="F17" s="23">
+      <c r="E17" s="89">
         <v>0.57547169811320753</v>
       </c>
-      <c r="G17" s="85">
+      <c r="F17" s="89">
+        <v>0.66265060240963858</v>
+      </c>
+      <c r="G17" s="90">
         <v>32.208118287069325</v>
       </c>
-      <c r="H17" s="86">
+      <c r="H17" s="97">
         <v>-6.0898714981243547</v>
       </c>
-      <c r="I17" s="87">
+      <c r="I17" s="92">
         <v>-5.0196751084653375</v>
       </c>
-      <c r="J17" s="70">
-[...4 lines deleted...]
-      <c r="A18" s="9" t="s">
+      <c r="J17" s="87">
+        <v>3.6982153211777669</v>
+      </c>
+      <c r="K17" s="87">
+        <v>8.7178904296431057</v>
+      </c>
+      <c r="L17" s="62">
+        <v>-2.3916561769465883</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A18" s="88" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="23">
+      <c r="B18" s="89">
         <v>0.48837209302325579</v>
       </c>
-      <c r="C18" s="23">
+      <c r="C18" s="89">
         <v>0.65900383141762453</v>
       </c>
-      <c r="D18" s="23">
+      <c r="D18" s="89">
         <v>0.69077757685352625</v>
       </c>
-      <c r="E18" s="23">
-[...2 lines deleted...]
-      <c r="F18" s="23">
+      <c r="E18" s="89">
         <v>0.7007299270072993</v>
       </c>
-      <c r="G18" s="85">
+      <c r="F18" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="90">
         <v>17.063173839436875</v>
       </c>
-      <c r="H18" s="86">
+      <c r="H18" s="91">
         <v>3.1773745435901724</v>
       </c>
-      <c r="I18" s="87">
+      <c r="I18" s="92">
         <v>0.99523501537730485</v>
       </c>
-      <c r="J18" s="70">
-[...4 lines deleted...]
-      <c r="A19" s="9" t="s">
+      <c r="J18" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="L18" s="61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A19" s="88" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="23">
+      <c r="B19" s="89">
         <v>0.43472409152086139</v>
       </c>
-      <c r="C19" s="23">
+      <c r="C19" s="89">
         <v>0.63622526636225263</v>
       </c>
-      <c r="D19" s="23">
+      <c r="D19" s="89">
         <v>0.58902077151335308</v>
       </c>
-      <c r="E19" s="23">
-[...2 lines deleted...]
-      <c r="F19" s="23">
+      <c r="E19" s="89">
         <v>0.5938375350140056</v>
       </c>
-      <c r="G19" s="85">
+      <c r="F19" s="89">
+        <v>0.67678100263852248</v>
+      </c>
+      <c r="G19" s="90">
         <v>20.150117484139123</v>
       </c>
-      <c r="H19" s="86">
+      <c r="H19" s="97">
         <v>-4.7204494848899543</v>
       </c>
-      <c r="I19" s="87">
+      <c r="I19" s="92">
         <v>0.48167635006525211</v>
       </c>
-      <c r="J19" s="70">
-[...4 lines deleted...]
-      <c r="A20" s="9" t="s">
+      <c r="J19" s="87">
+        <v>8.7760231125169401</v>
+      </c>
+      <c r="K19" s="87">
+        <v>8.2943467624516884</v>
+      </c>
+      <c r="L19" s="60">
+        <v>4.0555736276269849</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A20" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="23">
+      <c r="B20" s="89">
         <v>0.42857142857142855</v>
       </c>
-      <c r="C20" s="23">
+      <c r="C20" s="89">
         <v>0.72839506172839508</v>
       </c>
-      <c r="D20" s="23">
+      <c r="D20" s="89">
         <v>0.63095238095238093</v>
       </c>
-      <c r="E20" s="23">
-[...2 lines deleted...]
-      <c r="F20" s="23">
+      <c r="E20" s="89">
         <v>0.86301369863013699</v>
       </c>
-      <c r="G20" s="85">
+      <c r="F20" s="89">
+        <v>0.90588235294117647</v>
+      </c>
+      <c r="G20" s="90">
         <v>29.982363315696652</v>
       </c>
-      <c r="H20" s="86">
+      <c r="H20" s="97">
         <v>-9.744268077601415</v>
       </c>
       <c r="I20" s="87">
         <v>23.206131767775606</v>
       </c>
-      <c r="J20" s="70">
-[...4 lines deleted...]
-      <c r="A21" s="9" t="s">
+      <c r="J20" s="87">
+        <v>27.492997198879554</v>
+      </c>
+      <c r="K20" s="87">
+        <v>4.2868654311039478</v>
+      </c>
+      <c r="L20" s="60">
+        <v>17.748729121278139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A21" s="88" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="23">
+      <c r="B21" s="89">
         <v>0.46629213483146065</v>
       </c>
-      <c r="C21" s="23">
+      <c r="C21" s="89">
         <v>0.79113924050632911</v>
       </c>
-      <c r="D21" s="23">
+      <c r="D21" s="89">
         <v>0.73376623376623373</v>
       </c>
-      <c r="E21" s="23">
-[...2 lines deleted...]
-      <c r="F21" s="23">
+      <c r="E21" s="89">
         <v>0.71917808219178081</v>
       </c>
-      <c r="G21" s="85">
+      <c r="F21" s="89">
+        <v>0.79452054794520544</v>
+      </c>
+      <c r="G21" s="90">
         <v>32.484710567486843</v>
       </c>
-      <c r="H21" s="86">
+      <c r="H21" s="97">
         <v>-5.7373006740095374</v>
       </c>
-      <c r="I21" s="87">
+      <c r="I21" s="92">
         <v>-1.4588151574452923</v>
       </c>
-      <c r="J21" s="70">
-[...4 lines deleted...]
-      <c r="A22" s="9" t="s">
+      <c r="J21" s="87">
+        <v>6.0754314178971702</v>
+      </c>
+      <c r="K21" s="87">
+        <v>7.534246575342463</v>
+      </c>
+      <c r="L21" s="62">
+        <v>0.33813074388763242</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A22" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="23">
+      <c r="B22" s="89">
         <v>0.49915682967959529</v>
       </c>
-      <c r="C22" s="23">
+      <c r="C22" s="89">
         <v>0.6843033509700176</v>
       </c>
-      <c r="D22" s="23">
+      <c r="D22" s="89">
         <v>0.72222222222222221</v>
       </c>
-      <c r="E22" s="23">
-[...2 lines deleted...]
-      <c r="F22" s="23">
+      <c r="E22" s="89">
         <v>0.7799352750809061</v>
       </c>
-      <c r="G22" s="85">
+      <c r="F22" s="89">
+        <v>0.84591679506933748</v>
+      </c>
+      <c r="G22" s="90">
         <v>18.514652129042229</v>
       </c>
-      <c r="H22" s="86">
+      <c r="H22" s="91">
         <v>3.7918871252204611</v>
       </c>
       <c r="I22" s="87">
         <v>5.7713052858683884</v>
       </c>
-      <c r="J22" s="70">
-[...4 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="J22" s="87">
+        <v>12.369457284711526</v>
+      </c>
+      <c r="K22" s="87">
+        <v>6.5981519988431376</v>
+      </c>
+      <c r="L22" s="60">
+        <v>16.161344409931989</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A23" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="23">
+      <c r="B23" s="89">
         <v>0.5736434108527132</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="89">
         <v>0.72564102564102562</v>
       </c>
-      <c r="D23" s="23">
+      <c r="D23" s="89">
         <v>0.71587743732590525</v>
       </c>
-      <c r="E23" s="23">
-[...2 lines deleted...]
-      <c r="F23" s="23">
+      <c r="E23" s="89">
         <v>0.75227272727272732</v>
       </c>
-      <c r="G23" s="85">
+      <c r="F23" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="90">
         <v>15.199761478831242</v>
       </c>
-      <c r="H23" s="86">
+      <c r="H23" s="97">
         <v>-0.9763588315120364</v>
       </c>
       <c r="I23" s="87">
         <v>3.6395289946822063</v>
       </c>
-      <c r="J23" s="70">
-[...4 lines deleted...]
-      <c r="A24" s="9" t="s">
+      <c r="J23" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K23" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="L23" s="61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A24" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="23">
+      <c r="B24" s="89">
         <v>0.42105263157894735</v>
       </c>
-      <c r="C24" s="23">
+      <c r="C24" s="89">
         <v>0.48920863309352519</v>
       </c>
-      <c r="D24" s="23">
+      <c r="D24" s="89">
         <v>0.59047619047619049</v>
       </c>
-      <c r="E24" s="23">
-[...2 lines deleted...]
-      <c r="F24" s="23">
+      <c r="E24" s="89">
         <v>0.67474747474747476</v>
       </c>
-      <c r="G24" s="85">
+      <c r="F24" s="89">
+        <v>0.73930753564154783</v>
+      </c>
+      <c r="G24" s="90">
         <v>6.8156001514577849</v>
       </c>
-      <c r="H24" s="86">
+      <c r="H24" s="91">
         <v>10.12675573826653</v>
       </c>
       <c r="I24" s="87">
         <v>8.4271284271284266</v>
       </c>
-      <c r="J24" s="70">
-[...4 lines deleted...]
-      <c r="A25" s="9" t="s">
+      <c r="J24" s="87">
+        <v>14.883134516535733</v>
+      </c>
+      <c r="K24" s="87">
+        <v>6.4560060894073068</v>
+      </c>
+      <c r="L24" s="60">
+        <v>25.009890254802265</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A25" s="88" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="23">
+      <c r="B25" s="89">
         <v>0.65359477124183007</v>
       </c>
-      <c r="C25" s="23">
+      <c r="C25" s="89">
         <v>0.73469387755102045</v>
       </c>
-      <c r="D25" s="23">
+      <c r="D25" s="89">
         <v>0.77922077922077926</v>
       </c>
-      <c r="E25" s="23">
-[...2 lines deleted...]
-      <c r="F25" s="23">
+      <c r="E25" s="89">
         <v>0.82222222222222219</v>
       </c>
-      <c r="G25" s="85">
+      <c r="F25" s="89">
+        <v>0.89265536723163841</v>
+      </c>
+      <c r="G25" s="90">
         <v>8.1099106309190372</v>
       </c>
-      <c r="H25" s="86">
+      <c r="H25" s="91">
         <v>4.4526901669758807</v>
       </c>
       <c r="I25" s="87">
         <v>4.3001443001442929</v>
       </c>
-      <c r="J25" s="70">
-[...4 lines deleted...]
-      <c r="A26" s="9" t="s">
+      <c r="J25" s="87">
+        <v>11.343458801085916</v>
+      </c>
+      <c r="K25" s="87">
+        <v>7.043314500941622</v>
+      </c>
+      <c r="L25" s="60">
+        <v>15.796148968061797</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A26" s="88" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="23">
+      <c r="B26" s="89">
         <v>0</v>
       </c>
-      <c r="C26" s="23">
+      <c r="C26" s="89">
         <v>0.43859649122807015</v>
       </c>
-      <c r="D26" s="23">
+      <c r="D26" s="89">
         <v>0.62790697674418605</v>
       </c>
-      <c r="E26" s="23">
-[...2 lines deleted...]
-      <c r="F26" s="23">
+      <c r="E26" s="89">
         <v>0.59060402684563762</v>
       </c>
-      <c r="G26" s="85">
+      <c r="F26" s="89">
+        <v>0.74380165289256195</v>
+      </c>
+      <c r="G26" s="90">
         <v>43.859649122807014</v>
       </c>
-      <c r="H26" s="86">
+      <c r="H26" s="91">
         <v>18.931048551611589</v>
       </c>
-      <c r="I26" s="87">
+      <c r="I26" s="92">
         <v>-3.7302949898548432</v>
       </c>
-      <c r="J26" s="70">
-[...4 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="J26" s="92">
+        <v>11.58946761483759</v>
+      </c>
+      <c r="K26" s="87">
+        <v>15.319762604692432</v>
+      </c>
+      <c r="L26" s="60">
+        <v>30.52051616644918</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A27" s="88" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="23">
+      <c r="B27" s="89">
         <v>0.45655125594025797</v>
       </c>
-      <c r="C27" s="23">
+      <c r="C27" s="89">
         <v>0.61067374588062984</v>
       </c>
-      <c r="D27" s="23">
+      <c r="D27" s="89">
         <v>0.63487450462351391</v>
       </c>
-      <c r="E27" s="23">
-[...2 lines deleted...]
-      <c r="F27" s="23">
+      <c r="E27" s="89">
         <v>0.66933223413025555</v>
       </c>
-      <c r="G27" s="85">
+      <c r="F27" s="89">
+        <v>0.74456007568590354</v>
+      </c>
+      <c r="G27" s="90">
         <v>15.412248994037187</v>
       </c>
-      <c r="H27" s="86">
+      <c r="H27" s="91">
         <v>2.4200758742884076</v>
       </c>
       <c r="I27" s="87">
         <v>3.4457729506741641</v>
       </c>
-      <c r="J27" s="70">
-[...4 lines deleted...]
-      <c r="A28" s="28" t="s">
+      <c r="J27" s="87">
+        <v>10.968557106238963</v>
+      </c>
+      <c r="K27" s="87">
+        <v>7.522784155564799</v>
+      </c>
+      <c r="L27" s="60">
+        <v>13.388632980527371</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A28" s="98" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" s="99">
+        <v>0.51874062968515744</v>
+      </c>
+      <c r="C28" s="99">
+        <v>0.65611990008326393</v>
+      </c>
+      <c r="D28" s="99">
+        <v>0.69886363636363635</v>
+      </c>
+      <c r="E28" s="99">
+        <v>0.7288389513108614</v>
+      </c>
+      <c r="F28" s="99">
+        <v>0.81417112299465244</v>
+      </c>
+      <c r="G28" s="100">
+        <v>13.73792703981065</v>
+      </c>
+      <c r="H28" s="101">
+        <v>4.2743736280372424</v>
+      </c>
+      <c r="I28" s="102">
+        <v>2.9975314947225051</v>
+      </c>
+      <c r="J28" s="102">
+        <v>11.530748663101608</v>
+      </c>
+      <c r="K28" s="102">
+        <v>8.5332171683791032</v>
+      </c>
+      <c r="L28" s="63">
+        <v>15.805122291138851</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A29" s="98" t="s">
+        <v>67</v>
+      </c>
+      <c r="B29" s="99">
+        <v>0.52370203160270878</v>
+      </c>
+      <c r="C29" s="99">
+        <v>0.67724867724867721</v>
+      </c>
+      <c r="D29" s="99">
+        <v>0.70395421436004157</v>
+      </c>
+      <c r="E29" s="99">
+        <v>0.74449132676980778</v>
+      </c>
+      <c r="F29" s="99">
+        <v>0.80916703393565448</v>
+      </c>
+      <c r="G29" s="100">
+        <v>15.354664564596842</v>
+      </c>
+      <c r="H29" s="101">
+        <v>2.6705537111364364</v>
+      </c>
+      <c r="I29" s="102">
+        <v>4.0537112409766207</v>
+      </c>
+      <c r="J29" s="102">
+        <v>10.521281957561291</v>
+      </c>
+      <c r="K29" s="102">
+        <v>6.4675707165846692</v>
+      </c>
+      <c r="L29" s="63">
+        <v>13.191835668697728</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A30" s="98" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" s="99">
+        <v>0.44897959183673469</v>
+      </c>
+      <c r="C30" s="99">
+        <v>0.58367346938775511</v>
+      </c>
+      <c r="D30" s="99">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="E30" s="99">
+        <v>0.64761904761904765</v>
+      </c>
+      <c r="F30" s="99">
+        <v>0.81497797356828194</v>
+      </c>
+      <c r="G30" s="100">
+        <v>13.469387755102041</v>
+      </c>
+      <c r="H30" s="101">
+        <v>8.2993197278911524</v>
+      </c>
+      <c r="I30" s="103">
+        <v>-1.904761904761898</v>
+      </c>
+      <c r="J30" s="102">
+        <v>14.831130690161531</v>
+      </c>
+      <c r="K30" s="103">
+        <v>16.735892594923428</v>
+      </c>
+      <c r="L30" s="63">
+        <v>23.130450418052682</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A31" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="B31" s="99">
+        <v>0.50257584430452207</v>
+      </c>
+      <c r="C31" s="99">
+        <v>0.66992068334350219</v>
+      </c>
+      <c r="D31" s="99">
+        <v>0.66476190476190478</v>
+      </c>
+      <c r="E31" s="99">
+        <v>0.67559697146185205</v>
+      </c>
+      <c r="F31" s="99">
+        <v>0.72351571594877762</v>
+      </c>
+      <c r="G31" s="100">
+        <v>16.734483903898013</v>
+      </c>
+      <c r="H31" s="104">
+        <v>-0.51587785815974119</v>
+      </c>
+      <c r="I31" s="102">
+        <v>1.0835066699947271</v>
+      </c>
+      <c r="J31" s="102">
+        <v>5.875381118687284</v>
+      </c>
+      <c r="K31" s="102">
+        <v>4.7918744486925569</v>
+      </c>
+      <c r="L31" s="63">
+        <v>5.3595032605275428</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A32" s="98" t="s">
+        <v>54</v>
+      </c>
+      <c r="B32" s="99">
+        <v>0.39842141386410435</v>
+      </c>
+      <c r="C32" s="99">
+        <v>0.53417066863686735</v>
+      </c>
+      <c r="D32" s="99">
+        <v>0.54955621301775148</v>
+      </c>
+      <c r="E32" s="99">
+        <v>0.61244190203789772</v>
+      </c>
+      <c r="F32" s="99">
+        <v>0.68509041282838623</v>
+      </c>
+      <c r="G32" s="100">
+        <v>13.574925477276301</v>
+      </c>
+      <c r="H32" s="101">
+        <v>1.5385544380884131</v>
+      </c>
+      <c r="I32" s="102">
+        <v>6.2885689020146245</v>
+      </c>
+      <c r="J32" s="102">
+        <v>13.553419981063474</v>
+      </c>
+      <c r="K32" s="102">
+        <v>7.2648510790488512</v>
+      </c>
+      <c r="L32" s="63">
+        <v>15.091974419151889</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A33" s="98" t="s">
         <v>69</v>
       </c>
-      <c r="B28" s="58">
-[...28 lines deleted...]
-      <c r="A29" s="28" t="s">
+      <c r="B33" s="99">
+        <v>0.43352059925093633</v>
+      </c>
+      <c r="C33" s="99">
+        <v>0.6067415730337079</v>
+      </c>
+      <c r="D33" s="99">
+        <v>0.62859884836852209</v>
+      </c>
+      <c r="E33" s="99">
+        <v>0.57072205736894166</v>
+      </c>
+      <c r="F33" s="99">
+        <v>0.7142857142857143</v>
+      </c>
+      <c r="G33" s="100">
+        <v>17.322097378277157</v>
+      </c>
+      <c r="H33" s="101">
+        <v>2.1857275334814186</v>
+      </c>
+      <c r="I33" s="103">
+        <v>-5.7876790999580425</v>
+      </c>
+      <c r="J33" s="102">
+        <v>8.5686865917192208</v>
+      </c>
+      <c r="K33" s="103">
+        <v>14.356365691677265</v>
+      </c>
+      <c r="L33" s="63">
+        <v>10.75441412520064</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A34" s="98" t="s">
         <v>70</v>
       </c>
-      <c r="B29" s="58">
-[...28 lines deleted...]
-      <c r="A30" s="28" t="s">
+      <c r="B34" s="99">
+        <v>0.41945525291828795</v>
+      </c>
+      <c r="C34" s="99">
+        <v>0.58130978660779986</v>
+      </c>
+      <c r="D34" s="99">
+        <v>0.61446540880503142</v>
+      </c>
+      <c r="E34" s="99">
+        <v>0.68074602303894682</v>
+      </c>
+      <c r="F34" s="99">
+        <v>0.75919568415890137</v>
+      </c>
+      <c r="G34" s="100">
+        <v>16.18545336895119</v>
+      </c>
+      <c r="H34" s="101">
+        <v>3.315562219723156</v>
+      </c>
+      <c r="I34" s="102">
+        <v>6.6280614233915403</v>
+      </c>
+      <c r="J34" s="102">
+        <v>14.473027535386995</v>
+      </c>
+      <c r="K34" s="102">
+        <v>7.844966111995455</v>
+      </c>
+      <c r="L34" s="63">
+        <v>17.788589755110152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A35" s="98" t="s">
         <v>71</v>
       </c>
-      <c r="B30" s="58">
-[...159 lines deleted...]
-      <c r="B35" s="58">
+      <c r="B35" s="99">
         <v>0.4028846153846154</v>
       </c>
-      <c r="C35" s="58">
+      <c r="C35" s="99">
         <v>0.60358565737051795</v>
       </c>
-      <c r="D35" s="58">
+      <c r="D35" s="99">
         <v>0.63857677902621723</v>
       </c>
-      <c r="E35" s="58">
-[...2 lines deleted...]
-      <c r="F35" s="58">
+      <c r="E35" s="99">
         <v>0.66213768115942029</v>
       </c>
-      <c r="G35" s="91">
+      <c r="F35" s="99">
+        <v>0.68928220255653883</v>
+      </c>
+      <c r="G35" s="100">
         <v>20.070104198590254</v>
       </c>
-      <c r="H35" s="92">
+      <c r="H35" s="101">
         <v>3.4991121655699287</v>
       </c>
-      <c r="I35" s="93">
+      <c r="I35" s="100">
         <v>2.3560902133203054</v>
       </c>
-      <c r="J35" s="72">
-[...4 lines deleted...]
-      <c r="A36" s="9" t="s">
+      <c r="J35" s="100">
+        <v>5.0705423530321596</v>
+      </c>
+      <c r="K35" s="100">
+        <v>2.7144521397118537</v>
+      </c>
+      <c r="L35" s="63">
+        <v>8.5696545186020874</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A36" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="B36" s="23">
+      <c r="B36" s="89">
         <v>0.47280334728033474</v>
       </c>
-      <c r="C36" s="23">
+      <c r="C36" s="89">
         <v>0.62272727272727268</v>
       </c>
-      <c r="D36" s="23">
+      <c r="D36" s="89">
         <v>0.67272727272727273</v>
       </c>
-      <c r="E36" s="23">
-[...2 lines deleted...]
-      <c r="F36" s="23">
+      <c r="E36" s="89">
         <v>0.70588235294117652</v>
       </c>
-      <c r="G36" s="85">
+      <c r="F36" s="89">
+        <v>0.79190751445086704</v>
+      </c>
+      <c r="G36" s="90">
         <v>14.992392544693795</v>
       </c>
-      <c r="H36" s="86">
+      <c r="H36" s="91">
         <v>5.0000000000000044</v>
       </c>
       <c r="I36" s="87">
         <v>3.3155080213903787</v>
       </c>
-      <c r="J36" s="70">
-[...4 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="J36" s="87">
+        <v>11.918024172359431</v>
+      </c>
+      <c r="K36" s="87">
+        <v>8.602516150969052</v>
+      </c>
+      <c r="L36" s="60">
+        <v>16.918024172359438</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A37" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="B37" s="23">
+      <c r="B37" s="89">
         <v>0.3501259445843829</v>
       </c>
-      <c r="C37" s="23">
+      <c r="C37" s="89">
         <v>0.49566891241578442</v>
       </c>
-      <c r="D37" s="23">
+      <c r="D37" s="89">
         <v>0.50877192982456143</v>
       </c>
-      <c r="E37" s="23">
-[...2 lines deleted...]
-      <c r="F37" s="23">
+      <c r="E37" s="89">
         <v>0.52152641878669281</v>
       </c>
-      <c r="G37" s="85">
+      <c r="F37" s="89">
+        <v>0.59090909090909094</v>
+      </c>
+      <c r="G37" s="90">
         <v>14.554296783140153</v>
       </c>
-      <c r="H37" s="86">
+      <c r="H37" s="91">
         <v>1.3103017408777007</v>
       </c>
       <c r="I37" s="87">
         <v>1.2754488962131383</v>
       </c>
-      <c r="J37" s="70">
-[...4 lines deleted...]
-      <c r="A38" s="9" t="s">
+      <c r="J37" s="87">
+        <v>8.2137161084529513</v>
+      </c>
+      <c r="K37" s="87">
+        <v>6.938267212239813</v>
+      </c>
+      <c r="L37" s="60">
+        <v>9.5240178493306509</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A38" s="88" t="s">
         <v>23</v>
       </c>
-      <c r="B38" s="23">
+      <c r="B38" s="89">
         <v>0.79069767441860461</v>
       </c>
-      <c r="C38" s="23">
+      <c r="C38" s="89">
         <v>0.75757575757575757</v>
       </c>
-      <c r="D38" s="23">
+      <c r="D38" s="89">
         <v>0.86486486486486491</v>
       </c>
-      <c r="E38" s="23">
-[...2 lines deleted...]
-      <c r="F38" s="23">
+      <c r="E38" s="89">
         <v>0.77777777777777779</v>
       </c>
-      <c r="G38" s="88">
+      <c r="F38" s="89">
+        <v>0.90476190476190477</v>
+      </c>
+      <c r="G38" s="94">
         <v>-3.3121916842847043</v>
       </c>
-      <c r="H38" s="89">
+      <c r="H38" s="95">
         <v>10.728910728910733</v>
       </c>
-      <c r="I38" s="90">
+      <c r="I38" s="96">
         <v>-8.7087087087087127</v>
       </c>
-      <c r="J38" s="71">
-[...4 lines deleted...]
-      <c r="A39" s="9" t="s">
+      <c r="J38" s="87">
+        <v>3.9897039897039854</v>
+      </c>
+      <c r="K38" s="87">
+        <v>12.698412698412698</v>
+      </c>
+      <c r="L38" s="60">
+        <v>14.71861471861472</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A39" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="B39" s="23">
+      <c r="B39" s="89">
         <v>0.73584905660377353</v>
       </c>
-      <c r="C39" s="23">
+      <c r="C39" s="89">
         <v>0.74257425742574257</v>
       </c>
-      <c r="D39" s="23">
+      <c r="D39" s="89">
         <v>0.73195876288659789</v>
       </c>
-      <c r="E39" s="23">
-[...2 lines deleted...]
-      <c r="F39" s="23">
+      <c r="E39" s="89">
         <v>0.79047619047619044</v>
       </c>
-      <c r="G39" s="85">
+      <c r="F39" s="89">
+        <v>0.86274509803921573</v>
+      </c>
+      <c r="G39" s="90">
         <v>0.67252008219690351</v>
       </c>
-      <c r="H39" s="86">
+      <c r="H39" s="97">
         <v>-1.0615494539144676</v>
       </c>
       <c r="I39" s="87">
         <v>5.8517427589592552</v>
       </c>
-      <c r="J39" s="70">
-[...4 lines deleted...]
-      <c r="A40" s="9" t="s">
+      <c r="J39" s="87">
+        <v>13.078633515261783</v>
+      </c>
+      <c r="K39" s="87">
+        <v>7.2268907563025291</v>
+      </c>
+      <c r="L39" s="60">
+        <v>12.017084061347315</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A40" s="88" t="s">
         <v>25</v>
       </c>
-      <c r="B40" s="23">
+      <c r="B40" s="89">
         <v>0.39047619047619048</v>
       </c>
-      <c r="C40" s="23">
+      <c r="C40" s="89">
         <v>0.55670103092783507</v>
       </c>
-      <c r="D40" s="23">
+      <c r="D40" s="89">
         <v>0.78260869565217395</v>
       </c>
-      <c r="E40" s="23">
-[...2 lines deleted...]
-      <c r="F40" s="23">
+      <c r="E40" s="89">
         <v>0.65600000000000003</v>
       </c>
-      <c r="G40" s="85">
+      <c r="F40" s="89">
+        <v>0.79816513761467889</v>
+      </c>
+      <c r="G40" s="90">
         <v>16.622484045164459</v>
       </c>
-      <c r="H40" s="86">
+      <c r="H40" s="91">
         <v>22.590766472433888</v>
       </c>
-      <c r="I40" s="87">
+      <c r="I40" s="92">
         <v>-12.660869565217393</v>
       </c>
-      <c r="J40" s="70">
-[...4 lines deleted...]
-      <c r="A41" s="9" t="s">
+      <c r="J40" s="87">
+        <v>1.5556441962504941</v>
+      </c>
+      <c r="K40" s="87">
+        <v>14.216513761467887</v>
+      </c>
+      <c r="L40" s="60">
+        <v>24.146410668684382</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A41" s="88" t="s">
         <v>51</v>
       </c>
-      <c r="B41" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A42" s="9" t="s">
+      <c r="B41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G41" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H41" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I41" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J41" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K41" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="L41" s="61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A42" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="B42" s="23">
+      <c r="B42" s="89">
         <v>0.33333333333333331</v>
       </c>
-      <c r="C42" s="23">
+      <c r="C42" s="89">
         <v>0.5298202614379085</v>
       </c>
-      <c r="D42" s="23">
+      <c r="D42" s="89">
         <v>0.61210855949895615</v>
       </c>
-      <c r="E42" s="23">
-[...2 lines deleted...]
-      <c r="F42" s="23">
+      <c r="E42" s="89">
         <v>0.62003058103975539</v>
       </c>
-      <c r="G42" s="85">
+      <c r="F42" s="89">
+        <v>0.65703728585824661</v>
+      </c>
+      <c r="G42" s="90">
         <v>19.648692810457518</v>
       </c>
-      <c r="H42" s="86">
+      <c r="H42" s="91">
         <v>8.2288298061047644</v>
       </c>
       <c r="I42" s="87">
         <v>0.792202154079924</v>
       </c>
-      <c r="J42" s="70">
-[...4 lines deleted...]
-      <c r="A43" s="9" t="s">
+      <c r="J42" s="87">
+        <v>4.4928726359290465</v>
+      </c>
+      <c r="K42" s="87">
+        <v>3.7006704818491221</v>
+      </c>
+      <c r="L42" s="60">
+        <v>12.721702442033811</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A43" s="88" t="s">
         <v>27</v>
       </c>
-      <c r="B43" s="23">
+      <c r="B43" s="89">
         <v>0.43093922651933703</v>
       </c>
-      <c r="C43" s="23">
+      <c r="C43" s="89">
         <v>0.59036144578313254</v>
       </c>
-      <c r="D43" s="23">
+      <c r="D43" s="89">
         <v>0.78756476683937826</v>
       </c>
-      <c r="E43" s="23">
-[...2 lines deleted...]
-      <c r="F43" s="23">
+      <c r="E43" s="89">
         <v>0.67555555555555558</v>
       </c>
-      <c r="G43" s="85">
+      <c r="F43" s="89">
+        <v>0.77011494252873558</v>
+      </c>
+      <c r="G43" s="90">
         <v>15.942221926379553</v>
       </c>
-      <c r="H43" s="86">
+      <c r="H43" s="91">
         <v>19.720332105624571</v>
       </c>
-      <c r="I43" s="87">
+      <c r="I43" s="92">
         <v>-11.200921128382269</v>
       </c>
-      <c r="J43" s="70">
-[...4 lines deleted...]
-      <c r="A44" s="9" t="s">
+      <c r="J43" s="92">
+        <v>-1.7449824310642681</v>
+      </c>
+      <c r="K43" s="87">
+        <v>9.4559386973180004</v>
+      </c>
+      <c r="L43" s="60">
+        <v>17.975349674560302</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A44" s="88" t="s">
         <v>28</v>
       </c>
-      <c r="B44" s="23">
+      <c r="B44" s="89">
         <v>0.32928118393234673</v>
       </c>
-      <c r="C44" s="23">
+      <c r="C44" s="89">
         <v>0.50396375990939979</v>
       </c>
-      <c r="D44" s="23">
+      <c r="D44" s="89">
         <v>0.5518716577540107</v>
       </c>
-      <c r="E44" s="23">
-[...2 lines deleted...]
-      <c r="F44" s="23">
+      <c r="E44" s="89">
         <v>0.58193979933110362</v>
       </c>
-      <c r="G44" s="85">
+      <c r="F44" s="89">
+        <v>0.65463342017119464</v>
+      </c>
+      <c r="G44" s="90">
         <v>17.468257597705307</v>
       </c>
-      <c r="H44" s="86">
+      <c r="H44" s="91">
         <v>4.7907897844610918</v>
       </c>
       <c r="I44" s="87">
         <v>3.0068141577092922</v>
       </c>
-      <c r="J44" s="70">
-[...4 lines deleted...]
-      <c r="A45" s="9" t="s">
+      <c r="J44" s="87">
+        <v>10.276176241718392</v>
+      </c>
+      <c r="K44" s="87">
+        <v>7.2693620840091011</v>
+      </c>
+      <c r="L44" s="60">
+        <v>15.066966026179484</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A45" s="88" t="s">
         <v>29</v>
       </c>
-      <c r="B45" s="23">
+      <c r="B45" s="89">
         <v>0.32312703583061891</v>
       </c>
-      <c r="C45" s="23">
+      <c r="C45" s="89">
         <v>0.49825783972125437</v>
       </c>
-      <c r="D45" s="23">
+      <c r="D45" s="89">
         <v>0.49802631578947371</v>
       </c>
-      <c r="E45" s="23">
-[...2 lines deleted...]
-      <c r="F45" s="23">
+      <c r="E45" s="89">
         <v>0.5053968253968254</v>
       </c>
-      <c r="G45" s="85">
+      <c r="F45" s="89">
+        <v>0.635673624288425</v>
+      </c>
+      <c r="G45" s="90">
         <v>17.513080389063546</v>
       </c>
-      <c r="H45" s="86">
+      <c r="H45" s="91">
         <v>-2.3152393178066388E-2</v>
       </c>
       <c r="I45" s="87">
         <v>0.7370509607351694</v>
       </c>
-      <c r="J45" s="70">
-[...4 lines deleted...]
-      <c r="A46" s="9" t="s">
+      <c r="J45" s="87">
+        <v>13.764730849895129</v>
+      </c>
+      <c r="K45" s="87">
+        <v>13.027679889159959</v>
+      </c>
+      <c r="L45" s="60">
+        <v>13.741578456717063</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A46" s="88" t="s">
         <v>30</v>
       </c>
-      <c r="B46" s="23">
+      <c r="B46" s="89">
         <v>0.32028469750889682</v>
       </c>
-      <c r="C46" s="23">
+      <c r="C46" s="89">
         <v>0.54662379421221863</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="89">
         <v>0.61052631578947369</v>
       </c>
-      <c r="E46" s="23">
-[...2 lines deleted...]
-      <c r="F46" s="23">
+      <c r="E46" s="89">
         <v>0.62758620689655176</v>
       </c>
-      <c r="G46" s="85">
+      <c r="F46" s="89">
+        <v>0.68646864686468645</v>
+      </c>
+      <c r="G46" s="90">
         <v>22.63390967033218</v>
       </c>
-      <c r="H46" s="86">
+      <c r="H46" s="91">
         <v>6.3902521577255067</v>
       </c>
       <c r="I46" s="87">
         <v>1.7059891107078062</v>
       </c>
-      <c r="J46" s="70">
-[...4 lines deleted...]
-      <c r="A47" s="9" t="s">
+      <c r="J46" s="87">
+        <v>7.5942331075212754</v>
+      </c>
+      <c r="K46" s="87">
+        <v>5.8882439968134692</v>
+      </c>
+      <c r="L46" s="60">
+        <v>13.984485265246782</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A47" s="88" t="s">
         <v>31</v>
       </c>
-      <c r="B47" s="23">
+      <c r="B47" s="89">
         <v>0.36847290640394087</v>
       </c>
-      <c r="C47" s="23">
+      <c r="C47" s="89">
         <v>0.54667863554757634</v>
       </c>
-      <c r="D47" s="23">
+      <c r="D47" s="89">
         <v>0.5761648745519713</v>
       </c>
-      <c r="E47" s="23">
-[...2 lines deleted...]
-      <c r="F47" s="23">
+      <c r="E47" s="89">
         <v>0.66294820717131475</v>
       </c>
-      <c r="G47" s="85">
+      <c r="F47" s="89">
+        <v>0.7384615384615385</v>
+      </c>
+      <c r="G47" s="90">
         <v>17.820572914363549</v>
       </c>
-      <c r="H47" s="86">
+      <c r="H47" s="91">
         <v>2.9486239004394954</v>
       </c>
       <c r="I47" s="87">
         <v>8.6783332619343447</v>
       </c>
-      <c r="J47" s="70">
-[...4 lines deleted...]
-      <c r="A48" s="9" t="s">
+      <c r="J47" s="87">
+        <v>16.229666390956719</v>
+      </c>
+      <c r="K47" s="87">
+        <v>7.5513331290223746</v>
+      </c>
+      <c r="L47" s="60">
+        <v>19.178290291396216</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A48" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="B48" s="23">
+      <c r="B48" s="89">
         <v>0.31100478468899523</v>
       </c>
-      <c r="C48" s="23">
+      <c r="C48" s="89">
         <v>0.65071770334928225</v>
       </c>
-      <c r="D48" s="23">
+      <c r="D48" s="89">
         <v>0.65775401069518713</v>
       </c>
-      <c r="E48" s="23">
-[...2 lines deleted...]
-      <c r="F48" s="23">
+      <c r="E48" s="89">
         <v>0.74358974358974361</v>
       </c>
-      <c r="G48" s="85">
+      <c r="F48" s="89">
+        <v>0.9</v>
+      </c>
+      <c r="G48" s="90">
         <v>33.9712918660287</v>
       </c>
-      <c r="H48" s="86">
+      <c r="H48" s="91">
         <v>0.70363073459048797</v>
       </c>
       <c r="I48" s="87">
         <v>8.5835732894556482</v>
       </c>
-      <c r="J48" s="70">
-[...4 lines deleted...]
-      <c r="A49" s="9" t="s">
+      <c r="J48" s="87">
+        <v>24.224598930481289</v>
+      </c>
+      <c r="K48" s="87">
+        <v>15.641025641025641</v>
+      </c>
+      <c r="L48" s="60">
+        <v>24.928229665071775</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A49" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="B49" s="23">
+      <c r="B49" s="89">
         <v>0.51282051282051277</v>
       </c>
-      <c r="C49" s="23">
+      <c r="C49" s="89">
         <v>0.7142857142857143</v>
       </c>
-      <c r="D49" s="23">
+      <c r="D49" s="89">
         <v>0.73684210526315785</v>
       </c>
-      <c r="E49" s="23">
-[...2 lines deleted...]
-      <c r="F49" s="23">
+      <c r="E49" s="89">
         <v>0.84745762711864403</v>
       </c>
-      <c r="G49" s="88">
+      <c r="F49" s="89">
+        <v>0.74576271186440679</v>
+      </c>
+      <c r="G49" s="105">
         <v>20.146520146520153</v>
       </c>
-      <c r="H49" s="89">
+      <c r="H49" s="106">
         <v>2.2556390977443552</v>
       </c>
-      <c r="I49" s="90">
+      <c r="I49" s="87">
         <v>11.061552185548617</v>
       </c>
-      <c r="J49" s="71">
-[...4 lines deleted...]
-      <c r="A50" s="9" t="s">
+      <c r="J49" s="87">
+        <v>0.89206066012489371</v>
+      </c>
+      <c r="K49" s="96">
+        <v>-10.169491525423723</v>
+      </c>
+      <c r="L49" s="60">
+        <v>3.1476997578692489</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A50" s="88" t="s">
         <v>34</v>
       </c>
-      <c r="B50" s="23">
+      <c r="B50" s="89">
         <v>0.4177777777777778</v>
       </c>
-      <c r="C50" s="23">
+      <c r="C50" s="89">
         <v>0.57526881720430112</v>
       </c>
-      <c r="D50" s="23">
+      <c r="D50" s="89">
         <v>0.67010309278350511</v>
       </c>
-      <c r="E50" s="23">
-[...2 lines deleted...]
-      <c r="F50" s="23">
+      <c r="E50" s="89">
         <v>0.78125</v>
       </c>
-      <c r="G50" s="85">
+      <c r="F50" s="89">
+        <v>0.7781818181818182</v>
+      </c>
+      <c r="G50" s="90">
         <v>15.749103942652331</v>
       </c>
-      <c r="H50" s="86">
+      <c r="H50" s="91">
         <v>9.4834275579203986</v>
       </c>
       <c r="I50" s="87">
         <v>11.11469072164949</v>
       </c>
-      <c r="J50" s="70">
-[...4 lines deleted...]
-      <c r="A51" s="9" t="s">
+      <c r="J50" s="87">
+        <v>10.807872539831308</v>
+      </c>
+      <c r="K50" s="96">
+        <v>-0.30681818181818032</v>
+      </c>
+      <c r="L50" s="60">
+        <v>20.291300097751709</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A51" s="88" t="s">
         <v>35</v>
       </c>
-      <c r="B51" s="23">
+      <c r="B51" s="89">
         <v>0</v>
       </c>
-      <c r="C51" s="23">
+      <c r="C51" s="89">
         <v>0.45</v>
       </c>
-      <c r="D51" s="23">
+      <c r="D51" s="89">
         <v>0.51351351351351349</v>
       </c>
-      <c r="E51" s="23">
-[...2 lines deleted...]
-      <c r="F51" s="23">
+      <c r="E51" s="89">
         <v>0.84090909090909094</v>
       </c>
-      <c r="G51" s="85">
+      <c r="F51" s="89">
+        <v>0.796875</v>
+      </c>
+      <c r="G51" s="90">
         <v>45</v>
       </c>
-      <c r="H51" s="86">
+      <c r="H51" s="91">
         <v>6.3513513513513473</v>
       </c>
       <c r="I51" s="87">
         <v>32.739557739557746</v>
       </c>
-      <c r="J51" s="70">
-[...4 lines deleted...]
-      <c r="A52" s="9" t="s">
+      <c r="J51" s="87">
+        <v>28.336148648648653</v>
+      </c>
+      <c r="K51" s="96">
+        <v>-4.4034090909090935</v>
+      </c>
+      <c r="L51" s="60">
+        <v>34.6875</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A52" s="88" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="23">
+      <c r="B52" s="89">
         <v>0.45302013422818793</v>
       </c>
-      <c r="C52" s="23">
+      <c r="C52" s="89">
         <v>0.64810126582278482</v>
       </c>
-      <c r="D52" s="23">
+      <c r="D52" s="89">
         <v>0.63656884875846498</v>
       </c>
-      <c r="E52" s="23">
-[...2 lines deleted...]
-      <c r="F52" s="23">
+      <c r="E52" s="89">
         <v>0.69395711500974655</v>
       </c>
-      <c r="G52" s="85">
+      <c r="F52" s="89">
+        <v>0.78224101479915431</v>
+      </c>
+      <c r="G52" s="90">
         <v>19.50811315945969</v>
       </c>
-      <c r="H52" s="86">
+      <c r="H52" s="97">
         <v>-1.1532417064319844</v>
       </c>
       <c r="I52" s="87">
         <v>5.7388266251281568</v>
       </c>
-      <c r="J52" s="70">
-[...4 lines deleted...]
-      <c r="A53" s="9" t="s">
+      <c r="J52" s="87">
+        <v>14.567216604068934</v>
+      </c>
+      <c r="K52" s="87">
+        <v>8.8283899789407769</v>
+      </c>
+      <c r="L52" s="60">
+        <v>13.413974897636949</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A53" s="88" t="s">
         <v>52</v>
       </c>
-      <c r="B53" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A54" s="9" t="s">
+      <c r="B53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G53" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H53" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I53" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J53" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K53" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="L53" s="61" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A54" s="88" t="s">
         <v>37</v>
       </c>
-      <c r="B54" s="23">
+      <c r="B54" s="89">
         <v>0.31856899488926749</v>
       </c>
-      <c r="C54" s="23">
+      <c r="C54" s="89">
         <v>0.51217137293086656</v>
       </c>
-      <c r="D54" s="23">
+      <c r="D54" s="89">
         <v>0.57523029682702154</v>
       </c>
-      <c r="E54" s="23">
-[...2 lines deleted...]
-      <c r="F54" s="23">
+      <c r="E54" s="89">
         <v>0.61449016100178888</v>
       </c>
-      <c r="G54" s="85">
+      <c r="F54" s="89">
+        <v>0.73821609862218995</v>
+      </c>
+      <c r="G54" s="90">
         <v>19.360237804159908</v>
       </c>
-      <c r="H54" s="86">
+      <c r="H54" s="91">
         <v>6.3058923896154973</v>
       </c>
       <c r="I54" s="87">
         <v>3.9259864174767345</v>
       </c>
-      <c r="J54" s="70">
-[...4 lines deleted...]
-      <c r="A55" s="9" t="s">
+      <c r="J54" s="87">
+        <v>16.29858017951684</v>
+      </c>
+      <c r="K54" s="87">
+        <v>12.372593762040108</v>
+      </c>
+      <c r="L54" s="60">
+        <v>22.604472569132341</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A55" s="88" t="s">
         <v>38</v>
       </c>
-      <c r="B55" s="23">
+      <c r="B55" s="89">
         <v>0.4290657439446367</v>
       </c>
-      <c r="C55" s="23">
+      <c r="C55" s="89">
         <v>0.64419475655430714</v>
       </c>
-      <c r="D55" s="23">
+      <c r="D55" s="89">
         <v>0.64750957854406133</v>
       </c>
-      <c r="E55" s="23">
-[...2 lines deleted...]
-      <c r="F55" s="23">
+      <c r="E55" s="89">
         <v>0.75958188153310102</v>
       </c>
-      <c r="G55" s="85">
+      <c r="F55" s="89">
+        <v>0.83713355048859939</v>
+      </c>
+      <c r="G55" s="90">
         <v>21.512901260967045</v>
       </c>
-      <c r="H55" s="86">
+      <c r="H55" s="91">
         <v>0.33148219897541908</v>
       </c>
       <c r="I55" s="87">
         <v>11.207230298903969</v>
       </c>
-      <c r="J55" s="70">
-[...4 lines deleted...]
-      <c r="A56" s="9" t="s">
+      <c r="J55" s="87">
+        <v>18.962397194453807</v>
+      </c>
+      <c r="K55" s="87">
+        <v>7.7551668955498361</v>
+      </c>
+      <c r="L55" s="60">
+        <v>19.293879393429226</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A56" s="88" t="s">
         <v>39</v>
       </c>
-      <c r="B56" s="23">
+      <c r="B56" s="89">
         <v>0.51776649746192893</v>
       </c>
-      <c r="C56" s="23">
+      <c r="C56" s="89">
         <v>0.60139860139860135</v>
       </c>
-      <c r="D56" s="23">
+      <c r="D56" s="89">
         <v>0.62616822429906538</v>
       </c>
-      <c r="E56" s="23">
-[...2 lines deleted...]
-      <c r="F56" s="23">
+      <c r="E56" s="89">
         <v>0.71875</v>
       </c>
-      <c r="G56" s="85">
+      <c r="F56" s="89">
+        <v>0.88990825688073394</v>
+      </c>
+      <c r="G56" s="90">
         <v>8.3632103936672415</v>
       </c>
-      <c r="H56" s="86">
+      <c r="H56" s="91">
         <v>2.4769622900464028</v>
       </c>
       <c r="I56" s="87">
         <v>9.2581775700934621</v>
       </c>
-      <c r="J56" s="70">
-[...4 lines deleted...]
-      <c r="A57" s="9" t="s">
+      <c r="J56" s="87">
+        <v>26.374003258166855</v>
+      </c>
+      <c r="K56" s="87">
+        <v>17.115825688073393</v>
+      </c>
+      <c r="L56" s="60">
+        <v>28.85096554821326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A57" s="88" t="s">
         <v>40</v>
       </c>
-      <c r="B57" s="23">
+      <c r="B57" s="89">
         <v>0.28355704697986578</v>
       </c>
-      <c r="C57" s="23">
+      <c r="C57" s="89">
         <v>0.42762237762237765</v>
       </c>
-      <c r="D57" s="23">
+      <c r="D57" s="89">
         <v>0.51364590622813155</v>
       </c>
-      <c r="E57" s="23">
-[...2 lines deleted...]
-      <c r="F57" s="23">
+      <c r="E57" s="89">
         <v>0.5218222363810131</v>
       </c>
-      <c r="G57" s="85">
+      <c r="F57" s="89">
+        <v>0.61081402257872841</v>
+      </c>
+      <c r="G57" s="90">
         <v>14.406533064251187</v>
       </c>
-      <c r="H57" s="86">
+      <c r="H57" s="91">
         <v>8.6023528605753903</v>
       </c>
       <c r="I57" s="87">
         <v>0.81763301528815502</v>
       </c>
-      <c r="J57" s="70">
-[...4 lines deleted...]
-      <c r="A58" s="9" t="s">
+      <c r="J57" s="87">
+        <v>9.7168116350596847</v>
+      </c>
+      <c r="K57" s="87">
+        <v>8.899178619771531</v>
+      </c>
+      <c r="L57" s="60">
+        <v>18.319164495635075</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A58" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="B58" s="23">
+      <c r="B58" s="89">
         <v>0.3363390441839495</v>
       </c>
-      <c r="C58" s="23">
+      <c r="C58" s="89">
         <v>0.4981651376146789</v>
       </c>
-      <c r="D58" s="23">
+      <c r="D58" s="89">
         <v>0.53453453453453459</v>
       </c>
-      <c r="E58" s="23">
-[...2 lines deleted...]
-      <c r="F58" s="23">
+      <c r="E58" s="89">
         <v>0.56365403304178818</v>
       </c>
-      <c r="G58" s="85">
+      <c r="F58" s="89">
+        <v>0.63961605584642234</v>
+      </c>
+      <c r="G58" s="90">
         <v>16.18260934307294</v>
       </c>
-      <c r="H58" s="86">
+      <c r="H58" s="91">
         <v>3.6369396919855692</v>
       </c>
       <c r="I58" s="87">
         <v>2.9119498507253594</v>
       </c>
-      <c r="J58" s="70">
-[...4 lines deleted...]
-      <c r="A59" s="18" t="s">
+      <c r="J58" s="87">
+        <v>10.508152131188774</v>
+      </c>
+      <c r="K58" s="87">
+        <v>7.5962022804634159</v>
+      </c>
+      <c r="L58" s="60">
+        <v>14.145091823174344</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A59" s="107" t="s">
         <v>42</v>
       </c>
-      <c r="B59" s="24">
+      <c r="B59" s="108">
         <v>0.40460526315789475</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="108">
         <v>0.58785529715762275</v>
       </c>
-      <c r="D59" s="24">
+      <c r="D59" s="108">
         <v>0.64232673267326734</v>
       </c>
-      <c r="E59" s="24">
-[...2 lines deleted...]
-      <c r="F59" s="24">
+      <c r="E59" s="108">
         <v>0.73239436619718312</v>
       </c>
-      <c r="G59" s="94">
+      <c r="F59" s="108">
+        <v>0.82334047109207709</v>
+      </c>
+      <c r="G59" s="109">
         <v>18.3250033999728</v>
       </c>
-      <c r="H59" s="95">
+      <c r="H59" s="110">
         <v>5.4471435515644595</v>
       </c>
-      <c r="I59" s="96">
+      <c r="I59" s="111">
         <v>9.0067633523915784</v>
       </c>
-      <c r="J59" s="73">
-[...7 lines deleted...]
-      <c r="B60" s="59">
+      <c r="J59" s="111">
+        <v>18.101373841880974</v>
+      </c>
+      <c r="K59" s="111">
+        <v>9.094610489489396</v>
+      </c>
+      <c r="L59" s="64">
+        <v>23.548517393445433</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="13" x14ac:dyDescent="0.25">
+      <c r="A60" s="112" t="s">
+        <v>56</v>
+      </c>
+      <c r="B60" s="113">
         <v>0.39284064665127022</v>
       </c>
-      <c r="C60" s="59">
+      <c r="C60" s="113">
         <v>0.55836627924259086</v>
       </c>
-      <c r="D60" s="59">
+      <c r="D60" s="113">
         <v>0.6035796665596076</v>
       </c>
-      <c r="E60" s="59">
-[...2 lines deleted...]
-      <c r="F60" s="59">
+      <c r="E60" s="113">
         <v>0.63418406805877803</v>
       </c>
-      <c r="G60" s="97">
+      <c r="F60" s="113">
+        <v>0.71289198606271775</v>
+      </c>
+      <c r="G60" s="114">
         <v>16.552563259132064</v>
       </c>
-      <c r="H60" s="97">
+      <c r="H60" s="114">
         <v>4.5213387317016736</v>
       </c>
-      <c r="I60" s="97">
+      <c r="I60" s="114">
         <v>3.0604401499170431</v>
       </c>
-      <c r="J60" s="74">
-[...17 lines deleted...]
-    <row r="62" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J60" s="114">
+        <v>10.931231950311016</v>
+      </c>
+      <c r="K60" s="114">
+        <v>7.8707918003939721</v>
+      </c>
+      <c r="L60" s="65">
+        <v>15.45257068201269</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="76" t="s">
+        <v>73</v>
+      </c>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="76"/>
+      <c r="F61" s="76"/>
+      <c r="G61" s="76"/>
+      <c r="H61" s="76"/>
+      <c r="I61" s="76"/>
+      <c r="J61" s="76"/>
+      <c r="K61" s="76"/>
+      <c r="L61" s="76"/>
+    </row>
+    <row r="62" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B62" s="43"/>
       <c r="C62" s="43"/>
       <c r="D62" s="43"/>
       <c r="E62" s="43"/>
       <c r="F62" s="43"/>
-      <c r="G62" s="75"/>
-[...4 lines deleted...]
-    <row r="63" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G62" s="43"/>
+      <c r="H62" s="43"/>
+      <c r="I62" s="43"/>
+      <c r="J62" s="43"/>
+      <c r="K62" s="43"/>
+      <c r="L62" s="43"/>
+    </row>
+    <row r="63" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="13" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
-      <c r="G63" s="76"/>
-[...4 lines deleted...]
-    <row r="64" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G63" s="11"/>
+      <c r="H63" s="11"/>
+      <c r="I63" s="11"/>
+      <c r="J63" s="11"/>
+      <c r="K63" s="11"/>
+      <c r="L63" s="11"/>
+    </row>
+    <row r="64" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="44" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B64" s="13"/>
       <c r="C64" s="13"/>
       <c r="D64" s="13"/>
       <c r="E64" s="13"/>
       <c r="F64" s="13"/>
-      <c r="G64" s="98"/>
-[...6 lines deleted...]
-    <row r="65" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="G64" s="14"/>
+      <c r="H64" s="15"/>
+      <c r="I64" s="15"/>
+      <c r="J64" s="15"/>
+      <c r="K64" s="15"/>
+      <c r="L64" s="15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="16"/>
       <c r="C65" s="16"/>
       <c r="D65" s="16"/>
       <c r="E65" s="16"/>
       <c r="F65" s="16"/>
-      <c r="G65" s="78"/>
-[...2 lines deleted...]
-      <c r="J65" s="78"/>
+      <c r="G65" s="17"/>
+      <c r="H65" s="17"/>
+      <c r="I65" s="17"/>
+      <c r="J65" s="17"/>
+      <c r="K65" s="17"/>
+      <c r="L65" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A61:J61"/>
-    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A61:L61"/>
+    <mergeCell ref="A4:L4"/>
   </mergeCells>
-  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H64"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:H4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
-    <col min="2" max="8" width="12.5703125" customWidth="1"/>
+    <col min="1" max="1" width="26.54296875" customWidth="1"/>
+    <col min="2" max="8" width="12.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:8" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
     </row>
-    <row r="2" spans="1:8" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
     </row>
-    <row r="3" spans="1:8" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:8" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
-    <row r="4" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="75" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="75"/>
+      <c r="C4" s="75"/>
+      <c r="D4" s="75"/>
+      <c r="E4" s="75"/>
+      <c r="F4" s="75"/>
+      <c r="G4" s="75"/>
+      <c r="H4" s="75"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
-    <row r="6" spans="1:8" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="60"/>
+    <row r="6" spans="1:8" s="5" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="58"/>
       <c r="B6" s="37" t="s">
         <v>49</v>
       </c>
       <c r="C6" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D6" s="32" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="32" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="32" t="s">
         <v>47</v>
       </c>
       <c r="G6" s="32" t="s">
         <v>48</v>
       </c>
       <c r="H6" s="40" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="22">
-        <v>0.22764227642276422</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="C7" s="22">
-        <v>5.6910569105691054E-2</v>
+        <v>0.16129032258064516</v>
       </c>
       <c r="D7" s="19">
-        <v>0.15447154471544716</v>
+        <v>0.10752688172043011</v>
       </c>
       <c r="E7" s="19">
-        <v>8.130081300813009E-3</v>
+        <v>5.3763440860215055E-2</v>
       </c>
       <c r="F7" s="19">
-        <v>8.130081300813009E-3</v>
+        <v>6.4516129032258063E-2</v>
       </c>
       <c r="G7" s="19">
-        <v>4.878048780487805E-2</v>
+        <v>9.6774193548387094E-2</v>
       </c>
       <c r="H7" s="25">
-        <v>8.130081300813009E-3</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.0752688172043012E-2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="23">
-        <v>0.3251231527093596</v>
+        <v>0.30516431924882631</v>
       </c>
       <c r="C8" s="23">
-        <v>0.15763546798029557</v>
+        <v>8.4507042253521125E-2</v>
       </c>
       <c r="D8" s="20">
-        <v>0.10344827586206896</v>
+        <v>0.12206572769953052</v>
       </c>
       <c r="E8" s="20">
-        <v>6.4039408866995079E-2</v>
+        <v>9.8591549295774641E-2</v>
       </c>
       <c r="F8" s="20">
-        <v>4.9261083743842367E-2</v>
+        <v>3.2863849765258218E-2</v>
       </c>
       <c r="G8" s="20">
-        <v>0.10837438423645321</v>
+        <v>5.1643192488262914E-2</v>
       </c>
       <c r="H8" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="23">
-        <v>0.32191780821917809</v>
+        <v>0.27814569536423839</v>
       </c>
       <c r="C9" s="23">
-        <v>0.1095890410958904</v>
+        <v>0.11920529801324503</v>
       </c>
       <c r="D9" s="20">
-        <v>0.13013698630136986</v>
+        <v>7.2847682119205295E-2</v>
       </c>
       <c r="E9" s="20">
-        <v>7.5342465753424653E-2</v>
+        <v>7.9470198675496692E-2</v>
       </c>
       <c r="F9" s="20">
-        <v>2.7397260273972601E-2</v>
+        <v>5.9602649006622516E-2</v>
       </c>
       <c r="G9" s="20">
-        <v>8.2191780821917804E-2</v>
+        <v>5.9602649006622516E-2</v>
       </c>
       <c r="H9" s="26">
-        <v>6.8493150684931503E-3</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+        <v>6.6225165562913907E-3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="23">
-        <v>0.46153846153846156</v>
+        <v>0.55454545454545456</v>
       </c>
       <c r="C10" s="23">
-        <v>0.18461538461538463</v>
+        <v>0.17272727272727273</v>
       </c>
       <c r="D10" s="20">
-        <v>0.12307692307692308</v>
+        <v>0.12727272727272726</v>
       </c>
       <c r="E10" s="20">
-        <v>0.14615384615384616</v>
+        <v>0.20909090909090908</v>
       </c>
       <c r="F10" s="20">
-        <v>6.1538461538461542E-2</v>
+        <v>6.363636363636363E-2</v>
       </c>
       <c r="G10" s="20">
-        <v>0.12307692307692308</v>
+        <v>0.10909090909090909</v>
       </c>
       <c r="H10" s="26">
-        <v>7.6923076923076927E-3</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.5454545454545456E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="23">
-        <v>0.39148936170212767</v>
+        <v>0.43283582089552236</v>
       </c>
       <c r="C11" s="23">
-        <v>0.17872340425531916</v>
+        <v>0.19776119402985073</v>
       </c>
       <c r="D11" s="20">
-        <v>0.10638297872340426</v>
+        <v>0.11194029850746269</v>
       </c>
       <c r="E11" s="20">
-        <v>9.7872340425531917E-2</v>
+        <v>0.11940298507462686</v>
       </c>
       <c r="F11" s="20">
-        <v>7.6595744680851063E-2</v>
+        <v>8.5820895522388058E-2</v>
       </c>
       <c r="G11" s="20">
-        <v>0.10212765957446808</v>
+        <v>0.11194029850746269</v>
       </c>
       <c r="H11" s="26">
-        <v>8.5106382978723406E-3</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.7313432835820895E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="23">
-        <v>0.38922155688622756</v>
+        <v>0.35674157303370785</v>
       </c>
       <c r="C12" s="23">
-        <v>0.19461077844311378</v>
+        <v>0.19101123595505617</v>
       </c>
       <c r="D12" s="20">
-        <v>7.7844311377245512E-2</v>
+        <v>5.0561797752808987E-2</v>
       </c>
       <c r="E12" s="20">
-        <v>0.10778443113772455</v>
+        <v>0.11235955056179775</v>
       </c>
       <c r="F12" s="20">
-        <v>4.790419161676647E-2</v>
+        <v>4.7752808988764044E-2</v>
       </c>
       <c r="G12" s="20">
-        <v>0.1467065868263473</v>
+        <v>0.14325842696629212</v>
       </c>
       <c r="H12" s="26">
-        <v>8.9820359281437123E-3</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.8089887640449437E-3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="23">
-        <v>0.35928961748633881</v>
+        <v>0.43975155279503103</v>
       </c>
       <c r="C13" s="23">
-        <v>0.14617486338797814</v>
+        <v>0.18509316770186335</v>
       </c>
       <c r="D13" s="20">
-        <v>0.10245901639344263</v>
+        <v>0.12422360248447205</v>
       </c>
       <c r="E13" s="20">
-        <v>0.10792349726775956</v>
+        <v>0.11801242236024845</v>
       </c>
       <c r="F13" s="20">
-        <v>5.737704918032787E-2</v>
+        <v>7.9503105590062115E-2</v>
       </c>
       <c r="G13" s="20">
-        <v>8.8797814207650275E-2</v>
+        <v>0.10559006211180125</v>
       </c>
       <c r="H13" s="26">
-        <v>2.7322404371584699E-3</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.2422360248447204E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="23">
-        <v>0.36859876195835678</v>
+        <v>0.44754464285714285</v>
       </c>
       <c r="C14" s="23">
-        <v>0.19583567810917277</v>
+        <v>0.22712053571428573</v>
       </c>
       <c r="D14" s="20">
-        <v>7.3719752391671362E-2</v>
+        <v>0.10100446428571429</v>
       </c>
       <c r="E14" s="20">
-        <v>9.6229600450196962E-2</v>
+        <v>0.11049107142857142</v>
       </c>
       <c r="F14" s="20">
-        <v>5.289814293753517E-2</v>
+        <v>7.5892857142857137E-2</v>
       </c>
       <c r="G14" s="20">
-        <v>0.1429375351716376</v>
+        <v>0.15122767857142858</v>
       </c>
       <c r="H14" s="26">
-        <v>2.8137310073157004E-3</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.9285714285714281E-3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C15" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G15" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H15" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="23">
-        <v>0.49295774647887325</v>
+        <v>0.47619047619047616</v>
       </c>
       <c r="C16" s="23">
-        <v>0.11267605633802817</v>
+        <v>0.17460317460317459</v>
       </c>
       <c r="D16" s="20">
-        <v>0.16901408450704225</v>
+        <v>0.12698412698412698</v>
       </c>
       <c r="E16" s="20">
-        <v>0.21126760563380281</v>
+        <v>0.15873015873015872</v>
       </c>
       <c r="F16" s="20">
-        <v>2.8169014084507043E-2</v>
+        <v>6.3492063492063489E-2</v>
       </c>
       <c r="G16" s="20">
-        <v>8.4507042253521125E-2</v>
+        <v>0.1111111111111111</v>
       </c>
       <c r="H16" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.5873015873015872E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="23">
-        <v>0.30188679245283018</v>
+        <v>0.33132530120481929</v>
       </c>
       <c r="C17" s="23">
-        <v>0.12264150943396226</v>
+        <v>0.18072289156626506</v>
       </c>
       <c r="D17" s="20">
-        <v>0.11320754716981132</v>
+        <v>9.036144578313253E-2</v>
       </c>
       <c r="E17" s="20">
-        <v>6.1320754716981132E-2</v>
+        <v>6.0240963855421686E-2</v>
       </c>
       <c r="F17" s="20">
-        <v>4.2452830188679243E-2</v>
+        <v>6.0240963855421686E-2</v>
       </c>
       <c r="G17" s="20">
-        <v>8.0188679245283015E-2</v>
+        <v>0.12048192771084337</v>
       </c>
       <c r="H17" s="26">
-        <v>4.7169811320754715E-3</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="23">
-[...21 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B18" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18" s="57" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="23">
-        <v>0.33753501400560226</v>
+        <v>0.4129287598944591</v>
       </c>
       <c r="C19" s="23">
-        <v>0.18347338935574228</v>
+        <v>0.21108179419525067</v>
       </c>
       <c r="D19" s="20">
-        <v>8.4033613445378158E-2</v>
+        <v>7.9155672823219003E-2</v>
       </c>
       <c r="E19" s="20">
-        <v>6.5826330532212887E-2</v>
+        <v>0.11213720316622691</v>
       </c>
       <c r="F19" s="20">
-        <v>5.4621848739495799E-2</v>
+        <v>4.0897097625329816E-2</v>
       </c>
       <c r="G19" s="20">
-        <v>0.12885154061624648</v>
+        <v>0.17018469656992086</v>
       </c>
       <c r="H19" s="26">
-        <v>4.2016806722689074E-3</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.0554089709762533E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="23">
-        <v>0.49315068493150682</v>
+        <v>0.54117647058823526</v>
       </c>
       <c r="C20" s="23">
-        <v>0.15068493150684931</v>
+        <v>0.21176470588235294</v>
       </c>
       <c r="D20" s="20">
-        <v>0.28767123287671231</v>
+        <v>0.15294117647058825</v>
       </c>
       <c r="E20" s="20">
-        <v>5.4794520547945202E-2</v>
+        <v>0.15294117647058825</v>
       </c>
       <c r="F20" s="20">
-        <v>8.2191780821917804E-2</v>
+        <v>0.10588235294117647</v>
       </c>
       <c r="G20" s="20">
-        <v>6.8493150684931503E-2</v>
+        <v>0.10588235294117647</v>
       </c>
       <c r="H20" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.3529411764705882E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="23">
-        <v>0.4315068493150685</v>
+        <v>0.43835616438356162</v>
       </c>
       <c r="C21" s="23">
-        <v>0.13698630136986301</v>
+        <v>0.26712328767123289</v>
       </c>
       <c r="D21" s="20">
-        <v>0.10273972602739725</v>
+        <v>8.2191780821917804E-2</v>
       </c>
       <c r="E21" s="20">
-        <v>0.17808219178082191</v>
+        <v>8.9041095890410954E-2</v>
       </c>
       <c r="F21" s="20">
-        <v>6.8493150684931503E-2</v>
+        <v>7.5342465753424653E-2</v>
       </c>
       <c r="G21" s="20">
-        <v>6.8493150684931503E-2</v>
+        <v>0.19178082191780821</v>
       </c>
       <c r="H21" s="26">
-        <v>1.3698630136986301E-2</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="23">
-        <v>0.32524271844660196</v>
+        <v>0.38520801232665641</v>
       </c>
       <c r="C22" s="23">
-        <v>0.11650485436893204</v>
+        <v>0.13559322033898305</v>
       </c>
       <c r="D22" s="20">
-        <v>9.7087378640776698E-2</v>
+        <v>0.14329738058551617</v>
       </c>
       <c r="E22" s="20">
-        <v>0.10679611650485436</v>
+        <v>0.10169491525423729</v>
       </c>
       <c r="F22" s="20">
-        <v>4.5307443365695796E-2</v>
+        <v>4.6224961479198766E-2</v>
       </c>
       <c r="G22" s="20">
-        <v>7.1197411003236247E-2</v>
+        <v>8.9368258859784278E-2</v>
       </c>
       <c r="H22" s="26">
-        <v>4.8543689320388345E-3</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.6224961479198771E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="23">
-[...21 lines deleted...]
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B23" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" s="41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="56" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23" s="57" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="23">
-        <v>0.32121212121212123</v>
+        <v>0.38289205702647655</v>
       </c>
       <c r="C24" s="23">
-        <v>0.12121212121212122</v>
+        <v>0.12830957230142567</v>
       </c>
       <c r="D24" s="20">
-        <v>0.10505050505050505</v>
+        <v>0.12830957230142567</v>
       </c>
       <c r="E24" s="20">
-        <v>8.6868686868686873E-2</v>
+        <v>0.11608961303462322</v>
       </c>
       <c r="F24" s="20">
-        <v>2.8282828282828285E-2</v>
+        <v>6.720977596741344E-2</v>
       </c>
       <c r="G24" s="20">
-        <v>9.2929292929292931E-2</v>
+        <v>6.1099796334012219E-2</v>
       </c>
       <c r="H24" s="26">
-        <v>8.0808080808080808E-3</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.0183299389002037E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A25" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="23">
-        <v>0.48888888888888887</v>
+        <v>0.50847457627118642</v>
       </c>
       <c r="C25" s="23">
-        <v>0.2388888888888889</v>
+        <v>0.23163841807909605</v>
       </c>
       <c r="D25" s="20">
-        <v>0.1111111111111111</v>
+        <v>0.12994350282485875</v>
       </c>
       <c r="E25" s="20">
-        <v>0.1388888888888889</v>
+        <v>0.13559322033898305</v>
       </c>
       <c r="F25" s="20">
-        <v>0.10555555555555556</v>
+        <v>0.11299435028248588</v>
       </c>
       <c r="G25" s="20">
-        <v>0.13333333333333333</v>
+        <v>0.11864406779661017</v>
       </c>
       <c r="H25" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.1299435028248588E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A26" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="23">
-        <v>0.28859060402684567</v>
+        <v>0.42148760330578511</v>
       </c>
       <c r="C26" s="23">
-        <v>0.14093959731543623</v>
+        <v>0.18181818181818182</v>
       </c>
       <c r="D26" s="20">
-        <v>0.10067114093959731</v>
+        <v>9.9173553719008267E-2</v>
       </c>
       <c r="E26" s="20">
-        <v>4.6979865771812082E-2</v>
+        <v>0.13223140495867769</v>
       </c>
       <c r="F26" s="20">
-        <v>4.6979865771812082E-2</v>
+        <v>9.0909090909090912E-2</v>
       </c>
       <c r="G26" s="20">
-        <v>9.3959731543624164E-2</v>
+        <v>9.0909090909090912E-2</v>
       </c>
       <c r="H26" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+        <v>8.2644628099173556E-3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A27" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="23">
-        <v>0.41648804616652929</v>
+        <v>0.45411542100283825</v>
       </c>
       <c r="C27" s="23">
-        <v>0.26603462489694973</v>
+        <v>0.28169347209082307</v>
       </c>
       <c r="D27" s="20">
-        <v>6.2819455894476503E-2</v>
+        <v>7.1270892462945448E-2</v>
       </c>
       <c r="E27" s="20">
-        <v>8.3841714756801314E-2</v>
+        <v>9.6736045411542099E-2</v>
       </c>
       <c r="F27" s="20">
-        <v>6.3231657048639742E-2</v>
+        <v>7.1822768842636386E-2</v>
       </c>
       <c r="G27" s="20">
-        <v>0.20280296784830998</v>
+        <v>0.20987070324818669</v>
       </c>
       <c r="H27" s="26">
-        <v>3.792250618301731E-3</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.4150110375275938E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A28" s="28" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B28" s="29">
-        <v>0.48239700374531835</v>
+        <v>0.5133689839572193</v>
       </c>
       <c r="C28" s="29">
-        <v>0.32659176029962544</v>
+        <v>0.33689839572192515</v>
       </c>
       <c r="D28" s="30">
-        <v>6.6666666666666666E-2</v>
+        <v>6.550802139037433E-2</v>
       </c>
       <c r="E28" s="30">
-        <v>8.2397003745318345E-2</v>
+        <v>0.10561497326203209</v>
       </c>
       <c r="F28" s="30">
-        <v>7.116104868913857E-2</v>
+        <v>8.5561497326203204E-2</v>
       </c>
       <c r="G28" s="30">
-        <v>0.25543071161048692</v>
+        <v>0.25133689839572193</v>
       </c>
       <c r="H28" s="31">
-        <v>6.7415730337078653E-3</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.3475935828877002E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="28" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B29" s="29">
-        <v>0.43834974214721051</v>
+        <v>0.44601145879241955</v>
       </c>
       <c r="C29" s="29">
-        <v>0.25410220346929208</v>
+        <v>0.25914499779638606</v>
       </c>
       <c r="D29" s="30">
-        <v>8.1575246132208151E-2</v>
+        <v>8.1974438078448661E-2</v>
       </c>
       <c r="E29" s="30">
-        <v>9.6577590248476328E-2</v>
+        <v>9.9162626707800794E-2</v>
       </c>
       <c r="F29" s="30">
-        <v>6.0947022972339428E-2</v>
+        <v>8.1092992507712652E-2</v>
       </c>
       <c r="G29" s="30">
-        <v>0.19315518049695266</v>
+        <v>0.17805200528867343</v>
       </c>
       <c r="H29" s="31">
-        <v>6.0947022972339428E-3</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.7293962097840455E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="28" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B30" s="29">
-        <v>0.44761904761904764</v>
+        <v>0.51101321585903081</v>
       </c>
       <c r="C30" s="29">
-        <v>0.27619047619047621</v>
+        <v>0.28634361233480177</v>
       </c>
       <c r="D30" s="30">
-        <v>7.1428571428571425E-2</v>
+        <v>0.13656387665198239</v>
       </c>
       <c r="E30" s="30">
-        <v>0.1</v>
+        <v>8.3700440528634359E-2</v>
       </c>
       <c r="F30" s="30">
-        <v>7.1428571428571425E-2</v>
+        <v>7.4889867841409691E-2</v>
       </c>
       <c r="G30" s="30">
-        <v>0.20476190476190476</v>
+        <v>0.21145374449339208</v>
       </c>
       <c r="H30" s="31">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.4052863436123352E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B31" s="29">
-        <v>0.44379732090856144</v>
+        <v>0.47904540162980208</v>
       </c>
       <c r="C31" s="29">
-        <v>0.29237041351193943</v>
+        <v>0.29976717112922002</v>
       </c>
       <c r="D31" s="30">
-        <v>5.9405940594059403E-2</v>
+        <v>6.3445867287543659E-2</v>
       </c>
       <c r="E31" s="30">
-        <v>8.9108910891089105E-2</v>
+        <v>0.110011641443539</v>
       </c>
       <c r="F31" s="30">
-        <v>5.8241118229470007E-2</v>
+        <v>5.9371362048894066E-2</v>
       </c>
       <c r="G31" s="30">
-        <v>0.23412929528246942</v>
+        <v>0.24039580908032596</v>
       </c>
       <c r="H31" s="31">
-        <v>2.9120559114735002E-3</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.8207217694994182E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="28" t="s">
         <v>54</v>
       </c>
       <c r="B32" s="29">
-        <v>0.37718984626385416</v>
+        <v>0.44148754691231662</v>
       </c>
       <c r="C32" s="29">
-        <v>0.2373972112978191</v>
+        <v>0.27635619242579323</v>
       </c>
       <c r="D32" s="30">
-        <v>5.7919199141937792E-2</v>
+        <v>7.6083248038212217E-2</v>
       </c>
       <c r="E32" s="30">
-        <v>7.7583124776546303E-2</v>
+        <v>8.5636301603548279E-2</v>
       </c>
       <c r="F32" s="30">
-        <v>6.5069717554522705E-2</v>
+        <v>6.8236096895257586E-2</v>
       </c>
       <c r="G32" s="30">
-        <v>0.17232749374329639</v>
+        <v>0.20812009553053565</v>
       </c>
       <c r="H32" s="31">
-        <v>4.2903110475509473E-3</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.4118048447628795E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="28" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B33" s="29">
-        <v>0.36993076162215627</v>
+        <v>0.39007092198581561</v>
       </c>
       <c r="C33" s="29">
-        <v>0.23936696340257171</v>
+        <v>0.26342451874366768</v>
       </c>
       <c r="D33" s="30">
-        <v>4.8466864490603362E-2</v>
+        <v>5.2684903748733539E-2</v>
       </c>
       <c r="E33" s="30">
-        <v>8.1107814045499507E-2</v>
+        <v>7.1935157041540021E-2</v>
       </c>
       <c r="F33" s="30">
-        <v>5.637982195845697E-2</v>
+        <v>6.2816616008105369E-2</v>
       </c>
       <c r="G33" s="30">
-        <v>0.18298714144411474</v>
+        <v>0.20060790273556231</v>
       </c>
       <c r="H33" s="31">
-        <v>9.8911968348170125E-4</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.0263424518743669E-3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="28" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" s="29">
-        <v>0.4097641250685683</v>
+        <v>0.46150073565473271</v>
       </c>
       <c r="C34" s="29">
-        <v>0.26001097092704334</v>
+        <v>0.25944090240313877</v>
       </c>
       <c r="D34" s="30">
-        <v>6.3082830499177178E-2</v>
+        <v>7.6998528690534571E-2</v>
       </c>
       <c r="E34" s="30">
-        <v>8.5024684585847499E-2</v>
+        <v>0.12064737616478666</v>
       </c>
       <c r="F34" s="30">
-        <v>6.6374108612177726E-2</v>
+        <v>7.6508092202059827E-2</v>
       </c>
       <c r="G34" s="30">
-        <v>0.1936368623148656</v>
+        <v>0.18293281020107896</v>
       </c>
       <c r="H34" s="31">
-        <v>1.6456390565002743E-3</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.4139283962726823E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="28" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B35" s="29">
-        <v>0.39945652173913043</v>
+        <v>0.41396263520157328</v>
       </c>
       <c r="C35" s="29">
-        <v>0.27989130434782611</v>
+        <v>0.29695181907571289</v>
       </c>
       <c r="D35" s="30">
-        <v>5.0724637681159424E-2</v>
+        <v>4.71976401179941E-2</v>
       </c>
       <c r="E35" s="30">
-        <v>6.6123188405797104E-2</v>
+        <v>6.6863323500491637E-2</v>
       </c>
       <c r="F35" s="30">
-        <v>6.0688405797101448E-2</v>
+        <v>6.0963618485742381E-2</v>
       </c>
       <c r="G35" s="30">
-        <v>0.21920289855072464</v>
+        <v>0.2359882005899705</v>
       </c>
       <c r="H35" s="31">
-        <v>2.717391304347826E-3</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.9498525073746312E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A36" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B36" s="23">
-        <v>0.3</v>
+        <v>0.46242774566473988</v>
       </c>
       <c r="C36" s="23">
-        <v>0.16470588235294117</v>
+        <v>0.2138728323699422</v>
       </c>
       <c r="D36" s="20">
-        <v>4.1176470588235294E-2</v>
+        <v>0.17341040462427745</v>
       </c>
       <c r="E36" s="20">
-        <v>9.4117647058823528E-2</v>
+        <v>6.9364161849710976E-2</v>
       </c>
       <c r="F36" s="20">
-        <v>0.10588235294117647</v>
+        <v>0.11560693641618497</v>
       </c>
       <c r="G36" s="20">
-        <v>5.8823529411764705E-2</v>
+        <v>9.8265895953757232E-2</v>
       </c>
       <c r="H36" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5.7803468208092483E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A37" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B37" s="23">
-        <v>0.2455968688845401</v>
+        <v>0.2847866419294991</v>
       </c>
       <c r="C37" s="23">
-        <v>0.16731898238747553</v>
+        <v>0.20222634508348794</v>
       </c>
       <c r="D37" s="20">
-        <v>3.131115459882583E-2</v>
+        <v>3.8033395176252316E-2</v>
       </c>
       <c r="E37" s="20">
-        <v>4.0117416829745595E-2</v>
+        <v>4.1743970315398886E-2</v>
       </c>
       <c r="F37" s="20">
-        <v>3.4246575342465752E-2</v>
+        <v>5.6586270871985159E-2</v>
       </c>
       <c r="G37" s="20">
-        <v>0.13307240704500978</v>
+        <v>0.1456400742115028</v>
       </c>
       <c r="H37" s="26">
-        <v>6.8493150684931503E-3</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.7829313543599257E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B38" s="23">
-        <v>0.44444444444444442</v>
+        <v>0.66666666666666663</v>
       </c>
       <c r="C38" s="23">
-        <v>0.24444444444444444</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="D38" s="20">
-        <v>0.1111111111111111</v>
+        <v>0.14285714285714285</v>
       </c>
       <c r="E38" s="20">
-        <v>6.6666666666666666E-2</v>
+        <v>0.19047619047619047</v>
       </c>
       <c r="F38" s="20">
-        <v>4.4444444444444446E-2</v>
+        <v>0.21428571428571427</v>
       </c>
       <c r="G38" s="20">
-        <v>0.2</v>
+        <v>0.11904761904761904</v>
       </c>
       <c r="H38" s="26">
-        <v>2.2222222222222223E-2</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B39" s="23">
-        <v>0.29523809523809524</v>
+        <v>0.3235294117647059</v>
       </c>
       <c r="C39" s="23">
-        <v>7.6190476190476197E-2</v>
+        <v>0.16666666666666666</v>
       </c>
       <c r="D39" s="20">
-        <v>0.16190476190476191</v>
+        <v>0.14705882352941177</v>
       </c>
       <c r="E39" s="20">
-        <v>4.7619047619047616E-2</v>
+        <v>9.8039215686274508E-3</v>
       </c>
       <c r="F39" s="20">
-        <v>2.8571428571428571E-2</v>
+        <v>6.8627450980392163E-2</v>
       </c>
       <c r="G39" s="20">
-        <v>4.7619047619047616E-2</v>
+        <v>9.8039215686274508E-2</v>
       </c>
       <c r="H39" s="26">
-        <v>9.5238095238095247E-3</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="B40" s="23">
-        <v>0.224</v>
+        <v>0.33944954128440369</v>
       </c>
       <c r="C40" s="23">
-        <v>8.7999999999999995E-2</v>
+        <v>0.11009174311926606</v>
       </c>
       <c r="D40" s="20">
-        <v>9.6000000000000002E-2</v>
+        <v>8.2568807339449546E-2</v>
       </c>
       <c r="E40" s="20">
-        <v>0.04</v>
+        <v>0.11926605504587157</v>
       </c>
       <c r="F40" s="20">
-        <v>1.6E-2</v>
+        <v>1.834862385321101E-2</v>
       </c>
       <c r="G40" s="20">
-        <v>7.1999999999999995E-2</v>
+        <v>9.1743119266055051E-2</v>
       </c>
       <c r="H40" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.7522935779816515E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A41" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C41" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G41" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H41" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B42" s="23">
-        <v>0.32262996941896027</v>
+        <v>0.33254954652334567</v>
       </c>
       <c r="C42" s="23">
-        <v>0.17966360856269112</v>
+        <v>0.17164931138730266</v>
       </c>
       <c r="D42" s="20">
-        <v>6.4984709480122319E-2</v>
+        <v>7.2556264696002681E-2</v>
       </c>
       <c r="E42" s="20">
-        <v>7.5688073394495417E-2</v>
+        <v>8.1289889150151159E-2</v>
       </c>
       <c r="F42" s="20">
-        <v>5.1223241590214068E-2</v>
+        <v>4.7363117232112867E-2</v>
       </c>
       <c r="G42" s="20">
-        <v>0.12844036697247707</v>
+        <v>0.12428619415518979</v>
       </c>
       <c r="H42" s="26">
-        <v>2.2935779816513763E-3</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+        <v>7.0540812898891503E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="23">
-        <v>0.32444444444444442</v>
+        <v>0.44827586206896552</v>
       </c>
       <c r="C43" s="23">
-        <v>8.8888888888888892E-2</v>
+        <v>0.20689655172413793</v>
       </c>
       <c r="D43" s="20">
-        <v>0.12888888888888889</v>
+        <v>0.11494252873563218</v>
       </c>
       <c r="E43" s="20">
-        <v>8.8888888888888892E-2</v>
+        <v>0.10919540229885058</v>
       </c>
       <c r="F43" s="20">
-        <v>0.04</v>
+        <v>9.1954022988505746E-2</v>
       </c>
       <c r="G43" s="20">
-        <v>4.8888888888888891E-2</v>
+        <v>0.11494252873563218</v>
       </c>
       <c r="H43" s="26">
-        <v>1.7777777777777778E-2</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.7241379310344827E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A44" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B44" s="23">
-        <v>0.28971571906354515</v>
+        <v>0.31968738369929289</v>
       </c>
       <c r="C44" s="23">
-        <v>0.18394648829431437</v>
+        <v>0.18756978042426498</v>
       </c>
       <c r="D44" s="20">
-        <v>5.225752508361204E-2</v>
+        <v>6.4011909192407887E-2</v>
       </c>
       <c r="E44" s="20">
-        <v>4.8494983277591976E-2</v>
+        <v>6.1406773353181988E-2</v>
       </c>
       <c r="F44" s="20">
-        <v>3.9297658862876256E-2</v>
+        <v>4.8753256419799031E-2</v>
       </c>
       <c r="G44" s="20">
-        <v>0.14464882943143811</v>
+        <v>0.13881652400446595</v>
       </c>
       <c r="H44" s="26">
-        <v>5.016722408026756E-3</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
+        <v>6.6989207294380348E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A45" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B45" s="23">
-        <v>0.25460317460317461</v>
+        <v>0.31941808981657177</v>
       </c>
       <c r="C45" s="23">
-        <v>0.15301587301587302</v>
+        <v>0.18026565464895636</v>
       </c>
       <c r="D45" s="20">
-        <v>3.8730158730158733E-2</v>
+        <v>6.6413662239089177E-2</v>
       </c>
       <c r="E45" s="20">
-        <v>6.0317460317460318E-2</v>
+        <v>7.020872865275142E-2</v>
       </c>
       <c r="F45" s="20">
-        <v>4.6349206349206348E-2</v>
+        <v>6.0088551549652119E-2</v>
       </c>
       <c r="G45" s="20">
-        <v>0.10666666666666667</v>
+        <v>0.12017710309930424</v>
       </c>
       <c r="H45" s="26">
-        <v>2.5396825396825397E-3</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.5300442757748261E-3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A46" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B46" s="23">
-        <v>0.27931034482758621</v>
+        <v>0.36963696369636961</v>
       </c>
       <c r="C46" s="23">
-        <v>9.6551724137931033E-2</v>
+        <v>0.16501650165016502</v>
       </c>
       <c r="D46" s="20">
-        <v>9.3103448275862075E-2</v>
+        <v>9.5709570957095716E-2</v>
       </c>
       <c r="E46" s="20">
-        <v>8.9655172413793102E-2</v>
+        <v>0.10891089108910891</v>
       </c>
       <c r="F46" s="20">
-        <v>3.793103448275862E-2</v>
+        <v>5.2805280528052806E-2</v>
       </c>
       <c r="G46" s="20">
-        <v>5.8620689655172413E-2</v>
+        <v>0.11221122112211221</v>
       </c>
       <c r="H46" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A47" s="9" t="s">
         <v>31</v>
       </c>
       <c r="B47" s="23">
-        <v>0.35059760956175301</v>
+        <v>0.34652014652014651</v>
       </c>
       <c r="C47" s="23">
-        <v>0.18087649402390438</v>
+        <v>0.16043956043956045</v>
       </c>
       <c r="D47" s="20">
-        <v>9.1633466135458169E-2</v>
+        <v>8.9377289377289379E-2</v>
       </c>
       <c r="E47" s="20">
-        <v>7.6494023904382466E-2</v>
+        <v>9.3772893772893773E-2</v>
       </c>
       <c r="F47" s="20">
-        <v>5.1792828685258967E-2</v>
+        <v>6.3736263736263732E-2</v>
       </c>
       <c r="G47" s="20">
-        <v>0.12908366533864543</v>
+        <v>9.6703296703296707E-2</v>
       </c>
       <c r="H47" s="26">
-        <v>1.5936254980079682E-3</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
+        <v>2.9304029304029304E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A48" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B48" s="23">
-        <v>0.41538461538461541</v>
+        <v>0.4</v>
       </c>
       <c r="C48" s="23">
-        <v>0.2</v>
+        <v>0.188</v>
       </c>
       <c r="D48" s="20">
-        <v>5.6410256410256411E-2</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="E48" s="20">
-        <v>0.13846153846153847</v>
+        <v>0.124</v>
       </c>
       <c r="F48" s="20">
-        <v>5.6410256410256411E-2</v>
+        <v>0.06</v>
       </c>
       <c r="G48" s="20">
-        <v>0.14358974358974358</v>
+        <v>0.128</v>
       </c>
       <c r="H48" s="26">
-        <v>2.0512820512820513E-2</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B49" s="23">
         <v>0.22033898305084745</v>
       </c>
       <c r="C49" s="23">
-        <v>8.4745762711864403E-2</v>
+        <v>0.10169491525423729</v>
       </c>
       <c r="D49" s="20">
+        <v>5.0847457627118647E-2</v>
+      </c>
+      <c r="E49" s="20">
+        <v>5.0847457627118647E-2</v>
+      </c>
+      <c r="F49" s="20">
+        <v>3.3898305084745763E-2</v>
+      </c>
+      <c r="G49" s="20">
         <v>6.7796610169491525E-2</v>
       </c>
-      <c r="E49" s="20">
-[...7 lines deleted...]
-      </c>
       <c r="H49" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:8" x14ac:dyDescent="0.2">
+        <v>1.6949152542372881E-2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A50" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B50" s="23">
-        <v>0.45535714285714285</v>
+        <v>0.47636363636363638</v>
       </c>
       <c r="C50" s="23">
-        <v>0.1875</v>
+        <v>0.2290909090909091</v>
       </c>
       <c r="D50" s="20">
-        <v>0.17857142857142858</v>
+        <v>0.11272727272727273</v>
       </c>
       <c r="E50" s="20">
-        <v>8.4821428571428575E-2</v>
+        <v>0.13090909090909092</v>
       </c>
       <c r="F50" s="20">
-        <v>7.1428571428571425E-2</v>
+        <v>8.3636363636363634E-2</v>
       </c>
       <c r="G50" s="20">
-        <v>0.11607142857142858</v>
+        <v>0.14545454545454545</v>
       </c>
       <c r="H50" s="26">
-        <v>4.464285714285714E-3</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3.6363636363636364E-3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A51" s="9" t="s">
         <v>35</v>
       </c>
       <c r="B51" s="23">
-        <v>0.43181818181818182</v>
+        <v>0.578125</v>
       </c>
       <c r="C51" s="23">
-        <v>0.27272727272727271</v>
+        <v>0.265625</v>
       </c>
       <c r="D51" s="20">
-        <v>4.5454545454545456E-2</v>
+        <v>0.125</v>
       </c>
       <c r="E51" s="20">
-        <v>0.11363636363636363</v>
+        <v>0.171875</v>
       </c>
       <c r="F51" s="20">
-        <v>6.8181818181818177E-2</v>
+        <v>6.25E-2</v>
       </c>
       <c r="G51" s="20">
-        <v>0.20454545454545456</v>
+        <v>0.203125</v>
       </c>
       <c r="H51" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.5625E-2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B52" s="23">
-        <v>0.34697855750487328</v>
+        <v>0.42071881606765327</v>
       </c>
       <c r="C52" s="23">
-        <v>0.12670565302144249</v>
+        <v>0.15856236786469344</v>
       </c>
       <c r="D52" s="20">
-        <v>0.12280701754385964</v>
+        <v>0.13953488372093023</v>
       </c>
       <c r="E52" s="20">
-        <v>8.9668615984405453E-2</v>
+        <v>0.11627906976744186</v>
       </c>
       <c r="F52" s="20">
-        <v>3.8986354775828458E-2</v>
+        <v>6.3424947145877375E-2</v>
       </c>
       <c r="G52" s="20">
-        <v>8.771929824561403E-2</v>
+        <v>9.5137420718816063E-2</v>
       </c>
       <c r="H52" s="26">
-        <v>7.7972709551656916E-3</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>6.3424947145877377E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="9" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C53" s="41" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G53" s="56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H53" s="57" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A54" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B54" s="23">
-        <v>0.3434704830053667</v>
+        <v>0.44017403915881076</v>
       </c>
       <c r="C54" s="23">
-        <v>0.1967799642218247</v>
+        <v>0.2675852066715011</v>
       </c>
       <c r="D54" s="20">
-        <v>6.5295169946332735E-2</v>
+        <v>7.2516316171138503E-2</v>
       </c>
       <c r="E54" s="20">
-        <v>7.4239713774597496E-2</v>
+        <v>9.0645395213923133E-2</v>
       </c>
       <c r="F54" s="20">
-        <v>4.8300536672629693E-2</v>
+        <v>6.9615663524292964E-2</v>
       </c>
       <c r="G54" s="20">
-        <v>0.14847942754919499</v>
+        <v>0.19796954314720813</v>
       </c>
       <c r="H54" s="26">
-        <v>7.1556350626118068E-3</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
+        <v>9.4271211022480053E-3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A55" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B55" s="23">
-        <v>0.41114982578397213</v>
+        <v>0.44951140065146578</v>
       </c>
       <c r="C55" s="23">
-        <v>0.11149825783972125</v>
+        <v>0.1465798045602606</v>
       </c>
       <c r="D55" s="20">
-        <v>0.11498257839721254</v>
+        <v>0.17263843648208468</v>
       </c>
       <c r="E55" s="20">
-        <v>0.17770034843205576</v>
+        <v>0.13029315960912052</v>
       </c>
       <c r="F55" s="20">
-        <v>5.9233449477351915E-2</v>
+        <v>8.4690553745928335E-2</v>
       </c>
       <c r="G55" s="20">
-        <v>5.2264808362369339E-2</v>
+        <v>6.1889250814332247E-2</v>
       </c>
       <c r="H55" s="26">
-        <v>6.9686411149825784E-3</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A56" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B56" s="23">
-        <v>0.2421875</v>
+        <v>0.27064220183486237</v>
       </c>
       <c r="C56" s="23">
-        <v>0.15625</v>
+        <v>0.11467889908256881</v>
       </c>
       <c r="D56" s="20">
-        <v>3.125E-2</v>
+        <v>4.1284403669724773E-2</v>
       </c>
       <c r="E56" s="20">
-        <v>4.6875E-2</v>
+        <v>0.11009174311926606</v>
       </c>
       <c r="F56" s="20">
-        <v>5.46875E-2</v>
+        <v>4.1284403669724773E-2</v>
       </c>
       <c r="G56" s="20">
-        <v>0.1015625</v>
+        <v>7.3394495412844041E-2</v>
       </c>
       <c r="H56" s="26">
-        <v>7.8125E-3</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4.5871559633027525E-3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A57" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B57" s="23">
-        <v>0.2583625358394393</v>
+        <v>0.31224004753416518</v>
       </c>
       <c r="C57" s="23">
-        <v>0.16788786237655304</v>
+        <v>0.20944741532976827</v>
       </c>
       <c r="D57" s="20">
-        <v>3.5998725708824467E-2</v>
+        <v>4.2483660130718956E-2</v>
       </c>
       <c r="E57" s="20">
-        <v>5.1927365402994585E-2</v>
+        <v>5.3475935828877004E-2</v>
       </c>
       <c r="F57" s="20">
-        <v>3.2812997769990443E-2</v>
+        <v>5.0802139037433157E-2</v>
       </c>
       <c r="G57" s="20">
-        <v>0.13507486460656259</v>
+        <v>0.1586452762923351</v>
       </c>
       <c r="H57" s="26">
-        <v>2.5485823510672189E-3</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
+        <v>6.833036244800951E-3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A58" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B58" s="23">
-        <v>0.27988338192419826</v>
+        <v>0.34642233856893545</v>
       </c>
       <c r="C58" s="23">
-        <v>0.15743440233236153</v>
+        <v>0.19197207678883071</v>
       </c>
       <c r="D58" s="20">
-        <v>5.7337220602526724E-2</v>
+        <v>6.7190226876090747E-2</v>
       </c>
       <c r="E58" s="20">
-        <v>5.7337220602526724E-2</v>
+        <v>8.2897033158813263E-2</v>
       </c>
       <c r="F58" s="20">
-        <v>5.4421768707482991E-2</v>
+        <v>5.3228621291448515E-2</v>
       </c>
       <c r="G58" s="20">
-        <v>0.10301263362487852</v>
+        <v>0.13874345549738221</v>
       </c>
       <c r="H58" s="26">
-        <v>7.7745383867832843E-3</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>4.3630017452006981E-3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B59" s="24">
-        <v>0.30382293762575452</v>
+        <v>0.37473233404710921</v>
       </c>
       <c r="C59" s="24">
-        <v>0.12977867203219315</v>
+        <v>0.15631691648822268</v>
       </c>
       <c r="D59" s="21">
-        <v>8.9537223340040245E-2</v>
+        <v>0.10706638115631692</v>
       </c>
       <c r="E59" s="21">
-        <v>7.847082494969819E-2</v>
+        <v>0.10813704496788008</v>
       </c>
       <c r="F59" s="21">
-        <v>5.2313883299798795E-2</v>
+        <v>6.852248394004283E-2</v>
       </c>
       <c r="G59" s="21">
-        <v>7.746478873239436E-2</v>
+        <v>8.7794432548179868E-2</v>
       </c>
       <c r="H59" s="27">
-        <v>6.0362173038229373E-3</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.2119914346895075E-3</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="33" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B60" s="34">
-        <v>0.34765447902498864</v>
+        <v>0.39197315782681635</v>
       </c>
       <c r="C60" s="34">
-        <v>0.19838920446969091</v>
+        <v>0.21989934185056137</v>
       </c>
       <c r="D60" s="35">
-        <v>6.8192122036429575E-2</v>
+        <v>7.7326106594399271E-2</v>
       </c>
       <c r="E60" s="35">
-        <v>7.6806144491559328E-2</v>
+        <v>8.8940508452703571E-2</v>
       </c>
       <c r="F60" s="35">
-        <v>5.2057497933167989E-2</v>
+        <v>6.3569492837785527E-2</v>
       </c>
       <c r="G60" s="35">
-        <v>0.14633170653652292</v>
+        <v>0.15632984901277583</v>
       </c>
       <c r="H60" s="36">
-        <v>4.2670080273088514E-3</v>
+        <v>5.8072009291521487E-3</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="107" t="s">
-[...10 lines deleted...]
-    <row r="62" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="76" t="s">
+        <v>73</v>
+      </c>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="76"/>
+      <c r="F61" s="76"/>
+      <c r="G61" s="76"/>
+      <c r="H61" s="76"/>
+    </row>
+    <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.25">
       <c r="A62" s="13" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B62" s="13"/>
       <c r="C62" s="13"/>
       <c r="D62" s="10"/>
       <c r="E62" s="11"/>
       <c r="F62" s="11"/>
       <c r="G62" s="11"/>
       <c r="H62" s="12"/>
     </row>
-    <row r="63" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="44" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B63" s="13"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="14"/>
       <c r="F63" s="14"/>
       <c r="G63" s="14"/>
       <c r="H63" s="15" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B64" s="16"/>
       <c r="C64" s="16"/>
       <c r="D64" s="16"/>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A61:H61"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:L66"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:J4"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:L4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="10" width="13.42578125" style="79" customWidth="1"/>
+    <col min="1" max="1" width="21.81640625" customWidth="1"/>
+    <col min="2" max="6" width="8.81640625" customWidth="1"/>
+    <col min="7" max="12" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
-      <c r="G1" s="64"/>
-[...4 lines deleted...]
-    <row r="2" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+    </row>
+    <row r="2" spans="1:12" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="65"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:10" s="1" customFormat="1" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
+    </row>
+    <row r="3" spans="1:12" s="1" customFormat="1" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
-      <c r="G3" s="66"/>
-[...19 lines deleted...]
-      <c r="A5" s="63"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+    </row>
+    <row r="4" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="77" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" s="77"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+      <c r="G4" s="77"/>
+      <c r="H4" s="77"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+    </row>
+    <row r="5" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="68"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
-      <c r="G5" s="67"/>
-[...15 lines deleted...]
-      <c r="E6" s="37" t="s">
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4"/>
+      <c r="K5" s="4"/>
+      <c r="L5" s="4"/>
+    </row>
+    <row r="6" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="78"/>
+      <c r="B6" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="C6" s="79" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="E6" s="79" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" s="79" t="s">
+        <v>90</v>
+      </c>
+      <c r="G6" s="80" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" s="81" t="s">
+        <v>76</v>
+      </c>
+      <c r="I6" s="81" t="s">
+        <v>77</v>
+      </c>
+      <c r="J6" s="81" t="s">
         <v>81</v>
       </c>
-      <c r="F6" s="37" t="s">
-[...16 lines deleted...]
-      <c r="A7" s="8" t="s">
+      <c r="K6" s="81" t="s">
+        <v>80</v>
+      </c>
+      <c r="L6" s="115" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="39" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="39">
+      <c r="B7" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" s="83">
         <v>7.1942446043165471E-3</v>
       </c>
-      <c r="E7" s="39">
-[...2 lines deleted...]
-      <c r="F7" s="39">
+      <c r="E7" s="83">
         <v>0.22764227642276422</v>
       </c>
-      <c r="G7" s="82" t="s">
-[...5 lines deleted...]
-      <c r="I7" s="84">
+      <c r="F7" s="83">
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="G7" s="84" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" s="85" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="116">
         <v>22.044803181844767</v>
       </c>
-      <c r="J7" s="69" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="J7" s="85" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" s="117">
+        <v>10.56910569105691</v>
+      </c>
+      <c r="L7" s="83" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="23">
+      <c r="B8" s="89">
         <v>0.15196078431372548</v>
       </c>
-      <c r="C8" s="23">
+      <c r="C8" s="89">
         <v>0.19617224880382775</v>
       </c>
-      <c r="D8" s="23">
+      <c r="D8" s="89">
         <v>0.26470588235294118</v>
       </c>
-      <c r="E8" s="23">
-[...2 lines deleted...]
-      <c r="F8" s="23">
+      <c r="E8" s="89">
         <v>0.3251231527093596</v>
       </c>
-      <c r="G8" s="85">
+      <c r="F8" s="89">
+        <v>0.30516431924882631</v>
+      </c>
+      <c r="G8" s="90">
         <v>4.4211464490102266</v>
       </c>
-      <c r="H8" s="86">
+      <c r="H8" s="91">
         <v>6.8533633549113429</v>
       </c>
       <c r="I8" s="87">
         <v>6.0417270356418413</v>
       </c>
-      <c r="J8" s="70">
-[...4 lines deleted...]
-      <c r="A9" s="9" t="s">
+      <c r="J8" s="87">
+        <v>4.045843689588513</v>
+      </c>
+      <c r="K8" s="97">
+        <v>-1.9958833460533287</v>
+      </c>
+      <c r="L8" s="118">
+        <v>10.899207044499857</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="23">
+      <c r="B9" s="89">
         <v>0.12359550561797752</v>
       </c>
-      <c r="C9" s="23">
+      <c r="C9" s="89">
         <v>0.25925925925925924</v>
       </c>
-      <c r="D9" s="23">
+      <c r="D9" s="89">
         <v>0.31707317073170732</v>
       </c>
-      <c r="E9" s="23">
-[...2 lines deleted...]
-      <c r="F9" s="23">
+      <c r="E9" s="89">
         <v>0.32191780821917809</v>
       </c>
-      <c r="G9" s="85">
+      <c r="F9" s="89">
+        <v>0.27814569536423839</v>
+      </c>
+      <c r="G9" s="90">
         <v>13.566375364128172</v>
       </c>
-      <c r="H9" s="86">
+      <c r="H9" s="91">
         <v>5.7813911472448076</v>
       </c>
-      <c r="I9" s="87">
+      <c r="I9" s="92">
         <v>0.48446374874707709</v>
       </c>
-      <c r="J9" s="70">
-[...4 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="J9" s="92">
+        <v>-3.8927475367468931</v>
+      </c>
+      <c r="K9" s="97">
+        <v>-4.3772112854939706</v>
+      </c>
+      <c r="L9" s="118">
+        <v>1.8886436104979143</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="88" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="23">
+      <c r="B10" s="89">
         <v>0</v>
       </c>
-      <c r="C10" s="23">
+      <c r="C10" s="89">
         <v>0.20915032679738563</v>
       </c>
-      <c r="D10" s="23">
+      <c r="D10" s="89">
         <v>0.28082191780821919</v>
       </c>
-      <c r="E10" s="23">
-[...2 lines deleted...]
-      <c r="F10" s="23">
+      <c r="E10" s="89">
         <v>0.46153846153846156</v>
       </c>
-      <c r="G10" s="85">
+      <c r="F10" s="89">
+        <v>0.55454545454545456</v>
+      </c>
+      <c r="G10" s="90">
         <v>20.915032679738562</v>
       </c>
-      <c r="H10" s="86">
+      <c r="H10" s="91">
         <v>7.1671591010833566</v>
       </c>
       <c r="I10" s="87">
         <v>18.071654373024238</v>
       </c>
-      <c r="J10" s="70">
-[...4 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="J10" s="87">
+        <v>27.372353673723538</v>
+      </c>
+      <c r="K10" s="91">
+        <v>9.3006993006993</v>
+      </c>
+      <c r="L10" s="118">
+        <v>34.539512774806894</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="23">
+      <c r="B11" s="89">
         <v>0.10344827586206896</v>
       </c>
-      <c r="C11" s="23">
+      <c r="C11" s="89">
         <v>0.24858757062146894</v>
       </c>
-      <c r="D11" s="23">
+      <c r="D11" s="89">
         <v>0.38349514563106796</v>
       </c>
-      <c r="E11" s="23">
-[...2 lines deleted...]
-      <c r="F11" s="23">
+      <c r="E11" s="89">
         <v>0.39148936170212767</v>
       </c>
-      <c r="G11" s="85">
+      <c r="F11" s="89">
+        <v>0.43283582089552236</v>
+      </c>
+      <c r="G11" s="90">
         <v>14.513929475939996</v>
       </c>
-      <c r="H11" s="86">
+      <c r="H11" s="91">
         <v>13.490757500959901</v>
       </c>
       <c r="I11" s="87">
         <v>0.79942160710597121</v>
       </c>
-      <c r="J11" s="70">
-[...4 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="J11" s="87">
+        <v>4.9340675264454408</v>
+      </c>
+      <c r="K11" s="91">
+        <v>4.1346459193394693</v>
+      </c>
+      <c r="L11" s="118">
+        <v>18.42482502740534</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="88" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="23">
+      <c r="B12" s="89">
         <v>0.14624505928853754</v>
       </c>
-      <c r="C12" s="23">
+      <c r="C12" s="89">
         <v>0.26470588235294118</v>
       </c>
-      <c r="D12" s="23">
+      <c r="D12" s="89">
         <v>0.32432432432432434</v>
       </c>
-      <c r="E12" s="23">
-[...2 lines deleted...]
-      <c r="F12" s="23">
+      <c r="E12" s="89">
         <v>0.38922155688622756</v>
       </c>
-      <c r="G12" s="85">
+      <c r="F12" s="89">
+        <v>0.35674157303370785</v>
+      </c>
+      <c r="G12" s="90">
         <v>11.846082306440364</v>
       </c>
-      <c r="H12" s="86">
+      <c r="H12" s="91">
         <v>5.9618441971383165</v>
       </c>
       <c r="I12" s="87">
         <v>6.489723256190322</v>
       </c>
-      <c r="J12" s="70">
-[...4 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="J12" s="87">
+        <v>3.2417248709383504</v>
+      </c>
+      <c r="K12" s="97">
+        <v>-3.2479983852519712</v>
+      </c>
+      <c r="L12" s="118">
+        <v>9.2035690680766677</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="23">
+      <c r="B13" s="89">
         <v>0.11548223350253807</v>
       </c>
-      <c r="C13" s="23">
+      <c r="C13" s="89">
         <v>0.2789400278940028</v>
       </c>
-      <c r="D13" s="23">
+      <c r="D13" s="89">
         <v>0.34859675036927623</v>
       </c>
-      <c r="E13" s="23">
-[...2 lines deleted...]
-      <c r="F13" s="23">
+      <c r="E13" s="89">
         <v>0.35928961748633881</v>
       </c>
-      <c r="G13" s="85">
+      <c r="F13" s="89">
+        <v>0.43975155279503103</v>
+      </c>
+      <c r="G13" s="90">
         <v>16.345779439146472</v>
       </c>
-      <c r="H13" s="86">
+      <c r="H13" s="91">
         <v>6.965672247527344</v>
       </c>
       <c r="I13" s="87">
         <v>1.0692867117062577</v>
       </c>
-      <c r="J13" s="70">
-[...4 lines deleted...]
-      <c r="A14" s="9" t="s">
+      <c r="J13" s="87">
+        <v>9.1154802425754795</v>
+      </c>
+      <c r="K13" s="91">
+        <v>8.046193530869223</v>
+      </c>
+      <c r="L13" s="118">
+        <v>16.081152490102824</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" s="88" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="23">
+      <c r="B14" s="89">
         <v>0.14285714285714285</v>
       </c>
-      <c r="C14" s="23">
+      <c r="C14" s="89">
         <v>0.21897335932423651</v>
       </c>
-      <c r="D14" s="23">
+      <c r="D14" s="89">
         <v>0.28388278388278387</v>
       </c>
-      <c r="E14" s="23">
-[...2 lines deleted...]
-      <c r="F14" s="23">
+      <c r="E14" s="89">
         <v>0.36859876195835678</v>
       </c>
-      <c r="G14" s="85">
+      <c r="F14" s="89">
+        <v>0.44754464285714285</v>
+      </c>
+      <c r="G14" s="90">
         <v>7.6116216467093656</v>
       </c>
-      <c r="H14" s="86">
+      <c r="H14" s="91">
         <v>6.4909424558547366</v>
       </c>
       <c r="I14" s="87">
         <v>8.4715978075572913</v>
       </c>
-      <c r="J14" s="70">
-[...4 lines deleted...]
-      <c r="A15" s="9" t="s">
+      <c r="J14" s="87">
+        <v>16.366185897435898</v>
+      </c>
+      <c r="K14" s="91">
+        <v>7.8945880898786065</v>
+      </c>
+      <c r="L14" s="118">
+        <v>22.857128353290634</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="88" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A16" s="9" t="s">
+      <c r="B15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J15" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L15" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="88" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="23">
+      <c r="B16" s="89">
         <v>0.61111111111111116</v>
       </c>
-      <c r="C16" s="23">
+      <c r="C16" s="89">
         <v>0.53968253968253965</v>
       </c>
-      <c r="D16" s="23">
+      <c r="D16" s="89">
         <v>0.5</v>
       </c>
-      <c r="E16" s="23">
-[...2 lines deleted...]
-      <c r="F16" s="23">
+      <c r="E16" s="89">
         <v>0.49295774647887325</v>
       </c>
-      <c r="G16" s="85">
+      <c r="F16" s="89">
+        <v>0.47619047619047616</v>
+      </c>
+      <c r="G16" s="120">
         <v>-7.1428571428571512</v>
       </c>
-      <c r="H16" s="86">
+      <c r="H16" s="97">
         <v>-3.9682539682539653</v>
       </c>
-      <c r="I16" s="87">
+      <c r="I16" s="92">
         <v>-0.70422535211267512</v>
       </c>
-      <c r="J16" s="70">
-[...4 lines deleted...]
-      <c r="A17" s="9" t="s">
+      <c r="J16" s="92">
+        <v>-2.3809523809523836</v>
+      </c>
+      <c r="K16" s="97">
+        <v>-1.6767270288397085</v>
+      </c>
+      <c r="L16" s="121">
+        <v>-6.3492063492063489</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="88" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="23">
+      <c r="B17" s="89">
         <v>0.11214953271028037</v>
       </c>
-      <c r="C17" s="23">
+      <c r="C17" s="89">
         <v>0.29104477611940299</v>
       </c>
-      <c r="D17" s="23">
+      <c r="D17" s="89">
         <v>0.36363636363636365</v>
       </c>
-      <c r="E17" s="23">
-[...2 lines deleted...]
-      <c r="F17" s="23">
+      <c r="E17" s="89">
         <v>0.30188679245283018</v>
       </c>
-      <c r="G17" s="85">
+      <c r="F17" s="89">
+        <v>0.33132530120481929</v>
+      </c>
+      <c r="G17" s="90">
         <v>17.88952434091226</v>
       </c>
-      <c r="H17" s="86">
+      <c r="H17" s="91">
         <v>7.2591587516960656</v>
       </c>
-      <c r="I17" s="87">
+      <c r="I17" s="92">
         <v>-6.1749571183533467</v>
       </c>
-      <c r="J17" s="70">
-[...4 lines deleted...]
-      <c r="A18" s="9" t="s">
+      <c r="J17" s="92">
+        <v>-3.2311062431544357</v>
+      </c>
+      <c r="K17" s="91">
+        <v>2.943850875198911</v>
+      </c>
+      <c r="L17" s="118">
+        <v>4.0280525085416299</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="88" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="23">
+      <c r="B18" s="89">
         <v>0.11794019933554817</v>
       </c>
-      <c r="C18" s="23">
+      <c r="C18" s="89">
         <v>0.27011494252873564</v>
       </c>
-      <c r="D18" s="23">
+      <c r="D18" s="89">
         <v>0.31826401446654612</v>
       </c>
-      <c r="E18" s="23">
-[...2 lines deleted...]
-      <c r="F18" s="23">
+      <c r="E18" s="89">
         <v>0.34184914841849151</v>
       </c>
-      <c r="G18" s="85">
+      <c r="F18" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="90">
         <v>15.217474319318747</v>
       </c>
-      <c r="H18" s="86">
+      <c r="H18" s="91">
         <v>4.8149071937810479</v>
       </c>
       <c r="I18" s="87">
         <v>2.3585133951945392</v>
       </c>
-      <c r="J18" s="70">
-[...4 lines deleted...]
-      <c r="A19" s="9" t="s">
+      <c r="J18" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L18" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="88" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="23">
+      <c r="B19" s="89">
         <v>0.14131897711978467</v>
       </c>
-      <c r="C19" s="23">
+      <c r="C19" s="89">
         <v>0.37138508371385082</v>
       </c>
-      <c r="D19" s="23">
+      <c r="D19" s="89">
         <v>0.35459940652818989</v>
       </c>
-      <c r="E19" s="23">
-[...2 lines deleted...]
-      <c r="F19" s="23">
+      <c r="E19" s="89">
         <v>0.33753501400560226</v>
       </c>
-      <c r="G19" s="85">
+      <c r="F19" s="89">
+        <v>0.4129287598944591</v>
+      </c>
+      <c r="G19" s="90">
         <v>23.006610659406615</v>
       </c>
-      <c r="H19" s="86">
+      <c r="H19" s="97">
         <v>-1.678567718566093</v>
       </c>
-      <c r="I19" s="87">
+      <c r="I19" s="92">
         <v>-1.7064392522587624</v>
       </c>
-      <c r="J19" s="70">
-[...4 lines deleted...]
-      <c r="A20" s="9" t="s">
+      <c r="J19" s="87">
+        <v>5.832935336626921</v>
+      </c>
+      <c r="K19" s="91">
+        <v>7.5393745888856838</v>
+      </c>
+      <c r="L19" s="118">
+        <v>4.154367618060828</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="23">
+      <c r="B20" s="89">
         <v>0</v>
       </c>
-      <c r="C20" s="23">
+      <c r="C20" s="89">
         <v>0.43209876543209874</v>
       </c>
-      <c r="D20" s="23">
+      <c r="D20" s="89">
         <v>0.33333333333333331</v>
       </c>
-      <c r="E20" s="23">
-[...2 lines deleted...]
-      <c r="F20" s="23">
+      <c r="E20" s="89">
         <v>0.49315068493150682</v>
       </c>
-      <c r="G20" s="85">
+      <c r="F20" s="89">
+        <v>0.54117647058823526</v>
+      </c>
+      <c r="G20" s="90">
         <v>43.209876543209873</v>
       </c>
-      <c r="H20" s="86">
+      <c r="H20" s="97">
         <v>-9.8765432098765427</v>
       </c>
       <c r="I20" s="87">
         <v>15.981735159817351</v>
       </c>
-      <c r="J20" s="70">
-[...4 lines deleted...]
-      <c r="A21" s="9" t="s">
+      <c r="J20" s="87">
+        <v>20.784313725490193</v>
+      </c>
+      <c r="K20" s="91">
+        <v>4.8025785656728441</v>
+      </c>
+      <c r="L20" s="121">
+        <v>10.907770515613652</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="88" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="23">
+      <c r="B21" s="89">
         <v>0.1797752808988764</v>
       </c>
-      <c r="C21" s="23">
+      <c r="C21" s="89">
         <v>0.2848101265822785</v>
       </c>
-      <c r="D21" s="23">
+      <c r="D21" s="89">
         <v>0.45454545454545453</v>
       </c>
-      <c r="E21" s="23">
-[...2 lines deleted...]
-      <c r="F21" s="23">
+      <c r="E21" s="89">
         <v>0.4315068493150685</v>
       </c>
-      <c r="G21" s="85">
+      <c r="F21" s="89">
+        <v>0.43835616438356162</v>
+      </c>
+      <c r="G21" s="90">
         <v>10.503484568340211</v>
       </c>
-      <c r="H21" s="86">
+      <c r="H21" s="91">
         <v>16.973532796317603</v>
       </c>
-      <c r="I21" s="87">
+      <c r="I21" s="92">
         <v>-2.3038605230386033</v>
       </c>
-      <c r="J21" s="70">
-[...4 lines deleted...]
-      <c r="A22" s="9" t="s">
+      <c r="J21" s="92">
+        <v>-1.6189290161892911</v>
+      </c>
+      <c r="K21" s="91">
+        <v>0.68493150684931225</v>
+      </c>
+      <c r="L21" s="118">
+        <v>15.354603780128311</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="23">
+      <c r="B22" s="89">
         <v>0.12141652613827993</v>
       </c>
-      <c r="C22" s="23">
+      <c r="C22" s="89">
         <v>0.25749559082892415</v>
       </c>
-      <c r="D22" s="23">
+      <c r="D22" s="89">
         <v>0.33159722222222221</v>
       </c>
-      <c r="E22" s="23">
-[...2 lines deleted...]
-      <c r="F22" s="23">
+      <c r="E22" s="89">
         <v>0.32524271844660196</v>
       </c>
-      <c r="G22" s="85">
+      <c r="F22" s="89">
+        <v>0.38520801232665641</v>
+      </c>
+      <c r="G22" s="90">
         <v>13.607906469064424</v>
       </c>
-      <c r="H22" s="86">
+      <c r="H22" s="91">
         <v>7.4101631393298062</v>
       </c>
-      <c r="I22" s="87">
+      <c r="I22" s="92">
         <v>-0.6354503775620246</v>
       </c>
-      <c r="J22" s="70">
-[...4 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="J22" s="87">
+        <v>5.3610790104434205</v>
+      </c>
+      <c r="K22" s="91">
+        <v>5.9965293880054453</v>
+      </c>
+      <c r="L22" s="118">
+        <v>12.771242149773226</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="23">
+      <c r="B23" s="89">
         <v>0</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="89">
         <v>0.24102564102564103</v>
       </c>
-      <c r="D23" s="23">
+      <c r="D23" s="89">
         <v>0.30083565459610029</v>
       </c>
-      <c r="E23" s="23">
-[...2 lines deleted...]
-      <c r="F23" s="23">
+      <c r="E23" s="89">
         <v>0.43181818181818182</v>
       </c>
-      <c r="G23" s="85">
+      <c r="F23" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="90">
         <v>24.102564102564102</v>
       </c>
-      <c r="H23" s="86">
+      <c r="H23" s="91">
         <v>5.9810013570459262</v>
       </c>
       <c r="I23" s="87">
         <v>13.098252722208153</v>
       </c>
-      <c r="J23" s="70">
-[...4 lines deleted...]
-      <c r="A24" s="9" t="s">
+      <c r="J23" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K23" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L23" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="23">
+      <c r="B24" s="89">
         <v>9.0643274853801165E-2</v>
       </c>
-      <c r="C24" s="23">
+      <c r="C24" s="89">
         <v>0.24100719424460432</v>
       </c>
-      <c r="D24" s="23">
+      <c r="D24" s="89">
         <v>0.30666666666666664</v>
       </c>
-      <c r="E24" s="23">
-[...2 lines deleted...]
-      <c r="F24" s="23">
+      <c r="E24" s="89">
         <v>0.32121212121212123</v>
       </c>
-      <c r="G24" s="85">
+      <c r="F24" s="89">
+        <v>0.38289205702647655</v>
+      </c>
+      <c r="G24" s="90">
         <v>15.036391939080316</v>
       </c>
-      <c r="H24" s="86">
+      <c r="H24" s="91">
         <v>6.5659472422062324</v>
       </c>
       <c r="I24" s="87">
         <v>1.4545454545454584</v>
       </c>
-      <c r="J24" s="70">
-[...4 lines deleted...]
-      <c r="A25" s="9" t="s">
+      <c r="J24" s="87">
+        <v>7.6225390359809904</v>
+      </c>
+      <c r="K24" s="91">
+        <v>6.1679935814355327</v>
+      </c>
+      <c r="L24" s="118">
+        <v>14.188486278187224</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="88" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="23">
+      <c r="B25" s="89">
         <v>0.16993464052287582</v>
       </c>
-      <c r="C25" s="23">
+      <c r="C25" s="89">
         <v>0.29931972789115646</v>
       </c>
-      <c r="D25" s="23">
+      <c r="D25" s="89">
         <v>0.44155844155844154</v>
       </c>
-      <c r="E25" s="23">
-[...2 lines deleted...]
-      <c r="F25" s="23">
+      <c r="E25" s="89">
         <v>0.48888888888888887</v>
       </c>
-      <c r="G25" s="85">
+      <c r="F25" s="89">
+        <v>0.50847457627118642</v>
+      </c>
+      <c r="G25" s="90">
         <v>12.938508736828064</v>
       </c>
-      <c r="H25" s="86">
+      <c r="H25" s="91">
         <v>14.223871366728508</v>
       </c>
       <c r="I25" s="87">
         <v>4.7330447330447338</v>
       </c>
-      <c r="J25" s="70">
-[...4 lines deleted...]
-      <c r="A26" s="9" t="s">
+      <c r="J25" s="87">
+        <v>6.6916134712744881</v>
+      </c>
+      <c r="K25" s="91">
+        <v>1.9585687382297545</v>
+      </c>
+      <c r="L25" s="118">
+        <v>20.915484838002996</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A26" s="88" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="23">
+      <c r="B26" s="89">
         <v>0.16666666666666666</v>
       </c>
-      <c r="C26" s="23">
+      <c r="C26" s="89">
         <v>0.32456140350877194</v>
       </c>
-      <c r="D26" s="23">
+      <c r="D26" s="89">
         <v>0.36434108527131781</v>
       </c>
-      <c r="E26" s="23">
-[...2 lines deleted...]
-      <c r="F26" s="23">
+      <c r="E26" s="89">
         <v>0.28859060402684567</v>
       </c>
-      <c r="G26" s="85">
+      <c r="F26" s="89">
+        <v>0.42148760330578511</v>
+      </c>
+      <c r="G26" s="90">
         <v>15.789473684210527</v>
       </c>
-      <c r="H26" s="86">
+      <c r="H26" s="91">
         <v>3.9779681762545871</v>
       </c>
-      <c r="I26" s="87">
+      <c r="I26" s="92">
         <v>-7.5750481244472141</v>
       </c>
-      <c r="J26" s="70">
-[...4 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="J26" s="87">
+        <v>5.7146518034467295</v>
+      </c>
+      <c r="K26" s="91">
+        <v>13.289699927893944</v>
+      </c>
+      <c r="L26" s="118">
+        <v>9.6926199797013162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="88" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="23">
+      <c r="B27" s="89">
         <v>0.19195519348268839</v>
       </c>
-      <c r="C27" s="23">
+      <c r="C27" s="89">
         <v>0.33778835591358475</v>
       </c>
-      <c r="D27" s="23">
+      <c r="D27" s="89">
         <v>0.3931307793923382</v>
       </c>
-      <c r="E27" s="23">
-[...2 lines deleted...]
-      <c r="F27" s="23">
+      <c r="E27" s="89">
         <v>0.41648804616652929</v>
       </c>
-      <c r="G27" s="85">
+      <c r="F27" s="89">
+        <v>0.45411542100283825</v>
+      </c>
+      <c r="G27" s="90">
         <v>14.583316243089635</v>
       </c>
-      <c r="H27" s="86">
+      <c r="H27" s="91">
         <v>5.5342423478753453</v>
       </c>
       <c r="I27" s="87">
         <v>2.3357266774191086</v>
       </c>
-      <c r="J27" s="70">
-[...4 lines deleted...]
-      <c r="A28" s="28" t="s">
+      <c r="J27" s="87">
+        <v>6.0984641610500043</v>
+      </c>
+      <c r="K27" s="91">
+        <v>3.7627374836308958</v>
+      </c>
+      <c r="L27" s="118">
+        <v>11.632706508925351</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="98" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" s="99">
+        <v>0.26311844077961022</v>
+      </c>
+      <c r="C28" s="99">
+        <v>0.4163197335553705</v>
+      </c>
+      <c r="D28" s="99">
+        <v>0.47727272727272729</v>
+      </c>
+      <c r="E28" s="99">
+        <v>0.48239700374531835</v>
+      </c>
+      <c r="F28" s="99">
+        <v>0.5133689839572193</v>
+      </c>
+      <c r="G28" s="100">
+        <v>15.320129277576028</v>
+      </c>
+      <c r="H28" s="101">
+        <v>6.0952993717356794</v>
+      </c>
+      <c r="I28" s="102">
+        <v>0.51242764725910606</v>
+      </c>
+      <c r="J28" s="102">
+        <v>3.6096256684492012</v>
+      </c>
+      <c r="K28" s="101">
+        <v>3.0971980211900951</v>
+      </c>
+      <c r="L28" s="122">
+        <v>9.7049250401848806</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="98" t="s">
+        <v>67</v>
+      </c>
+      <c r="B29" s="99">
+        <v>0.18284424379232506</v>
+      </c>
+      <c r="C29" s="99">
+        <v>0.30217519106407997</v>
+      </c>
+      <c r="D29" s="99">
+        <v>0.38813735691987511</v>
+      </c>
+      <c r="E29" s="99">
+        <v>0.43834974214721051</v>
+      </c>
+      <c r="F29" s="99">
+        <v>0.44601145879241955</v>
+      </c>
+      <c r="G29" s="100">
+        <v>11.933094727175492</v>
+      </c>
+      <c r="H29" s="101">
+        <v>8.5962165855795138</v>
+      </c>
+      <c r="I29" s="102">
+        <v>5.0212385227335403</v>
+      </c>
+      <c r="J29" s="102">
+        <v>5.7874101872544434</v>
+      </c>
+      <c r="K29" s="101">
+        <v>0.76617166452090379</v>
+      </c>
+      <c r="L29" s="122">
+        <v>14.383626772833956</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" s="98" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" s="99">
+        <v>0.14965986394557823</v>
+      </c>
+      <c r="C30" s="99">
+        <v>0.42857142857142855</v>
+      </c>
+      <c r="D30" s="99">
+        <v>0.47297297297297297</v>
+      </c>
+      <c r="E30" s="99">
+        <v>0.44761904761904764</v>
+      </c>
+      <c r="F30" s="99">
+        <v>0.51101321585903081</v>
+      </c>
+      <c r="G30" s="100">
+        <v>27.89115646258503</v>
+      </c>
+      <c r="H30" s="101">
+        <v>4.4401544401544424</v>
+      </c>
+      <c r="I30" s="103">
+        <v>-2.5353925353925333</v>
+      </c>
+      <c r="J30" s="102">
+        <v>3.8040242886057838</v>
+      </c>
+      <c r="K30" s="101">
+        <v>6.3394168239983175</v>
+      </c>
+      <c r="L30" s="122">
+        <v>8.2441787287602271</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="B31" s="99">
+        <v>0.24556382369776761</v>
+      </c>
+      <c r="C31" s="99">
+        <v>0.41427699816961561</v>
+      </c>
+      <c r="D31" s="99">
+        <v>0.43365079365079368</v>
+      </c>
+      <c r="E31" s="99">
+        <v>0.44379732090856144</v>
+      </c>
+      <c r="F31" s="99">
+        <v>0.47904540162980208</v>
+      </c>
+      <c r="G31" s="100">
+        <v>16.871317447184801</v>
+      </c>
+      <c r="H31" s="101">
+        <v>1.9373795481178069</v>
+      </c>
+      <c r="I31" s="102">
+        <v>1.0146527257767768</v>
+      </c>
+      <c r="J31" s="102">
+        <v>4.5394607979008406</v>
+      </c>
+      <c r="K31" s="101">
+        <v>3.5248080721240638</v>
+      </c>
+      <c r="L31" s="122">
+        <v>6.4768403460186477</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" s="98" t="s">
+        <v>54</v>
+      </c>
+      <c r="B32" s="99">
+        <v>0.18393960192175704</v>
+      </c>
+      <c r="C32" s="99">
+        <v>0.31880310306612486</v>
+      </c>
+      <c r="D32" s="99">
+        <v>0.35392011834319526</v>
+      </c>
+      <c r="E32" s="99">
+        <v>0.37718984626385416</v>
+      </c>
+      <c r="F32" s="99">
+        <v>0.44148754691231662</v>
+      </c>
+      <c r="G32" s="100">
+        <v>13.486350114436782</v>
+      </c>
+      <c r="H32" s="101">
+        <v>3.5117015277070394</v>
+      </c>
+      <c r="I32" s="102">
+        <v>2.3269727920658898</v>
+      </c>
+      <c r="J32" s="102">
+        <v>8.7567428569121368</v>
+      </c>
+      <c r="K32" s="101">
+        <v>6.4297700648462461</v>
+      </c>
+      <c r="L32" s="122">
+        <v>12.268444384619176</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="98" t="s">
         <v>69</v>
       </c>
-      <c r="B28" s="58">
-[...28 lines deleted...]
-      <c r="A29" s="28" t="s">
+      <c r="B33" s="99">
+        <v>0.17134831460674158</v>
+      </c>
+      <c r="C33" s="99">
+        <v>0.34176029962546817</v>
+      </c>
+      <c r="D33" s="99">
+        <v>0.39443378119001921</v>
+      </c>
+      <c r="E33" s="99">
+        <v>0.36993076162215627</v>
+      </c>
+      <c r="F33" s="99">
+        <v>0.39007092198581561</v>
+      </c>
+      <c r="G33" s="100">
+        <v>17.04119850187266</v>
+      </c>
+      <c r="H33" s="101">
+        <v>5.2673481564551041</v>
+      </c>
+      <c r="I33" s="102">
+        <v>-2.4503019567862938</v>
+      </c>
+      <c r="J33" s="103">
+        <v>-0.43628592042035952</v>
+      </c>
+      <c r="K33" s="101">
+        <v>2.0140160363659341</v>
+      </c>
+      <c r="L33" s="122">
+        <v>4.8310622360347448</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="98" t="s">
         <v>70</v>
       </c>
-      <c r="B29" s="58">
-[...28 lines deleted...]
-      <c r="A30" s="28" t="s">
+      <c r="B34" s="99">
+        <v>0.14396887159533073</v>
+      </c>
+      <c r="C34" s="99">
+        <v>0.26048565121412803</v>
+      </c>
+      <c r="D34" s="99">
+        <v>0.34842767295597482</v>
+      </c>
+      <c r="E34" s="99">
+        <v>0.4097641250685683</v>
+      </c>
+      <c r="F34" s="99">
+        <v>0.46150073565473271</v>
+      </c>
+      <c r="G34" s="100">
+        <v>11.651677961879731</v>
+      </c>
+      <c r="H34" s="101">
+        <v>8.7942021741846794</v>
+      </c>
+      <c r="I34" s="102">
+        <v>6.1336452112593474</v>
+      </c>
+      <c r="J34" s="102">
+        <v>11.307306269875788</v>
+      </c>
+      <c r="K34" s="101">
+        <v>5.1736610586164407</v>
+      </c>
+      <c r="L34" s="122">
+        <v>20.101508444060467</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="98" t="s">
         <v>71</v>
       </c>
-      <c r="B30" s="58">
-[...159 lines deleted...]
-      <c r="B35" s="58">
+      <c r="B35" s="99">
         <v>0.1423076923076923</v>
       </c>
-      <c r="C35" s="58">
+      <c r="C35" s="99">
         <v>0.30876494023904383</v>
       </c>
-      <c r="D35" s="58">
+      <c r="D35" s="99">
         <v>0.39325842696629215</v>
       </c>
-      <c r="E35" s="58">
-[...2 lines deleted...]
-      <c r="F35" s="58">
+      <c r="E35" s="99">
         <v>0.39945652173913043</v>
       </c>
-      <c r="G35" s="91">
+      <c r="F35" s="99">
+        <v>0.41396263520157328</v>
+      </c>
+      <c r="G35" s="100">
         <v>16.645724793135152</v>
       </c>
-      <c r="H35" s="92">
+      <c r="H35" s="101">
         <v>8.4493486727248328</v>
       </c>
-      <c r="I35" s="93">
+      <c r="I35" s="102">
         <v>0.61980947728382807</v>
       </c>
-      <c r="J35" s="72">
-[...4 lines deleted...]
-      <c r="A36" s="9" t="s">
+      <c r="J35" s="102">
+        <v>2.0704208235281127</v>
+      </c>
+      <c r="K35" s="101">
+        <v>1.4506113462442849</v>
+      </c>
+      <c r="L35" s="122">
+        <v>10.519769496252945</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="B36" s="23">
+      <c r="B36" s="89">
         <v>6.2761506276150625E-2</v>
       </c>
-      <c r="C36" s="23">
+      <c r="C36" s="89">
         <v>0.19090909090909092</v>
       </c>
-      <c r="D36" s="23">
+      <c r="D36" s="89">
         <v>0.29090909090909089</v>
       </c>
-      <c r="E36" s="23">
-[...2 lines deleted...]
-      <c r="F36" s="23">
+      <c r="E36" s="89">
         <v>0.3</v>
       </c>
-      <c r="G36" s="85">
+      <c r="F36" s="89">
+        <v>0.46242774566473988</v>
+      </c>
+      <c r="G36" s="90">
         <v>12.81475846329403</v>
       </c>
-      <c r="H36" s="86">
+      <c r="H36" s="91">
         <v>9.9999999999999982</v>
       </c>
       <c r="I36" s="87">
         <v>0.90909090909090939</v>
       </c>
-      <c r="J36" s="70">
-[...4 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="J36" s="87">
+        <v>17.151865475564897</v>
+      </c>
+      <c r="K36" s="91">
+        <v>16.24277456647399</v>
+      </c>
+      <c r="L36" s="118">
+        <v>27.151865475564897</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="B37" s="23">
+      <c r="B37" s="89">
         <v>0.16120906801007556</v>
       </c>
-      <c r="C37" s="23">
+      <c r="C37" s="89">
         <v>0.23099133782483156</v>
       </c>
-      <c r="D37" s="23">
+      <c r="D37" s="89">
         <v>0.23638042474607571</v>
       </c>
-      <c r="E37" s="23">
-[...2 lines deleted...]
-      <c r="F37" s="23">
+      <c r="E37" s="89">
         <v>0.2455968688845401</v>
       </c>
-      <c r="G37" s="85">
+      <c r="F37" s="89">
+        <v>0.2847866419294991</v>
+      </c>
+      <c r="G37" s="90">
         <v>6.9782269814755988</v>
       </c>
-      <c r="H37" s="86">
+      <c r="H37" s="91">
         <v>0.53890869212441517</v>
       </c>
       <c r="I37" s="87">
         <v>0.92164441384643969</v>
       </c>
-      <c r="J37" s="70">
-[...4 lines deleted...]
-      <c r="A38" s="9" t="s">
+      <c r="J37" s="87">
+        <v>4.840621718342339</v>
+      </c>
+      <c r="K37" s="91">
+        <v>3.9189773044958991</v>
+      </c>
+      <c r="L37" s="118">
+        <v>5.3795304104667538</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" s="88" t="s">
         <v>23</v>
       </c>
-      <c r="B38" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A39" s="9" t="s">
+      <c r="B38" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C38" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E38" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G38" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H38" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I38" s="123" t="s">
+        <v>59</v>
+      </c>
+      <c r="J38" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K38" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L38" s="124" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" s="88" t="s">
         <v>24</v>
       </c>
-      <c r="B39" s="23">
+      <c r="B39" s="89">
         <v>0</v>
       </c>
-      <c r="C39" s="23">
+      <c r="C39" s="89">
         <v>0.27722772277227725</v>
       </c>
-      <c r="D39" s="23">
+      <c r="D39" s="89">
         <v>0.44329896907216493</v>
       </c>
-      <c r="E39" s="23">
-[...2 lines deleted...]
-      <c r="F39" s="23">
+      <c r="E39" s="89">
         <v>0.29523809523809524</v>
       </c>
-      <c r="G39" s="85">
+      <c r="F39" s="89">
+        <v>0.3235294117647059</v>
+      </c>
+      <c r="G39" s="90">
         <v>27.722772277227726</v>
       </c>
-      <c r="H39" s="86">
+      <c r="H39" s="91">
         <v>16.607124629988768</v>
       </c>
-      <c r="I39" s="87">
+      <c r="I39" s="92">
         <v>-14.806087383406968</v>
       </c>
-      <c r="J39" s="70">
-[...4 lines deleted...]
-      <c r="A40" s="9" t="s">
+      <c r="J39" s="92">
+        <v>-11.976955730745903</v>
+      </c>
+      <c r="K39" s="91">
+        <v>2.8291316526610655</v>
+      </c>
+      <c r="L39" s="118">
+        <v>4.6301688992428645</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" s="88" t="s">
         <v>25</v>
       </c>
-      <c r="B40" s="23">
+      <c r="B40" s="89">
         <v>0.19047619047619047</v>
       </c>
-      <c r="C40" s="23">
+      <c r="C40" s="89">
         <v>0.29896907216494845</v>
       </c>
-      <c r="D40" s="23">
+      <c r="D40" s="89">
         <v>0.40869565217391307</v>
       </c>
-      <c r="E40" s="23">
-[...2 lines deleted...]
-      <c r="F40" s="23">
+      <c r="E40" s="89">
         <v>0.224</v>
       </c>
-      <c r="G40" s="85">
+      <c r="F40" s="89">
+        <v>0.33944954128440369</v>
+      </c>
+      <c r="G40" s="90">
         <v>10.849288168875798</v>
       </c>
-      <c r="H40" s="86">
+      <c r="H40" s="91">
         <v>10.972658000896462</v>
       </c>
-      <c r="I40" s="87">
+      <c r="I40" s="92">
         <v>-18.469565217391306</v>
       </c>
-      <c r="J40" s="70">
-[...4 lines deleted...]
-      <c r="A41" s="9" t="s">
+      <c r="J40" s="92">
+        <v>-6.9246110889509378</v>
+      </c>
+      <c r="K40" s="91">
+        <v>11.544954128440368</v>
+      </c>
+      <c r="L40" s="118">
+        <v>4.0480469119455247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="88" t="s">
         <v>51</v>
       </c>
-      <c r="B41" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A42" s="9" t="s">
+      <c r="B41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F41" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G41" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H41" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I41" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J41" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K41" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L41" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="B42" s="23">
+      <c r="B42" s="89">
         <v>0.12282828282828283</v>
       </c>
-      <c r="C42" s="23">
+      <c r="C42" s="89">
         <v>0.25408496732026142</v>
       </c>
-      <c r="D42" s="23">
+      <c r="D42" s="89">
         <v>0.30354906054279751</v>
       </c>
-      <c r="E42" s="23">
-[...2 lines deleted...]
-      <c r="F42" s="23">
+      <c r="E42" s="89">
         <v>0.32262996941896027</v>
       </c>
-      <c r="G42" s="85">
+      <c r="F42" s="89">
+        <v>0.33254954652334567</v>
+      </c>
+      <c r="G42" s="90">
         <v>13.125668449197859</v>
       </c>
-      <c r="H42" s="86">
+      <c r="H42" s="91">
         <v>4.9464093222536087</v>
       </c>
       <c r="I42" s="87">
         <v>1.9080908876162761</v>
       </c>
-      <c r="J42" s="70">
-[...4 lines deleted...]
-      <c r="A43" s="9" t="s">
+      <c r="J42" s="87">
+        <v>2.9000485980548163</v>
+      </c>
+      <c r="K42" s="91">
+        <v>0.9919577104385402</v>
+      </c>
+      <c r="L42" s="118">
+        <v>7.846457920308425</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="88" t="s">
         <v>27</v>
       </c>
-      <c r="B43" s="23">
+      <c r="B43" s="89">
         <v>0.21546961325966851</v>
       </c>
-      <c r="C43" s="23">
+      <c r="C43" s="89">
         <v>0.3253012048192771</v>
       </c>
-      <c r="D43" s="23">
+      <c r="D43" s="89">
         <v>0.39896373056994816</v>
       </c>
-      <c r="E43" s="23">
-[...2 lines deleted...]
-      <c r="F43" s="23">
+      <c r="E43" s="89">
         <v>0.32444444444444442</v>
       </c>
-      <c r="G43" s="85">
+      <c r="F43" s="89">
+        <v>0.44827586206896552</v>
+      </c>
+      <c r="G43" s="90">
         <v>10.983159155960859</v>
       </c>
-      <c r="H43" s="86">
+      <c r="H43" s="91">
         <v>7.3662525750671062</v>
       </c>
-      <c r="I43" s="87">
+      <c r="I43" s="92">
         <v>-7.4519286125503736</v>
       </c>
-      <c r="J43" s="70">
-[...4 lines deleted...]
-      <c r="A44" s="9" t="s">
+      <c r="J43" s="87">
+        <v>4.9312131499017369</v>
+      </c>
+      <c r="K43" s="91">
+        <v>12.383141762452111</v>
+      </c>
+      <c r="L43" s="118">
+        <v>12.297465724968843</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="88" t="s">
         <v>28</v>
       </c>
-      <c r="B44" s="23">
+      <c r="B44" s="89">
         <v>8.6680761099365747E-2</v>
       </c>
-      <c r="C44" s="23">
+      <c r="C44" s="89">
         <v>0.21234428086070214</v>
       </c>
-      <c r="D44" s="23">
+      <c r="D44" s="89">
         <v>0.26951871657754012</v>
       </c>
-      <c r="E44" s="23">
-[...2 lines deleted...]
-      <c r="F44" s="23">
+      <c r="E44" s="89">
         <v>0.28971571906354515</v>
       </c>
-      <c r="G44" s="85">
+      <c r="F44" s="89">
+        <v>0.31968738369929289</v>
+      </c>
+      <c r="G44" s="90">
         <v>12.566351976133639</v>
       </c>
-      <c r="H44" s="86">
+      <c r="H44" s="91">
         <v>5.7174435716837975</v>
       </c>
       <c r="I44" s="87">
         <v>2.0197002486005031</v>
       </c>
-      <c r="J44" s="70">
-[...4 lines deleted...]
-      <c r="A45" s="9" t="s">
+      <c r="J44" s="87">
+        <v>5.0168667121752772</v>
+      </c>
+      <c r="K44" s="91">
+        <v>2.9971664635747741</v>
+      </c>
+      <c r="L44" s="118">
+        <v>10.734310283859076</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" s="88" t="s">
         <v>29</v>
       </c>
-      <c r="B45" s="23">
+      <c r="B45" s="89">
         <v>0.1022801302931596</v>
       </c>
-      <c r="C45" s="23">
+      <c r="C45" s="89">
         <v>0.20069686411149826</v>
       </c>
-      <c r="D45" s="23">
+      <c r="D45" s="89">
         <v>0.23947368421052631</v>
       </c>
-      <c r="E45" s="23">
-[...2 lines deleted...]
-      <c r="F45" s="23">
+      <c r="E45" s="89">
         <v>0.25460317460317461</v>
       </c>
-      <c r="G45" s="85">
+      <c r="F45" s="89">
+        <v>0.31941808981657177</v>
+      </c>
+      <c r="G45" s="90">
         <v>9.841673381833866</v>
       </c>
-      <c r="H45" s="86">
+      <c r="H45" s="91">
         <v>3.8776820099028053</v>
       </c>
       <c r="I45" s="87">
         <v>1.5129490392648299</v>
       </c>
-      <c r="J45" s="70">
-[...4 lines deleted...]
-      <c r="A46" s="9" t="s">
+      <c r="J45" s="87">
+        <v>7.9944405606045459</v>
+      </c>
+      <c r="K45" s="91">
+        <v>6.4814915213397164</v>
+      </c>
+      <c r="L45" s="118">
+        <v>11.872122570507351</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" s="88" t="s">
         <v>30</v>
       </c>
-      <c r="B46" s="23">
+      <c r="B46" s="89">
         <v>0.21352313167259787</v>
       </c>
-      <c r="C46" s="23">
+      <c r="C46" s="89">
         <v>0.25080385852090031</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="89">
         <v>0.35087719298245612</v>
       </c>
-      <c r="E46" s="23">
-[...2 lines deleted...]
-      <c r="F46" s="23">
+      <c r="E46" s="89">
         <v>0.27931034482758621</v>
       </c>
-      <c r="G46" s="85">
+      <c r="F46" s="89">
+        <v>0.36963696369636961</v>
+      </c>
+      <c r="G46" s="90">
         <v>3.7280726848302441</v>
       </c>
-      <c r="H46" s="86">
+      <c r="H46" s="91">
         <v>10.007333446155581</v>
       </c>
-      <c r="I46" s="87">
+      <c r="I46" s="92">
         <v>-7.1566848154869911</v>
       </c>
-      <c r="J46" s="70">
-[...4 lines deleted...]
-      <c r="A47" s="9" t="s">
+      <c r="J46" s="87">
+        <v>1.8759770713913493</v>
+      </c>
+      <c r="K46" s="91">
+        <v>9.0326618868783406</v>
+      </c>
+      <c r="L46" s="118">
+        <v>11.88331051754693</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="88" t="s">
         <v>31</v>
       </c>
-      <c r="B47" s="23">
+      <c r="B47" s="89">
         <v>0.1310344827586207</v>
       </c>
-      <c r="C47" s="23">
+      <c r="C47" s="89">
         <v>0.28366247755834828</v>
       </c>
-      <c r="D47" s="23">
+      <c r="D47" s="89">
         <v>0.28405017921146952</v>
       </c>
-      <c r="E47" s="23">
-[...2 lines deleted...]
-      <c r="F47" s="23">
+      <c r="E47" s="89">
         <v>0.35059760956175301</v>
       </c>
-      <c r="G47" s="85">
+      <c r="F47" s="89">
+        <v>0.34652014652014651</v>
+      </c>
+      <c r="G47" s="90">
         <v>15.262799479972758</v>
       </c>
-      <c r="H47" s="86">
+      <c r="H47" s="91">
         <v>3.8770165312124183E-2</v>
       </c>
       <c r="I47" s="87">
         <v>6.654743035028349</v>
       </c>
-      <c r="J47" s="70">
-[...4 lines deleted...]
-      <c r="A48" s="9" t="s">
+      <c r="J47" s="87">
+        <v>6.246996730867699</v>
+      </c>
+      <c r="K47" s="97">
+        <v>-0.40774630416064994</v>
+      </c>
+      <c r="L47" s="118">
+        <v>6.2857668961798225</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="88" t="s">
         <v>32</v>
       </c>
-      <c r="B48" s="23">
+      <c r="B48" s="89">
         <v>0.1674641148325359</v>
       </c>
-      <c r="C48" s="23">
+      <c r="C48" s="89">
         <v>0.28229665071770332</v>
       </c>
-      <c r="D48" s="23">
+      <c r="D48" s="89">
         <v>0.34224598930481281</v>
       </c>
-      <c r="E48" s="23">
-[...2 lines deleted...]
-      <c r="F48" s="23">
+      <c r="E48" s="89">
         <v>0.41538461538461541</v>
       </c>
-      <c r="G48" s="85">
+      <c r="F48" s="89">
+        <v>0.4</v>
+      </c>
+      <c r="G48" s="90">
         <v>11.483253588516742</v>
       </c>
-      <c r="H48" s="86">
+      <c r="H48" s="91">
         <v>5.9949338587109491</v>
       </c>
-      <c r="I48" s="87">
+      <c r="I48" s="92">
         <v>7.3138626079802593</v>
       </c>
-      <c r="J48" s="70">
-[...4 lines deleted...]
-      <c r="A49" s="9" t="s">
+      <c r="J48" s="87">
+        <v>5.775401069518721</v>
+      </c>
+      <c r="K48" s="97">
+        <v>-1.5384615384615385</v>
+      </c>
+      <c r="L48" s="118">
+        <v>11.770334928229669</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="B49" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A50" s="9" t="s">
+      <c r="B49" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C49" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E49" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F49" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G49" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H49" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I49" s="123" t="s">
+        <v>59</v>
+      </c>
+      <c r="J49" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K49" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L49" s="124" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" s="88" t="s">
         <v>34</v>
       </c>
-      <c r="B50" s="23">
+      <c r="B50" s="89">
         <v>0.20444444444444446</v>
       </c>
-      <c r="C50" s="23">
+      <c r="C50" s="89">
         <v>0.24193548387096775</v>
       </c>
-      <c r="D50" s="23">
+      <c r="D50" s="89">
         <v>0.36082474226804123</v>
       </c>
-      <c r="E50" s="23">
-[...2 lines deleted...]
-      <c r="F50" s="23">
+      <c r="E50" s="89">
         <v>0.45535714285714285</v>
       </c>
-      <c r="G50" s="85">
+      <c r="F50" s="89">
+        <v>0.47636363636363638</v>
+      </c>
+      <c r="G50" s="90">
         <v>3.7491039426523294</v>
       </c>
-      <c r="H50" s="86">
+      <c r="H50" s="91">
         <v>11.888925839707348</v>
       </c>
       <c r="I50" s="87">
         <v>9.4532400589101613</v>
       </c>
-      <c r="J50" s="70">
-[...4 lines deleted...]
-      <c r="A51" s="9" t="s">
+      <c r="J50" s="87">
+        <v>11.553889409559515</v>
+      </c>
+      <c r="K50" s="91">
+        <v>2.1006493506493529</v>
+      </c>
+      <c r="L50" s="118">
+        <v>23.442815249266864</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A51" s="88" t="s">
         <v>35</v>
       </c>
-      <c r="B51" s="23">
+      <c r="B51" s="89">
         <v>7.6923076923076927E-2</v>
       </c>
-      <c r="C51" s="23">
+      <c r="C51" s="89">
         <v>0.35</v>
       </c>
-      <c r="D51" s="23">
+      <c r="D51" s="89">
         <v>0.45945945945945948</v>
       </c>
-      <c r="E51" s="23">
-[...2 lines deleted...]
-      <c r="F51" s="23">
+      <c r="E51" s="89">
         <v>0.43181818181818182</v>
       </c>
-      <c r="G51" s="85">
+      <c r="F51" s="89">
+        <v>0.578125</v>
+      </c>
+      <c r="G51" s="90">
         <v>27.307692307692307</v>
       </c>
-      <c r="H51" s="86">
+      <c r="H51" s="91">
         <v>10.945945945945951</v>
       </c>
-      <c r="I51" s="87">
+      <c r="I51" s="92">
         <v>-2.7641277641277662</v>
       </c>
-      <c r="J51" s="70">
-[...4 lines deleted...]
-      <c r="A52" s="9" t="s">
+      <c r="J51" s="87">
+        <v>11.866554054054051</v>
+      </c>
+      <c r="K51" s="91">
+        <v>14.630681818181818</v>
+      </c>
+      <c r="L51" s="118">
+        <v>22.812500000000004</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" s="88" t="s">
         <v>36</v>
       </c>
-      <c r="B52" s="23">
+      <c r="B52" s="89">
         <v>0</v>
       </c>
-      <c r="C52" s="23">
+      <c r="C52" s="89">
         <v>0.23037974683544304</v>
       </c>
-      <c r="D52" s="23">
+      <c r="D52" s="89">
         <v>0.33182844243792325</v>
       </c>
-      <c r="E52" s="23">
-[...2 lines deleted...]
-      <c r="F52" s="23">
+      <c r="E52" s="89">
         <v>0.34697855750487328</v>
       </c>
-      <c r="G52" s="85">
+      <c r="F52" s="89">
+        <v>0.42071881606765327</v>
+      </c>
+      <c r="G52" s="90">
         <v>23.037974683544306</v>
       </c>
-      <c r="H52" s="86">
+      <c r="H52" s="91">
         <v>10.14486956024802</v>
       </c>
       <c r="I52" s="87">
         <v>1.5150115066950021</v>
       </c>
-      <c r="J52" s="70">
-[...4 lines deleted...]
-      <c r="A53" s="9" t="s">
+      <c r="J52" s="87">
+        <v>8.8890373629730011</v>
+      </c>
+      <c r="K52" s="91">
+        <v>7.3740258562779992</v>
+      </c>
+      <c r="L52" s="118">
+        <v>19.033906923221021</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" s="88" t="s">
         <v>52</v>
       </c>
-      <c r="B53" s="41" t="s">
-[...28 lines deleted...]
-      <c r="A54" s="9" t="s">
+      <c r="B53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G53" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H53" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="I53" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="J53" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="K53" s="95" t="s">
+        <v>59</v>
+      </c>
+      <c r="L53" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" s="88" t="s">
         <v>37</v>
       </c>
-      <c r="B54" s="23">
+      <c r="B54" s="89">
         <v>0.14906303236797275</v>
       </c>
-      <c r="C54" s="23">
+      <c r="C54" s="89">
         <v>0.25511197663096397</v>
       </c>
-      <c r="D54" s="23">
+      <c r="D54" s="89">
         <v>0.31627430910951893</v>
       </c>
-      <c r="E54" s="23">
-[...2 lines deleted...]
-      <c r="F54" s="23">
+      <c r="E54" s="89">
         <v>0.3434704830053667</v>
       </c>
-      <c r="G54" s="85">
+      <c r="F54" s="89">
+        <v>0.44017403915881076</v>
+      </c>
+      <c r="G54" s="90">
         <v>10.604894426299122</v>
       </c>
-      <c r="H54" s="86">
+      <c r="H54" s="91">
         <v>6.1162332478554955</v>
       </c>
       <c r="I54" s="87">
         <v>2.7196173895847773</v>
       </c>
-      <c r="J54" s="70">
-[...4 lines deleted...]
-      <c r="A55" s="9" t="s">
+      <c r="J54" s="87">
+        <v>12.389973004929184</v>
+      </c>
+      <c r="K54" s="91">
+        <v>9.6703556153444055</v>
+      </c>
+      <c r="L54" s="118">
+        <v>18.506206252784679</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" s="88" t="s">
         <v>38</v>
       </c>
-      <c r="B55" s="23">
+      <c r="B55" s="89">
         <v>0.12802768166089964</v>
       </c>
-      <c r="C55" s="23">
+      <c r="C55" s="89">
         <v>0.29962546816479402</v>
       </c>
-      <c r="D55" s="23">
+      <c r="D55" s="89">
         <v>0.35249042145593867</v>
       </c>
-      <c r="E55" s="23">
-[...2 lines deleted...]
-      <c r="F55" s="23">
+      <c r="E55" s="89">
         <v>0.41114982578397213</v>
       </c>
-      <c r="G55" s="85">
+      <c r="F55" s="89">
+        <v>0.44951140065146578</v>
+      </c>
+      <c r="G55" s="90">
         <v>17.159778650389438</v>
       </c>
-      <c r="H55" s="86">
+      <c r="H55" s="91">
         <v>5.2864953291144658</v>
       </c>
       <c r="I55" s="87">
         <v>5.8659404328033462</v>
       </c>
-      <c r="J55" s="70">
-[...4 lines deleted...]
-      <c r="A56" s="9" t="s">
+      <c r="J55" s="87">
+        <v>9.7020979195527097</v>
+      </c>
+      <c r="K55" s="91">
+        <v>3.8361574867493644</v>
+      </c>
+      <c r="L55" s="118">
+        <v>14.988593248667176</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" s="88" t="s">
         <v>39</v>
       </c>
-      <c r="B56" s="41" t="s">
-[...5 lines deleted...]
-      <c r="D56" s="23">
+      <c r="B56" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="C56" s="93" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" s="89">
         <v>0.14953271028037382</v>
       </c>
-      <c r="E56" s="23">
-[...2 lines deleted...]
-      <c r="F56" s="23">
+      <c r="E56" s="89">
         <v>0.2421875</v>
       </c>
-      <c r="G56" s="88" t="s">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="F56" s="89">
+        <v>0.27064220183486237</v>
+      </c>
+      <c r="G56" s="94" t="s">
+        <v>59</v>
+      </c>
+      <c r="H56" s="95" t="s">
+        <v>59</v>
       </c>
       <c r="I56" s="87">
         <v>9.2654789719626187</v>
       </c>
-      <c r="J56" s="71" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="9" t="s">
+      <c r="J56" s="87">
+        <v>12.110949155448855</v>
+      </c>
+      <c r="K56" s="91">
+        <v>2.8454701834862375</v>
+      </c>
+      <c r="L56" s="119" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" s="88" t="s">
         <v>40</v>
       </c>
-      <c r="B57" s="23">
+      <c r="B57" s="89">
         <v>0.10369127516778523</v>
       </c>
-      <c r="C57" s="23">
+      <c r="C57" s="89">
         <v>0.16678321678321678</v>
       </c>
-      <c r="D57" s="23">
+      <c r="D57" s="89">
         <v>0.24632610216934919</v>
       </c>
-      <c r="E57" s="23">
-[...2 lines deleted...]
-      <c r="F57" s="23">
+      <c r="E57" s="89">
         <v>0.2583625358394393</v>
       </c>
-      <c r="G57" s="85">
+      <c r="F57" s="89">
+        <v>0.31224004753416518</v>
+      </c>
+      <c r="G57" s="90">
         <v>6.3091941615431555</v>
       </c>
-      <c r="H57" s="86">
+      <c r="H57" s="91">
         <v>7.9542885386132411</v>
       </c>
       <c r="I57" s="87">
         <v>1.2036433670090108</v>
       </c>
-      <c r="J57" s="70">
-[...4 lines deleted...]
-      <c r="A58" s="9" t="s">
+      <c r="J57" s="87">
+        <v>6.591394536481598</v>
+      </c>
+      <c r="K57" s="91">
+        <v>5.3877511694725877</v>
+      </c>
+      <c r="L57" s="118">
+        <v>14.545683075094839</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A58" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="B58" s="23">
+      <c r="B58" s="89">
         <v>0.11812443642921551</v>
       </c>
-      <c r="C58" s="23">
+      <c r="C58" s="89">
         <v>0.22935779816513763</v>
       </c>
-      <c r="D58" s="23">
+      <c r="D58" s="89">
         <v>0.21521521521521522</v>
       </c>
-      <c r="E58" s="23">
-[...2 lines deleted...]
-      <c r="F58" s="23">
+      <c r="E58" s="89">
         <v>0.27988338192419826</v>
       </c>
-      <c r="G58" s="85">
+      <c r="F58" s="89">
+        <v>0.34642233856893545</v>
+      </c>
+      <c r="G58" s="90">
         <v>11.123336173592211</v>
       </c>
-      <c r="H58" s="86">
+      <c r="H58" s="97">
         <v>-1.4142582949922406</v>
       </c>
       <c r="I58" s="87">
         <v>6.4668166708983037</v>
       </c>
-      <c r="J58" s="70">
-[...4 lines deleted...]
-      <c r="A59" s="18" t="s">
+      <c r="J58" s="87">
+        <v>13.120712335372023</v>
+      </c>
+      <c r="K58" s="91">
+        <v>6.6538956644737191</v>
+      </c>
+      <c r="L58" s="118">
+        <v>11.706454040379782</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" s="107" t="s">
         <v>42</v>
       </c>
-      <c r="B59" s="24">
+      <c r="B59" s="108">
         <v>0.13596491228070176</v>
       </c>
-      <c r="C59" s="24">
+      <c r="C59" s="108">
         <v>0.21705426356589147</v>
       </c>
-      <c r="D59" s="24">
+      <c r="D59" s="108">
         <v>0.31435643564356436</v>
       </c>
-      <c r="E59" s="24">
-[...2 lines deleted...]
-      <c r="F59" s="24">
+      <c r="E59" s="108">
         <v>0.30382293762575452</v>
       </c>
-      <c r="G59" s="94">
+      <c r="F59" s="108">
+        <v>0.37473233404710921</v>
+      </c>
+      <c r="G59" s="109">
         <v>8.1089351285189704</v>
       </c>
-      <c r="H59" s="95">
+      <c r="H59" s="110">
         <v>9.7302172077672893</v>
       </c>
-      <c r="I59" s="96">
+      <c r="I59" s="125">
         <v>-1.0533498017809839</v>
       </c>
-      <c r="J59" s="73">
-[...7 lines deleted...]
-      <c r="B60" s="59">
+      <c r="J59" s="87">
+        <v>6.0375898403544852</v>
+      </c>
+      <c r="K59" s="110">
+        <v>7.0909396421354689</v>
+      </c>
+      <c r="L59" s="126">
+        <v>15.767807048121774</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" s="112" t="s">
+        <v>56</v>
+      </c>
+      <c r="B60" s="113">
         <v>0.14390877598152424</v>
       </c>
-      <c r="C60" s="59">
+      <c r="C60" s="113">
         <v>0.2669064534347968</v>
       </c>
-      <c r="D60" s="59">
+      <c r="D60" s="113">
         <v>0.32234517796140033</v>
       </c>
-      <c r="E60" s="59">
-[...2 lines deleted...]
-      <c r="F60" s="59">
+      <c r="E60" s="113">
         <v>0.34765447902498864</v>
       </c>
-      <c r="G60" s="97">
+      <c r="F60" s="113">
+        <v>0.39197315782681635</v>
+      </c>
+      <c r="G60" s="114">
         <v>12.299767745327255</v>
       </c>
-      <c r="H60" s="97">
+      <c r="H60" s="127">
         <v>5.5438724526603531</v>
       </c>
-      <c r="I60" s="97">
+      <c r="I60" s="127">
         <v>2.5309301063588308</v>
       </c>
-      <c r="J60" s="74">
-[...17 lines deleted...]
-    <row r="62" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J60" s="127">
+        <v>6.9627979865416023</v>
+      </c>
+      <c r="K60" s="128">
+        <v>4.4318678801827716</v>
+      </c>
+      <c r="L60" s="129">
+        <v>12.506670439201956</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="76" t="s">
+        <v>73</v>
+      </c>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="76"/>
+      <c r="F61" s="76"/>
+      <c r="G61" s="76"/>
+      <c r="H61" s="76"/>
+      <c r="I61" s="76"/>
+      <c r="J61" s="76"/>
+      <c r="K61" s="76"/>
+      <c r="L61" s="76"/>
+    </row>
+    <row r="62" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B62" s="43"/>
       <c r="C62" s="43"/>
       <c r="D62" s="43"/>
       <c r="E62" s="43"/>
       <c r="F62" s="43"/>
-      <c r="G62" s="75"/>
-[...4 lines deleted...]
-    <row r="63" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G62" s="43"/>
+      <c r="H62" s="43"/>
+      <c r="I62" s="43"/>
+      <c r="J62" s="43"/>
+      <c r="K62" s="43"/>
+      <c r="L62" s="43"/>
+    </row>
+    <row r="63" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="13" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B63" s="10"/>
       <c r="C63" s="13"/>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="13"/>
-      <c r="G63" s="76"/>
-[...4 lines deleted...]
-    <row r="64" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G63" s="11"/>
+      <c r="H63" s="11"/>
+      <c r="I63" s="11"/>
+      <c r="J63" s="11"/>
+      <c r="K63" s="11"/>
+      <c r="L63" s="11"/>
+    </row>
+    <row r="64" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="13" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B64" s="10"/>
       <c r="C64" s="13"/>
       <c r="D64" s="13"/>
       <c r="E64" s="13"/>
       <c r="F64" s="13"/>
-      <c r="G64" s="76"/>
-[...4 lines deleted...]
-    <row r="65" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G64" s="11"/>
+      <c r="H64" s="11"/>
+      <c r="I64" s="11"/>
+      <c r="J64" s="11"/>
+      <c r="K64" s="11"/>
+      <c r="L64" s="11"/>
+    </row>
+    <row r="65" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="44" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B65" s="13"/>
       <c r="C65" s="13"/>
       <c r="D65" s="13"/>
       <c r="E65" s="13"/>
       <c r="F65" s="13"/>
-      <c r="G65" s="98"/>
-[...6 lines deleted...]
-    <row r="66" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="G65" s="14"/>
+      <c r="H65" s="15"/>
+      <c r="I65" s="15"/>
+      <c r="J65" s="15"/>
+      <c r="K65" s="15"/>
+      <c r="L65" s="15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="16" t="s">
         <v>44</v>
       </c>
       <c r="B66" s="16"/>
       <c r="C66" s="16"/>
       <c r="D66" s="16"/>
       <c r="E66" s="16"/>
       <c r="F66" s="16"/>
-      <c r="G66" s="78"/>
-[...2 lines deleted...]
-      <c r="J66" s="78"/>
+      <c r="G66" s="17"/>
+      <c r="H66" s="17"/>
+      <c r="I66" s="17"/>
+      <c r="J66" s="17"/>
+      <c r="K66" s="17"/>
+      <c r="L66" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A61:J61"/>
-    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A61:L61"/>
+    <mergeCell ref="A4:L4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
@@ -10093,27 +10976,36 @@
       <vt:lpstr>'E2.c Tableau'!Impression_des_titres</vt:lpstr>
       <vt:lpstr>'E2.d Tableau'!Impression_des_titres</vt:lpstr>
       <vt:lpstr>'E2.e Tableau'!Impression_des_titres</vt:lpstr>
       <vt:lpstr>'Contenu '!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'E2.ab Tableau'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'E2.c Tableau'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'E2.d Tableau'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'E2.e Tableau'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Engel Bernard (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_MarkAsFinal">
+    <vt:bool>true</vt:bool>
+  </property>
+</Properties>
+</file>