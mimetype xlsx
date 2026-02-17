--- v0 (2025-10-06)
+++ v1 (2026-02-17)
@@ -1,415 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-[...1 lines deleted...]
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2021\fin chantier_pour Narain\Lot RIS janv 2022\Mise en ligne\E1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2026\4_fin_chantier_Sarah\E1 et E2 - parascolaire - avec actu\E1 Fréquentation para\MEP à faire\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A21BF85C-30AD-4C9F-9BC8-177D8E1C5700}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="140" yWindow="150" windowWidth="28530" windowHeight="12530" tabRatio="869"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="869" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contenu " sheetId="26" r:id="rId1"/>
-[...10 lines deleted...]
-    <sheet name="Tableau &amp; graph E1.k" sheetId="10" r:id="rId12"/>
+    <sheet name="Contenu " sheetId="46" r:id="rId1"/>
+    <sheet name="Graph E1.a" sheetId="36" r:id="rId2"/>
+    <sheet name="Tab E1.b" sheetId="25" r:id="rId3"/>
+    <sheet name="Tab E1.c " sheetId="41" r:id="rId4"/>
+    <sheet name="Tab &amp; graph E1.d" sheetId="21" r:id="rId5"/>
+    <sheet name="Tab &amp; graph E1.e" sheetId="19" r:id="rId6"/>
+    <sheet name="Tab E1.f" sheetId="14" r:id="rId7"/>
+    <sheet name="Tab &amp; graph E1.g" sheetId="33" r:id="rId8"/>
+    <sheet name="Tab &amp; graph E1.h" sheetId="39" r:id="rId9"/>
+    <sheet name="Tab &amp; graph E1.i" sheetId="45" r:id="rId10"/>
+    <sheet name="Tab &amp; graph E1.j" sheetId="40" r:id="rId11"/>
+    <sheet name="Tab &amp; graph E1.k" sheetId="38" r:id="rId12"/>
   </sheets>
   <definedNames>
-    <definedName name="gjdfg" localSheetId="0">#REF!</definedName>
-[...1 lines deleted...]
-    <definedName name="gjdfg" localSheetId="3">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="1">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="4">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="5">#REF!</definedName>
     <definedName name="gjdfg" localSheetId="7">#REF!</definedName>
     <definedName name="gjdfg" localSheetId="8">#REF!</definedName>
     <definedName name="gjdfg" localSheetId="9">#REF!</definedName>
     <definedName name="gjdfg" localSheetId="10">#REF!</definedName>
-    <definedName name="gjdfg" localSheetId="1">#REF!</definedName>
-[...1 lines deleted...]
-    <definedName name="gjdfg" localSheetId="5">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="11">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="2">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="6">#REF!</definedName>
     <definedName name="gjdfg">#REF!</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="9">'Tableau &amp; graph E1.i'!$1:$4</definedName>
-[...3 lines deleted...]
-    <definedName name="SPSS" localSheetId="3">#REF!</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Graph E1.a'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'Tab &amp; graph E1.h'!$1:$4</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'Tab &amp; graph E1.i'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'Tab &amp; graph E1.j'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'Tab &amp; graph E1.k'!$1:$4</definedName>
+    <definedName name="SPSS" localSheetId="1">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="4">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="5">#REF!</definedName>
     <definedName name="SPSS" localSheetId="7">#REF!</definedName>
     <definedName name="SPSS" localSheetId="8">#REF!</definedName>
     <definedName name="SPSS" localSheetId="9">#REF!</definedName>
     <definedName name="SPSS" localSheetId="10">#REF!</definedName>
     <definedName name="SPSS" localSheetId="11">#REF!</definedName>
-    <definedName name="SPSS" localSheetId="1">#REF!</definedName>
-[...1 lines deleted...]
-    <definedName name="SPSS" localSheetId="5">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="2">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="6">#REF!</definedName>
     <definedName name="SPSS">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Contenu '!$A$1:$H$37</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'Tableau E1.f'!$A$1:$K$17</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Contenu '!$A$1:$H$38</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Graph E1.a'!$A$1:$L$27</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Tab &amp; graph E1.d'!$A$1:$J$32</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'Tab &amp; graph E1.e'!$A$1:$L$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'Tab &amp; graph E1.g'!$A$1:$G$31</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">'Tab &amp; graph E1.h'!$A$1:$J$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'Tab &amp; graph E1.i'!$A$1:$Q$45</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="10">'Tab &amp; graph E1.j'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="11">'Tab &amp; graph E1.k'!$A$1:$J$44</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Tab E1.b'!$A$1:$Y$18</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Tab E1.c '!$A$1:$N$21</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'Tab E1.f'!$A$1:$AE$20</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="154">
   <si>
     <t>Accueil du matin</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Accueil et repas de midi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Accueil de l'après-midi</t>
   </si>
   <si>
     <t>effectifs</t>
   </si>
   <si>
     <t>1 jour</t>
   </si>
   <si>
     <t>2 jours</t>
   </si>
   <si>
     <t>3 jours</t>
   </si>
   <si>
     <t>4 jours</t>
   </si>
   <si>
     <t>en %</t>
   </si>
   <si>
-    <t>Cadres supérieurs et dirigeants</t>
-[...4 lines deleted...]
-  <si>
     <t>Suisse</t>
   </si>
   <si>
     <t>Étrangère</t>
   </si>
   <si>
     <t>Nationalité de l'élève</t>
   </si>
   <si>
     <t>Repères et indicateurs statistiques</t>
   </si>
   <si>
     <t>Effectifs</t>
   </si>
   <si>
     <t xml:space="preserve">© Service de la recherche en éducation (SRED) </t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>Catégorie
 socioprofessionnelle
 des parents</t>
   </si>
   <si>
-    <t>1995-96</t>
+    <t>Source : Groupement intercommunal pour l'animation parascolaire</t>
   </si>
   <si>
-    <t>1996-97</t>
-[...59 lines deleted...]
-    <t>Source : Groupement intercommunal pour l'animation parascolaire</t>
+    <t>tableau pour la fiche</t>
   </si>
   <si>
     <t>1P</t>
   </si>
   <si>
     <t>2P</t>
   </si>
   <si>
     <t>3P</t>
   </si>
   <si>
     <t>4P</t>
   </si>
   <si>
     <t>5P</t>
   </si>
   <si>
     <t>8P</t>
   </si>
   <si>
     <t>6P</t>
   </si>
   <si>
     <t>7P</t>
   </si>
   <si>
     <t>en % des élèves de ce degré</t>
   </si>
   <si>
-    <t>Accueil de l'après-midi (16-18h)</t>
-[...18 lines deleted...]
-  <si>
     <t>Tableaux</t>
   </si>
   <si>
     <t>Mise en garde : il peut exister des écarts entre les "Repères et indicateurs statistiques" et d'autres indicateurs portant sur d’autres situations de référence (champ de population et date de référence). Par ailleurs, les données ne sont pas nécessairement comparables à des indicateurs statistiques précédemment publiés (dans le cas de ruptures de séries par exemple).</t>
   </si>
   <si>
     <t>Graphiques</t>
   </si>
   <si>
     <t>En % des élèves</t>
-  </si>
-[...8 lines deleted...]
-    <t>Total de la cohorte</t>
   </si>
   <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Ensemble 
 des élèves 1P-8P </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">En % du nombre d'élèves 1P-8P </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>2017-18</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Réduction/exonération selon le revenu</t>
   </si>
   <si>
     <t>Gratuité (100% de réduction)</t>
   </si>
   <si>
     <t>Réduction de 75%</t>
   </si>
   <si>
     <t>Réduction de 50%</t>
   </si>
   <si>
     <t>Réduction de 25%</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
@@ -422,879 +296,1274 @@
   <si>
     <t>3 enfants (25%)</t>
   </si>
   <si>
     <t>4 enfants ou plus (40%)</t>
   </si>
   <si>
     <t>Aucune réduction revenu</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">En % des usagers </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(2)</t>
     </r>
   </si>
   <si>
-    <t>Réduction en fonction du nombre d'enfants (rabais fratrie)</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Aucune réduction fratrie </t>
   </si>
   <si>
     <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence (GIAP).</t>
-  </si>
-[...87 lines deleted...]
-(en points de %)</t>
   </si>
   <si>
     <t>Lundi</t>
   </si>
   <si>
     <t>Mardi</t>
   </si>
   <si>
     <t>Vendredi</t>
   </si>
   <si>
     <t>Jeudi</t>
   </si>
   <si>
-    <t>Champ : Cohorte d’élèves de l'enseignement primaire régulier présents durant toute la période 2013-2020.</t>
+    <t>Moyenne journalière</t>
   </si>
   <si>
-    <t>Source : SRED/nBDS, état au 31.12 - Fréquentation des semaines de référence 2013-2020 (GIAP).</t>
+    <t>Ensemble</t>
   </si>
   <si>
-    <t>Accueil de l'après-midi 
-(16h-18h)</t>
+    <r>
+      <t>5 jours</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
   </si>
   <si>
-    <t>Accueil et 
-repas de midi</t>
+    <t>AdS</t>
   </si>
   <si>
-    <t>Accueil 
-du matin</t>
+    <t>Fréq. occasionnelle</t>
   </si>
   <si>
-    <t>2019-20*</t>
+    <t>Champ : Élèves de l'enseignement primaire régulier (les AdS correspondent à celles d'HarmoS y compris pour 2010). Les élèves ayant uniquement une scolarité dans l'enseignement spécialisé ne sont pas pris en compte ici car leur scolarité ne comporte pas d'AdS.</t>
+  </si>
+  <si>
+    <t>Effectifs du périmètre</t>
+  </si>
+  <si>
+    <t>Moyennes journalières</t>
+  </si>
+  <si>
+    <t>Variation 2010-2024
+(en points de %)</t>
+  </si>
+  <si>
+    <t>Employées et employés
+Cadres intermédiaires</t>
+  </si>
+  <si>
+    <t>Cadres supérieures et supérieurs
+Cadres dirigeantes et dirigeants</t>
+  </si>
+  <si>
+    <t>Ouvrières et ouvriers, 
+divers et sans indication</t>
+  </si>
+  <si>
+    <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence en 2010, 2020 et 2024 (GIAP).</t>
+  </si>
+  <si>
+    <t>Hors élèves des écoles de Chêne-Bougeries et Cologny (communes sorties du GIAP à la rentrée 2024).</t>
+  </si>
+  <si>
+    <r>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="9"/>
-        <color theme="1"/>
+        <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(2) </t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
-        <color theme="1"/>
+        <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Le déconfinement a été progressif : réouverture partielle des écoles à partir du 11 mai 2020 (avec école à mi-temps) puis totale à partir du 25 mai.</t>
+      <t>En 2024, les effectifs incluent une estimation du nombre des usagères et usagers de services parascolaires des quatre écoles primaire de Chêne-Bougeries  (Belvédère, Chêne-Bougeries, Conches, Gradelle) et de l'école primaire de Cologny. Depuis la rentrée 2024, le périmètre des données du parascolaire enregistrées dans la nBDS n'inclut plus les élèves de ces cinq écoles, dont l’accueil parascolaire est dorénavant assuré par l'association pop e poppa. Les données du parascolaire ne sont actuellement pas disponibles pour ces deux communes, ce qui crée une importante rupture de série puisque ces écoles comptaient au total 858 usagères et usagers de l’accueil de midi en 2023. Pour éviter de sous-estimer les effectifs d’usagères et usagers du parascolaire à l’échelle du canton, les effectifs d’usagères et usagers du parascolaire ont été estimés pour Chêne-Bougeries et Cologny. Cette estimation repose sur les taux de fréquentation du parascolaire observés en 2023 pour chaque année de scolarité (AdS) précédente auxquels ont été appliqué un coefficient multiplicateur correspondant à l’évolution observée entre 2022 et 2023 entre deux AdS consécutives (par exemple entre le taux de fréquentation en 2P en 2022 et le taux de fréquentation en 3P en 2023).</t>
     </r>
   </si>
   <si>
-    <t>2019-20 (1)</t>
-[...17 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">E1.d </t>
+      <t xml:space="preserve">E1.c </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Proportion d'élèves de 1P-8P fréquentant au moins une fois par semaine l'accueil parascolaire, 2005 à 2020</t>
+      <t>Profil des élèves de 1P-8P</t>
     </r>
-  </si>
-  <si>
     <r>
-      <t xml:space="preserve">E1.f </t>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Profil des élèves de 1P-8P fréquentant au moins une fois par semaine l'accueil parascolaire, 2010 et 2020</t>
+      <t xml:space="preserve"> fréquentant au moins une fois par semaine l'accueil parascolaire, 2010, 2020 et 2024</t>
     </r>
   </si>
   <si>
+    <t>Accueil de midi
+4 fois par semaine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                       Accueil de midi                                                                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                         (4 journées continues de 8h à 16h)                                            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  (4 journées continues de 8h à 18h)</t>
+  </si>
+  <si>
+    <t>Champ : Élèves de 1P-8P, y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées renforcées) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2015 et 2019.</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">E1.g </t>
+      <t xml:space="preserve">E1.d </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Proportion d'élèves de 1P-8P </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> fréquentant au moins une fois par semaine l'accueil parascolaire, selon la catégorie socioprofessionnelle des parents et la nationalité, 2010 et 2020</t>
-[...91 lines deleted...]
-      <t>(1)</t>
+      <t xml:space="preserve"> fréquentant au moins une fois par semaine l'accueil parascolaire, selon la catégorie socioprofessionnelle des parents et la nationalité, 2010 et 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E1.e </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2005 à 2020</t>
+      <t>Proportion de familles usagères bénéficiaires d'une réduction/exonération, année scolaire 2024-25</t>
+    </r>
+  </si>
+  <si>
+    <t>Durant l’année scolaire 2024-25, le GIAP a accueilli en moyenne chaque jour (tous jours de la semaine confondus) 20'344 enfants le midi et 8'302 enfants l’après-midi entre 16h et 18h. Le vendredi, le GIAP a accueilli en moyenne 19’676 enfants le midi et 7’275 enfants l’après-midi entre 16h et 18h, soit un écart respectif de -1'027 enfants le midi et -668 enfants entre 16h et 18h.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(2) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>En 2024, les effectifs incluent une estimation du nombre des usagères et usagers de services parascolaires des quatre écoles primaires de Chêne-Bougeries (Belvédère, Chêne-Bougeries, Conches, Gradelle) et de l'école primaire de Cologny. Depuis la rentrée 2024, le périmètre des données du parascolaire enregistrées dans la nBDS n'inclut plus les élèves de ces cinq écoles, dont l’accueil parascolaire est dorénavant assuré par l'association pop e poppa. Les données du parascolaire ne sont actuellement pas disponibles pour ces deux communes, ce qui crée une importante rupture de série puisque ces écoles comptaient au total 858 usagères et usagers de l’accueil de midi en 2023. Pour éviter de sous-estimer les effectifs d’usagères et usagers du parascolaire à l’échelle du canton, ceux-ci ont été estimés pour Chêne-Bougeries et Cologny. Cette estimation repose sur les taux de fréquentation du parascolaire observés en 2023 pour chaque année de scolarité (AdS) précédente auxquels ont été appliqué un coefficient multiplicateur correspondant à l’évolution observée entre 2022 et 2023 entre deux AdS consécutives (par exemple entre le taux de fréquentation en 2P en 2022 et le taux de fréquentation en 3P en 2023).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.a </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Nombre d’élèves de 1P-8P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fréquentant l’accueil parascolaire au moins une fois par semaine, 1995 à 2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>E1.a</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Nombre d'élèves de 1P-8P fréquentant l’accueil parascolaire au moins une fois par semaine, 1995 à 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.d </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves de 1P-8P fréquentant au moins une fois par semaine l'accueil parascolaire, selon la catégorie socioprofessionnelle des parents et la nationalité, 2010 et 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E1.e </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF365F91"/>
+        <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2005 à 2020</t>
+      <t>Proportion de familles usagères bénéficiaires d'une réduction/exonération, année scolaire 2024-25</t>
     </r>
   </si>
   <si>
-    <t>Élèves du primaire (1P-8P)</t>
-[...7 lines deleted...]
-de l'année scolaire</t>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Elèves fréquentant l’animation parascolaire au moins une fois par semaine. Hors élèves des écoles primaires de Chêne-Bougeries et Cologny (communes sorties du GIAP en 2024).</t>
+    </r>
   </si>
   <si>
     <r>
-      <t>E1.b</t>
+      <t xml:space="preserve">    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Parmi les usagères et usagers de l'animation parascolaire (1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.i </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Nombre d'élèves fréquentant l’accueil parascolaire (moyennes journalières), 1995-96 à 2020-21</t>
+      <t>Proportion d'élèves fréquentant au moins une fois par semaine l'accueil parascolaire, selon l'année de scolarité (AdS), 2010 et 2024</t>
     </r>
   </si>
   <si>
-    <t>* Pour l'année scolaire 2019-20 les moyennes journalières sont calculées jusqu'au 13 mars 2020 en raison du confinement lié à la pandémie de COVID-19 et de la fermeture physique des écoles entre le 16 mars et mai 2020.</t>
+    <t>Ouvrières et ouvriers,
+divers et sans indication</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">E1.c </t>
+      <t xml:space="preserve">E1.k </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves fréquentant 4 fois par semaine l'accueil parascolaire, selon l'année de scolarité (AdS), 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Ne vont jamais au parascolaire</t>
+  </si>
+  <si>
+    <t>Fréq. Occasionnelle</t>
+  </si>
+  <si>
+    <t>N.B. Les effectifs sont calculés hors « fréquentation occasionnelle » dont la définition a changé car la définition a changé entre 1995 et 2024 (la limitation des inscriptions irrégulières ayant eu pour but de ne pas dépasser les capacités d’accueil des locaux et/ou les normes d’encadrement).</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(3) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Les données de l’année 2001 pour le parascolaire n’ont pas été enregistrées dans la nBDS et ne sont donc pas disponibles. 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence (GIAP). Estimation SRED pour 2024.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.b </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves de 1P-8P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> fréquentant au moins une fois par semaine l'accueil parascolaire, 2005 à 2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Accueil et repas de midi </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Enseignement public, y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes renforcées) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf jusqu'en 2019.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(5)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Les données ne permettent pas de savoir si cette fréquentation se fait le même jour.</t>
+    </r>
+  </si>
+  <si>
+    <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence en 2005, 2010, 2015 à 2024 (GIAP). Estimation SRED pour 2024.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Enseignement public, y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées renforcées) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2010. Hors élèves des écoles de Chêne-Bougeries et Cologny (communes sorties du GIAP à la rentrée 2024).</t>
+    </r>
+  </si>
+  <si>
+    <t>N.B. Pour une comparaison à champ constant, le profil des usagères et usagers est observé hors élèves des écoles de Chêne-Bougeries et Cologny en 2010 et 2024. La non prise en compte des élèves des écoles de Chêne-Bougeries et Cologny a un impact très faible sur les profils observés en 2010 (de l’ordre de -0.5% d’enfants de milieu aisé et de -0.2% d’enfants de nationalité suisse).</t>
+  </si>
+  <si>
+    <t>N.B. Pour une comparaison à champ constant, le profil des usagères et usagers est observé hors élèves des écoles de Chêne-Bougeries et Cologny en 2010 et 2024. La non prise en compte des élèves des écoles de Chêne-Bougeries et Cologny a un impact très faible sur les profils observés en 2010 (de l’ordre de -0.5% pour les enfants de milieu aisé, de -0.3% d’enfants de nationalité suisse, de -0.2% pour les enfants de milieu modeste ou pour les enfants de nationalité étrangère).</t>
+  </si>
+  <si>
+    <t>Réduction selon le revenu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Réduction selon le nombre d'enfants </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">N.B. Pour pouvoir bénéficier d'une réduction en fonction du revenu, les parents doivent formuler une demande auprès du service de facturation. Les chiffres ne représentent donc pas la situation socio-économique de l'ensemble des familles usagères du parascolaire, mais celle des familles qui ont fait une demande de réduction/exonération pendant l’année scolaire </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024-25</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>. La réduction en fonction du nombre d'enfants est, quant à elle, accordée automatiquement depuis l'année scolaire 2020-21, sans que les parents aient besoin d'en faire la demande. Les enfants sont donc comptabilisés ici dans les deux catégories de rabais (revenu et fratrie).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.f </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2005 à 2024</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <t>(2) En 2015, 1,4% d’usagers (soit 285 enfants) étaient accueillis le midi cinq jours par semaine, illustrant l'ouverture de certains restaurants scolaires le mercredi suite à l'introduction du mercredi matin d'école. Cette ouverture a été supprimée à la rentrée 2016, la fréquentation s'étant avérée bien plus faible que prévue ; les familles sont désormais dirigées vers d'autres structures proposant des repas le mercredi midi, telles que des maisons de quartier.</t>
+  </si>
+  <si>
+    <t>Source : SRED/nBDS, état au 31.12 - Fréquentation de la semaine de référence en 2005, 2010, 2015, 2020 et 2024 (GIAP). Estimation SRED pour 2024.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(1) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>En 2024, les effectifs incluent une estimation du nombre des usagères et usagers de services parascolaires (le midi et de 16h à 18h) des quatre écoles primaire de Chêne-Bougeries  (Belvédère, Chêne-Bougeries, Conches, Gradelle) et de l'école primaire de Cologny. Depuis la rentrée 2024, le périmètre des données du parascolaire enregistrées dans la nBDS n'inclut plus les élèves de ces cinq écoles, dont l’accueil parascolaire est dorénavant assuré par l'association pop e poppa. Les données du parascolaire ne sont actuellement pas disponibles pour ces deux communes, ce qui crée une importante rupture de série puisque ces écoles comptaient au total 858 usagères et usagers de l’accueil de midi en 2023. Pour éviter de sous-estimer les effectifs d’usagères et usagers du parascolaire à l’échelle du canton, les effectifs d’usagères et usagers du parascolaire ont été estimés pour Chêne-Bougeries et Cologny. Cette estimation repose sur les taux de fréquentation du parascolaire observés en 2023 pour chaque année de scolarité (AdS) précédente auxquels ont été appliqué un coefficient multiplicateur correspondant à l’évolution observée entre 2022 et 2023 entre deux AdS consécutives (par exemple entre le taux de fréquentation en 2P en 2022 et le taux de fréquentation en 3P en 2023).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.g </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Nombre d'élèves</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> fréquentant l’accueil parascolaire (moyennes journalières), selon le jour de la semaine, 
-2019-20</t>
+      <t xml:space="preserve"> fréquentant l’accueil parascolaire (moyennes journalières), selon le jour de la semaine, année </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> et 2020</t>
-[...9 lines deleted...]
-      <t>-21</t>
+      <t>2024-25</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">E1.h </t>
-[...1 lines deleted...]
-    <r>
       <rPr>
-        <b/>
-[...1 lines deleted...]
-        <color rgb="FF376092"/>
+        <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Proportion d'usagers et usagères bénéficiaires d'une réduction/exonération, année scolaire 2020-21</t>
-[...145 lines deleted...]
-      <t>(1)</t>
+      <t>É</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées DI/TSA [déficience intellectuelle et troubles du spectre autistique]) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2010.</t>
+      <t>cart à la moyenne</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Champ : Élèves de 1P-8P, y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées DI/TSA [déficience intellectuelle et troubles du spectre autistique]) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2015 et 2019.</t>
   </si>
   <si>
     <r>
       <rPr>
-        <vertAlign val="superscript"/>
         <sz val="9"/>
-        <rFont val="Arial Narrow"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t>Éc</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">  Y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées DI/TSA [déficience intellectuelle et troubles du spectre autistique]) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf jusqu'en 2019.</t>
-[...18 lines deleted...]
-      <t xml:space="preserve"> Y compris les élèves des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées DI/TSA [déficience intellectuelle et troubles du spectre autistique]) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2010.</t>
+      <t>art à la moyenne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(2)</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Elèves fréquentant l’animation parascolaire au moins une fois par semaine.</t>
+      <t xml:space="preserve"> Enseignement public, y compris les élèves des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées renforcées) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2010. Hors élèves des écoles primaires de Chêne-Bougeries et Cologny (communes sorties du GIAP en 2024).</t>
     </r>
   </si>
   <si>
+    <t>Lecture : en 2024 parmi les élèves dont les parents sont cadres supérieures et supérieurs, 51% vont à l'accueil de midi.</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...5 lines deleted...]
-      <t>(1)</t>
+      <t xml:space="preserve">    </t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
-        <rFont val="Arial Narrow"/>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Durant la période allant du 16 mars 2020 au 8 mai 2020, les écoles ont été fermées, avec la mise en place de l'école à distance. Un service d'accueil minimum a été mis en place pour les enfants dont les parents travaillaient en première ligne.  </t>
+      <t>Parmi les élèves de  1P-8P (2)</t>
     </r>
-  </si>
-[...7 lines deleted...]
-    <t>Champ : Élèves de l'enseignement primaire régulier (les AdS correspondent à celles d'HarmoS y compris pour 2010). Les élèves ayant uniquement une scolarité dans l'enseignement spécialisé ne sont pas pris en compte ici car leur scolarité ne comporte pas d'AdS.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>Lecture :</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> la zone bleu foncé correspond à la différence arithmétique de points de pourcentage entre la proportion 2010 et la proportion 2020. Par exemple, 50% des élèves de 1P fréquentaient l’accueil du midi au moins une fois par semaine en 2010 ; en 2020 ils ou elles sont 67%. La différence est de 67% – 50% = +17 points de pourcentage.</t>
+      <t xml:space="preserve"> la zone bleu foncé correspond à la différence arithmétique de points de pourcentage entre la proportion 2010 et la proportion 2024. Par exemple, 50% des élèves de 1P fréquentaient l’accueil du midi au moins une fois par semaine en 2010 ; en 2024 elles ou ils sont 70.5%. La différence est de 70.5% – 50% = +20 points de pourcentage.</t>
     </r>
   </si>
   <si>
-    <t>E1. Nombre d'usagers et usagères de l’animation parascolaire</t>
+    <t>Champ : Élèves de l'enseignement primaire public régulier (les AdS correspondent à celles d'HarmoS y compris pour 2010). Les élèves ayant uniquement une scolarité dans l'enseignement spécialisé ne sont pas pris en compte ici car leur scolarité ne comporte pas d'AdS. Hors élèves des écoles primaires de Chêne-Bougeries et Cologny (sorties du GIAP en 2024).</t>
   </si>
   <si>
-    <t>Déconfinement (2)
-11 mai - 26 juin 2020</t>
+    <t>Champ : Élèves de l'enseignement primaire public régulier (les AdS correspondent à celles d'HarmoS y compris pour 2010). Les élèves ayant uniquement une scolarité dans l'enseignement spécialisé ne sont pas pris en compte ici car leur scolarité ne comporte pas d'AdS. Hors élèves des écoles primaires de Chêne-Bougeries et Cologny (communes sorties du GIAP en 2024).</t>
   </si>
   <si>
     <r>
-      <t>E1.b</t>
+      <t xml:space="preserve">E1.j </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Effectifs d'élèves de 1P-8P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, selon le nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(1) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Enseignement public, y compris les élèves de l'enseignement spécialisé des classes intégrées de l'enseignement primaire (voir </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Pour comprendre ces résultats</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">). </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Accueil de midi       </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Enseignement public, y compris les élèves de l'enseignement spécialisé des classes intégrées (CLI) de l'enseignement primaire (hors classes intégrées renforcées) et des classes intégrées mixtes (CLIM) ; y compris la classe intégrée de Geisendorf en 2010; y compris élèves des écoles de Chêne-Bougeries et Cologny (communes sorties du GIAP à la rentrée 2024).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Lecture :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> la zone bleu foncé correspond à la différence arithmétique de points de pourcentage entre la proportion 2010 et la proportion 2024. Par exemple, 28% des élèves de 1P fréquentaient l’accueil du midi quatre fois par semaine en 2010 ; en 2024 elles ou ils sont 48%. La différence est de 48% – 28% = +20 points de pourcentage.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.g </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Nombre d'élèves</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Nombre d'élèves fréquentant l’accueil parascolaire (moyennes journalières), années scolaires 1995-96 à 2020-21</t>
+      <t xml:space="preserve"> fréquentant l’accueil parascolaire (moyennes journalières), selon le jour de la semaine, année </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>2024-25</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.k </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves fréquentant 4 fois par semaine l'accueil parascolaire, selon l'année de scolarité (AdS), 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Accueil de 16h à 18h</t>
+  </si>
+  <si>
+    <t>Accueil 
+de 16h à 18h</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Accueil de midi et de 16h à 18h </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(5)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Accueil de 16h à 18h </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Enfants fréquentant l'accueil de midi, pouvant également fréquenter celui de 16h à 18h.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Enfants fréquentant l'accueil de 16h à 18hi, pouvant également fréquenter celui de midi.</t>
+    </r>
+  </si>
+  <si>
+    <t>Accueil de 16-18h</t>
+  </si>
+  <si>
+    <t>Accueil de midi et de 16h à 18h</t>
+  </si>
+  <si>
+    <t>Genève</t>
+  </si>
+  <si>
+    <t>Hors canton</t>
+  </si>
+  <si>
+    <t>Domicile de l'élève</t>
+  </si>
+  <si>
+    <t>Variation 2010-2024</t>
+  </si>
+  <si>
+    <t>en effectifs</t>
+  </si>
+  <si>
+    <t>en points
+de %</t>
+  </si>
+  <si>
+    <t>E1. Fréquentation de l'animation  parascolaire</t>
+  </si>
+  <si>
+    <t>Dernière publication : février 2026</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.h </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves fréquentant 4 fois par semaine l'accueil parascolaire, se</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>lon la catégorie socioprofessionnelle des parents et la nationalité, 2010 et 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E1.i </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
-        <rFont val="Arial Narrow"/>
-[...13 lines deleted...]
-        <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Proportion d'élèves fréquentant trois ou quatre fois par semaine l'accueil parascolaire, se</t>
+      <t>Proportion d'élèves fréquentant au moins une fois par semaine l'accueil parascolaire, selon l'année de scolarité (AdS), 2010 et 2024</t>
     </r>
-    <r>
-[...29 lines deleted...]
-    <t>Dernière mise à jour : janvier 2022</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">E1.b </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FF376092"/>
-        <rFont val="Arial"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nombre d'élèves fréquentant l’accueil parascolaire (moyennes journalières), 
-années scolaires 1995-96 à 2020-21</t>
+      <t>Proportion d'élèves de 1P-8P fréquentant au moins une fois par semaine l'accueil parascolaire, 2005 à 2024</t>
     </r>
   </si>
   <si>
-    <t>Source : Groupement intercommunal pour l'animation parascolaire ; SRED/nBDS, état au 31.12.</t>
+    <r>
+      <t xml:space="preserve">E1.c </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Profil des élèves de 1P-8P fréquentant au moins une fois par semaine l'accueil parascolaire, 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.f </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2010 à 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.h </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves fréquentant 4 fois par semaine l'accueil parascolaire, se</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>lon la catégorie socioprofessionnelle des parents et la nationalité, 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">E1.j </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Effectifs d'élèves de 1P-8P, selon le nombre de jours de fréquentation hebdomadaire de l'accueil parascolaire, 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Date de publication : février 2026 </t>
+  </si>
+  <si>
+    <t>Accueil de midi et de l'après-midi
+(16h-18h)
+4 fois par semaine</t>
+  </si>
+  <si>
+    <t>Accueil de midi et de l'après-midi 
+16h-18h)
+4 fois par semaine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Écart à la moyenne</t>
+  </si>
+  <si>
+    <t>Accueil 
+de midi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="9">
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_ [$€-2]\ * #,##0.00_ ;_ [$€-2]\ * \-#,##0.00_ ;_ [$€-2]\ * &quot;-&quot;??_ "/>
-    <numFmt numFmtId="167" formatCode="0.0"/>
-    <numFmt numFmtId="168" formatCode="\+0.0;\-0.0"/>
+    <numFmt numFmtId="170" formatCode="\+0%;\-0%"/>
+    <numFmt numFmtId="171" formatCode="\+0.0;\-0.0"/>
+    <numFmt numFmtId="174" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="175" formatCode="\+#,##0;\-#,##0"/>
+    <numFmt numFmtId="176" formatCode="\+0.0%;\-0.0%"/>
   </numFmts>
-  <fonts count="72">
+  <fonts count="79">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1314,56 +1583,50 @@
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF376092"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="20"/>
       <name val="Arial"/>
@@ -1571,117 +1834,108 @@
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF365F91"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
-      <name val="Arial Narrow"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF365F91"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...10 lines deleted...]
-      <name val="Arial "/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF244061"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial "/>
+    </font>
+    <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF376092"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1697,70 +1951,132 @@
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF00B050"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF376092"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF365F91"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF365F91"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FF365F91"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <color rgb="FF365F91"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="33">
+  <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1869,74 +2185,92 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="10"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="50">
+  <borders count="63">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
@@ -2441,1461 +2775,1591 @@
       <right style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="double">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="81">
+  <cellStyleXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="18" borderId="16"/>
-    <xf numFmtId="0" fontId="16" fillId="19" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14"/>
-    <xf numFmtId="0" fontId="17" fillId="20" borderId="18" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="18" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="16" fillId="20" borderId="18" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="22" borderId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="18" fillId="21" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="20" fillId="23" borderId="16" applyBorder="0">
+    <xf numFmtId="0" fontId="19" fillId="23" borderId="16" applyBorder="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="12" fillId="21" borderId="14">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="21" borderId="14">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="23" fillId="24" borderId="0">
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="24" borderId="0">
       <alignment horizontal="right" vertical="top" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="9" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="21" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="9" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="21" borderId="22">
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="22">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="21" borderId="13"/>
-    <xf numFmtId="0" fontId="28" fillId="21" borderId="23"/>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="13"/>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="23"/>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="15">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="24" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="30" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="24" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="35" fillId="19" borderId="26" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="26" borderId="25" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="19" borderId="26" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="14"/>
-    <xf numFmtId="0" fontId="18" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="27" borderId="0">
+    <xf numFmtId="0" fontId="35" fillId="27" borderId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="0"/>
-    <xf numFmtId="0" fontId="38" fillId="24" borderId="27">
+    <xf numFmtId="0" fontId="36" fillId="22" borderId="0"/>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="27">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="24" borderId="28">
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="28">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="37" fontId="39" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="40" fillId="21" borderId="0">
+    <xf numFmtId="37" fontId="38" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="39" fillId="21" borderId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="41" fillId="21" borderId="0"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="310">
+  <cellXfs count="378">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="54"/>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="54"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="29" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="9" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="72"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="73"/>
+    <xf numFmtId="0" fontId="56" fillId="29" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="29" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="9" fontId="8" fillId="28" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="28" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="8" fillId="2" borderId="40" xfId="71" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="40" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="11" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="54" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="8" fillId="28" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="44" fillId="2" borderId="34" xfId="54" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="54" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="54" applyFill="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="164" fontId="8" fillId="29" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="32" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="33" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="33" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="32" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="58" fillId="32" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="31" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="28" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="28" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="28" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="28" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="28" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="58" fillId="30" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="30" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="8" fillId="3" borderId="9" xfId="71" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="168" fontId="8" fillId="28" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="8" fillId="3" borderId="9" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="43" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="34" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="3" borderId="5" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="28" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="28" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="29" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="164" fontId="8" fillId="28" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="0" fillId="2" borderId="0" xfId="71" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...39 lines deleted...]
-    <xf numFmtId="3" fontId="44" fillId="0" borderId="11" xfId="54" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="43" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="5" xfId="54" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="9" xfId="54" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="33" borderId="50" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="3" fontId="9" fillId="33" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="31" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="31" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="31" borderId="50" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="44" fillId="0" borderId="34" xfId="54" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="66" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="54" applyFont="1"/>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="54" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="2" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="53" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="54" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="31" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="31" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="31" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="31" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="64" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="28" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="8" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="2" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="28" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="28" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="30" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="30" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="28" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="11" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="59" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="60" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="34" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="9" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="9" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="5" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="40" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="43" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="30" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="33" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="44" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="11" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="30" borderId="34" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="30" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="30" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="30" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="28" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="2" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="50" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="174" fontId="8" fillId="2" borderId="11" xfId="71" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="8" fillId="28" borderId="9" xfId="71" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="8" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="30" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="174" fontId="8" fillId="2" borderId="33" xfId="71" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="11" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="47" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="9" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="47" fillId="3" borderId="5" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="9" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="2" borderId="34" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="5" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="28" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="11" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="2" borderId="11" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="9" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="9" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="57" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="28" borderId="9" xfId="72" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="57" fillId="28" borderId="9" xfId="72" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="57" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="57" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="57" fillId="28" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="57" fillId="28" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="0" borderId="0" xfId="73" applyFont="1"/>
+    <xf numFmtId="0" fontId="77" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="73" applyFill="1"/>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="12" xfId="73" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="74" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="2" borderId="0" xfId="73" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="49" fontId="44" fillId="2" borderId="8" xfId="54" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="70" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="9" xfId="54" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="5" xfId="54" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="44" fillId="2" borderId="33" xfId="54" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="52" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="57" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="57" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...111 lines deleted...]
-    <xf numFmtId="0" fontId="48" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="71" fillId="2" borderId="0" xfId="72" applyFont="1" applyFill="1"/>
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="48" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="71" fillId="2" borderId="0" xfId="72" applyFont="1" applyFill="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="70" fillId="2" borderId="0" xfId="72" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="28" borderId="9" xfId="54" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...142 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="28" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="28" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="28" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="35" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="35" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="81">
-[...46 lines deleted...]
-    <cellStyle name="Neutral" xfId="48"/>
+  <cellStyles count="82">
+    <cellStyle name="20% - Accent1" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Accent2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent3" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent4" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent5" xfId="6" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent6" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - Accent1" xfId="8" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - Accent2" xfId="9" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - Accent3" xfId="10" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - Accent4" xfId="11" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - Accent5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - Accent6" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - Accent1" xfId="14" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - Accent2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - Accent3" xfId="16" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - Accent4" xfId="17" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - Accent5" xfId="18" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - Accent6" xfId="19" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Bad" xfId="20" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="bin" xfId="21" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Calculation" xfId="22" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="cell" xfId="23" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Check Cell" xfId="24" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="ColCodes" xfId="25" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="ColTitles" xfId="26" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="column" xfId="27" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Comma 2" xfId="28" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="DataEntryCells" xfId="29" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Euro" xfId="30" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Euro 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Explanatory Text" xfId="32" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="formula" xfId="33" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="gap" xfId="34" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Good" xfId="35" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="GreyBackground" xfId="36" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Heading 1" xfId="37" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Heading 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Heading 3" xfId="39" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Heading 4" xfId="40" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Input" xfId="41" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="ISC" xfId="42" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="level1a" xfId="43" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="level2" xfId="44" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="level2a" xfId="45" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="level3" xfId="46" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Linked Cell" xfId="47" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Milliers" xfId="71" builtinId="3"/>
+    <cellStyle name="Neutral" xfId="48" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
-[...31 lines deleted...]
-    <cellStyle name="Warning Text" xfId="69"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="Normal 2 2" xfId="74" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="73" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 3" xfId="49" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Normal 3 2" xfId="70" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="Normal 3 3" xfId="81" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Normal 4" xfId="50" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Normal 5" xfId="51" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="Normal 6" xfId="52" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="Normal 6 2" xfId="53" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="Normal 6 3" xfId="76" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="Normal 6 4" xfId="77" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="Normal 7" xfId="54" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="Normal 7 2" xfId="75" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="Normal 8" xfId="78" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="Note" xfId="55" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="Output" xfId="56" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="Pourcentage" xfId="72" builtinId="5"/>
+    <cellStyle name="Pourcentage 2" xfId="57" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="Pourcentage 2 2" xfId="79" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="Pourcentage 3" xfId="80" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="Prozent_SubCatperStud" xfId="58" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="row" xfId="59" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="RowCodes" xfId="60" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="Row-Col Headings" xfId="61" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="RowTitles_CENTRAL_GOVT" xfId="62" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="RowTitles-Col2" xfId="63" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="RowTitles-Detail" xfId="64" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="Standard_Info" xfId="65" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="temp" xfId="66" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="Title" xfId="67" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="title1" xfId="68" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="Warning Text" xfId="69" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...253 lines deleted...]
-</c:chartSpace>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>647700</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>647700</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>165100</xdr:rowOff>
+          <xdr:colOff>660400</xdr:colOff>
+          <xdr:row>44</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="13313" name="Object 1" hidden="1">
+            <xdr:cNvPr id="15361" name="Object 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s13313"/>
+                  <a14:compatExt spid="_x0000_s15361"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000013C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3910,1827 +4374,2174 @@
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>12701</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg"/>
+        <xdr:cNvPr id="2" name="Image 1" descr="C:\Users\jagasia\Desktop\RIS1.jpg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C16E3530-D4C2-455F-82EF-91E393852553}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent1">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId2">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="11200"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:brightnessContrast contrast="-40000"/>
                   </a14:imgEffect>
                 </a14:imgLayer>
               </a14:imgProps>
             </a:ext>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1" y="0"/>
-          <a:ext cx="7181850" cy="1247775"/>
+          <a:ext cx="6804025" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA45757-EC25-456B-8E87-11560F8BBD23}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="123825"/>
-          <a:ext cx="7175500" cy="257175"/>
+          <a:ext cx="6797675" cy="257175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>527050</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>3175</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Image 4"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68C36D6D-D8F2-40C3-AC99-23AF118F9747}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="485775"/>
-          <a:ext cx="7150100" cy="333375"/>
+          <a:ext cx="6794500" cy="333375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>397643</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>107075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3E9DACD-EFC7-4901-B82E-A6A115B19A58}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7537450" y="139700"/>
+          <a:ext cx="1223143" cy="399175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>101600</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>28928</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Image 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F557968-6803-57EC-8019-F248D2AEB454}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1314450"/>
+          <a:ext cx="3194050" cy="3327400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>298450</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>159456</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Image 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{854FDE47-A6CC-86B0-6531-9FEF4AFE1F22}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="3633611" y="1305278"/>
+          <a:ext cx="2944283" cy="3249789"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Image 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F2B6AB3-9FD3-4E42-6E48-0292B513318E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="4686300"/>
+          <a:ext cx="6330950" cy="368300"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>527818</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>91200</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C608274F-F2EA-4819-BDBB-C8110B553895}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5343525" y="123825"/>
+          <a:ext cx="1156468" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F06C1C7C-3BA8-E8AF-5C00-2C5D30DDD6D6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1828800"/>
+          <a:ext cx="3282950" cy="2774950"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>158750</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>647700</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB21C6ED-B74A-97ED-21E1-D8889EAF6073}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="3302000" y="1833563"/>
+          <a:ext cx="3600450" cy="2794000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>276225</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>661168</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>100725</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEF40E63-0ACF-4803-9003-272262D64E0B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6991350" y="133350"/>
+          <a:ext cx="1156468" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>647700</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9C5D019-8EDD-070B-507F-F76849817548}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1752600"/>
+          <a:ext cx="4292600" cy="2901950"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>896937</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>39687</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>752475</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>153987</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{392D2FEB-6722-4E54-EBCA-C60154D05FDF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4540250" y="1793875"/>
+          <a:ext cx="4054475" cy="2924175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>920751</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>560388</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Image 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{999AEB8D-B384-74FA-522B-B4314682E670}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="1730376" y="4659313"/>
+          <a:ext cx="6672262" cy="384175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>266700</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>318268</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>81675</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8043CE0F-80ED-4335-AADF-5CB91B7DCAF6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6000750" y="114300"/>
+          <a:ext cx="1137418" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>122903</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>254000</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>148303</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C8CE8C5-B4CD-C82F-B4DB-2AFC5706F810}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1413387"/>
+          <a:ext cx="7443839" cy="2681475"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>182034</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>24</xdr:col>
+      <xdr:colOff>179628</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>173750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9685867" y="209550"/>
+          <a:ext cx="1175519" cy="398117"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>542925</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>266700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>486543</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>240425</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2D12CF7-78E2-4AE6-923C-11B5B4827E02}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="9293225" y="266700"/>
+          <a:ext cx="1204093" cy="402350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>604018</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>138825</xdr:rowOff>
+      <xdr:rowOff>241244</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7477125" y="171450"/>
           <a:ext cx="1137418" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>7938</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>215900</xdr:rowOff>
+      <xdr:rowOff>63500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>69850</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>147638</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Image 12"/>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D35462A9-86B0-2D71-797F-7780E174BD69}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="1530350"/>
-          <a:ext cx="4216400" cy="2749550"/>
+          <a:off x="7938" y="1285875"/>
+          <a:ext cx="4552950" cy="2587625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>457200</xdr:colOff>
+      <xdr:colOff>23813</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>222250</xdr:rowOff>
+      <xdr:rowOff>47626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>552450</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>69850</xdr:rowOff>
+      <xdr:colOff>709613</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>123826</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Image 13"/>
+        <xdr:cNvPr id="8" name="Image 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C43413C-7762-6953-F844-5FF9D14F8B70}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="4832350" y="1536700"/>
-[...110 lines deleted...]
-          <a:ext cx="4102100" cy="2495550"/>
+          <a:off x="4437063" y="1270001"/>
+          <a:ext cx="4686300" cy="2600325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
-[...809 lines deleted...]
-
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...255 lines deleted...]
-<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>432568</xdr:colOff>
+      <xdr:colOff>426218</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>119775</xdr:rowOff>
+      <xdr:rowOff>126125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7915275" y="152400"/>
           <a:ext cx="1137418" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>12700</xdr:colOff>
+      <xdr:colOff>6350</xdr:colOff>
       <xdr:row>23</xdr:row>
-      <xdr:rowOff>44450</xdr:rowOff>
+      <xdr:rowOff>54430</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Image 4"/>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53D75FCE-5002-8FF2-F1D2-102C943CF41F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="1435100"/>
-          <a:ext cx="4527550" cy="2743200"/>
+          <a:off x="0" y="1505858"/>
+          <a:ext cx="4514850" cy="2830286"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>380999</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>533400</xdr:colOff>
+      <xdr:colOff>390978</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>82550</xdr:rowOff>
+      <xdr:rowOff>117929</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Image 5"/>
+        <xdr:cNvPr id="6" name="Image 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100D0A3E-D084-EAF3-437D-2306B7045613}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="5035550" y="1435100"/>
-          <a:ext cx="4508500" cy="2622550"/>
+          <a:off x="4889499" y="1505858"/>
+          <a:ext cx="4500336" cy="2730500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>27</xdr:col>
+      <xdr:colOff>361950</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>138793</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>30</xdr:col>
+      <xdr:colOff>331875</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>106168</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="12820650" y="138793"/>
+          <a:ext cx="1141500" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>85725</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>155575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>591318</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>126125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87063E5A-DD97-487E-BC67-CB1AB810A1EE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4467225" y="155575"/>
+          <a:ext cx="1153293" cy="402350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8D77ADF-0DFE-41D2-1B31-63DFD669337D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1708150"/>
+          <a:ext cx="2686050" cy="2343150"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>15875</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>384175</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{859AD7AA-44E3-B5C6-3FE0-F95751FF80F1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2635250" y="1738313"/>
+          <a:ext cx="2765425" cy="2324100"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>119062</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>641350</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>68262</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57082DCE-81BF-8244-81E4-5748E23569FC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="3921125"/>
+          <a:ext cx="5657850" cy="457200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>600843</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>249950</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3A9F615-7625-4AED-8E6B-E7CBD13047EF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7848600" y="171450"/>
+          <a:ext cx="1134243" cy="402350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>9072</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>81643</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>701222</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Image 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{193F2315-7FC6-F2FC-0E5D-04E4744F067D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9072" y="1578429"/>
+          <a:ext cx="4284436" cy="2571750"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>644071</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>72571</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>270329</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>22678</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Image 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50D5EAE9-D6ED-84B6-0F17-A7BEF7DBDD8B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4236357" y="1569357"/>
+          <a:ext cx="4397829" cy="2571750"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>9071</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>18142</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>631371</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>107042</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Image 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E8DBD82-A04B-A690-E503-5144D75AFE6E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9071" y="7284356"/>
+          <a:ext cx="4214586" cy="2737757"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>90715</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>185965</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Image 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95BB9E73-25CC-6DA4-5455-C8F014F4AEC4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4463144" y="7266214"/>
+          <a:ext cx="4086678" cy="2718707"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5859,8243 +6670,9085 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Document_Microsoft_Word.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H37"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFF55ED0-5356-438F-A1AE-95B59226DF03}">
+  <dimension ref="A1:AH38"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="7" width="13.453125" style="44" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="11.453125" style="44"/>
+    <col min="1" max="7" width="13.453125" style="43" customWidth="1"/>
+    <col min="8" max="8" width="7.81640625" style="43" customWidth="1"/>
+    <col min="9" max="16384" width="11.453125" style="43"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="19.5" customHeight="1"/>
-[...73 lines deleted...]
-      <c r="A12" s="241" t="s">
+    <row r="1" spans="1:34" ht="19.5" customHeight="1"/>
+    <row r="2" spans="1:34" ht="19.5" customHeight="1"/>
+    <row r="3" spans="1:34" ht="19.5" customHeight="1"/>
+    <row r="4" spans="1:34" ht="19.5" customHeight="1"/>
+    <row r="5" spans="1:34" ht="19.5" customHeight="1"/>
+    <row r="6" spans="1:34" ht="19.5" customHeight="1">
+      <c r="A6" s="278"/>
+      <c r="B6" s="278"/>
+      <c r="C6" s="278"/>
+      <c r="D6" s="278"/>
+      <c r="E6" s="278"/>
+      <c r="F6" s="278"/>
+      <c r="G6" s="278"/>
+      <c r="H6" s="278"/>
+    </row>
+    <row r="7" spans="1:34" ht="19.5" customHeight="1">
+      <c r="A7" s="279" t="s">
         <v>140</v>
       </c>
-      <c r="B12" s="241"/>
-[...251 lines deleted...]
-      <c r="H33" s="221"/>
+      <c r="B7" s="279"/>
+      <c r="C7" s="279"/>
+      <c r="D7" s="279"/>
+      <c r="E7" s="279"/>
+      <c r="F7" s="279"/>
+      <c r="G7" s="279"/>
+      <c r="H7" s="279"/>
+      <c r="J7" s="264"/>
+    </row>
+    <row r="8" spans="1:34" ht="19.5" customHeight="1">
+      <c r="A8" s="265"/>
+      <c r="B8" s="265"/>
+      <c r="C8" s="265"/>
+      <c r="D8" s="265"/>
+      <c r="E8" s="265"/>
+      <c r="F8" s="265"/>
+      <c r="G8" s="265"/>
+      <c r="H8" s="266"/>
+    </row>
+    <row r="9" spans="1:34">
+      <c r="A9" s="267" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="265"/>
+      <c r="C9" s="265"/>
+      <c r="D9" s="265"/>
+      <c r="E9" s="265"/>
+      <c r="F9" s="265"/>
+      <c r="G9" s="265"/>
+      <c r="H9" s="265"/>
+    </row>
+    <row r="10" spans="1:34" s="111" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A10" s="274" t="s">
+        <v>144</v>
+      </c>
+      <c r="B10" s="274"/>
+      <c r="C10" s="274"/>
+      <c r="D10" s="274"/>
+      <c r="E10" s="274"/>
+      <c r="F10" s="274"/>
+      <c r="G10" s="274"/>
+      <c r="H10" s="274"/>
+    </row>
+    <row r="11" spans="1:34" s="111" customFormat="1" ht="14.15" customHeight="1">
+      <c r="A11" s="275" t="s">
+        <v>145</v>
+      </c>
+      <c r="B11" s="275"/>
+      <c r="C11" s="275"/>
+      <c r="D11" s="275"/>
+      <c r="E11" s="275"/>
+      <c r="F11" s="275"/>
+      <c r="G11" s="275"/>
+      <c r="H11" s="275"/>
+    </row>
+    <row r="12" spans="1:34" s="111" customFormat="1" ht="29.25" customHeight="1">
+      <c r="A12" s="272" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" s="272"/>
+      <c r="C12" s="272"/>
+      <c r="D12" s="272"/>
+      <c r="E12" s="272"/>
+      <c r="F12" s="272"/>
+      <c r="G12" s="272"/>
+      <c r="H12" s="272"/>
+    </row>
+    <row r="13" spans="1:34" s="1" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A13" s="275" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" s="275"/>
+      <c r="C13" s="275"/>
+      <c r="D13" s="275"/>
+      <c r="E13" s="275"/>
+      <c r="F13" s="275"/>
+      <c r="G13" s="275"/>
+      <c r="H13" s="275"/>
+      <c r="I13" s="111"/>
+      <c r="J13" s="111"/>
+      <c r="K13" s="111"/>
+      <c r="L13" s="111"/>
+      <c r="M13" s="111"/>
+      <c r="N13" s="111"/>
+      <c r="O13" s="111"/>
+    </row>
+    <row r="14" spans="1:34" s="111" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A14" s="215" t="s">
+        <v>146</v>
+      </c>
+      <c r="B14" s="215"/>
+      <c r="C14" s="215"/>
+      <c r="D14" s="215"/>
+      <c r="E14" s="215"/>
+      <c r="F14" s="215"/>
+      <c r="G14" s="215"/>
+      <c r="H14" s="215"/>
+      <c r="P14" s="215"/>
+      <c r="Q14" s="215"/>
+      <c r="R14" s="215"/>
+      <c r="S14" s="215"/>
+      <c r="T14" s="215"/>
+      <c r="U14" s="215"/>
+      <c r="V14" s="215"/>
+      <c r="W14" s="215"/>
+      <c r="X14" s="215"/>
+      <c r="Y14" s="215"/>
+      <c r="Z14" s="215"/>
+      <c r="AA14" s="215"/>
+      <c r="AB14" s="215"/>
+      <c r="AC14" s="215"/>
+      <c r="AD14" s="215"/>
+      <c r="AE14" s="215"/>
+      <c r="AG14" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="AH14" s="45"/>
+    </row>
+    <row r="15" spans="1:34" s="111" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A15" s="276" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" s="276"/>
+      <c r="C15" s="276"/>
+      <c r="D15" s="276"/>
+      <c r="E15" s="276"/>
+      <c r="F15" s="276"/>
+      <c r="G15" s="276"/>
+      <c r="H15" s="276"/>
+    </row>
+    <row r="16" spans="1:34" s="111" customFormat="1" ht="26.25" customHeight="1">
+      <c r="A16" s="276" t="s">
+        <v>147</v>
+      </c>
+      <c r="B16" s="276"/>
+      <c r="C16" s="276"/>
+      <c r="D16" s="276"/>
+      <c r="E16" s="276"/>
+      <c r="F16" s="276"/>
+      <c r="G16" s="276"/>
+      <c r="H16" s="276"/>
+    </row>
+    <row r="17" spans="1:21" s="1" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A17" s="272" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="272"/>
+      <c r="C17" s="272"/>
+      <c r="D17" s="272"/>
+      <c r="E17" s="272"/>
+      <c r="F17" s="272"/>
+      <c r="G17" s="272"/>
+      <c r="H17" s="272"/>
+      <c r="I17" s="111"/>
+      <c r="J17" s="111"/>
+      <c r="U17" s="111"/>
+    </row>
+    <row r="18" spans="1:21" s="1" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A18" s="272" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" s="272"/>
+      <c r="C18" s="272"/>
+      <c r="D18" s="272"/>
+      <c r="E18" s="272"/>
+      <c r="F18" s="272"/>
+      <c r="G18" s="272"/>
+      <c r="H18" s="272"/>
+      <c r="I18" s="237"/>
+      <c r="J18" s="111"/>
+      <c r="K18" s="111"/>
+      <c r="L18" s="111"/>
+      <c r="M18" s="111"/>
+      <c r="N18" s="111"/>
+      <c r="O18" s="111"/>
+      <c r="R18" s="111"/>
+    </row>
+    <row r="19" spans="1:21" s="111" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A19" s="272" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" s="272"/>
+      <c r="C19" s="272"/>
+      <c r="D19" s="272"/>
+      <c r="E19" s="272"/>
+      <c r="F19" s="272"/>
+      <c r="G19" s="272"/>
+      <c r="H19" s="272"/>
+    </row>
+    <row r="20" spans="1:21" s="111" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A20" s="241"/>
+      <c r="B20" s="241"/>
+      <c r="C20" s="241"/>
+      <c r="D20" s="241"/>
+      <c r="E20" s="241"/>
+      <c r="F20" s="241"/>
+      <c r="G20" s="241"/>
+      <c r="H20" s="241"/>
+    </row>
+    <row r="21" spans="1:21" s="111" customFormat="1" ht="18.649999999999999" customHeight="1">
+      <c r="A21" s="273" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="273"/>
+      <c r="C21" s="273"/>
+      <c r="D21" s="273"/>
+      <c r="E21" s="273"/>
+      <c r="F21" s="273"/>
+      <c r="G21" s="273"/>
+      <c r="H21" s="273"/>
+    </row>
+    <row r="22" spans="1:21" s="111" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A22" s="274" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" s="274"/>
+      <c r="C22" s="274"/>
+      <c r="D22" s="274"/>
+      <c r="E22" s="274"/>
+      <c r="F22" s="274"/>
+      <c r="G22" s="274"/>
+      <c r="H22" s="274"/>
+    </row>
+    <row r="23" spans="1:21" s="111" customFormat="1" ht="29.25" customHeight="1">
+      <c r="A23" s="272" t="s">
+        <v>82</v>
+      </c>
+      <c r="B23" s="272"/>
+      <c r="C23" s="272"/>
+      <c r="D23" s="272"/>
+      <c r="E23" s="272"/>
+      <c r="F23" s="272"/>
+      <c r="G23" s="272"/>
+      <c r="H23" s="272"/>
+    </row>
+    <row r="24" spans="1:21" s="1" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A24" s="275" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" s="275"/>
+      <c r="C24" s="275"/>
+      <c r="D24" s="275"/>
+      <c r="E24" s="275"/>
+      <c r="F24" s="275"/>
+      <c r="G24" s="275"/>
+      <c r="H24" s="275"/>
+      <c r="I24" s="111"/>
+      <c r="J24" s="111"/>
+      <c r="K24" s="111"/>
+      <c r="L24" s="111"/>
+      <c r="M24" s="111"/>
+      <c r="N24" s="111"/>
+      <c r="O24" s="111"/>
+    </row>
+    <row r="25" spans="1:21" s="111" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A25" s="276" t="s">
+        <v>124</v>
+      </c>
+      <c r="B25" s="276"/>
+      <c r="C25" s="276"/>
+      <c r="D25" s="276"/>
+      <c r="E25" s="276"/>
+      <c r="F25" s="276"/>
+      <c r="G25" s="276"/>
+      <c r="H25" s="276"/>
+    </row>
+    <row r="26" spans="1:21" s="111" customFormat="1" ht="26.25" customHeight="1">
+      <c r="A26" s="276" t="s">
+        <v>147</v>
+      </c>
+      <c r="B26" s="276"/>
+      <c r="C26" s="276"/>
+      <c r="D26" s="276"/>
+      <c r="E26" s="276"/>
+      <c r="F26" s="276"/>
+      <c r="G26" s="276"/>
+      <c r="H26" s="276"/>
+    </row>
+    <row r="27" spans="1:21" s="1" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A27" s="272" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="272"/>
+      <c r="C27" s="272"/>
+      <c r="D27" s="272"/>
+      <c r="E27" s="272"/>
+      <c r="F27" s="272"/>
+      <c r="G27" s="272"/>
+      <c r="H27" s="272"/>
+      <c r="I27" s="111"/>
+      <c r="J27" s="111"/>
+      <c r="U27" s="111"/>
+    </row>
+    <row r="28" spans="1:21" s="1" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A28" s="272" t="s">
+        <v>148</v>
+      </c>
+      <c r="B28" s="272"/>
+      <c r="C28" s="272"/>
+      <c r="D28" s="272"/>
+      <c r="E28" s="272"/>
+      <c r="F28" s="272"/>
+      <c r="G28" s="272"/>
+      <c r="H28" s="272"/>
+      <c r="I28" s="237"/>
+      <c r="J28" s="111"/>
+      <c r="K28" s="111"/>
+      <c r="L28" s="111"/>
+      <c r="M28" s="111"/>
+      <c r="N28" s="111"/>
+      <c r="O28" s="111"/>
+      <c r="R28" s="111"/>
+    </row>
+    <row r="29" spans="1:21" s="111" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A29" s="272" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="272"/>
+      <c r="C29" s="272"/>
+      <c r="D29" s="272"/>
+      <c r="E29" s="272"/>
+      <c r="F29" s="272"/>
+      <c r="G29" s="272"/>
+      <c r="H29" s="272"/>
+    </row>
+    <row r="30" spans="1:21" s="111" customFormat="1" ht="12.5">
+      <c r="A30" s="112"/>
+      <c r="B30" s="112"/>
+      <c r="C30" s="112"/>
+      <c r="D30" s="112"/>
+      <c r="E30" s="112"/>
+      <c r="F30" s="112"/>
+      <c r="G30" s="112"/>
+      <c r="H30" s="112"/>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31" s="269"/>
+      <c r="B31" s="268"/>
+      <c r="C31" s="268"/>
+      <c r="D31" s="268"/>
+      <c r="E31" s="268"/>
+      <c r="F31" s="268"/>
+      <c r="G31" s="268"/>
+      <c r="H31" s="265"/>
+    </row>
+    <row r="32" spans="1:21" ht="50.25" customHeight="1">
+      <c r="A32" s="277" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="277"/>
+      <c r="C32" s="277"/>
+      <c r="D32" s="277"/>
+      <c r="E32" s="277"/>
+      <c r="F32" s="277"/>
+      <c r="G32" s="277"/>
+      <c r="H32" s="277"/>
+    </row>
+    <row r="33" spans="1:8" ht="13.5" customHeight="1">
+      <c r="A33" s="270"/>
+      <c r="B33" s="270"/>
+      <c r="C33" s="270"/>
+      <c r="D33" s="270"/>
+      <c r="E33" s="270"/>
+      <c r="F33" s="270"/>
+      <c r="G33" s="270"/>
+      <c r="H33" s="265"/>
     </row>
     <row r="34" spans="1:8">
-      <c r="A34" s="223" t="s">
-[...8 lines deleted...]
-      <c r="H34" s="221"/>
+      <c r="A34" s="268" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" s="265"/>
+      <c r="C34" s="265"/>
+      <c r="D34" s="265"/>
+      <c r="E34" s="265"/>
+      <c r="F34" s="265"/>
+      <c r="G34" s="265"/>
+      <c r="H34" s="265"/>
     </row>
     <row r="35" spans="1:8">
-      <c r="A35" s="225"/>
-[...6 lines deleted...]
-      <c r="H35" s="222"/>
+      <c r="A35" s="268" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="265"/>
+      <c r="C35" s="265"/>
+      <c r="D35" s="265"/>
+      <c r="E35" s="265"/>
+      <c r="F35" s="265"/>
+      <c r="G35" s="265"/>
+      <c r="H35" s="265"/>
     </row>
     <row r="36" spans="1:8">
-      <c r="A36" s="225"/>
-[...16 lines deleted...]
-      <c r="H37" s="226"/>
+      <c r="A36" s="266"/>
+      <c r="B36" s="266"/>
+      <c r="C36" s="266"/>
+      <c r="D36" s="266"/>
+      <c r="E36" s="266"/>
+      <c r="F36" s="266"/>
+      <c r="G36" s="266"/>
+      <c r="H36" s="266"/>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" s="266"/>
+      <c r="B37" s="266"/>
+      <c r="C37" s="266"/>
+      <c r="D37" s="266"/>
+      <c r="E37" s="266"/>
+      <c r="F37" s="266"/>
+      <c r="G37" s="266"/>
+      <c r="H37" s="266"/>
+    </row>
+    <row r="38" spans="1:8" ht="14.5" thickBot="1">
+      <c r="A38" s="271"/>
+      <c r="B38" s="271"/>
+      <c r="C38" s="271"/>
+      <c r="D38" s="271"/>
+      <c r="E38" s="271"/>
+      <c r="F38" s="271"/>
+      <c r="G38" s="271"/>
+      <c r="H38" s="271"/>
     </row>
   </sheetData>
-  <mergeCells count="23">
-[...1 lines deleted...]
-    <mergeCell ref="A25:H25"/>
+  <mergeCells count="21">
     <mergeCell ref="A6:H6"/>
-    <mergeCell ref="A17:H17"/>
-[...5 lines deleted...]
-    <mergeCell ref="A31:H31"/>
     <mergeCell ref="A7:H7"/>
-    <mergeCell ref="A9:H9"/>
+    <mergeCell ref="A32:H32"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A13:H13"/>
-    <mergeCell ref="A14:H14"/>
     <mergeCell ref="A15:H15"/>
     <mergeCell ref="A16:H16"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A27:H27"/>
     <mergeCell ref="A28:H28"/>
     <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A21:H21"/>
     <mergeCell ref="A22:H22"/>
     <mergeCell ref="A23:H23"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="A26:H26"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;G&amp;R&amp;G</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <legacyDrawingHF r:id="rId4"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <oleObject progId="Word.Document.12" shapeId="13313" r:id="rId5">
+        <oleObject progId="Word.Document.12" shapeId="15361" r:id="rId5">
           <objectPr defaultSize="0" autoPict="0" r:id="rId6">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>647700</xdr:colOff>
                 <xdr:row>2</xdr:row>
                 <xdr:rowOff>222250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>647700</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>165100</xdr:rowOff>
+                <xdr:colOff>660400</xdr:colOff>
+                <xdr:row>44</xdr:row>
+                <xdr:rowOff>44450</xdr:rowOff>
               </to>
             </anchor>
           </objectPr>
         </oleObject>
       </mc:Choice>
       <mc:Fallback>
-        <oleObject progId="Word.Document.12" shapeId="13313" r:id="rId5"/>
+        <oleObject progId="Word.Document.12" shapeId="15361" r:id="rId5"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J60"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91CA54A3-D4EB-4354-BC50-69E0223D5CD4}">
+  <dimension ref="A1:Q45"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:J4"/>
+      <selection activeCell="A4" sqref="A4:Q4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="14.453125" style="156" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="10" width="10.90625" style="156"/>
+    <col min="1" max="1" width="6.54296875" style="111" customWidth="1"/>
+    <col min="2" max="17" width="7.54296875" style="111" customWidth="1"/>
+    <col min="18" max="16384" width="11.453125" style="111"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="34" customHeight="1">
-[...407 lines deleted...]
-      <c r="B27" s="19" t="s">
+    <row r="1" spans="1:17" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+      <c r="K1" s="283"/>
+      <c r="L1" s="283"/>
+      <c r="M1" s="283"/>
+      <c r="N1" s="240"/>
+      <c r="O1" s="240"/>
+      <c r="P1" s="240"/>
+      <c r="Q1" s="240"/>
+    </row>
+    <row r="2" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="C27" s="47">
-[...695 lines deleted...]
-    <row r="3" spans="1:13" s="1" customFormat="1" ht="13.5" thickTop="1">
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+    </row>
+    <row r="3" spans="1:17" s="1" customFormat="1" ht="13.5" thickTop="1">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
-    </row>
-[...17 lines deleted...]
-    <row r="5" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+    </row>
+    <row r="4" spans="1:17" s="1" customFormat="1" ht="13" customHeight="1">
+      <c r="A4" s="350" t="s">
+        <v>143</v>
+      </c>
+      <c r="B4" s="350"/>
+      <c r="C4" s="350"/>
+      <c r="D4" s="350"/>
+      <c r="E4" s="350"/>
+      <c r="F4" s="350"/>
+      <c r="G4" s="350"/>
+      <c r="H4" s="350"/>
+      <c r="I4" s="350"/>
+      <c r="J4" s="350"/>
+      <c r="K4" s="350"/>
+      <c r="L4" s="350"/>
+      <c r="M4" s="350"/>
+      <c r="N4" s="350"/>
+      <c r="O4" s="350"/>
+      <c r="P4" s="350"/>
+      <c r="Q4" s="350"/>
+    </row>
+    <row r="5" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
-    </row>
-    <row r="6" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+    </row>
+    <row r="6" spans="1:17" s="1" customFormat="1" ht="13.5" customHeight="1">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
-    </row>
-    <row r="7" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+    </row>
+    <row r="7" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
-    </row>
-    <row r="8" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+    </row>
+    <row r="8" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
-    </row>
-    <row r="9" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N8" s="3"/>
+      <c r="O8" s="3"/>
+      <c r="P8" s="3"/>
+      <c r="Q8" s="3"/>
+    </row>
+    <row r="9" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
-    </row>
-    <row r="10" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+      <c r="Q9" s="3"/>
+    </row>
+    <row r="10" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
-    </row>
-    <row r="11" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N10" s="3"/>
+      <c r="O10" s="3"/>
+      <c r="P10" s="3"/>
+      <c r="Q10" s="3"/>
+    </row>
+    <row r="11" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
-    </row>
-    <row r="12" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+      <c r="P11" s="3"/>
+      <c r="Q11" s="3"/>
+    </row>
+    <row r="12" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
-    </row>
-    <row r="13" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
+      <c r="P12" s="3"/>
+      <c r="Q12" s="3"/>
+    </row>
+    <row r="13" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
-    </row>
-    <row r="14" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N13" s="3"/>
+      <c r="O13" s="3"/>
+      <c r="P13" s="3"/>
+      <c r="Q13" s="3"/>
+    </row>
+    <row r="14" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
-    </row>
-    <row r="15" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N14" s="3"/>
+      <c r="O14" s="3"/>
+      <c r="P14" s="3"/>
+      <c r="Q14" s="3"/>
+    </row>
+    <row r="15" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
-    </row>
-    <row r="16" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+    </row>
+    <row r="16" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
-    </row>
-    <row r="17" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+      <c r="Q16" s="3"/>
+    </row>
+    <row r="17" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
-    </row>
-    <row r="18" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+      <c r="Q17" s="3"/>
+    </row>
+    <row r="18" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
-    </row>
-    <row r="19" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+    </row>
+    <row r="19" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
-    </row>
-    <row r="20" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+      <c r="Q19" s="3"/>
+    </row>
+    <row r="20" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
-    </row>
-    <row r="21" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+    </row>
+    <row r="21" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
-    </row>
-    <row r="22" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+    </row>
+    <row r="22" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
-    </row>
-    <row r="23" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+    </row>
+    <row r="23" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
-    </row>
-    <row r="24" spans="1:13" s="1" customFormat="1" ht="13">
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+    </row>
+    <row r="24" spans="1:17" s="1" customFormat="1" ht="13">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
-    </row>
-[...67 lines deleted...]
-      <c r="A29" s="303" t="s">
+      <c r="N24" s="3"/>
+      <c r="O24" s="3"/>
+      <c r="P24" s="3"/>
+      <c r="Q24" s="3"/>
+    </row>
+    <row r="25" spans="1:17" s="1" customFormat="1" ht="13">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+      <c r="M25" s="3"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3"/>
+      <c r="P25" s="3"/>
+      <c r="Q25" s="3"/>
+    </row>
+    <row r="26" spans="1:17" s="1" customFormat="1" ht="13">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+    </row>
+    <row r="27" spans="1:17" ht="33" customHeight="1">
+      <c r="A27" s="346" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" s="346"/>
+      <c r="C27" s="346"/>
+      <c r="D27" s="346"/>
+      <c r="E27" s="346"/>
+      <c r="F27" s="346"/>
+      <c r="G27" s="346"/>
+      <c r="H27" s="346"/>
+      <c r="I27" s="346"/>
+      <c r="J27" s="346"/>
+      <c r="K27" s="346"/>
+      <c r="L27" s="346"/>
+      <c r="M27" s="346"/>
+      <c r="N27" s="346"/>
+      <c r="O27" s="346"/>
+      <c r="P27" s="346"/>
+      <c r="Q27" s="346"/>
+    </row>
+    <row r="28" spans="1:17" ht="24.65" customHeight="1">
+      <c r="A28" s="375" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="375"/>
+      <c r="C28" s="375"/>
+      <c r="D28" s="375"/>
+      <c r="E28" s="375"/>
+      <c r="F28" s="375"/>
+      <c r="G28" s="375"/>
+      <c r="H28" s="375"/>
+      <c r="I28" s="375"/>
+      <c r="J28" s="375"/>
+      <c r="K28" s="375"/>
+      <c r="L28" s="375"/>
+      <c r="M28" s="375"/>
+      <c r="N28" s="375"/>
+      <c r="O28" s="375"/>
+      <c r="P28" s="375"/>
+      <c r="Q28" s="375"/>
+    </row>
+    <row r="29" spans="1:17">
+      <c r="A29" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="6"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="112"/>
+      <c r="M29" s="8"/>
+      <c r="N29" s="8"/>
+      <c r="O29" s="8"/>
+      <c r="P29" s="8"/>
+      <c r="Q29" s="8"/>
+    </row>
+    <row r="30" spans="1:17" s="1" customFormat="1" ht="13">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3"/>
+      <c r="K30" s="3"/>
+      <c r="L30" s="3"/>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3"/>
+      <c r="O30" s="3"/>
+      <c r="P30" s="3"/>
+      <c r="Q30" s="3"/>
+    </row>
+    <row r="31" spans="1:17">
+      <c r="A31" s="339" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="342">
+        <v>2010</v>
+      </c>
+      <c r="C31" s="342"/>
+      <c r="D31" s="342"/>
+      <c r="E31" s="342"/>
+      <c r="F31" s="342"/>
+      <c r="G31" s="342"/>
+      <c r="H31" s="342">
+        <v>2024</v>
+      </c>
+      <c r="I31" s="342"/>
+      <c r="J31" s="342"/>
+      <c r="K31" s="342"/>
+      <c r="L31" s="342"/>
+      <c r="M31" s="342"/>
+      <c r="N31" s="343" t="s">
         <v>137</v>
       </c>
-      <c r="B29" s="300">
-[...18 lines deleted...]
-      <c r="B30" s="251" t="s">
+      <c r="O31" s="344"/>
+      <c r="P31" s="344"/>
+      <c r="Q31" s="344"/>
+    </row>
+    <row r="32" spans="1:17" ht="20.25" customHeight="1">
+      <c r="A32" s="340"/>
+      <c r="B32" s="338" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="251"/>
-      <c r="D30" s="251" t="s">
+      <c r="C32" s="338"/>
+      <c r="D32" s="338" t="s">
         <v>2</v>
       </c>
-      <c r="E30" s="251"/>
-      <c r="F30" s="251" t="s">
+      <c r="E32" s="338"/>
+      <c r="F32" s="338" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" s="338"/>
+      <c r="H32" s="338" t="s">
+        <v>0</v>
+      </c>
+      <c r="I32" s="338"/>
+      <c r="J32" s="338" t="s">
+        <v>2</v>
+      </c>
+      <c r="K32" s="338"/>
+      <c r="L32" s="338" t="s">
+        <v>126</v>
+      </c>
+      <c r="M32" s="338"/>
+      <c r="N32" s="338" t="s">
+        <v>2</v>
+      </c>
+      <c r="O32" s="338"/>
+      <c r="P32" s="338" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q32" s="338"/>
+    </row>
+    <row r="33" spans="1:17" s="39" customFormat="1" ht="47.25" customHeight="1">
+      <c r="A33" s="341"/>
+      <c r="B33" s="242" t="s">
         <v>3</v>
       </c>
-      <c r="G30" s="251"/>
-      <c r="H30" s="308" t="s">
+      <c r="C33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" s="242" t="s">
+        <v>3</v>
+      </c>
+      <c r="E33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="F33" s="242" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="H33" s="242" t="s">
+        <v>3</v>
+      </c>
+      <c r="I33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="J33" s="242" t="s">
+        <v>3</v>
+      </c>
+      <c r="K33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="L33" s="242" t="s">
+        <v>3</v>
+      </c>
+      <c r="M33" s="242" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" s="242" t="s">
+        <v>138</v>
+      </c>
+      <c r="O33" s="242" t="s">
+        <v>139</v>
+      </c>
+      <c r="P33" s="242" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q33" s="242" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" ht="16" customHeight="1">
+      <c r="A34" s="243" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" s="244">
+        <v>40</v>
+      </c>
+      <c r="C34" s="245">
+        <v>1.0319917440660475E-2</v>
+      </c>
+      <c r="D34" s="244">
+        <v>1943</v>
+      </c>
+      <c r="E34" s="245">
+        <v>0.50128998968008254</v>
+      </c>
+      <c r="F34" s="244">
+        <v>1188</v>
+      </c>
+      <c r="G34" s="246">
+        <v>0.30650154798761609</v>
+      </c>
+      <c r="H34" s="247">
+        <v>9</v>
+      </c>
+      <c r="I34" s="248">
+        <v>1.9616390584132519E-3</v>
+      </c>
+      <c r="J34" s="244">
+        <v>3237</v>
+      </c>
+      <c r="K34" s="249">
+        <v>0.70553618134263296</v>
+      </c>
+      <c r="L34" s="247">
+        <v>2214</v>
+      </c>
+      <c r="M34" s="250">
+        <v>0.48256320836965999</v>
+      </c>
+      <c r="N34" s="251">
+        <v>1294</v>
+      </c>
+      <c r="O34" s="252">
+        <v>0.20424619166255042</v>
+      </c>
+      <c r="P34" s="251">
+        <v>1026</v>
+      </c>
+      <c r="Q34" s="253">
+        <v>0.17606166038204391</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="16" customHeight="1">
+      <c r="A35" s="243" t="s">
+        <v>19</v>
+      </c>
+      <c r="B35" s="244">
+        <v>36</v>
+      </c>
+      <c r="C35" s="245">
+        <v>8.670520231213872E-3</v>
+      </c>
+      <c r="D35" s="244">
+        <v>2392</v>
+      </c>
+      <c r="E35" s="246">
+        <v>0.5761078998073218</v>
+      </c>
+      <c r="F35" s="244">
+        <v>1429</v>
+      </c>
+      <c r="G35" s="246">
+        <v>0.34417148362235067</v>
+      </c>
+      <c r="H35" s="247">
+        <v>15</v>
+      </c>
+      <c r="I35" s="248">
+        <v>3.182011030971574E-3</v>
+      </c>
+      <c r="J35" s="244">
+        <v>3616</v>
+      </c>
+      <c r="K35" s="250">
+        <v>0.76707679253288075</v>
+      </c>
+      <c r="L35" s="247">
+        <v>2479</v>
+      </c>
+      <c r="M35" s="250">
+        <v>0.52588035638523545</v>
+      </c>
+      <c r="N35" s="251">
+        <v>1224</v>
+      </c>
+      <c r="O35" s="254">
+        <v>0.19096889272555895</v>
+      </c>
+      <c r="P35" s="251">
+        <v>1050</v>
+      </c>
+      <c r="Q35" s="253">
+        <v>0.18170887276288478</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="16" customHeight="1">
+      <c r="A36" s="243" t="s">
+        <v>20</v>
+      </c>
+      <c r="B36" s="244">
+        <v>49</v>
+      </c>
+      <c r="C36" s="245">
+        <v>1.1700095510983763E-2</v>
+      </c>
+      <c r="D36" s="244">
+        <v>2511</v>
+      </c>
+      <c r="E36" s="246">
+        <v>0.59957020057306587</v>
+      </c>
+      <c r="F36" s="244">
+        <v>1514</v>
+      </c>
+      <c r="G36" s="246">
+        <v>0.36150907354345752</v>
+      </c>
+      <c r="H36" s="247">
+        <v>3</v>
+      </c>
+      <c r="I36" s="248">
+        <v>6.2086092715231791E-4</v>
+      </c>
+      <c r="J36" s="244">
+        <v>3813</v>
+      </c>
+      <c r="K36" s="250">
+        <v>0.78911423841059603</v>
+      </c>
+      <c r="L36" s="247">
+        <v>2557</v>
+      </c>
+      <c r="M36" s="250">
+        <v>0.52918046357615889</v>
+      </c>
+      <c r="N36" s="251">
+        <v>1302</v>
+      </c>
+      <c r="O36" s="254">
+        <v>0.18954403783753015</v>
+      </c>
+      <c r="P36" s="251">
+        <v>1043</v>
+      </c>
+      <c r="Q36" s="253">
+        <v>0.16767139003270137</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="16" customHeight="1">
+      <c r="A37" s="243" t="s">
+        <v>21</v>
+      </c>
+      <c r="B37" s="244">
+        <v>42</v>
+      </c>
+      <c r="C37" s="245">
+        <v>1.0872378980067305E-2</v>
+      </c>
+      <c r="D37" s="244">
+        <v>2400</v>
+      </c>
+      <c r="E37" s="246">
+        <v>0.62127879886098891</v>
+      </c>
+      <c r="F37" s="244">
+        <v>1418</v>
+      </c>
+      <c r="G37" s="246">
+        <v>0.36707222366036757</v>
+      </c>
+      <c r="H37" s="247">
+        <v>11</v>
+      </c>
+      <c r="I37" s="248">
+        <v>2.2325959001420741E-3</v>
+      </c>
+      <c r="J37" s="244">
+        <v>3811</v>
+      </c>
+      <c r="K37" s="250">
+        <v>0.7734929977674041</v>
+      </c>
+      <c r="L37" s="247">
+        <v>2422</v>
+      </c>
+      <c r="M37" s="250">
+        <v>0.4915770245585549</v>
+      </c>
+      <c r="N37" s="251">
+        <v>1411</v>
+      </c>
+      <c r="O37" s="254">
+        <v>0.15221419890641519</v>
+      </c>
+      <c r="P37" s="251">
+        <v>1004</v>
+      </c>
+      <c r="Q37" s="253">
+        <v>0.12450480089818733</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" ht="16" customHeight="1">
+      <c r="A38" s="243" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" s="244">
+        <v>20</v>
+      </c>
+      <c r="C38" s="245">
+        <v>4.8402710551790898E-3</v>
+      </c>
+      <c r="D38" s="244">
+        <v>2434</v>
+      </c>
+      <c r="E38" s="246">
+        <v>0.58906098741529522</v>
+      </c>
+      <c r="F38" s="244">
+        <v>1277</v>
+      </c>
+      <c r="G38" s="246">
+        <v>0.30905130687318488</v>
+      </c>
+      <c r="H38" s="247">
         <v>0</v>
       </c>
-      <c r="I30" s="253"/>
-[...111 lines deleted...]
-      <c r="H33" s="14">
+      <c r="I38" s="248">
+        <v>0</v>
+      </c>
+      <c r="J38" s="244">
+        <v>3743</v>
+      </c>
+      <c r="K38" s="250">
+        <v>0.75616161616161615</v>
+      </c>
+      <c r="L38" s="247">
+        <v>2119</v>
+      </c>
+      <c r="M38" s="250">
+        <v>0.42808080808080806</v>
+      </c>
+      <c r="N38" s="251">
+        <v>1309</v>
+      </c>
+      <c r="O38" s="254">
+        <v>0.16710062874632092</v>
+      </c>
+      <c r="P38" s="251">
+        <v>842</v>
+      </c>
+      <c r="Q38" s="253">
+        <v>0.11902950120762318</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" ht="16" customHeight="1">
+      <c r="A39" s="243" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" s="244">
+        <v>10</v>
+      </c>
+      <c r="C39" s="245">
+        <v>2.4378352023403218E-3</v>
+      </c>
+      <c r="D39" s="244">
+        <v>2320</v>
+      </c>
+      <c r="E39" s="246">
+        <v>0.5655777669429547</v>
+      </c>
+      <c r="F39" s="244">
+        <v>997</v>
+      </c>
+      <c r="G39" s="246">
+        <v>0.24305216967333007</v>
+      </c>
+      <c r="H39" s="247">
+        <v>0</v>
+      </c>
+      <c r="I39" s="248">
+        <v>0</v>
+      </c>
+      <c r="J39" s="244">
+        <v>3494</v>
+      </c>
+      <c r="K39" s="250">
+        <v>0.71233435270132517</v>
+      </c>
+      <c r="L39" s="247">
+        <v>1669</v>
+      </c>
+      <c r="M39" s="250">
+        <v>0.34026503567787969</v>
+      </c>
+      <c r="N39" s="251">
+        <v>1174</v>
+      </c>
+      <c r="O39" s="254">
+        <v>0.14675658575837047</v>
+      </c>
+      <c r="P39" s="251">
+        <v>672</v>
+      </c>
+      <c r="Q39" s="253">
+        <v>9.721286600454962E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" ht="16" customHeight="1">
+      <c r="A40" s="243" t="s">
+        <v>25</v>
+      </c>
+      <c r="B40" s="244">
+        <v>1</v>
+      </c>
+      <c r="C40" s="245">
+        <v>2.4295432458697764E-4</v>
+      </c>
+      <c r="D40" s="244">
+        <v>2168</v>
+      </c>
+      <c r="E40" s="246">
+        <v>0.52672497570456756</v>
+      </c>
+      <c r="F40" s="244">
+        <v>693</v>
+      </c>
+      <c r="G40" s="246">
+        <v>0.1683673469387755</v>
+      </c>
+      <c r="H40" s="247">
+        <v>0</v>
+      </c>
+      <c r="I40" s="248">
+        <v>0</v>
+      </c>
+      <c r="J40" s="244">
+        <v>3177</v>
+      </c>
+      <c r="K40" s="250">
+        <v>0.65383823832064214</v>
+      </c>
+      <c r="L40" s="247">
+        <v>1129</v>
+      </c>
+      <c r="M40" s="250">
+        <v>0.23235233587157852</v>
+      </c>
+      <c r="N40" s="251">
+        <v>1009</v>
+      </c>
+      <c r="O40" s="254">
+        <v>0.12711326261607458</v>
+      </c>
+      <c r="P40" s="251">
+        <v>436</v>
+      </c>
+      <c r="Q40" s="253">
+        <v>6.3984988932803022E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" ht="16" customHeight="1">
+      <c r="A41" s="243" t="s">
+        <v>23</v>
+      </c>
+      <c r="B41" s="244">
+        <v>1</v>
+      </c>
+      <c r="C41" s="245">
+        <v>2.4248302618816683E-4</v>
+      </c>
+      <c r="D41" s="244">
+        <v>1898</v>
+      </c>
+      <c r="E41" s="246">
+        <v>0.46023278370514065</v>
+      </c>
+      <c r="F41" s="244">
+        <v>254</v>
+      </c>
+      <c r="G41" s="246">
+        <v>6.1590688651794373E-2</v>
+      </c>
+      <c r="H41" s="247">
+        <v>0</v>
+      </c>
+      <c r="I41" s="248">
+        <v>0</v>
+      </c>
+      <c r="J41" s="244">
+        <v>2644</v>
+      </c>
+      <c r="K41" s="250">
+        <v>0.54957389316150485</v>
+      </c>
+      <c r="L41" s="247">
+        <v>580</v>
+      </c>
+      <c r="M41" s="250">
+        <v>0.12055705674495946</v>
+      </c>
+      <c r="N41" s="251">
+        <v>746</v>
+      </c>
+      <c r="O41" s="254">
+        <v>8.9341109456364198E-2</v>
+      </c>
+      <c r="P41" s="251">
+        <v>326</v>
+      </c>
+      <c r="Q41" s="253">
+        <v>5.8966368093165092E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" ht="16" customHeight="1">
+      <c r="A42" s="255" t="s">
+        <v>1</v>
+      </c>
+      <c r="B42" s="256">
+        <v>199</v>
+      </c>
+      <c r="C42" s="257">
+        <v>6.0317652764306498E-3</v>
+      </c>
+      <c r="D42" s="256">
+        <v>18333</v>
+      </c>
+      <c r="E42" s="258">
+        <v>0.55568016488845784</v>
+      </c>
+      <c r="F42" s="256">
+        <v>8818</v>
+      </c>
+      <c r="G42" s="258">
+        <v>0.26727691561590688</v>
+      </c>
+      <c r="H42" s="256">
+        <v>38</v>
+      </c>
+      <c r="I42" s="259">
+        <v>9.8056924625190313E-4</v>
+      </c>
+      <c r="J42" s="256">
+        <v>27535</v>
+      </c>
+      <c r="K42" s="260">
+        <v>0.71282223311743609</v>
+      </c>
+      <c r="L42" s="256">
+        <v>15169</v>
+      </c>
+      <c r="M42" s="260">
+        <v>0.39191804505457645</v>
+      </c>
+      <c r="N42" s="261">
+        <v>9202</v>
+      </c>
+      <c r="O42" s="262">
+        <v>0.15714206822897825</v>
+      </c>
+      <c r="P42" s="261">
+        <v>6351</v>
+      </c>
+      <c r="Q42" s="263">
+        <v>0.12464112943866956</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" s="106" customFormat="1" ht="24.65" customHeight="1">
+      <c r="A43" s="345" t="s">
+        <v>59</v>
+      </c>
+      <c r="B43" s="345"/>
+      <c r="C43" s="345"/>
+      <c r="D43" s="345"/>
+      <c r="E43" s="345"/>
+      <c r="F43" s="345"/>
+      <c r="G43" s="345"/>
+      <c r="H43" s="345"/>
+      <c r="I43" s="345"/>
+      <c r="J43" s="345"/>
+      <c r="K43" s="345"/>
+      <c r="L43" s="345"/>
+      <c r="M43" s="345"/>
+      <c r="N43" s="345"/>
+      <c r="O43" s="345"/>
+      <c r="P43" s="345"/>
+      <c r="Q43" s="345"/>
+    </row>
+    <row r="44" spans="1:17" s="106" customFormat="1" ht="11.5">
+      <c r="A44" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B44" s="118"/>
+      <c r="C44" s="118"/>
+      <c r="D44" s="118"/>
+      <c r="E44" s="118"/>
+      <c r="F44" s="118"/>
+      <c r="G44" s="118"/>
+      <c r="H44" s="118"/>
+      <c r="I44" s="120"/>
+      <c r="J44" s="120"/>
+      <c r="K44" s="120"/>
+      <c r="L44" s="119"/>
+      <c r="N44" s="121"/>
+      <c r="O44" s="121"/>
+      <c r="P44" s="121"/>
+      <c r="Q44" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" ht="13.5" thickBot="1">
+      <c r="A45" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="I33" s="25">
-[...353 lines deleted...]
-      <c r="M43" s="10"/>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="10"/>
+      <c r="J45" s="10"/>
+      <c r="K45" s="10"/>
+      <c r="L45" s="10"/>
+      <c r="M45" s="10"/>
+      <c r="N45" s="10"/>
+      <c r="O45" s="10"/>
+      <c r="P45" s="10"/>
+      <c r="Q45" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
-    <mergeCell ref="A41:M41"/>
+  <mergeCells count="17">
+    <mergeCell ref="A4:Q4"/>
+    <mergeCell ref="A28:Q28"/>
+    <mergeCell ref="A43:Q43"/>
+    <mergeCell ref="A27:Q27"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="H32:I32"/>
     <mergeCell ref="A1:M1"/>
-    <mergeCell ref="A2:M2"/>
-[...11 lines deleted...]
-    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:Q32"/>
+    <mergeCell ref="A31:A33"/>
+    <mergeCell ref="B31:G31"/>
+    <mergeCell ref="H31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="B32:C32"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="28" max="16383" man="1"/>
+    <brk id="30" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:H31"/>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E9B95C3-6BC7-4FC8-B445-D2554E0ABE64}">
+  <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:H4"/>
+    <sheetView zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:I4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="15.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="6.453125" customWidth="1"/>
+    <col min="1" max="1" width="11.54296875" style="111" customWidth="1"/>
+    <col min="2" max="9" width="11.1796875" style="111" customWidth="1"/>
+    <col min="10" max="16384" width="11.453125" style="111"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="34" customHeight="1">
-[...23 lines deleted...]
-    <row r="3" spans="1:8" s="1" customFormat="1" ht="13.5" thickTop="1">
+    <row r="1" spans="1:9" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="52"/>
+      <c r="G1" s="52"/>
+      <c r="H1" s="52"/>
+      <c r="I1" s="52"/>
+    </row>
+    <row r="2" spans="1:9" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+    </row>
+    <row r="3" spans="1:9" s="1" customFormat="1" ht="13.5" thickTop="1">
       <c r="A3" s="2"/>
-      <c r="B3" s="3"/>
-[...39 lines deleted...]
-    <row r="7" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="3"/>
+    </row>
+    <row r="4" spans="1:9" s="1" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A4" s="350" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" s="350"/>
+      <c r="C4" s="350"/>
+      <c r="D4" s="350"/>
+      <c r="E4" s="350"/>
+      <c r="F4" s="350"/>
+      <c r="G4" s="350"/>
+      <c r="H4" s="350"/>
+      <c r="I4" s="350"/>
+    </row>
+    <row r="5" spans="1:9" s="1" customFormat="1" ht="26.25" customHeight="1">
+      <c r="A5" s="348" t="s">
+        <v>121</v>
+      </c>
+      <c r="B5" s="348"/>
+      <c r="C5" s="348"/>
+      <c r="D5" s="348"/>
+      <c r="E5" s="349" t="s">
+        <v>126</v>
+      </c>
+      <c r="F5" s="349"/>
+      <c r="G5" s="349"/>
+      <c r="H5" s="349"/>
+      <c r="I5" s="234"/>
+    </row>
+    <row r="6" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A6" s="235"/>
+      <c r="B6" s="235"/>
+      <c r="C6" s="235"/>
+      <c r="D6" s="235"/>
+      <c r="E6" s="235"/>
+      <c r="F6" s="236"/>
+      <c r="G6" s="236"/>
+      <c r="H6" s="236"/>
+      <c r="I6" s="236"/>
+    </row>
+    <row r="7" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A7" s="2"/>
-      <c r="B7" s="3"/>
-[...7 lines deleted...]
-    <row r="8" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="3"/>
+    </row>
+    <row r="8" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A8" s="2"/>
-      <c r="B8" s="3"/>
-[...7 lines deleted...]
-    <row r="9" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="3"/>
+    </row>
+    <row r="9" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A9" s="2"/>
-      <c r="B9" s="3"/>
-[...7 lines deleted...]
-    <row r="10" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="3"/>
+    </row>
+    <row r="10" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A10" s="2"/>
-      <c r="B10" s="3"/>
-[...7 lines deleted...]
-    <row r="11" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="3"/>
+    </row>
+    <row r="11" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A11" s="2"/>
-      <c r="B11" s="3"/>
-[...7 lines deleted...]
-    <row r="12" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="3"/>
+    </row>
+    <row r="12" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A12" s="2"/>
-      <c r="B12" s="3"/>
-[...7 lines deleted...]
-    <row r="13" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="3"/>
+    </row>
+    <row r="13" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A13" s="2"/>
-      <c r="B13" s="3"/>
-[...7 lines deleted...]
-    <row r="14" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="3"/>
+    </row>
+    <row r="14" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A14" s="2"/>
-      <c r="B14" s="3"/>
-[...7 lines deleted...]
-    <row r="15" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="3"/>
+    </row>
+    <row r="15" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A15" s="2"/>
-      <c r="B15" s="3"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A16" s="2"/>
-      <c r="B16" s="3"/>
-[...7 lines deleted...]
-    <row r="17" spans="1:8" s="1" customFormat="1" ht="13">
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="3"/>
+    </row>
+    <row r="17" spans="1:9" s="1" customFormat="1" ht="13">
       <c r="A17" s="2"/>
-      <c r="B17" s="3"/>
-[...140 lines deleted...]
-      <c r="A25" s="19" t="s">
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="3"/>
+    </row>
+    <row r="18" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="3"/>
+    </row>
+    <row r="19" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="3"/>
+    </row>
+    <row r="20" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="3"/>
+    </row>
+    <row r="21" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="3"/>
+    </row>
+    <row r="22" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="3"/>
+    </row>
+    <row r="23" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="3"/>
+    </row>
+    <row r="25" spans="1:9" ht="20.25" customHeight="1">
+      <c r="A25" s="351"/>
+      <c r="B25" s="353">
+        <v>2010</v>
+      </c>
+      <c r="C25" s="353"/>
+      <c r="D25" s="353">
+        <v>2024</v>
+      </c>
+      <c r="E25" s="353"/>
+      <c r="F25" s="353">
+        <v>2010</v>
+      </c>
+      <c r="G25" s="353"/>
+      <c r="H25" s="353">
+        <v>2024</v>
+      </c>
+      <c r="I25" s="354"/>
+    </row>
+    <row r="26" spans="1:9" s="39" customFormat="1" ht="44" customHeight="1">
+      <c r="A26" s="352"/>
+      <c r="B26" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="D26" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="F26" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="H26" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="I26" s="20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="39" customFormat="1" ht="24" customHeight="1">
+      <c r="A27" s="219" t="s">
+        <v>89</v>
+      </c>
+      <c r="B27" s="222">
+        <v>14857</v>
+      </c>
+      <c r="C27" s="222">
+        <v>24662</v>
+      </c>
+      <c r="D27" s="222">
+        <v>11352</v>
+      </c>
+      <c r="E27" s="222">
+        <v>24267</v>
+      </c>
+      <c r="F27" s="225">
+        <v>0.44163372075740909</v>
+      </c>
+      <c r="G27" s="225">
+        <v>0.7330935465652032</v>
+      </c>
+      <c r="H27" s="225">
+        <v>0.28417653390742736</v>
+      </c>
+      <c r="I27" s="232">
+        <v>0.60747991088191855</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="16" customHeight="1">
+      <c r="A28" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B28" s="220">
+        <v>3385</v>
+      </c>
+      <c r="C28" s="220">
+        <v>2250</v>
+      </c>
+      <c r="D28" s="220">
+        <v>2278</v>
+      </c>
+      <c r="E28" s="220">
+        <v>3098</v>
+      </c>
+      <c r="F28" s="225">
+        <v>0.10062126571742813</v>
+      </c>
+      <c r="G28" s="225">
+        <v>6.6882672928866557E-2</v>
+      </c>
+      <c r="H28" s="225">
+        <v>5.7025558865496782E-2</v>
+      </c>
+      <c r="I28" s="232">
+        <v>7.7552757403559713E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="16" customHeight="1">
+      <c r="A29" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B29" s="220">
+        <v>4012</v>
+      </c>
+      <c r="C29" s="220">
+        <v>2053</v>
+      </c>
+      <c r="D29" s="220">
+        <v>4014</v>
+      </c>
+      <c r="E29" s="220">
+        <v>3564</v>
+      </c>
+      <c r="F29" s="225">
+        <v>0.11925923724027229</v>
+      </c>
+      <c r="G29" s="225">
+        <v>6.1026723343539133E-2</v>
+      </c>
+      <c r="H29" s="225">
+        <v>0.10048314016071294</v>
+      </c>
+      <c r="I29" s="232">
+        <v>8.9218214133727186E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="16" customHeight="1">
+      <c r="A30" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30" s="220">
+        <v>1931</v>
+      </c>
+      <c r="C30" s="220">
+        <v>1343</v>
+      </c>
+      <c r="D30" s="220">
+        <v>3381</v>
+      </c>
+      <c r="E30" s="220">
+        <v>2543</v>
+      </c>
+      <c r="F30" s="225">
+        <v>5.7400196189173927E-2</v>
+      </c>
+      <c r="G30" s="225">
+        <v>3.9921524330430128E-2</v>
+      </c>
+      <c r="H30" s="225">
+        <v>8.4637144216086313E-2</v>
+      </c>
+      <c r="I30" s="232">
+        <v>6.3659348636943947E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="16" customHeight="1">
+      <c r="A31" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" s="220">
+        <v>9287</v>
+      </c>
+      <c r="C31" s="220">
+        <v>3253</v>
+      </c>
+      <c r="D31" s="220">
+        <v>18770</v>
+      </c>
+      <c r="E31" s="220">
+        <v>6242</v>
+      </c>
+      <c r="F31" s="225">
+        <v>0.27606194821794833</v>
+      </c>
+      <c r="G31" s="225">
+        <v>9.6697482238934637E-2</v>
+      </c>
+      <c r="H31" s="225">
+        <v>0.46987258117005032</v>
+      </c>
+      <c r="I31" s="232">
+        <v>0.15625704057876685</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="16" customHeight="1">
+      <c r="A32" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="220">
+        <v>169</v>
+      </c>
+      <c r="C32" s="220">
+        <v>80</v>
+      </c>
+      <c r="D32" s="220">
+        <v>152</v>
+      </c>
+      <c r="E32" s="224">
+        <v>233</v>
+      </c>
+      <c r="F32" s="225">
+        <v>5.0236318777681999E-3</v>
+      </c>
+      <c r="G32" s="225">
+        <v>2.3780505930263668E-3</v>
+      </c>
+      <c r="H32" s="225">
+        <v>3.8050416802262997E-3</v>
+      </c>
+      <c r="I32" s="232">
+        <v>5.8327283650837364E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="16" customHeight="1">
+      <c r="A33" s="100" t="s">
+        <v>1</v>
+      </c>
+      <c r="B33" s="221">
+        <v>33641</v>
+      </c>
+      <c r="C33" s="221">
+        <v>33641</v>
+      </c>
+      <c r="D33" s="221">
+        <v>39947</v>
+      </c>
+      <c r="E33" s="221">
+        <v>39947</v>
+      </c>
+      <c r="F33" s="231">
+        <v>1</v>
+      </c>
+      <c r="G33" s="231">
+        <v>1</v>
+      </c>
+      <c r="H33" s="231">
+        <v>1</v>
+      </c>
+      <c r="I33" s="233">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="45" customHeight="1">
+      <c r="A34" s="298" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" s="298"/>
+      <c r="C34" s="298"/>
+      <c r="D34" s="298"/>
+      <c r="E34" s="298"/>
+      <c r="F34" s="298"/>
+      <c r="G34" s="298"/>
+      <c r="H34" s="298"/>
+      <c r="I34" s="298"/>
+    </row>
+    <row r="35" spans="1:9" s="1" customFormat="1" ht="13">
+      <c r="A35" s="117" t="s">
+        <v>120</v>
+      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="3"/>
+    </row>
+    <row r="36" spans="1:9" s="106" customFormat="1" ht="11.5">
+      <c r="A36" s="118" t="s">
         <v>49</v>
       </c>
-      <c r="B25" s="21">
-[...107 lines deleted...]
-      <c r="H31" s="10"/>
+      <c r="B36" s="118"/>
+      <c r="C36" s="118"/>
+      <c r="D36" s="118"/>
+      <c r="E36" s="118"/>
+      <c r="F36" s="118"/>
+      <c r="G36" s="118"/>
+      <c r="H36" s="118"/>
+      <c r="I36" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="13.5" thickBot="1">
+      <c r="A37" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="9"/>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A4:H4"/>
+  <mergeCells count="9">
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A5:D5"/>
+    <mergeCell ref="E5:H5"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="H25:I25"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <phoneticPr fontId="10" type="noConversion"/>
+  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.35433070866141736" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E773BEFF-ED5B-441F-9A3A-8978EFCEB1B1}">
+  <dimension ref="A1:J44"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:J4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
+  <cols>
+    <col min="1" max="1" width="11.54296875" style="111" customWidth="1"/>
+    <col min="2" max="4" width="13.54296875" style="111" customWidth="1"/>
+    <col min="5" max="5" width="13.7265625" style="111" customWidth="1"/>
+    <col min="6" max="10" width="11.54296875" style="111" customWidth="1"/>
+    <col min="11" max="16384" width="11.453125" style="111"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="52"/>
+      <c r="G1" s="52"/>
+      <c r="H1" s="52"/>
+      <c r="I1" s="52"/>
+      <c r="J1" s="52"/>
+    </row>
+    <row r="2" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="13.5" thickTop="1">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+    </row>
+    <row r="4" spans="1:10" s="1" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A4" s="350" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" s="350"/>
+      <c r="C4" s="350"/>
+      <c r="D4" s="350"/>
+      <c r="E4" s="350"/>
+      <c r="F4" s="350"/>
+      <c r="G4" s="350"/>
+      <c r="H4" s="350"/>
+      <c r="I4" s="350"/>
+      <c r="J4" s="350"/>
+    </row>
+    <row r="5" spans="1:10" s="1" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A5" s="358" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" s="358"/>
+      <c r="C5" s="358"/>
+      <c r="D5" s="358"/>
+      <c r="E5" s="358"/>
+      <c r="F5" s="356" t="s">
+        <v>133</v>
+      </c>
+      <c r="G5" s="356"/>
+      <c r="H5" s="356"/>
+      <c r="I5" s="356"/>
+      <c r="J5" s="356"/>
+    </row>
+    <row r="6" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A6" s="358" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="358"/>
+      <c r="C6" s="358"/>
+      <c r="D6" s="358"/>
+      <c r="E6" s="358"/>
+      <c r="F6" s="355" t="s">
+        <v>74</v>
+      </c>
+      <c r="G6" s="355"/>
+      <c r="H6" s="355"/>
+      <c r="I6" s="355"/>
+      <c r="J6" s="355"/>
+    </row>
+    <row r="7" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A7" s="2"/>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+    </row>
+    <row r="8" spans="1:10" s="1" customFormat="1" ht="24.75" customHeight="1">
+      <c r="A8" s="2"/>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+    </row>
+    <row r="9" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A9" s="2"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+    </row>
+    <row r="10" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A10" s="2"/>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3"/>
+    </row>
+    <row r="11" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A11" s="2"/>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+    </row>
+    <row r="12" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A12" s="2"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+    </row>
+    <row r="13" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A13" s="2"/>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+    </row>
+    <row r="14" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+    </row>
+    <row r="15" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A15" s="2"/>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+    </row>
+    <row r="16" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+    </row>
+    <row r="17" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+    </row>
+    <row r="18" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+    </row>
+    <row r="19" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+    </row>
+    <row r="20" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+    </row>
+    <row r="21" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+    </row>
+    <row r="22" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+    </row>
+    <row r="23" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+    </row>
+    <row r="24" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+    </row>
+    <row r="25" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+    </row>
+    <row r="26" spans="1:10" ht="28.5" customHeight="1">
+      <c r="A26" s="357" t="s">
+        <v>123</v>
+      </c>
+      <c r="B26" s="357"/>
+      <c r="C26" s="357"/>
+      <c r="D26" s="357"/>
+      <c r="E26" s="357"/>
+      <c r="F26" s="357"/>
+      <c r="G26" s="357"/>
+      <c r="H26" s="357"/>
+      <c r="I26" s="357"/>
+      <c r="J26" s="357"/>
+    </row>
+    <row r="27" spans="1:10" ht="24.65" customHeight="1">
+      <c r="A27" s="347" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" s="347"/>
+      <c r="C27" s="347"/>
+      <c r="D27" s="347"/>
+      <c r="E27" s="347"/>
+      <c r="F27" s="347"/>
+      <c r="G27" s="347"/>
+      <c r="H27" s="347"/>
+      <c r="I27" s="347"/>
+      <c r="J27" s="347"/>
+    </row>
+    <row r="28" spans="1:10" ht="24.65" customHeight="1">
+      <c r="A28" s="150"/>
+      <c r="B28" s="150"/>
+      <c r="C28" s="150"/>
+      <c r="D28" s="150"/>
+      <c r="E28" s="150"/>
+      <c r="F28" s="150"/>
+      <c r="G28" s="150"/>
+      <c r="H28" s="150"/>
+      <c r="I28" s="150"/>
+      <c r="J28" s="150"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="6"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+    </row>
+    <row r="30" spans="1:10" s="1" customFormat="1" ht="13">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3"/>
+    </row>
+    <row r="31" spans="1:10" ht="20.25" customHeight="1">
+      <c r="A31" s="351"/>
+      <c r="B31" s="353">
+        <v>2010</v>
+      </c>
+      <c r="C31" s="353"/>
+      <c r="D31" s="353">
+        <v>2024</v>
+      </c>
+      <c r="E31" s="354"/>
+      <c r="F31" s="112"/>
+      <c r="G31" s="112"/>
+      <c r="H31" s="112"/>
+      <c r="I31" s="112"/>
+      <c r="J31" s="112"/>
+    </row>
+    <row r="32" spans="1:10" s="39" customFormat="1" ht="69.75" customHeight="1">
+      <c r="A32" s="352"/>
+      <c r="B32" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" s="20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D32" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" s="58" t="s">
+        <v>151</v>
+      </c>
+      <c r="F32" s="112"/>
+      <c r="G32" s="112"/>
+      <c r="H32" s="112"/>
+      <c r="I32" s="112"/>
+      <c r="J32" s="112"/>
+    </row>
+    <row r="33" spans="1:10" ht="16" customHeight="1">
+      <c r="A33" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" s="50">
+        <v>0.28353973168214652</v>
+      </c>
+      <c r="C33" s="181">
+        <v>0.1238390092879257</v>
+      </c>
+      <c r="D33" s="50">
+        <v>0.47880822492656316</v>
+      </c>
+      <c r="E33" s="189">
+        <v>0.226814939152329</v>
+      </c>
+      <c r="F33" s="112"/>
+      <c r="G33" s="112"/>
+      <c r="H33" s="112"/>
+      <c r="I33" s="112"/>
+      <c r="J33" s="112"/>
+    </row>
+    <row r="34" spans="1:10" ht="16" customHeight="1">
+      <c r="A34" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" s="50">
+        <v>0.31575144508670522</v>
+      </c>
+      <c r="C34" s="181">
+        <v>0.13029865125240847</v>
+      </c>
+      <c r="D34" s="50">
+        <v>0.52631578947368418</v>
+      </c>
+      <c r="E34" s="89">
+        <v>0.21591380024865314</v>
+      </c>
+      <c r="F34" s="112"/>
+      <c r="G34" s="112"/>
+      <c r="H34" s="112"/>
+      <c r="I34" s="112"/>
+      <c r="J34" s="112"/>
+    </row>
+    <row r="35" spans="1:10" ht="16" customHeight="1">
+      <c r="A35" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B35" s="50">
+        <v>0.31064947468958931</v>
+      </c>
+      <c r="C35" s="181">
+        <v>0.12535816618911175</v>
+      </c>
+      <c r="D35" s="50">
+        <v>0.52858856457417036</v>
+      </c>
+      <c r="E35" s="89">
+        <v>0.21231507397041183</v>
+      </c>
+      <c r="F35" s="112"/>
+      <c r="G35" s="112"/>
+      <c r="H35" s="112"/>
+      <c r="I35" s="112"/>
+      <c r="J35" s="112"/>
+    </row>
+    <row r="36" spans="1:10" ht="16" customHeight="1">
+      <c r="A36" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B36" s="50">
+        <v>0.31659332125291223</v>
+      </c>
+      <c r="C36" s="181">
+        <v>0.10691172663732851</v>
+      </c>
+      <c r="D36" s="50">
+        <v>0.50659319031686678</v>
+      </c>
+      <c r="E36" s="89">
+        <v>0.17221019484353473</v>
+      </c>
+      <c r="F36" s="112"/>
+      <c r="G36" s="112"/>
+      <c r="H36" s="112"/>
+      <c r="I36" s="112"/>
+      <c r="J36" s="112"/>
+    </row>
+    <row r="37" spans="1:10" ht="16" customHeight="1">
+      <c r="A37" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" s="181">
+        <v>0.28920619554695065</v>
+      </c>
+      <c r="C37" s="181">
+        <v>7.7202323330106487E-2</v>
+      </c>
+      <c r="D37" s="50">
+        <v>0.47493611165716532</v>
+      </c>
+      <c r="E37" s="89">
+        <v>0.13190485551405542</v>
+      </c>
+      <c r="F37" s="112"/>
+      <c r="G37" s="112"/>
+      <c r="H37" s="112"/>
+      <c r="I37" s="112"/>
+      <c r="J37" s="112"/>
+    </row>
+    <row r="38" spans="1:10" ht="16" customHeight="1">
+      <c r="A38" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="50">
+        <v>0.27157484154071188</v>
+      </c>
+      <c r="C38" s="181">
+        <v>5.7532910775231594E-2</v>
+      </c>
+      <c r="D38" s="50">
+        <v>0.44053037799327133</v>
+      </c>
+      <c r="E38" s="89">
+        <v>9.5586780130615473E-2</v>
+      </c>
+      <c r="F38" s="112"/>
+      <c r="G38" s="112"/>
+      <c r="H38" s="112"/>
+      <c r="I38" s="112"/>
+      <c r="J38" s="112"/>
+    </row>
+    <row r="39" spans="1:10" ht="16" customHeight="1">
+      <c r="A39" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B39" s="50">
+        <v>0.23517978620019436</v>
+      </c>
+      <c r="C39" s="181">
+        <v>3.4985422740524783E-2</v>
+      </c>
+      <c r="D39" s="50">
+        <v>0.37665198237885461</v>
+      </c>
+      <c r="E39" s="89">
+        <v>5.6868241890268324E-2</v>
+      </c>
+      <c r="F39" s="112"/>
+      <c r="G39" s="112"/>
+      <c r="H39" s="112"/>
+      <c r="I39" s="112"/>
+      <c r="J39" s="112"/>
+    </row>
+    <row r="40" spans="1:10" ht="16" customHeight="1">
+      <c r="A40" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" s="50">
+        <v>0.18355965082444228</v>
+      </c>
+      <c r="C40" s="181">
+        <v>1.0426770126091174E-2</v>
+      </c>
+      <c r="D40" s="50">
+        <v>0.30396298531482602</v>
+      </c>
+      <c r="E40" s="89">
+        <v>2.9169181251257292E-2</v>
+      </c>
+      <c r="F40" s="112"/>
+      <c r="G40" s="112"/>
+      <c r="H40" s="112"/>
+      <c r="I40" s="112"/>
+      <c r="J40" s="112"/>
+    </row>
+    <row r="41" spans="1:10" ht="16" customHeight="1">
+      <c r="A41" s="100" t="s">
+        <v>1</v>
+      </c>
+      <c r="B41" s="190">
+        <v>0.27782492725509217</v>
+      </c>
+      <c r="C41" s="191">
+        <v>8.2201745877788557E-2</v>
+      </c>
+      <c r="D41" s="190">
+        <v>0.45435201642175882</v>
+      </c>
+      <c r="E41" s="192">
+        <v>0.14148747089894109</v>
+      </c>
+      <c r="F41" s="112"/>
+      <c r="G41" s="112"/>
+      <c r="H41" s="112"/>
+      <c r="I41" s="112"/>
+      <c r="J41" s="112"/>
+    </row>
+    <row r="42" spans="1:10" ht="24.65" customHeight="1">
+      <c r="A42" s="347" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" s="347"/>
+      <c r="C42" s="347"/>
+      <c r="D42" s="347"/>
+      <c r="E42" s="347"/>
+      <c r="F42" s="347"/>
+      <c r="G42" s="347"/>
+      <c r="H42" s="347"/>
+      <c r="I42" s="347"/>
+      <c r="J42" s="347"/>
+    </row>
+    <row r="43" spans="1:10" s="106" customFormat="1" ht="11.5">
+      <c r="A43" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="118"/>
+      <c r="C43" s="118"/>
+      <c r="D43" s="118"/>
+      <c r="E43" s="118"/>
+      <c r="F43" s="118"/>
+      <c r="G43" s="118"/>
+      <c r="H43" s="118"/>
+      <c r="I43" s="120"/>
+      <c r="J43" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="13.5" thickBot="1">
+      <c r="A44" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="9"/>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="10"/>
+      <c r="J44" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="F6:J6"/>
+    <mergeCell ref="F5:J5"/>
+    <mergeCell ref="A26:J26"/>
+    <mergeCell ref="A27:J27"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A42:J42"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D31:E31"/>
+  </mergeCells>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...212 lines deleted...]
-  <dimension ref="A1:L52"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51DC9983-E792-4D22-BF09-376AB042A1C0}">
+  <dimension ref="A1:L27"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:L4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="1" width="20.81640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="4.453125" style="28" customWidth="1"/>
+    <col min="1" max="1" width="20.81640625" style="111" customWidth="1"/>
+    <col min="2" max="4" width="8.1796875" style="111" customWidth="1"/>
+    <col min="5" max="5" width="8.1796875" style="106" customWidth="1"/>
+    <col min="6" max="12" width="8.1796875" style="28" customWidth="1"/>
     <col min="13" max="16384" width="11.453125" style="28"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="34" customHeight="1">
-      <c r="A1" s="55" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="53"/>
+      <c r="A1" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="51"/>
+      <c r="G1" s="51"/>
+      <c r="H1" s="51"/>
+      <c r="I1" s="51"/>
+      <c r="J1" s="51"/>
+      <c r="K1" s="51"/>
+      <c r="L1" s="51"/>
     </row>
     <row r="2" spans="1:12" ht="30" customHeight="1" thickBot="1">
-      <c r="A2" s="40" t="s">
-[...12 lines deleted...]
-      <c r="L2" s="40"/>
+      <c r="A2" s="140" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="140"/>
+      <c r="C2" s="140"/>
+      <c r="D2" s="140"/>
+      <c r="E2" s="141"/>
+      <c r="F2" s="140"/>
+      <c r="G2" s="140"/>
+      <c r="H2" s="140"/>
+      <c r="I2" s="140"/>
+      <c r="J2" s="140"/>
+      <c r="K2" s="140"/>
+      <c r="L2" s="140"/>
     </row>
     <row r="3" spans="1:12" ht="13.5" customHeight="1" thickTop="1">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
-      <c r="E3" s="147"/>
-[...6 lines deleted...]
-      <c r="L3" s="53"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="51"/>
+      <c r="G3" s="51"/>
+      <c r="H3" s="51"/>
+      <c r="I3" s="51"/>
+      <c r="J3" s="51"/>
+      <c r="K3" s="51"/>
+      <c r="L3" s="51"/>
     </row>
     <row r="4" spans="1:12" ht="24" customHeight="1">
-      <c r="A4" s="247" t="s">
-[...26 lines deleted...]
-      <c r="L5" s="53"/>
+      <c r="A4" s="376" t="s">
+        <v>80</v>
+      </c>
+      <c r="B4" s="376"/>
+      <c r="C4" s="376"/>
+      <c r="D4" s="376"/>
+      <c r="E4" s="376"/>
+      <c r="F4" s="376"/>
+      <c r="G4" s="376"/>
+      <c r="H4" s="376"/>
+      <c r="I4" s="376"/>
+      <c r="J4" s="376"/>
+      <c r="K4" s="376"/>
+      <c r="L4" s="376"/>
+    </row>
+    <row r="5" spans="1:12" ht="13.5" customHeight="1">
+      <c r="A5" s="147"/>
+      <c r="B5" s="147"/>
+      <c r="C5" s="147"/>
+      <c r="D5" s="147"/>
+      <c r="E5" s="147"/>
+      <c r="F5" s="147"/>
+      <c r="G5" s="147"/>
+      <c r="H5" s="147"/>
+      <c r="I5" s="147"/>
+      <c r="J5" s="147"/>
+      <c r="K5" s="147"/>
+      <c r="L5" s="147"/>
     </row>
     <row r="6" spans="1:12">
-      <c r="A6" s="4"/>
-      <c r="B6" s="4"/>
+      <c r="A6" s="148"/>
+      <c r="B6" s="148"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
-      <c r="E6" s="148"/>
-[...6 lines deleted...]
-      <c r="L6" s="53"/>
+      <c r="E6" s="104"/>
+      <c r="F6" s="51"/>
+      <c r="G6" s="51"/>
+      <c r="H6" s="51"/>
+      <c r="I6" s="51"/>
+      <c r="J6" s="51"/>
+      <c r="K6" s="51"/>
+      <c r="L6" s="51"/>
     </row>
     <row r="7" spans="1:12">
-      <c r="A7" s="4"/>
-      <c r="B7" s="4"/>
+      <c r="A7" s="148"/>
+      <c r="B7" s="148"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
-      <c r="E7" s="148"/>
-[...6 lines deleted...]
-      <c r="L7" s="53"/>
+      <c r="E7" s="104"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+      <c r="H7" s="51"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="51"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
     </row>
     <row r="8" spans="1:12">
-      <c r="A8" s="4"/>
-      <c r="B8" s="4"/>
+      <c r="A8" s="148"/>
+      <c r="B8" s="148"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
-      <c r="E8" s="148"/>
-[...6 lines deleted...]
-      <c r="L8" s="53"/>
+      <c r="E8" s="104"/>
+      <c r="F8" s="51"/>
+      <c r="G8" s="51"/>
+      <c r="H8" s="51"/>
+      <c r="I8" s="51"/>
+      <c r="J8" s="51"/>
+      <c r="K8" s="51"/>
+      <c r="L8" s="51"/>
     </row>
     <row r="9" spans="1:12">
-      <c r="A9" s="4"/>
-      <c r="B9" s="4"/>
+      <c r="A9" s="148"/>
+      <c r="B9" s="148"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
-      <c r="E9" s="148"/>
-[...6 lines deleted...]
-      <c r="L9" s="53"/>
+      <c r="E9" s="104"/>
+      <c r="F9" s="51"/>
+      <c r="G9" s="51"/>
+      <c r="H9" s="51"/>
+      <c r="I9" s="51"/>
+      <c r="J9" s="51"/>
+      <c r="K9" s="51"/>
+      <c r="L9" s="51"/>
     </row>
     <row r="10" spans="1:12">
-      <c r="A10" s="4"/>
-      <c r="B10" s="4"/>
+      <c r="A10" s="148"/>
+      <c r="B10" s="148"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
-      <c r="E10" s="148"/>
-[...6 lines deleted...]
-      <c r="L10" s="53"/>
+      <c r="E10" s="104"/>
+      <c r="F10" s="51"/>
+      <c r="G10" s="51"/>
+      <c r="H10" s="51"/>
+      <c r="I10" s="51"/>
+      <c r="J10" s="51"/>
+      <c r="K10" s="51"/>
+      <c r="L10" s="51"/>
     </row>
     <row r="11" spans="1:12">
-      <c r="A11" s="4"/>
-      <c r="B11" s="4"/>
+      <c r="A11" s="148"/>
+      <c r="B11" s="148"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
-      <c r="E11" s="148"/>
-[...6 lines deleted...]
-      <c r="L11" s="53"/>
+      <c r="E11" s="104"/>
+      <c r="F11" s="51"/>
+      <c r="G11" s="51"/>
+      <c r="H11" s="51"/>
+      <c r="I11" s="51"/>
+      <c r="J11" s="51"/>
+      <c r="K11" s="51"/>
+      <c r="L11" s="51"/>
     </row>
     <row r="12" spans="1:12">
-      <c r="A12" s="4"/>
-      <c r="B12" s="4"/>
+      <c r="A12" s="148"/>
+      <c r="B12" s="148"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
-      <c r="E12" s="148"/>
-[...6 lines deleted...]
-      <c r="L12" s="53"/>
+      <c r="E12" s="104"/>
+      <c r="F12" s="51"/>
+      <c r="G12" s="51"/>
+      <c r="H12" s="51"/>
+      <c r="I12" s="51"/>
+      <c r="J12" s="51"/>
+      <c r="K12" s="51"/>
+      <c r="L12" s="51"/>
     </row>
     <row r="13" spans="1:12">
-      <c r="A13" s="4"/>
-      <c r="B13" s="4"/>
+      <c r="A13" s="148"/>
+      <c r="B13" s="148"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
-      <c r="E13" s="148"/>
-[...6 lines deleted...]
-      <c r="L13" s="53"/>
+      <c r="E13" s="104"/>
+      <c r="F13" s="51"/>
+      <c r="G13" s="51"/>
+      <c r="H13" s="51"/>
+      <c r="I13" s="51"/>
+      <c r="J13" s="51"/>
+      <c r="K13" s="51"/>
+      <c r="L13" s="51"/>
     </row>
     <row r="14" spans="1:12">
-      <c r="A14" s="4"/>
-      <c r="B14" s="4"/>
+      <c r="A14" s="148"/>
+      <c r="B14" s="148"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
-      <c r="E14" s="148"/>
-[...6 lines deleted...]
-      <c r="L14" s="53"/>
+      <c r="E14" s="104"/>
+      <c r="F14" s="51"/>
+      <c r="G14" s="51"/>
+      <c r="H14" s="51"/>
+      <c r="I14" s="51"/>
+      <c r="J14" s="51"/>
+      <c r="K14" s="51"/>
+      <c r="L14" s="51"/>
     </row>
     <row r="15" spans="1:12">
-      <c r="A15" s="4"/>
-      <c r="B15" s="4"/>
+      <c r="A15" s="148"/>
+      <c r="B15" s="148"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
-      <c r="E15" s="148"/>
-[...6 lines deleted...]
-      <c r="L15" s="53"/>
+      <c r="E15" s="104"/>
+      <c r="F15" s="51"/>
+      <c r="G15" s="51"/>
+      <c r="H15" s="51"/>
+      <c r="I15" s="51"/>
+      <c r="J15" s="51"/>
+      <c r="K15" s="51"/>
+      <c r="L15" s="51"/>
     </row>
     <row r="16" spans="1:12">
-      <c r="A16" s="4"/>
-      <c r="B16" s="4"/>
+      <c r="A16" s="148"/>
+      <c r="B16" s="148"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
-      <c r="E16" s="148"/>
-[...6 lines deleted...]
-      <c r="L16" s="53"/>
+      <c r="E16" s="104"/>
+      <c r="F16" s="51"/>
+      <c r="G16" s="51"/>
+      <c r="H16" s="51"/>
+      <c r="I16" s="51"/>
+      <c r="J16" s="51"/>
+      <c r="K16" s="51"/>
+      <c r="L16" s="51"/>
     </row>
     <row r="17" spans="1:12">
-      <c r="A17" s="4"/>
-      <c r="B17" s="4"/>
+      <c r="A17" s="148"/>
+      <c r="B17" s="148"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
-      <c r="E17" s="148"/>
-[...6 lines deleted...]
-      <c r="L17" s="53"/>
+      <c r="E17" s="104"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="51"/>
+      <c r="H17" s="51"/>
+      <c r="I17" s="51"/>
+      <c r="J17" s="51"/>
+      <c r="K17" s="51"/>
+      <c r="L17" s="51"/>
     </row>
     <row r="18" spans="1:12">
-      <c r="A18" s="4"/>
-      <c r="B18" s="4"/>
+      <c r="A18" s="148"/>
+      <c r="B18" s="148"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
-      <c r="E18" s="148"/>
-[...6 lines deleted...]
-      <c r="L18" s="53"/>
+      <c r="E18" s="104"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="51"/>
+      <c r="H18" s="51"/>
+      <c r="I18" s="51"/>
+      <c r="J18" s="51"/>
+      <c r="K18" s="51"/>
+      <c r="L18" s="51"/>
     </row>
     <row r="19" spans="1:12">
-      <c r="A19" s="4"/>
-      <c r="B19" s="4"/>
+      <c r="A19" s="148"/>
+      <c r="B19" s="148"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
-      <c r="E19" s="148"/>
-[...6 lines deleted...]
-      <c r="L19" s="53"/>
+      <c r="E19" s="104"/>
+      <c r="F19" s="51"/>
+      <c r="G19" s="51"/>
+      <c r="H19" s="51"/>
+      <c r="I19" s="51"/>
+      <c r="J19" s="51"/>
+      <c r="K19" s="51"/>
+      <c r="L19" s="51"/>
     </row>
     <row r="20" spans="1:12">
-      <c r="A20" s="4"/>
-      <c r="B20" s="4"/>
+      <c r="A20" s="148"/>
+      <c r="B20" s="148"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
-      <c r="E20" s="148"/>
-[...414 lines deleted...]
-      <c r="B39" s="64">
+      <c r="E20" s="104"/>
+      <c r="F20" s="51"/>
+      <c r="G20" s="51"/>
+      <c r="H20" s="51"/>
+      <c r="I20" s="51"/>
+      <c r="J20" s="51"/>
+      <c r="K20" s="51"/>
+      <c r="L20" s="51"/>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="148"/>
+      <c r="B21" s="148"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="5"/>
+      <c r="E21" s="104"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="51"/>
+      <c r="H21" s="51"/>
+      <c r="I21" s="51"/>
+      <c r="J21" s="51"/>
+      <c r="K21" s="51"/>
+      <c r="L21" s="51"/>
+    </row>
+    <row r="22" spans="1:12" s="124" customFormat="1" ht="28.5" customHeight="1">
+      <c r="A22" s="281" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" s="281"/>
+      <c r="C22" s="281"/>
+      <c r="D22" s="281"/>
+      <c r="E22" s="281"/>
+      <c r="F22" s="281"/>
+      <c r="G22" s="281"/>
+      <c r="H22" s="281"/>
+      <c r="I22" s="281"/>
+      <c r="J22" s="281"/>
+      <c r="K22" s="281"/>
+      <c r="L22" s="281"/>
+    </row>
+    <row r="23" spans="1:12" s="111" customFormat="1" ht="84" customHeight="1">
+      <c r="A23" s="280" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" s="280"/>
+      <c r="C23" s="280"/>
+      <c r="D23" s="280"/>
+      <c r="E23" s="280"/>
+      <c r="F23" s="280"/>
+      <c r="G23" s="280"/>
+      <c r="H23" s="280"/>
+      <c r="I23" s="280"/>
+      <c r="J23" s="280"/>
+      <c r="K23" s="280"/>
+      <c r="L23" s="280"/>
+    </row>
+    <row r="24" spans="1:12" s="111" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A24" s="280" t="s">
         <v>92</v>
       </c>
-      <c r="C39" s="64">
-[...303 lines deleted...]
-      <c r="L52" s="150"/>
+      <c r="B24" s="280"/>
+      <c r="C24" s="280"/>
+      <c r="D24" s="280"/>
+      <c r="E24" s="280"/>
+      <c r="F24" s="280"/>
+      <c r="G24" s="280"/>
+      <c r="H24" s="280"/>
+      <c r="I24" s="280"/>
+      <c r="J24" s="280"/>
+      <c r="K24" s="280"/>
+      <c r="L24" s="280"/>
+    </row>
+    <row r="25" spans="1:12" s="111" customFormat="1" ht="26.25" customHeight="1">
+      <c r="A25" s="280" t="s">
+        <v>91</v>
+      </c>
+      <c r="B25" s="280"/>
+      <c r="C25" s="280"/>
+      <c r="D25" s="280"/>
+      <c r="E25" s="280"/>
+      <c r="F25" s="280"/>
+      <c r="G25" s="280"/>
+      <c r="H25" s="280"/>
+      <c r="I25" s="280"/>
+      <c r="J25" s="280"/>
+      <c r="K25" s="280"/>
+      <c r="L25" s="280"/>
+    </row>
+    <row r="26" spans="1:12" s="124" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A26" s="118" t="s">
+        <v>93</v>
+      </c>
+      <c r="B26" s="118"/>
+      <c r="C26" s="120"/>
+      <c r="D26" s="120"/>
+      <c r="E26" s="120"/>
+      <c r="F26" s="120"/>
+      <c r="G26" s="120"/>
+      <c r="H26" s="120"/>
+      <c r="I26" s="120"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="120"/>
+      <c r="L26" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="123" customFormat="1" ht="12" thickBot="1">
+      <c r="A27" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="122"/>
+      <c r="C27" s="105"/>
+      <c r="D27" s="105"/>
+      <c r="E27" s="105"/>
+      <c r="F27" s="105"/>
+      <c r="G27" s="105"/>
+      <c r="H27" s="105"/>
+      <c r="I27" s="105"/>
+      <c r="J27" s="105"/>
+      <c r="K27" s="105"/>
+      <c r="L27" s="105"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="5">
+    <mergeCell ref="A24:L24"/>
+    <mergeCell ref="A25:L25"/>
+    <mergeCell ref="A22:L22"/>
     <mergeCell ref="A4:L4"/>
-    <mergeCell ref="A21:L21"/>
-    <mergeCell ref="A50:L50"/>
+    <mergeCell ref="A23:L23"/>
   </mergeCells>
-  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.59055118110236227" right="0.19685039370078741" top="0.19685039370078741" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:L30"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:Y18"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:L4"/>
+      <selection activeCell="A4" sqref="A4:Y4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="9.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="9.81640625" customWidth="1"/>
+    <col min="1" max="1" width="25.1796875" customWidth="1"/>
+    <col min="2" max="9" width="5.54296875" customWidth="1"/>
+    <col min="10" max="13" width="5.54296875" style="111" customWidth="1"/>
+    <col min="14" max="21" width="5.54296875" customWidth="1"/>
+    <col min="22" max="25" width="5.54296875" style="111" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" ht="34" customHeight="1">
-[...624 lines deleted...]
-    <row r="3" spans="1:17" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
+    <row r="1" spans="1:25" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+      <c r="K1" s="283"/>
+      <c r="L1" s="283"/>
+      <c r="M1" s="283"/>
+      <c r="N1" s="283"/>
+      <c r="O1" s="283"/>
+      <c r="P1" s="283"/>
+      <c r="Q1" s="127"/>
+      <c r="R1" s="127"/>
+      <c r="S1" s="127"/>
+      <c r="T1" s="127"/>
+      <c r="U1" s="3"/>
+      <c r="V1" s="3"/>
+      <c r="W1" s="3"/>
+      <c r="X1" s="3"/>
+      <c r="Y1" s="3"/>
+    </row>
+    <row r="2" spans="1:25" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+      <c r="R2" s="41"/>
+      <c r="S2" s="41"/>
+      <c r="T2" s="41"/>
+      <c r="U2" s="41"/>
+      <c r="V2" s="41"/>
+      <c r="W2" s="41"/>
+      <c r="X2" s="41"/>
+      <c r="Y2" s="41"/>
+    </row>
+    <row r="3" spans="1:25" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
-    </row>
-[...23 lines deleted...]
-      <c r="B5" s="135"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+    </row>
+    <row r="4" spans="1:25" s="111" customFormat="1" ht="24" customHeight="1">
+      <c r="A4" s="377" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" s="377"/>
+      <c r="C4" s="377"/>
+      <c r="D4" s="377"/>
+      <c r="E4" s="377"/>
+      <c r="F4" s="377"/>
+      <c r="G4" s="377"/>
+      <c r="H4" s="377"/>
+      <c r="I4" s="377"/>
+      <c r="J4" s="377"/>
+      <c r="K4" s="377"/>
+      <c r="L4" s="377"/>
+      <c r="M4" s="377"/>
+      <c r="N4" s="377"/>
+      <c r="O4" s="377"/>
+      <c r="P4" s="377"/>
+      <c r="Q4" s="377"/>
+      <c r="R4" s="377"/>
+      <c r="S4" s="377"/>
+      <c r="T4" s="377"/>
+      <c r="U4" s="377"/>
+      <c r="V4" s="377"/>
+      <c r="W4" s="377"/>
+      <c r="X4" s="377"/>
+      <c r="Y4" s="377"/>
+    </row>
+    <row r="5" spans="1:25" s="111" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A5" s="21"/>
+      <c r="B5" s="285" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="286"/>
+      <c r="D5" s="286"/>
+      <c r="E5" s="286"/>
+      <c r="F5" s="286"/>
+      <c r="G5" s="286"/>
+      <c r="H5" s="286"/>
+      <c r="I5" s="286"/>
+      <c r="J5" s="286"/>
+      <c r="K5" s="286"/>
+      <c r="L5" s="286"/>
+      <c r="M5" s="287"/>
+      <c r="N5" s="285" t="s">
+        <v>33</v>
+      </c>
+      <c r="O5" s="286"/>
+      <c r="P5" s="286"/>
+      <c r="Q5" s="286"/>
+      <c r="R5" s="286"/>
+      <c r="S5" s="286"/>
+      <c r="T5" s="286"/>
+      <c r="U5" s="286"/>
+      <c r="V5" s="286"/>
+      <c r="W5" s="286"/>
+      <c r="X5" s="286"/>
+      <c r="Y5" s="286"/>
+    </row>
+    <row r="6" spans="1:25" s="111" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A6" s="132"/>
+      <c r="B6" s="184">
+        <v>2005</v>
+      </c>
+      <c r="C6" s="184">
+        <v>2010</v>
+      </c>
+      <c r="D6" s="184">
+        <v>2015</v>
+      </c>
+      <c r="E6" s="184">
+        <v>2016</v>
+      </c>
+      <c r="F6" s="184">
+        <v>2017</v>
+      </c>
+      <c r="G6" s="184">
+        <v>2018</v>
+      </c>
+      <c r="H6" s="184">
+        <v>2019</v>
+      </c>
+      <c r="I6" s="184">
+        <v>2020</v>
+      </c>
+      <c r="J6" s="184">
+        <v>2021</v>
+      </c>
+      <c r="K6" s="184">
+        <v>2022</v>
+      </c>
+      <c r="L6" s="185">
+        <v>2023</v>
+      </c>
+      <c r="M6" s="143" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" s="184">
+        <v>2005</v>
+      </c>
+      <c r="O6" s="184">
+        <v>2010</v>
+      </c>
+      <c r="P6" s="184">
+        <v>2015</v>
+      </c>
+      <c r="Q6" s="184">
+        <v>2016</v>
+      </c>
+      <c r="R6" s="184">
+        <v>2017</v>
+      </c>
+      <c r="S6" s="184">
+        <v>2018</v>
+      </c>
+      <c r="T6" s="184">
+        <v>2019</v>
+      </c>
+      <c r="U6" s="186">
+        <v>2020</v>
+      </c>
+      <c r="V6" s="186">
+        <v>2021</v>
+      </c>
+      <c r="W6" s="186">
+        <v>2022</v>
+      </c>
+      <c r="X6" s="186">
+        <v>2023</v>
+      </c>
+      <c r="Y6" s="142" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" s="111" customFormat="1" ht="16" customHeight="1">
+      <c r="A7" s="131" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="133">
+        <v>164</v>
+      </c>
+      <c r="C7" s="133">
+        <v>199</v>
+      </c>
+      <c r="D7" s="133">
+        <v>125</v>
+      </c>
+      <c r="E7" s="133">
+        <v>138</v>
+      </c>
+      <c r="F7" s="133">
+        <v>140</v>
+      </c>
+      <c r="G7" s="133">
+        <v>137</v>
+      </c>
+      <c r="H7" s="133">
+        <v>101</v>
+      </c>
+      <c r="I7" s="133">
+        <v>68</v>
+      </c>
+      <c r="J7" s="133">
+        <v>54</v>
+      </c>
+      <c r="K7" s="133">
+        <v>37</v>
+      </c>
+      <c r="L7" s="133">
+        <v>44</v>
+      </c>
+      <c r="M7" s="133">
+        <v>38</v>
+      </c>
+      <c r="N7" s="134">
+        <v>4.7344110854503465E-3</v>
+      </c>
+      <c r="O7" s="134">
+        <v>5.9154008501530872E-3</v>
+      </c>
+      <c r="P7" s="134">
+        <v>3.6497415982948409E-3</v>
+      </c>
+      <c r="Q7" s="134">
+        <v>4.0018559331864052E-3</v>
+      </c>
+      <c r="R7" s="134">
+        <v>3.9839503713610886E-3</v>
+      </c>
+      <c r="S7" s="134">
+        <v>3.8015428159165325E-3</v>
+      </c>
+      <c r="T7" s="134">
+        <v>2.7317231493251834E-3</v>
+      </c>
+      <c r="U7" s="134">
+        <v>1.8134784116062618E-3</v>
+      </c>
+      <c r="V7" s="134">
+        <v>1.4206040197832263E-3</v>
+      </c>
+      <c r="W7" s="134">
+        <v>9.5284695217738406E-4</v>
+      </c>
+      <c r="X7" s="134">
+        <v>1.1146577494046714E-3</v>
+      </c>
+      <c r="Y7" s="135">
+        <v>9.5126042005657491E-4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" s="111" customFormat="1" ht="16" customHeight="1">
+      <c r="A8" s="131" t="s">
+        <v>95</v>
+      </c>
+      <c r="B8" s="133">
+        <v>13608</v>
+      </c>
+      <c r="C8" s="133">
+        <v>18784</v>
+      </c>
+      <c r="D8" s="133">
+        <v>20672</v>
+      </c>
+      <c r="E8" s="133">
+        <v>21118</v>
+      </c>
+      <c r="F8" s="133">
+        <v>22541</v>
+      </c>
+      <c r="G8" s="133">
+        <v>23688</v>
+      </c>
+      <c r="H8" s="133">
+        <v>24421</v>
+      </c>
+      <c r="I8" s="133">
+        <v>23780</v>
+      </c>
+      <c r="J8" s="133">
+        <v>24837</v>
+      </c>
+      <c r="K8" s="133">
+        <v>26617</v>
+      </c>
+      <c r="L8" s="133">
+        <v>27720</v>
+      </c>
+      <c r="M8" s="133">
+        <v>28595</v>
+      </c>
+      <c r="N8" s="134">
+        <v>0.39284064665127022</v>
+      </c>
+      <c r="O8" s="134">
+        <v>0.55836627924259086</v>
+      </c>
+      <c r="P8" s="134">
+        <v>0.6035796665596076</v>
+      </c>
+      <c r="Q8" s="134">
+        <v>0.61239995360167032</v>
+      </c>
+      <c r="R8" s="134">
+        <v>0.64144446657750209</v>
+      </c>
+      <c r="S8" s="134">
+        <v>0.65730617681336367</v>
+      </c>
+      <c r="T8" s="134">
+        <v>0.66050902009574552</v>
+      </c>
+      <c r="U8" s="134">
+        <v>0.63418406805877803</v>
+      </c>
+      <c r="V8" s="134">
+        <v>0.65339892665474064</v>
+      </c>
+      <c r="W8" s="134">
+        <v>0.68545749530014677</v>
+      </c>
+      <c r="X8" s="134">
+        <v>0.70223438212494305</v>
+      </c>
+      <c r="Y8" s="135">
+        <v>0.71582346609257264</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" s="111" customFormat="1" ht="16" customHeight="1">
+      <c r="A9" s="131" t="s">
+        <v>129</v>
+      </c>
+      <c r="B9" s="133">
+        <v>4985</v>
+      </c>
+      <c r="C9" s="133">
+        <v>8979</v>
+      </c>
+      <c r="D9" s="133">
+        <v>11040</v>
+      </c>
+      <c r="E9" s="133">
+        <v>11562</v>
+      </c>
+      <c r="F9" s="133">
+        <v>12427</v>
+      </c>
+      <c r="G9" s="133">
+        <v>13134</v>
+      </c>
+      <c r="H9" s="133">
+        <v>13564</v>
+      </c>
+      <c r="I9" s="133">
+        <v>13036</v>
+      </c>
+      <c r="J9" s="133">
+        <v>13514</v>
+      </c>
+      <c r="K9" s="133">
+        <v>14529</v>
+      </c>
+      <c r="L9" s="133">
+        <v>15004</v>
+      </c>
+      <c r="M9" s="133">
+        <v>15680</v>
+      </c>
+      <c r="N9" s="134">
+        <v>0.14390877598152424</v>
+      </c>
+      <c r="O9" s="134">
+        <v>0.2669064534347968</v>
+      </c>
+      <c r="P9" s="134">
+        <v>0.32234517796140033</v>
+      </c>
+      <c r="Q9" s="134">
+        <v>0.33528592970653054</v>
+      </c>
+      <c r="R9" s="134">
+        <v>0.3536325090350303</v>
+      </c>
+      <c r="S9" s="134">
+        <v>0.36444863754925355</v>
+      </c>
+      <c r="T9" s="134">
+        <v>0.36686230492521571</v>
+      </c>
+      <c r="U9" s="134">
+        <v>0.34765447902498864</v>
+      </c>
+      <c r="V9" s="134">
+        <v>0.35551930969167633</v>
+      </c>
+      <c r="W9" s="134">
+        <v>0.37415982076176252</v>
+      </c>
+      <c r="X9" s="134">
+        <v>0.38009829254699296</v>
+      </c>
+      <c r="Y9" s="135">
+        <v>0.39252008911808145</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" s="111" customFormat="1" ht="16" customHeight="1">
+      <c r="A10" s="131" t="s">
+        <v>128</v>
+      </c>
+      <c r="B10" s="133">
+        <v>4108</v>
+      </c>
+      <c r="C10" s="133">
+        <v>7881</v>
+      </c>
+      <c r="D10" s="133">
+        <v>10217</v>
+      </c>
+      <c r="E10" s="133">
+        <v>10718</v>
+      </c>
+      <c r="F10" s="133">
+        <v>11647</v>
+      </c>
+      <c r="G10" s="133">
+        <v>12454</v>
+      </c>
+      <c r="H10" s="133">
+        <v>12891</v>
+      </c>
+      <c r="I10" s="133">
+        <v>12429</v>
+      </c>
+      <c r="J10" s="133">
+        <v>12900</v>
+      </c>
+      <c r="K10" s="133">
+        <v>13991</v>
+      </c>
+      <c r="L10" s="133">
+        <v>14500</v>
+      </c>
+      <c r="M10" s="133">
+        <v>15127</v>
+      </c>
+      <c r="N10" s="134">
+        <v>0.11859122401847574</v>
+      </c>
+      <c r="O10" s="134">
+        <v>0.23426770904550995</v>
+      </c>
+      <c r="P10" s="134">
+        <v>0.2983152792782271</v>
+      </c>
+      <c r="Q10" s="134">
+        <v>0.3108108108108108</v>
+      </c>
+      <c r="R10" s="134">
+        <v>0.33143621410887569</v>
+      </c>
+      <c r="S10" s="134">
+        <v>0.34557966590820799</v>
+      </c>
+      <c r="T10" s="134">
+        <v>0.34865983285099938</v>
+      </c>
+      <c r="U10" s="134">
+        <v>0.33146651732138571</v>
+      </c>
+      <c r="V10" s="134">
+        <v>0.33936651583710409</v>
+      </c>
+      <c r="W10" s="134">
+        <v>0.36030491102469675</v>
+      </c>
+      <c r="X10" s="182">
+        <v>0.36733039469017581</v>
+      </c>
+      <c r="Y10" s="183">
+        <v>0.37867674668936341</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" s="111" customFormat="1" ht="16" customHeight="1">
+      <c r="A11" s="136" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="137">
+        <v>34640</v>
+      </c>
+      <c r="C11" s="137">
+        <v>33641</v>
+      </c>
+      <c r="D11" s="137">
+        <v>34249</v>
+      </c>
+      <c r="E11" s="137">
+        <v>34484</v>
+      </c>
+      <c r="F11" s="137">
+        <v>35141</v>
+      </c>
+      <c r="G11" s="137">
+        <v>36038</v>
+      </c>
+      <c r="H11" s="137">
+        <v>36973</v>
+      </c>
+      <c r="I11" s="137">
+        <v>37497</v>
+      </c>
+      <c r="J11" s="137">
+        <v>38012</v>
+      </c>
+      <c r="K11" s="137">
+        <v>38831</v>
+      </c>
+      <c r="L11" s="137">
+        <v>39474</v>
+      </c>
+      <c r="M11" s="137">
+        <v>39947</v>
+      </c>
+      <c r="N11" s="138"/>
+      <c r="O11" s="138"/>
+      <c r="P11" s="138"/>
+      <c r="Q11" s="138"/>
+      <c r="R11" s="138"/>
+      <c r="S11" s="138"/>
+      <c r="T11" s="138"/>
+      <c r="U11" s="138"/>
+      <c r="V11" s="138"/>
+      <c r="W11" s="138"/>
+      <c r="X11" s="138"/>
+      <c r="Y11" s="139"/>
+    </row>
+    <row r="12" spans="1:25" s="124" customFormat="1" ht="28.5" customHeight="1">
+      <c r="A12" s="289" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" s="289"/>
+      <c r="C12" s="289"/>
+      <c r="D12" s="289"/>
+      <c r="E12" s="289"/>
+      <c r="F12" s="289"/>
+      <c r="G12" s="289"/>
+      <c r="H12" s="289"/>
+      <c r="I12" s="289"/>
+      <c r="J12" s="289"/>
+      <c r="K12" s="289"/>
+      <c r="L12" s="289"/>
+      <c r="M12" s="289"/>
+      <c r="N12" s="289"/>
+      <c r="O12" s="289"/>
+      <c r="P12" s="289"/>
+      <c r="Q12" s="289"/>
+      <c r="R12" s="289"/>
+      <c r="S12" s="289"/>
+      <c r="T12" s="289"/>
+      <c r="U12" s="289"/>
+      <c r="V12" s="289"/>
+      <c r="W12" s="289"/>
+      <c r="X12" s="289"/>
+      <c r="Y12" s="289"/>
+    </row>
+    <row r="13" spans="1:25" s="111" customFormat="1" ht="84" customHeight="1">
+      <c r="A13" s="288" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" s="288"/>
+      <c r="C13" s="288"/>
+      <c r="D13" s="288"/>
+      <c r="E13" s="288"/>
+      <c r="F13" s="288"/>
+      <c r="G13" s="288"/>
+      <c r="H13" s="288"/>
+      <c r="I13" s="288"/>
+      <c r="J13" s="288"/>
+      <c r="K13" s="288"/>
+      <c r="L13" s="288"/>
+      <c r="M13" s="288"/>
+      <c r="N13" s="288"/>
+      <c r="O13" s="288"/>
+      <c r="P13" s="288"/>
+      <c r="Q13" s="288"/>
+      <c r="R13" s="288"/>
+      <c r="S13" s="288"/>
+      <c r="T13" s="288"/>
+      <c r="U13" s="288"/>
+      <c r="V13" s="288"/>
+      <c r="W13" s="288"/>
+      <c r="X13" s="288"/>
+      <c r="Y13" s="288"/>
+    </row>
+    <row r="14" spans="1:25" s="124" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A14" s="284" t="s">
+        <v>130</v>
+      </c>
+      <c r="B14" s="284"/>
+      <c r="C14" s="284"/>
+      <c r="D14" s="284"/>
+      <c r="E14" s="284"/>
+      <c r="F14" s="284"/>
+      <c r="G14" s="284"/>
+      <c r="H14" s="284"/>
+      <c r="I14" s="284"/>
+      <c r="J14" s="284"/>
+      <c r="K14" s="284"/>
+      <c r="L14" s="284"/>
+      <c r="M14" s="284"/>
+      <c r="N14" s="284"/>
+      <c r="O14" s="284"/>
+      <c r="P14" s="284"/>
+      <c r="Q14" s="284"/>
+      <c r="R14" s="284"/>
+      <c r="S14" s="284"/>
+      <c r="T14" s="284"/>
+      <c r="U14" s="284"/>
+      <c r="V14" s="149"/>
+      <c r="W14" s="149"/>
+      <c r="X14" s="149"/>
+      <c r="Y14" s="149"/>
+    </row>
+    <row r="15" spans="1:25" s="124" customFormat="1" ht="18" customHeight="1">
+      <c r="A15" s="284" t="s">
+        <v>131</v>
+      </c>
+      <c r="B15" s="284"/>
+      <c r="C15" s="284"/>
+      <c r="D15" s="284"/>
+      <c r="E15" s="284"/>
+      <c r="F15" s="284"/>
+      <c r="G15" s="284"/>
+      <c r="H15" s="284"/>
+      <c r="I15" s="284"/>
+      <c r="J15" s="284"/>
+      <c r="K15" s="284"/>
+      <c r="L15" s="284"/>
+      <c r="M15" s="284"/>
+      <c r="N15" s="284"/>
+      <c r="O15" s="284"/>
+      <c r="P15" s="284"/>
+      <c r="Q15" s="284"/>
+      <c r="R15" s="284"/>
+      <c r="S15" s="284"/>
+      <c r="T15" s="284"/>
+      <c r="U15" s="284"/>
+      <c r="V15" s="149"/>
+      <c r="W15" s="149"/>
+      <c r="X15" s="149"/>
+      <c r="Y15" s="149"/>
+    </row>
+    <row r="16" spans="1:25" s="124" customFormat="1" ht="18" customHeight="1">
+      <c r="A16" s="284" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" s="284"/>
+      <c r="C16" s="284"/>
+      <c r="D16" s="284"/>
+      <c r="E16" s="284"/>
+      <c r="F16" s="284"/>
+      <c r="G16" s="284"/>
+      <c r="H16" s="284"/>
+      <c r="I16" s="284"/>
+      <c r="J16" s="284"/>
+      <c r="K16" s="284"/>
+      <c r="L16" s="284"/>
+      <c r="M16" s="284"/>
+      <c r="N16" s="284"/>
+      <c r="O16" s="284"/>
+      <c r="P16" s="284"/>
+      <c r="Q16" s="284"/>
+      <c r="R16" s="284"/>
+      <c r="S16" s="284"/>
+      <c r="T16" s="284"/>
+      <c r="U16" s="284"/>
+      <c r="V16" s="149"/>
+      <c r="W16" s="149"/>
+      <c r="X16" s="149"/>
+      <c r="Y16" s="149"/>
+    </row>
+    <row r="17" spans="1:25" s="124" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A17" s="118" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="118"/>
+      <c r="C17" s="120"/>
+      <c r="D17" s="120"/>
+      <c r="E17" s="120"/>
+      <c r="F17" s="120"/>
+      <c r="G17" s="120"/>
+      <c r="H17" s="120"/>
+      <c r="I17" s="120"/>
+      <c r="J17" s="120"/>
+      <c r="K17" s="120"/>
+      <c r="L17" s="120"/>
+      <c r="M17" s="120"/>
+      <c r="N17" s="120"/>
+      <c r="O17" s="101"/>
+      <c r="P17" s="101"/>
+      <c r="Q17" s="101"/>
+      <c r="R17" s="101"/>
+      <c r="S17" s="101"/>
+      <c r="T17" s="101"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" s="1" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A18" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="10"/>
+      <c r="H18" s="10"/>
+      <c r="I18" s="10"/>
+      <c r="J18" s="10"/>
+      <c r="K18" s="10"/>
+      <c r="L18" s="10"/>
+      <c r="M18" s="10"/>
+      <c r="N18" s="10"/>
+      <c r="O18" s="10"/>
+      <c r="P18" s="10"/>
+      <c r="Q18" s="10"/>
+      <c r="R18" s="10"/>
+      <c r="S18" s="10"/>
+      <c r="T18" s="10"/>
+      <c r="U18" s="10"/>
+      <c r="V18" s="10"/>
+      <c r="W18" s="10"/>
+      <c r="X18" s="10"/>
+      <c r="Y18" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="A4:Y4"/>
+    <mergeCell ref="A12:Y12"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="B5:M5"/>
+    <mergeCell ref="N5:Y5"/>
+    <mergeCell ref="A13:Y13"/>
+    <mergeCell ref="A14:U14"/>
+    <mergeCell ref="A15:U15"/>
+    <mergeCell ref="A16:U16"/>
+  </mergeCells>
+  <phoneticPr fontId="10" type="noConversion"/>
+  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.35433070866141736" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03CF9A6C-16BA-4B55-82BB-0B035A5D0040}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:N21"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:N4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.81640625" defaultRowHeight="12.5"/>
+  <cols>
+    <col min="1" max="1" width="16.54296875" style="111" customWidth="1"/>
+    <col min="2" max="2" width="27.81640625" style="111" customWidth="1"/>
+    <col min="3" max="14" width="9" style="111" customWidth="1"/>
+    <col min="15" max="16384" width="10.81640625" style="111"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+      <c r="K1" s="283"/>
+      <c r="L1" s="283"/>
+      <c r="M1" s="283"/>
+      <c r="N1" s="283"/>
+    </row>
+    <row r="2" spans="1:14" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+    </row>
+    <row r="3" spans="1:14" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A3" s="2"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+    </row>
+    <row r="4" spans="1:14" ht="14.15" customHeight="1">
+      <c r="A4" s="290" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" s="290"/>
+      <c r="C4" s="290"/>
+      <c r="D4" s="290"/>
+      <c r="E4" s="290"/>
+      <c r="F4" s="290"/>
+      <c r="G4" s="290"/>
+      <c r="H4" s="290"/>
+      <c r="I4" s="290"/>
+      <c r="J4" s="290"/>
+      <c r="K4" s="290"/>
+      <c r="L4" s="290"/>
+      <c r="M4" s="290"/>
+      <c r="N4" s="290"/>
+    </row>
+    <row r="5" spans="1:14" ht="12.65" customHeight="1">
+      <c r="A5" s="161"/>
+      <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
-      <c r="O5" s="5"/>
-[...15 lines deleted...]
-      <c r="J6" s="254" t="s">
+    </row>
+    <row r="6" spans="1:14" ht="33" customHeight="1">
+      <c r="A6" s="291"/>
+      <c r="B6" s="292"/>
+      <c r="C6" s="295" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="296"/>
+      <c r="E6" s="296"/>
+      <c r="F6" s="297"/>
+      <c r="G6" s="296" t="s">
+        <v>132</v>
+      </c>
+      <c r="H6" s="296"/>
+      <c r="I6" s="296"/>
+      <c r="J6" s="297"/>
+      <c r="K6" s="296" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" s="296"/>
+      <c r="M6" s="296"/>
+      <c r="N6" s="296"/>
+    </row>
+    <row r="7" spans="1:14" ht="52">
+      <c r="A7" s="293"/>
+      <c r="B7" s="294"/>
+      <c r="C7" s="38">
+        <v>2010</v>
+      </c>
+      <c r="D7" s="84">
+        <v>2020</v>
+      </c>
+      <c r="E7" s="84">
+        <v>2024</v>
+      </c>
+      <c r="F7" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" s="38">
+        <v>2010</v>
+      </c>
+      <c r="H7" s="84">
+        <v>2020</v>
+      </c>
+      <c r="I7" s="84">
+        <v>2024</v>
+      </c>
+      <c r="J7" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" s="38">
+        <v>2010</v>
+      </c>
+      <c r="L7" s="84">
+        <v>2020</v>
+      </c>
+      <c r="M7" s="84">
+        <v>2024</v>
+      </c>
+      <c r="N7" s="58" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="30.5" customHeight="1">
+      <c r="A8" s="299" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="175" t="s">
         <v>64</v>
       </c>
-      <c r="K6" s="255"/>
-[...12 lines deleted...]
-      <c r="C7" s="186">
+      <c r="C8" s="169">
+        <v>0.19680357824687722</v>
+      </c>
+      <c r="D8" s="170">
+        <v>0.22100931340697422</v>
+      </c>
+      <c r="E8" s="170">
+        <v>0.23169893251311743</v>
+      </c>
+      <c r="F8" s="209">
+        <v>3.4895354266240215</v>
+      </c>
+      <c r="G8" s="206">
+        <v>0.17101383533681108</v>
+      </c>
+      <c r="H8" s="170">
+        <v>0.21561982819765152</v>
+      </c>
+      <c r="I8" s="170">
+        <v>0.22898703350227079</v>
+      </c>
+      <c r="J8" s="209">
+        <v>5.7973198165459703</v>
+      </c>
+      <c r="K8" s="206">
+        <v>0.18010426770126092</v>
+      </c>
+      <c r="L8" s="170">
+        <v>0.19454943850999726</v>
+      </c>
+      <c r="M8" s="170">
+        <v>0.21027861917040078</v>
+      </c>
+      <c r="N8" s="171">
+        <v>3.0174351469139853</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="30.5" customHeight="1">
+      <c r="A9" s="300"/>
+      <c r="B9" s="176" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="26">
+        <v>0.46708121965853927</v>
+      </c>
+      <c r="D9" s="34">
+        <v>0.47472384665367123</v>
+      </c>
+      <c r="E9" s="34">
+        <v>0.46104577528496471</v>
+      </c>
+      <c r="F9" s="91">
+        <v>-0.60354443735745611</v>
+      </c>
+      <c r="G9" s="14">
+        <v>0.48015422998412338</v>
+      </c>
+      <c r="H9" s="34">
+        <v>0.4916069036173063</v>
+      </c>
+      <c r="I9" s="34">
+        <v>0.48061607319160138</v>
+      </c>
+      <c r="J9" s="91">
+        <v>4.6184320747799656E-2</v>
+      </c>
+      <c r="K9" s="14">
+        <v>0.43437803103782735</v>
+      </c>
+      <c r="L9" s="34">
+        <v>0.44396055875102713</v>
+      </c>
+      <c r="M9" s="34">
+        <v>0.43853105364608108</v>
+      </c>
+      <c r="N9" s="162">
+        <v>0.41530226082537314</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="30.5" customHeight="1">
+      <c r="A10" s="300"/>
+      <c r="B10" s="177" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="172">
+        <v>0.33611520209458357</v>
+      </c>
+      <c r="D10" s="173">
+        <v>0.30426683993935455</v>
+      </c>
+      <c r="E10" s="173">
+        <v>0.30725529220191788</v>
+      </c>
+      <c r="F10" s="210">
+        <v>-2.8859909892665678</v>
+      </c>
+      <c r="G10" s="207">
+        <v>0.34883193467906554</v>
+      </c>
+      <c r="H10" s="173">
+        <v>0.29277326818504218</v>
+      </c>
+      <c r="I10" s="173">
+        <v>0.29039689330612783</v>
+      </c>
+      <c r="J10" s="210">
+        <v>-5.8435041372937704</v>
+      </c>
+      <c r="K10" s="207">
+        <v>0.38551770126091173</v>
+      </c>
+      <c r="L10" s="173">
+        <v>0.36149000273897564</v>
+      </c>
+      <c r="M10" s="173">
+        <v>0.35119032718351817</v>
+      </c>
+      <c r="N10" s="174">
+        <v>-3.4327374077393555</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A11" s="301"/>
+      <c r="B11" s="180" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="165">
+        <v>1</v>
+      </c>
+      <c r="D11" s="166">
+        <v>1</v>
+      </c>
+      <c r="E11" s="166">
+        <v>1</v>
+      </c>
+      <c r="F11" s="211"/>
+      <c r="G11" s="208">
+        <v>1</v>
+      </c>
+      <c r="H11" s="187">
+        <v>1</v>
+      </c>
+      <c r="I11" s="187">
+        <v>1</v>
+      </c>
+      <c r="J11" s="213"/>
+      <c r="K11" s="208">
+        <v>1</v>
+      </c>
+      <c r="L11" s="187">
+        <v>1</v>
+      </c>
+      <c r="M11" s="187">
+        <v>1</v>
+      </c>
+      <c r="N11" s="167"/>
+    </row>
+    <row r="12" spans="1:14" ht="23.25" customHeight="1">
+      <c r="A12" s="302" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" s="178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="169">
+        <v>0.64599356351933668</v>
+      </c>
+      <c r="D12" s="170">
+        <v>0.63105912930474339</v>
+      </c>
+      <c r="E12" s="170">
+        <v>0.60195404378505524</v>
+      </c>
+      <c r="F12" s="209">
+        <v>-4.4039519734281445</v>
+      </c>
+      <c r="G12" s="206">
+        <v>0.63608528010886822</v>
+      </c>
+      <c r="H12" s="170">
+        <v>0.63771770825124119</v>
+      </c>
+      <c r="I12" s="170">
+        <v>0.60666096228526289</v>
+      </c>
+      <c r="J12" s="209">
+        <v>-2.9424317823605328</v>
+      </c>
+      <c r="K12" s="206">
+        <v>0.61993816682832203</v>
+      </c>
+      <c r="L12" s="170">
+        <v>0.60164338537387019</v>
+      </c>
+      <c r="M12" s="170">
+        <v>0.57345983428042158</v>
+      </c>
+      <c r="N12" s="171">
+        <v>-4.6478332547900454</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="23.25" customHeight="1">
+      <c r="A13" s="303"/>
+      <c r="B13" s="179" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="163">
+        <v>0.35400643648066327</v>
+      </c>
+      <c r="D13" s="146">
+        <v>0.36894087069525666</v>
+      </c>
+      <c r="E13" s="146">
+        <v>0.39804595621494482</v>
+      </c>
+      <c r="F13" s="212">
+        <v>4.4039519734281551</v>
+      </c>
+      <c r="G13" s="145">
+        <v>0.36391471989113178</v>
+      </c>
+      <c r="H13" s="146">
+        <v>0.36228229174875876</v>
+      </c>
+      <c r="I13" s="146">
+        <v>0.39333903771473705</v>
+      </c>
+      <c r="J13" s="212">
+        <v>2.9424317823605275</v>
+      </c>
+      <c r="K13" s="145">
+        <v>0.38006183317167797</v>
+      </c>
+      <c r="L13" s="146">
+        <v>0.39835661462612981</v>
+      </c>
+      <c r="M13" s="146">
+        <v>0.42654016571957842</v>
+      </c>
+      <c r="N13" s="164">
+        <v>4.6478332547900454</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A14" s="304"/>
+      <c r="B14" s="180" t="s">
+        <v>1</v>
+      </c>
+      <c r="C14" s="165">
+        <v>1</v>
+      </c>
+      <c r="D14" s="166">
+        <v>1</v>
+      </c>
+      <c r="E14" s="166">
+        <v>1</v>
+      </c>
+      <c r="F14" s="93"/>
+      <c r="G14" s="47">
+        <v>1</v>
+      </c>
+      <c r="H14" s="46">
+        <v>1</v>
+      </c>
+      <c r="I14" s="46">
+        <v>1</v>
+      </c>
+      <c r="J14" s="92"/>
+      <c r="K14" s="47">
+        <v>1</v>
+      </c>
+      <c r="L14" s="46">
+        <v>1</v>
+      </c>
+      <c r="M14" s="46">
+        <v>1</v>
+      </c>
+      <c r="N14" s="168"/>
+    </row>
+    <row r="15" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A15" s="305" t="s">
+        <v>136</v>
+      </c>
+      <c r="B15" s="178" t="s">
+        <v>134</v>
+      </c>
+      <c r="C15" s="169">
+        <v>0.97381770577646865</v>
+      </c>
+      <c r="D15" s="170">
+        <v>0.96521550790556643</v>
+      </c>
+      <c r="E15" s="170">
+        <v>0.97755574862438455</v>
+      </c>
+      <c r="F15" s="209">
+        <v>0.37380428479159011</v>
+      </c>
+      <c r="G15" s="169">
+        <v>0.97936039918348827</v>
+      </c>
+      <c r="H15" s="170">
+        <v>0.97091969422334301</v>
+      </c>
+      <c r="I15" s="170">
+        <v>0.98116934421912039</v>
+      </c>
+      <c r="J15" s="209">
+        <v>0.18089450356321146</v>
+      </c>
+      <c r="K15" s="169">
+        <v>0.97926770126091178</v>
+      </c>
+      <c r="L15" s="170">
+        <v>0.97236373596274994</v>
+      </c>
+      <c r="M15" s="170">
+        <v>0.98144659768275999</v>
+      </c>
+      <c r="N15" s="171">
+        <v>0.21788964218482088</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A16" s="306"/>
+      <c r="B16" s="238" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" s="172">
+        <v>2.6182294223531338E-2</v>
+      </c>
+      <c r="D16" s="173">
+        <v>3.4784492094433614E-2</v>
+      </c>
+      <c r="E16" s="173">
+        <v>2.2444251375615405E-2</v>
+      </c>
+      <c r="F16" s="212">
+        <v>-0.37380428479159322</v>
+      </c>
+      <c r="G16" s="172">
+        <v>2.0639600816511682E-2</v>
+      </c>
+      <c r="H16" s="173">
+        <v>2.9080305776656948E-2</v>
+      </c>
+      <c r="I16" s="173">
+        <v>1.883065578087964E-2</v>
+      </c>
+      <c r="J16" s="212">
+        <v>-0.18089450356320419</v>
+      </c>
+      <c r="K16" s="172">
+        <v>2.0732298739088263E-2</v>
+      </c>
+      <c r="L16" s="173">
+        <v>2.7636264037250068E-2</v>
+      </c>
+      <c r="M16" s="173">
+        <v>1.8553402317239957E-2</v>
+      </c>
+      <c r="N16" s="164">
+        <v>-0.21788964218483059</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="17.25" customHeight="1">
+      <c r="A17" s="307"/>
+      <c r="B17" s="180" t="s">
+        <v>1</v>
+      </c>
+      <c r="C17" s="165">
+        <v>1</v>
+      </c>
+      <c r="D17" s="166">
+        <v>1</v>
+      </c>
+      <c r="E17" s="166">
+        <v>1</v>
+      </c>
+      <c r="F17" s="93"/>
+      <c r="G17" s="165">
+        <v>1</v>
+      </c>
+      <c r="H17" s="166">
+        <v>1</v>
+      </c>
+      <c r="I17" s="166">
+        <v>1</v>
+      </c>
+      <c r="J17" s="211"/>
+      <c r="K17" s="165">
+        <v>1</v>
+      </c>
+      <c r="L17" s="166">
+        <v>1</v>
+      </c>
+      <c r="M17" s="166">
+        <v>1</v>
+      </c>
+      <c r="N17" s="239"/>
+    </row>
+    <row r="18" spans="1:14" ht="45" customHeight="1">
+      <c r="A18" s="298" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" s="298"/>
+      <c r="C18" s="298"/>
+      <c r="D18" s="298"/>
+      <c r="E18" s="298"/>
+      <c r="F18" s="298"/>
+      <c r="G18" s="298"/>
+      <c r="H18" s="298"/>
+      <c r="I18" s="298"/>
+      <c r="J18" s="298"/>
+      <c r="K18" s="298"/>
+      <c r="L18" s="298"/>
+      <c r="M18" s="298"/>
+      <c r="N18" s="298"/>
+    </row>
+    <row r="19" spans="1:14" ht="31.5" customHeight="1">
+      <c r="A19" s="284" t="s">
+        <v>100</v>
+      </c>
+      <c r="B19" s="284"/>
+      <c r="C19" s="284"/>
+      <c r="D19" s="284"/>
+      <c r="E19" s="284"/>
+      <c r="F19" s="284"/>
+      <c r="G19" s="284"/>
+      <c r="H19" s="284"/>
+      <c r="I19" s="284"/>
+      <c r="J19" s="284"/>
+      <c r="K19" s="284"/>
+      <c r="L19" s="284"/>
+      <c r="M19" s="284"/>
+      <c r="N19" s="284"/>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="118" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="7"/>
+      <c r="C20" s="7"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="7"/>
+      <c r="F20" s="7"/>
+      <c r="G20" s="7"/>
+      <c r="H20" s="7"/>
+      <c r="I20" s="7"/>
+      <c r="J20" s="112"/>
+      <c r="K20" s="112"/>
+      <c r="L20" s="112"/>
+      <c r="M20" s="112"/>
+      <c r="N20" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="13.5" customHeight="1" thickBot="1">
+      <c r="A21" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="10"/>
+      <c r="C21" s="10"/>
+      <c r="D21" s="10"/>
+      <c r="E21" s="10"/>
+      <c r="F21" s="10"/>
+      <c r="G21" s="10"/>
+      <c r="H21" s="10"/>
+      <c r="I21" s="10"/>
+      <c r="J21" s="10"/>
+      <c r="K21" s="10"/>
+      <c r="L21" s="10"/>
+      <c r="M21" s="10"/>
+      <c r="N21" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="A12:A14"/>
+    <mergeCell ref="A15:A17"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A4:N4"/>
+    <mergeCell ref="A6:B7"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G6:J6"/>
+    <mergeCell ref="K6:N6"/>
+    <mergeCell ref="A8:A11"/>
+    <mergeCell ref="A18:N18"/>
+    <mergeCell ref="A19:N19"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="88" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:J32"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:J4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
+  <cols>
+    <col min="1" max="1" width="14.81640625" customWidth="1"/>
+    <col min="2" max="2" width="26.1796875" customWidth="1"/>
+    <col min="3" max="6" width="11.1796875" customWidth="1"/>
+    <col min="7" max="7" width="13.1796875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" s="1" customFormat="1" ht="26" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="52"/>
+    </row>
+    <row r="2" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A3" s="2"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="98"/>
+    </row>
+    <row r="4" spans="1:10" ht="26.25" customHeight="1">
+      <c r="A4" s="282" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" s="282"/>
+      <c r="C4" s="282"/>
+      <c r="D4" s="282"/>
+      <c r="E4" s="282"/>
+      <c r="F4" s="282"/>
+      <c r="G4" s="282"/>
+      <c r="H4" s="282"/>
+      <c r="I4" s="282"/>
+      <c r="J4" s="282"/>
+    </row>
+    <row r="5" spans="1:10" ht="11.25" customHeight="1">
+      <c r="A5" s="83"/>
+      <c r="B5" s="83"/>
+      <c r="C5" s="83"/>
+      <c r="D5" s="83"/>
+      <c r="E5" s="83"/>
+      <c r="F5" s="83"/>
+      <c r="G5" s="83"/>
+      <c r="H5" s="83"/>
+      <c r="I5" s="83"/>
+      <c r="J5" s="99"/>
+    </row>
+    <row r="6" spans="1:10" ht="22.5" customHeight="1">
+      <c r="A6" s="83"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="83"/>
+      <c r="E6" s="83"/>
+      <c r="F6" s="83"/>
+      <c r="G6" s="83"/>
+      <c r="H6" s="83"/>
+      <c r="I6" s="83"/>
+      <c r="J6" s="99"/>
+    </row>
+    <row r="7" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A7" s="4"/>
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="99"/>
+    </row>
+    <row r="8" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="99"/>
+    </row>
+    <row r="9" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A9" s="4"/>
+      <c r="B9" s="5"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="99"/>
+    </row>
+    <row r="10" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A10" s="4"/>
+      <c r="B10" s="5"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="99"/>
+    </row>
+    <row r="11" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A11" s="4"/>
+      <c r="B11" s="5"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+      <c r="J11" s="99"/>
+    </row>
+    <row r="12" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A12" s="4"/>
+      <c r="B12" s="5"/>
+      <c r="C12" s="5"/>
+      <c r="D12" s="5"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="5"/>
+      <c r="G12" s="5"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
+      <c r="J12" s="99"/>
+    </row>
+    <row r="13" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A13" s="4"/>
+      <c r="B13" s="5"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="99"/>
+    </row>
+    <row r="14" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A14" s="4"/>
+      <c r="B14" s="5"/>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="99"/>
+    </row>
+    <row r="15" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A15" s="4"/>
+      <c r="B15" s="5"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="5"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="99"/>
+    </row>
+    <row r="16" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A16" s="4"/>
+      <c r="B16" s="5"/>
+      <c r="C16" s="5"/>
+      <c r="D16" s="5"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="99"/>
+    </row>
+    <row r="17" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A17" s="4"/>
+      <c r="B17" s="5"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="5"/>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="99"/>
+    </row>
+    <row r="18" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A18" s="4"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5"/>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="J18" s="99"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A19" s="4"/>
+      <c r="B19" s="5"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="5"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="99"/>
+    </row>
+    <row r="20" spans="1:10" ht="13">
+      <c r="A20" s="315"/>
+      <c r="B20" s="315"/>
+      <c r="C20" s="317">
         <v>2010</v>
       </c>
-      <c r="D7" s="187">
-[...64 lines deleted...]
-      <c r="H8" s="14">
+      <c r="D20" s="317"/>
+      <c r="E20" s="317"/>
+      <c r="F20" s="317"/>
+      <c r="G20" s="318">
+        <v>2024</v>
+      </c>
+      <c r="H20" s="318"/>
+      <c r="I20" s="318"/>
+      <c r="J20" s="319"/>
+    </row>
+    <row r="21" spans="1:10" ht="12.75" customHeight="1">
+      <c r="A21" s="316"/>
+      <c r="B21" s="316"/>
+      <c r="C21" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="D21" s="320"/>
+      <c r="E21" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" s="320"/>
+      <c r="G21" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="H21" s="320"/>
+      <c r="I21" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="J21" s="311"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1">
+      <c r="A22" s="312"/>
+      <c r="B22" s="312"/>
+      <c r="C22" s="359" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="359" t="s">
+        <v>30</v>
+      </c>
+      <c r="E22" s="359" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="359" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="359" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="359" t="s">
+        <v>30</v>
+      </c>
+      <c r="I22" s="359" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="360" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="25.5" customHeight="1">
+      <c r="A23" s="308" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" s="203" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="95">
+        <v>3608</v>
+      </c>
+      <c r="D23" s="195">
+        <v>0.60720296196566814</v>
+      </c>
+      <c r="E23" s="194">
+        <v>1508</v>
+      </c>
+      <c r="F23" s="195">
+        <v>0.2537866038370919</v>
+      </c>
+      <c r="G23" s="194">
+        <v>6402</v>
+      </c>
+      <c r="H23" s="195">
+        <v>0.8035647044056734</v>
+      </c>
+      <c r="I23" s="194">
+        <v>3479</v>
+      </c>
+      <c r="J23" s="196">
+        <v>0.43667628969499184</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="25.5" customHeight="1">
+      <c r="A24" s="309"/>
+      <c r="B24" s="204" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="11">
+        <v>8563</v>
+      </c>
+      <c r="D24" s="50">
+        <v>0.59751587467727307</v>
+      </c>
+      <c r="E24" s="15">
+        <v>4234</v>
+      </c>
+      <c r="F24" s="50">
+        <v>0.29544344428162722</v>
+      </c>
+      <c r="G24" s="15">
+        <v>12737</v>
+      </c>
+      <c r="H24" s="50">
+        <v>0.74919122404564442</v>
+      </c>
+      <c r="I24" s="15">
+        <v>7298</v>
+      </c>
+      <c r="J24" s="89">
+        <v>0.42926886653726254</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="25.5" customHeight="1">
+      <c r="A25" s="310"/>
+      <c r="B25" s="205" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="97">
+        <v>6162</v>
+      </c>
+      <c r="D25" s="198">
+        <v>0.48447204968944102</v>
+      </c>
+      <c r="E25" s="197">
+        <v>3076</v>
+      </c>
+      <c r="F25" s="198">
+        <v>0.24184291217863041</v>
+      </c>
+      <c r="G25" s="197">
+        <v>8485</v>
+      </c>
+      <c r="H25" s="198">
+        <v>0.61552412042074722</v>
+      </c>
+      <c r="I25" s="197">
+        <v>4411</v>
+      </c>
+      <c r="J25" s="199">
+        <v>0.31998549147624228</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="13">
+      <c r="A26" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="19">
+        <v>11843</v>
+      </c>
+      <c r="D26" s="49">
+        <v>0.57903486041167551</v>
+      </c>
+      <c r="E26" s="48">
+        <v>5609</v>
+      </c>
+      <c r="F26" s="49">
+        <v>0.2742384980198504</v>
+      </c>
+      <c r="G26" s="48">
+        <v>16633</v>
+      </c>
+      <c r="H26" s="49">
+        <v>0.75024808299503831</v>
+      </c>
+      <c r="I26" s="48">
+        <v>9215</v>
+      </c>
+      <c r="J26" s="88">
+        <v>0.41565178168696437</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="13">
+      <c r="A27" s="18"/>
+      <c r="B27" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="96">
+        <v>6490</v>
+      </c>
+      <c r="D27" s="200">
+        <v>0.51758513438073217</v>
+      </c>
+      <c r="E27" s="61">
+        <v>3209</v>
+      </c>
+      <c r="F27" s="200">
+        <v>0.25592152484249142</v>
+      </c>
+      <c r="G27" s="61">
+        <v>10991</v>
+      </c>
+      <c r="H27" s="200">
+        <v>0.66278719170234579</v>
+      </c>
+      <c r="I27" s="61">
+        <v>5973</v>
+      </c>
+      <c r="J27" s="201">
+        <v>0.36018814448531628</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="13">
+      <c r="A28" s="313" t="s">
+        <v>1</v>
+      </c>
+      <c r="B28" s="314"/>
+      <c r="C28" s="202">
+        <v>18333</v>
+      </c>
+      <c r="D28" s="87">
+        <v>0.55568016488845784</v>
+      </c>
+      <c r="E28" s="86">
+        <v>8818</v>
+      </c>
+      <c r="F28" s="87">
+        <v>0.26727691561590688</v>
+      </c>
+      <c r="G28" s="86">
+        <v>27624</v>
+      </c>
+      <c r="H28" s="87">
+        <v>0.71282223311743609</v>
+      </c>
+      <c r="I28" s="86">
+        <v>15188</v>
+      </c>
+      <c r="J28" s="90">
+        <v>0.39191804505457645</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" s="111" customFormat="1" ht="33.5" customHeight="1">
+      <c r="A29" s="298" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" s="298"/>
+      <c r="C29" s="298"/>
+      <c r="D29" s="298"/>
+      <c r="E29" s="298"/>
+      <c r="F29" s="298"/>
+      <c r="G29" s="298"/>
+      <c r="H29" s="298"/>
+      <c r="I29" s="298"/>
+      <c r="J29" s="298"/>
+    </row>
+    <row r="30" spans="1:10" s="111" customFormat="1" ht="39" customHeight="1">
+      <c r="A30" s="284" t="s">
         <v>101</v>
       </c>
-      <c r="I8" s="14">
-[...312 lines deleted...]
-      <c r="Q17" s="10"/>
+      <c r="B30" s="284"/>
+      <c r="C30" s="284"/>
+      <c r="D30" s="284"/>
+      <c r="E30" s="284"/>
+      <c r="F30" s="284"/>
+      <c r="G30" s="284"/>
+      <c r="H30" s="284"/>
+      <c r="I30" s="284"/>
+      <c r="J30" s="284"/>
+    </row>
+    <row r="31" spans="1:10" s="106" customFormat="1" ht="11.5">
+      <c r="A31" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B31" s="118"/>
+      <c r="C31" s="118"/>
+      <c r="D31" s="229"/>
+      <c r="E31" s="229"/>
+      <c r="F31" s="229"/>
+      <c r="G31" s="229"/>
+      <c r="H31" s="229"/>
+      <c r="I31" s="230"/>
+      <c r="J31" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="13.5" thickBot="1">
+      <c r="A32" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32" s="10"/>
+      <c r="C32" s="10"/>
+      <c r="D32" s="10"/>
+      <c r="E32" s="10"/>
+      <c r="F32" s="10"/>
+      <c r="G32" s="10"/>
+      <c r="H32" s="10"/>
+      <c r="I32" s="10"/>
+      <c r="J32" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
-[...7 lines deleted...]
-    <mergeCell ref="A13:Q13"/>
+  <mergeCells count="13">
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="A30:J30"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A20:B22"/>
+    <mergeCell ref="C20:F20"/>
+    <mergeCell ref="G20:J20"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="A23:A25"/>
+    <mergeCell ref="A4:J4"/>
   </mergeCells>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:L36"/>
+  <sheetViews>
+    <sheetView zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:L4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
+  <cols>
+    <col min="1" max="1" width="38.1796875" customWidth="1"/>
+    <col min="2" max="2" width="11.1796875" customWidth="1"/>
+    <col min="3" max="3" width="7.81640625" customWidth="1"/>
+    <col min="4" max="5" width="7.453125" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" customWidth="1"/>
+    <col min="7" max="8" width="8.1796875" customWidth="1"/>
+    <col min="9" max="9" width="8.453125" customWidth="1"/>
+    <col min="10" max="12" width="7.81640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+      <c r="K1" s="68"/>
+      <c r="L1" s="68"/>
+    </row>
+    <row r="2" spans="1:12" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+    </row>
+    <row r="3" spans="1:12" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A3" s="2"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+    </row>
+    <row r="4" spans="1:12" s="1" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A4" s="322" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="322"/>
+      <c r="C4" s="322"/>
+      <c r="D4" s="322"/>
+      <c r="E4" s="322"/>
+      <c r="F4" s="322"/>
+      <c r="G4" s="322"/>
+      <c r="H4" s="322"/>
+      <c r="I4" s="322"/>
+      <c r="J4" s="322"/>
+      <c r="K4" s="322"/>
+      <c r="L4" s="322"/>
+    </row>
+    <row r="5" spans="1:12" ht="14.25" customHeight="1">
+      <c r="A5" s="112"/>
+      <c r="B5" s="112"/>
+      <c r="C5" s="112"/>
+      <c r="D5" s="112"/>
+      <c r="E5" s="112"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="112"/>
+      <c r="H5" s="112"/>
+      <c r="I5" s="112"/>
+      <c r="J5" s="112"/>
+      <c r="K5" s="112"/>
+      <c r="L5" s="112"/>
+    </row>
+    <row r="6" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A6" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B6" s="4"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+    </row>
+    <row r="7" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A7" s="4"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+    </row>
+    <row r="8" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+    </row>
+    <row r="9" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+      <c r="K9" s="5"/>
+      <c r="L9" s="5"/>
+    </row>
+    <row r="10" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+    </row>
+    <row r="11" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A11" s="4"/>
+      <c r="B11" s="4"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5"/>
+      <c r="K11" s="5"/>
+      <c r="L11" s="5"/>
+    </row>
+    <row r="12" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4"/>
+      <c r="C12" s="5"/>
+      <c r="D12" s="5"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="5"/>
+      <c r="G12" s="5"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5"/>
+      <c r="K12" s="5"/>
+      <c r="L12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5"/>
+      <c r="K13" s="5"/>
+      <c r="L13" s="5"/>
+    </row>
+    <row r="14" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4"/>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="5"/>
+    </row>
+    <row r="15" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="5"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+      <c r="K15" s="5"/>
+      <c r="L15" s="5"/>
+    </row>
+    <row r="16" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="5"/>
+      <c r="D16" s="5"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+      <c r="K16" s="5"/>
+      <c r="L16" s="5"/>
+    </row>
+    <row r="17" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="5"/>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5"/>
+      <c r="K17" s="5"/>
+      <c r="L17" s="5"/>
+    </row>
+    <row r="18" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A18" s="4"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5"/>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5"/>
+      <c r="K18" s="5"/>
+      <c r="L18" s="5"/>
+    </row>
+    <row r="19" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A19" s="4"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="5"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5"/>
+      <c r="K19" s="5"/>
+      <c r="L19" s="5"/>
+    </row>
+    <row r="20" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A20" s="4"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="5"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5"/>
+      <c r="K20" s="5"/>
+      <c r="L20" s="5"/>
+    </row>
+    <row r="21" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A21" s="4"/>
+      <c r="B21" s="4"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="5"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5"/>
+      <c r="K21" s="5"/>
+      <c r="L21" s="5"/>
+    </row>
+    <row r="22" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="5"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5"/>
+    </row>
+    <row r="23" spans="1:12" ht="12.75" customHeight="1">
+      <c r="A23" s="4"/>
+      <c r="B23" s="4"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="5"/>
+      <c r="E23" s="5"/>
+      <c r="F23" s="5"/>
+      <c r="G23" s="5"/>
+      <c r="H23" s="5"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+    </row>
+    <row r="24" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
+      <c r="A24" s="4"/>
+      <c r="B24" s="4"/>
+      <c r="C24" s="5"/>
+      <c r="D24" s="5"/>
+      <c r="E24" s="5"/>
+      <c r="F24" s="5"/>
+      <c r="G24" s="5"/>
+      <c r="H24" s="5"/>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5"/>
+      <c r="K24" s="5"/>
+      <c r="L24" s="5"/>
+    </row>
+    <row r="25" spans="1:12" ht="20.25" customHeight="1" thickBot="1">
+      <c r="A25" s="76"/>
+      <c r="B25" s="77" t="s">
+        <v>34</v>
+      </c>
+      <c r="C25" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="76"/>
+      <c r="G25" s="77" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+    </row>
+    <row r="26" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A26" s="80" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" s="78"/>
+      <c r="C26" s="78"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+      <c r="F26" s="79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" s="75"/>
+      <c r="H26" s="75"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+    </row>
+    <row r="27" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A27" s="70" t="s">
+        <v>37</v>
+      </c>
+      <c r="B27" s="71">
+        <v>6773</v>
+      </c>
+      <c r="C27" s="110">
+        <v>0.30050135320999155</v>
+      </c>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" s="71">
+        <v>6484</v>
+      </c>
+      <c r="H27" s="110">
+        <v>0.2876791339456054</v>
+      </c>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+    </row>
+    <row r="28" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A28" s="69" t="s">
+        <v>38</v>
+      </c>
+      <c r="B28" s="114">
+        <v>1278</v>
+      </c>
+      <c r="C28" s="116">
+        <v>5.6701717023825371E-2</v>
+      </c>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="115" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" s="114">
+        <v>761</v>
+      </c>
+      <c r="H28" s="116">
+        <v>3.3763698478193355E-2</v>
+      </c>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+    </row>
+    <row r="29" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A29" s="70" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="113">
+        <v>623</v>
+      </c>
+      <c r="C29" s="110">
+        <v>2.7640977860597188E-2</v>
+      </c>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" s="113">
+        <v>64</v>
+      </c>
+      <c r="H29" s="110">
+        <v>2.8395226052619904E-3</v>
+      </c>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+    </row>
+    <row r="30" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A30" s="69" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" s="114">
+        <v>279</v>
+      </c>
+      <c r="C30" s="116">
+        <v>1.2378543857313989E-2</v>
+      </c>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="74" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" s="114">
+        <v>15230</v>
+      </c>
+      <c r="H30" s="116">
+        <v>0.67571764497093922</v>
+      </c>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+    </row>
+    <row r="31" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A31" s="70" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" s="113">
+        <v>13586</v>
+      </c>
+      <c r="C31" s="110">
+        <v>0.60277740804827185</v>
+      </c>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="82" t="s">
+        <v>41</v>
+      </c>
+      <c r="G31" s="81">
+        <v>22539</v>
+      </c>
+      <c r="H31" s="110">
+        <v>1</v>
+      </c>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12"/>
+      <c r="K31" s="12"/>
+      <c r="L31" s="12"/>
+    </row>
+    <row r="32" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A32" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="73">
+        <v>22539</v>
+      </c>
+      <c r="C32" s="116">
+        <v>1</v>
+      </c>
+      <c r="D32" s="12"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12"/>
+      <c r="L32" s="12"/>
+    </row>
+    <row r="33" spans="1:12" s="126" customFormat="1" ht="41.5" customHeight="1">
+      <c r="A33" s="321" t="s">
+        <v>104</v>
+      </c>
+      <c r="B33" s="321"/>
+      <c r="C33" s="321"/>
+      <c r="D33" s="321"/>
+      <c r="E33" s="321"/>
+      <c r="F33" s="321"/>
+      <c r="G33" s="321"/>
+      <c r="H33" s="321"/>
+      <c r="I33" s="321"/>
+      <c r="J33" s="321"/>
+      <c r="K33" s="321"/>
+      <c r="L33" s="321"/>
+    </row>
+    <row r="34" spans="1:12" s="126" customFormat="1" ht="16" customHeight="1">
+      <c r="A34" s="323" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="323"/>
+      <c r="C34" s="323"/>
+      <c r="D34" s="323"/>
+      <c r="E34" s="323"/>
+      <c r="F34" s="323"/>
+      <c r="G34" s="323"/>
+      <c r="H34" s="323"/>
+      <c r="I34" s="323"/>
+      <c r="J34" s="323"/>
+      <c r="K34" s="323"/>
+      <c r="L34" s="323"/>
+    </row>
+    <row r="35" spans="1:12" s="124" customFormat="1" ht="16" customHeight="1">
+      <c r="A35" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" s="118"/>
+      <c r="C35" s="120"/>
+      <c r="D35" s="120"/>
+      <c r="E35" s="125"/>
+      <c r="F35" s="125"/>
+      <c r="G35" s="125"/>
+      <c r="H35" s="125"/>
+      <c r="I35" s="125"/>
+      <c r="J35" s="125"/>
+      <c r="K35" s="125"/>
+      <c r="L35" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="16" customHeight="1" thickBot="1">
+      <c r="A36" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="10"/>
+      <c r="D36" s="10"/>
+      <c r="E36" s="10"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="10"/>
+      <c r="J36" s="10"/>
+      <c r="K36" s="10"/>
+      <c r="L36" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A33:L33"/>
+    <mergeCell ref="A4:L4"/>
+    <mergeCell ref="A34:L34"/>
+  </mergeCells>
+  <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.15748031496062992" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE20"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:AE4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="31" width="5.54296875" customWidth="1"/>
+    <col min="1" max="1" width="15.54296875" customWidth="1"/>
+    <col min="2" max="5" width="5.1796875" customWidth="1"/>
+    <col min="6" max="6" width="5.1796875" style="111" customWidth="1"/>
+    <col min="7" max="10" width="5.81640625" customWidth="1"/>
+    <col min="11" max="11" width="5.81640625" style="111" customWidth="1"/>
+    <col min="12" max="15" width="5.7265625" customWidth="1"/>
+    <col min="16" max="16" width="5.7265625" style="111" customWidth="1"/>
+    <col min="17" max="20" width="5.54296875" customWidth="1"/>
+    <col min="21" max="21" width="5.54296875" style="111" customWidth="1"/>
+    <col min="22" max="25" width="5.7265625" customWidth="1"/>
+    <col min="26" max="26" width="5.7265625" style="111" customWidth="1"/>
+    <col min="27" max="30" width="5.81640625" customWidth="1"/>
+    <col min="31" max="31" width="5.81640625" style="111" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" s="1" customFormat="1" ht="34" customHeight="1">
-      <c r="A1" s="244" t="s">
-[...31 lines deleted...]
-      <c r="AE1" s="72"/>
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="283"/>
+      <c r="K1" s="283"/>
+      <c r="L1" s="283"/>
+      <c r="M1" s="283"/>
+      <c r="N1" s="283"/>
+      <c r="O1" s="283"/>
+      <c r="P1" s="283"/>
+      <c r="Q1" s="283"/>
+      <c r="R1" s="283"/>
+      <c r="S1" s="283"/>
+      <c r="T1" s="283"/>
+      <c r="U1" s="283"/>
+      <c r="V1" s="283"/>
+      <c r="W1" s="283"/>
+      <c r="X1" s="283"/>
+      <c r="Y1" s="283"/>
+      <c r="Z1" s="283"/>
+      <c r="AA1" s="283"/>
+      <c r="AB1" s="283"/>
+      <c r="AC1" s="283"/>
+      <c r="AD1" s="59"/>
+      <c r="AE1" s="144"/>
     </row>
     <row r="2" spans="1:31" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
-      <c r="A2" s="40" t="s">
-[...31 lines deleted...]
-      <c r="AE2" s="40"/>
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+      <c r="R2" s="41"/>
+      <c r="S2" s="41"/>
+      <c r="T2" s="41"/>
+      <c r="U2" s="41"/>
+      <c r="V2" s="41"/>
+      <c r="W2" s="41"/>
+      <c r="X2" s="41"/>
+      <c r="Y2" s="41"/>
+      <c r="Z2" s="41"/>
+      <c r="AA2" s="41"/>
+      <c r="AB2" s="41"/>
+      <c r="AC2" s="41"/>
+      <c r="AD2" s="41"/>
+      <c r="AE2" s="41"/>
     </row>
     <row r="3" spans="1:31" s="1" customFormat="1" ht="13.5" thickTop="1">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
     </row>
     <row r="4" spans="1:31" ht="14.25" customHeight="1">
-      <c r="A4" s="258" t="s">
-[...31 lines deleted...]
-      <c r="AE4" s="258"/>
+      <c r="A4" s="322" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" s="322"/>
+      <c r="C4" s="322"/>
+      <c r="D4" s="322"/>
+      <c r="E4" s="322"/>
+      <c r="F4" s="322"/>
+      <c r="G4" s="322"/>
+      <c r="H4" s="322"/>
+      <c r="I4" s="322"/>
+      <c r="J4" s="322"/>
+      <c r="K4" s="322"/>
+      <c r="L4" s="322"/>
+      <c r="M4" s="322"/>
+      <c r="N4" s="322"/>
+      <c r="O4" s="322"/>
+      <c r="P4" s="322"/>
+      <c r="Q4" s="322"/>
+      <c r="R4" s="322"/>
+      <c r="S4" s="322"/>
+      <c r="T4" s="322"/>
+      <c r="U4" s="322"/>
+      <c r="V4" s="322"/>
+      <c r="W4" s="322"/>
+      <c r="X4" s="322"/>
+      <c r="Y4" s="322"/>
+      <c r="Z4" s="322"/>
+      <c r="AA4" s="322"/>
+      <c r="AB4" s="322"/>
+      <c r="AC4" s="322"/>
+      <c r="AD4" s="322"/>
+      <c r="AE4" s="322"/>
     </row>
     <row r="5" spans="1:31">
-      <c r="A5" s="17"/>
-[...29 lines deleted...]
-      <c r="AE5" s="17"/>
+      <c r="A5" s="12"/>
+      <c r="B5" s="12"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="112"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="112"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
+      <c r="O5" s="12"/>
+      <c r="P5" s="112"/>
+      <c r="Q5" s="12"/>
+      <c r="R5" s="12"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="12"/>
+      <c r="U5" s="112"/>
+      <c r="V5" s="12"/>
+      <c r="W5" s="12"/>
+      <c r="X5" s="12"/>
+      <c r="Y5" s="12"/>
+      <c r="Z5" s="112"/>
+      <c r="AA5" s="12"/>
+      <c r="AB5" s="12"/>
+      <c r="AC5" s="12"/>
+      <c r="AD5" s="12"/>
+      <c r="AE5" s="112"/>
     </row>
     <row r="6" spans="1:31" ht="20.25" customHeight="1">
-      <c r="A6" s="74"/>
-      <c r="B6" s="259" t="s">
+      <c r="A6" s="151"/>
+      <c r="B6" s="327" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="260"/>
-[...8 lines deleted...]
-      <c r="L6" s="259" t="s">
+      <c r="C6" s="328"/>
+      <c r="D6" s="328"/>
+      <c r="E6" s="328"/>
+      <c r="F6" s="328"/>
+      <c r="G6" s="328"/>
+      <c r="H6" s="328"/>
+      <c r="I6" s="328"/>
+      <c r="J6" s="328"/>
+      <c r="K6" s="329"/>
+      <c r="L6" s="327" t="s">
         <v>2</v>
       </c>
-      <c r="M6" s="260"/>
-[...8 lines deleted...]
-      <c r="V6" s="259" t="s">
+      <c r="M6" s="328"/>
+      <c r="N6" s="328"/>
+      <c r="O6" s="328"/>
+      <c r="P6" s="328"/>
+      <c r="Q6" s="328"/>
+      <c r="R6" s="328"/>
+      <c r="S6" s="328"/>
+      <c r="T6" s="328"/>
+      <c r="U6" s="329"/>
+      <c r="V6" s="324" t="s">
+        <v>126</v>
+      </c>
+      <c r="W6" s="325"/>
+      <c r="X6" s="325"/>
+      <c r="Y6" s="325"/>
+      <c r="Z6" s="325"/>
+      <c r="AA6" s="325"/>
+      <c r="AB6" s="325"/>
+      <c r="AC6" s="325"/>
+      <c r="AD6" s="325"/>
+      <c r="AE6" s="331"/>
+    </row>
+    <row r="7" spans="1:31" ht="20.25" customHeight="1">
+      <c r="A7" s="152"/>
+      <c r="B7" s="327" t="s">
         <v>3</v>
       </c>
-      <c r="W6" s="260"/>
-[...52 lines deleted...]
-      <c r="AE7" s="260"/>
+      <c r="C7" s="328"/>
+      <c r="D7" s="328"/>
+      <c r="E7" s="328"/>
+      <c r="F7" s="329"/>
+      <c r="G7" s="327" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7" s="328"/>
+      <c r="I7" s="328"/>
+      <c r="J7" s="328"/>
+      <c r="K7" s="329"/>
+      <c r="L7" s="327" t="s">
+        <v>3</v>
+      </c>
+      <c r="M7" s="328"/>
+      <c r="N7" s="328"/>
+      <c r="O7" s="328"/>
+      <c r="P7" s="329"/>
+      <c r="Q7" s="327" t="s">
+        <v>8</v>
+      </c>
+      <c r="R7" s="328"/>
+      <c r="S7" s="328"/>
+      <c r="T7" s="328"/>
+      <c r="U7" s="329"/>
+      <c r="V7" s="324" t="s">
+        <v>3</v>
+      </c>
+      <c r="W7" s="325"/>
+      <c r="X7" s="325"/>
+      <c r="Y7" s="325"/>
+      <c r="Z7" s="326"/>
+      <c r="AA7" s="330" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB7" s="325"/>
+      <c r="AC7" s="325"/>
+      <c r="AD7" s="325"/>
+      <c r="AE7" s="331"/>
     </row>
     <row r="8" spans="1:31" ht="20.25" customHeight="1">
-      <c r="A8" s="76"/>
-      <c r="B8" s="80">
+      <c r="A8" s="153"/>
+      <c r="B8" s="154">
         <v>2005</v>
       </c>
-      <c r="C8" s="77">
+      <c r="C8" s="155">
         <v>2010</v>
       </c>
-      <c r="D8" s="77">
+      <c r="D8" s="155">
         <v>2015</v>
       </c>
-      <c r="E8" s="77">
-[...2 lines deleted...]
-      <c r="F8" s="79">
+      <c r="E8" s="155">
         <v>2020</v>
       </c>
-      <c r="G8" s="82">
+      <c r="F8" s="156">
+        <v>2024</v>
+      </c>
+      <c r="G8" s="157">
         <v>2005</v>
       </c>
-      <c r="H8" s="80">
+      <c r="H8" s="154">
         <v>2010</v>
       </c>
-      <c r="I8" s="78">
+      <c r="I8" s="158">
         <v>2015</v>
       </c>
-      <c r="J8" s="77">
-[...2 lines deleted...]
-      <c r="K8" s="79">
+      <c r="J8" s="155">
         <v>2020</v>
       </c>
-      <c r="L8" s="80">
+      <c r="K8" s="156">
+        <v>2024</v>
+      </c>
+      <c r="L8" s="154">
         <v>2005</v>
       </c>
-      <c r="M8" s="77">
+      <c r="M8" s="155">
         <v>2010</v>
       </c>
-      <c r="N8" s="77">
+      <c r="N8" s="155">
         <v>2015</v>
       </c>
-      <c r="O8" s="77">
-[...2 lines deleted...]
-      <c r="P8" s="79">
+      <c r="O8" s="155">
         <v>2020</v>
       </c>
-      <c r="Q8" s="82">
+      <c r="P8" s="156" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q8" s="157">
         <v>2005</v>
       </c>
-      <c r="R8" s="80">
+      <c r="R8" s="154">
         <v>2010</v>
       </c>
-      <c r="S8" s="78">
+      <c r="S8" s="158">
         <v>2015</v>
       </c>
-      <c r="T8" s="77">
-[...2 lines deleted...]
-      <c r="U8" s="79">
+      <c r="T8" s="155">
         <v>2020</v>
       </c>
-      <c r="V8" s="82">
+      <c r="U8" s="156" t="s">
+        <v>106</v>
+      </c>
+      <c r="V8" s="157">
         <v>2005</v>
       </c>
-      <c r="W8" s="77">
+      <c r="W8" s="155">
         <v>2010</v>
       </c>
-      <c r="X8" s="77">
+      <c r="X8" s="155">
         <v>2015</v>
       </c>
-      <c r="Y8" s="77">
-[...2 lines deleted...]
-      <c r="Z8" s="79">
+      <c r="Y8" s="155">
         <v>2020</v>
       </c>
-      <c r="AA8" s="138">
+      <c r="Z8" s="156" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA8" s="159">
         <v>2005</v>
       </c>
-      <c r="AB8" s="77">
+      <c r="AB8" s="155">
         <v>2010</v>
       </c>
-      <c r="AC8" s="77">
+      <c r="AC8" s="155">
         <v>2015</v>
       </c>
-      <c r="AD8" s="77">
-[...2 lines deleted...]
-      <c r="AE8" s="81">
+      <c r="AD8" s="155">
         <v>2020</v>
+      </c>
+      <c r="AE8" s="160" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="9" spans="1:31" ht="16" customHeight="1">
       <c r="A9" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="55">
+        <v>12</v>
+      </c>
+      <c r="C9" s="48">
+        <v>17</v>
+      </c>
+      <c r="D9" s="48">
+        <v>6</v>
+      </c>
+      <c r="E9" s="48">
+        <v>10</v>
+      </c>
+      <c r="F9" s="35">
+        <v>4</v>
+      </c>
+      <c r="G9" s="56">
+        <v>7.3170731707317069E-2</v>
+      </c>
+      <c r="H9" s="33">
+        <v>8.5427135678391955E-2</v>
+      </c>
+      <c r="I9" s="33">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="J9" s="33">
+        <v>0.14705882352941177</v>
+      </c>
+      <c r="K9" s="36">
+        <v>0.10526315789473684</v>
+      </c>
+      <c r="L9" s="19">
+        <v>3014</v>
+      </c>
+      <c r="M9" s="48">
+        <v>3385</v>
+      </c>
+      <c r="N9" s="48">
+        <v>2692</v>
+      </c>
+      <c r="O9" s="48">
+        <v>2313</v>
+      </c>
+      <c r="P9" s="35">
+        <v>2278</v>
+      </c>
+      <c r="Q9" s="56">
+        <v>0.22148736037624928</v>
+      </c>
+      <c r="R9" s="33">
+        <v>0.1802065587734242</v>
+      </c>
+      <c r="S9" s="33">
+        <v>0.13022445820433437</v>
+      </c>
+      <c r="T9" s="33">
+        <v>9.7266610597140452E-2</v>
+      </c>
+      <c r="U9" s="33">
+        <v>7.9664276971498513E-2</v>
+      </c>
+      <c r="V9" s="55">
+        <v>1280</v>
+      </c>
+      <c r="W9" s="48">
+        <v>2250</v>
+      </c>
+      <c r="X9" s="48">
+        <v>2641</v>
+      </c>
+      <c r="Y9" s="48">
+        <v>2557</v>
+      </c>
+      <c r="Z9" s="35">
+        <v>3098</v>
+      </c>
+      <c r="AA9" s="193">
+        <v>0.2567703109327984</v>
+      </c>
+      <c r="AB9" s="33">
+        <v>0.25058469762779817</v>
+      </c>
+      <c r="AC9" s="33">
+        <v>0.23922101449275363</v>
+      </c>
+      <c r="AD9" s="33">
+        <v>0.19614912549861921</v>
+      </c>
+      <c r="AE9" s="54">
+        <v>0.19757653061224489</v>
+      </c>
+    </row>
+    <row r="10" spans="1:31" ht="16" customHeight="1">
+      <c r="A10" s="30" t="s">
         <v>5</v>
-      </c>
-[...93 lines deleted...]
-        <v>6</v>
       </c>
       <c r="B10" s="42">
         <v>26</v>
       </c>
-      <c r="C10" s="21">
+      <c r="C10" s="15">
         <v>15</v>
       </c>
-      <c r="D10" s="21">
+      <c r="D10" s="15">
         <v>12</v>
       </c>
-      <c r="E10" s="21">
-[...2 lines deleted...]
-      <c r="F10" s="26">
+      <c r="E10" s="15">
         <v>13</v>
       </c>
-      <c r="G10" s="27">
+      <c r="F10" s="24">
+        <v>8</v>
+      </c>
+      <c r="G10" s="26">
         <v>0.15853658536585366</v>
       </c>
-      <c r="H10" s="31">
+      <c r="H10" s="34">
         <v>7.5376884422110546E-2</v>
       </c>
-      <c r="I10" s="31">
+      <c r="I10" s="34">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="J10" s="31">
-[...2 lines deleted...]
-      <c r="K10" s="36">
+      <c r="J10" s="34">
         <v>0.19117647058823528</v>
       </c>
-      <c r="L10" s="42">
+      <c r="K10" s="37">
+        <v>0.21052631578947367</v>
+      </c>
+      <c r="L10" s="11">
         <v>2812</v>
       </c>
-      <c r="M10" s="21">
+      <c r="M10" s="15">
         <v>4012</v>
       </c>
-      <c r="N10" s="21">
+      <c r="N10" s="15">
         <v>3833</v>
       </c>
-      <c r="O10" s="21">
-[...2 lines deleted...]
-      <c r="P10" s="26">
+      <c r="O10" s="15">
         <v>3847</v>
       </c>
-      <c r="Q10" s="27">
+      <c r="P10" s="24">
+        <v>4014</v>
+      </c>
+      <c r="Q10" s="26">
         <v>0.20664315108759554</v>
       </c>
-      <c r="R10" s="31">
+      <c r="R10" s="34">
         <v>0.21358603066439524</v>
       </c>
-      <c r="S10" s="31">
+      <c r="S10" s="34">
         <v>0.18541989164086686</v>
       </c>
-      <c r="T10" s="31">
-[...2 lines deleted...]
-      <c r="U10" s="36">
+      <c r="T10" s="34">
         <v>0.16177460050462575</v>
+      </c>
+      <c r="U10" s="34">
+        <v>0.14037419129218395</v>
       </c>
       <c r="V10" s="42">
         <v>1067</v>
       </c>
-      <c r="W10" s="21">
+      <c r="W10" s="15">
         <v>2053</v>
       </c>
-      <c r="X10" s="21">
+      <c r="X10" s="15">
         <v>2484</v>
       </c>
-      <c r="Y10" s="21">
-[...2 lines deleted...]
-      <c r="Z10" s="26">
+      <c r="Y10" s="15">
         <v>2880</v>
       </c>
-      <c r="AA10" s="140">
+      <c r="Z10" s="24">
+        <v>3564</v>
+      </c>
+      <c r="AA10" s="102">
         <v>0.21404212637913742</v>
       </c>
-      <c r="AB10" s="31">
+      <c r="AB10" s="34">
         <v>0.22864461521327542</v>
       </c>
-      <c r="AC10" s="31">
+      <c r="AC10" s="34">
         <v>0.22500000000000001</v>
       </c>
-      <c r="AD10" s="31">
-[...2 lines deleted...]
-      <c r="AE10" s="25">
+      <c r="AD10" s="34">
         <v>0.2209266646210494</v>
       </c>
+      <c r="AE10" s="22">
+        <v>0.22729591836734694</v>
+      </c>
     </row>
     <row r="11" spans="1:31" ht="16" customHeight="1">
-      <c r="A11" s="29" t="s">
-        <v>7</v>
+      <c r="A11" s="30" t="s">
+        <v>6</v>
       </c>
       <c r="B11" s="42">
         <v>2</v>
       </c>
-      <c r="C11" s="21">
+      <c r="C11" s="15">
         <v>12</v>
       </c>
-      <c r="D11" s="21">
+      <c r="D11" s="15">
         <v>6</v>
       </c>
-      <c r="E11" s="21">
-[...2 lines deleted...]
-      <c r="F11" s="26">
+      <c r="E11" s="15">
         <v>2</v>
       </c>
-      <c r="G11" s="27">
+      <c r="F11" s="24">
+        <v>2</v>
+      </c>
+      <c r="G11" s="26">
         <v>1.2195121951219513E-2</v>
       </c>
-      <c r="H11" s="31">
+      <c r="H11" s="34">
         <v>6.030150753768844E-2</v>
       </c>
-      <c r="I11" s="31">
+      <c r="I11" s="34">
         <v>4.8000000000000001E-2</v>
       </c>
-      <c r="J11" s="31">
-[...2 lines deleted...]
-      <c r="K11" s="36">
+      <c r="J11" s="34">
         <v>2.9411764705882353E-2</v>
       </c>
-      <c r="L11" s="42">
+      <c r="K11" s="37">
+        <v>5.2631578947368418E-2</v>
+      </c>
+      <c r="L11" s="11">
         <v>1181</v>
       </c>
-      <c r="M11" s="21">
+      <c r="M11" s="15">
         <v>1931</v>
       </c>
-      <c r="N11" s="21">
+      <c r="N11" s="15">
         <v>2389</v>
       </c>
-      <c r="O11" s="21">
-[...2 lines deleted...]
-      <c r="P11" s="26">
+      <c r="O11" s="15">
         <v>2661</v>
       </c>
-      <c r="Q11" s="27">
+      <c r="P11" s="24">
+        <v>3381</v>
+      </c>
+      <c r="Q11" s="26">
         <v>8.6787184009406229E-2</v>
       </c>
-      <c r="R11" s="31">
+      <c r="R11" s="34">
         <v>0.10280025553662692</v>
       </c>
-      <c r="S11" s="31">
+      <c r="S11" s="34">
         <v>0.11556695046439629</v>
       </c>
-      <c r="T11" s="31">
-[...2 lines deleted...]
-      <c r="U11" s="36">
+      <c r="T11" s="34">
         <v>0.11190075693860387</v>
+      </c>
+      <c r="U11" s="34">
+        <v>0.11823745410036719</v>
       </c>
       <c r="V11" s="42">
         <v>743</v>
       </c>
-      <c r="W11" s="21">
+      <c r="W11" s="15">
         <v>1343</v>
       </c>
-      <c r="X11" s="21">
+      <c r="X11" s="15">
         <v>1762</v>
       </c>
-      <c r="Y11" s="21">
-[...2 lines deleted...]
-      <c r="Z11" s="26">
+      <c r="Y11" s="15">
         <v>1952</v>
       </c>
-      <c r="AA11" s="140">
+      <c r="Z11" s="24">
+        <v>2543</v>
+      </c>
+      <c r="AA11" s="102">
         <v>0.14904714142427281</v>
       </c>
-      <c r="AB11" s="31">
+      <c r="AB11" s="34">
         <v>0.14957122173961465</v>
       </c>
-      <c r="AC11" s="31">
+      <c r="AC11" s="34">
         <v>0.15960144927536232</v>
       </c>
-      <c r="AD11" s="31">
-[...2 lines deleted...]
-      <c r="AE11" s="25">
+      <c r="AD11" s="34">
         <v>0.14973918379871126</v>
       </c>
+      <c r="AE11" s="22">
+        <v>0.16218112244897959</v>
+      </c>
     </row>
     <row r="12" spans="1:31" ht="16" customHeight="1">
-      <c r="A12" s="29" t="s">
-        <v>8</v>
+      <c r="A12" s="30" t="s">
+        <v>7</v>
       </c>
       <c r="B12" s="42">
         <v>109</v>
       </c>
-      <c r="C12" s="21">
+      <c r="C12" s="15">
         <v>151</v>
       </c>
-      <c r="D12" s="21">
+      <c r="D12" s="15">
         <v>98</v>
       </c>
-      <c r="E12" s="21">
-[...2 lines deleted...]
-      <c r="F12" s="26">
+      <c r="E12" s="15">
         <v>39</v>
       </c>
-      <c r="G12" s="27">
+      <c r="F12" s="24">
+        <v>24</v>
+      </c>
+      <c r="G12" s="26">
         <v>0.66463414634146345</v>
       </c>
-      <c r="H12" s="31">
+      <c r="H12" s="34">
         <v>0.75879396984924619</v>
       </c>
-      <c r="I12" s="31">
+      <c r="I12" s="34">
         <v>0.78400000000000003</v>
       </c>
-      <c r="J12" s="31">
-[...2 lines deleted...]
-      <c r="K12" s="36">
+      <c r="J12" s="34">
         <v>0.57352941176470584</v>
       </c>
-      <c r="L12" s="42">
+      <c r="K12" s="37">
+        <v>0.63157894736842102</v>
+      </c>
+      <c r="L12" s="11">
         <v>6188</v>
       </c>
-      <c r="M12" s="21">
+      <c r="M12" s="15">
         <v>9287</v>
       </c>
-      <c r="N12" s="21">
+      <c r="N12" s="15">
         <v>11263</v>
       </c>
-      <c r="O12" s="21">
-[...2 lines deleted...]
-      <c r="P12" s="26">
+      <c r="O12" s="15">
         <v>14853</v>
       </c>
-      <c r="Q12" s="27">
+      <c r="P12" s="24">
+        <v>18770</v>
+      </c>
+      <c r="Q12" s="26">
         <v>0.45473251028806583</v>
       </c>
-      <c r="R12" s="31">
+      <c r="R12" s="34">
         <v>0.49441013628620101</v>
       </c>
-      <c r="S12" s="31">
+      <c r="S12" s="34">
         <v>0.54484326625386992</v>
       </c>
-      <c r="T12" s="31">
-[...2 lines deleted...]
-      <c r="U12" s="36">
+      <c r="T12" s="34">
         <v>0.62460050462573591</v>
+      </c>
+      <c r="U12" s="34">
+        <v>0.65640846301801015</v>
       </c>
       <c r="V12" s="42">
         <v>1713</v>
       </c>
-      <c r="W12" s="21">
+      <c r="W12" s="15">
         <v>3253</v>
       </c>
-      <c r="X12" s="21">
+      <c r="X12" s="15">
         <v>4031</v>
       </c>
-      <c r="Y12" s="21">
-[...2 lines deleted...]
-      <c r="Z12" s="26">
+      <c r="Y12" s="15">
         <v>5487</v>
       </c>
-      <c r="AA12" s="140">
+      <c r="Z12" s="24">
+        <v>6242</v>
+      </c>
+      <c r="AA12" s="102">
         <v>0.34363089267803409</v>
       </c>
-      <c r="AB12" s="31">
+      <c r="AB12" s="34">
         <v>0.36228978728143446</v>
       </c>
-      <c r="AC12" s="31">
+      <c r="AC12" s="34">
         <v>0.3651268115942029</v>
       </c>
-      <c r="AD12" s="31">
-[...2 lines deleted...]
-      <c r="AE12" s="25">
+      <c r="AD12" s="34">
         <v>0.42091132249156182</v>
       </c>
+      <c r="AE12" s="22">
+        <v>0.39808673469387756</v>
+      </c>
     </row>
     <row r="13" spans="1:31" ht="16" customHeight="1">
-      <c r="A13" s="29" t="s">
-[...14 lines deleted...]
-      <c r="N13" s="21">
+      <c r="A13" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="60"/>
+      <c r="C13" s="61"/>
+      <c r="D13" s="61"/>
+      <c r="E13" s="61"/>
+      <c r="F13" s="62"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="64"/>
+      <c r="I13" s="64"/>
+      <c r="J13" s="64"/>
+      <c r="K13" s="65"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="61"/>
+      <c r="N13" s="15">
         <v>285</v>
       </c>
-      <c r="O13" s="109"/>
-[...3 lines deleted...]
-      <c r="S13" s="31">
+      <c r="O13" s="61"/>
+      <c r="P13" s="64"/>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="64"/>
+      <c r="S13" s="34">
         <v>1.3786764705882353E-2</v>
       </c>
-      <c r="T13" s="87"/>
-[...10 lines deleted...]
-      <c r="AE13" s="89"/>
+      <c r="T13" s="64"/>
+      <c r="U13" s="64"/>
+      <c r="V13" s="60"/>
+      <c r="W13" s="61"/>
+      <c r="X13" s="61"/>
+      <c r="Y13" s="61"/>
+      <c r="Z13" s="62"/>
+      <c r="AA13" s="40"/>
+      <c r="AB13" s="64"/>
+      <c r="AC13" s="64"/>
+      <c r="AD13" s="64"/>
+      <c r="AE13" s="67"/>
     </row>
     <row r="14" spans="1:31" ht="16" customHeight="1">
-      <c r="A14" s="29" t="s">
-        <v>142</v>
+      <c r="A14" s="30" t="s">
+        <v>58</v>
       </c>
       <c r="B14" s="42">
         <v>15</v>
       </c>
-      <c r="C14" s="21">
+      <c r="C14" s="15">
         <v>4</v>
       </c>
-      <c r="D14" s="21">
+      <c r="D14" s="15">
         <v>3</v>
       </c>
-      <c r="E14" s="34">
-[...2 lines deleted...]
-      <c r="F14" s="26">
+      <c r="E14" s="15">
         <v>4</v>
       </c>
-      <c r="G14" s="27">
+      <c r="F14" s="24">
+        <v>0</v>
+      </c>
+      <c r="G14" s="26">
         <v>9.1463414634146339E-2</v>
       </c>
-      <c r="H14" s="31">
+      <c r="H14" s="34">
         <v>2.0100502512562814E-2</v>
       </c>
-      <c r="I14" s="31">
+      <c r="I14" s="34">
         <v>2.4E-2</v>
       </c>
-      <c r="J14" s="31">
-[...2 lines deleted...]
-      <c r="K14" s="36">
+      <c r="J14" s="34">
         <v>5.8823529411764705E-2</v>
       </c>
-      <c r="L14" s="42">
+      <c r="K14" s="37">
+        <v>0</v>
+      </c>
+      <c r="L14" s="11">
         <v>413</v>
       </c>
-      <c r="M14" s="21">
+      <c r="M14" s="15">
         <v>169</v>
       </c>
-      <c r="N14" s="21">
+      <c r="N14" s="15">
         <v>210</v>
       </c>
-      <c r="O14" s="34">
-[...2 lines deleted...]
-      <c r="P14" s="26">
+      <c r="O14" s="15">
         <v>106</v>
       </c>
-      <c r="Q14" s="27">
+      <c r="P14" s="24">
+        <v>152</v>
+      </c>
+      <c r="Q14" s="26">
         <v>3.0349794238683128E-2</v>
       </c>
-      <c r="R14" s="31">
+      <c r="R14" s="34">
         <v>8.9970187393526406E-3</v>
       </c>
-      <c r="S14" s="31">
+      <c r="S14" s="34">
         <v>1.0158668730650154E-2</v>
       </c>
-      <c r="T14" s="31">
-[...2 lines deleted...]
-      <c r="U14" s="36">
+      <c r="T14" s="34">
         <v>4.4575273338940289E-3</v>
+      </c>
+      <c r="U14" s="34">
+        <v>5.3156146179401996E-3</v>
       </c>
       <c r="V14" s="42">
         <v>182</v>
       </c>
-      <c r="W14" s="21">
+      <c r="W14" s="15">
         <v>80</v>
       </c>
-      <c r="X14" s="21">
+      <c r="X14" s="15">
         <v>122</v>
       </c>
-      <c r="Y14" s="34">
-[...2 lines deleted...]
-      <c r="Z14" s="26">
+      <c r="Y14" s="15">
         <v>160</v>
       </c>
-      <c r="AA14" s="140">
+      <c r="Z14" s="24">
+        <v>233</v>
+      </c>
+      <c r="AA14" s="102">
         <v>3.6509528585757269E-2</v>
       </c>
-      <c r="AB14" s="31">
+      <c r="AB14" s="34">
         <v>8.9096781378772694E-3</v>
       </c>
-      <c r="AC14" s="31">
+      <c r="AC14" s="34">
         <v>1.1050724637681159E-2</v>
       </c>
-      <c r="AD14" s="31">
-[...2 lines deleted...]
-      <c r="AE14" s="25">
+      <c r="AD14" s="34">
         <v>1.2273703590058299E-2</v>
       </c>
+      <c r="AE14" s="22">
+        <v>1.485969387755102E-2</v>
+      </c>
     </row>
     <row r="15" spans="1:31" ht="16" customHeight="1">
-      <c r="A15" s="227" t="s">
+      <c r="A15" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="228">
+      <c r="B15" s="32">
         <v>164</v>
       </c>
-      <c r="C15" s="229">
+      <c r="C15" s="17">
         <v>199</v>
       </c>
-      <c r="D15" s="229">
+      <c r="D15" s="17">
         <v>125</v>
       </c>
-      <c r="E15" s="230">
-[...2 lines deleted...]
-      <c r="F15" s="231">
+      <c r="E15" s="17">
         <v>68</v>
       </c>
-      <c r="G15" s="232">
+      <c r="F15" s="25">
+        <v>38</v>
+      </c>
+      <c r="G15" s="27">
         <v>1</v>
       </c>
-      <c r="H15" s="233">
+      <c r="H15" s="66">
         <v>1</v>
       </c>
-      <c r="I15" s="233">
+      <c r="I15" s="66">
         <v>1</v>
       </c>
-      <c r="J15" s="233">
+      <c r="J15" s="66">
         <v>1</v>
       </c>
-      <c r="K15" s="234">
+      <c r="K15" s="53">
         <v>1</v>
       </c>
-      <c r="L15" s="228">
+      <c r="L15" s="188">
         <v>13608</v>
       </c>
-      <c r="M15" s="229">
+      <c r="M15" s="17">
         <v>18784</v>
       </c>
-      <c r="N15" s="229">
+      <c r="N15" s="17">
         <v>20672</v>
       </c>
-      <c r="O15" s="230">
-[...2 lines deleted...]
-      <c r="P15" s="231">
+      <c r="O15" s="17">
         <v>23780</v>
       </c>
-      <c r="Q15" s="232">
+      <c r="P15" s="25">
+        <v>28595</v>
+      </c>
+      <c r="Q15" s="27">
         <v>1</v>
       </c>
-      <c r="R15" s="233">
+      <c r="R15" s="66">
         <v>1</v>
       </c>
-      <c r="S15" s="233">
+      <c r="S15" s="66">
         <v>1</v>
       </c>
-      <c r="T15" s="233">
+      <c r="T15" s="66">
         <v>1</v>
       </c>
-      <c r="U15" s="234">
+      <c r="U15" s="66">
         <v>1</v>
       </c>
-      <c r="V15" s="228">
+      <c r="V15" s="32">
         <v>4985</v>
       </c>
-      <c r="W15" s="229">
+      <c r="W15" s="17">
         <v>8979</v>
       </c>
-      <c r="X15" s="229">
+      <c r="X15" s="17">
         <v>11040</v>
       </c>
-      <c r="Y15" s="230">
-[...2 lines deleted...]
-      <c r="Z15" s="231">
+      <c r="Y15" s="17">
         <v>13036</v>
       </c>
-      <c r="AA15" s="232">
+      <c r="Z15" s="25">
+        <v>15680</v>
+      </c>
+      <c r="AA15" s="27">
         <v>1</v>
       </c>
-      <c r="AB15" s="235">
+      <c r="AB15" s="16">
         <v>1</v>
       </c>
-      <c r="AC15" s="233">
+      <c r="AC15" s="66">
         <v>1</v>
       </c>
-      <c r="AD15" s="233">
+      <c r="AD15" s="66">
         <v>1</v>
       </c>
-      <c r="AE15" s="236">
+      <c r="AE15" s="23">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:31" s="151" customFormat="1" ht="35.5" customHeight="1">
-[...105 lines deleted...]
-      <c r="A19" s="165" t="s">
+    <row r="16" spans="1:31" s="106" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A16" s="332" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="332"/>
+      <c r="C16" s="332"/>
+      <c r="D16" s="332"/>
+      <c r="E16" s="332"/>
+      <c r="F16" s="332"/>
+      <c r="G16" s="332"/>
+      <c r="H16" s="332"/>
+      <c r="I16" s="332"/>
+      <c r="J16" s="332"/>
+      <c r="K16" s="332"/>
+      <c r="L16" s="332"/>
+      <c r="M16" s="332"/>
+      <c r="N16" s="332"/>
+      <c r="O16" s="332"/>
+      <c r="P16" s="332"/>
+      <c r="Q16" s="332"/>
+      <c r="R16" s="332"/>
+      <c r="S16" s="332"/>
+      <c r="T16" s="332"/>
+      <c r="U16" s="332"/>
+      <c r="V16" s="332"/>
+      <c r="W16" s="332"/>
+      <c r="X16" s="332"/>
+      <c r="Y16" s="332"/>
+      <c r="Z16" s="332"/>
+      <c r="AA16" s="332"/>
+      <c r="AB16" s="332"/>
+      <c r="AC16" s="332"/>
+      <c r="AD16" s="332"/>
+      <c r="AE16" s="332"/>
+    </row>
+    <row r="17" spans="1:31" s="111" customFormat="1" ht="75.75" customHeight="1">
+      <c r="A17" s="288" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" s="288"/>
+      <c r="C17" s="288"/>
+      <c r="D17" s="288"/>
+      <c r="E17" s="288"/>
+      <c r="F17" s="288"/>
+      <c r="G17" s="288"/>
+      <c r="H17" s="288"/>
+      <c r="I17" s="288"/>
+      <c r="J17" s="288"/>
+      <c r="K17" s="288"/>
+      <c r="L17" s="288"/>
+      <c r="M17" s="288"/>
+      <c r="N17" s="288"/>
+      <c r="O17" s="288"/>
+      <c r="P17" s="288"/>
+      <c r="Q17" s="288"/>
+      <c r="R17" s="288"/>
+      <c r="S17" s="288"/>
+      <c r="T17" s="288"/>
+      <c r="U17" s="288"/>
+      <c r="V17" s="288"/>
+      <c r="W17" s="288"/>
+      <c r="X17" s="288"/>
+      <c r="Y17" s="288"/>
+      <c r="Z17" s="288"/>
+      <c r="AA17" s="288"/>
+      <c r="AB17" s="288"/>
+      <c r="AC17" s="288"/>
+      <c r="AD17" s="288"/>
+      <c r="AE17" s="288"/>
+    </row>
+    <row r="18" spans="1:31" s="106" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A18" s="332" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="332"/>
+      <c r="C18" s="332"/>
+      <c r="D18" s="332"/>
+      <c r="E18" s="332"/>
+      <c r="F18" s="332"/>
+      <c r="G18" s="332"/>
+      <c r="H18" s="332"/>
+      <c r="I18" s="332"/>
+      <c r="J18" s="332"/>
+      <c r="K18" s="332"/>
+      <c r="L18" s="332"/>
+      <c r="M18" s="332"/>
+      <c r="N18" s="332"/>
+      <c r="O18" s="332"/>
+      <c r="P18" s="332"/>
+      <c r="Q18" s="332"/>
+      <c r="R18" s="332"/>
+      <c r="S18" s="332"/>
+      <c r="T18" s="332"/>
+      <c r="U18" s="332"/>
+      <c r="V18" s="332"/>
+      <c r="W18" s="332"/>
+      <c r="X18" s="332"/>
+      <c r="Y18" s="332"/>
+      <c r="Z18" s="332"/>
+      <c r="AA18" s="332"/>
+      <c r="AB18" s="332"/>
+      <c r="AC18" s="332"/>
+      <c r="AD18" s="332"/>
+      <c r="AE18" s="332"/>
+    </row>
+    <row r="19" spans="1:31" s="106" customFormat="1" ht="11.5">
+      <c r="A19" s="118" t="s">
+        <v>108</v>
+      </c>
+      <c r="B19" s="118"/>
+      <c r="C19" s="120"/>
+      <c r="D19" s="120"/>
+      <c r="E19" s="120"/>
+      <c r="F19" s="120"/>
+      <c r="G19" s="120"/>
+      <c r="H19" s="119"/>
+      <c r="I19" s="119"/>
+      <c r="J19" s="119"/>
+      <c r="K19" s="119"/>
+      <c r="L19" s="119"/>
+      <c r="M19" s="119"/>
+      <c r="N19" s="119"/>
+      <c r="O19" s="119"/>
+      <c r="P19" s="119"/>
+      <c r="Q19" s="119"/>
+      <c r="R19" s="119"/>
+      <c r="S19" s="119"/>
+      <c r="T19" s="119"/>
+      <c r="U19" s="119"/>
+      <c r="V19" s="119"/>
+      <c r="W19" s="119"/>
+      <c r="X19" s="119"/>
+      <c r="Y19" s="119"/>
+      <c r="Z19" s="119"/>
+      <c r="AA19" s="119"/>
+      <c r="AB19" s="119"/>
+      <c r="AC19" s="121"/>
+      <c r="AD19" s="121"/>
+      <c r="AE19" s="121" t="s">
         <v>149</v>
       </c>
-      <c r="B19" s="165"/>
-[...32 lines deleted...]
-    <row r="20" spans="1:31" ht="16" customHeight="1" thickBot="1">
+    </row>
+    <row r="20" spans="1:31" ht="13.5" thickBot="1">
       <c r="A20" s="9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
       <c r="R20" s="10"/>
       <c r="S20" s="10"/>
       <c r="T20" s="10"/>
       <c r="U20" s="10"/>
       <c r="V20" s="10"/>
       <c r="W20" s="10"/>
       <c r="X20" s="10"/>
       <c r="Y20" s="10"/>
       <c r="Z20" s="10"/>
       <c r="AA20" s="10"/>
       <c r="AB20" s="10"/>
       <c r="AC20" s="10"/>
       <c r="AD20" s="10"/>
       <c r="AE20" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="A17:AE17"/>
     <mergeCell ref="A1:AC1"/>
-    <mergeCell ref="B6:K6"/>
+    <mergeCell ref="V7:Z7"/>
+    <mergeCell ref="Q7:U7"/>
     <mergeCell ref="L6:U6"/>
-    <mergeCell ref="V6:AE6"/>
+    <mergeCell ref="L7:P7"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="G7:K7"/>
-    <mergeCell ref="L7:P7"/>
-[...1 lines deleted...]
-    <mergeCell ref="V7:Z7"/>
+    <mergeCell ref="AA7:AE7"/>
+    <mergeCell ref="V6:AE6"/>
+    <mergeCell ref="A16:AE16"/>
+    <mergeCell ref="A4:AE4"/>
     <mergeCell ref="A18:AE18"/>
-    <mergeCell ref="A4:AE4"/>
-[...2 lines deleted...]
-    <mergeCell ref="A16:AE16"/>
+    <mergeCell ref="B6:K6"/>
   </mergeCells>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-[...422 lines deleted...]
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J31"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81B26971-AB45-499D-8670-C62DABF056BE}">
+  <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:G4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
+  <cols>
+    <col min="1" max="5" width="12.54296875" style="111" customWidth="1"/>
+    <col min="6" max="7" width="9.26953125" style="111" customWidth="1"/>
+    <col min="8" max="16384" width="11.453125" style="111"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" s="1" customFormat="1" ht="34" customHeight="1">
+      <c r="A1" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="52"/>
+      <c r="G1" s="52"/>
+    </row>
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+    </row>
+    <row r="4" spans="1:7" ht="27.25" customHeight="1">
+      <c r="A4" s="333" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="333"/>
+      <c r="C4" s="333"/>
+      <c r="D4" s="333"/>
+      <c r="E4" s="333"/>
+      <c r="F4" s="333"/>
+      <c r="G4" s="333"/>
+    </row>
+    <row r="5" spans="1:7" ht="15" customHeight="1">
+      <c r="A5" s="128"/>
+      <c r="B5" s="128"/>
+      <c r="C5" s="128"/>
+      <c r="D5" s="128"/>
+      <c r="E5" s="128"/>
+      <c r="F5" s="128"/>
+      <c r="G5" s="128"/>
+    </row>
+    <row r="6" spans="1:7" ht="15" customHeight="1">
+      <c r="A6" s="130" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" s="128"/>
+      <c r="C6" s="128"/>
+      <c r="D6" s="130" t="s">
+        <v>152</v>
+      </c>
+      <c r="E6" s="112"/>
+      <c r="G6" s="130"/>
+    </row>
+    <row r="7" spans="1:7" ht="15" customHeight="1">
+      <c r="A7" s="128"/>
+      <c r="B7" s="128"/>
+      <c r="C7" s="128"/>
+      <c r="D7" s="128"/>
+      <c r="E7" s="128"/>
+      <c r="F7" s="128"/>
+      <c r="G7" s="128"/>
+    </row>
+    <row r="8" spans="1:7" ht="15" customHeight="1">
+      <c r="A8" s="128"/>
+      <c r="B8" s="128"/>
+      <c r="C8" s="128"/>
+      <c r="D8" s="128"/>
+      <c r="E8" s="128"/>
+      <c r="F8" s="128"/>
+      <c r="G8" s="128"/>
+    </row>
+    <row r="9" spans="1:7" ht="15" customHeight="1">
+      <c r="A9" s="128"/>
+      <c r="B9" s="128"/>
+      <c r="C9" s="128"/>
+      <c r="D9" s="128"/>
+      <c r="E9" s="128"/>
+      <c r="F9" s="128"/>
+      <c r="G9" s="128"/>
+    </row>
+    <row r="10" spans="1:7" ht="15" customHeight="1">
+      <c r="A10" s="128"/>
+      <c r="B10" s="128"/>
+      <c r="C10" s="128"/>
+      <c r="D10" s="128"/>
+      <c r="E10" s="128"/>
+      <c r="F10" s="128"/>
+      <c r="G10" s="128"/>
+    </row>
+    <row r="11" spans="1:7" ht="15" customHeight="1">
+      <c r="A11" s="128"/>
+      <c r="B11" s="128"/>
+      <c r="C11" s="128"/>
+      <c r="D11" s="128"/>
+      <c r="E11" s="128"/>
+      <c r="F11" s="128"/>
+      <c r="G11" s="128"/>
+    </row>
+    <row r="12" spans="1:7" ht="15" customHeight="1">
+      <c r="A12" s="128"/>
+      <c r="B12" s="128"/>
+      <c r="C12" s="128"/>
+      <c r="D12" s="128"/>
+      <c r="E12" s="128"/>
+      <c r="F12" s="128"/>
+      <c r="G12" s="128"/>
+    </row>
+    <row r="13" spans="1:7" ht="15" customHeight="1">
+      <c r="A13" s="128"/>
+      <c r="B13" s="128"/>
+      <c r="C13" s="128"/>
+      <c r="D13" s="128"/>
+      <c r="E13" s="128"/>
+      <c r="F13" s="128"/>
+      <c r="G13" s="128"/>
+    </row>
+    <row r="14" spans="1:7" ht="15" customHeight="1">
+      <c r="A14" s="128"/>
+      <c r="B14" s="128"/>
+      <c r="C14" s="128"/>
+      <c r="D14" s="128"/>
+      <c r="E14" s="128"/>
+      <c r="F14" s="128"/>
+      <c r="G14" s="128"/>
+    </row>
+    <row r="15" spans="1:7" ht="15" customHeight="1">
+      <c r="A15" s="128"/>
+      <c r="B15" s="128"/>
+      <c r="C15" s="128"/>
+      <c r="D15" s="128"/>
+      <c r="E15" s="128"/>
+      <c r="F15" s="128"/>
+      <c r="G15" s="128"/>
+    </row>
+    <row r="16" spans="1:7" ht="15" customHeight="1">
+      <c r="A16" s="128"/>
+      <c r="B16" s="128"/>
+      <c r="C16" s="128"/>
+      <c r="D16" s="128"/>
+      <c r="E16" s="128"/>
+      <c r="F16" s="128"/>
+      <c r="G16" s="128"/>
+    </row>
+    <row r="17" spans="1:7" ht="15" customHeight="1">
+      <c r="A17" s="128"/>
+      <c r="B17" s="128"/>
+      <c r="C17" s="128"/>
+      <c r="D17" s="128"/>
+      <c r="E17" s="128"/>
+      <c r="F17" s="128"/>
+      <c r="G17" s="128"/>
+    </row>
+    <row r="18" spans="1:7" ht="15" customHeight="1">
+      <c r="A18" s="128"/>
+      <c r="B18" s="128"/>
+      <c r="C18" s="128"/>
+      <c r="D18" s="128"/>
+      <c r="E18" s="128"/>
+      <c r="F18" s="128"/>
+      <c r="G18" s="128"/>
+    </row>
+    <row r="19" spans="1:7" ht="12.75" customHeight="1">
+      <c r="A19" s="129"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="129"/>
+      <c r="D19" s="5"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="5"/>
+    </row>
+    <row r="20" spans="1:7" ht="12.75" customHeight="1">
+      <c r="A20" s="214"/>
+      <c r="B20" s="214"/>
+      <c r="C20" s="214"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+    </row>
+    <row r="21" spans="1:7" ht="12.75" customHeight="1">
+      <c r="A21" s="214"/>
+      <c r="B21" s="214"/>
+      <c r="C21" s="214"/>
+      <c r="D21" s="5"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+    </row>
+    <row r="22" spans="1:7" ht="17" customHeight="1">
+      <c r="A22" s="361"/>
+      <c r="B22" s="335" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="335"/>
+      <c r="D22" s="335" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="336"/>
+      <c r="F22" s="112"/>
+      <c r="G22" s="112"/>
+    </row>
+    <row r="23" spans="1:7" ht="24.5" customHeight="1">
+      <c r="A23" s="361"/>
+      <c r="B23" s="109" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="108" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="109" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" s="107" t="s">
+        <v>112</v>
+      </c>
+      <c r="F23" s="112"/>
+      <c r="G23" s="112"/>
+    </row>
+    <row r="24" spans="1:7" ht="16" customHeight="1">
+      <c r="A24" s="362" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="363">
+        <v>20345</v>
+      </c>
+      <c r="C24" s="363">
+        <v>1</v>
+      </c>
+      <c r="D24" s="363">
+        <v>8446</v>
+      </c>
+      <c r="E24" s="364">
+        <v>144</v>
+      </c>
+      <c r="F24" s="112"/>
+      <c r="G24" s="112"/>
+    </row>
+    <row r="25" spans="1:7" ht="16" customHeight="1">
+      <c r="A25" s="365" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="366">
+        <v>20575</v>
+      </c>
+      <c r="C25" s="366">
+        <v>231</v>
+      </c>
+      <c r="D25" s="366">
+        <v>8509</v>
+      </c>
+      <c r="E25" s="367">
+        <v>207</v>
+      </c>
+      <c r="F25" s="112"/>
+      <c r="G25" s="112"/>
+    </row>
+    <row r="26" spans="1:7" ht="16" customHeight="1">
+      <c r="A26" s="365" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="366">
+        <v>20766</v>
+      </c>
+      <c r="C26" s="366">
+        <v>422</v>
+      </c>
+      <c r="D26" s="366">
+        <v>8963</v>
+      </c>
+      <c r="E26" s="367">
+        <v>661</v>
+      </c>
+      <c r="F26" s="112"/>
+      <c r="G26" s="112"/>
+    </row>
+    <row r="27" spans="1:7" ht="16" customHeight="1">
+      <c r="A27" s="368" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="369">
+        <v>19676</v>
+      </c>
+      <c r="C27" s="369">
+        <v>-668</v>
+      </c>
+      <c r="D27" s="369">
+        <v>7275</v>
+      </c>
+      <c r="E27" s="370">
+        <v>-1027</v>
+      </c>
+      <c r="F27" s="112"/>
+      <c r="G27" s="112"/>
+    </row>
+    <row r="28" spans="1:7" ht="16" customHeight="1">
+      <c r="A28" s="371" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="372">
+        <v>20344</v>
+      </c>
+      <c r="C28" s="373"/>
+      <c r="D28" s="372">
+        <v>8302</v>
+      </c>
+      <c r="E28" s="374"/>
+      <c r="F28" s="112"/>
+      <c r="G28" s="112"/>
+    </row>
+    <row r="29" spans="1:7" ht="37.5" customHeight="1">
+      <c r="A29" s="334" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" s="334"/>
+      <c r="C29" s="334"/>
+      <c r="D29" s="334"/>
+      <c r="E29" s="334"/>
+      <c r="F29" s="334"/>
+      <c r="G29" s="334"/>
+    </row>
+    <row r="30" spans="1:7" s="106" customFormat="1" ht="16" customHeight="1">
+      <c r="A30" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" s="118"/>
+      <c r="C30" s="118"/>
+      <c r="D30" s="120"/>
+      <c r="E30" s="120"/>
+      <c r="F30" s="120"/>
+      <c r="G30" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A31" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="9"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A29:G29"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9160F08F-79A1-449E-82AF-7B06BD81E37F}">
+  <dimension ref="A1:J64"/>
+  <sheetViews>
+    <sheetView zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:J4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="14.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="13.1796875" customWidth="1"/>
+    <col min="1" max="1" width="14.453125" style="111" customWidth="1"/>
+    <col min="2" max="2" width="25.81640625" style="111" customWidth="1"/>
+    <col min="3" max="6" width="11.1796875" style="111" customWidth="1"/>
+    <col min="7" max="7" width="13.1796875" style="111" customWidth="1"/>
+    <col min="8" max="16384" width="10.81640625" style="111"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="1" customFormat="1" ht="34" customHeight="1">
-[...11 lines deleted...]
-      <c r="J1" s="55"/>
+    <row r="1" spans="1:10" s="1" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A1" s="283" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
+      <c r="E1" s="283"/>
+      <c r="F1" s="283"/>
+      <c r="G1" s="283"/>
+      <c r="H1" s="283"/>
+      <c r="I1" s="283"/>
+      <c r="J1" s="52"/>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1">
-      <c r="A2" s="40" t="s">
-[...10 lines deleted...]
-      <c r="J2" s="40"/>
+      <c r="A2" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" ht="13.5" customHeight="1" thickTop="1">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
-      <c r="J3" s="114"/>
+      <c r="J3" s="98"/>
     </row>
     <row r="4" spans="1:10" ht="26.25" customHeight="1">
-      <c r="A4" s="247" t="s">
-[...34 lines deleted...]
-      <c r="J6" s="115"/>
+      <c r="A4" s="282" t="s">
+        <v>142</v>
+      </c>
+      <c r="B4" s="282"/>
+      <c r="C4" s="282"/>
+      <c r="D4" s="282"/>
+      <c r="E4" s="282"/>
+      <c r="F4" s="282"/>
+      <c r="G4" s="282"/>
+      <c r="H4" s="282"/>
+      <c r="I4" s="282"/>
+      <c r="J4" s="282"/>
+    </row>
+    <row r="5" spans="1:10" ht="8.5" customHeight="1">
+      <c r="A5" s="216"/>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="216"/>
+      <c r="E5" s="216"/>
+      <c r="F5" s="216"/>
+      <c r="G5" s="216"/>
+      <c r="H5" s="216"/>
+      <c r="I5" s="216"/>
+      <c r="J5" s="216"/>
+    </row>
+    <row r="6" spans="1:10" ht="14.5" customHeight="1">
+      <c r="A6" s="337" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" s="337"/>
+      <c r="C6" s="337"/>
+      <c r="D6" s="337"/>
+      <c r="E6" s="337"/>
+      <c r="F6" s="337"/>
+      <c r="G6" s="337"/>
+      <c r="H6" s="337"/>
+      <c r="I6" s="337"/>
+      <c r="J6" s="337"/>
     </row>
     <row r="7" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A7" s="4"/>
-[...8 lines deleted...]
-      <c r="J7" s="115"/>
+      <c r="A7" s="216"/>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="216"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="216"/>
+      <c r="G7" s="216"/>
+      <c r="H7" s="216"/>
+      <c r="I7" s="216"/>
+      <c r="J7" s="99"/>
     </row>
     <row r="8" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A8" s="4"/>
+      <c r="A8" s="217"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
-      <c r="J8" s="115"/>
+      <c r="J8" s="99"/>
     </row>
     <row r="9" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A9" s="4"/>
+      <c r="A9" s="217"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
-      <c r="J9" s="115"/>
+      <c r="J9" s="99"/>
     </row>
     <row r="10" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A10" s="4"/>
+      <c r="A10" s="217"/>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
-      <c r="J10" s="115"/>
+      <c r="J10" s="99"/>
     </row>
     <row r="11" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A11" s="4"/>
+      <c r="A11" s="217"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
-      <c r="J11" s="115"/>
+      <c r="J11" s="99"/>
     </row>
     <row r="12" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A12" s="4"/>
+      <c r="A12" s="217"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
-      <c r="J12" s="115"/>
+      <c r="J12" s="99"/>
     </row>
     <row r="13" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A13" s="4"/>
+      <c r="A13" s="217"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
-      <c r="J13" s="115"/>
+      <c r="J13" s="99"/>
     </row>
     <row r="14" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A14" s="4"/>
+      <c r="A14" s="217"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
-      <c r="J14" s="115"/>
+      <c r="J14" s="99"/>
     </row>
     <row r="15" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A15" s="4"/>
+      <c r="A15" s="217"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
-      <c r="J15" s="115"/>
+      <c r="J15" s="99"/>
     </row>
     <row r="16" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A16" s="4"/>
+      <c r="A16" s="217"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
-      <c r="J16" s="115"/>
+      <c r="J16" s="99"/>
     </row>
     <row r="17" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A17" s="4"/>
+      <c r="A17" s="217"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
-      <c r="J17" s="115"/>
+      <c r="J17" s="99"/>
     </row>
     <row r="18" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A18" s="4"/>
+      <c r="A18" s="217"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
-      <c r="J18" s="115"/>
-[...2 lines deleted...]
-      <c r="A19" s="4"/>
+      <c r="J18" s="99"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A19" s="217"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
       <c r="I19" s="5"/>
-      <c r="J19" s="115"/>
-[...612 lines deleted...]
-      <c r="B20" s="4"/>
+      <c r="J19" s="99"/>
+    </row>
+    <row r="20" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A20" s="217"/>
+      <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5"/>
       <c r="F20" s="5"/>
       <c r="G20" s="5"/>
       <c r="H20" s="5"/>
       <c r="I20" s="5"/>
-      <c r="J20" s="5"/>
-[...5 lines deleted...]
-      <c r="B21" s="4"/>
+      <c r="J20" s="99"/>
+    </row>
+    <row r="21" spans="1:10" ht="6.5" customHeight="1">
+      <c r="A21" s="217"/>
+      <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
-      <c r="J21" s="5"/>
-[...5 lines deleted...]
-      <c r="B22" s="4"/>
+      <c r="J21" s="99"/>
+    </row>
+    <row r="22" spans="1:10" ht="6.65" customHeight="1">
+      <c r="A22" s="217"/>
+      <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
-      <c r="J22" s="5"/>
-[...179 lines deleted...]
-      <c r="H30" s="213">
+      <c r="J22" s="99"/>
+    </row>
+    <row r="23" spans="1:10" ht="13">
+      <c r="A23" s="315"/>
+      <c r="B23" s="315"/>
+      <c r="C23" s="317">
+        <v>2010</v>
+      </c>
+      <c r="D23" s="317"/>
+      <c r="E23" s="317"/>
+      <c r="F23" s="317"/>
+      <c r="G23" s="318">
+        <v>2024</v>
+      </c>
+      <c r="H23" s="318"/>
+      <c r="I23" s="318"/>
+      <c r="J23" s="319"/>
+    </row>
+    <row r="24" spans="1:10" ht="28.5" customHeight="1">
+      <c r="A24" s="316"/>
+      <c r="B24" s="316"/>
+      <c r="C24" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="D24" s="320"/>
+      <c r="E24" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" s="320"/>
+      <c r="G24" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="H24" s="320"/>
+      <c r="I24" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="J24" s="311"/>
+    </row>
+    <row r="25" spans="1:10" ht="28">
+      <c r="A25" s="312"/>
+      <c r="B25" s="312"/>
+      <c r="C25" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="85" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="85" t="s">
+        <v>47</v>
+      </c>
+      <c r="G25" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="85" t="s">
+        <v>47</v>
+      </c>
+      <c r="I25" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="58" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="25" customHeight="1">
+      <c r="A26" s="308" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" s="223" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" s="194">
+        <v>1408</v>
+      </c>
+      <c r="D26" s="195">
+        <v>0.3902439024390244</v>
+      </c>
+      <c r="E26" s="194">
+        <v>416</v>
+      </c>
+      <c r="F26" s="195">
+        <v>0.27586206896551724</v>
+      </c>
+      <c r="G26" s="194">
+        <v>4096</v>
+      </c>
+      <c r="H26" s="195">
+        <v>0.63980006248047483</v>
+      </c>
+      <c r="I26" s="194">
+        <v>1096</v>
+      </c>
+      <c r="J26" s="196">
+        <v>0.31503305547571142</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="25" customHeight="1">
+      <c r="A27" s="309"/>
+      <c r="B27" s="204" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" s="15">
+        <v>3825</v>
+      </c>
+      <c r="D27" s="50">
+        <v>0.4466892444236833</v>
+      </c>
+      <c r="E27" s="15">
+        <v>1310</v>
+      </c>
+      <c r="F27" s="50">
+        <v>0.30940009447331129</v>
+      </c>
+      <c r="G27" s="15">
+        <v>7685</v>
+      </c>
+      <c r="H27" s="50">
+        <v>0.60336028892203819</v>
+      </c>
+      <c r="I27" s="15">
+        <v>2510</v>
+      </c>
+      <c r="J27" s="89">
+        <v>0.34392984379281993</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="25" customHeight="1">
+      <c r="A28" s="310"/>
+      <c r="B28" s="205" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" s="197">
+        <v>3933</v>
+      </c>
+      <c r="D28" s="198">
+        <v>0.63826679649464457</v>
+      </c>
+      <c r="E28" s="197">
+        <v>1496</v>
+      </c>
+      <c r="F28" s="198">
+        <v>0.48634590377113135</v>
+      </c>
+      <c r="G28" s="197">
+        <v>6360</v>
+      </c>
+      <c r="H28" s="198">
+        <v>0.74955804360636413</v>
+      </c>
+      <c r="I28" s="197">
+        <v>2451</v>
+      </c>
+      <c r="J28" s="199">
+        <v>0.55565631376105196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="13">
+      <c r="A29" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="48">
+        <v>4667</v>
+      </c>
+      <c r="D29" s="49">
+        <v>0.39407244785949508</v>
+      </c>
+      <c r="E29" s="48">
+        <v>1507</v>
+      </c>
+      <c r="F29" s="49">
+        <v>0.26867534319843112</v>
+      </c>
+      <c r="G29" s="48">
+        <v>9131</v>
+      </c>
+      <c r="H29" s="49">
+        <v>0.54896891721276975</v>
+      </c>
+      <c r="I29" s="48">
+        <v>2671</v>
+      </c>
+      <c r="J29" s="88">
+        <v>0.28985349972870322</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="13">
+      <c r="A30" s="18"/>
+      <c r="B30" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="197">
+        <v>4499</v>
+      </c>
+      <c r="D30" s="198">
+        <v>0.6932203389830508</v>
+      </c>
+      <c r="E30" s="197">
+        <v>1715</v>
+      </c>
+      <c r="F30" s="198">
+        <v>0.53443440324088498</v>
+      </c>
+      <c r="G30" s="197">
+        <v>9010</v>
+      </c>
+      <c r="H30" s="198">
+        <v>0.81976162314621048</v>
+      </c>
+      <c r="I30" s="197">
+        <v>3386</v>
+      </c>
+      <c r="J30" s="199">
+        <v>0.56688431274066631</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="13">
+      <c r="A31" s="313" t="s">
         <v>1</v>
       </c>
-      <c r="I30" s="17"/>
-[...11 lines deleted...]
-      <c r="C31" s="216">
+      <c r="B31" s="314"/>
+      <c r="C31" s="226">
+        <v>9166</v>
+      </c>
+      <c r="D31" s="227">
+        <v>0.49997272677685051</v>
+      </c>
+      <c r="E31" s="226">
+        <v>3222</v>
+      </c>
+      <c r="F31" s="227">
+        <v>0.36538897709231116</v>
+      </c>
+      <c r="G31" s="226">
+        <v>18141</v>
+      </c>
+      <c r="H31" s="227">
+        <v>0.65671155516941793</v>
+      </c>
+      <c r="I31" s="226">
+        <v>6057</v>
+      </c>
+      <c r="J31" s="228">
+        <v>0.39880168554121675</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="124" customFormat="1" ht="18" customHeight="1">
+      <c r="A32" s="284" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="284"/>
+      <c r="C32" s="284"/>
+      <c r="D32" s="284"/>
+      <c r="E32" s="284"/>
+      <c r="F32" s="284"/>
+      <c r="G32" s="284"/>
+      <c r="H32" s="284"/>
+      <c r="I32" s="284"/>
+      <c r="J32" s="284"/>
+    </row>
+    <row r="33" spans="1:10" s="124" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A33" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33" s="120"/>
+      <c r="C33" s="120"/>
+      <c r="D33" s="218"/>
+      <c r="E33" s="101"/>
+      <c r="F33" s="101"/>
+      <c r="G33" s="101"/>
+      <c r="H33" s="218"/>
+      <c r="I33" s="121"/>
+      <c r="J33" s="121"/>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="112"/>
+      <c r="B34" s="112"/>
+      <c r="C34" s="112"/>
+      <c r="D34" s="112"/>
+      <c r="E34" s="112"/>
+      <c r="F34" s="112"/>
+      <c r="G34" s="112"/>
+      <c r="H34" s="112"/>
+      <c r="I34" s="112"/>
+      <c r="J34" s="112"/>
+    </row>
+    <row r="35" spans="1:10" ht="14.5" customHeight="1">
+      <c r="A35" s="337" t="s">
+        <v>115</v>
+      </c>
+      <c r="B35" s="337"/>
+      <c r="C35" s="337"/>
+      <c r="D35" s="337"/>
+      <c r="E35" s="337"/>
+      <c r="F35" s="337"/>
+      <c r="G35" s="337"/>
+      <c r="H35" s="337"/>
+      <c r="I35" s="337"/>
+      <c r="J35" s="337"/>
+    </row>
+    <row r="36" spans="1:10" ht="12.65" customHeight="1">
+      <c r="A36" s="216"/>
+      <c r="B36" s="216"/>
+      <c r="C36" s="216"/>
+      <c r="D36" s="216"/>
+      <c r="E36" s="216"/>
+      <c r="F36" s="216"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="216"/>
+      <c r="I36" s="216"/>
+      <c r="J36" s="99"/>
+    </row>
+    <row r="37" spans="1:10" ht="12.65" customHeight="1">
+      <c r="A37" s="216"/>
+      <c r="B37" s="216"/>
+      <c r="C37" s="216"/>
+      <c r="D37" s="216"/>
+      <c r="E37" s="216"/>
+      <c r="F37" s="216"/>
+      <c r="G37" s="216"/>
+      <c r="H37" s="216"/>
+      <c r="I37" s="216"/>
+      <c r="J37" s="99"/>
+    </row>
+    <row r="38" spans="1:10" ht="12.65" customHeight="1">
+      <c r="A38" s="216"/>
+      <c r="B38" s="216"/>
+      <c r="C38" s="216"/>
+      <c r="D38" s="216"/>
+      <c r="E38" s="216"/>
+      <c r="F38" s="216"/>
+      <c r="G38" s="216"/>
+      <c r="H38" s="216"/>
+      <c r="I38" s="216"/>
+      <c r="J38" s="99"/>
+    </row>
+    <row r="39" spans="1:10" ht="12.65" customHeight="1">
+      <c r="A39" s="216"/>
+      <c r="B39" s="216"/>
+      <c r="C39" s="216"/>
+      <c r="D39" s="216"/>
+      <c r="E39" s="216"/>
+      <c r="F39" s="216"/>
+      <c r="G39" s="216"/>
+      <c r="H39" s="216"/>
+      <c r="I39" s="216"/>
+      <c r="J39" s="99"/>
+    </row>
+    <row r="40" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A40" s="217"/>
+      <c r="B40" s="5"/>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+      <c r="J40" s="99"/>
+    </row>
+    <row r="41" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A41" s="217"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+      <c r="H41" s="5"/>
+      <c r="I41" s="5"/>
+      <c r="J41" s="99"/>
+    </row>
+    <row r="42" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A42" s="217"/>
+      <c r="B42" s="5"/>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="I42" s="5"/>
+      <c r="J42" s="99"/>
+    </row>
+    <row r="43" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A43" s="217"/>
+      <c r="B43" s="5"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="5"/>
+      <c r="E43" s="5"/>
+      <c r="F43" s="5"/>
+      <c r="G43" s="5"/>
+      <c r="H43" s="5"/>
+      <c r="I43" s="5"/>
+      <c r="J43" s="99"/>
+    </row>
+    <row r="44" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A44" s="217"/>
+      <c r="B44" s="5"/>
+      <c r="C44" s="5"/>
+      <c r="D44" s="5"/>
+      <c r="E44" s="5"/>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5"/>
+      <c r="H44" s="5"/>
+      <c r="I44" s="5"/>
+      <c r="J44" s="99"/>
+    </row>
+    <row r="45" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A45" s="217"/>
+      <c r="B45" s="5"/>
+      <c r="C45" s="5"/>
+      <c r="D45" s="5"/>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="5"/>
+      <c r="I45" s="5"/>
+      <c r="J45" s="99"/>
+    </row>
+    <row r="46" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A46" s="217"/>
+      <c r="B46" s="5"/>
+      <c r="C46" s="5"/>
+      <c r="D46" s="5"/>
+      <c r="E46" s="5"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="5"/>
+      <c r="J46" s="99"/>
+    </row>
+    <row r="47" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A47" s="217"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
+      <c r="E47" s="5"/>
+      <c r="F47" s="5"/>
+      <c r="G47" s="5"/>
+      <c r="H47" s="5"/>
+      <c r="I47" s="5"/>
+      <c r="J47" s="99"/>
+    </row>
+    <row r="48" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A48" s="217"/>
+      <c r="B48" s="5"/>
+      <c r="C48" s="5"/>
+      <c r="D48" s="5"/>
+      <c r="E48" s="5"/>
+      <c r="F48" s="5"/>
+      <c r="G48" s="5"/>
+      <c r="H48" s="5"/>
+      <c r="I48" s="5"/>
+      <c r="J48" s="99"/>
+    </row>
+    <row r="49" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A49" s="217"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="5"/>
+      <c r="D49" s="5"/>
+      <c r="E49" s="5"/>
+      <c r="F49" s="5"/>
+      <c r="G49" s="5"/>
+      <c r="H49" s="5"/>
+      <c r="I49" s="5"/>
+      <c r="J49" s="99"/>
+    </row>
+    <row r="50" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A50" s="217"/>
+      <c r="B50" s="5"/>
+      <c r="C50" s="5"/>
+      <c r="D50" s="5"/>
+      <c r="E50" s="5"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="5"/>
+      <c r="H50" s="5"/>
+      <c r="I50" s="5"/>
+      <c r="J50" s="99"/>
+    </row>
+    <row r="51" spans="1:10" ht="14.25" customHeight="1">
+      <c r="A51" s="217"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="5"/>
+      <c r="D51" s="5"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="99"/>
+    </row>
+    <row r="52" spans="1:10" ht="13">
+      <c r="A52" s="315"/>
+      <c r="B52" s="315"/>
+      <c r="C52" s="317">
+        <v>2010</v>
+      </c>
+      <c r="D52" s="317"/>
+      <c r="E52" s="317"/>
+      <c r="F52" s="317"/>
+      <c r="G52" s="318">
+        <v>2024</v>
+      </c>
+      <c r="H52" s="318"/>
+      <c r="I52" s="318"/>
+      <c r="J52" s="319"/>
+    </row>
+    <row r="53" spans="1:10" ht="12.75" customHeight="1">
+      <c r="A53" s="316"/>
+      <c r="B53" s="316"/>
+      <c r="C53" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="D53" s="320"/>
+      <c r="E53" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="320"/>
+      <c r="G53" s="320" t="s">
+        <v>2</v>
+      </c>
+      <c r="H53" s="320"/>
+      <c r="I53" s="320" t="s">
+        <v>126</v>
+      </c>
+      <c r="J53" s="311"/>
+    </row>
+    <row r="54" spans="1:10" ht="26">
+      <c r="A54" s="312"/>
+      <c r="B54" s="312"/>
+      <c r="C54" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="E54" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="G54" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="I54" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="58" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="24" customHeight="1">
+      <c r="A55" s="308" t="s">
+        <v>15</v>
+      </c>
+      <c r="B55" s="175" t="s">
+        <v>64</v>
+      </c>
+      <c r="C55" s="194">
+        <v>1408</v>
+      </c>
+      <c r="D55" s="195">
+        <v>0.23695725345001684</v>
+      </c>
+      <c r="E55" s="194">
+        <v>416</v>
+      </c>
+      <c r="F55" s="195">
+        <v>7.0010097610232247E-2</v>
+      </c>
+      <c r="G55" s="194">
+        <v>4096</v>
+      </c>
+      <c r="H55" s="195">
+        <v>0.51412074808585417</v>
+      </c>
+      <c r="I55" s="194">
+        <v>1096</v>
+      </c>
+      <c r="J55" s="196">
+        <v>0.13756746579641019</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="24" customHeight="1">
+      <c r="A56" s="309"/>
+      <c r="B56" s="176" t="s">
+        <v>63</v>
+      </c>
+      <c r="C56" s="15">
+        <v>3825</v>
+      </c>
+      <c r="D56" s="50">
+        <v>0.2669039145907473</v>
+      </c>
+      <c r="E56" s="15">
+        <v>1310</v>
+      </c>
+      <c r="F56" s="50">
+        <v>9.1410229572255947E-2</v>
+      </c>
+      <c r="G56" s="15">
+        <v>7685</v>
+      </c>
+      <c r="H56" s="50">
+        <v>0.45203223339803539</v>
+      </c>
+      <c r="I56" s="15">
+        <v>2510</v>
+      </c>
+      <c r="J56" s="89">
+        <v>0.14763837421328158</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="24" customHeight="1">
+      <c r="A57" s="310"/>
+      <c r="B57" s="177" t="s">
+        <v>65</v>
+      </c>
+      <c r="C57" s="197">
+        <v>3933</v>
+      </c>
+      <c r="D57" s="198">
+        <v>0.3092224231464738</v>
+      </c>
+      <c r="E57" s="197">
+        <v>1496</v>
+      </c>
+      <c r="F57" s="198">
+        <v>0.11761930969415835</v>
+      </c>
+      <c r="G57" s="197">
+        <v>6360</v>
+      </c>
+      <c r="H57" s="198">
+        <v>0.46137105549510338</v>
+      </c>
+      <c r="I57" s="197">
+        <v>2451</v>
+      </c>
+      <c r="J57" s="199">
+        <v>0.1778019586507073</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="13">
+      <c r="A58" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" s="48">
+        <v>4667</v>
+      </c>
+      <c r="D58" s="49">
+        <v>0.22818168483841</v>
+      </c>
+      <c r="E58" s="48">
+        <v>1507</v>
+      </c>
+      <c r="F58" s="49">
+        <v>7.3681122573705571E-2</v>
+      </c>
+      <c r="G58" s="48">
+        <v>9131</v>
+      </c>
+      <c r="H58" s="49">
+        <v>0.41186287776274244</v>
+      </c>
+      <c r="I58" s="48">
+        <v>2671</v>
+      </c>
+      <c r="J58" s="88">
+        <v>0.12047812359043752</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="13">
+      <c r="A59" s="18"/>
+      <c r="B59" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="C59" s="197">
+        <v>4499</v>
+      </c>
+      <c r="D59" s="198">
+        <v>0.35880054230799902</v>
+      </c>
+      <c r="E59" s="197">
+        <v>1715</v>
+      </c>
+      <c r="F59" s="198">
+        <v>0.13677326740569423</v>
+      </c>
+      <c r="G59" s="197">
+        <v>9010</v>
+      </c>
+      <c r="H59" s="198">
+        <v>0.54332750407043362</v>
+      </c>
+      <c r="I59" s="197">
+        <v>3386</v>
+      </c>
+      <c r="J59" s="199">
+        <v>0.20418500874389434</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="13">
+      <c r="A60" s="313" t="s">
         <v>1</v>
       </c>
-      <c r="D31" s="202"/>
-[...57 lines deleted...]
-      <c r="L34" s="10"/>
+      <c r="B60" s="314"/>
+      <c r="C60" s="226">
+        <v>9166</v>
+      </c>
+      <c r="D60" s="227">
+        <v>0.27782492725509217</v>
+      </c>
+      <c r="E60" s="226">
+        <v>3222</v>
+      </c>
+      <c r="F60" s="227">
+        <v>9.7660038797284188E-2</v>
+      </c>
+      <c r="G60" s="226">
+        <v>18141</v>
+      </c>
+      <c r="H60" s="227">
+        <v>0.4681185972698888</v>
+      </c>
+      <c r="I60" s="226">
+        <v>6057</v>
+      </c>
+      <c r="J60" s="228">
+        <v>0.15629757696178359</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="31.5" customHeight="1">
+      <c r="A61" s="298" t="s">
+        <v>113</v>
+      </c>
+      <c r="B61" s="298"/>
+      <c r="C61" s="298"/>
+      <c r="D61" s="298"/>
+      <c r="E61" s="298"/>
+      <c r="F61" s="298"/>
+      <c r="G61" s="298"/>
+      <c r="H61" s="298"/>
+      <c r="I61" s="298"/>
+      <c r="J61" s="298"/>
+    </row>
+    <row r="62" spans="1:10" ht="18" customHeight="1">
+      <c r="A62" s="284" t="s">
+        <v>114</v>
+      </c>
+      <c r="B62" s="284"/>
+      <c r="C62" s="284"/>
+      <c r="D62" s="284"/>
+      <c r="E62" s="284"/>
+      <c r="F62" s="284"/>
+      <c r="G62" s="284"/>
+      <c r="H62" s="284"/>
+      <c r="I62" s="284"/>
+      <c r="J62" s="284"/>
+    </row>
+    <row r="63" spans="1:10" s="124" customFormat="1" ht="13.5" customHeight="1">
+      <c r="A63" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63" s="120"/>
+      <c r="C63" s="120"/>
+      <c r="D63" s="101"/>
+      <c r="E63" s="101"/>
+      <c r="F63" s="101"/>
+      <c r="G63" s="101"/>
+      <c r="H63" s="101"/>
+      <c r="I63" s="121"/>
+      <c r="J63" s="121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="13.5" thickBot="1">
+      <c r="A64" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B64" s="10"/>
+      <c r="C64" s="10"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+      <c r="I64" s="10"/>
+      <c r="J64" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="A4:L4"/>
+  <mergeCells count="25">
+    <mergeCell ref="A62:J62"/>
+    <mergeCell ref="A55:A57"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A61:J61"/>
+    <mergeCell ref="A52:B54"/>
+    <mergeCell ref="C52:F52"/>
+    <mergeCell ref="G52:J52"/>
+    <mergeCell ref="C53:D53"/>
+    <mergeCell ref="E53:F53"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="I53:J53"/>
+    <mergeCell ref="A35:J35"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A6:J6"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="A26:A28"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A32:J32"/>
+    <mergeCell ref="A23:B25"/>
+    <mergeCell ref="C23:F23"/>
+    <mergeCell ref="G23:J23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
   </mergeCells>
-  <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="34" max="16383" man="1"/>
+  </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="26" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Contenu </vt:lpstr>
-      <vt:lpstr>Tableau E1.a</vt:lpstr>
-[...11 lines deleted...]
-      <vt:lpstr>'Tableau &amp; graph E1.j'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>Graph E1.a</vt:lpstr>
+      <vt:lpstr>Tab E1.b</vt:lpstr>
+      <vt:lpstr>Tab E1.c </vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.d</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.e</vt:lpstr>
+      <vt:lpstr>Tab E1.f</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.g</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.h</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.i</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.j</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph E1.k</vt:lpstr>
+      <vt:lpstr>'Graph E1.a'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.h'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.i'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.j'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.k'!Impression_des_titres</vt:lpstr>
       <vt:lpstr>'Contenu '!Zone_d_impression</vt:lpstr>
-      <vt:lpstr>'Tableau &amp; graph E1.b'!Zone_d_impression</vt:lpstr>
-[...9 lines deleted...]
-      <vt:lpstr>'Tableau E1.f'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Graph E1.a'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.d'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.e'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.g'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.h'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.i'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.j'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph E1.k'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab E1.b'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab E1.c '!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab E1.f'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Engel Bernard (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_MarkAsFinal">
+    <vt:bool>true</vt:bool>
+  </property>
+</Properties>
+</file>