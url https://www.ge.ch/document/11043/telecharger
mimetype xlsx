--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,85 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2022\Fin chantier_pour Narain\lot3 novembre\dossier pour mise en ligne\D7\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2025\fin_chantier_Narain\D7 à MEP et publier\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ADBAB35B-5DDE-4568-8BAD-BB57A8B26BF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15390"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contenu" sheetId="5" r:id="rId1"/>
     <sheet name="Tableau D7.a " sheetId="2" r:id="rId2"/>
-    <sheet name="Tableau D7.b" sheetId="4" r:id="rId3"/>
+    <sheet name="Graph D7.b" sheetId="8" r:id="rId3"/>
+    <sheet name="Tableau D7.c" sheetId="4" r:id="rId4"/>
+    <sheet name="Graph D7.d" sheetId="7" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="gjdfg">#REF!</definedName>
     <definedName name="SPSS">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Contenu!$A$1:$H$33</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Tableau D7.b'!$A$1:$O$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Contenu!$A$1:$H$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Graph D7.b'!$A$1:$J$33</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau D7.a '!$A$1:$X$21</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Tableau D7.c'!$A$1:$O$20</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C24" i="7" l="1"/>
+  <c r="D24" i="7" s="1"/>
+  <c r="E24" i="7" s="1"/>
+  <c r="F24" i="7" s="1"/>
+  <c r="G24" i="7" s="1"/>
+  <c r="H24" i="7" s="1"/>
+  <c r="I24" i="7" s="1"/>
+  <c r="J24" i="7" s="1"/>
+  <c r="K24" i="7" s="1"/>
+  <c r="L24" i="7" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="59">
   <si>
     <t>Durée théorique</t>
   </si>
   <si>
     <t xml:space="preserve"> + 2 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 3 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 4 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 5 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 7 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 8 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 9 ans</t>
   </si>
   <si>
@@ -130,271 +167,414 @@
   <si>
     <t>Source: SRED/nBDS.</t>
   </si>
   <si>
     <t>Première certification secondaire II obtenue</t>
   </si>
   <si>
     <t xml:space="preserve"> + 6 ans</t>
   </si>
   <si>
     <t xml:space="preserve"> + 1 an</t>
   </si>
   <si>
     <t>...égale à la durée théorique</t>
   </si>
   <si>
     <t>D7. Durée de la formation jusqu'à l'obtention d'un diplôme secondaire II</t>
   </si>
   <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
   </si>
   <si>
     <t>variation</t>
   </si>
   <si>
-    <t>2019 - 2021</t>
-[...7 lines deleted...]
-  <si>
     <t>(1) Obtenue en première ou deuxième certification.</t>
-  </si>
-[...1 lines deleted...]
-    <t>(2) Durée s’écoulant entre la fin du secondaire I et l’obtention du diplôme, en années et dixièmes d'année : 4.3 ans équivaut à 4 ans et 4 mois (3/10e d'année).</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Ecart à la durée théorique (en mois) </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(3)</t>
     </r>
   </si>
   <si>
-    <t>(3) L’écart à la durée théorique en mois est arrondi à l’entier. Ainsi dans le cas de la maturité gymnasiale, l’écart à la durée théorique est de 3,6 mois (arrondi à 4 mois) en 2019, et de 2,4 mois (arrondi à 2 mois) en 2020, soit une variation de -1,2 mois (arrondie à -1 mois).</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Durée moyenne 
 depuis la fin du secondaire I </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(2)     </t>
-    </r>
-[...47 lines deleted...]
-      <t xml:space="preserve"> de niveau secondaire II, selon le diplôme, volée 2021</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Durée du parcours jusqu'à l'obtention du diplôme... </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(2)</t>
     </r>
   </si>
   <si>
     <t>(2) Durée s’écoulant entre la fin du secondaire I et l’obtention du diplôme.</t>
+  </si>
+  <si>
+    <t>2022- 2024</t>
+  </si>
+  <si>
+    <t>2023 - 2024</t>
+  </si>
+  <si>
+    <t>2014- 2024</t>
+  </si>
+  <si>
+    <t>2019 - 2024</t>
+  </si>
+  <si>
+    <t>Diplômes obtenus dans la durée théorique</t>
   </si>
   <si>
     <r>
       <t>D7.a</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="61"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Durée théorique et durée moyenne jusqu’à l’obtention d’une certification de niveau secondaire II, selon le diplôme, volées 2014, 2017 à 2021</t>
-[...39 lines deleted...]
-      <t>Durée théorique et durée moyenne jusqu’à l’obtention d’une certification</t>
+      <t>Durée théorique et durée moyenne depuis la fin du secondaire I jusqu’à l’obtention d’une certification</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> de niveau secondaire II, selon le diplôme, volées 2014, 2017 à 2021</t>
+      <t xml:space="preserve"> de niveau secondaire II, selon le diplôme, volées 2014, 2017 à 2024</t>
     </r>
   </si>
   <si>
-    <t>Dernière mise à jour : décembre 2022</t>
+    <t xml:space="preserve">(2) Durée s’écoulant entre la fin de l’école obligatoire et l’obtention du diplôme, en années et dixièmes d'année : 4.3 ans équivalent à 4 ans et 4 mois (3/10e d'année). Il ne s’agit donc pas de la durée qui s’est écoulée depuis l’entrée en première année de la formation ayant abouti au diplôme secondaire II. </t>
   </si>
   <si>
-    <t>Date de mise à jour : décembre 2022</t>
+    <t>(3) L’écart à la durée théorique en mois est arrondi à l’entier. Ainsi dans le cas de la maturité gymnasiale, l’écart à la durée théorique est de 3,7 mois (arrondi à 4 mois) en 2014, et de 2,5 mois (arrondi à 3 mois) en 2024, soit une variation de –1,2 mois (arrondie à –1 mois).</t>
+  </si>
+  <si>
+    <r>
+      <t>N.B. La maturité gymnasiale et le certificat ECG s’obtiennent quasi exclusivement en 1</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>re</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> certification</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Durée moyenne s’écoulant entre la fin de l’école obligatoire et l’obtention du diplôme, en années et dixièmes d'année : 4.2 ans équivalent à 4 ans et 2,5 mois (2/10</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>e</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> d'année). </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>D7.c</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="61"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Répartition selon la durée du parcours depuis la fin du secondaire I pour obtenir une certification</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> de niveau secondaire II, selon le diplôme, volée 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Diplômes obtenus avec au maximum 
+un an de plus que la durée théorique</t>
+  </si>
+  <si>
+    <t>N.B. Le périmètre des données ne prend en compte que les élèves qui sortent du secondaire I (public et privé). Les formations pour adultes (Collège, École de culture générale et CFC) ne sont pas prises en compte.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D7.b </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Durée moyenne depuis la fin du secondaire I jusqu’à l’obtention d’une certification secondaire II (1re certification, ensemble des certifications), selon le diplôme, volée 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Graphiques</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D7.c </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Répartition selon la durée du parcours depuis la fin du secondaire I pour obtenir une certification de niveau secondaire II, selon le diplôme, volée 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>N.B. Le périmètre des données inclut uniquement les élèves qui sortent du secondaire I (public et privé). Les formations pour adultes (Collège, École de culture générale et CFC) ne sont pas prises en compte. La volée diplômée en 2019 correspond à la dernière volée diplômée avant la pandémie de covid-19.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N.B. Le périmètre des données ne prend en compte que les élèves qui sortent du secondaire I. Les formations pour adultes (Collège, École de culture générale et CFC) ne sont pas prises en compte. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D7.d </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion de jeunes ayant obtenu leur diplôme</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> dans la durée théorique ou avec un an de plus, volées 2014 à 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D7.d </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion de jeunes ayant obtenu leur diplôme</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> dans la durée théorique ou avec un an de plus, volées 2014 à 2024 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D7.b. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Durée moyenne depuis la fin du secondaire I jusqu’à l’obtention d’une certification secondaire II (1re certification, ensemble des certifications), selon le diplôme, volée 2024</t>
+    </r>
+  </si>
+  <si>
+    <t>Date de publication : octobre 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Date de mise à jour : octobre 2025  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="8">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="7">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0\ &quot;mois&quot;"/>
     <numFmt numFmtId="166" formatCode="0\ &quot;ans&quot;"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_ [$€-2]\ * #,##0.00_ ;_ [$€-2]\ * \-#,##0.00_ ;_ [$€-2]\ * &quot;-&quot;??_ "/>
-    <numFmt numFmtId="169" formatCode="\+0\ &quot;mois&quot;;\-0\ &quot;mois&quot;"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="171" formatCode="0.0\ &quot;mois&quot;"/>
+    <numFmt numFmtId="169" formatCode="\+0.0;\-0.0"/>
+    <numFmt numFmtId="170" formatCode="\+0\ &quot;mois&quot;\ ;\-0\ &quot;mois&quot;\ "/>
   </numFmts>
-  <fonts count="53" x14ac:knownFonts="1">
+  <fonts count="54" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -689,52 +869,59 @@
       <sz val="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="28">
+  <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -832,50 +1019,56 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="10"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="10"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1246,66 +1439,63 @@
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="22" borderId="1"/>
     <xf numFmtId="0" fontId="23" fillId="22" borderId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="27" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="23" borderId="0"/>
     <xf numFmtId="0" fontId="40" fillId="24" borderId="6">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="24" borderId="21">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="41" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="42" fillId="22" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="44" fillId="22" borderId="0"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="4" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
@@ -1325,671 +1515,907 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="5" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="5" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="49" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="169" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="170" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="4" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="28" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="28" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="28" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="48" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="79">
-    <cellStyle name="20% - Accent1" xfId="6"/>
-[...45 lines deleted...]
-    <cellStyle name="Neutral" xfId="52"/>
+    <cellStyle name="20% - Accent1" xfId="6" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Accent2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent3" xfId="8" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent4" xfId="9" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent5" xfId="10" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent6" xfId="11" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - Accent1" xfId="12" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - Accent2" xfId="13" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - Accent3" xfId="14" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - Accent4" xfId="15" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - Accent5" xfId="16" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - Accent6" xfId="17" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - Accent1" xfId="18" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - Accent2" xfId="19" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - Accent3" xfId="20" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - Accent4" xfId="21" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - Accent5" xfId="22" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - Accent6" xfId="23" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Bad" xfId="24" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="bin" xfId="25" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Calculation" xfId="26" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="cell" xfId="27" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Check Cell" xfId="28" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="ColCodes" xfId="29" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="ColTitles" xfId="30" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="column" xfId="31" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Comma 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="DataEntryCells" xfId="33" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Euro" xfId="34" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Euro 2" xfId="35" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Explanatory Text" xfId="36" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="formula" xfId="37" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="gap" xfId="38" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Good" xfId="39" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="GreyBackground" xfId="40" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Heading 1" xfId="41" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Heading 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Heading 3" xfId="43" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Heading 4" xfId="44" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Input" xfId="45" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="ISC" xfId="46" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="level1a" xfId="47" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="level2" xfId="48" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="level2a" xfId="49" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="level3" xfId="50" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Linked Cell" xfId="51" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Neutral" xfId="52" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-[...13 lines deleted...]
-    <cellStyle name="Output" xfId="63"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="Normal 3" xfId="53" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 4" xfId="54" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Normal 5" xfId="55" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="Normal 6" xfId="3" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Normal 6 2" xfId="56" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Normal 6 3" xfId="57" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="Normal 6 4" xfId="58" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="Normal 7" xfId="59" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="Normal 7 2" xfId="60" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="Normal 8" xfId="61" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="Note" xfId="62" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="Output" xfId="63" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
-    <cellStyle name="Pourcentage 2" xfId="64"/>
-[...13 lines deleted...]
-    <cellStyle name="Warning Text" xfId="78"/>
+    <cellStyle name="Pourcentage 2" xfId="64" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="Pourcentage 2 2" xfId="65" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="Pourcentage 3" xfId="66" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="Prozent_SubCatperStud" xfId="67" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="row" xfId="68" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="RowCodes" xfId="69" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="Row-Col Headings" xfId="70" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="RowTitles_CENTRAL_GOVT" xfId="71" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="RowTitles-Col2" xfId="72" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="RowTitles-Detail" xfId="73" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="Standard_Info" xfId="74" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="temp" xfId="75" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="Title" xfId="76" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="title1" xfId="77" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="Warning Text" xfId="78" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:colOff>38101</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>1104</xdr:colOff>
+      <xdr:colOff>39205</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>34925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent1">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId2">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="11200"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:brightnessContrast contrast="-40000"/>
                   </a14:imgEffect>
                 </a14:imgLayer>
               </a14:imgProps>
             </a:ext>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="0"/>
+          <a:off x="38101" y="25400"/>
           <a:ext cx="7119454" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>561975</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>200025</xdr:rowOff>
+      <xdr:colOff>625475</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>98425</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>561975</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>552</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:rowOff>203200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Image 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="561975" y="200025"/>
-          <a:ext cx="6200775" cy="847725"/>
+          <a:off x="625475" y="346075"/>
+          <a:ext cx="6489700" cy="847725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
-      <xdr:colOff>403930</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>488597</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>142169</xdr:rowOff>
+      <xdr:rowOff>205669</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1070743" cy="396000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9837208" y="142169"/>
+          <a:off x="11368264" y="205669"/>
           <a:ext cx="1070743" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>403929</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>196084</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1070743" cy="396000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03F048E4-1DB3-4F0A-96EE-20DC36C9C4C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7565651" y="196084"/>
+          <a:ext cx="1070743" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>596900</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22CF77C6-F228-2A1A-4E87-B19484B57B88}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1504950"/>
+          <a:ext cx="8636000" cy="3765550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>209550</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1070743" cy="396000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Image 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="18478500" y="57150"/>
           <a:ext cx="1070743" cy="396000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>115477</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>162986</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1070743" cy="396000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD667C86-F6F1-4190-9956-C85D63A72984}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8735014" y="162986"/>
+          <a:ext cx="1070743" cy="396000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>241300</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9AE79E7-D08B-0ED2-5026-4B457C1ABF8C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1320800"/>
+          <a:ext cx="8305800" cy="2508250"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2129,64 +2555,72 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:X85"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:X91"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="7" width="13.26953125" style="23" customWidth="1"/>
-    <col min="8" max="8" width="9" style="23" customWidth="1"/>
+    <col min="1" max="7" width="13.26953125" style="22" customWidth="1"/>
+    <col min="8" max="8" width="9" style="22" customWidth="1"/>
     <col min="9" max="13" width="10.81640625" customWidth="1"/>
-    <col min="14" max="16384" width="11.453125" style="23"/>
+    <col min="14" max="16384" width="11.453125" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
     </row>
     <row r="2" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
@@ -2211,808 +2645,882 @@
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
     </row>
     <row r="5" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
     </row>
     <row r="6" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="60"/>
-[...6 lines deleted...]
-      <c r="H6" s="60"/>
+      <c r="A6" s="69"/>
+      <c r="B6" s="69"/>
+      <c r="C6" s="69"/>
+      <c r="D6" s="69"/>
+      <c r="E6" s="69"/>
+      <c r="F6" s="69"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="69"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
     </row>
     <row r="7" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="61" t="s">
+      <c r="A7" s="70" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="61"/>
-[...5 lines deleted...]
-      <c r="H7" s="61"/>
+      <c r="B7" s="70"/>
+      <c r="C7" s="70"/>
+      <c r="D7" s="70"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="70"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
     </row>
     <row r="8" spans="1:24" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="24"/>
-[...6 lines deleted...]
-      <c r="H8" s="25"/>
+      <c r="A8" s="23"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="23"/>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
+      <c r="H8" s="24"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
     </row>
     <row r="9" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="A9" s="62" t="s">
+      <c r="A9" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="62"/>
-[...5 lines deleted...]
-      <c r="H9" s="62"/>
+      <c r="B9" s="63"/>
+      <c r="C9" s="63"/>
+      <c r="D9" s="63"/>
+      <c r="E9" s="63"/>
+      <c r="F9" s="63"/>
+      <c r="G9" s="63"/>
+      <c r="H9" s="63"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
     </row>
-    <row r="10" spans="1:24" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="H10" s="63"/>
+    <row r="10" spans="1:24" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="71" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="71"/>
+      <c r="C10" s="71"/>
+      <c r="D10" s="71"/>
+      <c r="E10" s="71"/>
+      <c r="F10" s="71"/>
+      <c r="G10" s="71"/>
+      <c r="H10" s="71"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
     </row>
-    <row r="11" spans="1:24" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="H11" s="59"/>
+    <row r="11" spans="1:24" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" s="64"/>
+      <c r="C11" s="64"/>
+      <c r="D11" s="64"/>
+      <c r="E11" s="64"/>
+      <c r="F11" s="64"/>
+      <c r="G11" s="64"/>
+      <c r="H11" s="64"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
     </row>
-    <row r="12" spans="1:24" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H12" s="59"/>
+    <row r="12" spans="1:24" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="64" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="64"/>
+      <c r="C12" s="64"/>
+      <c r="D12" s="64"/>
+      <c r="E12" s="64"/>
+      <c r="F12" s="64"/>
+      <c r="G12" s="64"/>
+      <c r="H12" s="64"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
     </row>
-    <row r="13" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H13" s="59"/>
+    <row r="13" spans="1:24" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="64"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="64"/>
+      <c r="D13" s="64"/>
+      <c r="E13" s="64"/>
+      <c r="F13" s="64"/>
+      <c r="G13" s="64"/>
+      <c r="H13" s="64"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
     </row>
-    <row r="14" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H14" s="59"/>
+    <row r="14" spans="1:24" x14ac:dyDescent="0.3">
+      <c r="A14" s="63" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" s="63"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="63"/>
+      <c r="F14" s="63"/>
+      <c r="G14" s="63"/>
+      <c r="H14" s="63"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
     </row>
-    <row r="15" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H15" s="59"/>
+    <row r="15" spans="1:24" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" s="64"/>
+      <c r="C15" s="64"/>
+      <c r="D15" s="64"/>
+      <c r="E15" s="64"/>
+      <c r="F15" s="64"/>
+      <c r="G15" s="64"/>
+      <c r="H15" s="64"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
     </row>
-    <row r="16" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H16" s="59"/>
+    <row r="16" spans="1:24" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="64" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" s="64"/>
+      <c r="C16" s="64"/>
+      <c r="D16" s="64"/>
+      <c r="E16" s="64"/>
+      <c r="F16" s="64"/>
+      <c r="G16" s="64"/>
+      <c r="H16" s="64"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
     </row>
-    <row r="17" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H17" s="26"/>
+    <row r="17" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="64"/>
+      <c r="B17" s="64"/>
+      <c r="C17" s="64"/>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
     </row>
-    <row r="18" spans="1:24" ht="15.5" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H18" s="67"/>
+    <row r="18" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="64"/>
+      <c r="B18" s="64"/>
+      <c r="C18" s="64"/>
+      <c r="D18" s="64"/>
+      <c r="E18" s="64"/>
+      <c r="F18" s="64"/>
+      <c r="G18" s="64"/>
+      <c r="H18" s="64"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
     </row>
-    <row r="19" spans="1:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H19" s="68"/>
+    <row r="19" spans="1:24" x14ac:dyDescent="0.3">
+      <c r="A19" s="25"/>
+      <c r="B19" s="25"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
+      <c r="H19" s="25"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
     </row>
-    <row r="20" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H20" s="27"/>
+    <row r="20" spans="1:24" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="65"/>
+      <c r="B20" s="66"/>
+      <c r="C20" s="66"/>
+      <c r="D20" s="66"/>
+      <c r="E20" s="66"/>
+      <c r="F20" s="66"/>
+      <c r="G20" s="66"/>
+      <c r="H20" s="66"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
     </row>
-    <row r="21" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H21" s="29"/>
+    <row r="21" spans="1:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="67"/>
+      <c r="B21" s="67"/>
+      <c r="C21" s="67"/>
+      <c r="D21" s="67"/>
+      <c r="E21" s="67"/>
+      <c r="F21" s="67"/>
+      <c r="G21" s="67"/>
+      <c r="H21" s="67"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
     </row>
-    <row r="22" spans="1:24" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      </c>
+    <row r="22" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="64"/>
       <c r="B22" s="64"/>
       <c r="C22" s="64"/>
       <c r="D22" s="64"/>
       <c r="E22" s="64"/>
       <c r="F22" s="64"/>
       <c r="G22" s="64"/>
-      <c r="H22" s="64"/>
+      <c r="H22" s="26"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
     </row>
-    <row r="23" spans="1:24" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H23" s="36"/>
+    <row r="23" spans="1:24" x14ac:dyDescent="0.3">
+      <c r="A23" s="27"/>
+      <c r="B23" s="28"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="28"/>
+      <c r="H23" s="28"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
     </row>
     <row r="24" spans="1:24" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="36"/>
-[...6 lines deleted...]
-      <c r="H24" s="36"/>
+      <c r="A24" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="68"/>
+      <c r="C24" s="68"/>
+      <c r="D24" s="68"/>
+      <c r="E24" s="68"/>
+      <c r="F24" s="68"/>
+      <c r="G24" s="68"/>
+      <c r="H24" s="68"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
     </row>
-    <row r="25" spans="1:24" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H25" s="36"/>
+    <row r="25" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="47"/>
+      <c r="B25" s="47"/>
+      <c r="C25" s="47"/>
+      <c r="D25" s="47"/>
+      <c r="E25" s="47"/>
+      <c r="F25" s="47"/>
+      <c r="G25" s="47"/>
+      <c r="H25" s="47"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
     </row>
-    <row r="26" spans="1:24" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H26" s="36"/>
+    <row r="26" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="62" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="62"/>
+      <c r="C26" s="62"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="62"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="62"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
       <c r="Q26"/>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
     </row>
-    <row r="27" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H27" s="29"/>
+    <row r="27" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" s="62"/>
+      <c r="C27" s="62"/>
+      <c r="D27" s="62"/>
+      <c r="E27" s="62"/>
+      <c r="F27" s="62"/>
+      <c r="G27" s="62"/>
+      <c r="H27" s="62"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
     </row>
-    <row r="28" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H28" s="29"/>
+    <row r="28" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="33"/>
+      <c r="B28" s="33"/>
+      <c r="C28" s="33"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="33"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="33"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
     </row>
-    <row r="29" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H29" s="29"/>
+    <row r="29" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="47"/>
+      <c r="B29" s="47"/>
+      <c r="C29" s="47"/>
+      <c r="D29" s="47"/>
+      <c r="E29" s="47"/>
+      <c r="F29" s="47"/>
+      <c r="G29" s="47"/>
+      <c r="H29" s="47"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
     </row>
-    <row r="30" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H30" s="29"/>
+    <row r="30" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="47"/>
+      <c r="B30" s="47"/>
+      <c r="C30" s="47"/>
+      <c r="D30" s="47"/>
+      <c r="E30" s="47"/>
+      <c r="F30" s="47"/>
+      <c r="G30" s="47"/>
+      <c r="H30" s="47"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
     </row>
-    <row r="31" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="H31" s="65"/>
+    <row r="31" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="47"/>
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="47"/>
+      <c r="E31" s="47"/>
+      <c r="F31" s="47"/>
+      <c r="G31" s="47"/>
+      <c r="H31" s="47"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
     </row>
-    <row r="32" spans="1:24" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="H32" s="65"/>
+    <row r="32" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="47"/>
+      <c r="B32" s="47"/>
+      <c r="C32" s="47"/>
+      <c r="D32" s="47"/>
+      <c r="E32" s="47"/>
+      <c r="F32" s="47"/>
+      <c r="G32" s="47"/>
+      <c r="H32" s="47"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
     </row>
-    <row r="33" spans="1:24" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H33" s="37"/>
+    <row r="33" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="47"/>
+      <c r="B33" s="47"/>
+      <c r="C33" s="47"/>
+      <c r="D33" s="47"/>
+      <c r="E33" s="47"/>
+      <c r="F33" s="47"/>
+      <c r="G33" s="47"/>
+      <c r="H33" s="47"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
     </row>
-    <row r="34" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H34"/>
+    <row r="34" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="47"/>
+      <c r="B34" s="47"/>
+      <c r="C34" s="47"/>
+      <c r="D34" s="47"/>
+      <c r="E34" s="47"/>
+      <c r="F34" s="47"/>
+      <c r="G34" s="47"/>
+      <c r="H34" s="47"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
       <c r="Q34"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
     </row>
-    <row r="35" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H35"/>
+    <row r="35" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="33"/>
+      <c r="B35" s="33"/>
+      <c r="C35" s="33"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="33"/>
+      <c r="F35" s="33"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="33"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
       <c r="Q35"/>
       <c r="R35"/>
       <c r="S35"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
     </row>
-    <row r="36" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H36"/>
+    <row r="36" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="33"/>
+      <c r="B36" s="33"/>
+      <c r="C36" s="33"/>
+      <c r="D36" s="33"/>
+      <c r="E36" s="33"/>
+      <c r="F36" s="33"/>
+      <c r="G36" s="33"/>
+      <c r="H36" s="33"/>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
       <c r="Q36"/>
       <c r="R36"/>
       <c r="S36"/>
       <c r="T36"/>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
     </row>
-    <row r="37" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H37"/>
+    <row r="37" spans="1:24" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="33"/>
+      <c r="B37" s="33"/>
+      <c r="C37" s="33"/>
+      <c r="D37" s="33"/>
+      <c r="E37" s="33"/>
+      <c r="F37" s="33"/>
+      <c r="G37" s="33"/>
+      <c r="H37" s="33"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
       <c r="Q37"/>
       <c r="R37"/>
       <c r="S37"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
     </row>
-    <row r="38" spans="1:24" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H38"/>
+    <row r="38" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
+      <c r="E38" s="29"/>
+      <c r="F38" s="29"/>
+      <c r="G38" s="29"/>
+      <c r="H38" s="28"/>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
       <c r="Q38"/>
-    </row>
-[...8 lines deleted...]
-      <c r="H39"/>
+      <c r="R38"/>
+      <c r="S38"/>
+      <c r="T38"/>
+      <c r="U38"/>
+      <c r="V38"/>
+      <c r="W38"/>
+      <c r="X38"/>
+    </row>
+    <row r="39" spans="1:24" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="34"/>
+      <c r="B39" s="34"/>
+      <c r="C39" s="34"/>
+      <c r="D39" s="34"/>
+      <c r="E39" s="34"/>
+      <c r="F39" s="34"/>
+      <c r="G39" s="34"/>
+      <c r="H39" s="34"/>
+      <c r="N39"/>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39"/>
+      <c r="U39"/>
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39"/>
     </row>
     <row r="40" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40"/>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40"/>
+      <c r="W40"/>
+      <c r="X40"/>
     </row>
     <row r="41" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41"/>
+      <c r="N41"/>
+      <c r="O41"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41"/>
+      <c r="V41"/>
+      <c r="W41"/>
+      <c r="X41"/>
     </row>
     <row r="42" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
+      <c r="N42"/>
+      <c r="O42"/>
+      <c r="P42"/>
+      <c r="Q42"/>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42"/>
+      <c r="U42"/>
+      <c r="V42"/>
+      <c r="W42"/>
+      <c r="X42"/>
     </row>
     <row r="43" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
+      <c r="N43"/>
+      <c r="O43"/>
+      <c r="P43"/>
+      <c r="Q43"/>
+      <c r="R43"/>
+      <c r="S43"/>
+      <c r="T43"/>
+      <c r="U43"/>
+      <c r="V43"/>
+      <c r="W43"/>
+      <c r="X43"/>
     </row>
     <row r="44" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
+      <c r="N44"/>
+      <c r="O44"/>
+      <c r="P44"/>
+      <c r="Q44"/>
     </row>
     <row r="45" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:24" x14ac:dyDescent="0.3">
       <c r="A47"/>
       <c r="B47"/>
       <c r="C47"/>
@@ -3380,1517 +3888,2832 @@
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85"/>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
     </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A86"/>
+      <c r="B86"/>
+      <c r="C86"/>
+      <c r="D86"/>
+      <c r="E86"/>
+      <c r="F86"/>
+      <c r="G86"/>
+      <c r="H86"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87"/>
+      <c r="B87"/>
+      <c r="C87"/>
+      <c r="D87"/>
+      <c r="E87"/>
+      <c r="F87"/>
+      <c r="G87"/>
+      <c r="H87"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88"/>
+      <c r="B88"/>
+      <c r="C88"/>
+      <c r="D88"/>
+      <c r="E88"/>
+      <c r="F88"/>
+      <c r="G88"/>
+      <c r="H88"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A89"/>
+      <c r="B89"/>
+      <c r="C89"/>
+      <c r="D89"/>
+      <c r="E89"/>
+      <c r="F89"/>
+      <c r="G89"/>
+      <c r="H89"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90"/>
+      <c r="B90"/>
+      <c r="C90"/>
+      <c r="D90"/>
+      <c r="E90"/>
+      <c r="F90"/>
+      <c r="G90"/>
+      <c r="H90"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91"/>
+      <c r="B91"/>
+      <c r="C91"/>
+      <c r="D91"/>
+      <c r="E91"/>
+      <c r="F91"/>
+      <c r="G91"/>
+      <c r="H91"/>
+    </row>
   </sheetData>
-  <mergeCells count="16">
-[...10 lines deleted...]
-    <mergeCell ref="A12:H12"/>
+  <mergeCells count="18">
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
+    <mergeCell ref="A12:H12"/>
+    <mergeCell ref="A22:G22"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="A14:H14"/>
+    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A15:H15"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;G&amp;R&amp;G</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R22"/>
+  <dimension ref="A1:X21"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:R4"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:X4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.7265625" customWidth="1"/>
     <col min="2" max="2" width="8.54296875" customWidth="1"/>
-    <col min="3" max="8" width="7.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="18" width="8.54296875" customWidth="1"/>
+    <col min="3" max="11" width="5.7265625" customWidth="1"/>
+    <col min="12" max="12" width="8.453125" customWidth="1"/>
+    <col min="13" max="13" width="8.54296875" customWidth="1"/>
+    <col min="14" max="22" width="7.08984375" customWidth="1"/>
+    <col min="23" max="24" width="8.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="34" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:24" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="B1" s="11"/>
-[...18 lines deleted...]
-      <c r="A2" s="14" t="s">
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+      <c r="K1" s="10"/>
+      <c r="L1" s="10"/>
+      <c r="M1" s="10"/>
+      <c r="N1" s="10"/>
+      <c r="O1" s="10"/>
+      <c r="P1" s="10"/>
+      <c r="Q1" s="10"/>
+      <c r="R1" s="10"/>
+      <c r="S1" s="10"/>
+      <c r="T1" s="10"/>
+      <c r="U1" s="10"/>
+      <c r="V1" s="10"/>
+      <c r="W1" s="10"/>
+      <c r="X1" s="1"/>
+    </row>
+    <row r="2" spans="1:24" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B2" s="15"/>
-[...59 lines deleted...]
-    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+      <c r="O2" s="14"/>
+      <c r="P2" s="14"/>
+      <c r="Q2" s="14"/>
+      <c r="R2" s="14"/>
+      <c r="S2" s="14"/>
+      <c r="T2" s="14"/>
+      <c r="U2" s="14"/>
+      <c r="V2" s="14"/>
+      <c r="W2" s="14"/>
+      <c r="X2" s="14"/>
+    </row>
+    <row r="3" spans="1:24" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
+      <c r="N3" s="11"/>
+      <c r="O3" s="11"/>
+      <c r="P3" s="11"/>
+      <c r="Q3" s="11"/>
+      <c r="R3" s="11"/>
+      <c r="S3" s="11"/>
+      <c r="T3" s="11"/>
+      <c r="U3" s="11"/>
+      <c r="V3" s="11"/>
+      <c r="W3" s="11"/>
+      <c r="X3" s="1"/>
+    </row>
+    <row r="4" spans="1:24" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="71" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="71"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="71"/>
+      <c r="E4" s="71"/>
+      <c r="F4" s="71"/>
+      <c r="G4" s="71"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="71"/>
+      <c r="K4" s="71"/>
+      <c r="L4" s="71"/>
+      <c r="M4" s="71"/>
+      <c r="N4" s="71"/>
+      <c r="O4" s="71"/>
+      <c r="P4" s="71"/>
+      <c r="Q4" s="71"/>
+      <c r="R4" s="71"/>
+      <c r="S4" s="71"/>
+      <c r="T4" s="71"/>
+      <c r="U4" s="71"/>
+      <c r="V4" s="71"/>
+      <c r="W4" s="71"/>
+      <c r="X4" s="71"/>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
-    </row>
-[...20 lines deleted...]
-    <row r="7" spans="1:18" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+      <c r="X5" s="1"/>
+    </row>
+    <row r="6" spans="1:24" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="72"/>
+      <c r="B6" s="73" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="73" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="73"/>
+      <c r="E6" s="73"/>
+      <c r="F6" s="73"/>
+      <c r="G6" s="73"/>
+      <c r="H6" s="73"/>
+      <c r="I6" s="73"/>
+      <c r="J6" s="73"/>
+      <c r="K6" s="73"/>
+      <c r="L6" s="73"/>
+      <c r="M6" s="73"/>
+      <c r="N6" s="73" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" s="73"/>
+      <c r="P6" s="73"/>
+      <c r="Q6" s="73"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="73"/>
+      <c r="T6" s="73"/>
+      <c r="U6" s="73"/>
+      <c r="V6" s="73"/>
+      <c r="W6" s="73"/>
+      <c r="X6" s="74"/>
+    </row>
+    <row r="7" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="72"/>
-      <c r="B7" s="73" t="s">
-[...23 lines deleted...]
-    <row r="8" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="73"/>
+      <c r="C7" s="79">
+        <v>2014</v>
+      </c>
+      <c r="D7" s="75">
+        <v>2017</v>
+      </c>
+      <c r="E7" s="75">
+        <v>2018</v>
+      </c>
+      <c r="F7" s="75">
+        <v>2019</v>
+      </c>
+      <c r="G7" s="75">
+        <v>2020</v>
+      </c>
+      <c r="H7" s="75">
+        <v>2021</v>
+      </c>
+      <c r="I7" s="75">
+        <v>2022</v>
+      </c>
+      <c r="J7" s="75">
+        <v>2023</v>
+      </c>
+      <c r="K7" s="77">
+        <v>2024</v>
+      </c>
+      <c r="L7" s="74" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" s="72"/>
+      <c r="N7" s="79">
+        <v>2014</v>
+      </c>
+      <c r="O7" s="75">
+        <v>2017</v>
+      </c>
+      <c r="P7" s="75">
+        <v>2018</v>
+      </c>
+      <c r="Q7" s="75">
+        <v>2019</v>
+      </c>
+      <c r="R7" s="75">
+        <v>2020</v>
+      </c>
+      <c r="S7" s="75">
+        <v>2021</v>
+      </c>
+      <c r="T7" s="75">
+        <v>2022</v>
+      </c>
+      <c r="U7" s="75">
+        <v>2023</v>
+      </c>
+      <c r="V7" s="75">
+        <v>2024</v>
+      </c>
+      <c r="W7" s="73" t="s">
+        <v>30</v>
+      </c>
+      <c r="X7" s="74"/>
+    </row>
+    <row r="8" spans="1:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="72"/>
       <c r="B8" s="73"/>
-      <c r="C8" s="74">
-[...53 lines deleted...]
-      <c r="I9" s="49" t="s">
+      <c r="C8" s="80"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="76"/>
+      <c r="F8" s="76"/>
+      <c r="G8" s="76"/>
+      <c r="H8" s="76"/>
+      <c r="I8" s="81"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="78"/>
+      <c r="L8" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="M8" s="46" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" s="80"/>
+      <c r="O8" s="76"/>
+      <c r="P8" s="76"/>
+      <c r="Q8" s="76"/>
+      <c r="R8" s="76"/>
+      <c r="S8" s="76"/>
+      <c r="T8" s="76"/>
+      <c r="U8" s="76"/>
+      <c r="V8" s="76"/>
+      <c r="W8" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="X8" s="48" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="40">
+        <v>4</v>
+      </c>
+      <c r="C9" s="41">
+        <v>4.31228070175439</v>
+      </c>
+      <c r="D9" s="38">
+        <v>4.3166000000000002</v>
+      </c>
+      <c r="E9" s="38">
+        <v>4.2497999999999996</v>
+      </c>
+      <c r="F9" s="38">
+        <v>4.2962962962962896</v>
+      </c>
+      <c r="G9" s="38">
+        <v>4.2264999999999997</v>
+      </c>
+      <c r="H9" s="38">
+        <v>4.1973856209150302</v>
+      </c>
+      <c r="I9" s="38">
+        <v>4.2476000000000003</v>
+      </c>
+      <c r="J9" s="38">
+        <v>4.2398427260812603</v>
+      </c>
+      <c r="K9" s="44">
+        <v>4.2112999999999996</v>
+      </c>
+      <c r="L9" s="51">
+        <v>-0.10098070175439045</v>
+      </c>
+      <c r="M9" s="51">
+        <v>-8.4996296296290019E-2</v>
+      </c>
+      <c r="N9" s="42">
+        <v>3.7473684210526801</v>
+      </c>
+      <c r="O9" s="37">
+        <v>3.7992000000000026</v>
+      </c>
+      <c r="P9" s="37">
+        <v>2.9975999999999949</v>
+      </c>
+      <c r="Q9" s="37">
+        <v>3.5555555555554799</v>
+      </c>
+      <c r="R9" s="37">
+        <v>2.7179999999999964</v>
+      </c>
+      <c r="S9" s="37">
+        <v>2.3686274509803602</v>
+      </c>
+      <c r="T9" s="37">
+        <v>2.9712000000000032</v>
+      </c>
+      <c r="U9" s="37">
+        <v>2.8781127129751241</v>
+      </c>
+      <c r="V9" s="37">
+        <v>2.5355999999999952</v>
+      </c>
+      <c r="W9" s="50">
+        <v>-1.2117684210526849</v>
+      </c>
+      <c r="X9" s="52">
+        <v>-1.0199555555554847</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="40">
+        <v>3</v>
+      </c>
+      <c r="C10" s="41">
+        <v>3.94459102902375</v>
+      </c>
+      <c r="D10" s="38">
+        <v>3.9045999999999998</v>
+      </c>
+      <c r="E10" s="38">
+        <v>3.9333999999999998</v>
+      </c>
+      <c r="F10" s="38">
+        <v>3.7937806873977094</v>
+      </c>
+      <c r="G10" s="38">
+        <v>3.7351000000000001</v>
+      </c>
+      <c r="H10" s="38">
+        <v>3.6536231884057999</v>
+      </c>
+      <c r="I10" s="38">
+        <v>3.7303999999999999</v>
+      </c>
+      <c r="J10" s="38">
+        <v>3.7187948350071749</v>
+      </c>
+      <c r="K10" s="44">
+        <v>3.7404000000000002</v>
+      </c>
+      <c r="L10" s="51">
+        <v>-0.20419102902374986</v>
+      </c>
+      <c r="M10" s="51">
+        <v>-5.3380687397709181E-2</v>
+      </c>
+      <c r="N10" s="42">
+        <v>11.335092348285</v>
+      </c>
+      <c r="O10" s="37">
+        <v>10.855199999999998</v>
+      </c>
+      <c r="P10" s="37">
+        <v>11.200799999999997</v>
+      </c>
+      <c r="Q10" s="37">
+        <v>9.5253682487725122</v>
+      </c>
+      <c r="R10" s="37">
+        <v>8.821200000000001</v>
+      </c>
+      <c r="S10" s="37">
+        <v>7.843478260869599</v>
+      </c>
+      <c r="T10" s="37">
+        <v>8.7647999999999993</v>
+      </c>
+      <c r="U10" s="37">
+        <v>8.6255380200860987</v>
+      </c>
+      <c r="V10" s="37">
+        <v>8.884800000000002</v>
+      </c>
+      <c r="W10" s="50">
+        <v>-2.4502923482849983</v>
+      </c>
+      <c r="X10" s="52">
+        <v>-0.64056824877251017</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="40">
+        <v>4</v>
+      </c>
+      <c r="C11" s="41">
+        <v>6.4625850340136068</v>
+      </c>
+      <c r="D11" s="38">
+        <v>7.1039000000000003</v>
+      </c>
+      <c r="E11" s="38">
+        <v>7.1802999999999999</v>
+      </c>
+      <c r="F11" s="38">
+        <v>7.6818181818181799</v>
+      </c>
+      <c r="G11" s="38">
+        <v>7.7111000000000001</v>
+      </c>
+      <c r="H11" s="38">
+        <v>7.4655172413793114</v>
+      </c>
+      <c r="I11" s="38">
+        <v>8.1082999999999998</v>
+      </c>
+      <c r="J11" s="38">
+        <v>8.0291970802919757</v>
+      </c>
+      <c r="K11" s="44">
+        <v>7.48484848484848</v>
+      </c>
+      <c r="L11" s="51">
+        <v>1.0222634508348731</v>
+      </c>
+      <c r="M11" s="51">
+        <v>-0.1969696969696999</v>
+      </c>
+      <c r="N11" s="42">
+        <v>29.551020408163282</v>
+      </c>
+      <c r="O11" s="37">
+        <v>37.246800000000007</v>
+      </c>
+      <c r="P11" s="37">
+        <v>38.163600000000002</v>
+      </c>
+      <c r="Q11" s="37">
+        <v>44.181818181818159</v>
+      </c>
+      <c r="R11" s="37">
+        <v>44.533200000000001</v>
+      </c>
+      <c r="S11" s="37">
+        <v>41.586206896551737</v>
+      </c>
+      <c r="T11" s="37">
+        <v>49.299599999999998</v>
+      </c>
+      <c r="U11" s="37">
+        <v>48.350364963503708</v>
+      </c>
+      <c r="V11" s="37">
+        <v>41.818181818181756</v>
+      </c>
+      <c r="W11" s="50">
+        <v>12.267161410018474</v>
+      </c>
+      <c r="X11" s="52">
+        <v>-2.3636363636364024</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="40">
+        <v>4</v>
+      </c>
+      <c r="C12" s="41">
+        <v>4.9586776859504118</v>
+      </c>
+      <c r="D12" s="38">
+        <v>5.1691000000000003</v>
+      </c>
+      <c r="E12" s="38">
+        <v>5.2838000000000003</v>
+      </c>
+      <c r="F12" s="38">
+        <v>4.8953846153846161</v>
+      </c>
+      <c r="G12" s="38">
+        <v>5.0179</v>
+      </c>
+      <c r="H12" s="38">
+        <v>4.7623188405797103</v>
+      </c>
+      <c r="I12" s="38">
+        <v>5.1140999999999996</v>
+      </c>
+      <c r="J12" s="38">
+        <v>4.9671052631578965</v>
+      </c>
+      <c r="K12" s="44">
+        <v>4.8821548821548824</v>
+      </c>
+      <c r="L12" s="51">
+        <v>-7.6522803795529448E-2</v>
+      </c>
+      <c r="M12" s="51">
+        <v>-1.3229733229733753E-2</v>
+      </c>
+      <c r="N12" s="42">
+        <v>11.504132231404942</v>
+      </c>
+      <c r="O12" s="37">
+        <v>14.029200000000003</v>
+      </c>
+      <c r="P12" s="37">
+        <v>15.405600000000003</v>
+      </c>
+      <c r="Q12" s="37">
+        <v>10.744615384615393</v>
+      </c>
+      <c r="R12" s="37">
+        <v>12.2148</v>
+      </c>
+      <c r="S12" s="37">
+        <v>9.147826086956524</v>
+      </c>
+      <c r="T12" s="37">
+        <v>13.369199999999996</v>
+      </c>
+      <c r="U12" s="37">
+        <v>11.605263157894758</v>
+      </c>
+      <c r="V12" s="37">
+        <v>10.585858585858588</v>
+      </c>
+      <c r="W12" s="50">
+        <v>-0.91827364554635338</v>
+      </c>
+      <c r="X12" s="52">
+        <v>-0.15875679875680504</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="40">
+        <v>3</v>
+      </c>
+      <c r="C13" s="41">
+        <v>6.3588082901554399</v>
+      </c>
+      <c r="D13" s="38">
+        <v>7.2035</v>
+      </c>
+      <c r="E13" s="38">
+        <v>7.3884999999999996</v>
+      </c>
+      <c r="F13" s="38">
+        <v>7.4926764314247674</v>
+      </c>
+      <c r="G13" s="38">
+        <v>7.5717999999999996</v>
+      </c>
+      <c r="H13" s="38">
+        <v>7.6357786357786299</v>
+      </c>
+      <c r="I13" s="38">
+        <v>7.6252000000000004</v>
+      </c>
+      <c r="J13" s="38">
+        <v>7.5626631853785922</v>
+      </c>
+      <c r="K13" s="44">
+        <v>7.6965000000000003</v>
+      </c>
+      <c r="L13" s="51">
+        <v>1.3376917098445604</v>
+      </c>
+      <c r="M13" s="51">
+        <v>0.20382356857523298</v>
+      </c>
+      <c r="N13" s="42">
+        <v>40.305699481865275</v>
+      </c>
+      <c r="O13" s="37">
+        <v>50.442</v>
+      </c>
+      <c r="P13" s="37">
+        <v>52.661999999999992</v>
+      </c>
+      <c r="Q13" s="37">
+        <v>53.912117177097208</v>
+      </c>
+      <c r="R13" s="37">
+        <v>54.861599999999996</v>
+      </c>
+      <c r="S13" s="37">
+        <v>55.629343629343559</v>
+      </c>
+      <c r="T13" s="37">
+        <v>55.502400000000009</v>
+      </c>
+      <c r="U13" s="37">
+        <v>54.751958224543102</v>
+      </c>
+      <c r="V13" s="37">
+        <v>56.358000000000004</v>
+      </c>
+      <c r="W13" s="50">
+        <v>16.052300518134729</v>
+      </c>
+      <c r="X13" s="52">
+        <v>2.4458828229027958</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="40">
+        <v>3</v>
+      </c>
+      <c r="C14" s="41">
+        <v>4.8236714975845354</v>
+      </c>
+      <c r="D14" s="38">
+        <v>4.4638999999999998</v>
+      </c>
+      <c r="E14" s="38">
+        <v>4.2241</v>
+      </c>
+      <c r="F14" s="38">
+        <v>4.1626794258373225</v>
+      </c>
+      <c r="G14" s="38">
+        <v>4.1178999999999997</v>
+      </c>
+      <c r="H14" s="38">
+        <v>4.1602870813397148</v>
+      </c>
+      <c r="I14" s="38">
+        <v>4.1970999999999998</v>
+      </c>
+      <c r="J14" s="38">
+        <v>4.301397205588823</v>
+      </c>
+      <c r="K14" s="44">
+        <v>4.2305999999999999</v>
+      </c>
+      <c r="L14" s="51">
+        <v>-0.59307149758453548</v>
+      </c>
+      <c r="M14" s="51">
+        <v>6.7920574162677383E-2</v>
+      </c>
+      <c r="N14" s="42">
+        <v>21.884057971014425</v>
+      </c>
+      <c r="O14" s="37">
+        <v>17.566799999999997</v>
+      </c>
+      <c r="P14" s="37">
+        <v>14.6892</v>
+      </c>
+      <c r="Q14" s="37">
+        <v>13.95215311004787</v>
+      </c>
+      <c r="R14" s="37">
+        <v>13.414799999999996</v>
+      </c>
+      <c r="S14" s="37">
+        <v>13.923444976076578</v>
+      </c>
+      <c r="T14" s="37">
+        <v>14.365199999999998</v>
+      </c>
+      <c r="U14" s="37">
+        <v>15.616766467065876</v>
+      </c>
+      <c r="V14" s="37">
+        <v>14.767199999999999</v>
+      </c>
+      <c r="W14" s="50">
+        <v>-7.1168579710144257</v>
+      </c>
+      <c r="X14" s="52">
+        <v>0.81504688995212859</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="40">
+        <v>2</v>
+      </c>
+      <c r="C15" s="41">
+        <v>4.8673469387755102</v>
+      </c>
+      <c r="D15" s="38">
+        <v>5.5517000000000003</v>
+      </c>
+      <c r="E15" s="38">
+        <v>5.3952</v>
+      </c>
+      <c r="F15" s="38">
+        <v>5.0406504065040636</v>
+      </c>
+      <c r="G15" s="38">
+        <v>5.9316000000000004</v>
+      </c>
+      <c r="H15" s="38">
+        <v>4.7894736842105265</v>
+      </c>
+      <c r="I15" s="38">
+        <v>5.2352999999999996</v>
+      </c>
+      <c r="J15" s="38">
+        <v>5.9158878504672918</v>
+      </c>
+      <c r="K15" s="44">
+        <v>5.4856999999999996</v>
+      </c>
+      <c r="L15" s="51">
+        <v>0.61835306122448941</v>
+      </c>
+      <c r="M15" s="51">
+        <v>0.44504959349593598</v>
+      </c>
+      <c r="N15" s="42">
+        <v>34.408163265306122</v>
+      </c>
+      <c r="O15" s="37">
+        <v>42.620400000000004</v>
+      </c>
+      <c r="P15" s="37">
+        <v>40.742400000000004</v>
+      </c>
+      <c r="Q15" s="37">
+        <v>36.487804878048763</v>
+      </c>
+      <c r="R15" s="37">
+        <v>47.179200000000009</v>
+      </c>
+      <c r="S15" s="37">
+        <v>33.473684210526301</v>
+      </c>
+      <c r="T15" s="37">
+        <v>38.823599999999999</v>
+      </c>
+      <c r="U15" s="37">
+        <v>46.990654205607498</v>
+      </c>
+      <c r="V15" s="37">
+        <v>41.828399999999995</v>
+      </c>
+      <c r="W15" s="50">
+        <v>7.4202367346938729</v>
+      </c>
+      <c r="X15" s="52">
+        <v>5.3405951219512318</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="82" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" s="82"/>
+      <c r="C16" s="82"/>
+      <c r="D16" s="82"/>
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="82"/>
+      <c r="I16" s="82"/>
+      <c r="J16" s="82"/>
+      <c r="K16" s="82"/>
+      <c r="L16" s="82"/>
+      <c r="M16" s="82"/>
+      <c r="N16" s="82"/>
+      <c r="O16" s="82"/>
+      <c r="P16" s="82"/>
+      <c r="Q16" s="82"/>
+      <c r="R16" s="82"/>
+      <c r="S16" s="82"/>
+      <c r="T16" s="82"/>
+      <c r="U16" s="82"/>
+      <c r="V16" s="82"/>
+      <c r="W16" s="82"/>
+      <c r="X16" s="82"/>
+    </row>
+    <row r="17" spans="1:24" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="83" t="s">
         <v>31</v>
       </c>
-      <c r="J9" s="49" t="s">
-[...496 lines deleted...]
-      <c r="A21" s="18" t="s">
+      <c r="B17" s="83"/>
+      <c r="C17" s="83"/>
+      <c r="D17" s="83"/>
+      <c r="E17" s="83"/>
+      <c r="F17" s="83"/>
+      <c r="G17" s="83"/>
+      <c r="H17" s="83"/>
+      <c r="I17" s="83"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="83"/>
+      <c r="L17" s="83"/>
+      <c r="M17" s="83"/>
+      <c r="N17" s="83"/>
+      <c r="O17" s="83"/>
+      <c r="P17" s="83"/>
+      <c r="Q17" s="83"/>
+      <c r="R17" s="83"/>
+      <c r="S17" s="83"/>
+      <c r="T17" s="83"/>
+      <c r="U17" s="83"/>
+      <c r="V17" s="83"/>
+      <c r="W17" s="83"/>
+      <c r="X17" s="83"/>
+    </row>
+    <row r="18" spans="1:24" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="83" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="83"/>
+      <c r="C18" s="83"/>
+      <c r="D18" s="83"/>
+      <c r="E18" s="83"/>
+      <c r="F18" s="83"/>
+      <c r="G18" s="83"/>
+      <c r="H18" s="83"/>
+      <c r="I18" s="83"/>
+      <c r="J18" s="83"/>
+      <c r="K18" s="83"/>
+      <c r="L18" s="83"/>
+      <c r="M18" s="83"/>
+      <c r="N18" s="83"/>
+      <c r="O18" s="83"/>
+      <c r="P18" s="83"/>
+      <c r="Q18" s="83"/>
+      <c r="R18" s="83"/>
+      <c r="S18" s="83"/>
+      <c r="T18" s="83"/>
+      <c r="U18" s="83"/>
+      <c r="V18" s="83"/>
+      <c r="W18" s="83"/>
+      <c r="X18" s="83"/>
+    </row>
+    <row r="19" spans="1:24" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="83" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="83"/>
+      <c r="C19" s="83"/>
+      <c r="D19" s="83"/>
+      <c r="E19" s="83"/>
+      <c r="F19" s="83"/>
+      <c r="G19" s="83"/>
+      <c r="H19" s="83"/>
+      <c r="I19" s="83"/>
+      <c r="J19" s="83"/>
+      <c r="K19" s="83"/>
+      <c r="L19" s="83"/>
+      <c r="M19" s="83"/>
+      <c r="N19" s="83"/>
+      <c r="O19" s="83"/>
+      <c r="P19" s="83"/>
+      <c r="Q19" s="83"/>
+      <c r="R19" s="83"/>
+      <c r="S19" s="83"/>
+      <c r="T19" s="83"/>
+      <c r="U19" s="83"/>
+      <c r="V19" s="83"/>
+      <c r="W19" s="83"/>
+      <c r="X19" s="83"/>
+    </row>
+    <row r="20" spans="1:24" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="19"/>
-[...20 lines deleted...]
-      <c r="A22" s="21" t="s">
+      <c r="B20" s="18"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="18"/>
+      <c r="E20" s="18"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="18"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="18"/>
+      <c r="K20" s="18"/>
+      <c r="L20" s="36"/>
+      <c r="M20" s="18"/>
+      <c r="N20" s="19"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+      <c r="X20" s="35" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="B22" s="22"/>
-[...15 lines deleted...]
-      <c r="R22" s="22"/>
+      <c r="B21" s="21"/>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+      <c r="E21" s="21"/>
+      <c r="F21" s="21"/>
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="21"/>
+      <c r="L21" s="21"/>
+      <c r="M21" s="21"/>
+      <c r="N21" s="21"/>
+      <c r="O21" s="21"/>
+      <c r="P21" s="21"/>
+      <c r="Q21" s="21"/>
+      <c r="R21" s="21"/>
+      <c r="S21" s="21"/>
+      <c r="T21" s="21"/>
+      <c r="U21" s="21"/>
+      <c r="V21" s="21"/>
+      <c r="W21" s="21"/>
+      <c r="X21" s="21"/>
     </row>
   </sheetData>
-  <mergeCells count="25">
-[...24 lines deleted...]
-    <mergeCell ref="G8:G9"/>
+  <mergeCells count="29">
+    <mergeCell ref="U7:U8"/>
+    <mergeCell ref="I7:I8"/>
+    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="A16:X16"/>
+    <mergeCell ref="A19:X19"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="W7:X7"/>
+    <mergeCell ref="A17:X17"/>
+    <mergeCell ref="A18:X18"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="A4:X4"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="B6:B8"/>
+    <mergeCell ref="C6:M6"/>
+    <mergeCell ref="N6:X6"/>
+    <mergeCell ref="R7:R8"/>
+    <mergeCell ref="S7:S8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="O7:O8"/>
+    <mergeCell ref="P7:P8"/>
+    <mergeCell ref="Q7:Q8"/>
+    <mergeCell ref="H7:H8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="T7:T8"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="82" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="80" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{29B4B46F-1198-4410-8959-A68AAB30164C}">
+  <dimension ref="A1:J33"/>
+  <sheetViews>
+    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:J4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="19.1796875" customWidth="1"/>
+    <col min="2" max="2" width="19.54296875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+    </row>
+    <row r="2" spans="1:10" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+    </row>
+    <row r="3" spans="1:10" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+    </row>
+    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="71" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" s="71"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="71"/>
+      <c r="E4" s="71"/>
+      <c r="F4" s="71"/>
+      <c r="G4" s="71"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="71"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1"/>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="1"/>
+      <c r="B25" s="1"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="1"/>
+      <c r="B26" s="1"/>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1"/>
+      <c r="H26" s="1"/>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="1"/>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" s="1"/>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" s="1"/>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1"/>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="B31" s="43"/>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+    </row>
+    <row r="32" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="18"/>
+      <c r="C32" s="18"/>
+      <c r="D32" s="18"/>
+      <c r="E32" s="18"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="18"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="35" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="21"/>
+      <c r="J33" s="21"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A4:J4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:O20"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:O4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="11.453125" customWidth="1"/>
     <col min="3" max="11" width="6.26953125" customWidth="1"/>
     <col min="12" max="12" width="7" customWidth="1"/>
     <col min="13" max="13" width="7.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="34" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="B1" s="11"/>
-[...7 lines deleted...]
-      <c r="J1" s="12"/>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
-      <c r="M1" s="13"/>
-[...1 lines deleted...]
-      <c r="O1" s="13"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
     </row>
     <row r="2" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="14" t="s">
+      <c r="A2" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B2" s="15"/>
-[...24 lines deleted...]
-      <c r="J3" s="12"/>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+      <c r="O2" s="14"/>
+    </row>
+    <row r="3" spans="1:15" ht="10.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
-      <c r="M3" s="13"/>
-[...22 lines deleted...]
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M3" s="12"/>
+      <c r="N3" s="12"/>
+      <c r="O3" s="12"/>
+    </row>
+    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="71" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" s="84"/>
+      <c r="C4" s="84"/>
+      <c r="D4" s="84"/>
+      <c r="E4" s="84"/>
+      <c r="F4" s="84"/>
+      <c r="G4" s="84"/>
+      <c r="H4" s="84"/>
+      <c r="I4" s="84"/>
+      <c r="J4" s="84"/>
+      <c r="K4" s="84"/>
+      <c r="L4" s="84"/>
+      <c r="M4" s="84"/>
+      <c r="N4" s="84"/>
+      <c r="O4" s="84"/>
+    </row>
+    <row r="5" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="81" t="s">
+      <c r="A6" s="85" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="82" t="s">
-[...11 lines deleted...]
-      <c r="L6" s="83"/>
+      <c r="B6" s="86" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="86"/>
+      <c r="D6" s="86"/>
+      <c r="E6" s="86"/>
+      <c r="F6" s="86"/>
+      <c r="G6" s="86"/>
+      <c r="H6" s="86"/>
+      <c r="I6" s="86"/>
+      <c r="J6" s="86"/>
+      <c r="K6" s="86"/>
+      <c r="L6" s="87"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="81"/>
-      <c r="B7" s="32" t="s">
+      <c r="A7" s="85"/>
+      <c r="B7" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="32" t="s">
+      <c r="C7" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="E7" s="32" t="s">
+      <c r="E7" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="F7" s="32" t="s">
+      <c r="F7" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="G7" s="32" t="s">
+      <c r="G7" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="H7" s="32" t="s">
+      <c r="H7" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="I7" s="32" t="s">
+      <c r="I7" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="32" t="s">
+      <c r="J7" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="K7" s="32" t="s">
+      <c r="K7" s="31" t="s">
         <v>7</v>
       </c>
-      <c r="L7" s="33" t="s">
+      <c r="L7" s="32" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="3">
-        <v>0.81960784313725488</v>
+        <v>0.80577427821522307</v>
       </c>
       <c r="C8" s="3">
-        <v>0.165359477124183</v>
+        <v>0.17847769028871391</v>
       </c>
       <c r="D8" s="3">
-        <v>1.3071895424836602E-2</v>
+        <v>1.4435695538057743E-2</v>
       </c>
       <c r="E8" s="3">
-        <v>1.9607843137254902E-3</v>
+        <v>1.3123359580052493E-3</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
-      <c r="K8" s="32"/>
+      <c r="K8" s="31"/>
       <c r="L8" s="5"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="4">
-        <v>0.51014492753623186</v>
+        <v>0.44258373205741625</v>
       </c>
       <c r="C9" s="4">
-        <v>0.33478260869565218</v>
+        <v>0.38636363636363635</v>
       </c>
       <c r="D9" s="4">
-        <v>0.14057971014492754</v>
+        <v>0.15191387559808611</v>
       </c>
       <c r="E9" s="4">
-        <v>1.4492753623188406E-2</v>
+        <v>1.4354066985645933E-2</v>
       </c>
       <c r="F9" s="4">
-        <v>0</v>
+        <v>4.7846889952153108E-3</v>
       </c>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
-      <c r="I9" s="32"/>
-[...1 lines deleted...]
-      <c r="K9" s="32"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="31"/>
+      <c r="K9" s="31"/>
       <c r="L9" s="5"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="4">
-        <v>0.20689655172413793</v>
+        <v>0.18181818181818182</v>
       </c>
       <c r="C10" s="4">
-        <v>0.22413793103448276</v>
+        <v>0.18181818181818182</v>
       </c>
       <c r="D10" s="4">
-        <v>7.7586206896551727E-2</v>
+        <v>0.10303030303030303</v>
       </c>
       <c r="E10" s="4">
-        <v>5.1724137931034482E-2</v>
+        <v>7.8787878787878782E-2</v>
       </c>
       <c r="F10" s="4">
-        <v>0.12931034482758622</v>
+        <v>0.12727272727272726</v>
       </c>
       <c r="G10" s="4">
-        <v>8.6206896551724144E-2</v>
+        <v>7.2727272727272724E-2</v>
       </c>
       <c r="H10" s="4">
-        <v>7.7586206896551727E-2</v>
+        <v>6.6666666666666666E-2</v>
       </c>
       <c r="I10" s="4">
-        <v>2.5862068965517241E-2</v>
+        <v>7.2727272727272724E-2</v>
       </c>
       <c r="J10" s="4">
-        <v>3.4482758620689655E-2</v>
+        <v>4.8484848484848485E-2</v>
       </c>
       <c r="K10" s="4">
-        <v>4.3103448275862072E-2</v>
-[...2 lines deleted...]
-        <v>4.3103448275862072E-2</v>
+        <v>3.0303030303030304E-2</v>
+      </c>
+      <c r="L10" s="54">
+        <v>3.6363636363636362E-2</v>
       </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="4">
-        <v>0.57971014492753625</v>
+        <v>0.53872053872053871</v>
       </c>
       <c r="C11" s="4">
-        <v>0.24637681159420291</v>
+        <v>0.26936026936026936</v>
       </c>
       <c r="D11" s="4">
-        <v>0.11304347826086956</v>
+        <v>9.0909090909090912E-2</v>
       </c>
       <c r="E11" s="4">
-        <v>2.318840579710145E-2</v>
+        <v>4.7138047138047139E-2</v>
       </c>
       <c r="F11" s="4">
-        <v>8.6956521739130436E-3</v>
+        <v>1.6835016835016835E-2</v>
       </c>
       <c r="G11" s="4">
-        <v>1.1594202898550725E-2</v>
+        <v>2.3569023569023569E-2</v>
       </c>
       <c r="H11" s="4">
-        <v>5.7971014492753624E-3</v>
+        <v>3.3670033670033669E-3</v>
       </c>
       <c r="I11" s="4">
-        <v>5.7971014492753624E-3</v>
+        <v>3.3670033670033669E-3</v>
       </c>
       <c r="J11" s="4">
+        <v>3.3670033670033669E-3</v>
+      </c>
+      <c r="K11" s="4">
         <v>0</v>
       </c>
-      <c r="K11" s="4">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L11" s="54">
+        <v>3.3670033670033669E-3</v>
       </c>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="4">
-        <v>8.6229086229086233E-2</v>
+        <v>8.1300813008130079E-2</v>
       </c>
       <c r="C12" s="4">
-        <v>9.0090090090090086E-2</v>
+        <v>0.1016260162601626</v>
       </c>
       <c r="D12" s="4">
-        <v>9.137709137709138E-2</v>
+        <v>0.1002710027100271</v>
       </c>
       <c r="E12" s="4">
-        <v>0.12371134020618557</v>
+        <v>0.12059620596205962</v>
       </c>
       <c r="F12" s="4">
-        <v>0.13144329896907217</v>
+        <v>0.13685636856368563</v>
       </c>
       <c r="G12" s="4">
-        <v>0.12628865979381443</v>
+        <v>0.13008130081300814</v>
       </c>
       <c r="H12" s="4">
-        <v>0.11984536082474227</v>
+        <v>8.5365853658536592E-2</v>
       </c>
       <c r="I12" s="4">
-        <v>7.7319587628865982E-2</v>
+        <v>5.8265582655826556E-2</v>
       </c>
       <c r="J12" s="4">
-        <v>4.6391752577319589E-2</v>
+        <v>6.097560975609756E-2</v>
       </c>
       <c r="K12" s="4">
-        <v>2.9639175257731958E-2</v>
-[...2 lines deleted...]
-        <v>7.8608247422680411E-2</v>
+        <v>3.6585365853658534E-2</v>
+      </c>
+      <c r="L12" s="54">
+        <v>8.8075880758807581E-2</v>
       </c>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="4">
-        <v>0.38038277511961721</v>
+        <v>0.31067961165048541</v>
       </c>
       <c r="C13" s="4">
-        <v>0.33253588516746413</v>
+        <v>0.33252427184466021</v>
       </c>
       <c r="D13" s="4">
-        <v>0.16507177033492823</v>
+        <v>0.22330097087378642</v>
       </c>
       <c r="E13" s="4">
-        <v>6.4593301435406703E-2</v>
+        <v>9.9514563106796114E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>3.1100478468899521E-2</v>
+        <v>2.6699029126213591E-2</v>
       </c>
       <c r="G13" s="4">
-        <v>9.5693779904306216E-3</v>
+        <v>2.4271844660194173E-3</v>
       </c>
       <c r="H13" s="4">
-        <v>7.1770334928229667E-3</v>
+        <v>2.4271844660194173E-3</v>
       </c>
       <c r="I13" s="4">
-        <v>2.3923444976076554E-3</v>
+        <v>0</v>
       </c>
       <c r="J13" s="4">
+        <v>2.4271844660194173E-3</v>
+      </c>
+      <c r="K13" s="4">
         <v>0</v>
       </c>
-      <c r="K13" s="4">
-[...3 lines deleted...]
-        <v>4.7846889952153108E-3</v>
+      <c r="L13" s="54">
+        <v>0</v>
       </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="4">
-        <v>9.6491228070175433E-2</v>
+        <v>6.6666666666666666E-2</v>
       </c>
       <c r="C14" s="4">
-        <v>0.18421052631578946</v>
+        <v>0.16190476190476191</v>
       </c>
       <c r="D14" s="4">
-        <v>0.26315789473684209</v>
+        <v>0.22857142857142856</v>
       </c>
       <c r="E14" s="4">
-        <v>0.18421052631578946</v>
+        <v>0.13333333333333333</v>
       </c>
       <c r="F14" s="4">
-        <v>6.1403508771929821E-2</v>
+        <v>0.12380952380952381</v>
       </c>
       <c r="G14" s="4">
-        <v>0.10526315789473684</v>
+        <v>0.13333333333333333</v>
       </c>
       <c r="H14" s="4">
-        <v>6.1403508771929821E-2</v>
+        <v>4.7619047619047616E-2</v>
       </c>
       <c r="I14" s="4">
-        <v>3.5087719298245612E-2</v>
+        <v>9.5238095238095247E-3</v>
       </c>
       <c r="J14" s="4">
-        <v>0</v>
+        <v>2.8571428571428571E-2</v>
       </c>
       <c r="K14" s="4">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>8.771929824561403E-3</v>
+        <v>2.8571428571428571E-2</v>
+      </c>
+      <c r="L14" s="54">
+        <v>3.8095238095238099E-2</v>
       </c>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="7" t="s">
+      <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="8">
-[...30 lines deleted...]
-        <v>1.7297568312860365E-2</v>
+      <c r="B15" s="7">
+        <v>0.48638704930095661</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.22909001716948738</v>
+      </c>
+      <c r="D15" s="7">
+        <v>9.3941623742948246E-2</v>
+      </c>
+      <c r="E15" s="7">
+        <v>4.5376502330144716E-2</v>
+      </c>
+      <c r="F15" s="7">
+        <v>3.8018150600932055E-2</v>
+      </c>
+      <c r="G15" s="7">
+        <v>3.1886190826588175E-2</v>
+      </c>
+      <c r="H15" s="7">
+        <v>1.9867549668874173E-2</v>
+      </c>
+      <c r="I15" s="7">
+        <v>1.3980868285504048E-2</v>
+      </c>
+      <c r="J15" s="7">
+        <v>1.4226146676477803E-2</v>
+      </c>
+      <c r="K15" s="7">
+        <v>8.5847436840814327E-3</v>
+      </c>
+      <c r="L15" s="8">
+        <v>1.8641157714005395E-2</v>
       </c>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
     </row>
     <row r="16" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="84" t="s">
-[...15 lines deleted...]
-      <c r="O16" s="84"/>
+      <c r="A16" s="88" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" s="88"/>
+      <c r="C16" s="88"/>
+      <c r="D16" s="88"/>
+      <c r="E16" s="88"/>
+      <c r="F16" s="88"/>
+      <c r="G16" s="88"/>
+      <c r="H16" s="88"/>
+      <c r="I16" s="88"/>
+      <c r="J16" s="88"/>
+      <c r="K16" s="88"/>
+      <c r="L16" s="88"/>
+      <c r="M16" s="88"/>
+      <c r="N16" s="88"/>
+      <c r="O16" s="88"/>
     </row>
     <row r="17" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="58" t="s">
-[...15 lines deleted...]
-      <c r="O17" s="58"/>
+      <c r="A17" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="43"/>
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
     </row>
     <row r="18" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="84" t="s">
-[...15 lines deleted...]
-      <c r="O18" s="84"/>
+      <c r="A18" s="88" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="88"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="88"/>
+      <c r="E18" s="88"/>
+      <c r="F18" s="88"/>
+      <c r="G18" s="88"/>
+      <c r="H18" s="88"/>
+      <c r="I18" s="88"/>
+      <c r="J18" s="88"/>
+      <c r="K18" s="88"/>
+      <c r="L18" s="88"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="88"/>
+      <c r="O18" s="88"/>
     </row>
     <row r="19" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="18" t="s">
+      <c r="A19" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B19" s="19"/>
-[...7 lines deleted...]
-      <c r="J19" s="17"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="18"/>
+      <c r="D19" s="18"/>
+      <c r="E19" s="19"/>
+      <c r="F19" s="30"/>
+      <c r="G19" s="30"/>
+      <c r="H19" s="18"/>
+      <c r="I19" s="30"/>
+      <c r="J19" s="16"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
-      <c r="O19" s="42" t="s">
-        <v>47</v>
+      <c r="O19" s="35" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="21" t="s">
+      <c r="A20" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="22"/>
-[...12 lines deleted...]
-      <c r="O20" s="22"/>
+      <c r="B20" s="21"/>
+      <c r="C20" s="21"/>
+      <c r="D20" s="21"/>
+      <c r="E20" s="21"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="21"/>
+      <c r="H20" s="21"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="21"/>
+      <c r="K20" s="21"/>
+      <c r="L20" s="21"/>
+      <c r="M20" s="21"/>
+      <c r="N20" s="21"/>
+      <c r="O20" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:L6"/>
     <mergeCell ref="A16:O16"/>
     <mergeCell ref="A18:O18"/>
   </mergeCells>
+  <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B11410C8-6B40-4AB0-9CFB-00023AF83D18}">
+  <dimension ref="A1:N30"/>
+  <sheetViews>
+    <sheetView zoomScale="54" zoomScaleNormal="54" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:N4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="38.1796875" customWidth="1"/>
+    <col min="2" max="12" width="7.7265625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+    </row>
+    <row r="2" spans="1:14" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+    </row>
+    <row r="3" spans="1:14" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="11"/>
+      <c r="I3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="12"/>
+      <c r="N3" s="12"/>
+    </row>
+    <row r="4" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="89" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="89"/>
+      <c r="C4" s="89"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="89"/>
+      <c r="F4" s="89"/>
+      <c r="G4" s="89"/>
+      <c r="H4" s="89"/>
+      <c r="I4" s="89"/>
+      <c r="J4" s="89"/>
+      <c r="K4" s="89"/>
+      <c r="L4" s="89"/>
+      <c r="M4" s="89"/>
+      <c r="N4" s="89"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1"/>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1"/>
+      <c r="N18" s="1"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="1"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1"/>
+      <c r="N19" s="1"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1"/>
+      <c r="G21" s="1"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" s="59"/>
+      <c r="B24" s="60">
+        <v>2014</v>
+      </c>
+      <c r="C24" s="60">
+        <f>+B24+1</f>
+        <v>2015</v>
+      </c>
+      <c r="D24" s="60">
+        <f t="shared" ref="D24:L24" si="0">+C24+1</f>
+        <v>2016</v>
+      </c>
+      <c r="E24" s="60">
+        <f t="shared" si="0"/>
+        <v>2017</v>
+      </c>
+      <c r="F24" s="60">
+        <f t="shared" si="0"/>
+        <v>2018</v>
+      </c>
+      <c r="G24" s="60">
+        <f t="shared" si="0"/>
+        <v>2019</v>
+      </c>
+      <c r="H24" s="60">
+        <f t="shared" si="0"/>
+        <v>2020</v>
+      </c>
+      <c r="I24" s="60">
+        <f t="shared" si="0"/>
+        <v>2021</v>
+      </c>
+      <c r="J24" s="60">
+        <f t="shared" si="0"/>
+        <v>2022</v>
+      </c>
+      <c r="K24" s="60">
+        <f t="shared" si="0"/>
+        <v>2023</v>
+      </c>
+      <c r="L24" s="61">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="M24" s="1"/>
+      <c r="N24" s="1"/>
+    </row>
+    <row r="25" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="55" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" s="56">
+        <v>0.42</v>
+      </c>
+      <c r="C25" s="56">
+        <v>0.43</v>
+      </c>
+      <c r="D25" s="56">
+        <v>0.43</v>
+      </c>
+      <c r="E25" s="56">
+        <v>0.43</v>
+      </c>
+      <c r="F25" s="56">
+        <v>0.43</v>
+      </c>
+      <c r="G25" s="56">
+        <v>0.46</v>
+      </c>
+      <c r="H25" s="56">
+        <v>0.47</v>
+      </c>
+      <c r="I25" s="56">
+        <v>0.52</v>
+      </c>
+      <c r="J25" s="56">
+        <v>0.49</v>
+      </c>
+      <c r="K25" s="56">
+        <v>0.48</v>
+      </c>
+      <c r="L25" s="57">
+        <v>0.49</v>
+      </c>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+    </row>
+    <row r="26" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="B26" s="56">
+        <v>0.68</v>
+      </c>
+      <c r="C26" s="56">
+        <v>0.67</v>
+      </c>
+      <c r="D26" s="56">
+        <v>0.68</v>
+      </c>
+      <c r="E26" s="56">
+        <v>0.67</v>
+      </c>
+      <c r="F26" s="56">
+        <v>0.68</v>
+      </c>
+      <c r="G26" s="56">
+        <v>0.69</v>
+      </c>
+      <c r="H26" s="56">
+        <v>0.7</v>
+      </c>
+      <c r="I26" s="56">
+        <v>0.72</v>
+      </c>
+      <c r="J26" s="56">
+        <v>0.69</v>
+      </c>
+      <c r="K26" s="56">
+        <v>0.7</v>
+      </c>
+      <c r="L26" s="57">
+        <v>0.72</v>
+      </c>
+      <c r="M26" s="1"/>
+      <c r="N26" s="1"/>
+    </row>
+    <row r="27" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="88" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" s="88"/>
+      <c r="C27" s="88"/>
+      <c r="D27" s="88"/>
+      <c r="E27" s="88"/>
+      <c r="F27" s="88"/>
+      <c r="G27" s="88"/>
+      <c r="H27" s="88"/>
+      <c r="I27" s="88"/>
+      <c r="J27" s="88"/>
+      <c r="K27" s="88"/>
+      <c r="L27" s="88"/>
+      <c r="M27" s="88"/>
+      <c r="N27" s="88"/>
+    </row>
+    <row r="28" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="43" t="s">
+        <v>31</v>
+      </c>
+      <c r="B28" s="43"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="43"/>
+      <c r="N28" s="43"/>
+    </row>
+    <row r="29" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" s="18"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="30"/>
+      <c r="J29" s="16"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="M29" s="1"/>
+      <c r="N29" s="35" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B30" s="21"/>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="21"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="21"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="21"/>
+      <c r="J30" s="21"/>
+      <c r="K30" s="21"/>
+      <c r="L30" s="21"/>
+      <c r="M30" s="21"/>
+      <c r="N30" s="21"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A4:N4"/>
+  </mergeCells>
+  <phoneticPr fontId="14" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Contenu</vt:lpstr>
       <vt:lpstr>Tableau D7.a </vt:lpstr>
-      <vt:lpstr>Tableau D7.b</vt:lpstr>
+      <vt:lpstr>Graph D7.b</vt:lpstr>
+      <vt:lpstr>Tableau D7.c</vt:lpstr>
+      <vt:lpstr>Graph D7.d</vt:lpstr>
       <vt:lpstr>Contenu!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Graph D7.b'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Tableau D7.a '!Zone_d_impression</vt:lpstr>
-      <vt:lpstr>'Tableau D7.b'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tableau D7.c'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mouad Rami (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>173392466</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
     <vt:lpwstr>RIS lot octobre : D7 à mettre en page</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>odile.leroy@etat.ge.ch</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Le-Roy-Zen Ruffinen Odile (DIP)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_MarkAsFinal">
+    <vt:bool>true</vt:bool>
+  </property>
 </Properties>
 </file>