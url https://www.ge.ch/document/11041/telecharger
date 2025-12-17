--- v0 (2025-10-06)
+++ v1 (2025-12-17)
@@ -1,1178 +1,1292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2021\fin chantier_pour Narain\Lot RIS février 2022\D6\travail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2025\6_Mise en ligne\D6 décembre 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{803C0B12-119E-467C-A04E-6AF062E7B847}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="720" yWindow="650" windowWidth="20730" windowHeight="11040" tabRatio="960"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="836" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contenu" sheetId="27" r:id="rId1"/>
-    <sheet name="Tab &amp; graph D6.a" sheetId="45" r:id="rId2"/>
-[...6 lines deleted...]
-    <sheet name="Tab &amp; Graph D6.h " sheetId="58" r:id="rId9"/>
+    <sheet name="Tab D6.a" sheetId="45" r:id="rId2"/>
+    <sheet name="Tab &amp; graph D6.b" sheetId="59" r:id="rId3"/>
+    <sheet name="Tab &amp; graph D6.c" sheetId="60" r:id="rId4"/>
+    <sheet name="Tab &amp; Graph D6.d" sheetId="69" r:id="rId5"/>
+    <sheet name="Tab &amp; Graph D6.e" sheetId="68" r:id="rId6"/>
+    <sheet name="Tab &amp; graph D6.f" sheetId="61" r:id="rId7"/>
+    <sheet name="Tab &amp; graph D6.g" sheetId="62" r:id="rId8"/>
+    <sheet name="Tab &amp; graph D6.h" sheetId="67" r:id="rId9"/>
+    <sheet name="Tab &amp; graph D6.i" sheetId="71" r:id="rId10"/>
+    <sheet name="Tab &amp; graph D6.j" sheetId="63" r:id="rId11"/>
+    <sheet name="Tab &amp; graph D6.k" sheetId="64" r:id="rId12"/>
   </sheets>
   <definedNames>
-    <definedName name="gjdfg" localSheetId="7">#REF!</definedName>
-[...3 lines deleted...]
-    <definedName name="gjdfg" localSheetId="6">#REF!</definedName>
+    <definedName name="_ftn1" localSheetId="2">'Tab &amp; graph D6.b'!$A$7</definedName>
+    <definedName name="_ftnref1" localSheetId="2">'Tab &amp; graph D6.b'!$A$4</definedName>
+    <definedName name="gjdfg" localSheetId="4">#REF!</definedName>
+    <definedName name="gjdfg" localSheetId="9">#REF!</definedName>
     <definedName name="gjdfg">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="4">#REF!</definedName>
+    <definedName name="SPSS" localSheetId="9">#REF!</definedName>
     <definedName name="SPSS" localSheetId="1">#REF!</definedName>
-    <definedName name="SPSS" localSheetId="7">#REF!</definedName>
-[...5 lines deleted...]
-    <definedName name="SPSS" localSheetId="6">#REF!</definedName>
     <definedName name="SPSS">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Contenu!$A$1:$H$42</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'Tableau D6.f '!$A$1:$K$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Contenu!$A$1:$H$45</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Tab &amp; graph D6.c'!$A$1:$F$54</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'Tab &amp; graph D6.f'!$A$1:$J$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tab D6.a'!$A$1:$Q$20</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="134">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Repères et indicateurs statistiques</t>
   </si>
   <si>
     <t xml:space="preserve">© Service de la recherche en éducation (SRED) </t>
   </si>
   <si>
     <t>Tableaux</t>
   </si>
   <si>
     <t>Graphiques</t>
   </si>
   <si>
     <t>Mise en garde : il peut exister des écarts entre les "Repères et indicateurs statistiques" et d'autres indicateurs portant sur d’autres situations de référence (champ de population et date de référence). Par ailleurs, les données ne sont pas nécessairement comparables à des indicateurs statistiques précédemment publiés (dans le cas de ruptures de séries par exemple).</t>
   </si>
   <si>
-    <t>Évolution (en %)</t>
-[...52 lines deleted...]
-  <si>
     <t>D6. Transitions entre l'enseignement secondaire II et tertiaire</t>
   </si>
   <si>
-    <t>Source : OFS/SIUS.</t>
-[...1 lines deleted...]
-  <si>
     <t>Effectifs</t>
   </si>
   <si>
     <t>En %</t>
   </si>
   <si>
-    <t xml:space="preserve">Haute école de gestion </t>
-[...25 lines deleted...]
-  <si>
     <t>HES</t>
   </si>
   <si>
-    <t>Source: SRED/BDS/Etat au 31.12.</t>
-[...151 lines deleted...]
-  <si>
     <t>Genève</t>
   </si>
   <si>
-    <t>Jura</t>
-[...25 lines deleted...]
-  <si>
     <t>Droit</t>
   </si>
   <si>
-    <t>Théologie</t>
-[...34 lines deleted...]
-  <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
   </si>
   <si>
-    <t>Ecole supérieure de bande dessinée</t>
-[...25 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Psychologie et sciences de l'éducation </t>
+      <t>D6.a</t>
     </r>
     <r>
       <rPr>
-        <vertAlign val="superscript"/>
-        <sz val="9"/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(2)</t>
-[...85 lines deleted...]
-      <t xml:space="preserve">D6.b </t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nouvelles et nouveaux inscrits dans l’enseignement tertiaire (hors Université) à Genève, selon l'école, 2010, 2015 et 2020</t>
-[...146 lines deleted...]
-      <t>Nouvelles et nouveaux inscrits dans l’enseignement tertiaire</t>
+      <t>Effectifs</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> à Genève, selon le genre et l'école, 2010, 2015 et 2020</t>
+      <t xml:space="preserve"> d’étudiants et étudiantes dans l'enseignement tertiaire, selon le type d'école à Genève et en Suisse, 2012 et 2022</t>
     </r>
   </si>
   <si>
+    <t>HEU</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>HEP</t>
+  </si>
+  <si>
+    <t>Variation 
+2012-2022</t>
+  </si>
+  <si>
+    <t>Médecine et pharmacie</t>
+  </si>
+  <si>
+    <t>Sciences exactes et naturelles</t>
+  </si>
+  <si>
+    <t>Sciences économiques</t>
+  </si>
+  <si>
+    <t>Sciences techniques</t>
+  </si>
+  <si>
+    <t>Interdisciplinaire et autre</t>
+  </si>
+  <si>
+    <t>Economie et services</t>
+  </si>
+  <si>
+    <t>Santé</t>
+  </si>
+  <si>
+    <t>Travail social</t>
+  </si>
+  <si>
+    <t>Musique, arts de la scène et autres arts</t>
+  </si>
+  <si>
+    <t>Architecture, construction et planification</t>
+  </si>
+  <si>
+    <t>Technique et IT</t>
+  </si>
+  <si>
+    <t>Design</t>
+  </si>
+  <si>
+    <t>Chimie et sciences de la vie</t>
+  </si>
+  <si>
+    <t>Agriculture et économie forestière</t>
+  </si>
+  <si>
+    <t>Linguistique appliquée</t>
+  </si>
+  <si>
+    <t>Psychologie appliquée</t>
+  </si>
+  <si>
+    <t>Sport</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">D6.d </t>
+      <t>Sciences humaines et sociales</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Sciences économiques </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sciences exactes et naturelles </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Droit </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sciences humaines et sociales </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Médecine et pharmacie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technique et IT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Économie et services </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Architecture, construction et planification </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agriculture et économie forestière </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chimie et sciences de la vie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Musique, arts de la scène et autres arts </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travail social </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Design </t>
+  </si>
+  <si>
+    <t>Architecture et bâtiment</t>
+  </si>
+  <si>
+    <t>Industries de transformation et de traitement</t>
+  </si>
+  <si>
+    <t>Technologie de l'information et de la communication</t>
+  </si>
+  <si>
+    <t>Ingénierie et techniques apparentées</t>
+  </si>
+  <si>
+    <t>Services aux particuliers</t>
+  </si>
+  <si>
+    <t>Protection sociale</t>
+  </si>
+  <si>
+    <t>Maturité gymnasiale</t>
+  </si>
+  <si>
+    <t>Passerelle Dubs</t>
+  </si>
+  <si>
+    <t>Certificat étranger</t>
+  </si>
+  <si>
+    <t>Université de Genève</t>
+  </si>
+  <si>
+    <t>EPF Lausanne</t>
+  </si>
+  <si>
+    <t>Université de Lausanne</t>
+  </si>
+  <si>
+    <t>Autres universités</t>
+  </si>
+  <si>
+    <t>Maturité professionnelle</t>
+  </si>
+  <si>
+    <t>Maturité spécialisée</t>
+  </si>
+  <si>
+    <t>Formation professionnelle initiale</t>
+  </si>
+  <si>
+    <r>
+      <t>D6.d</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Entrantes et entrants en bachelor dans les hautes écoles selon le certificat d'accès, en Suisse et à Genève, 2022</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>D6.e</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Entrantes et entrants dans les écoles supérieures selon le certificat d'accès, en Suisse et à Genève, 2022</t>
+    </r>
+  </si>
+  <si>
+    <t>École de culture générale</t>
+  </si>
+  <si>
+    <r>
+      <t>D6.f</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Plus haut niveau de formation des parents des entrantes et entrants dans les hautes écoles et écoles supérieures au premier cycle d'études, à Genève et en Suisse. 2022</t>
+    </r>
+  </si>
+  <si>
+    <t>Enseignement tertiaire</t>
+  </si>
+  <si>
+    <t>Enseignement secondaire II</t>
+  </si>
+  <si>
+    <t>École obligatoire</t>
+  </si>
+  <si>
+    <t>Université de Genève (moyenne : 64%)</t>
+  </si>
+  <si>
+    <t>HES (moyenne : 50%)</t>
+  </si>
+  <si>
+    <t>ES (moyenne : 51%)</t>
+  </si>
+  <si>
+    <t>Écart à la moyenne</t>
+  </si>
+  <si>
+    <t>Domaine</t>
+  </si>
+  <si>
+    <r>
+      <t>D6.g</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Écart du pourcentage de femmes par rapport à la moyenne en bachelor et écoles supérieures, Genève, 2022</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>HES ou HEP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genève </t>
+  </si>
+  <si>
+    <t>Domicile 
+avant les études tertiaires</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D6.i </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Mobilité des entrantes et entrants en haute école universitaire, Domicile à Genève avant les études tertiaires, 2022</t>
+    </r>
+  </si>
+  <si>
+    <t>Changement
+de type d’école</t>
+  </si>
+  <si>
+    <t>Sortie du tertiaire</t>
+  </si>
+  <si>
+    <t>&lt;0.5%</t>
+  </si>
+  <si>
+    <t>ES
+(2)</t>
+  </si>
+  <si>
+    <t>HEP
+(1)</t>
+  </si>
+  <si>
+    <t>HES
+(1)</t>
+  </si>
+  <si>
+    <t>HEU
+(1)</t>
+  </si>
+  <si>
+    <t>Autres types d'admission</t>
+  </si>
+  <si>
+    <t>Passerelle
+Dubs</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">D6.h </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Mobilité des entrantes et entrants en haute école par rapport au canton de domicile avant les études tertiaires, Genève et Suisse, 2022</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>D6.d</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nouvelles et nouveaux inscrits dans l'enseignement tertiaire (hors Université)</t>
+      <t xml:space="preserve"> Entrantes et entrants en bachelor dans les hautes écoles selon le certificat d'accès, en Suisse et à Genève, 2022</t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t>D6.e</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>, selon le type de formation et la situation antérieure, 2020</t>
+      <t xml:space="preserve"> Entrantes et entrants dans les écoles supérieures selon le certificat d'accès, en Suisse et à Genève, 2022</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">D6.e </t>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">D6.f </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nouvelles et nouveaux entrants en HES</t>
+      <t>Plus haut niveau de formation des parents des entrantes et entrants dans les hautes écoles et écoles supérieures au premier cycle d'études, à Genève et en Suisse. 2022</t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t>D6.g</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>, selon la HES et la situation antérieure, 2020</t>
+      <t xml:space="preserve"> Écart du pourcentage de femmes par rapport à la moyenne en bachelor et écoles supérieures, Genève, 2022</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">D6.f </t>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">1) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Situation en 2023 des personnes entrées en 2022 en HEU, HES ou HEP. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Situation en 2022 des personnes entrées en 2021 en ES (les données pour l'année 2023 ne sont pas disponibles pour les ES).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>D6.k</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Étudiantes et étudiants genevois</t>
+      <t>Situation après une année de scolarité des personnes entrées dans une HEU</t>
     </r>
     <r>
       <rPr>
-        <b/>
-[...3 lines deleted...]
-        <rFont val="Arial Narrow"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> selon le type et la localisation de la haute école tertiaire fréquentée, 2010, 2015 et 2020</t>
+      <t>en 2022, à Genève et en Suisse, selon le certificat d'accès</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">D6.g </t>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">D6.a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Etudiantes et étudiants genevois</t>
+      <t>Effectifs d’étudiantes et étudiants dans l'enseignement tertiaire, selon le type d'école à Genève et en Suisse, 2012 et 2022</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>D6.c</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t xml:space="preserve">Répartition des entrantes et entrants en bachelor, selon le type d’école et le domaine d'études, à Genève et en Suisse, 2022 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>D6.c</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> fréquentant une haute école universitaire située hors du canton, 2010 et 2020</t>
+      <t xml:space="preserve"> Répartition des entrantes et entrants en bachelor, selon le type d’école et le domaine d'études, à Genève et en Suisse, 2022 </t>
     </r>
   </si>
   <si>
-    <t>(1) Formations bachelor en HES et à l'Université. (2) Y compris l'Institut universitaire de formation des maitres (IUFE) en 2010.</t>
-[...10 lines deleted...]
-  <si>
     <r>
-      <t>D6.a</t>
+      <t>D6.j</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Situation après une année de scolarité des personnes entrées au tertiaire, selon le type d'école, à Genève et en Suisse</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>D6.b</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Nouvelles et nouveaux inscrits dans l’enseignement tertiaire à Genève, selon le type d'école, 2000-2020</t>
+      <t xml:space="preserve"> Nombre d'entrantes et entrants en bachelor dans les hautes écoles et au premier cycle d'études en écoles supérieures, de 2012 à 2022, à Genève et en Suisse</t>
     </r>
   </si>
   <si>
     <r>
-      <t>D6.a</t>
+      <t>D6.b</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="10"/>
-        <color indexed="61"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Nouvelles et nouveaux inscrits</t>
+      <t>Nombre d'entrantes et entrants en bachelor dans les hautes écoles et au premier cycle d'études en écoles supérieures, de 2012 à 2022, à Genève et en Suisse</t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t>D6.g</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> dans l’enseignement tertiaire</t>
+      <t xml:space="preserve"> Écart du pourcentage de femmes par rapport à la moyenne, en bachelor et écoles supérieures, Genève, 2022</t>
     </r>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
-      <t>(2)</t>
+      <t xml:space="preserve">D6.i </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> à Genève, selon le type d'école, 2000-2020</t>
+      <t>Mobilité des entrantes et entrants en haute école universitaire, domicile à Genève avant les études tertiaires, 2022</t>
     </r>
   </si>
   <si>
-    <t>Dernière mise à jour : février 2022</t>
-[...1 lines deleted...]
-  <si>
     <r>
-      <t>(1) La définition d'une ou d'un nouvel</t>
+      <t>(1)</t>
     </r>
     <r>
       <rPr>
-        <sz val="8"/>
-[...7 lines deleted...]
-      <rPr>
+        <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
-        <family val="2"/>
-[...7 lines deleted...]
-        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>inscrit∙e diffère pour l’Université de Genève et pour les autres formations tertiaires :
-[...2 lines deleted...]
-Les données des années 2014 à 2020 ne sont donc pas directement comparables à celles des années antérieures (rupture de série avec hausse artificielle du nombre de nouvelles et nouveaux étudiants).</t>
+      <t>sont pris en compte uniquement les étudiantes et étudiants en bachelor ou premier cycle des écoles supérieures.</t>
     </r>
   </si>
   <si>
-    <t>(2) Les données 2010 sont rétropolées avec la nouvelle définition d'une ou d'un "nouvel inscrit" pour calculer l'évolution à champ constant.</t>
-[...16 lines deleted...]
-avant 2019</t>
+    <t>Études tertiaires suivies dans le même canton</t>
+  </si>
+  <si>
+    <t>Études tertiaires suivies dans un autre canton</t>
   </si>
   <si>
     <r>
-      <t>Pas de scolarisation à Genève</t>
+      <t>Source : OFS / Données Labb - Calculs SRED</t>
     </r>
     <r>
       <rPr>
-        <vertAlign val="superscript"/>
-        <sz val="9"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>Source : OFS / Données Labb - Calculs SRED</t>
+  </si>
+  <si>
+    <r>
+      <t>D6.j</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> (2)</t>
-[...22 lines deleted...]
-      <t xml:space="preserve">D6.h </t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Taux de diplômes des hautes écoles</t>
+      <t>Situation après une année de scolarité</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)(2)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> des personnes entrées au tertiaire, selon le type d'école, à Genève et en Suisse </t>
+    </r>
+  </si>
+  <si>
+    <t>HEU : haute école universitaire ; HES : haute école spécialisée ; ES : école supérieure.</t>
+  </si>
+  <si>
+    <t>ES : école supérieure.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(1) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Entrée sans maturité (certificat de culture générale / diplômes d'une école de degré diplôme, admission sans examen), examens prof. fédéraux et examens prof. fédéraux supérieurs, examen d'admission complet par la haute école, CFC avec examen d'admission. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(2) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Sont admissibles au premier cycle d'études, pour la formation menant à l'enseignement aux degrés préscolaire et primaire les personnes qui possèdent une maturité gymnasiale, ou une maturité spécialisée en pédagogie, ou une maturité professionnelle à certaines conditions (c-à-d une année de transition préparatoire) ou encore une autre formation antérieure jugée équivalente (Loi sur la Haute école pédagogique).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> La catégorie « autres diplômes ou information non disponible » comprend les personnes qui ont obtenu leur certificat d'accès avant 2012 (les titres délivrés avant 2012 ne sont pas disponibles dans les données mobilisées) et les personnes avec un titre du secondaire II obtenu à l'étranger.</t>
+    </r>
+  </si>
+  <si>
+    <t>HEU : haute école universitaire ; HES : haute école spécialisée ; HEP : haute école pédagogique.</t>
+  </si>
+  <si>
+    <t>HEU : haute école universitaire ; HEP : haute école pédagogique ; HES : haute école spécialisée ; ES : école supérieure.</t>
+  </si>
+  <si>
+    <r>
+      <t>Clé de lecture :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> L'écart de pourcentage est calculé séparément pour chaque type de haute école. Par exemple, à l'Université de Genève, en sciences exactes et naturelles, les femmes représentent 64% - 19% = 45% des effectifs de personnes entrantes. À la Haute école de santé, les femmes représentent 50% + 18% = 68% des effectifs de personnes entrantes.</t>
+    </r>
+  </si>
+  <si>
+    <t>HEU : haute école universitaire ; HEP : haute école pédagogique ; HES : haute école spécialisée.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>N.B.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>a) Pourcentages pondérés issus du relevé structurel.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>b) Les élèves qui ne vivent pas avec leurs parents ne sont pas pris en compte.</t>
+    </r>
+  </si>
+  <si>
+    <t>N.B. Les autres types d'admissions ne sont pas représentés au vu des faibles effectifs (n = 40 à Genève ; n = 224 pour la Suisse).</t>
+  </si>
+  <si>
+    <t>Dernière publication : décembre 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Autres types d'admission </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>HEP</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Autres (diplômes obtenus avant 2012, diplômes étrangers</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">) </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Poursuite / réussite dans le même type d’école </t>
+  </si>
+  <si>
+    <t>et dans le même domaine d'étude</t>
+  </si>
+  <si>
+    <t>et dans un autre domaine d'étude</t>
+  </si>
+  <si>
+    <r>
+      <t>D6.k</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> aux niveaux licence/diplôme et bachelor, 
-[...11 lines deleted...]
-      <t>(2)</t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF365F91"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>, 2010 à 2020</t>
+      <t>Situation après une année de scolarité des personnes entrées dans une HEU</t>
     </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF365F91"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>en 2022, à Genève et en Suisse, 
+selon le certificat d'accès</t>
+    </r>
+  </si>
+  <si>
+    <t>Date de publication : décembre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="10">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
-    <numFmt numFmtId="164" formatCode="###0"/>
-[...7 lines deleted...]
-    <numFmt numFmtId="172" formatCode="\+#,##0;\-#,##0"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_ [$€-2]\ * #,##0.00_ ;_ [$€-2]\ * \-#,##0.00_ ;_ [$€-2]\ * &quot;-&quot;??_ "/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="167" formatCode="\+0%;\-0%"/>
+    <numFmt numFmtId="168" formatCode="\+#,##0;\-#,##0"/>
   </numFmts>
-  <fonts count="87" x14ac:knownFonts="1">
+  <fonts count="85" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
@@ -1182,81 +1296,70 @@
       <b/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1437,120 +1540,71 @@
       <sz val="18"/>
       <color rgb="FF244061"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="18"/>
-[...33 lines deleted...]
-    <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="Arial Narrow"/>
-[...12 lines deleted...]
-      <color indexed="61"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF365F91"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
@@ -1673,65 +1727,119 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
-      <sz val="10"/>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...1 lines deleted...]
-      <color theme="4" tint="-0.249977111117893"/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="59">
+  <fills count="65">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -2005,202 +2113,111 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDBE5F1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="50">
+  <borders count="62">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...116 lines deleted...]
-      <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right style="double">
         <color indexed="64"/>
       </right>
       <top style="double">
@@ -2357,157 +2374,50 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...105 lines deleted...]
-      <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
@@ -2570,1132 +2480,1372 @@
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </left>
-      <right style="mediumDashed">
-        <color theme="0" tint="-0.34998626667073579"/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0"/>
       </left>
-      <right style="mediumDashed">
-        <color theme="0" tint="-0.34998626667073579"/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="0" tint="-0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFFFFFFF"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="126">
+  <cellStyleXfs count="125">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="10" fillId="18" borderId="4"/>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="20" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="21" borderId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="20" fillId="21" borderId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="4" applyBorder="0">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="15" applyBorder="0">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="14">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="21" borderId="3">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="14" fillId="21" borderId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="27" fillId="23" borderId="0">
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="23" borderId="0">
       <alignment horizontal="right" vertical="top" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="18" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="9" borderId="16" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="21">
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="10">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="22"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="21" borderId="24">
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="11"/>
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="12"/>
+    <xf numFmtId="0" fontId="10" fillId="21" borderId="13">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="25" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="34" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="16" fillId="25" borderId="26" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="35" fillId="19" borderId="27" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="25" borderId="15" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="19" borderId="16" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="11" fillId="21" borderId="14"/>
-    <xf numFmtId="0" fontId="21" fillId="21" borderId="0">
+    <xf numFmtId="0" fontId="10" fillId="21" borderId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="21" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="26" borderId="0">
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="0"/>
-    <xf numFmtId="0" fontId="38" fillId="23" borderId="28">
+    <xf numFmtId="0" fontId="35" fillId="22" borderId="0"/>
+    <xf numFmtId="0" fontId="36" fillId="23" borderId="17">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="23" borderId="29">
+    <xf numFmtId="0" fontId="36" fillId="23" borderId="18">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="37" fontId="39" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="40" fillId="21" borderId="0">
+    <xf numFmtId="37" fontId="37" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="21" borderId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="40" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="42" fillId="21" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="58" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="21" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="62" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="63" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="64" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="65" fillId="31" borderId="22" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="66" fillId="32" borderId="23" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="67" fillId="32" borderId="22" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="68" fillId="0" borderId="24" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="69" fillId="33" borderId="25" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="70" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="58" borderId="27" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="26" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="37" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="39" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="40" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="42" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="43" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="44" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="45" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="46" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="47" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="48" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="49" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="50" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="51" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="52" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="53" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="54" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="55" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="72" fillId="57" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="84" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="285">
+  <cellXfs count="238">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="3" applyFill="1"/>
+    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="3" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="3" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="30" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="52" fillId="3" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
-[...49 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="31" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="58" fillId="3" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="50" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="61" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="49" fillId="61" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="49" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="60" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="61" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="61" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="49" fillId="61" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="60" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="49" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="62" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="63" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="63" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="63" borderId="35" xfId="123" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="63" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="63" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="63" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="63" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="62" borderId="35" xfId="123" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="62" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="62" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="62" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="62" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="62" borderId="35" xfId="123" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="48" fillId="62" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="48" fillId="62" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="48" fillId="62" borderId="35" xfId="123" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="48" fillId="62" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="63" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="4" fillId="62" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="58" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="10" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="63" borderId="48" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="48" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="63" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="63" borderId="49" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="62" borderId="51" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="62" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="62" borderId="51" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="62" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="62" borderId="52" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="63" borderId="54" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="54" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="62" borderId="48" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="62" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="63" borderId="51" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="62" borderId="45" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="62" borderId="45" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="63" borderId="45" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="45" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="63" borderId="45" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="63" borderId="46" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="52" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="52" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="62" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="8" fillId="62" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="63" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="8" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="62" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="62" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="50" fillId="62" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="62" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="50" fillId="62" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="50" fillId="63" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="63" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="77" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="27" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="8" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="62" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="62" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="8" fillId="62" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="63" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="8" fillId="63" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="63" borderId="54" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="62" borderId="54" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="62" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="5" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="57" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="3" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="50" fillId="62" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="58" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="50" fillId="62" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="169" fontId="58" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="50" fillId="63" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="56" fillId="27" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="169" fontId="58" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="57" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...127 lines deleted...]
-    <xf numFmtId="169" fontId="58" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...86 lines deleted...]
-    <xf numFmtId="164" fontId="58" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="56" xfId="3" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="168" fontId="50" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="58" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="50" fillId="63" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="58" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="58" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="49" fillId="63" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="58" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="49" fillId="60" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="31" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="58" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="50" fillId="60" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="8" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    <xf numFmtId="0" fontId="57" fillId="27" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="49" fillId="60" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="27" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="50" fillId="63" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="50" fillId="63" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="49" fillId="63" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="9" fillId="3" borderId="0" xfId="124" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="64" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="7" fillId="64" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="7" fillId="64" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="7" fillId="64" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="81" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="83" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="62" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="83" fillId="62" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="83" fillId="62" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="83" fillId="63" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="83" fillId="63" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="83" fillId="63" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="83" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="83" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="83" fillId="62" borderId="0" xfId="124" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="83" fillId="62" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="83" fillId="63" borderId="0" xfId="124" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="83" fillId="63" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="62" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="62" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="63" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="83" fillId="63" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="59" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="59" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="83" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="55" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="27" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="27" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="47" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="54" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="27" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="62" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="48" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="51" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="59" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="79" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...88 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="126">
-[...79 lines deleted...]
-    <cellStyle name="Neutre 2" xfId="90"/>
+  <cellStyles count="125">
+    <cellStyle name="20 % - Accent1 2" xfId="98" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20 % - Accent2 2" xfId="102" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20 % - Accent3 2" xfId="106" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20 % - Accent4 2" xfId="110" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20 % - Accent5 2" xfId="114" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20 % - Accent6 2" xfId="118" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="20% - Accent1" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="20% - Accent2" xfId="6" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="20% - Accent3" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="20% - Accent4" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="20% - Accent5" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="20% - Accent6" xfId="10" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="40 % - Accent1 2" xfId="99" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="40 % - Accent2 2" xfId="103" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="40 % - Accent3 2" xfId="107" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="40 % - Accent4 2" xfId="111" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="40 % - Accent5 2" xfId="115" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="40 % - Accent6 2" xfId="119" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="40% - Accent1" xfId="11" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="40% - Accent2" xfId="12" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="40% - Accent3" xfId="13" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="40% - Accent4" xfId="14" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="40% - Accent5" xfId="15" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="40% - Accent6" xfId="16" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="60 % - Accent1 2" xfId="100" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="60 % - Accent2 2" xfId="104" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="60 % - Accent3 2" xfId="108" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="60 % - Accent4 2" xfId="112" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="60 % - Accent5 2" xfId="116" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="60 % - Accent6 2" xfId="120" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="60% - Accent1" xfId="17" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="60% - Accent2" xfId="18" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="60% - Accent3" xfId="19" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="60% - Accent4" xfId="20" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="60% - Accent5" xfId="21" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="60% - Accent6" xfId="22" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Accent1 2" xfId="97" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Accent2 2" xfId="101" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Accent3 2" xfId="105" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Accent4 2" xfId="109" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="Accent5 2" xfId="113" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="Accent6 2" xfId="117" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="Avertissement 2" xfId="93" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="Bad" xfId="23" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="bin" xfId="24" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Calcul 2" xfId="90" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Calculation" xfId="25" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="cell" xfId="26" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="Cellule liée 2" xfId="91" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="Check Cell" xfId="27" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="ColCodes" xfId="28" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="ColTitles" xfId="29" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="column" xfId="30" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Comma 2" xfId="31" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="DataEntryCells" xfId="32" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Entrée 2" xfId="88" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Euro" xfId="33" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="Euro 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="Explanatory Text" xfId="35" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="formula" xfId="36" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="gap" xfId="37" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="Good" xfId="38" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="GreyBackground" xfId="39" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="Heading 1" xfId="40" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="Heading 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="Heading 3" xfId="42" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="Heading 4" xfId="43" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="Input" xfId="44" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="Insatisfaisant 2" xfId="86" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="ISC" xfId="45" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="level1a" xfId="46" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="level2" xfId="47" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="level2a" xfId="48" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="level3" xfId="49" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="Lien hypertexte" xfId="121" builtinId="8" customBuiltin="1"/>
+    <cellStyle name="Lien hypertexte visité" xfId="122" builtinId="9" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="50" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="Milliers" xfId="124" builtinId="3"/>
+    <cellStyle name="Neutral" xfId="51" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="Neutre 2" xfId="87" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-[...17 lines deleted...]
-    <cellStyle name="Output" xfId="62"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="Normal 3" xfId="52" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="Normal 4" xfId="53" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="Normal 5" xfId="54" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="Normal 6" xfId="55" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="Normal 6 2" xfId="56" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="Normal 6 3" xfId="57" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="Normal 6 4" xfId="78" xr:uid="{00000000-0005-0000-0000-00005A000000}"/>
+    <cellStyle name="Normal 7" xfId="58" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="Normal 7 2" xfId="59" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="Normal 8" xfId="60" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="Normal 9" xfId="84" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="Normal_Domaines_entrants2022" xfId="123" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="Note" xfId="61" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
+    <cellStyle name="Note 2" xfId="94" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="Output" xfId="62" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
-    <cellStyle name="Pourcentage 2" xfId="63"/>
-[...23 lines deleted...]
-    <cellStyle name="Warning Text" xfId="77"/>
+    <cellStyle name="Pourcentage 2" xfId="63" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
+    <cellStyle name="Pourcentage 2 2" xfId="64" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="Pourcentage 3" xfId="65" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="Prozent_SubCatperStud" xfId="66" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="row" xfId="67" xr:uid="{00000000-0005-0000-0000-000074000000}"/>
+    <cellStyle name="RowCodes" xfId="68" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="Row-Col Headings" xfId="69" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="RowTitles_CENTRAL_GOVT" xfId="70" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="RowTitles-Col2" xfId="71" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
+    <cellStyle name="RowTitles-Detail" xfId="72" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="Satisfaisant 2" xfId="85" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="Sortie 2" xfId="89" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="Standard_Info" xfId="73" xr:uid="{00000000-0005-0000-0000-00007C000000}"/>
+    <cellStyle name="temp" xfId="74" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="Texte explicatif 2" xfId="95" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="Title" xfId="75" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="title1" xfId="76" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="Titre" xfId="79" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Titre 1" xfId="80" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Titre 2" xfId="81" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Titre 3" xfId="82" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Titre 4" xfId="83" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Total 2" xfId="96" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="Vérification 2" xfId="92" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="Warning Text" xfId="77" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFFB8605"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+</file>
+
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>12700</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg"/>
+        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent1">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId2">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="11200"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:brightnessContrast contrast="-40000"/>
                   </a14:imgEffect>
                 </a14:imgLayer>
@@ -3720,759 +3870,1495 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>561975</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>561975</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="561975" y="200025"/>
           <a:ext cx="6200775" cy="847725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>420831</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>146050</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>85436</xdr:rowOff>
+      <xdr:rowOff>114939</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Image 6"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8976013" y="85436"/>
+          <a:off x="4933950" y="114939"/>
           <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>143565</xdr:rowOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>168965</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>533400</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA5FF603-A345-947E-CA31-9BBCDE5C491D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="1159565"/>
-          <a:ext cx="8390007" cy="2410791"/>
+          <a:off x="0" y="1123950"/>
+          <a:ext cx="3790950" cy="2012950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>234950</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>507557</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>142875</xdr:rowOff>
+      <xdr:rowOff>91754</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7080250" y="142875"/>
-          <a:ext cx="1112018" cy="392825"/>
+          <a:off x="7314757" y="91754"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>82550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>831850</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{637BB85F-04BB-CBC3-A426-37FF194CD621}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1066800"/>
+          <a:ext cx="8401050" cy="3581400"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>282575</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1158081</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:rowOff>121554</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6232525" y="152400"/>
-          <a:ext cx="1108843" cy="392825"/>
+          <a:off x="5444331" y="121554"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>82286</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1157552</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>63236</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0DFE5A2-615F-D912-BFA3-1DC6DE458B4A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1041401"/>
+          <a:ext cx="6614583" cy="3704960"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>438661</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>141431</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>210791</xdr:rowOff>
+      <xdr:rowOff>66386</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4978911" y="210791"/>
-          <a:ext cx="1129061" cy="392825"/>
+          <a:off x="5189681" y="66386"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>425594</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:rowOff>77499</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="9" name="Image 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000009000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5819775" y="219075"/>
-          <a:ext cx="1070743" cy="396000"/>
+          <a:off x="7815407" y="77499"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>99786</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>596900</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>125186</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Image 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D424019-624D-E0BE-7599-01BDF931CF6E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1378857"/>
+          <a:ext cx="4152900" cy="2637972"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>671286</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>117929</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>652236</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>143329</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Image 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8B1EF91-1F95-9C4F-B71D-7D69CB5CBB65}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4227286" y="1397000"/>
+          <a:ext cx="4171950" cy="2637972"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>381000</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>63499</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>277586</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Image 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60E4B34D-8F28-1DDB-9803-8C355CDFB483}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="381000" y="4118428"/>
+          <a:ext cx="8342086" cy="358322"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>362094</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:rowOff>98667</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2"/>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5667375" y="209550"/>
-          <a:ext cx="1070743" cy="396000"/>
+          <a:off x="4955261" y="98667"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>730250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50C289AD-BF69-4A9B-5305-7DE105BCAD54}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1117600"/>
+          <a:ext cx="6083300" cy="3530600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>537634</xdr:colOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>52531</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>173566</xdr:rowOff>
+      <xdr:rowOff>82792</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="6" name="Image 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4855634" y="173566"/>
-          <a:ext cx="1135302" cy="390708"/>
+          <a:off x="5084906" y="82792"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>76200</xdr:rowOff>
+      <xdr:rowOff>56209</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>6350</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>468313</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>121686</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Image 4"/>
+        <xdr:cNvPr id="7" name="Image 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F518DBF-6D29-4C4E-1A86-230663EF3E17}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="1384300"/>
-          <a:ext cx="6000750" cy="2400300"/>
+          <a:off x="0" y="1016647"/>
+          <a:ext cx="6310313" cy="2899164"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>161411</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>92252</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1111152" cy="394101"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Image 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5209340" y="92252"/>
+          <a:ext cx="1111152" cy="394101"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>153943</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>423333</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>160293</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{419D8D75-15F9-3EA8-B6CE-0643DB5EB17D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1116064"/>
+          <a:ext cx="6317929" cy="2507865"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>850249</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>98667</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1111152" cy="394101"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8351187" y="98667"/>
+          <a:ext cx="1111152" cy="394101"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>762000</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>12700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8275643-9648-9D6D-5A7B-967BBF85237D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1130300"/>
+          <a:ext cx="8585200" cy="3098800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>297799</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>108192</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1111152" cy="394101"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4765024" y="108192"/>
+          <a:ext cx="1111152" cy="394101"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>755650</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52C3C6ED-FAFE-0B0D-90E0-6EB2DBB78E01}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="1054100"/>
+          <a:ext cx="6134100" cy="3917950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
+  <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>419100</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>156450</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>133350</xdr:rowOff>
+      <xdr:rowOff>82701</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="1111152" cy="394101"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4464050" y="133350"/>
-          <a:ext cx="1070743" cy="392825"/>
+          <a:off x="5144863" y="82701"/>
+          <a:ext cx="1111152" cy="394101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>5</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>148981</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>635000</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>46404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Image 4"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DD07D36-A954-9A95-F713-71C3B2D4A6E3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="1460500"/>
-          <a:ext cx="5518150" cy="2120900"/>
+          <a:off x="0" y="1107587"/>
+          <a:ext cx="6282837" cy="2699971"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -4604,6273 +5490,6687 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:X42"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:H45"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="7" width="13.26953125" style="16" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="16384" width="11.453125" style="16"/>
+    <col min="1" max="7" width="13.453125" style="13" customWidth="1"/>
+    <col min="8" max="8" width="10.54296875" style="13" customWidth="1"/>
+    <col min="9" max="16384" width="11.453125" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-[...130 lines deleted...]
-      <c r="A9" s="239" t="s">
+    <row r="1" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="177"/>
+      <c r="B6" s="177"/>
+      <c r="C6" s="177"/>
+      <c r="D6" s="177"/>
+      <c r="E6" s="177"/>
+      <c r="F6" s="177"/>
+      <c r="G6" s="177"/>
+      <c r="H6" s="177"/>
+    </row>
+    <row r="7" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="178" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="178"/>
+      <c r="E7" s="178"/>
+      <c r="F7" s="178"/>
+      <c r="G7" s="178"/>
+      <c r="H7" s="178"/>
+    </row>
+    <row r="8" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="15"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="15"/>
+      <c r="F8" s="15"/>
+      <c r="G8" s="15"/>
+      <c r="H8" s="14"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="179" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="239"/>
-[...231 lines deleted...]
-      <c r="A19" s="232" t="s">
+      <c r="B9" s="179"/>
+      <c r="C9" s="179"/>
+      <c r="D9" s="179"/>
+      <c r="E9" s="179"/>
+      <c r="F9" s="179"/>
+      <c r="G9" s="179"/>
+      <c r="H9" s="179"/>
+    </row>
+    <row r="10" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="180" t="s">
+        <v>100</v>
+      </c>
+      <c r="B10" s="180"/>
+      <c r="C10" s="180"/>
+      <c r="D10" s="180"/>
+      <c r="E10" s="180"/>
+      <c r="F10" s="180"/>
+      <c r="G10" s="180"/>
+      <c r="H10" s="180"/>
+    </row>
+    <row r="11" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="176" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" s="176"/>
+      <c r="C11" s="176"/>
+      <c r="D11" s="176"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
+      <c r="G11" s="176"/>
+      <c r="H11" s="176"/>
+    </row>
+    <row r="12" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="176" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" s="176"/>
+      <c r="C12" s="176"/>
+      <c r="D12" s="176"/>
+      <c r="E12" s="176"/>
+      <c r="F12" s="176"/>
+      <c r="G12" s="176"/>
+      <c r="H12" s="176"/>
+    </row>
+    <row r="13" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="174" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" s="174"/>
+      <c r="C13" s="174"/>
+      <c r="D13" s="174"/>
+      <c r="E13" s="174"/>
+      <c r="F13" s="174"/>
+      <c r="G13" s="174"/>
+      <c r="H13" s="174"/>
+    </row>
+    <row r="14" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="174" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" s="174"/>
+      <c r="C14" s="174"/>
+      <c r="D14" s="174"/>
+      <c r="E14" s="174"/>
+      <c r="F14" s="174"/>
+      <c r="G14" s="174"/>
+      <c r="H14" s="174"/>
+    </row>
+    <row r="15" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="175" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="175"/>
+      <c r="C15" s="175"/>
+      <c r="D15" s="175"/>
+      <c r="E15" s="175"/>
+      <c r="F15" s="175"/>
+      <c r="G15" s="175"/>
+      <c r="H15" s="175"/>
+    </row>
+    <row r="16" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="175" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" s="175"/>
+      <c r="C16" s="175"/>
+      <c r="D16" s="175"/>
+      <c r="E16" s="175"/>
+      <c r="F16" s="175"/>
+      <c r="G16" s="175"/>
+      <c r="H16" s="175"/>
+    </row>
+    <row r="17" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" s="22"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="F17" s="22"/>
+      <c r="G17" s="22"/>
+      <c r="H17" s="22"/>
+    </row>
+    <row r="18" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="97" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="22"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="22"/>
+      <c r="F18" s="22"/>
+      <c r="G18" s="22"/>
+      <c r="H18" s="22"/>
+    </row>
+    <row r="19" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="65" t="s">
+        <v>103</v>
+      </c>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="22"/>
+    </row>
+    <row r="20" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="65" t="s">
+        <v>99</v>
+      </c>
+      <c r="B20" s="22"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="22"/>
+      <c r="F20" s="22"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="65"/>
+      <c r="B21" s="22"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="22"/>
+      <c r="E21" s="22"/>
+      <c r="F21" s="22"/>
+      <c r="G21" s="22"/>
+      <c r="H21" s="22"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="182" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="232"/>
-[...319 lines deleted...]
-      <c r="A34" s="17"/>
+      <c r="B22" s="182"/>
+      <c r="C22" s="182"/>
+      <c r="D22" s="182"/>
+      <c r="E22" s="182"/>
+      <c r="F22" s="182"/>
+      <c r="G22" s="182"/>
+      <c r="H22" s="182"/>
+    </row>
+    <row r="23" spans="1:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="176" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" s="176"/>
+      <c r="C23" s="176"/>
+      <c r="D23" s="176"/>
+      <c r="E23" s="176"/>
+      <c r="F23" s="176"/>
+      <c r="G23" s="176"/>
+      <c r="H23" s="176"/>
+    </row>
+    <row r="24" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="176" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="176"/>
+      <c r="C24" s="176"/>
+      <c r="D24" s="176"/>
+      <c r="E24" s="176"/>
+      <c r="F24" s="176"/>
+      <c r="G24" s="176"/>
+      <c r="H24" s="176"/>
+    </row>
+    <row r="25" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="174" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="174"/>
+      <c r="C25" s="174"/>
+      <c r="D25" s="174"/>
+      <c r="E25" s="174"/>
+      <c r="F25" s="174"/>
+      <c r="G25" s="174"/>
+      <c r="H25" s="174"/>
+    </row>
+    <row r="26" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="174" t="s">
+        <v>95</v>
+      </c>
+      <c r="B26" s="174"/>
+      <c r="C26" s="174"/>
+      <c r="D26" s="174"/>
+      <c r="E26" s="174"/>
+      <c r="F26" s="174"/>
+      <c r="G26" s="174"/>
+      <c r="H26" s="174"/>
+    </row>
+    <row r="27" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="175" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" s="175"/>
+      <c r="C27" s="175"/>
+      <c r="D27" s="175"/>
+      <c r="E27" s="175"/>
+      <c r="F27" s="175"/>
+      <c r="G27" s="175"/>
+      <c r="H27" s="175"/>
+    </row>
+    <row r="28" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="175" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" s="175"/>
+      <c r="C28" s="175"/>
+      <c r="D28" s="175"/>
+      <c r="E28" s="175"/>
+      <c r="F28" s="175"/>
+      <c r="G28" s="175"/>
+      <c r="H28" s="175"/>
+    </row>
+    <row r="29" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B29" s="22"/>
+      <c r="C29" s="22"/>
+      <c r="D29" s="22"/>
+      <c r="E29" s="22"/>
+      <c r="F29" s="22"/>
+      <c r="G29" s="22"/>
+      <c r="H29" s="22"/>
+    </row>
+    <row r="30" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="97" t="s">
+        <v>107</v>
+      </c>
+      <c r="B30" s="22"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="22"/>
+      <c r="G30" s="22"/>
+      <c r="H30" s="22"/>
+    </row>
+    <row r="31" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="65" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="22"/>
+      <c r="F31" s="22"/>
+      <c r="G31" s="22"/>
+      <c r="H31" s="22"/>
+    </row>
+    <row r="32" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="65" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" s="22"/>
+      <c r="C32" s="22"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="22"/>
+      <c r="F32" s="22"/>
+      <c r="G32" s="22"/>
+      <c r="H32" s="22"/>
+    </row>
+    <row r="33" spans="1:8" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="65"/>
+      <c r="B33" s="22"/>
+      <c r="C33" s="22"/>
+      <c r="D33" s="22"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="22"/>
+      <c r="G33" s="22"/>
+      <c r="H33" s="22"/>
+    </row>
+    <row r="34" spans="1:8" ht="11.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="16"/>
       <c r="B34" s="17"/>
       <c r="C34" s="17"/>
       <c r="D34" s="17"/>
       <c r="E34" s="17"/>
       <c r="F34" s="17"/>
       <c r="G34" s="17"/>
       <c r="H34" s="17"/>
     </row>
-    <row r="35" spans="1:17" ht="22.5" x14ac:dyDescent="0.45">
-[...16 lines deleted...]
-      <c r="G36" s="17"/>
+    <row r="35" spans="1:8" ht="40" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="183" t="s">
+        <v>5</v>
+      </c>
+      <c r="B35" s="183"/>
+      <c r="C35" s="183"/>
+      <c r="D35" s="183"/>
+      <c r="E35" s="183"/>
+      <c r="F35" s="183"/>
+      <c r="G35" s="183"/>
+      <c r="H35" s="183"/>
+    </row>
+    <row r="36" spans="1:8" ht="8.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="18"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="18"/>
+      <c r="E36" s="18"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="18"/>
       <c r="H36" s="17"/>
     </row>
-    <row r="37" spans="1:17" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="G37" s="17"/>
+    <row r="37" spans="1:8" ht="8.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="18"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="18"/>
       <c r="H37" s="17"/>
     </row>
-    <row r="38" spans="1:17" x14ac:dyDescent="0.3">
-[...47 lines deleted...]
-      <c r="H42" s="190"/>
+    <row r="38" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="181" t="s">
+        <v>125</v>
+      </c>
+      <c r="B38" s="181"/>
+      <c r="C38" s="181"/>
+      <c r="D38" s="181"/>
+      <c r="E38" s="181"/>
+      <c r="F38" s="181"/>
+      <c r="G38" s="181"/>
+      <c r="H38" s="181"/>
+    </row>
+    <row r="39" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="181" t="s">
+        <v>2</v>
+      </c>
+      <c r="B39" s="181"/>
+      <c r="C39" s="181"/>
+      <c r="D39" s="181"/>
+      <c r="E39" s="181"/>
+      <c r="F39" s="181"/>
+      <c r="G39" s="181"/>
+      <c r="H39" s="181"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="14"/>
+      <c r="B40" s="14"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="14"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="14"/>
+    </row>
+    <row r="41" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="143"/>
+      <c r="B41" s="143"/>
+      <c r="C41" s="143"/>
+      <c r="D41" s="143"/>
+      <c r="E41" s="143"/>
+      <c r="F41" s="143"/>
+      <c r="G41" s="143"/>
+      <c r="H41" s="143"/>
+    </row>
+    <row r="42" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="143"/>
+      <c r="B42" s="143"/>
+      <c r="C42" s="143"/>
+      <c r="D42" s="143"/>
+      <c r="E42" s="143"/>
+      <c r="F42" s="143"/>
+      <c r="G42" s="143"/>
+      <c r="H42" s="143"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="19"/>
+      <c r="B43" s="19"/>
+      <c r="C43" s="19"/>
+      <c r="D43" s="19"/>
+      <c r="E43" s="19"/>
+      <c r="F43" s="19"/>
+      <c r="G43" s="19"/>
+      <c r="H43" s="14"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="19"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="19"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
+      <c r="H44" s="14"/>
+    </row>
+    <row r="45" spans="1:8" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="132"/>
+      <c r="B45" s="132"/>
+      <c r="C45" s="132"/>
+      <c r="D45" s="132"/>
+      <c r="E45" s="132"/>
+      <c r="F45" s="132"/>
+      <c r="G45" s="132"/>
+      <c r="H45" s="132"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
-[...5 lines deleted...]
-    <mergeCell ref="A16:H16"/>
+  <mergeCells count="20">
+    <mergeCell ref="A38:H38"/>
+    <mergeCell ref="A39:H39"/>
+    <mergeCell ref="A22:H22"/>
+    <mergeCell ref="A35:H35"/>
+    <mergeCell ref="A23:H23"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="A28:H28"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
-    <mergeCell ref="A26:H26"/>
-[...5 lines deleted...]
-    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="A14:H14"/>
+    <mergeCell ref="A15:H15"/>
+    <mergeCell ref="A12:H12"/>
+    <mergeCell ref="A16:H16"/>
   </mergeCells>
-  <pageMargins left="0.39370078740157483" right="0.27" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
-  <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.39370078740157483" right="0.27559055118110237" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
+  <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;G&amp;R&amp;G</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:F27"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:F4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="20.81640625" customWidth="1"/>
+    <col min="2" max="2" width="25.81640625" customWidth="1"/>
+    <col min="6" max="6" width="7.54296875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="6"/>
+    </row>
+    <row r="2" spans="1:6" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+    </row>
+    <row r="3" spans="1:6" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="2"/>
+    </row>
+    <row r="4" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="227" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="227"/>
+      <c r="C4" s="227"/>
+      <c r="D4" s="227"/>
+      <c r="E4" s="227"/>
+      <c r="F4" s="227"/>
+    </row>
+    <row r="5" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="21"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+    </row>
+    <row r="6" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="21"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+    </row>
+    <row r="7" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="21"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+    </row>
+    <row r="8" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="21"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="21"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+    </row>
+    <row r="10" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="21"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+    </row>
+    <row r="11" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="21"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+    </row>
+    <row r="12" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="21"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+    </row>
+    <row r="13" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="21"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+    </row>
+    <row r="14" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="21"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+    </row>
+    <row r="15" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="21"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+    </row>
+    <row r="16" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="21"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+    </row>
+    <row r="17" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="21"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="21"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="21"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="110"/>
+      <c r="B20" s="111" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="111" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" s="20" customFormat="1" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="112" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="113">
+        <v>1086</v>
+      </c>
+      <c r="C21" s="114">
+        <v>0.68996188055908514</v>
+      </c>
+      <c r="D21" s="21"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+    </row>
+    <row r="22" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="115" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="116">
+        <v>241</v>
+      </c>
+      <c r="C22" s="117">
+        <v>0.1531130876747141</v>
+      </c>
+      <c r="D22" s="21"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+    </row>
+    <row r="23" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A23" s="112" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" s="113">
+        <v>123</v>
+      </c>
+      <c r="C23" s="114">
+        <v>7.8144853875476497E-2</v>
+      </c>
+      <c r="D23" s="21"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+    </row>
+    <row r="24" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A24" s="115" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" s="118">
+        <v>124</v>
+      </c>
+      <c r="C24" s="117">
+        <v>7.8780177890724265E-2</v>
+      </c>
+      <c r="D24" s="21"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+    </row>
+    <row r="25" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A25" s="119" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="120">
+        <v>1574</v>
+      </c>
+      <c r="C25" s="114">
+        <v>1</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" s="6"/>
+      <c r="C26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A4:F4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X28"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:X4"/>
+      <selection activeCell="A4" sqref="A4:H4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.26953125" style="26" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="25" max="16384" width="10.90625" style="26"/>
+    <col min="1" max="1" width="8.7265625" customWidth="1"/>
+    <col min="3" max="4" width="20.7265625" customWidth="1"/>
+    <col min="5" max="6" width="18.1796875" customWidth="1"/>
+    <col min="8" max="8" width="13.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+    </row>
+    <row r="2" spans="1:8" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+    </row>
+    <row r="3" spans="1:8" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+    </row>
+    <row r="4" spans="1:8" s="20" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>113</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+    </row>
+    <row r="5" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="109"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="21"/>
+    </row>
+    <row r="6" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="97"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="21"/>
+      <c r="H6" s="21"/>
+    </row>
+    <row r="7" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="97"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="21"/>
+      <c r="H7" s="21"/>
+    </row>
+    <row r="8" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="97"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="21"/>
+      <c r="H8" s="21"/>
+    </row>
+    <row r="9" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="97"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="21"/>
+    </row>
+    <row r="10" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="97"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="21"/>
+      <c r="H10" s="21"/>
+    </row>
+    <row r="11" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="97"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="21"/>
+      <c r="H11" s="21"/>
+    </row>
+    <row r="12" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="97"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="21"/>
+    </row>
+    <row r="13" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="97"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="21"/>
+      <c r="H13" s="21"/>
+    </row>
+    <row r="14" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="97"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="21"/>
+      <c r="H14" s="21"/>
+    </row>
+    <row r="15" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="97"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="21"/>
+      <c r="H15" s="21"/>
+    </row>
+    <row r="16" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="97"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="21"/>
+    </row>
+    <row r="17" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="97"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="21"/>
+      <c r="H17" s="21"/>
+    </row>
+    <row r="18" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="97"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="21"/>
+      <c r="H18" s="21"/>
+    </row>
+    <row r="19" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="97"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="21"/>
+      <c r="H19" s="21"/>
+    </row>
+    <row r="20" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="97"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="21"/>
+      <c r="H20" s="21"/>
+    </row>
+    <row r="21" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A21" s="97"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="21"/>
+      <c r="H21" s="21"/>
+    </row>
+    <row r="22" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="97"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="21"/>
+      <c r="H22" s="21"/>
+    </row>
+    <row r="23" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A23" s="97"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="21"/>
+      <c r="H23" s="21"/>
+    </row>
+    <row r="24" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A24" s="97"/>
+      <c r="B24" s="23"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="21"/>
+      <c r="H24" s="21"/>
+    </row>
+    <row r="25" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A25" s="97"/>
+      <c r="B25" s="23"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="21"/>
+      <c r="H25" s="21"/>
+    </row>
+    <row r="26" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A26" s="97"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="21"/>
+      <c r="H26" s="21"/>
+    </row>
+    <row r="27" spans="1:8" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="97"/>
+      <c r="B27" s="23"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="21"/>
+      <c r="H27" s="21"/>
+    </row>
+    <row r="28" spans="1:8" ht="21.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="64"/>
+      <c r="B28" s="64"/>
+      <c r="C28" s="228" t="s">
+        <v>129</v>
+      </c>
+      <c r="D28" s="229"/>
+      <c r="E28" s="230" t="s">
+        <v>84</v>
+      </c>
+      <c r="F28" s="230" t="s">
+        <v>85</v>
+      </c>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+    </row>
+    <row r="29" spans="1:8" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="64"/>
+      <c r="B29" s="64"/>
+      <c r="C29" s="125" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="E29" s="231"/>
+      <c r="F29" s="231"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+    </row>
+    <row r="30" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="40" t="s">
+        <v>90</v>
+      </c>
+      <c r="C30" s="126">
+        <v>0.69018849685838579</v>
+      </c>
+      <c r="D30" s="126">
+        <v>0.14209763170613823</v>
+      </c>
+      <c r="E30" s="126">
+        <v>1.0149830836152731E-2</v>
+      </c>
+      <c r="F30" s="126">
+        <v>0.15756404059932336</v>
+      </c>
+      <c r="G30" s="6"/>
+      <c r="H30" s="6"/>
+    </row>
+    <row r="31" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="123"/>
+      <c r="B31" s="41" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="124">
+        <v>0.89448051948051943</v>
+      </c>
+      <c r="D31" s="124">
+        <v>7.3051948051948042E-3</v>
+      </c>
+      <c r="E31" s="128" t="s">
+        <v>86</v>
+      </c>
+      <c r="F31" s="124">
+        <v>9.4967532467532478E-2</v>
+      </c>
+      <c r="G31" s="6"/>
+      <c r="H31" s="6"/>
+    </row>
+    <row r="32" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="123"/>
+      <c r="B32" s="40" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="126">
+        <v>0.89353612167300378</v>
+      </c>
+      <c r="D32" s="126">
+        <v>3.8022813688212923E-3</v>
+      </c>
+      <c r="E32" s="126">
+        <v>3.8022813688212923E-3</v>
+      </c>
+      <c r="F32" s="126">
+        <v>9.8859315589353611E-2</v>
+      </c>
+      <c r="G32" s="6"/>
+      <c r="H32" s="6"/>
+    </row>
+    <row r="33" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="122" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" s="41" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="124">
+        <v>0.77076755861497848</v>
+      </c>
+      <c r="D33" s="124">
+        <v>0.12401014440246363</v>
+      </c>
+      <c r="E33" s="124">
+        <v>1.7131618446250194E-2</v>
+      </c>
+      <c r="F33" s="124">
+        <v>8.8090678536307643E-2</v>
+      </c>
+      <c r="G33" s="6"/>
+      <c r="H33" s="6"/>
+    </row>
+    <row r="34" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="123"/>
+      <c r="B34" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" s="126">
+        <v>0.88201790073230268</v>
+      </c>
+      <c r="D34" s="126">
+        <v>1.5052888527257936E-2</v>
+      </c>
+      <c r="E34" s="127" t="s">
+        <v>86</v>
+      </c>
+      <c r="F34" s="126">
+        <v>9.9199891510713331E-2</v>
+      </c>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+    </row>
+    <row r="35" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="123"/>
+      <c r="B35" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="C35" s="124">
+        <v>0.90545118570988603</v>
+      </c>
+      <c r="D35" s="129">
+        <v>0</v>
+      </c>
+      <c r="E35" s="124">
+        <v>1.8786572220511243E-2</v>
+      </c>
+      <c r="F35" s="124">
+        <v>7.5762242069602706E-2</v>
+      </c>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+    </row>
+    <row r="36" spans="1:8" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="123"/>
+      <c r="B36" s="40" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="126">
+        <v>0.88213998390989545</v>
+      </c>
+      <c r="D36" s="126">
+        <v>5.2292839903459376E-3</v>
+      </c>
+      <c r="E36" s="126">
+        <v>1.6090104585679806E-3</v>
+      </c>
+      <c r="F36" s="126">
+        <v>0.11102172164119067</v>
+      </c>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+    </row>
+    <row r="37" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A37" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B37" s="6"/>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
+    </row>
+    <row r="38" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="232" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" s="232"/>
+      <c r="C38" s="232"/>
+      <c r="D38" s="232"/>
+      <c r="E38" s="232"/>
+      <c r="F38" s="232"/>
+      <c r="G38" s="232"/>
+      <c r="H38" s="232"/>
+    </row>
+    <row r="39" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A39" s="25" t="s">
         <v>112</v>
+      </c>
+      <c r="B39" s="6"/>
+      <c r="C39" s="6"/>
+      <c r="E39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="H39" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B40" s="12"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="12"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:E29"/>
+    <mergeCell ref="F28:F29"/>
+    <mergeCell ref="A4:H4"/>
+    <mergeCell ref="A38:H38"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A1:F41"/>
+  <sheetViews>
+    <sheetView zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:F4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7" customWidth="1"/>
+    <col min="2" max="2" width="20.81640625" customWidth="1"/>
+    <col min="3" max="5" width="16.7265625" customWidth="1"/>
+    <col min="6" max="6" width="16.81640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+    </row>
+    <row r="2" spans="1:6" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+    </row>
+    <row r="3" spans="1:6" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="6"/>
+    </row>
+    <row r="4" spans="1:6" s="20" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="236" t="s">
+        <v>132</v>
+      </c>
+      <c r="B4" s="236"/>
+      <c r="C4" s="236"/>
+      <c r="D4" s="236"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="236"/>
+    </row>
+    <row r="5" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="21"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+    </row>
+    <row r="6" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="23"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+    </row>
+    <row r="7" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="65"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+    </row>
+    <row r="8" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="65"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="65"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+    </row>
+    <row r="10" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="65"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+    </row>
+    <row r="11" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="65"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+    </row>
+    <row r="12" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="65"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+    </row>
+    <row r="13" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="65"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+    </row>
+    <row r="14" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="65"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+    </row>
+    <row r="15" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="65"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+    </row>
+    <row r="16" spans="1:6" s="20" customFormat="1" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="65"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+    </row>
+    <row r="17" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="65"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="65"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="65"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="65"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A21" s="65"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+    </row>
+    <row r="22" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="65"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+    </row>
+    <row r="23" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A23" s="65"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+    </row>
+    <row r="24" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A24" s="65"/>
+      <c r="B24" s="23"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+    </row>
+    <row r="25" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A25" s="65"/>
+      <c r="B25" s="23"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A26" s="65"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A27" s="97"/>
+      <c r="B27" s="23"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="29" spans="1:6" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="64"/>
+      <c r="B29" s="64"/>
+      <c r="C29" s="235" t="s">
+        <v>129</v>
+      </c>
+      <c r="D29" s="229"/>
+      <c r="E29" s="233" t="s">
+        <v>84</v>
+      </c>
+      <c r="F29" s="233" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="23.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="64"/>
+      <c r="B30" s="64"/>
+      <c r="C30" s="121" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="E30" s="234"/>
+      <c r="F30" s="234"/>
+    </row>
+    <row r="31" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="C31" s="126">
+        <v>0.70785659801678102</v>
+      </c>
+      <c r="D31" s="126">
+        <v>0.17315026697177729</v>
+      </c>
+      <c r="E31" s="126">
+        <v>7.6277650648360028E-3</v>
+      </c>
+      <c r="F31" s="126">
+        <v>0.11136536994660565</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="123"/>
+      <c r="B32" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="C32" s="124">
+        <v>0.70329670329670335</v>
+      </c>
+      <c r="D32" s="124">
+        <v>0.12087912087912088</v>
+      </c>
+      <c r="E32" s="124">
+        <v>6.5934065934065936E-2</v>
+      </c>
+      <c r="F32" s="124">
+        <v>0.10989010989010989</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="123"/>
+      <c r="B33" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="C33" s="126">
+        <v>0.66028708133971292</v>
+      </c>
+      <c r="D33" s="126">
+        <v>8.9314194577352471E-2</v>
+      </c>
+      <c r="E33" s="126">
+        <v>7.9744816586921844E-3</v>
+      </c>
+      <c r="F33" s="126">
+        <v>0.24242424242424243</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="123"/>
+      <c r="B34" s="41" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" s="124">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="D34" s="124">
+        <v>0</v>
+      </c>
+      <c r="E34" s="124">
+        <v>0</v>
+      </c>
+      <c r="F34" s="124">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="122" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="C35" s="126">
+        <v>0.77192602225111973</v>
+      </c>
+      <c r="D35" s="126">
+        <v>0.13697442566103163</v>
+      </c>
+      <c r="E35" s="126">
+        <v>1.9144632278572462E-2</v>
+      </c>
+      <c r="F35" s="126">
+        <v>7.1954919809276111E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="123"/>
+      <c r="B36" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="124">
+        <v>0.75528978840846361</v>
+      </c>
+      <c r="D36" s="124">
+        <v>0.12051517939282429</v>
+      </c>
+      <c r="E36" s="124">
+        <v>4.415823367065317E-2</v>
+      </c>
+      <c r="F36" s="124">
+        <v>8.0036798528058881E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="123"/>
+      <c r="B37" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="C37" s="126">
+        <v>0.76967370441458738</v>
+      </c>
+      <c r="D37" s="126">
+        <v>8.6852207293666023E-2</v>
+      </c>
+      <c r="E37" s="126">
+        <v>4.3186180422264877E-3</v>
+      </c>
+      <c r="F37" s="126">
+        <v>0.13915547024952016</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="130"/>
+      <c r="B38" s="41" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" s="131">
+        <v>0.7946428571428571</v>
+      </c>
+      <c r="D38" s="131">
+        <v>3.125E-2</v>
+      </c>
+      <c r="E38" s="131">
+        <v>0</v>
+      </c>
+      <c r="F38" s="131">
+        <v>0.17410714285714285</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="237" t="s">
+        <v>124</v>
+      </c>
+      <c r="B39" s="237"/>
+      <c r="C39" s="237"/>
+      <c r="D39" s="237"/>
+      <c r="E39" s="237"/>
+      <c r="F39" s="237"/>
+    </row>
+    <row r="40" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A40" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="6"/>
+      <c r="C40" s="6"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="12"/>
+      <c r="F41" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="F29:F30"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="A39:F39"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:Q20"/>
+  <sheetViews>
+    <sheetView zoomScale="91" zoomScaleNormal="91" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:Q4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.81640625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="9.81640625" style="20" customWidth="1"/>
+    <col min="2" max="2" width="5.54296875" style="20" customWidth="1"/>
+    <col min="3" max="8" width="6.90625" style="20" customWidth="1"/>
+    <col min="9" max="9" width="7.81640625" style="20" customWidth="1"/>
+    <col min="10" max="17" width="4.54296875" style="20" customWidth="1"/>
+    <col min="18" max="16384" width="10.81640625" style="20"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
-      <c r="R1" s="2"/>
-[...7 lines deleted...]
-    <row r="2" spans="1:24" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    </row>
+    <row r="2" spans="1:17" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
       <c r="M2" s="11"/>
       <c r="N2" s="11"/>
       <c r="O2" s="11"/>
       <c r="P2" s="11"/>
       <c r="Q2" s="11"/>
-      <c r="R2" s="11"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:24" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
       <c r="I3" s="10"/>
       <c r="J3" s="10"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
-      <c r="R3" s="2"/>
-[...439 lines deleted...]
-      <c r="N19" s="244">
+    </row>
+    <row r="4" spans="1:17" ht="15" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+      <c r="I4" s="184"/>
+      <c r="J4" s="184"/>
+      <c r="K4" s="184"/>
+      <c r="L4" s="184"/>
+      <c r="M4" s="184"/>
+      <c r="N4" s="184"/>
+      <c r="O4" s="184"/>
+      <c r="P4" s="184"/>
+      <c r="Q4" s="184"/>
+    </row>
+    <row r="5" spans="1:17" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="23"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="21"/>
+      <c r="K5" s="21"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="21"/>
+      <c r="N5" s="21"/>
+      <c r="O5" s="21"/>
+      <c r="P5" s="21"/>
+      <c r="Q5" s="21"/>
+    </row>
+    <row r="6" spans="1:17" ht="26.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="186"/>
+      <c r="B6" s="187"/>
+      <c r="C6" s="190">
         <v>2012</v>
       </c>
-      <c r="O19" s="247">
-[...61 lines deleted...]
-      <c r="A21" s="28" t="s">
+      <c r="D6" s="191"/>
+      <c r="E6" s="191">
+        <v>2022</v>
+      </c>
+      <c r="F6" s="191"/>
+      <c r="G6" s="192" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="193"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="21"/>
+      <c r="K6" s="21"/>
+      <c r="L6" s="21"/>
+      <c r="M6" s="21"/>
+      <c r="N6" s="21"/>
+      <c r="O6" s="21"/>
+      <c r="P6" s="21"/>
+      <c r="Q6" s="21"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="188"/>
+      <c r="B7" s="189"/>
+      <c r="C7" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="G7" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="I7" s="21"/>
+      <c r="J7" s="21"/>
+      <c r="K7" s="21"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="21"/>
+      <c r="N7" s="21"/>
+      <c r="O7" s="21"/>
+      <c r="P7" s="21"/>
+      <c r="Q7" s="21"/>
+    </row>
+    <row r="8" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="185" t="s">
         <v>10</v>
       </c>
-      <c r="B21" s="109">
-[...88 lines deleted...]
-      <c r="G22" s="109">
+      <c r="B8" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="30">
+        <v>7467</v>
+      </c>
+      <c r="D8" s="29">
+        <v>0.58023156422410449</v>
+      </c>
+      <c r="E8" s="30">
+        <v>8535</v>
+      </c>
+      <c r="F8" s="29">
+        <v>0.57544498381877018</v>
+      </c>
+      <c r="G8" s="134">
         <v>1068</v>
       </c>
-      <c r="H22" s="109">
-[...126 lines deleted...]
-      <c r="A24" s="29" t="s">
+      <c r="H8" s="138">
+        <v>0.14302932904781038</v>
+      </c>
+      <c r="I8" s="133"/>
+      <c r="J8" s="21"/>
+      <c r="K8" s="21"/>
+      <c r="L8" s="21"/>
+      <c r="M8" s="21"/>
+      <c r="N8" s="21"/>
+      <c r="O8" s="21"/>
+      <c r="P8" s="21"/>
+      <c r="Q8" s="21"/>
+    </row>
+    <row r="9" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="185"/>
+      <c r="B9" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="112">
-[...156 lines deleted...]
-      <c r="A28" s="8" t="s">
+      <c r="C9" s="42">
+        <v>4470</v>
+      </c>
+      <c r="D9" s="140">
+        <v>0.34734633615665556</v>
+      </c>
+      <c r="E9" s="42">
+        <v>5287</v>
+      </c>
+      <c r="F9" s="140">
+        <v>0.35645900755124055</v>
+      </c>
+      <c r="G9" s="135">
+        <v>817</v>
+      </c>
+      <c r="H9" s="141">
+        <v>0.18277404921700224</v>
+      </c>
+      <c r="I9" s="133"/>
+      <c r="J9" s="21"/>
+      <c r="K9" s="21"/>
+      <c r="L9" s="21"/>
+      <c r="M9" s="21"/>
+      <c r="N9" s="21"/>
+      <c r="O9" s="21"/>
+      <c r="P9" s="21"/>
+      <c r="Q9" s="21"/>
+    </row>
+    <row r="10" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="185"/>
+      <c r="B10" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="30">
+        <v>932</v>
+      </c>
+      <c r="D10" s="29">
+        <v>7.2422099619240038E-2</v>
+      </c>
+      <c r="E10" s="30">
+        <v>1010</v>
+      </c>
+      <c r="F10" s="29">
+        <v>6.8096008629989213E-2</v>
+      </c>
+      <c r="G10" s="134">
+        <v>78</v>
+      </c>
+      <c r="H10" s="138">
+        <v>8.3690987124463517E-2</v>
+      </c>
+      <c r="I10" s="133"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="21"/>
+      <c r="N10" s="21"/>
+      <c r="O10" s="21"/>
+      <c r="P10" s="21"/>
+      <c r="Q10" s="21"/>
+    </row>
+    <row r="11" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="185"/>
+      <c r="B11" s="36" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="37">
+        <v>12869</v>
+      </c>
+      <c r="D11" s="32">
+        <v>1</v>
+      </c>
+      <c r="E11" s="37">
+        <v>14832</v>
+      </c>
+      <c r="F11" s="32">
+        <v>0.99999999999999989</v>
+      </c>
+      <c r="G11" s="136">
+        <v>1963</v>
+      </c>
+      <c r="H11" s="142">
+        <v>0.15253710467013754</v>
+      </c>
+      <c r="I11" s="133"/>
+      <c r="J11" s="21"/>
+      <c r="K11" s="21"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="21"/>
+      <c r="N11" s="21"/>
+      <c r="O11" s="21"/>
+      <c r="P11" s="21"/>
+      <c r="Q11" s="21"/>
+    </row>
+    <row r="12" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="185" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="30">
+        <v>70699</v>
+      </c>
+      <c r="D12" s="29">
+        <v>0.44444095200975647</v>
+      </c>
+      <c r="E12" s="30">
+        <v>79551</v>
+      </c>
+      <c r="F12" s="29">
+        <v>0.41021952011881002</v>
+      </c>
+      <c r="G12" s="134">
+        <v>8852</v>
+      </c>
+      <c r="H12" s="138">
+        <v>0.12520686289763647</v>
+      </c>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+      <c r="K12" s="21"/>
+      <c r="L12" s="21"/>
+      <c r="M12" s="21"/>
+      <c r="N12" s="21"/>
+      <c r="O12" s="21"/>
+      <c r="P12" s="21"/>
+      <c r="Q12" s="21"/>
+    </row>
+    <row r="13" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="185"/>
+      <c r="B13" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="31">
+        <v>10834</v>
+      </c>
+      <c r="D13" s="140">
+        <v>6.8106667337214127E-2</v>
+      </c>
+      <c r="E13" s="31">
+        <v>14604</v>
+      </c>
+      <c r="F13" s="140">
+        <v>7.530824089973856E-2</v>
+      </c>
+      <c r="G13" s="135">
+        <v>3770</v>
+      </c>
+      <c r="H13" s="141">
+        <v>0.34797858593317332</v>
+      </c>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="21"/>
+      <c r="L13" s="21"/>
+      <c r="M13" s="21"/>
+      <c r="N13" s="21"/>
+      <c r="O13" s="21"/>
+      <c r="P13" s="21"/>
+      <c r="Q13" s="21"/>
+    </row>
+    <row r="14" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="185"/>
+      <c r="B14" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="30">
+        <v>52592</v>
+      </c>
+      <c r="D14" s="29">
+        <v>0.33061342519833536</v>
+      </c>
+      <c r="E14" s="30">
+        <v>63871</v>
+      </c>
+      <c r="F14" s="29">
+        <v>0.32936268518948242</v>
+      </c>
+      <c r="G14" s="134">
+        <v>11279</v>
+      </c>
+      <c r="H14" s="138">
+        <v>0.21446227563127471</v>
+      </c>
+      <c r="I14" s="21"/>
+      <c r="J14" s="21"/>
+      <c r="K14" s="21"/>
+      <c r="L14" s="21"/>
+      <c r="M14" s="21"/>
+      <c r="N14" s="21"/>
+      <c r="O14" s="21"/>
+      <c r="P14" s="21"/>
+      <c r="Q14" s="21"/>
+    </row>
+    <row r="15" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="185"/>
+      <c r="B15" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="31">
+        <v>24949</v>
+      </c>
+      <c r="D15" s="140">
+        <v>0.15683895545469403</v>
+      </c>
+      <c r="E15" s="31">
+        <v>35897</v>
+      </c>
+      <c r="F15" s="140">
+        <v>0.18510955379196897</v>
+      </c>
+      <c r="G15" s="135">
+        <v>10948</v>
+      </c>
+      <c r="H15" s="141">
+        <v>0.43881518297326544</v>
+      </c>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="21"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="21"/>
+      <c r="N15" s="21"/>
+      <c r="O15" s="21"/>
+      <c r="P15" s="21"/>
+      <c r="Q15" s="21"/>
+    </row>
+    <row r="16" spans="1:17" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="185"/>
+      <c r="B16" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="39">
+        <v>159074</v>
+      </c>
+      <c r="D16" s="33">
+        <v>1</v>
+      </c>
+      <c r="E16" s="39">
+        <v>193923</v>
+      </c>
+      <c r="F16" s="33">
+        <v>1</v>
+      </c>
+      <c r="G16" s="137">
+        <v>34849</v>
+      </c>
+      <c r="H16" s="139">
+        <v>0.21907414159447805</v>
+      </c>
+      <c r="I16" s="21"/>
+      <c r="J16" s="21"/>
+      <c r="K16" s="21"/>
+      <c r="L16" s="21"/>
+      <c r="M16" s="21"/>
+      <c r="N16" s="21"/>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21"/>
+      <c r="Q16" s="21"/>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="21"/>
+      <c r="K17" s="21"/>
+      <c r="L17" s="21"/>
+      <c r="M17" s="21"/>
+      <c r="N17" s="21"/>
+      <c r="O17" s="21"/>
+      <c r="P17" s="21"/>
+      <c r="Q17" s="21"/>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="21"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="21"/>
+      <c r="N18" s="21"/>
+      <c r="O18" s="21"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="21"/>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="21"/>
+      <c r="K19" s="21"/>
+      <c r="L19" s="21"/>
+      <c r="M19" s="21"/>
+      <c r="N19" s="21"/>
+      <c r="O19" s="21"/>
+      <c r="P19" s="21"/>
+      <c r="Q19" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B28" s="15"/>
-[...21 lines deleted...]
-      <c r="X28" s="15"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="24">
-[...23 lines deleted...]
-    <mergeCell ref="U19:U20"/>
+  <mergeCells count="7">
+    <mergeCell ref="A4:Q4"/>
+    <mergeCell ref="A12:A16"/>
+    <mergeCell ref="A6:B7"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="A8:A11"/>
   </mergeCells>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.82677165354330717" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="95" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:M37"/>
   <sheetViews>
-    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:L4"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="12" width="6.81640625" style="38" customWidth="1"/>
+    <col min="2" max="13" width="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="3" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
-      <c r="I1" s="9"/>
-[...4 lines deleted...]
-    <row r="2" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="2"/>
+    </row>
+    <row r="2" spans="1:13" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
-    </row>
-    <row r="3" spans="1:12" s="3" customFormat="1" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="M2" s="11"/>
+    </row>
+    <row r="3" spans="1:13" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
       <c r="I3" s="10"/>
       <c r="J3" s="10"/>
-      <c r="K3" s="10"/>
-[...39 lines deleted...]
-      <c r="E6" s="259">
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="2"/>
+    </row>
+    <row r="4" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+      <c r="I4" s="184"/>
+      <c r="J4" s="184"/>
+      <c r="K4" s="184"/>
+      <c r="L4" s="184"/>
+      <c r="M4" s="184"/>
+    </row>
+    <row r="5" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="23"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="21"/>
+      <c r="K5" s="21"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="21"/>
+    </row>
+    <row r="6" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="44" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="6"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="21"/>
+      <c r="K6" s="21"/>
+      <c r="L6" s="21"/>
+      <c r="M6" s="21"/>
+    </row>
+    <row r="7" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="23"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="21"/>
+      <c r="J7" s="21"/>
+      <c r="K7" s="21"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="21"/>
+    </row>
+    <row r="8" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="21"/>
+      <c r="J8" s="21"/>
+      <c r="K8" s="21"/>
+      <c r="L8" s="21"/>
+      <c r="M8" s="21"/>
+    </row>
+    <row r="9" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="23"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="21"/>
+      <c r="K9" s="21"/>
+      <c r="L9" s="21"/>
+      <c r="M9" s="21"/>
+    </row>
+    <row r="10" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="23"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="21"/>
+    </row>
+    <row r="11" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="23"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="21"/>
+      <c r="K11" s="21"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="21"/>
+    </row>
+    <row r="12" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="23"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+      <c r="K12" s="21"/>
+      <c r="L12" s="21"/>
+      <c r="M12" s="21"/>
+    </row>
+    <row r="13" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="23"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="6"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+      <c r="K13" s="21"/>
+      <c r="L13" s="21"/>
+      <c r="M13" s="21"/>
+    </row>
+    <row r="14" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="23"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="6"/>
+      <c r="I14" s="21"/>
+      <c r="J14" s="21"/>
+      <c r="K14" s="21"/>
+      <c r="L14" s="21"/>
+      <c r="M14" s="21"/>
+    </row>
+    <row r="15" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="23"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="21"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="21"/>
+    </row>
+    <row r="16" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="23"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="21"/>
+      <c r="K16" s="21"/>
+      <c r="L16" s="21"/>
+      <c r="M16" s="21"/>
+    </row>
+    <row r="17" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="23"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="21"/>
+      <c r="K17" s="21"/>
+      <c r="L17" s="21"/>
+      <c r="M17" s="21"/>
+    </row>
+    <row r="18" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="23"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="21"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="21"/>
+    </row>
+    <row r="19" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="23"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="21"/>
+      <c r="K19" s="21"/>
+      <c r="L19" s="21"/>
+      <c r="M19" s="21"/>
+    </row>
+    <row r="20" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="23"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="21"/>
+      <c r="K20" s="21"/>
+      <c r="L20" s="21"/>
+      <c r="M20" s="21"/>
+    </row>
+    <row r="21" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A21" s="23"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+      <c r="K21" s="21"/>
+      <c r="L21" s="21"/>
+      <c r="M21" s="21"/>
+    </row>
+    <row r="22" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="23"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="21"/>
+      <c r="J22" s="21"/>
+      <c r="K22" s="21"/>
+      <c r="L22" s="21"/>
+      <c r="M22" s="21"/>
+    </row>
+    <row r="23" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A23" s="23"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="21"/>
+      <c r="L23" s="21"/>
+      <c r="M23" s="21"/>
+    </row>
+    <row r="24" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A24" s="23"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="21"/>
+      <c r="J24" s="21"/>
+      <c r="K24" s="21"/>
+      <c r="L24" s="21"/>
+      <c r="M24" s="21"/>
+    </row>
+    <row r="25" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A25" s="23"/>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="6"/>
+      <c r="I25" s="21"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="21"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="21"/>
+    </row>
+    <row r="26" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="23"/>
+      <c r="B26" s="6"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="6"/>
+      <c r="H26" s="6"/>
+      <c r="I26" s="21"/>
+      <c r="J26" s="21"/>
+      <c r="K26" s="21"/>
+      <c r="L26" s="21"/>
+      <c r="M26" s="21"/>
+    </row>
+    <row r="27" spans="1:13" s="20" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="43"/>
+      <c r="B27" s="43"/>
+      <c r="C27" s="26">
+        <v>2012</v>
+      </c>
+      <c r="D27" s="27">
+        <v>2013</v>
+      </c>
+      <c r="E27" s="27">
+        <v>2014</v>
+      </c>
+      <c r="F27" s="27">
         <v>2015</v>
       </c>
-      <c r="F6" s="260"/>
-      <c r="G6" s="259">
+      <c r="G27" s="27">
+        <v>2016</v>
+      </c>
+      <c r="H27" s="27">
+        <v>2017</v>
+      </c>
+      <c r="I27" s="27">
+        <v>2018</v>
+      </c>
+      <c r="J27" s="27">
+        <v>2019</v>
+      </c>
+      <c r="K27" s="27">
         <v>2020</v>
       </c>
-      <c r="H6" s="260"/>
-[...174 lines deleted...]
-      <c r="G12" s="152">
+      <c r="L27" s="27">
+        <v>2021</v>
+      </c>
+      <c r="M27" s="27">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="194" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="H12" s="153">
-[...2 lines deleted...]
-      <c r="I12" s="157">
+      <c r="C28" s="30">
+        <v>2146</v>
+      </c>
+      <c r="D28" s="30">
+        <v>2186</v>
+      </c>
+      <c r="E28" s="30">
+        <v>2051</v>
+      </c>
+      <c r="F28" s="30">
+        <v>2407</v>
+      </c>
+      <c r="G28" s="30">
+        <v>2502</v>
+      </c>
+      <c r="H28" s="30">
+        <v>2411</v>
+      </c>
+      <c r="I28" s="30">
+        <v>2502</v>
+      </c>
+      <c r="J28" s="30">
+        <v>2507</v>
+      </c>
+      <c r="K28" s="30">
+        <v>2924</v>
+      </c>
+      <c r="L28" s="30">
+        <v>2335</v>
+      </c>
+      <c r="M28" s="30">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="195"/>
+      <c r="B29" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="42">
+        <v>1118</v>
+      </c>
+      <c r="D29" s="42">
+        <v>1120</v>
+      </c>
+      <c r="E29" s="42">
+        <v>1137</v>
+      </c>
+      <c r="F29" s="42">
+        <v>1252</v>
+      </c>
+      <c r="G29" s="42">
+        <v>1185</v>
+      </c>
+      <c r="H29" s="42">
+        <v>1298</v>
+      </c>
+      <c r="I29" s="42">
+        <v>1251</v>
+      </c>
+      <c r="J29" s="42">
+        <v>1259</v>
+      </c>
+      <c r="K29" s="42">
+        <v>1358</v>
+      </c>
+      <c r="L29" s="42">
+        <v>1426</v>
+      </c>
+      <c r="M29" s="42">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="196"/>
+      <c r="B30" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="C30" s="30">
+        <v>259</v>
+      </c>
+      <c r="D30" s="30">
+        <v>290</v>
+      </c>
+      <c r="E30" s="30">
+        <v>287</v>
+      </c>
+      <c r="F30" s="30">
+        <v>248</v>
+      </c>
+      <c r="G30" s="30">
+        <v>297</v>
+      </c>
+      <c r="H30" s="30">
+        <v>275</v>
+      </c>
+      <c r="I30" s="30">
+        <v>253</v>
+      </c>
+      <c r="J30" s="30">
+        <v>274</v>
+      </c>
+      <c r="K30" s="30">
+        <v>287</v>
+      </c>
+      <c r="L30" s="30">
+        <v>263</v>
+      </c>
+      <c r="M30" s="30">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="194" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" s="41" t="s">
         <v>14</v>
       </c>
-      <c r="J12" s="176" t="s">
+      <c r="C31" s="42">
+        <v>18485</v>
+      </c>
+      <c r="D31" s="42">
+        <v>18513</v>
+      </c>
+      <c r="E31" s="42">
+        <v>18080</v>
+      </c>
+      <c r="F31" s="42">
+        <v>18873</v>
+      </c>
+      <c r="G31" s="42">
+        <v>19154</v>
+      </c>
+      <c r="H31" s="42">
+        <v>19427</v>
+      </c>
+      <c r="I31" s="42">
+        <v>19358</v>
+      </c>
+      <c r="J31" s="42">
+        <v>19888</v>
+      </c>
+      <c r="K31" s="42">
+        <v>22230</v>
+      </c>
+      <c r="L31" s="42">
+        <v>20112</v>
+      </c>
+      <c r="M31" s="42">
+        <v>19321</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="195"/>
+      <c r="B32" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="30">
+        <v>14137</v>
+      </c>
+      <c r="D32" s="30">
+        <v>14034</v>
+      </c>
+      <c r="E32" s="30">
+        <v>14220</v>
+      </c>
+      <c r="F32" s="30">
+        <v>14634</v>
+      </c>
+      <c r="G32" s="30">
+        <v>14796</v>
+      </c>
+      <c r="H32" s="30">
+        <v>15136</v>
+      </c>
+      <c r="I32" s="30">
+        <v>15195</v>
+      </c>
+      <c r="J32" s="30">
+        <v>15398</v>
+      </c>
+      <c r="K32" s="30">
+        <v>15863</v>
+      </c>
+      <c r="L32" s="30">
+        <v>15951</v>
+      </c>
+      <c r="M32" s="30">
+        <v>14748</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="195"/>
+      <c r="B33" s="41" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="42">
+        <v>3067</v>
+      </c>
+      <c r="D33" s="42">
+        <v>3252</v>
+      </c>
+      <c r="E33" s="42">
+        <v>3066</v>
+      </c>
+      <c r="F33" s="42">
+        <v>3184</v>
+      </c>
+      <c r="G33" s="42">
+        <v>3222</v>
+      </c>
+      <c r="H33" s="42">
+        <v>3050</v>
+      </c>
+      <c r="I33" s="42">
+        <v>3157</v>
+      </c>
+      <c r="J33" s="42">
+        <v>3354</v>
+      </c>
+      <c r="K33" s="42">
+        <v>3572</v>
+      </c>
+      <c r="L33" s="42">
+        <v>3459</v>
+      </c>
+      <c r="M33" s="42">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" s="20" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="196"/>
+      <c r="B34" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="C34" s="30">
+        <v>7935</v>
+      </c>
+      <c r="D34" s="30">
+        <v>8505</v>
+      </c>
+      <c r="E34" s="30">
+        <v>8364</v>
+      </c>
+      <c r="F34" s="30">
+        <v>9048</v>
+      </c>
+      <c r="G34" s="30">
+        <v>9497</v>
+      </c>
+      <c r="H34" s="30">
+        <v>9324</v>
+      </c>
+      <c r="I34" s="30">
+        <v>9597</v>
+      </c>
+      <c r="J34" s="30">
+        <v>10027</v>
+      </c>
+      <c r="K34" s="30">
+        <v>9890</v>
+      </c>
+      <c r="L34" s="30">
+        <v>9944</v>
+      </c>
+      <c r="M34" s="30">
+        <v>9464</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A35" s="25" t="s">
         <v>114</v>
       </c>
-      <c r="K12" s="6"/>
-[...121 lines deleted...]
-      <c r="I16" s="157">
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="21"/>
+      <c r="J35" s="21"/>
+      <c r="K35" s="21"/>
+      <c r="L35" s="21"/>
+      <c r="M35" s="21"/>
+    </row>
+    <row r="36" spans="1:13" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="21"/>
+      <c r="L36" s="21"/>
+      <c r="M36" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="J16" s="178">
-[...184 lines deleted...]
-      <c r="A24" s="8" t="s">
+    </row>
+    <row r="37" spans="1:13" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="15"/>
-[...9 lines deleted...]
-      <c r="L24" s="15"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="12"/>
+      <c r="F37" s="12"/>
+      <c r="G37" s="12"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="12"/>
+      <c r="J37" s="12"/>
+      <c r="K37" s="12"/>
+      <c r="L37" s="12"/>
+      <c r="M37" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
-[...14 lines deleted...]
-    <mergeCell ref="A18:A19"/>
+  <mergeCells count="3">
+    <mergeCell ref="A28:A30"/>
+    <mergeCell ref="A31:A34"/>
+    <mergeCell ref="A4:M4"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <dimension ref="A1:K36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:F54"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:K4"/>
+      <selection activeCell="A4" sqref="A4:F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.26953125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="11" width="7.1796875" customWidth="1"/>
+    <col min="2" max="2" width="33" customWidth="1"/>
+    <col min="6" max="6" width="16.36328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:6" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
-      <c r="G1" s="9"/>
-[...5 lines deleted...]
-    <row r="2" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    </row>
+    <row r="2" spans="1:6" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+    </row>
+    <row r="3" spans="1:6" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+    </row>
+    <row r="4" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="6"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="6"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="6"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="6"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="6"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="6"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="6"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="6"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="6"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="6"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="6"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="6"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="6"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="6"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="6"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="6"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="6"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="6"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="6"/>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="6"/>
+      <c r="B26" s="6"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="6"/>
+      <c r="B27" s="6"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="6"/>
+      <c r="B28" s="6"/>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="6"/>
+    </row>
+    <row r="29" spans="1:6" ht="13" x14ac:dyDescent="0.3">
+      <c r="A29" s="199"/>
+      <c r="B29" s="200"/>
+      <c r="C29" s="197" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="197"/>
+      <c r="E29" s="197" t="s">
+        <v>16</v>
+      </c>
+      <c r="F29" s="198"/>
+    </row>
+    <row r="30" spans="1:6" ht="13" x14ac:dyDescent="0.3">
+      <c r="A30" s="201"/>
+      <c r="B30" s="202"/>
+      <c r="C30" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="62" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="F30" s="63" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="203" t="s">
+        <v>14</v>
+      </c>
+      <c r="B31" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="46">
+        <v>855</v>
+      </c>
+      <c r="D31" s="47">
+        <v>0.41324311261478974</v>
+      </c>
+      <c r="E31" s="48">
+        <v>4653</v>
+      </c>
+      <c r="F31" s="49">
+        <v>0.24082604420061074</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="204"/>
+      <c r="B32" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" s="51">
+        <v>491</v>
+      </c>
+      <c r="D32" s="52">
+        <v>0.23731271145480909</v>
+      </c>
+      <c r="E32" s="53">
+        <v>2241</v>
+      </c>
+      <c r="F32" s="54">
+        <v>0.11598778531131929</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="204"/>
+      <c r="B33" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="46">
+        <v>259</v>
+      </c>
+      <c r="D33" s="47">
+        <v>0.12518124697921701</v>
+      </c>
+      <c r="E33" s="48">
+        <v>4615</v>
+      </c>
+      <c r="F33" s="49">
+        <v>0.23885927229439469</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="204"/>
+      <c r="B34" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="51">
+        <v>247</v>
+      </c>
+      <c r="D34" s="52">
+        <v>0.11938134364427259</v>
+      </c>
+      <c r="E34" s="53">
+        <v>2889</v>
+      </c>
+      <c r="F34" s="54">
+        <v>0.14952642202784536</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="204"/>
+      <c r="B35" s="45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="46">
+        <v>211</v>
+      </c>
+      <c r="D35" s="47">
+        <v>0.10198163363943934</v>
+      </c>
+      <c r="E35" s="48">
+        <v>1907</v>
+      </c>
+      <c r="F35" s="49">
+        <v>9.8700895398788888E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="204"/>
+      <c r="B36" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="C36" s="51">
+        <v>0</v>
+      </c>
+      <c r="D36" s="52">
+        <v>0</v>
+      </c>
+      <c r="E36" s="53">
+        <v>2607</v>
+      </c>
+      <c r="F36" s="54">
+        <v>0.13493090419750531</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="204"/>
+      <c r="B37" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" s="46">
+        <v>6</v>
+      </c>
+      <c r="D37" s="47">
+        <v>2.8999516674722086E-3</v>
+      </c>
+      <c r="E37" s="48">
+        <v>409</v>
+      </c>
+      <c r="F37" s="49">
+        <v>2.1168676569535739E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="205"/>
+      <c r="B38" s="55" t="s">
+        <v>0</v>
+      </c>
+      <c r="C38" s="56">
+        <v>2069</v>
+      </c>
+      <c r="D38" s="57">
+        <v>1</v>
+      </c>
+      <c r="E38" s="58">
+        <v>19321</v>
+      </c>
+      <c r="F38" s="59">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="203" t="s">
+        <v>9</v>
+      </c>
+      <c r="B39" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" s="46">
+        <v>369</v>
+      </c>
+      <c r="D39" s="47">
+        <v>0.29975629569455725</v>
+      </c>
+      <c r="E39" s="60">
+        <v>4870</v>
+      </c>
+      <c r="F39" s="49">
+        <v>0.33021426634119883</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="204"/>
+      <c r="B40" s="50" t="s">
+        <v>25</v>
+      </c>
+      <c r="C40" s="51">
+        <v>273</v>
+      </c>
+      <c r="D40" s="52">
+        <v>0.22177091795288384</v>
+      </c>
+      <c r="E40" s="61">
+        <v>1963</v>
+      </c>
+      <c r="F40" s="54">
+        <v>0.13310279359913207</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="204"/>
+      <c r="B41" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41" s="46">
+        <v>153</v>
+      </c>
+      <c r="D41" s="47">
+        <v>0.12428919577579203</v>
+      </c>
+      <c r="E41" s="60">
+        <v>1509</v>
+      </c>
+      <c r="F41" s="49">
+        <v>0.10231895850284785</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="204"/>
+      <c r="B42" s="50" t="s">
+        <v>27</v>
+      </c>
+      <c r="C42" s="51">
+        <v>138</v>
+      </c>
+      <c r="D42" s="52">
+        <v>0.11210398050365557</v>
+      </c>
+      <c r="E42" s="61">
+        <v>880</v>
+      </c>
+      <c r="F42" s="54">
+        <v>5.9669107675617034E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="204"/>
+      <c r="B43" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="C43" s="46">
+        <v>100</v>
+      </c>
+      <c r="D43" s="47">
+        <v>8.1234768480909825E-2</v>
+      </c>
+      <c r="E43" s="60">
+        <v>860</v>
+      </c>
+      <c r="F43" s="49">
+        <v>5.8312991592080282E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="204"/>
+      <c r="B44" s="50" t="s">
+        <v>29</v>
+      </c>
+      <c r="C44" s="51">
+        <v>83</v>
+      </c>
+      <c r="D44" s="52">
+        <v>6.7424857839155153E-2</v>
+      </c>
+      <c r="E44" s="61">
+        <v>2661</v>
+      </c>
+      <c r="F44" s="54">
+        <v>0.18043124491456469</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="204"/>
+      <c r="B45" s="45" t="s">
+        <v>30</v>
+      </c>
+      <c r="C45" s="46">
+        <v>72</v>
+      </c>
+      <c r="D45" s="47">
+        <v>5.848903330625508E-2</v>
+      </c>
+      <c r="E45" s="60">
+        <v>654</v>
+      </c>
+      <c r="F45" s="49">
+        <v>4.4344995931651747E-2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="204"/>
+      <c r="B46" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" s="51">
+        <v>25</v>
+      </c>
+      <c r="D46" s="52">
+        <v>2.0308692120227456E-2</v>
+      </c>
+      <c r="E46" s="61">
+        <v>566</v>
+      </c>
+      <c r="F46" s="54">
+        <v>3.8378085164090046E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="204"/>
+      <c r="B47" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="C47" s="46">
+        <v>18</v>
+      </c>
+      <c r="D47" s="47">
+        <v>1.462225832656377E-2</v>
+      </c>
+      <c r="E47" s="60">
+        <v>126</v>
+      </c>
+      <c r="F47" s="49">
+        <v>8.5435313262815296E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="204"/>
+      <c r="B48" s="50" t="s">
+        <v>34</v>
+      </c>
+      <c r="C48" s="51">
+        <v>0</v>
+      </c>
+      <c r="D48" s="52">
+        <v>0</v>
+      </c>
+      <c r="E48" s="53">
+        <v>426</v>
+      </c>
+      <c r="F48" s="54">
+        <v>2.888527257933279E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="204"/>
+      <c r="B49" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="46">
+        <v>0</v>
+      </c>
+      <c r="D49" s="47">
+        <v>0</v>
+      </c>
+      <c r="E49" s="48">
+        <v>199</v>
+      </c>
+      <c r="F49" s="49">
+        <v>1.349335503119067E-2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="13" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="204"/>
+      <c r="B50" s="50" t="s">
+        <v>35</v>
+      </c>
+      <c r="C50" s="51">
+        <v>0</v>
+      </c>
+      <c r="D50" s="52">
+        <v>0</v>
+      </c>
+      <c r="E50" s="53">
+        <v>34</v>
+      </c>
+      <c r="F50" s="54">
+        <v>2.3053973420124763E-3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="13" x14ac:dyDescent="0.3">
+      <c r="A51" s="205"/>
+      <c r="B51" s="148" t="s">
+        <v>0</v>
+      </c>
+      <c r="C51" s="149">
+        <v>1231</v>
+      </c>
+      <c r="D51" s="150">
+        <v>1</v>
+      </c>
+      <c r="E51" s="149">
+        <v>14748</v>
+      </c>
+      <c r="F51" s="151">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A52" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" s="6"/>
+      <c r="C52" s="6"/>
+      <c r="E52" s="6"/>
+      <c r="F52" s="6"/>
+    </row>
+    <row r="53" spans="1:6" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A53" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
+      <c r="F54" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A29:B30"/>
+    <mergeCell ref="A31:A38"/>
+    <mergeCell ref="A39:A51"/>
+    <mergeCell ref="C29:D29"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:I40"/>
+  <sheetViews>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:I4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="6.7265625" customWidth="1"/>
+    <col min="2" max="2" width="7.36328125" customWidth="1"/>
+    <col min="3" max="8" width="11.54296875" customWidth="1"/>
+    <col min="9" max="9" width="7.36328125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="2"/>
+    </row>
+    <row r="2" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+    </row>
+    <row r="3" spans="1:9" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="2"/>
+    </row>
+    <row r="4" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+      <c r="I4" s="184"/>
+    </row>
+    <row r="5" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="23"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="21"/>
+    </row>
+    <row r="6" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="23"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="21"/>
+    </row>
+    <row r="7" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="23"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="21"/>
+    </row>
+    <row r="8" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="21"/>
+    </row>
+    <row r="9" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="23"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="21"/>
+    </row>
+    <row r="10" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="23"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="21"/>
+    </row>
+    <row r="11" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="23"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="21"/>
+    </row>
+    <row r="12" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="23"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="21"/>
+    </row>
+    <row r="13" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="23"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="6"/>
+      <c r="I13" s="21"/>
+    </row>
+    <row r="14" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="23"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="6"/>
+      <c r="I14" s="21"/>
+    </row>
+    <row r="15" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="23"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
+      <c r="I15" s="21"/>
+    </row>
+    <row r="16" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="23"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6"/>
+      <c r="I16" s="21"/>
+    </row>
+    <row r="17" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="23"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="21"/>
+    </row>
+    <row r="18" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="23"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="21"/>
+    </row>
+    <row r="19" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="23"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="21"/>
+    </row>
+    <row r="20" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="23"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="21"/>
+    </row>
+    <row r="21" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A21" s="23"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="21"/>
+    </row>
+    <row r="22" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="23"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="21"/>
+    </row>
+    <row r="23" spans="1:9" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="153"/>
+      <c r="B23" s="153"/>
+      <c r="C23" s="154" t="s">
+        <v>56</v>
+      </c>
+      <c r="D23" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" s="154" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" s="154" t="s">
+        <v>57</v>
+      </c>
+      <c r="G23" s="154" t="s">
+        <v>58</v>
+      </c>
+      <c r="H23" s="154" t="s">
+        <v>126</v>
+      </c>
+      <c r="I23" s="154" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="206" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="156">
+        <v>0.63363943934267764</v>
+      </c>
+      <c r="D24" s="157">
+        <v>0</v>
+      </c>
+      <c r="E24" s="157">
+        <v>0</v>
+      </c>
+      <c r="F24" s="157">
+        <v>4.3982600289995163E-2</v>
+      </c>
+      <c r="G24" s="157">
+        <v>0.3030449492508458</v>
+      </c>
+      <c r="H24" s="157">
+        <v>1.9333011116481391E-2</v>
+      </c>
+      <c r="I24" s="157">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="206"/>
+      <c r="B25" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="159">
+        <v>0.71642254541690387</v>
+      </c>
+      <c r="D25" s="160">
+        <v>0</v>
+      </c>
+      <c r="E25" s="160">
+        <v>0</v>
+      </c>
+      <c r="F25" s="160">
+        <v>5.6260027948863929E-2</v>
+      </c>
+      <c r="G25" s="160">
+        <v>0.21572382381864294</v>
+      </c>
+      <c r="H25" s="160">
+        <v>1.1593602815589254E-2</v>
+      </c>
+      <c r="I25" s="160">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="206" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="156">
+        <v>0.13474025974025974</v>
+      </c>
+      <c r="D26" s="157">
+        <v>0.35633116883116883</v>
+      </c>
+      <c r="E26" s="157">
+        <v>0.21103896103896103</v>
+      </c>
+      <c r="F26" s="157">
+        <v>8.1168831168831163E-4</v>
+      </c>
+      <c r="G26" s="157">
+        <v>0.21103896103896103</v>
+      </c>
+      <c r="H26" s="157">
+        <v>8.6038961038961054E-2</v>
+      </c>
+      <c r="I26" s="157">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="206"/>
+      <c r="B27" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C27" s="159">
+        <v>0.12101694915254237</v>
+      </c>
+      <c r="D27" s="160">
+        <v>0.58352542372881355</v>
+      </c>
+      <c r="E27" s="160">
+        <v>9.8305084745762716E-2</v>
+      </c>
+      <c r="F27" s="160">
+        <v>6.1016949152542369E-4</v>
+      </c>
+      <c r="G27" s="160">
+        <v>0.15179661016949153</v>
+      </c>
+      <c r="H27" s="160">
+        <v>4.4745762711864409E-2</v>
+      </c>
+      <c r="I27" s="160">
+        <v>0.99999999999999989</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="161" t="s">
+        <v>127</v>
+      </c>
+      <c r="B28" s="155" t="s">
+        <v>16</v>
+      </c>
+      <c r="C28" s="156">
+        <v>0.34339390206344317</v>
+      </c>
+      <c r="D28" s="157">
+        <v>0.16384354789035999</v>
+      </c>
+      <c r="E28" s="157">
+        <v>0.27933477055743766</v>
+      </c>
+      <c r="F28" s="157">
+        <v>2.9873729596550661E-2</v>
+      </c>
+      <c r="G28" s="157">
+        <v>6.7446874037573143E-2</v>
+      </c>
+      <c r="H28" s="157">
+        <v>0.11610717585463505</v>
+      </c>
+      <c r="I28" s="157">
+        <v>0.99999999999999967</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="162"/>
+      <c r="B29" s="163"/>
+      <c r="C29" s="164"/>
+      <c r="D29" s="165"/>
+      <c r="E29" s="165"/>
+      <c r="F29" s="165"/>
+      <c r="G29" s="165"/>
+      <c r="H29" s="165"/>
+      <c r="I29" s="163"/>
+    </row>
+    <row r="30" spans="1:9" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="153"/>
+      <c r="B30" s="153"/>
+      <c r="C30" s="154" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" s="154" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" s="154" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="154" t="s">
+        <v>58</v>
+      </c>
+      <c r="H30" s="154" t="s">
+        <v>126</v>
+      </c>
+      <c r="I30" s="154" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="206" t="s">
+        <v>14</v>
+      </c>
+      <c r="B31" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="166">
+        <v>1311</v>
+      </c>
+      <c r="D31" s="166">
+        <v>0</v>
+      </c>
+      <c r="E31" s="166">
+        <v>0</v>
+      </c>
+      <c r="F31" s="166">
+        <v>91</v>
+      </c>
+      <c r="G31" s="166">
+        <v>627</v>
+      </c>
+      <c r="H31" s="166">
+        <v>40</v>
+      </c>
+      <c r="I31" s="167">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="206"/>
+      <c r="B32" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C32" s="168">
+        <v>13842</v>
+      </c>
+      <c r="D32" s="168">
+        <v>0</v>
+      </c>
+      <c r="E32" s="168">
+        <v>0</v>
+      </c>
+      <c r="F32" s="168">
+        <v>1087</v>
+      </c>
+      <c r="G32" s="168">
+        <v>4168</v>
+      </c>
+      <c r="H32" s="168">
+        <v>224</v>
+      </c>
+      <c r="I32" s="169">
+        <v>19321</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="206" t="s">
+        <v>9</v>
+      </c>
+      <c r="B33" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="166">
+        <v>166</v>
+      </c>
+      <c r="D33" s="166">
+        <v>439</v>
+      </c>
+      <c r="E33" s="166">
+        <v>260</v>
+      </c>
+      <c r="F33" s="166">
+        <v>1</v>
+      </c>
+      <c r="G33" s="166">
+        <v>260</v>
+      </c>
+      <c r="H33" s="166">
+        <v>106</v>
+      </c>
+      <c r="I33" s="167">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="206"/>
+      <c r="B34" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C34" s="168">
+        <v>1785</v>
+      </c>
+      <c r="D34" s="168">
+        <v>8607</v>
+      </c>
+      <c r="E34" s="168">
+        <v>1450</v>
+      </c>
+      <c r="F34" s="168">
+        <v>9</v>
+      </c>
+      <c r="G34" s="168">
+        <v>2239</v>
+      </c>
+      <c r="H34" s="168">
+        <v>660</v>
+      </c>
+      <c r="I34" s="169">
+        <v>14750</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="161" t="s">
+        <v>127</v>
+      </c>
+      <c r="B35" s="155" t="s">
+        <v>16</v>
+      </c>
+      <c r="C35" s="166">
+        <v>1115</v>
+      </c>
+      <c r="D35" s="166">
+        <v>532</v>
+      </c>
+      <c r="E35" s="166">
+        <v>907</v>
+      </c>
+      <c r="F35" s="166">
+        <v>97</v>
+      </c>
+      <c r="G35" s="166">
+        <v>219</v>
+      </c>
+      <c r="H35" s="166">
+        <v>377</v>
+      </c>
+      <c r="I35" s="167">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="21"/>
+    </row>
+    <row r="37" spans="1:9" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="207" t="s">
+        <v>116</v>
+      </c>
+      <c r="B37" s="207"/>
+      <c r="C37" s="207"/>
+      <c r="D37" s="207"/>
+      <c r="E37" s="207"/>
+      <c r="F37" s="207"/>
+      <c r="G37" s="207"/>
+      <c r="H37" s="207"/>
+      <c r="I37" s="207"/>
+    </row>
+    <row r="38" spans="1:9" s="20" customFormat="1" ht="41.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="207" t="s">
+        <v>117</v>
+      </c>
+      <c r="B38" s="207"/>
+      <c r="C38" s="207"/>
+      <c r="D38" s="207"/>
+      <c r="E38" s="207"/>
+      <c r="F38" s="207"/>
+      <c r="G38" s="207"/>
+      <c r="H38" s="207"/>
+      <c r="I38" s="207"/>
+    </row>
+    <row r="39" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A39" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="6"/>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="H39" s="6"/>
+      <c r="I39" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B40" s="12"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="12"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="12"/>
+      <c r="G40" s="12"/>
+      <c r="H40" s="12"/>
+      <c r="I40" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="7">
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="A33:A34"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:I29"/>
+  <sheetViews>
+    <sheetView zoomScale="99" zoomScaleNormal="99" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:I4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="4.90625" customWidth="1"/>
+    <col min="2" max="2" width="6.81640625" customWidth="1"/>
+    <col min="3" max="8" width="12.08984375" customWidth="1"/>
+    <col min="9" max="9" width="6.81640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="2"/>
+    </row>
+    <row r="2" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+    </row>
+    <row r="3" spans="1:9" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="2"/>
+    </row>
+    <row r="4" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+      <c r="I4" s="184"/>
+    </row>
+    <row r="5" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="23"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="21"/>
+    </row>
+    <row r="6" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="65"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="21"/>
+    </row>
+    <row r="7" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="65"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="21"/>
+    </row>
+    <row r="8" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="65"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="21"/>
+    </row>
+    <row r="9" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="65"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="21"/>
+    </row>
+    <row r="10" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="65"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="21"/>
+    </row>
+    <row r="11" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="65"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="21"/>
+    </row>
+    <row r="12" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="65"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="21"/>
+    </row>
+    <row r="13" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="65"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+      <c r="H13" s="6"/>
+      <c r="I13" s="21"/>
+    </row>
+    <row r="14" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="65"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="6"/>
+      <c r="I14" s="21"/>
+    </row>
+    <row r="15" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="65"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
+      <c r="I15" s="21"/>
+    </row>
+    <row r="16" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="65"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6"/>
+      <c r="I16" s="21"/>
+    </row>
+    <row r="17" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="65"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
+      <c r="I17" s="21"/>
+    </row>
+    <row r="18" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="65"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="21"/>
+    </row>
+    <row r="19" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="65"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="21"/>
+    </row>
+    <row r="20" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="65"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="21"/>
+    </row>
+    <row r="21" spans="1:9" s="20" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="153"/>
+      <c r="B21" s="153"/>
+      <c r="C21" s="154" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" s="154" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" s="154" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" s="154" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21" s="154" t="s">
+        <v>128</v>
+      </c>
+      <c r="I21" s="154" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="206" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="170">
+        <v>1.7421602787456445E-2</v>
+      </c>
+      <c r="D22" s="170">
+        <v>9.4076655052264813E-2</v>
+      </c>
+      <c r="E22" s="170">
+        <v>5.2264808362369339E-2</v>
+      </c>
+      <c r="F22" s="170">
+        <v>0.11498257839721254</v>
+      </c>
+      <c r="G22" s="170">
+        <v>0.36933797909407667</v>
+      </c>
+      <c r="H22" s="170">
+        <v>0.3519163763066202</v>
+      </c>
+      <c r="I22" s="171">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="206"/>
+      <c r="B23" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C23" s="172">
+        <v>1.3419273034657651E-2</v>
+      </c>
+      <c r="D23" s="172">
+        <v>6.5511411665257813E-2</v>
+      </c>
+      <c r="E23" s="172">
+        <v>1.4370245139475908E-2</v>
+      </c>
+      <c r="F23" s="172">
+        <v>1.172865595942519E-2</v>
+      </c>
+      <c r="G23" s="172">
+        <v>0.63112848689771772</v>
+      </c>
+      <c r="H23" s="172">
+        <v>0.26384192730346578</v>
+      </c>
+      <c r="I23" s="173">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="206" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24" s="155" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="166">
+        <v>5</v>
+      </c>
+      <c r="D24" s="166">
+        <v>27</v>
+      </c>
+      <c r="E24" s="166">
+        <v>15</v>
+      </c>
+      <c r="F24" s="166">
+        <v>33</v>
+      </c>
+      <c r="G24" s="166">
+        <v>106</v>
+      </c>
+      <c r="H24" s="166">
+        <v>101</v>
+      </c>
+      <c r="I24" s="166">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="206"/>
+      <c r="B25" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="168">
+        <v>127</v>
+      </c>
+      <c r="D25" s="168">
+        <v>620</v>
+      </c>
+      <c r="E25" s="168">
+        <v>136</v>
+      </c>
+      <c r="F25" s="168">
+        <v>111</v>
+      </c>
+      <c r="G25" s="168">
+        <v>5973</v>
+      </c>
+      <c r="H25" s="168">
+        <v>2497</v>
+      </c>
+      <c r="I25" s="168">
+        <v>9464</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="145" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" s="146"/>
+      <c r="C26" s="147"/>
+      <c r="D26" s="147"/>
+      <c r="E26" s="147"/>
+      <c r="F26" s="147"/>
+      <c r="G26" s="147"/>
+      <c r="H26" s="147"/>
+      <c r="I26" s="147"/>
+    </row>
+    <row r="27" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="208" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" s="208"/>
+      <c r="C27" s="208"/>
+      <c r="D27" s="208"/>
+      <c r="E27" s="208"/>
+      <c r="F27" s="208"/>
+      <c r="G27" s="208"/>
+      <c r="H27" s="208"/>
+      <c r="I27" s="208"/>
+    </row>
+    <row r="28" spans="1:9" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A28" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" s="144"/>
+      <c r="C28" s="144"/>
+      <c r="D28" s="144"/>
+      <c r="E28" s="144"/>
+      <c r="F28" s="144"/>
+      <c r="G28" s="144"/>
+      <c r="H28" s="144"/>
+      <c r="I28" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A22:A23"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="A27:I27"/>
+  </mergeCells>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:J37"/>
+  <sheetViews>
+    <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:J4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.81640625" customWidth="1"/>
+    <col min="3" max="10" width="15.54296875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
-      <c r="K2" s="11"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:11" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="3" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
-      <c r="G3" s="10"/>
-[...1001 lines deleted...]
-      <c r="F3" s="6"/>
       <c r="G3" s="6"/>
-    </row>
-[...16 lines deleted...]
-      <c r="E5" s="269"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+    </row>
+    <row r="4" spans="1:10" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>69</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+      <c r="E4" s="184"/>
+      <c r="F4" s="184"/>
+      <c r="G4" s="184"/>
+      <c r="H4" s="184"/>
+      <c r="I4" s="184"/>
+      <c r="J4" s="184"/>
+    </row>
+    <row r="5" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="23"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
-    </row>
-[...9 lines deleted...]
-      <c r="E6" s="267"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="21"/>
+    </row>
+    <row r="6" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="23"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H6" s="6"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="21"/>
+    </row>
+    <row r="7" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="23"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H7" s="6"/>
+      <c r="I7" s="21"/>
+      <c r="J7" s="21"/>
+    </row>
+    <row r="8" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H8" s="6"/>
+      <c r="I8" s="21"/>
+      <c r="J8" s="21"/>
+    </row>
+    <row r="9" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="23"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H9" s="6"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="21"/>
+    </row>
+    <row r="10" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="23"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H10" s="6"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+    </row>
+    <row r="11" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="23"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H11" s="6"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="21"/>
+    </row>
+    <row r="12" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="23"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H12" s="6"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+    </row>
+    <row r="13" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="23"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H13" s="6"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="21"/>
+    </row>
+    <row r="14" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="23"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H14" s="6"/>
+      <c r="I14" s="21"/>
+      <c r="J14" s="21"/>
+    </row>
+    <row r="15" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="23"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H15" s="6"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="21"/>
+    </row>
+    <row r="16" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="23"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H16" s="6"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="21"/>
+    </row>
+    <row r="17" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="23"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
-    </row>
-[...15 lines deleted...]
-      </c>
+      <c r="H17" s="6"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="21"/>
+    </row>
+    <row r="18" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="23"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
-    </row>
-[...7 lines deleted...]
-      <c r="E19" s="41"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+    </row>
+    <row r="19" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="23"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
-    </row>
-[...7 lines deleted...]
-      <c r="E20" s="36"/>
+      <c r="H19" s="6"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="21"/>
+    </row>
+    <row r="20" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="23"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
-    </row>
-[...5 lines deleted...]
-      <c r="C21" s="254"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="21"/>
+    </row>
+    <row r="21" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="23"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
-    </row>
-[...18 lines deleted...]
-      <c r="E23" s="7"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="21"/>
+    </row>
+    <row r="22" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="23"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="21"/>
+      <c r="J22" s="21"/>
+    </row>
+    <row r="23" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="23"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
       <c r="F23" s="6"/>
-      <c r="G23" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="8" t="s">
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
+    </row>
+    <row r="24" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="23"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="21"/>
+      <c r="J24" s="21"/>
+    </row>
+    <row r="25" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="211"/>
+      <c r="B25" s="211"/>
+      <c r="C25" s="209" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="210"/>
+      <c r="E25" s="210"/>
+      <c r="F25" s="210"/>
+      <c r="G25" s="209" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25" s="210"/>
+      <c r="I25" s="210"/>
+      <c r="J25" s="210"/>
+    </row>
+    <row r="26" spans="1:10" s="20" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="212"/>
+      <c r="B26" s="213"/>
+      <c r="C26" s="66" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="66" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" s="66" t="s">
+        <v>70</v>
+      </c>
+      <c r="F26" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="G26" s="66" t="s">
+        <v>72</v>
+      </c>
+      <c r="H26" s="66" t="s">
+        <v>71</v>
+      </c>
+      <c r="I26" s="66" t="s">
+        <v>70</v>
+      </c>
+      <c r="J26" s="67" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="214" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="68" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="69">
+        <v>168</v>
+      </c>
+      <c r="D27" s="69">
+        <v>405</v>
+      </c>
+      <c r="E27" s="69">
+        <v>1047</v>
+      </c>
+      <c r="F27" s="70">
+        <v>1620</v>
+      </c>
+      <c r="G27" s="71">
+        <v>0.1037037037037037</v>
+      </c>
+      <c r="H27" s="71">
+        <v>0.25</v>
+      </c>
+      <c r="I27" s="71">
+        <v>0.64629629629629626</v>
+      </c>
+      <c r="J27" s="72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="215"/>
+      <c r="B28" s="73" t="s">
+        <v>16</v>
+      </c>
+      <c r="C28" s="74">
+        <v>1248</v>
+      </c>
+      <c r="D28" s="74">
+        <v>3968</v>
+      </c>
+      <c r="E28" s="74">
+        <v>12015</v>
+      </c>
+      <c r="F28" s="75">
+        <v>17231</v>
+      </c>
+      <c r="G28" s="76">
+        <v>7.2427601416052464E-2</v>
+      </c>
+      <c r="H28" s="76">
+        <v>0.2302826301433463</v>
+      </c>
+      <c r="I28" s="76">
+        <v>0.6972897684406012</v>
+      </c>
+      <c r="J28" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="79" t="s">
+        <v>16</v>
+      </c>
+      <c r="C29" s="80">
+        <v>140</v>
+      </c>
+      <c r="D29" s="80">
+        <v>1126</v>
+      </c>
+      <c r="E29" s="80">
+        <v>1493</v>
+      </c>
+      <c r="F29" s="70">
+        <v>2759</v>
+      </c>
+      <c r="G29" s="71">
+        <v>5.0743022834360274E-2</v>
+      </c>
+      <c r="H29" s="71">
+        <v>0.40811888365349763</v>
+      </c>
+      <c r="I29" s="71">
+        <v>0.54113809351214204</v>
+      </c>
+      <c r="J29" s="72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="214" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" s="81" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="82">
+        <v>136</v>
+      </c>
+      <c r="D30" s="82">
+        <v>206</v>
+      </c>
+      <c r="E30" s="82">
+        <v>456</v>
+      </c>
+      <c r="F30" s="75">
+        <v>798</v>
+      </c>
+      <c r="G30" s="76">
+        <v>0.17042606516290726</v>
+      </c>
+      <c r="H30" s="76">
+        <v>0.25814536340852129</v>
+      </c>
+      <c r="I30" s="76">
+        <v>0.5714285714285714</v>
+      </c>
+      <c r="J30" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="215"/>
+      <c r="B31" s="83" t="s">
+        <v>16</v>
+      </c>
+      <c r="C31" s="84">
+        <v>1309</v>
+      </c>
+      <c r="D31" s="84">
+        <v>3771</v>
+      </c>
+      <c r="E31" s="84">
+        <v>6769</v>
+      </c>
+      <c r="F31" s="70">
+        <v>11849</v>
+      </c>
+      <c r="G31" s="71">
+        <v>0.11047345767575323</v>
+      </c>
+      <c r="H31" s="71">
+        <v>0.31825470503839987</v>
+      </c>
+      <c r="I31" s="71">
+        <v>0.57127183728584696</v>
+      </c>
+      <c r="J31" s="72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="216" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="86">
+        <v>57</v>
+      </c>
+      <c r="D32" s="86">
+        <v>85</v>
+      </c>
+      <c r="E32" s="86">
+        <v>99</v>
+      </c>
+      <c r="F32" s="75">
+        <v>241</v>
+      </c>
+      <c r="G32" s="76">
+        <v>0.23651452282157676</v>
+      </c>
+      <c r="H32" s="76">
+        <v>0.35269709543568467</v>
+      </c>
+      <c r="I32" s="76">
+        <v>0.41078838174273857</v>
+      </c>
+      <c r="J32" s="77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="216"/>
+      <c r="B33" s="87" t="s">
+        <v>16</v>
+      </c>
+      <c r="C33" s="88">
+        <v>1090</v>
+      </c>
+      <c r="D33" s="88">
+        <v>2235</v>
+      </c>
+      <c r="E33" s="88">
+        <v>1694</v>
+      </c>
+      <c r="F33" s="89">
+        <v>5019</v>
+      </c>
+      <c r="G33" s="71">
+        <v>0.21717473600318787</v>
+      </c>
+      <c r="H33" s="71">
+        <v>0.44530783024506876</v>
+      </c>
+      <c r="I33" s="71">
+        <v>0.33751743375174337</v>
+      </c>
+      <c r="J33" s="90">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A34" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="21"/>
+      <c r="J34" s="21"/>
+    </row>
+    <row r="35" spans="1:10" s="20" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="152" t="s">
+        <v>123</v>
+      </c>
+      <c r="B35" s="6"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="6"/>
+      <c r="J35" s="6"/>
+    </row>
+    <row r="36" spans="1:10" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="15"/>
-[...4 lines deleted...]
-      <c r="G24" s="15"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="12"/>
+      <c r="F37" s="12"/>
+      <c r="G37" s="12"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="12"/>
+      <c r="J37" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A4:G4"/>
-[...5 lines deleted...]
-    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="A30:A31"/>
+    <mergeCell ref="A32:A33"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="C25:F25"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="A25:B26"/>
+    <mergeCell ref="A27:A28"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...829 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:D56"/>
+  <sheetViews>
+    <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:D4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="20.81640625" customWidth="1"/>
+    <col min="2" max="2" width="46.1796875" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+    </row>
+    <row r="2" spans="1:4" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+    </row>
+    <row r="3" spans="1:4" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+    </row>
+    <row r="4" spans="1:4" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="184" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" s="184"/>
+      <c r="C4" s="184"/>
+      <c r="D4" s="184"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="6"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="6"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="6"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="6"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="6"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="6"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="6"/>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="6"/>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="6"/>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="6"/>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="6"/>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="6"/>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="6"/>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="6"/>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="6"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="6"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="6"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="6"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="6"/>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="6"/>
+      <c r="B26" s="6"/>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="6"/>
+      <c r="B27" s="6"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="6"/>
+      <c r="B28" s="6"/>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="6"/>
+      <c r="B29" s="6"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="6"/>
+      <c r="B30" s="6"/>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6"/>
+    </row>
+    <row r="31" spans="1:4" ht="26" x14ac:dyDescent="0.3">
+      <c r="A31" s="91"/>
+      <c r="B31" s="91" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" s="92" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="6"/>
+    </row>
+    <row r="32" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="217" t="s">
+        <v>73</v>
+      </c>
+      <c r="B32" s="93" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="94">
+        <v>-0.21600000000000003</v>
+      </c>
+      <c r="D32" s="6"/>
+    </row>
+    <row r="33" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A33" s="217"/>
+      <c r="B33" s="95" t="s">
+        <v>38</v>
+      </c>
+      <c r="C33" s="96">
+        <v>-0.193</v>
+      </c>
+      <c r="D33" s="6"/>
+    </row>
+    <row r="34" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A34" s="217"/>
+      <c r="B34" s="93" t="s">
+        <v>39</v>
+      </c>
+      <c r="C34" s="94">
+        <v>3.1E-2</v>
+      </c>
+      <c r="D34" s="6"/>
+    </row>
+    <row r="35" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A35" s="217"/>
+      <c r="B35" s="95" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" s="96">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="D35" s="6"/>
+    </row>
+    <row r="36" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A36" s="217"/>
+      <c r="B36" s="93" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" s="94">
+        <v>7.400000000000001E-2</v>
+      </c>
+      <c r="D36" s="6"/>
+    </row>
+    <row r="37" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A37" s="217" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="95" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" s="96">
+        <v>-0.38</v>
+      </c>
+      <c r="D37" s="6"/>
+    </row>
+    <row r="38" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A38" s="217"/>
+      <c r="B38" s="93" t="s">
+        <v>43</v>
+      </c>
+      <c r="C38" s="94">
+        <v>-0.14000000000000001</v>
+      </c>
+      <c r="D38" s="6"/>
+    </row>
+    <row r="39" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A39" s="217"/>
+      <c r="B39" s="95" t="s">
+        <v>44</v>
+      </c>
+      <c r="C39" s="96">
+        <v>-0.13</v>
+      </c>
+      <c r="D39" s="6"/>
+    </row>
+    <row r="40" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A40" s="217"/>
+      <c r="B40" s="93" t="s">
+        <v>45</v>
+      </c>
+      <c r="C40" s="94">
+        <v>-0.12</v>
+      </c>
+      <c r="D40" s="6"/>
+    </row>
+    <row r="41" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A41" s="217"/>
+      <c r="B41" s="95" t="s">
+        <v>46</v>
+      </c>
+      <c r="C41" s="96">
+        <v>-0.1</v>
+      </c>
+      <c r="D41" s="6"/>
+    </row>
+    <row r="42" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A42" s="217"/>
+      <c r="B42" s="93" t="s">
+        <v>47</v>
+      </c>
+      <c r="C42" s="94">
+        <v>0.06</v>
+      </c>
+      <c r="D42" s="6"/>
+    </row>
+    <row r="43" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A43" s="217"/>
+      <c r="B43" s="95" t="s">
+        <v>48</v>
+      </c>
+      <c r="C43" s="96">
+        <v>0.16</v>
+      </c>
+      <c r="D43" s="6"/>
+    </row>
+    <row r="44" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A44" s="217"/>
+      <c r="B44" s="93" t="s">
+        <v>25</v>
+      </c>
+      <c r="C44" s="94">
+        <v>0.18</v>
+      </c>
+      <c r="D44" s="6"/>
+    </row>
+    <row r="45" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A45" s="217"/>
+      <c r="B45" s="95" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" s="96">
+        <v>0.25</v>
+      </c>
+      <c r="D45" s="6"/>
+    </row>
+    <row r="46" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A46" s="218" t="s">
+        <v>75</v>
+      </c>
+      <c r="B46" s="93" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="94">
+        <v>-0.51</v>
+      </c>
+      <c r="D46" s="6"/>
+    </row>
+    <row r="47" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A47" s="218"/>
+      <c r="B47" s="95" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="96">
+        <v>-0.41</v>
+      </c>
+      <c r="D47" s="6"/>
+    </row>
+    <row r="48" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A48" s="218"/>
+      <c r="B48" s="93" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" s="94">
+        <v>-0.38</v>
+      </c>
+      <c r="D48" s="6"/>
+    </row>
+    <row r="49" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A49" s="218"/>
+      <c r="B49" s="95" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="96">
+        <v>-0.37</v>
+      </c>
+      <c r="D49" s="6"/>
+    </row>
+    <row r="50" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A50" s="218"/>
+      <c r="B50" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="C50" s="94">
+        <v>-0.03</v>
+      </c>
+      <c r="D50" s="6"/>
+    </row>
+    <row r="51" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A51" s="218"/>
+      <c r="B51" s="95" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" s="96">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="D51" s="6"/>
+    </row>
+    <row r="52" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="A52" s="218"/>
+      <c r="B52" s="93" t="s">
+        <v>55</v>
+      </c>
+      <c r="C52" s="94">
+        <v>0.36</v>
+      </c>
+      <c r="D52" s="6"/>
+    </row>
+    <row r="53" spans="1:4" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A53" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="21"/>
+    </row>
+    <row r="54" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="219" t="s">
+        <v>121</v>
+      </c>
+      <c r="B54" s="219"/>
+      <c r="C54" s="219"/>
+      <c r="D54" s="219"/>
+    </row>
+    <row r="55" spans="1:4" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A55" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="6"/>
+      <c r="C55" s="6"/>
+      <c r="D55" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A32:A36"/>
+    <mergeCell ref="A37:A45"/>
+    <mergeCell ref="A46:A52"/>
+    <mergeCell ref="A54:D54"/>
+    <mergeCell ref="A4:D4"/>
+  </mergeCells>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="8" width="8.453125" customWidth="1"/>
+    <col min="2" max="2" width="16.81640625" customWidth="1"/>
+    <col min="7" max="8" width="9.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="26" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
-        <v>112</v>
-[...10 lines deleted...]
-      <c r="A2" s="123" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+    </row>
+    <row r="2" spans="1:8" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="123"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" s="26" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="4"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+    </row>
+    <row r="3" spans="1:8" s="3" customFormat="1" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
-      <c r="C3" s="5"/>
-[...31 lines deleted...]
-      <c r="C6" s="6"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" s="2"/>
+    </row>
+    <row r="4" spans="1:8" s="20" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="220" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" s="220"/>
+      <c r="C4" s="220"/>
+      <c r="D4" s="220"/>
+      <c r="E4" s="220"/>
+      <c r="F4" s="220"/>
+      <c r="G4" s="220"/>
+      <c r="H4" s="220"/>
+    </row>
+    <row r="5" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="21"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+    </row>
+    <row r="6" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="21"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C7" s="6"/>
+    <row r="7" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A7" s="21"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="23"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C8" s="6"/>
+    <row r="8" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="21"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C9" s="6"/>
+    <row r="9" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A9" s="21"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C10" s="6"/>
+    <row r="10" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A10" s="21"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C11" s="6"/>
+    <row r="11" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A11" s="21"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C12" s="6"/>
+    <row r="12" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A12" s="21"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="23"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C13" s="6"/>
+    <row r="13" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="21"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C14" s="6"/>
+    <row r="14" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A14" s="21"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C15" s="6"/>
+    <row r="15" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A15" s="21"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C16" s="6"/>
+    <row r="16" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A16" s="21"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="23"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C17" s="6"/>
+    <row r="17" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A17" s="21"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C18" s="6"/>
+    <row r="18" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A18" s="21"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C19" s="6"/>
+    <row r="19" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A19" s="21"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C20" s="6"/>
+    <row r="20" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A20" s="21"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
     </row>
-    <row r="21" spans="1:8" s="95" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="C23" s="219">
+    <row r="21" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A21" s="21"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+    </row>
+    <row r="22" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A22" s="21"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+    </row>
+    <row r="23" spans="1:8" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="225"/>
+      <c r="B23" s="224" t="s">
+        <v>82</v>
+      </c>
+      <c r="C23" s="222" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="222"/>
+      <c r="E23" s="222" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" s="222"/>
+      <c r="G23" s="223" t="s">
+        <v>0</v>
+      </c>
+      <c r="H23" s="223"/>
+    </row>
+    <row r="24" spans="1:8" s="20" customFormat="1" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="226"/>
+      <c r="B24" s="224"/>
+      <c r="C24" s="98" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="98" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" s="98" t="s">
+        <v>7</v>
+      </c>
+      <c r="F24" s="98" t="s">
+        <v>8</v>
+      </c>
+      <c r="G24" s="98" t="s">
+        <v>7</v>
+      </c>
+      <c r="H24" s="98" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A25" s="221" t="s">
+        <v>14</v>
+      </c>
+      <c r="B25" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="C25" s="100">
+        <v>1086</v>
+      </c>
+      <c r="D25" s="101">
+        <v>0.68996188055908514</v>
+      </c>
+      <c r="E25" s="100">
+        <v>488</v>
+      </c>
+      <c r="F25" s="101">
+        <v>0.31003811944091486</v>
+      </c>
+      <c r="G25" s="102">
+        <v>1574</v>
+      </c>
+      <c r="H25" s="103">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A26" s="221"/>
+      <c r="B26" s="104" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="57">
-[...198 lines deleted...]
-      <c r="A31" s="217" t="s">
+      <c r="C26" s="105">
+        <v>7439</v>
+      </c>
+      <c r="D26" s="106">
+        <v>0.48055555555555557</v>
+      </c>
+      <c r="E26" s="107">
+        <v>8041</v>
+      </c>
+      <c r="F26" s="106">
+        <v>0.51944444444444449</v>
+      </c>
+      <c r="G26" s="105">
+        <v>15480</v>
+      </c>
+      <c r="H26" s="108">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A27" s="221" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="C27" s="100">
+        <v>642</v>
+      </c>
+      <c r="D27" s="101">
+        <v>0.81783439490445864</v>
+      </c>
+      <c r="E27" s="100">
+        <v>143</v>
+      </c>
+      <c r="F27" s="101">
+        <v>0.18216560509554139</v>
+      </c>
+      <c r="G27" s="102">
+        <v>785</v>
+      </c>
+      <c r="H27" s="103">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A28" s="221"/>
+      <c r="B28" s="104" t="s">
+        <v>16</v>
+      </c>
+      <c r="C28" s="107">
+        <v>7647</v>
+      </c>
+      <c r="D28" s="106">
+        <v>0.60536732108929703</v>
+      </c>
+      <c r="E28" s="107">
+        <v>4985</v>
+      </c>
+      <c r="F28" s="106">
+        <v>0.39463267891070297</v>
+      </c>
+      <c r="G28" s="105">
+        <v>12632</v>
+      </c>
+      <c r="H28" s="108">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A29" s="25" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="6"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+    </row>
+    <row r="30" spans="1:8" s="20" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A30" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="6"/>
+      <c r="C30" s="6"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="6"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="B31" s="218" t="s">
-[...148 lines deleted...]
-      <c r="A38" s="8" t="s">
+    </row>
+    <row r="31" spans="1:8" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B38" s="136"/>
-[...5 lines deleted...]
-      <c r="H38" s="136"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...1 lines deleted...]
-    <mergeCell ref="A37:E37"/>
+  <mergeCells count="8">
     <mergeCell ref="A4:H4"/>
-    <mergeCell ref="A21:B22"/>
-[...2 lines deleted...]
-    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="A27:A28"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="A23:A24"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...762 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Contenu</vt:lpstr>
-      <vt:lpstr>Tab &amp; graph D6.a</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>Tab &amp; Graph D6.h </vt:lpstr>
+      <vt:lpstr>Tab D6.a</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.b</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.c</vt:lpstr>
+      <vt:lpstr>Tab &amp; Graph D6.d</vt:lpstr>
+      <vt:lpstr>Tab &amp; Graph D6.e</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.f</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.g</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.h</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.i</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.j</vt:lpstr>
+      <vt:lpstr>Tab &amp; graph D6.k</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph D6.b'!_ftn1</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph D6.b'!_ftnref1</vt:lpstr>
       <vt:lpstr>Contenu!Zone_d_impression</vt:lpstr>
-      <vt:lpstr>'Tab &amp; graph D6.a'!Zone_d_impression</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>'Tableau D6.f '!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph D6.c'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab &amp; graph D6.f'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tab D6.a'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Le-Roy-Zen Ruffinen Odile (DIP)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_MarkAsFinal">
+    <vt:bool>true</vt:bool>
+  </property>
+</Properties>
+</file>