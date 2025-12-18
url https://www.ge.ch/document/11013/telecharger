--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -1,121 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2021\fin chantier_pour Narain\Lot RIS octobre 2021\B4\final\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\19_Ind\RIS\SGEF 2015 et après\INDICATEURS 2025\6_Mise en ligne\B4 et D9 - novembre 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BF09B35-7023-49A0-8BB9-ABD4D92986B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="130" yWindow="450" windowWidth="20740" windowHeight="11760" tabRatio="877"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="877" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contenu" sheetId="36" r:id="rId1"/>
     <sheet name="tableau B4.a" sheetId="28" r:id="rId2"/>
     <sheet name="tableau B4.b" sheetId="58" r:id="rId3"/>
     <sheet name="tableau B4.c" sheetId="69" r:id="rId4"/>
     <sheet name="tableau B4.d" sheetId="70" r:id="rId5"/>
     <sheet name="tableau B4.e" sheetId="71" r:id="rId6"/>
     <sheet name="tableau B4.f" sheetId="72" r:id="rId7"/>
     <sheet name="tableau B4.g" sheetId="76" r:id="rId8"/>
     <sheet name="tableau B4.h" sheetId="77" r:id="rId9"/>
     <sheet name="tableau B4.i" sheetId="68" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'tableau B4.c'!$1:$4</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="4">'tableau B4.d'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'tableau B4.d'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">'tableau B4.i'!$1:$4</definedName>
     <definedName name="SPSS" localSheetId="2">#REF!</definedName>
     <definedName name="SPSS" localSheetId="3">#REF!</definedName>
     <definedName name="SPSS" localSheetId="4">#REF!</definedName>
     <definedName name="SPSS" localSheetId="5">#REF!</definedName>
     <definedName name="SPSS" localSheetId="6">#REF!</definedName>
     <definedName name="SPSS" localSheetId="7">#REF!</definedName>
     <definedName name="SPSS" localSheetId="9">#REF!</definedName>
     <definedName name="SPSS">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Contenu!$A$1:$H$43</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'tableau B4.a'!$A$1:$R$18</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="9">'tableau B4.i'!$A$1:$F$82</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'tableau B4.a'!$A$1:$W$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'tableau B4.b'!$A$1:$N$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'tableau B4.c'!$A$1:$Z$63</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'tableau B4.d'!$A$1:$AA$44</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'tableau B4.e'!$A$1:$Z$26</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'tableau B4.f'!$A$1:$AA$31</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'tableau B4.g'!$A$1:$I$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">'tableau B4.h'!$A$1:$L$16</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'tableau B4.i'!$A$1:$E$80</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="143">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Effectifs</t>
   </si>
   <si>
     <t>En %</t>
   </si>
   <si>
     <t>Repères et indicateurs statistiques</t>
   </si>
   <si>
     <t xml:space="preserve">© Service de la recherche en éducation (SRED) </t>
   </si>
   <si>
     <t>Tableaux</t>
   </si>
   <si>
     <t>Mise en garde : il peut exister des écarts entre les "Repères et indicateurs statistiques" et d'autres indicateurs portant sur d’autres situations de référence (champ de population et date de référence). Par ailleurs, les données ne sont pas nécessairement comparables à des indicateurs statistiques précédemment publiés (dans le cas de ruptures de séries par exemple, de corrections ou rétropolations de séries).</t>
   </si>
   <si>
     <t>privé</t>
   </si>
   <si>
@@ -157,510 +172,1120 @@
   <si>
     <t>Allemand</t>
   </si>
   <si>
     <t>Italien</t>
   </si>
   <si>
     <t>Espagnol</t>
   </si>
   <si>
     <t>Portugais</t>
   </si>
   <si>
     <t>Total (privé + public)</t>
   </si>
   <si>
     <t>Cadres supérieurs et dirigeants</t>
   </si>
   <si>
     <t>Ouvriers</t>
   </si>
   <si>
     <t>Catégorie socioprofessionnelle</t>
   </si>
   <si>
-    <t>(1) Elèves scolarisés dans les niveaux enfantin, primaire, secondaire I et secondaire II de type général, y compris la maturité spécialisée.</t>
-[...1 lines deleted...]
-  <si>
     <t>Canton de Genève</t>
   </si>
   <si>
     <t>Hors du canton de Genève</t>
   </si>
   <si>
     <t>Ain</t>
   </si>
   <si>
     <t>Canton de Vaud</t>
-  </si>
-[...1 lines deleted...]
-    <t>Autre lieu de résidence (2)</t>
   </si>
   <si>
     <t>Lieu de résidence</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Nationalité</t>
   </si>
   <si>
     <t>Enseignement primaire</t>
   </si>
   <si>
     <t>Enseignement secondaire I</t>
   </si>
   <si>
     <t>Enseignement secondaire II général</t>
   </si>
   <si>
     <t>Ens. secondaire II général</t>
   </si>
   <si>
     <t xml:space="preserve">Sans indication </t>
   </si>
   <si>
-    <t>Langues balkaniques (2)</t>
-[...1 lines deleted...]
-  <si>
     <t>(2) Albanais, bosniaque, croate et serbe.</t>
   </si>
   <si>
     <t>Autre lieu de résidence</t>
   </si>
   <si>
-    <t>Sans indication (1)</t>
-[...10 lines deleted...]
-  <si>
     <t>B4. Caractéristiques des élèves de l’enseignement privé</t>
-  </si>
-[...1 lines deleted...]
-    <t>(1) Elèves scolarisés dans les niveaux primaire, secondaire I et secondaire II de type général.</t>
   </si>
   <si>
     <t>Haute-Savoie</t>
   </si>
   <si>
-    <t>Divers et sans indication (3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Département de l'instruction publique, de la formation et de la jeunesse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Variation 2010-2017</t>
   </si>
   <si>
     <t>Secondaire I</t>
   </si>
   <si>
     <t>Primaire</t>
   </si>
   <si>
     <t>Secondaire II</t>
   </si>
   <si>
     <t>Ensemble</t>
   </si>
   <si>
-    <t>(1) Elèves pour lesquels la nationalité n'a pas été recensée dans la nBDS.</t>
-[...10 lines deleted...]
-  <si>
     <t>(2) Autre canton suisse ou lieu de résidence non recensé dans la nBDS.</t>
   </si>
   <si>
     <t>Programmes étrangers (2)</t>
   </si>
   <si>
-    <t>Plan d'études romand (3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pédagogie spécifique (4)</t>
   </si>
   <si>
-    <t>Ecoles à sensibilité religieuse (5)</t>
+    <t>Effectifs d'élèves</t>
   </si>
   <si>
-    <t>Langues balkaniques (6)</t>
+    <t>Variation 2000-2010</t>
   </si>
   <si>
-    <t>Employés et cadres intermédiaires (7)</t>
+    <t>Variation 2011-2017</t>
   </si>
   <si>
-    <t xml:space="preserve">Divers et sans indication (8) </t>
+    <t>Form. prof. commerce 
+plein temps</t>
   </si>
   <si>
-    <t xml:space="preserve">(6) Albanais, bosniaque, croate et serbe. (7) Y compris les petits indépendants. (8) Pour l'enseignement privé, la catégorie "divers et sans indication" correspond la plupart du temps à une absence de réponse; pour l'enseignement public cette catégorie recouvre les enfants issus de milieux défavorisés et de statut précaire. </t>
+    <r>
+      <t>ruptures de série en 2011</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> et en 2018</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> pour l'enseignement privé</t>
+    </r>
   </si>
   <si>
-    <t>Variation 2018-2020</t>
+    <t>Variation 2010-2024</t>
+  </si>
+  <si>
+    <t>Programmes suisses (3)</t>
+  </si>
+  <si>
+    <t>(2) Association école Töpffer, British School of Geneva, Centre Lomonosov (fermeture en septembre 2017), Collège du Léman, Cours Poncet (fermeture en septembre 2020), Deutsche Schule Genf, École Beit Yossef Girsa, École Habad, École Internationale de Genève, École Jacot, École Primaire française, École Suédoise internationale de Genève, GES School, Groupe scolaire Athena Institut Florimont, Institut International de Lancy, Institut International Notre-Dame du Lac, Mutuelle d'études secondaires.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(4) École Active, École bilingue Montessori 312, École bilingue Montessori Little Friends, École bilingue Sequoia, École Cabriole-Montessori, École des Étoiles, École des nations (Montessori), École du Foyer de Salvan, École et Cognition Roland Hifler, École internationale Maria Montessori, École La Découverte, École la Marelle, École Moderne, École Montessori Aquilae, École Montessori Happy Kids, École Montessori L'Envol, École Montessori Little Birds, École Mosaic, École Rudolf Steiner, École United Montessori Children, Eden Plus, Éveil-Montessori, Groupe scolaire Athéna, Growing Together Montessori School, La maison des enfants Montessori Meyrin, La nouvelle école, L'Acore - cycle d'orientation, Montessori Grange Explorers School, Montessori rive droite, Montessori rive gauche, Montessori Saint-Jean, The Montessori School Geneva. </t>
+  </si>
+  <si>
+    <t>(3) Académie de langues et de commerce (pris en compte dans les données depuis 2011), Adventist international school of Geneva, Association école Töpffer, Collège du Léman, Collège Saint-Louis, Crèche et école de l'association du personnel du CERN, École Beit Yossef Girsa, École Benedict, École BER (fermeture de la section CO en juillet 2016), École Bersot, École Brechbuhl, École chrétienne Timothee, École de préparation et soutien universitaire, École des Lumières, École Dulce's academy, École en musique (fermeture en juin 2020), École en forêt, École Harmonie, École La Passerelle (fermeture en août 2018), École La Salésienne, École l'Oiseau bleu (fermeture en septembre 2017), École Moser, École Persiaux (pris en compte dans les données depuis 2011), École Saint François de Sales, École Schulz (pris en compte dans les données depuis 2011), Externat des glacis, Institut Florimont, Léman international academy, Nouvelle école Farny, The Bell one world nursery school, TotUP.</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Langues balkaniques (5)</t>
+  </si>
+  <si>
+    <t>Employés et cadres intermédiaires (6)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Divers et sans indication (7) </t>
+  </si>
+  <si>
+    <t>Variation 2020-2024</t>
+  </si>
+  <si>
+    <r>
+      <t>Form. prof. commerce 
+plein temps</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Form. prof. commerce plein temps</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Form. prof. commerce
+plein temps</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Form. prof. commerce plein temps</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sans indication </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <t>Variation 2010-2020</t>
+  </si>
+  <si>
+    <t>non pertinent
+(rupture de série en 2018)</t>
+  </si>
+  <si>
+    <r>
+      <t>2000</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2010</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2024</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <t>(6) Rupture de série : à partir de 2011, l'enseignement privé comprend la formation professionnelle à plein temps des écoles professionnelles privées délivrant des CFC de commerce. Les autres formations professionnelles privées de niveau secondaire II et les formations tertiaires privées ne sont pas enregistrées dans la nBDS.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.c </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans l'enseignement privé et public, selon la nationalité et le degré d'enseignement, 2000-2024</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Effectifs d'élèves scolarisés dans l'enseignement privé et public, selon le degré d'enseignement, 2000-2020</t>
-[...116 lines deleted...]
-      <t>Elèves scolarisés dans les différents types d'écoles privées (1), selon la nationalité, la première langue parlée, la catégorie socioprofessionnelle des parents et le lieu de résidence, 2020</t>
+      <t>Population scolarisée dans l'enseignement privé et public, selon le degré d'enseignement, 2000-2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.a </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="4" tint="-0.249977111117893"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Effectifs d'élèves scolarisés dans l'enseignement privé et public, selon le degré d'enseignement, 2000-2020</t>
+      <t>Population scolarisée dans l'enseignement privé et public, selon le degré d'enseignement, 2000-2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.h </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Variation des effectifs scolarisés dans l'enseignement privé, selon le type d'école et le degré, 2018-2024</t>
+    </r>
+  </si>
+  <si>
+    <t>(3) Association école Töpffer, British School of Geneva, Collège du Léman, Deutsche Schule Genf, École Beit Yossef Girsa, École Habad, École Internationale de Genève, École Jacot, École Primaire française de Genève, École Suédoise internationale de Genève, GES School, Groupe scolaire Athena, Institut Florimont, Institut International de Lancy, Institut International Notre-Dame du Lac, Mutuelle d'études secondaires.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(5) École Active, École bilingue Montessori 312, École bilingue Montessori Little Friends, École bilingue Sequoia, École Cabriole-Montessori, École des Étoiles, École des nations (Montessori), École du Foyer de Salvan, École et Cognition Roland Hifler, École internationale Maria Montessori, École La Découverte, École la Marelle, École Moderne, École Montessori Aquilae, École Montessori Happy Kids, École Montessori L'Envol, École Montessori Little Birds, École Mosaic, École Rudolf Steiner, École United Montessori Children, École Eden, Éveil-Montessori, Groupe scolaire Athéna, Growing Together Montessori School, École Montessori Meyrin, La nouvelle école, L'Acore - cycle d'orientation, Montessori Grange Explorers School, Montessori rive droite, Montessori rive gauche, Montessori Saint-Jean, The Montessori School Geneva. </t>
+  </si>
+  <si>
+    <t>(4) Académie du Léman anciennement Académie de langues et de commerce (pris en compte dans les données depuis 2011), Adventist international school of Geneva, Association école Töpffer, Collège du Léman, Collège Saint-Louis, Le Jardin des Particules - Crèche et école de l'association du personnel du CERN (1-4P), École Beit Yossef Girsa, École Benedict, École Bersot, École Brechbuhl, École chrétienne Timothée, École de préparation et soutien universitaire, École des Lumières, Dulce École, École en forêt Le Cerf Feuillu, École Harmonie, Institut catholique La Salésienne, École Moser, École Persiaux (pris en compte dans les données depuis 2011), École Saint François de Sales, École Schulz (pris en compte dans les données depuis 2011), Externat catholique des glacis, Institut Florimont, Léman international academy, Nouvelle école Farny, The Bell one world nursery school, École TotUP.</t>
+  </si>
+  <si>
+    <t>(3) CFC d'employée et employé de commerce.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.b </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Proportion d'élèves fréquentant l'enseignement privé, selon le degré d'enseignement, 2000-2024</t>
+    </r>
+  </si>
+  <si>
+    <t>(4) CFC d'employée et employé de commerce.</t>
+  </si>
+  <si>
+    <t>(1) Elèves des degrés primaire, secondaire I et secondaire II de type général. Les données concernant la formation professionnelle plein temps des écoles privées délivrant le CFC d’employée et employé de commerce ne sont pas disponibles.</t>
+  </si>
+  <si>
+    <t>(1) Elèves des niveaux primaire, secondaire I et secondaire II de type général. Les données concernant la formation professionnelle commerce plein temps des écoles privées ne sont pas disponibles.</t>
+  </si>
+  <si>
+    <t>(3) Elèves dont la première langue parlée n'a pas été recensée dans la nBDS.</t>
+  </si>
+  <si>
+    <t>(3) Elèves dont la nationalité n'a pas été recensée dans la nBDS.</t>
+  </si>
+  <si>
+    <t>(2) Y compris petites indépendantes et petits indépendants.</t>
+  </si>
+  <si>
+    <t>(3) Pour l'enseignement privé, la catégorie "divers et sans indication" correspond la plupart du temps à une absence de réponse; pour l'enseignement public cette catégorie recouvre les enfants de milieux défavorisés et de statut précaire. La part de l'enseignement privé n'est pas calculée car il s'agit de populations très différentes.</t>
+  </si>
+  <si>
+    <t>(1) Elèves des degrés primaire, secondaire I, secondaire II de type général et formation professionnelle plein temps des écoles privées délivrant le CFC d’employée et employé de commerce.</t>
+  </si>
+  <si>
+    <t>(1) Elèves des degrés primaire, secondaire I, secondaire II de type général.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(5) Albanais, bosniaque, croate et serbe. (6) Y compris petites indépendantes et petits indépendants. (7) Pour l'enseignement privé, la catégorie "divers et sans indication" correspond la plupart du temps à une absence de réponse; pour l'enseignement public cette catégorie recouvre les enfants de milieux défavorisés et de statut précaire. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.d </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans l'enseignement privé et public, selon la première langue parlée, 2000-2024</t>
+    </r>
+  </si>
+  <si>
+    <t>(2) Association École Töpffer, British School of Geneva, Collège du Léman, Deutsche Schule Genf, École Beit Yossef Girsa, École Habad, École Internationale de Genève, École Jacot, École Primaire française de Genève, École Suédoise Internationale de Genève, GES School, Groupe scolaire Athena, Institut Florimont, Institut International de Lancy, Institut International Notre-Dame du Lac, Mutuelle d'études secondaires.</t>
+  </si>
+  <si>
+    <t>(3) Académie du Léman anciennement Académie de langues et de commerce (pris en compte dans les données depuis 2011), Adventist International School of Geneva, Association École Töpffer, Collège du Léman, Collège Saint-Louis, Le Jardin des Particules - Crèche et école de l'association du personnel du CERN (1-4P), École Beit Yossef Girsa, École Benedict, École Bersot, École Brechbuhl, École chrétienne Timothée, École de préparation et soutien universitaire, École des Lumières, Dulce École, École en forêt Le Cerf Feuillu, École Harmonie, Institut catholique La Salésienne, École Moser, École Persiaux (pris en compte dans les données depuis 2011), École Saint François de Sales, École Schulz (pris en compte dans les données depuis 2011), Externat catholique des Glacis, Institut Florimont, Léman International Academy, Nouvelle École Farny, The Bell One World Nursery School, École TotUP.</t>
+  </si>
+  <si>
+    <t>(4) École Active, École bilingue Montessori 312, École bilingue Montessori Little Friends, École bilingue Sequoia, École Cabriole-Montessori, École des Étoiles, École des Nations (Montessori), École du Foyer de Salvan, École et Cognition Roland Hifler, École internationale Maria Montessori, École La Découverte, École la Marelle, École Moderne, École Montessori Aquilae, École Montessori Happy Kids, École Montessori L'Envol, École Montessori Little Birds, École Mosaic, École Rudolf Steiner, École United Montessori Children, École Eden, Éveil-Montessori, Groupe scolaire Athéna, Growing Together Montessori School, École Montessori Meyrin, La Nouvelle École, L'Acore - cycle d'orientation, Montessori Grange Explorers School, Montessori rive droite, Montessori rive gauche, Montessori Saint-Jean, The Montessori School Geneva.</t>
+  </si>
+  <si>
+    <t>(2) Association École Töpffer, British School of Geneva, Centre Lomonosov (fermeture en septembre 2017), Collège du Léman, Cours Poncet (fermeture en septembre 2020), Deutsche Schule Genf, École Beit Yossef Girsa, École Habad, École Internationale de Genève, École Jacot, École Primaire Française, École Suédoise Internationale de Genève, GES School, Groupe scolaire Athena, Institut Florimont, Institut International de Lancy, Institut International Notre-Dame du Lac, Mutuelle d'études secondaires.</t>
+  </si>
+  <si>
+    <t>(3) Académie de langues et de commerce (pris en compte dans les données depuis 2011), Adventist International School of Geneva, Association École Töpffer, Collège du Léman, Collège Saint-Louis, Crèche et école de l'association du personnel du CERN, École Beit Yossef Girsa, École Benedict, École BER (fermeture de la section CO en juillet 2016), École Bersot, École Brechbuhl, École chrétienne Timothée, École de préparation et soutien universitaire, École des Lumières, École Dulce's Academy, École en musique (fermeture en juin 2020), École en forêt, École Harmonie, École La Passerelle (fermeture en août 2018), École La Salésienne, École l'Oiseau bleu (fermeture en septembre 2017), École Moser, École Persiaux (pris en compte dans les données depuis 2011), École Saint François de Sales, École Schulz (pris en compte dans les données depuis 2011), Externat des Glacis, Institut Florimont, Léman International Academy, Nouvelle École Farny, The Bell One World Nursery School, TotUP.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(4) École Active, École bilingue Montessori 312, École bilingue Montessori Little Friends, École bilingue Sequoia, École Cabriole-Montessori, École des Étoiles, École des Nations (Montessori), École du Foyer de Salvan, École et Cognition Roland Hifler, École Internationale Maria Montessori, École La Découverte, École la Marelle, École Moderne, École Montessori Aquilae, École Montessori Happy Kids, École Montessori L'Envol, École Montessori Little Birds, École Mosaic, École Rudolf Steiner, École United Montessori Children, Eden Plus, Éveil-Montessori, Groupe scolaire Athéna, Growing Together Montessori School, La maison des enfants Montessori Meyrin, La Nouvelle École, L'Acore - cycle d'orientation, Montessori Grange Explorers School, Montessori rive droite, Montessori rive gauche, Montessori Saint-Jean, The Montessori School Geneva. </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.e </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans l'enseignement privé et public, selon la catégorie socioprofessionnelle des parents, 2000-2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.f </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans l'enseignement privé et public, selon le lieu de résidence, 2000-2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.g </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans l'enseignement privé, selon le type d'école, 2000, 2010 et 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.i </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans les différents types d'écoles privées, selon la nationalité, la première langue parlée, la catégorie socioprofessionnelle des parents et le lieu de résidence, 2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.d </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Elèves scolarisés dans l'enseignement privé et public, selon la première langue parlée, 2000-2020</t>
+      <t>Population scolarisée dans l'enseignement privé et public</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>, selon la première langue parlée, 2000-2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.e </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Elèves scolarisés dans l'enseignement privé et public, selon la catégorie socioprofessionnelle des parents, 2000-2020</t>
+      <t>Population scolarisée dans l'enseignement privé et public</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>, selon la catégorie socioprofessionnelle des parents, 2000-2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.f </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Elèves scolarisés dans l'enseignement privé et public, selon le lieu de résidence, 2000-2020</t>
+      <t>Population scolarisée dans l'enseignement privé et public</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>, selon le lieu de résidence, 2000-2024</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.g </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Elèves scolarisés dans l'enseignement privé, selon le type d'école, 2010 et 2020</t>
-[...4 lines deleted...]
-      <t xml:space="preserve">B4.i </t>
+      <t>Population scolarisée dans l'enseignement privé</t>
     </r>
     <r>
       <rPr>
         <b/>
+        <vertAlign val="superscript"/>
         <sz val="10"/>
-        <color theme="4" tint="-0.249977111117893"/>
+        <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Elèves scolarisés dan</t>
+      <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>s les différents types d'écoles privées, selon la nationalité, la première langue parlée, la catégorie socioprofessionnelle des parents et le lieu de résidence, 2020</t>
+      <t>, selon le type d'école, 2000, 2010 et 2024</t>
     </r>
-  </si>
-[...39 lines deleted...]
-en 2018)*</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">B4.h </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Variation 2018-2020 et 2019-2020 des effectifs scolarisés dans l'enseignement privé, selon le type d'école et le degré</t>
+      <t>Variation des effectifs scolarisés dans l'enseignement privé</t>
     </r>
-  </si>
-[...6 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">B4.h </t>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF376092"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>Variation 2018-2020 et 2019-2020 des effectifs scolarisés dans l'enseignement privé (1), selon le type d'école et le degré</t>
+      <t>, selon le type d'école et le degré, 2018-2024</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B4.i </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>Population scolarisée dans les différents types d'écoles privées</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF376092"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>, selon la nationalité, la première langue parlée, la catégorie socioprofessionnelle des parents et le lieu de résidence, 2024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes étrangers</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes suisses</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pédagogie spécifique</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes étrangers</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes suisses</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pédagogie spécifique</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes étrangers</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Programmes suisses</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pédagogie spécifique</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(5)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Rupture de série</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(6)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Autre lieu de résidence</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Employés et cadres intermédiaires</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Divers et sans indication</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Langues balkaniques</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Sans indication</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Ruptures de série en 2011</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> et en 2018</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> pour l'enseignement privé</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Langues balkaniques</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(5)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Employés et cadres intermédiaires</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(6)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Divers et sans indication</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(7)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Lecture : la «part de l'enseignement privé» rapporte le nombre d'élèves fréquentant l'enseignement privé à l'ensemble de celles et ceux qui sont scolarisés à Genève (public et privé). En 2024, 16% des élèves résidant et ayant leur scolarité à Genève fréquentent une école privée.</t>
+  </si>
+  <si>
+    <t>Lecture : La «part de l'enseignement privé» rapporte le nombre d'élèves fréquentant l'enseignement privé à l'ensemble de celles et ceux qui sont scolarisés à Genève (public et privé). En 2024, 15% des élèves de l'enseignement primaire fréquentent une école privée.</t>
+  </si>
+  <si>
+    <t>(1) Rupture de série : à partir de 2011, l'enseignement privé comprend la formation professionnelle à plein temps des écoles professionnelles privées délivrant le CFC d'employée et employé de commerce. Les autres formations professionnelles privées de niveau secondaire II et les formations tertiaires privées ne sont pas enregistrées dans la nBDS.</t>
+  </si>
+  <si>
+    <t>(2) Rupture de série : jusqu'en 2017, les programmes de formations étrangers des écoles privées étaient classifiés selon la nomenclature des programmes genevois, à savoir: 8 années pour le primaire, 3 années pour le secondaire I et 4 pour le secondaire II général. Dès 2018, les programmes étrangers sont recensés de manière à refléter au mieux leurs caractéristiques propres. A partir de 2018, seul le total des effectifs de l'enseignement privé est comparable à celui des années antérieures.</t>
+  </si>
+  <si>
+    <t>Lecture : La «part de l'enseignement privé» rapporte le nombre d'élèves fréquentant l'enseignement privé à l'ensemble de celles et ceux qui sont scolarisés à Genève (public et privé). En 2024, 14% des élèves francophones suivant leur scolarité à Genève fréquentent une école privée.</t>
+  </si>
+  <si>
+    <t>Lecture : La «part de l'enseignement privé» rapporte le nombre d'élèves fréquentant l'enseignement privé à l'ensemble de celles et ceux qui sont scolarisés à Genève (public et privé). En 2024, dans l'enseignement primaire 8% des élèves de nationalité suisse fréquentent une école privée.</t>
+  </si>
+  <si>
+    <t>Lecture : la «part de l'enseignement privé» rapporte le nombre d'élèves fréquentant l'enseignement privé à l'ensemble de celles et ceux qui sont scolarisés à Genève (public et privé).  En 2024, 27% des enfants de cadres supérieurs suivant leur scolarité à Genève fréquentent une école privée.</t>
+  </si>
+  <si>
+    <t>(2) Elèves des degrés primaire, secondaire I, secondaire II de type général et formation professionnelle commerce à plein temps (CFC d'employée et employé de commerce).</t>
+  </si>
+  <si>
+    <t>Dernière publication : novembre 2025</t>
+  </si>
+  <si>
+    <t>Date de publication : novembre 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_ [$€-2]\ * #,##0.00_ ;_ [$€-2]\ * \-#,##0.00_ ;_ [$€-2]\ * &quot;-&quot;??_ "/>
     <numFmt numFmtId="166" formatCode="###0"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="\+#,##0;\-#,##0"/>
     <numFmt numFmtId="169" formatCode="\+0%;\-0%"/>
     <numFmt numFmtId="170" formatCode="\+0%\ ;\-0%"/>
-    <numFmt numFmtId="171" formatCode="\+0.0%;\-0.0%"/>
-    <numFmt numFmtId="172" formatCode="\+0.0%\ ;\-0.0%"/>
+    <numFmt numFmtId="171" formatCode="\+0.0%\ ;\-0.0%"/>
+    <numFmt numFmtId="172" formatCode="0_ ;\-0\ "/>
   </numFmts>
-  <fonts count="65" x14ac:knownFonts="1">
+  <fonts count="71" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -991,82 +1616,126 @@
       <sz val="9"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="53"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="53"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <sz val="7"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
       <sz val="7"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF376092"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="31">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1192,51 +1861,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE7F6FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="40">
+  <borders count="47">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
@@ -1661,50 +2330,121 @@
       <left style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="double">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -1765,96 +2505,88 @@
     <xf numFmtId="0" fontId="43" fillId="18" borderId="31" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="20" borderId="16"/>
     <xf numFmtId="0" fontId="30" fillId="20" borderId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="26" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="21" borderId="0"/>
     <xf numFmtId="0" fontId="46" fillId="23" borderId="32">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="23" borderId="33">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="47" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="48" fillId="20" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="20" borderId="0"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="469">
+  <cellXfs count="516">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="7"/>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="7" applyFill="1"/>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="7" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="13" xfId="7" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="7" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1918,300 +2650,220 @@
     <xf numFmtId="3" fontId="53" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="57" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="58" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="58" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="4" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="55" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="11" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="5" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="55" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="55" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="53" fillId="27" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="53" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="55" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="7" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="51" fillId="2" borderId="12" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="51" fillId="2" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="53" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="53" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="27" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="53" fillId="27" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="53" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="53" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="53" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2221,205 +2873,154 @@
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="11" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="11" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="9" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="53" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="9" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="53" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="55" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="53" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="53" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="53" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="55" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="56" fillId="27" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="56" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="56" fillId="27" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="56" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="2" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="11" fillId="2" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="5" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="5" fillId="29" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="5" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="5" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="5" fillId="2" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="170" fontId="5" fillId="29" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="5" fillId="2" borderId="19" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="5" fillId="2" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="170" fontId="5" fillId="29" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="169" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="11" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="29" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="29" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="11" fillId="29" borderId="12" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2433,769 +3034,1045 @@
     </xf>
     <xf numFmtId="0" fontId="54" fillId="28" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="53" fillId="27" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="27" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="62" fillId="2" borderId="6" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="62" fillId="2" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="56" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="56" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="56" fillId="27" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="56" fillId="27" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="27" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="171" fontId="11" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="172" fontId="5" fillId="29" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="5" fillId="29" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="172" fontId="5" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="5" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="55" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="56" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="56" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="55" fillId="27" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="56" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...7 lines deleted...]
-    <xf numFmtId="9" fontId="53" fillId="2" borderId="35" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="54" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="11" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="63" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="58" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="56" fillId="27" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="30" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="30" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="56" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="30" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="11" fillId="30" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="11" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="11" fillId="2" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="11" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="2" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="2" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="30" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="30" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="51" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="56" fillId="27" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="56" fillId="27" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="51" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="30" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="30" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="53" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="27" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="55" fillId="27" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="27" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="27" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="56" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="2" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="29" borderId="12" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="11" fillId="29" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="29" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="5" fillId="29" borderId="14" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="30" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="30" borderId="3" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="30" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="30" borderId="15" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="34" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="9" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="39" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="30" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="30" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="35" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="11" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="27" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="27" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="30" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="30" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="30" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="56" fillId="27" borderId="41" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="5" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="12" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="14" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="11" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="9" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="53" fillId="2" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="61" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="61" fillId="2" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="61" fillId="2" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="21" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="55" fillId="27" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="11" fillId="2" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="11" fillId="2" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="64" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="7" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="27" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="59" fillId="30" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="168" fontId="59" fillId="30" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="59" fillId="30" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="59" fillId="30" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="59" fillId="30" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...43 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="27" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="68" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="67" fillId="2" borderId="11" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="67" fillId="2" borderId="19" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="67" fillId="2" borderId="4" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="67" fillId="2" borderId="20" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="67" fillId="2" borderId="6" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="28" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="71">
-    <cellStyle name="20% - Accent1" xfId="8"/>
-[...45 lines deleted...]
-    <cellStyle name="Neutral" xfId="54"/>
+    <cellStyle name="20% - Accent1" xfId="8" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Accent2" xfId="9" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent3" xfId="10" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent4" xfId="11" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent5" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent6" xfId="13" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - Accent1" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - Accent2" xfId="15" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - Accent3" xfId="16" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - Accent4" xfId="17" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - Accent5" xfId="18" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - Accent6" xfId="19" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - Accent1" xfId="20" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - Accent2" xfId="21" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - Accent3" xfId="22" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - Accent4" xfId="23" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - Accent5" xfId="24" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - Accent6" xfId="25" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Bad" xfId="26" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="bin" xfId="27" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Calculation" xfId="28" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="cell" xfId="29" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Check Cell" xfId="30" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="ColCodes" xfId="31" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="ColTitles" xfId="32" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="column" xfId="33" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Comma 2" xfId="34" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="DataEntryCells" xfId="35" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Euro" xfId="36" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Euro 2" xfId="37" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Explanatory Text" xfId="38" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="formula" xfId="39" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="gap" xfId="40" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Good" xfId="41" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="GreyBackground" xfId="42" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Heading 1" xfId="43" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Heading 2" xfId="44" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Heading 3" xfId="45" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Heading 4" xfId="46" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Input" xfId="47" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="ISC" xfId="48" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="level1a" xfId="49" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="level2" xfId="50" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="level2a" xfId="51" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="level3" xfId="52" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Linked Cell" xfId="53" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Neutral" xfId="54" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
-[...7 lines deleted...]
-    <cellStyle name="Output" xfId="57"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 6" xfId="5" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Normal 6 2" xfId="55" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="Normal 7" xfId="7" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Note" xfId="56" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Output" xfId="57" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
     <cellStyle name="Pourcentage" xfId="6" builtinId="5"/>
-    <cellStyle name="Pourcentage 2" xfId="58"/>
-[...11 lines deleted...]
-    <cellStyle name="Warning Text" xfId="70"/>
+    <cellStyle name="Pourcentage 2" xfId="58" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="Prozent_SubCatperStud" xfId="59" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="row" xfId="60" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="RowCodes" xfId="61" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="Row-Col Headings" xfId="62" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="RowTitles_CENTRAL_GOVT" xfId="63" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="RowTitles-Col2" xfId="64" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="RowTitles-Detail" xfId="65" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="Standard_Info" xfId="66" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="temp" xfId="67" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="Title" xfId="68" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="title1" xfId="69" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="Warning Text" xfId="70" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFE7F6FF"/>
       <color rgb="FF376092"/>
-      <color rgb="FFE7F6FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg"/>
+        <xdr:cNvPr id="3" name="Image 2" descr="C:\Users\jagasia\Desktop\RIS1.jpg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent1">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId2">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="11200"/>
                   </a14:imgEffect>
                   <a14:imgEffect>
                     <a14:brightnessContrast contrast="-40000"/>
                   </a14:imgEffect>
                 </a14:imgLayer>
@@ -3220,781 +4097,859 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>857250</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="857250" y="95250"/>
           <a:ext cx="6238875" cy="847725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>433183</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1164703</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>33543</xdr:rowOff>
+      <xdr:rowOff>56403</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>623070</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>981210</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>59533</xdr:rowOff>
+      <xdr:rowOff>82393</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4698726" y="33543"/>
-          <a:ext cx="1134105" cy="398707"/>
+          <a:off x="5645263" y="56403"/>
+          <a:ext cx="1165247" cy="391750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>15</xdr:col>
-      <xdr:colOff>309320</xdr:colOff>
+      <xdr:col>20</xdr:col>
+      <xdr:colOff>294080</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>84395</xdr:rowOff>
+      <xdr:rowOff>92015</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-      <xdr:colOff>467082</xdr:colOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>451842</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>110385</xdr:rowOff>
+      <xdr:rowOff>118005</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8213338" y="84395"/>
-          <a:ext cx="1169144" cy="393135"/>
+          <a:off x="10474400" y="92015"/>
+          <a:ext cx="1148362" cy="391750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>15</xdr:col>
+      <xdr:col>22</xdr:col>
       <xdr:colOff>289891</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="ZoneTexte 2"/>
+        <xdr:cNvPr id="3" name="ZoneTexte 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7313543" y="5532783"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="fr-CH" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>10</xdr:col>
+      <xdr:col>11</xdr:col>
       <xdr:colOff>168138</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>182632</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>12</xdr:col>
+      <xdr:col>13</xdr:col>
       <xdr:colOff>233786</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>208622</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4673877" y="182632"/>
           <a:ext cx="1134105" cy="398707"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>16</xdr:col>
+      <xdr:col>20</xdr:col>
       <xdr:colOff>378516</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>138458</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
+      <xdr:col>23</xdr:col>
       <xdr:colOff>329864</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>164448</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7490516" y="138458"/>
           <a:ext cx="1170548" cy="394290"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>17</xdr:col>
-      <xdr:colOff>160270</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>221230</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>176003</xdr:rowOff>
+      <xdr:rowOff>183623</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>20</xdr:col>
-      <xdr:colOff>275614</xdr:colOff>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>336574</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>201993</xdr:rowOff>
+      <xdr:rowOff>209613</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6547818" y="176003"/>
-          <a:ext cx="1168892" cy="390425"/>
+          <a:off x="8854690" y="183623"/>
+          <a:ext cx="1189764" cy="391750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>16</xdr:col>
-      <xdr:colOff>227769</xdr:colOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>143949</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>94833</xdr:rowOff>
+      <xdr:rowOff>110073</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-      <xdr:colOff>290103</xdr:colOff>
+      <xdr:col>25</xdr:col>
+      <xdr:colOff>227873</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>120823</xdr:rowOff>
+      <xdr:rowOff>136063</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6820726" y="94833"/>
-          <a:ext cx="1168891" cy="390425"/>
+          <a:off x="8746929" y="110073"/>
+          <a:ext cx="1151994" cy="391750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>17</xdr:col>
-      <xdr:colOff>252896</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>237656</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>204992</xdr:rowOff>
+      <xdr:rowOff>197372</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>20</xdr:col>
-      <xdr:colOff>335110</xdr:colOff>
+      <xdr:col>26</xdr:col>
+      <xdr:colOff>281770</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>230982</xdr:rowOff>
+      <xdr:rowOff>223362</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6856896" y="204992"/>
-          <a:ext cx="1180764" cy="394290"/>
+          <a:off x="8810156" y="197372"/>
+          <a:ext cx="1156634" cy="391750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>5</xdr:col>
+      <xdr:col>7</xdr:col>
       <xdr:colOff>2485</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>240608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>540242</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>266598</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3829050" y="240608"/>
           <a:ext cx="1134105" cy="398707"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>25152</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>144034</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>606641</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>644741</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>171266</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5213102" y="144034"/>
           <a:ext cx="1114889" cy="395532"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>146685</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="21507" name="AutoShape 3"/>
+        <xdr:cNvPr id="21507" name="AutoShape 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000003540000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="7210425"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="21508" name="AutoShape 4"/>
+        <xdr:cNvPr id="21508" name="AutoShape 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000004540000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="8839200"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -4163,11410 +5118,13873 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H43"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="7" width="13.1796875" style="15" customWidth="1"/>
-    <col min="8" max="16384" width="11.453125" style="15"/>
+    <col min="1" max="7" width="13.453125" style="12" customWidth="1"/>
+    <col min="8" max="16384" width="11.453125" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="19.75" customHeight="1" x14ac:dyDescent="0.3">
-[...114 lines deleted...]
-      <c r="A9" s="18" t="s">
+    <row r="1" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="428"/>
+      <c r="B6" s="428"/>
+      <c r="C6" s="428"/>
+      <c r="D6" s="428"/>
+      <c r="E6" s="428"/>
+      <c r="F6" s="428"/>
+      <c r="G6" s="428"/>
+      <c r="H6" s="428"/>
+    </row>
+    <row r="7" spans="1:8" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="429" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="429"/>
+      <c r="C7" s="429"/>
+      <c r="D7" s="429"/>
+      <c r="E7" s="429"/>
+      <c r="F7" s="429"/>
+      <c r="G7" s="429"/>
+      <c r="H7" s="429"/>
+    </row>
+    <row r="8" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="14"/>
+    </row>
+    <row r="9" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="16"/>
-[...169 lines deleted...]
-      <c r="A17" s="150" t="s">
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+    </row>
+    <row r="10" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="17"/>
+      <c r="F10" s="17"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="13"/>
+    </row>
+    <row r="11" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="121" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" s="121"/>
+      <c r="C11" s="121"/>
+      <c r="D11" s="121"/>
+      <c r="E11" s="121"/>
+      <c r="F11" s="121"/>
+      <c r="G11" s="121"/>
+      <c r="H11" s="121"/>
+    </row>
+    <row r="12" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="121" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" s="121"/>
+      <c r="C12" s="121"/>
+      <c r="D12" s="121"/>
+      <c r="E12" s="121"/>
+      <c r="F12" s="121"/>
+      <c r="G12" s="121"/>
+      <c r="H12" s="121"/>
+    </row>
+    <row r="13" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="121" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" s="121"/>
+      <c r="C13" s="121"/>
+      <c r="D13" s="121"/>
+      <c r="E13" s="121"/>
+      <c r="F13" s="121"/>
+      <c r="G13" s="121"/>
+      <c r="H13" s="121"/>
+    </row>
+    <row r="14" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="121" t="s">
         <v>104</v>
       </c>
-      <c r="B17" s="133"/>
-[...57 lines deleted...]
-      <c r="A20" s="391" t="s">
+      <c r="B14" s="121"/>
+      <c r="C14" s="121"/>
+      <c r="D14" s="121"/>
+      <c r="E14" s="121"/>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+    </row>
+    <row r="15" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="121" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" s="121"/>
+      <c r="C15" s="121"/>
+      <c r="D15" s="121"/>
+      <c r="E15" s="121"/>
+      <c r="F15" s="121"/>
+      <c r="G15" s="121"/>
+      <c r="H15" s="121"/>
+    </row>
+    <row r="16" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="121" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" s="121"/>
+      <c r="C16" s="121"/>
+      <c r="D16" s="121"/>
+      <c r="E16" s="121"/>
+      <c r="F16" s="121"/>
+      <c r="G16" s="121"/>
+      <c r="H16" s="121"/>
+    </row>
+    <row r="17" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="121" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" s="107"/>
+      <c r="C17" s="107"/>
+      <c r="D17" s="107"/>
+      <c r="E17" s="107"/>
+      <c r="F17" s="107"/>
+      <c r="G17" s="107"/>
+      <c r="H17" s="107"/>
+    </row>
+    <row r="18" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="431" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="431"/>
+      <c r="C18" s="431"/>
+      <c r="D18" s="431"/>
+      <c r="E18" s="431"/>
+      <c r="F18" s="431"/>
+      <c r="G18" s="431"/>
+      <c r="H18" s="431"/>
+    </row>
+    <row r="19" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="177"/>
+      <c r="B19" s="177"/>
+      <c r="C19" s="177"/>
+      <c r="D19" s="177"/>
+      <c r="E19" s="177"/>
+      <c r="F19" s="177"/>
+      <c r="G19" s="177"/>
+      <c r="H19" s="177"/>
+    </row>
+    <row r="20" spans="1:8" ht="66" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="430" t="s">
         <v>6</v>
       </c>
-      <c r="B20" s="391"/>
-[...57 lines deleted...]
-      <c r="A23" s="21" t="s">
+      <c r="B20" s="430"/>
+      <c r="C20" s="430"/>
+      <c r="D20" s="430"/>
+      <c r="E20" s="430"/>
+      <c r="F20" s="430"/>
+      <c r="G20" s="430"/>
+      <c r="H20" s="430"/>
+    </row>
+    <row r="21" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="19"/>
+      <c r="E21" s="19"/>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19"/>
+      <c r="H21" s="13"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="16"/>
-[...385 lines deleted...]
-      <c r="H43" s="24"/>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="20"/>
+      <c r="B24" s="20"/>
+      <c r="C24" s="20"/>
+      <c r="D24" s="20"/>
+      <c r="E24" s="20"/>
+      <c r="F24" s="20"/>
+      <c r="G24" s="20"/>
+      <c r="H24" s="14"/>
+    </row>
+    <row r="25" spans="1:8" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="20"/>
+      <c r="B25" s="20"/>
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="20"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="H25" s="14"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="20"/>
+      <c r="B26" s="20"/>
+      <c r="C26" s="20"/>
+      <c r="D26" s="20"/>
+      <c r="E26" s="20"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="20"/>
+      <c r="H26" s="14"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="20"/>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20"/>
+      <c r="D27" s="20"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="14"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="14"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="14"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="14"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="14"/>
+      <c r="B29" s="14"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="14"/>
+      <c r="F29" s="14"/>
+      <c r="G29" s="14"/>
+      <c r="H29" s="14"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="14"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="14"/>
+    </row>
+    <row r="31" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="14"/>
+      <c r="B31" s="122"/>
+      <c r="C31" s="122"/>
+      <c r="D31" s="122"/>
+      <c r="E31" s="122"/>
+      <c r="F31" s="122"/>
+      <c r="G31" s="122"/>
+      <c r="H31" s="122"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="14"/>
+      <c r="B32" s="14"/>
+      <c r="C32" s="14"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="14"/>
+      <c r="F32" s="14"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="14"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="14"/>
+      <c r="B33" s="14"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="14"/>
+      <c r="F33" s="14"/>
+      <c r="G33" s="14"/>
+      <c r="H33" s="14"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="14"/>
+      <c r="B34" s="14"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="14"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="14"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="14"/>
+      <c r="B35" s="14"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="14"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="14"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="14"/>
+      <c r="B36" s="14"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="14"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="14"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="14"/>
+      <c r="B37" s="14"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="14"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="14"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="14"/>
+      <c r="B38" s="14"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="14"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="14"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="14"/>
+      <c r="B39" s="14"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="14"/>
+      <c r="F39" s="14"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="14"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="14"/>
+      <c r="B40" s="14"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="14"/>
+      <c r="G40" s="14"/>
+      <c r="H40" s="14"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="14"/>
+      <c r="B41" s="14"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="14"/>
+      <c r="F41" s="14"/>
+      <c r="G41" s="14"/>
+      <c r="H41" s="14"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="14"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="14"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="14"/>
+      <c r="H42" s="14"/>
+    </row>
+    <row r="43" spans="1:8" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="21"/>
+      <c r="B43" s="21"/>
+      <c r="C43" s="21"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="21"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="21"/>
+      <c r="H43" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A20:H20"/>
     <mergeCell ref="A18:H18"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.74803149606299213" bottom="1.1811023622047245" header="0.31496062992125984" footer="0.59055118110236227"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;G&amp;R&amp;G</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F184"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A1:E80"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:F4"/>
+    <sheetView zoomScale="105" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26" style="7" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="26" style="4" customWidth="1"/>
+    <col min="2" max="4" width="19.54296875" style="4" customWidth="1"/>
+    <col min="5" max="5" width="14.81640625" style="4" customWidth="1"/>
+    <col min="6" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:5" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+    </row>
+    <row r="2" spans="1:5" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...25 lines deleted...]
-      <c r="B5" s="262" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+    </row>
+    <row r="3" spans="1:5" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+    </row>
+    <row r="4" spans="1:5" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="515" t="s">
+        <v>113</v>
+      </c>
+      <c r="B4" s="515"/>
+      <c r="C4" s="515"/>
+      <c r="D4" s="515"/>
+      <c r="E4" s="515"/>
+    </row>
+    <row r="5" spans="1:5" s="106" customFormat="1" ht="26.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="206"/>
+      <c r="B5" s="207" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" s="208" t="s">
+        <v>115</v>
+      </c>
+      <c r="D5" s="208" t="s">
+        <v>116</v>
+      </c>
+      <c r="E5" s="209" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="103" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="110"/>
+      <c r="C6" s="110"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="114"/>
+    </row>
+    <row r="7" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="110">
+        <v>0.19453816954871361</v>
+      </c>
+      <c r="C7" s="110">
+        <v>0.50954328561690521</v>
+      </c>
+      <c r="D7" s="110">
+        <v>0.41065206570433049</v>
+      </c>
+      <c r="E7" s="112">
+        <v>0.28869480834546335</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="110">
+        <v>0.784479122733024</v>
+      </c>
+      <c r="C8" s="110">
+        <v>0.47171097477845947</v>
+      </c>
+      <c r="D8" s="110">
+        <v>0.55599800895968143</v>
+      </c>
+      <c r="E8" s="112">
+        <v>0.6890552436403965</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="110">
+        <v>2.0982707718262338E-2</v>
+      </c>
+      <c r="C9" s="110">
+        <v>1.8745739604635311E-2</v>
+      </c>
+      <c r="D9" s="110">
+        <v>3.3349925335988052E-2</v>
+      </c>
+      <c r="E9" s="112">
+        <v>2.2249948014140153E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="374" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="113"/>
+      <c r="C10" s="113"/>
+      <c r="D10" s="113"/>
+      <c r="E10" s="114"/>
+    </row>
+    <row r="11" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="110">
+        <v>0.32053985660059048</v>
+      </c>
+      <c r="C11" s="110">
+        <v>0.62542603953646903</v>
+      </c>
+      <c r="D11" s="110">
+        <v>0.5251368840219014</v>
+      </c>
+      <c r="E11" s="112">
+        <v>0.41103486518333682</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="110">
+        <v>0.67946014339940952</v>
+      </c>
+      <c r="C12" s="110">
+        <v>0.37457396046353103</v>
+      </c>
+      <c r="D12" s="110">
+        <v>0.47486311597809855</v>
+      </c>
+      <c r="E12" s="112">
+        <v>0.58896513481666324</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="110"/>
+      <c r="C13" s="110"/>
+      <c r="D13" s="110"/>
+      <c r="E13" s="112"/>
+    </row>
+    <row r="14" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="111" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="110">
+        <v>0.2381906368620835</v>
+      </c>
+      <c r="C14" s="110">
+        <v>8.1117927743694612E-2</v>
+      </c>
+      <c r="D14" s="110">
+        <v>0.1488302638128422</v>
+      </c>
+      <c r="E14" s="112">
+        <v>0.19380328550634227</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="111" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="110">
+        <v>3.6060733867566426E-2</v>
+      </c>
+      <c r="C15" s="110">
+        <v>1.3292433537832311E-2</v>
+      </c>
+      <c r="D15" s="110">
+        <v>2.2896963663514187E-2</v>
+      </c>
+      <c r="E15" s="112">
+        <v>2.9597282872392043E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="111" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="110">
+        <v>3.3108393083087308E-2</v>
+      </c>
+      <c r="C16" s="110">
+        <v>5.0443081117927745E-2</v>
+      </c>
+      <c r="D16" s="110">
+        <v>4.2807366849178699E-2</v>
+      </c>
+      <c r="E16" s="112">
+        <v>3.7984334927566366E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="111" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="110">
+        <v>5.5778152678194852E-2</v>
+      </c>
+      <c r="C17" s="110">
+        <v>4.0899795501022497E-2</v>
+      </c>
+      <c r="D17" s="110">
+        <v>4.479840716774515E-2</v>
+      </c>
+      <c r="E17" s="112">
+        <v>5.1223400568378735E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="111" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="110">
+        <v>1.7608603964571909E-2</v>
+      </c>
+      <c r="C18" s="110">
+        <v>1.7723244717109749E-2</v>
+      </c>
+      <c r="D18" s="110">
+        <v>2.140368342458935E-2</v>
+      </c>
+      <c r="E18" s="112">
+        <v>1.8160393706245236E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="111" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" s="110">
+        <v>3.5849852382960775E-3</v>
+      </c>
+      <c r="C19" s="110">
+        <v>3.0674846625766872E-3</v>
+      </c>
+      <c r="D19" s="110">
+        <v>6.4708810353409658E-3</v>
+      </c>
+      <c r="E19" s="112">
+        <v>3.8816108685104317E-3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="111" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="110">
+        <v>0.23165331083930832</v>
+      </c>
+      <c r="C20" s="110">
+        <v>0.11008861622358555</v>
+      </c>
+      <c r="D20" s="110">
+        <v>9.158785465405675E-2</v>
+      </c>
+      <c r="E20" s="112">
+        <v>0.18742635336521798</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="96" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" s="115">
+        <v>6.3475326866301141E-2</v>
+      </c>
+      <c r="C21" s="115">
+        <v>5.7941376959781868E-2</v>
+      </c>
+      <c r="D21" s="115">
+        <v>9.6067695370831263E-2</v>
+      </c>
+      <c r="E21" s="116">
+        <v>6.6888473002010118E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="374" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="113"/>
+      <c r="C22" s="113"/>
+      <c r="D22" s="113"/>
+      <c r="E22" s="114"/>
+    </row>
+    <row r="23" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="110">
+        <v>0.33920286798819066</v>
+      </c>
+      <c r="C23" s="110">
+        <v>0.48057259713701433</v>
+      </c>
+      <c r="D23" s="110">
+        <v>0.37680438028870084</v>
+      </c>
+      <c r="E23" s="112">
+        <v>0.37318915921536011</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="37" t="s">
+        <v>131</v>
+      </c>
+      <c r="B24" s="110">
+        <v>0.25495571488823282</v>
+      </c>
+      <c r="C24" s="110">
+        <v>0.37355146557600544</v>
+      </c>
+      <c r="D24" s="110">
+        <v>0.38078646092583374</v>
+      </c>
+      <c r="E24" s="112">
+        <v>0.29659665904207388</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="110">
+        <v>1.2863770560944749E-2</v>
+      </c>
+      <c r="C25" s="110">
+        <v>3.1697341513292433E-2</v>
+      </c>
+      <c r="D25" s="110">
+        <v>4.5793927327028375E-2</v>
+      </c>
+      <c r="E25" s="112">
+        <v>2.1279545297012547E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="96" t="s">
+        <v>132</v>
+      </c>
+      <c r="B26" s="115">
+        <v>0.39297764656263179</v>
+      </c>
+      <c r="C26" s="115">
+        <v>0.1141785957736878</v>
+      </c>
+      <c r="D26" s="115">
+        <v>0.19661523145843704</v>
+      </c>
+      <c r="E26" s="116">
+        <v>0.30893463644555347</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="117" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="110"/>
+      <c r="C27" s="110"/>
+      <c r="D27" s="110"/>
+      <c r="E27" s="112"/>
+    </row>
+    <row r="28" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="110">
+        <v>0.834141712357655</v>
+      </c>
+      <c r="C28" s="110">
+        <v>0.88377641445126109</v>
+      </c>
+      <c r="D28" s="110">
+        <v>0.86759581881533099</v>
+      </c>
+      <c r="E28" s="112">
+        <v>0.84889443404727249</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="110">
+        <v>0.165858287642345</v>
+      </c>
+      <c r="C29" s="110">
+        <v>0.11622358554873892</v>
+      </c>
+      <c r="D29" s="110">
+        <v>0.13240418118466898</v>
+      </c>
+      <c r="E29" s="112">
+        <v>0.15110556595272753</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="110"/>
+      <c r="C30" s="110"/>
+      <c r="D30" s="110"/>
+      <c r="E30" s="112"/>
+    </row>
+    <row r="31" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="111" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31" s="110">
+        <v>7.0434415858287636E-2</v>
+      </c>
+      <c r="C31" s="110">
+        <v>4.1240627130197681E-2</v>
+      </c>
+      <c r="D31" s="110">
+        <v>4.9776007964161276E-2</v>
+      </c>
+      <c r="E31" s="112">
+        <v>6.1620572537603106E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="111" t="s">
+        <v>43</v>
+      </c>
+      <c r="B32" s="110">
+        <v>3.3741037536904259E-2</v>
+      </c>
+      <c r="C32" s="110">
+        <v>6.2031356509884117E-2</v>
+      </c>
+      <c r="D32" s="110">
+        <v>6.769537083125933E-2</v>
+      </c>
+      <c r="E32" s="112">
+        <v>4.4222638109100994E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="111" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="110">
+        <v>4.9873471109236608E-2</v>
+      </c>
+      <c r="C33" s="110">
+        <v>1.2951601908657124E-2</v>
+      </c>
+      <c r="D33" s="110">
+        <v>6.9686411149825784E-3</v>
+      </c>
+      <c r="E33" s="112">
+        <v>3.6390101892285295E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="111" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="110">
+        <v>1.1809363137916491E-2</v>
+      </c>
+      <c r="C34" s="110">
+        <v>0</v>
+      </c>
+      <c r="D34" s="110">
+        <v>7.9641612742658036E-3</v>
+      </c>
+      <c r="E34" s="112">
+        <v>8.8722534137381306E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="373" t="s">
+        <v>0</v>
+      </c>
+      <c r="B35" s="118">
+        <v>1</v>
+      </c>
+      <c r="C35" s="118">
+        <v>1</v>
+      </c>
+      <c r="D35" s="118">
+        <v>1</v>
+      </c>
+      <c r="E35" s="119">
+        <v>0.99999999999999989</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="266" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" s="267"/>
+      <c r="C36" s="267"/>
+      <c r="D36" s="268"/>
+      <c r="E36" s="269"/>
+    </row>
+    <row r="37" spans="1:5" s="252" customFormat="1" ht="36.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="514" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="514"/>
+      <c r="C37" s="514"/>
+      <c r="D37" s="514"/>
+      <c r="E37" s="514"/>
+    </row>
+    <row r="38" spans="1:5" s="252" customFormat="1" ht="65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="514" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="514"/>
+      <c r="C38" s="514"/>
+      <c r="D38" s="514"/>
+      <c r="E38" s="514"/>
+    </row>
+    <row r="39" spans="1:5" s="252" customFormat="1" ht="67" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="514" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" s="514"/>
+      <c r="C39" s="514"/>
+      <c r="D39" s="514"/>
+      <c r="E39" s="514"/>
+    </row>
+    <row r="40" spans="1:5" s="8" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="470" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" s="470"/>
+      <c r="C40" s="470"/>
+      <c r="D40" s="470"/>
+      <c r="E40" s="470"/>
+    </row>
+    <row r="41" spans="1:5" s="272" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="270" t="s">
+        <v>9</v>
+      </c>
+      <c r="B41" s="261"/>
+      <c r="C41" s="261"/>
+      <c r="D41" s="261"/>
+      <c r="E41" s="271"/>
+    </row>
+    <row r="42" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="120"/>
+      <c r="B42" s="125"/>
+      <c r="C42" s="125"/>
+      <c r="D42" s="125"/>
+      <c r="E42" s="126"/>
+    </row>
+    <row r="43" spans="1:5" s="106" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="206"/>
+      <c r="B43" s="207" t="s">
+        <v>50</v>
+      </c>
+      <c r="C43" s="208" t="s">
+        <v>58</v>
+      </c>
+      <c r="D43" s="208" t="s">
+        <v>51</v>
+      </c>
+      <c r="E43" s="210" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="103" t="s">
+        <v>34</v>
+      </c>
+      <c r="B44" s="113"/>
+      <c r="C44" s="113"/>
+      <c r="D44" s="113"/>
+      <c r="E44" s="114"/>
+    </row>
+    <row r="45" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" s="127">
+        <v>1845</v>
+      </c>
+      <c r="C45" s="127">
+        <v>1495</v>
+      </c>
+      <c r="D45" s="127">
+        <v>825</v>
+      </c>
+      <c r="E45" s="128">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" s="127">
+        <v>7440</v>
+      </c>
+      <c r="C46" s="127">
+        <v>1384</v>
+      </c>
+      <c r="D46" s="127">
+        <v>1117</v>
+      </c>
+      <c r="E46" s="128">
+        <v>9941</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B47" s="142">
+        <v>199</v>
+      </c>
+      <c r="C47" s="142">
+        <v>55</v>
+      </c>
+      <c r="D47" s="142">
+        <v>67</v>
+      </c>
+      <c r="E47" s="143">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="374" t="s">
+        <v>15</v>
+      </c>
+      <c r="B48" s="129"/>
+      <c r="C48" s="130"/>
+      <c r="D48" s="130"/>
+      <c r="E48" s="128"/>
+    </row>
+    <row r="49" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B49" s="127">
+        <v>3040</v>
+      </c>
+      <c r="C49" s="127">
+        <v>1835</v>
+      </c>
+      <c r="D49" s="127">
+        <v>1055</v>
+      </c>
+      <c r="E49" s="128">
+        <v>5930</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B50" s="127">
+        <v>6444</v>
+      </c>
+      <c r="C50" s="127">
+        <v>1099</v>
+      </c>
+      <c r="D50" s="127">
+        <v>954</v>
+      </c>
+      <c r="E50" s="128">
+        <v>8497</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" s="130"/>
+      <c r="C51" s="130"/>
+      <c r="D51" s="130"/>
+      <c r="E51" s="128"/>
+    </row>
+    <row r="52" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="111" t="s">
+        <v>19</v>
+      </c>
+      <c r="B52" s="131">
+        <v>2259</v>
+      </c>
+      <c r="C52" s="131">
+        <v>238</v>
+      </c>
+      <c r="D52" s="131">
+        <v>299</v>
+      </c>
+      <c r="E52" s="128">
+        <v>2796</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="111" t="s">
+        <v>20</v>
+      </c>
+      <c r="B53" s="131">
+        <v>342</v>
+      </c>
+      <c r="C53" s="131">
+        <v>39</v>
+      </c>
+      <c r="D53" s="131">
+        <v>46</v>
+      </c>
+      <c r="E53" s="128">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="111" t="s">
+        <v>21</v>
+      </c>
+      <c r="B54" s="131">
+        <v>314</v>
+      </c>
+      <c r="C54" s="131">
+        <v>148</v>
+      </c>
+      <c r="D54" s="131">
+        <v>86</v>
+      </c>
+      <c r="E54" s="128">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="111" t="s">
+        <v>22</v>
+      </c>
+      <c r="B55" s="131">
+        <v>529</v>
+      </c>
+      <c r="C55" s="131">
+        <v>120</v>
+      </c>
+      <c r="D55" s="131">
+        <v>90</v>
+      </c>
+      <c r="E55" s="128">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="111" t="s">
+        <v>23</v>
+      </c>
+      <c r="B56" s="131">
+        <v>167</v>
+      </c>
+      <c r="C56" s="131">
+        <v>52</v>
+      </c>
+      <c r="D56" s="131">
+        <v>43</v>
+      </c>
+      <c r="E56" s="128">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="111" t="s">
+        <v>63</v>
+      </c>
+      <c r="B57" s="131">
+        <v>34</v>
+      </c>
+      <c r="C57" s="131">
+        <v>9</v>
+      </c>
+      <c r="D57" s="131">
+        <v>13</v>
+      </c>
+      <c r="E57" s="128">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="111" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" s="131">
+        <v>2197</v>
+      </c>
+      <c r="C58" s="131">
+        <v>323</v>
+      </c>
+      <c r="D58" s="131">
+        <v>184</v>
+      </c>
+      <c r="E58" s="128">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="148" t="s">
+        <v>39</v>
+      </c>
+      <c r="B59" s="144">
+        <v>602</v>
+      </c>
+      <c r="C59" s="144">
+        <v>170</v>
+      </c>
+      <c r="D59" s="144">
+        <v>193</v>
+      </c>
+      <c r="E59" s="143">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="374" t="s">
+        <v>27</v>
+      </c>
+      <c r="B60" s="130"/>
+      <c r="C60" s="130"/>
+      <c r="D60" s="130"/>
+      <c r="E60" s="128"/>
+    </row>
+    <row r="61" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="B61" s="127">
+        <v>3217</v>
+      </c>
+      <c r="C61" s="127">
+        <v>1410</v>
+      </c>
+      <c r="D61" s="127">
+        <v>757</v>
+      </c>
+      <c r="E61" s="128">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="37" t="s">
         <v>64</v>
       </c>
-      <c r="C5" s="263" t="s">
+      <c r="B62" s="127">
+        <v>2418</v>
+      </c>
+      <c r="C62" s="127">
+        <v>1096</v>
+      </c>
+      <c r="D62" s="127">
+        <v>765</v>
+      </c>
+      <c r="E62" s="128">
+        <v>4279</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="B63" s="127">
+        <v>122</v>
+      </c>
+      <c r="C63" s="127">
+        <v>93</v>
+      </c>
+      <c r="D63" s="127">
+        <v>92</v>
+      </c>
+      <c r="E63" s="128">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="96" t="s">
         <v>65</v>
       </c>
-      <c r="D5" s="263" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="264" t="s">
+      <c r="B64" s="142">
+        <v>3727</v>
+      </c>
+      <c r="C64" s="142">
+        <v>335</v>
+      </c>
+      <c r="D64" s="142">
+        <v>395</v>
+      </c>
+      <c r="E64" s="143">
+        <v>4457</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="117" t="s">
+        <v>32</v>
+      </c>
+      <c r="B65" s="145"/>
+      <c r="C65" s="146"/>
+      <c r="D65" s="146"/>
+      <c r="E65" s="147"/>
+    </row>
+    <row r="66" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B66" s="127">
+        <v>7911</v>
+      </c>
+      <c r="C66" s="127">
+        <v>2593</v>
+      </c>
+      <c r="D66" s="127">
+        <v>1743</v>
+      </c>
+      <c r="E66" s="128">
+        <v>12247</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67" s="127">
+        <v>1573</v>
+      </c>
+      <c r="C67" s="127">
+        <v>341</v>
+      </c>
+      <c r="D67" s="127">
+        <v>266</v>
+      </c>
+      <c r="E67" s="128">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B68" s="130"/>
+      <c r="C68" s="130"/>
+      <c r="D68" s="130"/>
+      <c r="E68" s="128"/>
+    </row>
+    <row r="69" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="111" t="s">
+        <v>30</v>
+      </c>
+      <c r="B69" s="131">
+        <v>668</v>
+      </c>
+      <c r="C69" s="131">
+        <v>121</v>
+      </c>
+      <c r="D69" s="131">
+        <v>100</v>
+      </c>
+      <c r="E69" s="128">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="111" t="s">
+        <v>43</v>
+      </c>
+      <c r="B70" s="131">
+        <v>320</v>
+      </c>
+      <c r="C70" s="131">
+        <v>182</v>
+      </c>
+      <c r="D70" s="131">
+        <v>136</v>
+      </c>
+      <c r="E70" s="128">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="111" t="s">
+        <v>31</v>
+      </c>
+      <c r="B71" s="131">
+        <v>473</v>
+      </c>
+      <c r="C71" s="131">
+        <v>38</v>
+      </c>
+      <c r="D71" s="131">
+        <v>14</v>
+      </c>
+      <c r="E71" s="128">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="111" t="s">
+        <v>41</v>
+      </c>
+      <c r="B72" s="131">
+        <v>112</v>
+      </c>
+      <c r="C72" s="131">
         <v>0</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="A11" s="41" t="s">
+      <c r="D72" s="131">
         <v>16</v>
       </c>
-      <c r="B11" s="139">
-[...158 lines deleted...]
-      <c r="E19" s="139">
+      <c r="E72" s="128">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" s="108" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="376" t="s">
         <v>0</v>
       </c>
-      <c r="F19" s="141">
-[...324 lines deleted...]
-      <c r="A39" s="468" t="s">
+      <c r="B73" s="132">
+        <v>9484</v>
+      </c>
+      <c r="C73" s="132">
+        <v>2934</v>
+      </c>
+      <c r="D73" s="132">
+        <v>2009</v>
+      </c>
+      <c r="E73" s="133">
+        <v>14427</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="266" t="s">
+        <v>95</v>
+      </c>
+      <c r="B74" s="267"/>
+      <c r="C74" s="267"/>
+      <c r="D74" s="268"/>
+      <c r="E74" s="269"/>
+    </row>
+    <row r="75" spans="1:5" s="252" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="514" t="s">
+        <v>59</v>
+      </c>
+      <c r="B75" s="514"/>
+      <c r="C75" s="514"/>
+      <c r="D75" s="514"/>
+      <c r="E75" s="514"/>
+    </row>
+    <row r="76" spans="1:5" s="252" customFormat="1" ht="73" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="514" t="s">
+        <v>61</v>
+      </c>
+      <c r="B76" s="514"/>
+      <c r="C76" s="514"/>
+      <c r="D76" s="514"/>
+      <c r="E76" s="514"/>
+    </row>
+    <row r="77" spans="1:5" s="252" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="514" t="s">
+        <v>60</v>
+      </c>
+      <c r="B77" s="514"/>
+      <c r="C77" s="514"/>
+      <c r="D77" s="514"/>
+      <c r="E77" s="514"/>
+    </row>
+    <row r="78" spans="1:5" s="8" customFormat="1" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="470" t="s">
         <v>96</v>
       </c>
-      <c r="B39" s="468"/>
-[...26 lines deleted...]
-      <c r="A42" s="385" t="s">
+      <c r="B78" s="470"/>
+      <c r="C78" s="470"/>
+      <c r="D78" s="470"/>
+      <c r="E78" s="470"/>
+    </row>
+    <row r="79" spans="1:5" s="272" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="270" t="s">
         <v>9</v>
       </c>
-      <c r="B42" s="354"/>
-[...288 lines deleted...]
-      <c r="C59" s="160">
+      <c r="B79" s="261"/>
+      <c r="C79" s="261"/>
+      <c r="D79" s="261"/>
+      <c r="E79" s="9" t="s">
         <v>142</v>
       </c>
-      <c r="D59" s="160">
-[...352 lines deleted...]
-      <c r="A82" s="3" t="s">
+    </row>
+    <row r="80" spans="1:5" s="109" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B82" s="4"/>
-[...106 lines deleted...]
-    <row r="184" customFormat="1" x14ac:dyDescent="0.25"/>
+      <c r="B80" s="3"/>
+      <c r="C80" s="3"/>
+      <c r="D80" s="3"/>
+      <c r="E80" s="3"/>
+    </row>
   </sheetData>
-  <mergeCells count="11">
-[...10 lines deleted...]
-    <mergeCell ref="A79:F79"/>
+  <mergeCells count="9">
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A76:E76"/>
+    <mergeCell ref="A77:E77"/>
+    <mergeCell ref="A78:E78"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="43" max="16383" man="1"/>
+    <brk id="42" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:W23"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:R4"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:W4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
-    <col min="2" max="2" width="6.1796875" style="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="18" max="18" width="7.1796875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="6.453125" style="4" customWidth="1"/>
+    <col min="3" max="5" width="6.54296875" customWidth="1"/>
+    <col min="6" max="15" width="6.54296875" style="4" customWidth="1"/>
+    <col min="16" max="21" width="7.453125" style="4" customWidth="1"/>
+    <col min="22" max="23" width="7.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="1" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:23" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="23"/>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="23"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="23"/>
+      <c r="U1" s="23"/>
+      <c r="V1" s="23"/>
+      <c r="W1" s="6"/>
+    </row>
+    <row r="2" spans="1:23" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+    </row>
+    <row r="3" spans="1:23" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
+    </row>
+    <row r="4" spans="1:23" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="431" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" s="431"/>
+      <c r="C4" s="431"/>
+      <c r="D4" s="431"/>
+      <c r="E4" s="431"/>
+      <c r="F4" s="431"/>
+      <c r="G4" s="431"/>
+      <c r="H4" s="431"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="431"/>
+      <c r="K4" s="431"/>
+      <c r="L4" s="431"/>
+      <c r="M4" s="431"/>
+      <c r="N4" s="431"/>
+      <c r="O4" s="431"/>
+      <c r="P4" s="431"/>
+      <c r="Q4" s="431"/>
+      <c r="R4" s="431"/>
+      <c r="S4" s="431"/>
+      <c r="T4" s="431"/>
+      <c r="U4" s="431"/>
+      <c r="V4" s="431"/>
+      <c r="W4" s="431"/>
+    </row>
+    <row r="5" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="261" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="261"/>
+      <c r="J5" s="261"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
+      <c r="O5" s="7"/>
+      <c r="P5" s="7"/>
+      <c r="Q5" s="7"/>
+      <c r="R5" s="7"/>
+      <c r="S5" s="7"/>
+      <c r="T5" s="7"/>
+      <c r="U5" s="7"/>
+      <c r="V5" s="28"/>
+      <c r="W5" s="28"/>
+    </row>
+    <row r="6" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="438"/>
+      <c r="B6" s="439"/>
+      <c r="C6" s="445">
+        <v>2000</v>
+      </c>
+      <c r="D6" s="445">
+        <v>2005</v>
+      </c>
+      <c r="E6" s="450">
+        <v>2010</v>
+      </c>
+      <c r="F6" s="443">
+        <v>2011</v>
+      </c>
+      <c r="G6" s="450">
+        <v>2015</v>
+      </c>
+      <c r="H6" s="457">
+        <v>2017</v>
+      </c>
+      <c r="I6" s="443">
+        <v>2018</v>
+      </c>
+      <c r="J6" s="445">
+        <v>2019</v>
+      </c>
+      <c r="K6" s="452">
+        <v>2020</v>
+      </c>
+      <c r="L6" s="452">
+        <v>2021</v>
+      </c>
+      <c r="M6" s="452">
+        <v>2022</v>
+      </c>
+      <c r="N6" s="452">
+        <v>2023</v>
+      </c>
+      <c r="O6" s="454">
+        <v>2024</v>
+      </c>
+      <c r="P6" s="442" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="26"/>
-[...60 lines deleted...]
-      <c r="A4" s="392" t="s">
+      <c r="Q6" s="442"/>
+      <c r="R6" s="442" t="s">
+        <v>54</v>
+      </c>
+      <c r="S6" s="442"/>
+      <c r="T6" s="436" t="s">
+        <v>72</v>
+      </c>
+      <c r="U6" s="436"/>
+      <c r="V6" s="436" t="s">
+        <v>66</v>
+      </c>
+      <c r="W6" s="437"/>
+    </row>
+    <row r="7" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="440"/>
+      <c r="B7" s="441"/>
+      <c r="C7" s="449"/>
+      <c r="D7" s="449"/>
+      <c r="E7" s="451"/>
+      <c r="F7" s="459"/>
+      <c r="G7" s="456"/>
+      <c r="H7" s="458"/>
+      <c r="I7" s="444"/>
+      <c r="J7" s="446"/>
+      <c r="K7" s="453"/>
+      <c r="L7" s="453"/>
+      <c r="M7" s="453"/>
+      <c r="N7" s="453"/>
+      <c r="O7" s="455"/>
+      <c r="P7" s="370" t="s">
+        <v>1</v>
+      </c>
+      <c r="Q7" s="370" t="s">
+        <v>2</v>
+      </c>
+      <c r="R7" s="370" t="s">
+        <v>1</v>
+      </c>
+      <c r="S7" s="370" t="s">
+        <v>2</v>
+      </c>
+      <c r="T7" s="299" t="s">
+        <v>1</v>
+      </c>
+      <c r="U7" s="300" t="s">
+        <v>2</v>
+      </c>
+      <c r="V7" s="300" t="s">
+        <v>1</v>
+      </c>
+      <c r="W7" s="365" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="434" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="27">
+        <v>4449</v>
+      </c>
+      <c r="D8" s="27">
+        <v>5370</v>
+      </c>
+      <c r="E8" s="222">
+        <v>6631</v>
+      </c>
+      <c r="F8" s="224">
+        <v>6539</v>
+      </c>
+      <c r="G8" s="222">
+        <v>6851</v>
+      </c>
+      <c r="H8" s="240">
+        <v>6963</v>
+      </c>
+      <c r="I8" s="224">
+        <v>6728</v>
+      </c>
+      <c r="J8" s="263">
+        <v>6746</v>
+      </c>
+      <c r="K8" s="281">
+        <v>6720</v>
+      </c>
+      <c r="L8" s="281">
+        <v>6717</v>
+      </c>
+      <c r="M8" s="281">
+        <v>6998</v>
+      </c>
+      <c r="N8" s="281">
+        <v>7039</v>
+      </c>
+      <c r="O8" s="236">
+        <v>7130</v>
+      </c>
+      <c r="P8" s="153">
+        <v>2182</v>
+      </c>
+      <c r="Q8" s="154">
+        <v>0.49044729152618566</v>
+      </c>
+      <c r="R8" s="294">
+        <v>424</v>
+      </c>
+      <c r="S8" s="302">
+        <v>6.4841718917265631E-2</v>
+      </c>
+      <c r="T8" s="460" t="s">
         <v>73</v>
       </c>
-      <c r="B4" s="392"/>
-[...70 lines deleted...]
-      <c r="M6" s="395" t="s">
+      <c r="U8" s="461"/>
+      <c r="V8" s="153">
+        <v>410</v>
+      </c>
+      <c r="W8" s="301">
+        <v>6.101190476190476E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="435"/>
+      <c r="B9" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="25">
+        <v>33756</v>
+      </c>
+      <c r="D9" s="25">
+        <v>34145</v>
+      </c>
+      <c r="E9" s="223">
+        <v>33219</v>
+      </c>
+      <c r="F9" s="225">
+        <v>32716</v>
+      </c>
+      <c r="G9" s="223">
+        <v>33883</v>
+      </c>
+      <c r="H9" s="241">
+        <v>34897</v>
+      </c>
+      <c r="I9" s="225">
+        <v>35790</v>
+      </c>
+      <c r="J9" s="264">
+        <v>36857</v>
+      </c>
+      <c r="K9" s="282">
+        <v>37409</v>
+      </c>
+      <c r="L9" s="282">
+        <v>37880</v>
+      </c>
+      <c r="M9" s="282">
+        <v>38683</v>
+      </c>
+      <c r="N9" s="282">
+        <v>39342</v>
+      </c>
+      <c r="O9" s="237">
+        <v>39835</v>
+      </c>
+      <c r="P9" s="157">
+        <v>-537</v>
+      </c>
+      <c r="Q9" s="155">
+        <v>-1.5908282971916102E-2</v>
+      </c>
+      <c r="R9" s="295">
+        <v>2181</v>
+      </c>
+      <c r="S9" s="303">
+        <v>6.6664628927741776E-2</v>
+      </c>
+      <c r="T9" s="462"/>
+      <c r="U9" s="463"/>
+      <c r="V9" s="157">
+        <v>2426</v>
+      </c>
+      <c r="W9" s="196">
+        <v>6.4850704375952306E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="434" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="27">
+        <v>1579</v>
+      </c>
+      <c r="D10" s="27">
+        <v>2298</v>
+      </c>
+      <c r="E10" s="222">
+        <v>2951</v>
+      </c>
+      <c r="F10" s="224">
+        <v>2880</v>
+      </c>
+      <c r="G10" s="222">
+        <v>2920</v>
+      </c>
+      <c r="H10" s="240">
+        <v>3031</v>
+      </c>
+      <c r="I10" s="224">
+        <v>3097</v>
+      </c>
+      <c r="J10" s="263">
+        <v>3093</v>
+      </c>
+      <c r="K10" s="281">
+        <v>3095</v>
+      </c>
+      <c r="L10" s="281">
+        <v>3203</v>
+      </c>
+      <c r="M10" s="281">
+        <v>3266</v>
+      </c>
+      <c r="N10" s="281">
+        <v>3363</v>
+      </c>
+      <c r="O10" s="236">
+        <v>3371</v>
+      </c>
+      <c r="P10" s="153">
+        <v>1372</v>
+      </c>
+      <c r="Q10" s="154">
+        <v>0.86890436985433817</v>
+      </c>
+      <c r="R10" s="296">
+        <v>151</v>
+      </c>
+      <c r="S10" s="304">
+        <v>5.2430555555555557E-2</v>
+      </c>
+      <c r="T10" s="462"/>
+      <c r="U10" s="463"/>
+      <c r="V10" s="156">
+        <v>276</v>
+      </c>
+      <c r="W10" s="301">
+        <v>8.9176090468497574E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="435"/>
+      <c r="B11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="25">
+        <v>11406</v>
+      </c>
+      <c r="D11" s="25">
+        <v>13246</v>
+      </c>
+      <c r="E11" s="223">
+        <v>13058</v>
+      </c>
+      <c r="F11" s="225">
+        <v>13146</v>
+      </c>
+      <c r="G11" s="223">
+        <v>13147</v>
+      </c>
+      <c r="H11" s="241">
+        <v>13221</v>
+      </c>
+      <c r="I11" s="225">
+        <v>13370</v>
+      </c>
+      <c r="J11" s="264">
+        <v>13179</v>
+      </c>
+      <c r="K11" s="282">
+        <v>13033</v>
+      </c>
+      <c r="L11" s="282">
+        <v>13309</v>
+      </c>
+      <c r="M11" s="282">
+        <v>13798</v>
+      </c>
+      <c r="N11" s="282">
+        <v>14330</v>
+      </c>
+      <c r="O11" s="237">
+        <v>14580</v>
+      </c>
+      <c r="P11" s="157">
+        <v>1652</v>
+      </c>
+      <c r="Q11" s="155">
+        <v>0.14483605120112222</v>
+      </c>
+      <c r="R11" s="295">
+        <v>75</v>
+      </c>
+      <c r="S11" s="303">
+        <v>5.7051574623459608E-3</v>
+      </c>
+      <c r="T11" s="462"/>
+      <c r="U11" s="463"/>
+      <c r="V11" s="157">
+        <v>1547</v>
+      </c>
+      <c r="W11" s="196">
+        <v>0.11869868794598327</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="434" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="27">
+        <v>1767</v>
+      </c>
+      <c r="D12" s="27">
+        <v>2137</v>
+      </c>
+      <c r="E12" s="222">
+        <v>2633</v>
+      </c>
+      <c r="F12" s="224">
+        <v>2610</v>
+      </c>
+      <c r="G12" s="222">
+        <v>2932</v>
+      </c>
+      <c r="H12" s="240">
+        <v>3061</v>
+      </c>
+      <c r="I12" s="224">
+        <v>3287</v>
+      </c>
+      <c r="J12" s="263">
+        <v>3359</v>
+      </c>
+      <c r="K12" s="281">
+        <v>3405</v>
+      </c>
+      <c r="L12" s="281">
+        <v>3498</v>
+      </c>
+      <c r="M12" s="281">
+        <v>3690</v>
+      </c>
+      <c r="N12" s="281">
+        <v>3881</v>
+      </c>
+      <c r="O12" s="236">
+        <v>3926</v>
+      </c>
+      <c r="P12" s="153">
+        <v>866</v>
+      </c>
+      <c r="Q12" s="154">
+        <v>0.49009620826259198</v>
+      </c>
+      <c r="R12" s="296">
+        <v>451</v>
+      </c>
+      <c r="S12" s="304">
+        <v>0.17279693486590039</v>
+      </c>
+      <c r="T12" s="462"/>
+      <c r="U12" s="463"/>
+      <c r="V12" s="156">
+        <v>521</v>
+      </c>
+      <c r="W12" s="301">
+        <v>0.15301027900146844</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="435"/>
+      <c r="B13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="25">
+        <v>8263</v>
+      </c>
+      <c r="D13" s="25">
+        <v>9517</v>
+      </c>
+      <c r="E13" s="223">
+        <v>11209</v>
+      </c>
+      <c r="F13" s="225">
+        <v>11670</v>
+      </c>
+      <c r="G13" s="223">
+        <v>12233</v>
+      </c>
+      <c r="H13" s="241">
+        <v>12270</v>
+      </c>
+      <c r="I13" s="225">
+        <v>12246</v>
+      </c>
+      <c r="J13" s="264">
+        <v>12484</v>
+      </c>
+      <c r="K13" s="282">
+        <v>12809</v>
+      </c>
+      <c r="L13" s="282">
+        <v>12671</v>
+      </c>
+      <c r="M13" s="282">
+        <v>12674</v>
+      </c>
+      <c r="N13" s="282">
+        <v>12549</v>
+      </c>
+      <c r="O13" s="237">
+        <v>12881</v>
+      </c>
+      <c r="P13" s="157">
+        <v>2946</v>
+      </c>
+      <c r="Q13" s="155">
+        <v>0.35652910565170037</v>
+      </c>
+      <c r="R13" s="295">
+        <v>600</v>
+      </c>
+      <c r="S13" s="303">
+        <v>5.1413881748071981E-2</v>
+      </c>
+      <c r="T13" s="464"/>
+      <c r="U13" s="465"/>
+      <c r="V13" s="157">
+        <v>72</v>
+      </c>
+      <c r="W13" s="196">
+        <v>5.6210477008353504E-3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="434" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="284"/>
+      <c r="D14" s="284"/>
+      <c r="E14" s="285"/>
+      <c r="F14" s="278">
+        <v>215</v>
+      </c>
+      <c r="G14" s="276">
+        <v>169</v>
+      </c>
+      <c r="H14" s="277">
+        <v>184</v>
+      </c>
+      <c r="I14" s="278">
+        <v>182</v>
+      </c>
+      <c r="J14" s="279">
+        <v>208</v>
+      </c>
+      <c r="K14" s="283">
+        <v>205</v>
+      </c>
+      <c r="L14" s="283">
+        <v>181</v>
+      </c>
+      <c r="M14" s="283">
+        <v>210</v>
+      </c>
+      <c r="N14" s="283">
+        <v>186</v>
+      </c>
+      <c r="O14" s="280">
+        <v>187</v>
+      </c>
+      <c r="P14" s="292"/>
+      <c r="Q14" s="293"/>
+      <c r="R14" s="297">
+        <v>-31</v>
+      </c>
+      <c r="S14" s="305">
+        <v>-0.14418604651162792</v>
+      </c>
+      <c r="T14" s="361"/>
+      <c r="U14" s="362"/>
+      <c r="V14" s="156">
+        <v>-18</v>
+      </c>
+      <c r="W14" s="195">
+        <v>-8.7804878048780483E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="435"/>
+      <c r="B15" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="284"/>
+      <c r="D15" s="284"/>
+      <c r="E15" s="285"/>
+      <c r="F15" s="278">
+        <v>2613</v>
+      </c>
+      <c r="G15" s="276">
+        <v>2641</v>
+      </c>
+      <c r="H15" s="277">
+        <v>2943</v>
+      </c>
+      <c r="I15" s="278">
+        <v>2841</v>
+      </c>
+      <c r="J15" s="279">
+        <v>2745</v>
+      </c>
+      <c r="K15" s="283">
+        <v>2722</v>
+      </c>
+      <c r="L15" s="283">
+        <v>2514</v>
+      </c>
+      <c r="M15" s="283">
+        <v>2470</v>
+      </c>
+      <c r="N15" s="283">
+        <v>2456</v>
+      </c>
+      <c r="O15" s="280">
+        <v>2519</v>
+      </c>
+      <c r="P15" s="292"/>
+      <c r="Q15" s="293"/>
+      <c r="R15" s="298">
+        <v>330</v>
+      </c>
+      <c r="S15" s="306">
+        <v>0.12629161882893225</v>
+      </c>
+      <c r="T15" s="363"/>
+      <c r="U15" s="364"/>
+      <c r="V15" s="157">
+        <v>-203</v>
+      </c>
+      <c r="W15" s="196">
+        <v>-7.4577516531961791E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="447" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="27">
+        <v>7795</v>
+      </c>
+      <c r="D16" s="27">
+        <v>9805</v>
+      </c>
+      <c r="E16" s="222">
+        <v>12215</v>
+      </c>
+      <c r="F16" s="224">
+        <v>12244</v>
+      </c>
+      <c r="G16" s="222">
+        <v>12872</v>
+      </c>
+      <c r="H16" s="240">
+        <v>13239</v>
+      </c>
+      <c r="I16" s="224">
+        <v>13294</v>
+      </c>
+      <c r="J16" s="263">
+        <v>13406</v>
+      </c>
+      <c r="K16" s="281">
+        <v>13425</v>
+      </c>
+      <c r="L16" s="281">
+        <v>13599</v>
+      </c>
+      <c r="M16" s="281">
+        <v>14164</v>
+      </c>
+      <c r="N16" s="281">
+        <v>14469</v>
+      </c>
+      <c r="O16" s="236">
+        <v>14614</v>
+      </c>
+      <c r="P16" s="153">
+        <v>4420</v>
+      </c>
+      <c r="Q16" s="154">
+        <v>0.56703014753046821</v>
+      </c>
+      <c r="R16" s="156">
+        <v>995</v>
+      </c>
+      <c r="S16" s="154">
+        <v>8.1264292714799083E-2</v>
+      </c>
+      <c r="T16" s="156">
+        <v>1005</v>
+      </c>
+      <c r="U16" s="360">
+        <v>8.2275890298812937E-2</v>
+      </c>
+      <c r="V16" s="156">
+        <v>1189</v>
+      </c>
+      <c r="W16" s="195">
+        <v>8.8566108007448796E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="448"/>
+      <c r="B17" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="25">
+        <v>53425</v>
+      </c>
+      <c r="D17" s="25">
+        <v>56908</v>
+      </c>
+      <c r="E17" s="223">
+        <v>57486</v>
+      </c>
+      <c r="F17" s="225">
+        <v>60145</v>
+      </c>
+      <c r="G17" s="223">
+        <v>61904</v>
+      </c>
+      <c r="H17" s="241">
+        <v>63331</v>
+      </c>
+      <c r="I17" s="225">
+        <v>64247</v>
+      </c>
+      <c r="J17" s="264">
+        <v>65265</v>
+      </c>
+      <c r="K17" s="282">
+        <v>65973</v>
+      </c>
+      <c r="L17" s="282">
+        <v>66374</v>
+      </c>
+      <c r="M17" s="282">
+        <v>67625</v>
+      </c>
+      <c r="N17" s="282">
+        <v>68677</v>
+      </c>
+      <c r="O17" s="237">
+        <v>69815</v>
+      </c>
+      <c r="P17" s="157">
+        <v>4061</v>
+      </c>
+      <c r="Q17" s="155">
+        <v>7.601310248011231E-2</v>
+      </c>
+      <c r="R17" s="157">
+        <v>3186</v>
+      </c>
+      <c r="S17" s="155">
+        <v>5.2971984371103169E-2</v>
+      </c>
+      <c r="T17" s="157">
+        <v>5765</v>
+      </c>
+      <c r="U17" s="155">
+        <v>0.10028528685245103</v>
+      </c>
+      <c r="V17" s="157">
+        <v>3842</v>
+      </c>
+      <c r="W17" s="196">
+        <v>5.8235945007806225E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:23" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="286"/>
+      <c r="B18" s="265"/>
+      <c r="C18" s="287"/>
+      <c r="D18" s="287"/>
+      <c r="E18" s="287"/>
+      <c r="F18" s="287"/>
+      <c r="G18" s="287"/>
+      <c r="H18" s="287"/>
+      <c r="I18" s="287"/>
+      <c r="J18" s="287"/>
+      <c r="K18" s="288"/>
+      <c r="L18" s="288"/>
+      <c r="M18" s="288"/>
+      <c r="N18" s="288"/>
+      <c r="O18" s="291"/>
+      <c r="P18" s="289"/>
+      <c r="Q18" s="290"/>
+      <c r="R18" s="289"/>
+      <c r="S18" s="290"/>
+      <c r="T18" s="290"/>
+      <c r="U18" s="290"/>
+      <c r="V18" s="289"/>
+      <c r="W18" s="290"/>
+    </row>
+    <row r="19" spans="1:23" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="432" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" s="433"/>
+      <c r="C19" s="433"/>
+      <c r="D19" s="433"/>
+      <c r="E19" s="433"/>
+      <c r="F19" s="433"/>
+      <c r="G19" s="433"/>
+      <c r="H19" s="433"/>
+      <c r="I19" s="433"/>
+      <c r="J19" s="433"/>
+      <c r="K19" s="433"/>
+      <c r="L19" s="433"/>
+      <c r="M19" s="433"/>
+      <c r="N19" s="433"/>
+      <c r="O19" s="433"/>
+      <c r="P19" s="433"/>
+      <c r="Q19" s="433"/>
+      <c r="R19" s="433"/>
+      <c r="S19" s="433"/>
+      <c r="T19" s="433"/>
+      <c r="U19" s="433"/>
+      <c r="V19" s="433"/>
+      <c r="W19" s="433"/>
+    </row>
+    <row r="20" spans="1:23" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="432" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" s="433"/>
+      <c r="C20" s="433"/>
+      <c r="D20" s="433"/>
+      <c r="E20" s="433"/>
+      <c r="F20" s="433"/>
+      <c r="G20" s="433"/>
+      <c r="H20" s="433"/>
+      <c r="I20" s="433"/>
+      <c r="J20" s="433"/>
+      <c r="K20" s="433"/>
+      <c r="L20" s="433"/>
+      <c r="M20" s="433"/>
+      <c r="N20" s="433"/>
+      <c r="O20" s="433"/>
+      <c r="P20" s="433"/>
+      <c r="Q20" s="433"/>
+      <c r="R20" s="433"/>
+      <c r="S20" s="433"/>
+      <c r="T20" s="433"/>
+      <c r="U20" s="433"/>
+      <c r="V20" s="433"/>
+      <c r="W20" s="433"/>
+    </row>
+    <row r="21" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="432" t="s">
         <v>85</v>
       </c>
-      <c r="N6" s="395"/>
-[...486 lines deleted...]
-      <c r="A17" s="2" t="s">
+      <c r="B21" s="432"/>
+      <c r="C21" s="432"/>
+      <c r="D21" s="432"/>
+      <c r="E21" s="432"/>
+      <c r="F21" s="432"/>
+      <c r="G21" s="432"/>
+      <c r="H21" s="432"/>
+      <c r="I21" s="432"/>
+      <c r="J21" s="432"/>
+      <c r="K21" s="432"/>
+      <c r="L21" s="432"/>
+      <c r="M21" s="432"/>
+      <c r="N21" s="432"/>
+      <c r="O21" s="432"/>
+      <c r="P21" s="432"/>
+      <c r="Q21" s="432"/>
+      <c r="R21" s="432"/>
+      <c r="S21" s="432"/>
+      <c r="T21" s="432"/>
+      <c r="U21" s="432"/>
+      <c r="V21" s="432"/>
+      <c r="W21" s="432"/>
+    </row>
+    <row r="22" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B17" s="13"/>
-[...20 lines deleted...]
-      <c r="A18" s="3" t="s">
+      <c r="B22" s="10"/>
+      <c r="C22" s="10"/>
+      <c r="D22" s="10"/>
+      <c r="E22" s="10"/>
+      <c r="F22" s="10"/>
+      <c r="G22" s="10"/>
+      <c r="H22" s="10"/>
+      <c r="I22" s="10"/>
+      <c r="J22" s="10"/>
+      <c r="K22" s="10"/>
+      <c r="L22" s="10"/>
+      <c r="M22" s="10"/>
+      <c r="N22" s="10"/>
+      <c r="O22" s="10"/>
+      <c r="P22" s="10"/>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="10"/>
+      <c r="S22" s="10"/>
+      <c r="T22" s="10"/>
+      <c r="U22" s="10"/>
+      <c r="V22" s="28"/>
+      <c r="W22" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="4"/>
-[...15 lines deleted...]
-      <c r="R18" s="33"/>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+      <c r="R23" s="3"/>
+      <c r="S23" s="3"/>
+      <c r="T23" s="3"/>
+      <c r="U23" s="3"/>
+      <c r="V23" s="29"/>
+      <c r="W23" s="29"/>
     </row>
   </sheetData>
-  <mergeCells count="20">
-    <mergeCell ref="E6:E7"/>
+  <mergeCells count="28">
+    <mergeCell ref="A21:W21"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="M6:M7"/>
+    <mergeCell ref="N6:N7"/>
+    <mergeCell ref="O6:O7"/>
+    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="A10:A11"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="K6:K7"/>
     <mergeCell ref="F6:F7"/>
-    <mergeCell ref="A10:A11"/>
-[...5 lines deleted...]
-    <mergeCell ref="A16:R16"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="T8:U13"/>
+    <mergeCell ref="A4:W4"/>
+    <mergeCell ref="A20:W20"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A12:A13"/>
-    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="V6:W6"/>
     <mergeCell ref="A6:B7"/>
-    <mergeCell ref="M6:N6"/>
-[...1 lines deleted...]
-    <mergeCell ref="Q6:R6"/>
+    <mergeCell ref="R6:S6"/>
     <mergeCell ref="I6:I7"/>
-    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="J6:J7"/>
+    <mergeCell ref="A16:A17"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="A19:W19"/>
+    <mergeCell ref="L6:L7"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="95" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M30"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:AG36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:M4"/>
+      <selection activeCell="A4" sqref="A4:N4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.54296875" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="14" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="25.54296875" style="4" customWidth="1"/>
+    <col min="2" max="7" width="5.453125" style="4" customWidth="1"/>
+    <col min="8" max="9" width="5" style="4" customWidth="1"/>
+    <col min="10" max="10" width="4.54296875" style="4" customWidth="1"/>
+    <col min="11" max="11" width="5.54296875" style="4" customWidth="1"/>
+    <col min="12" max="12" width="8.453125" style="4" customWidth="1"/>
+    <col min="13" max="13" width="7.54296875" style="4" customWidth="1"/>
+    <col min="14" max="14" width="4.453125" style="4" customWidth="1"/>
+    <col min="15" max="33" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:33" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="6"/>
+      <c r="O1" s="5"/>
+      <c r="P1" s="5"/>
+      <c r="Q1" s="5"/>
+      <c r="R1" s="5"/>
+      <c r="S1" s="5"/>
+      <c r="T1" s="5"/>
+      <c r="U1" s="5"/>
+      <c r="V1" s="5"/>
+      <c r="W1" s="5"/>
+      <c r="X1" s="5"/>
+      <c r="Y1" s="5"/>
+      <c r="Z1" s="5"/>
+      <c r="AA1" s="5"/>
+      <c r="AB1" s="5"/>
+      <c r="AC1" s="5"/>
+      <c r="AD1" s="5"/>
+      <c r="AE1" s="5"/>
+      <c r="AF1" s="5"/>
+      <c r="AG1" s="5"/>
+    </row>
+    <row r="2" spans="1:33" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...63 lines deleted...]
-      <c r="B6" s="426" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+    </row>
+    <row r="3" spans="1:33" ht="9.65" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="5"/>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
+      <c r="S3" s="5"/>
+      <c r="T3" s="5"/>
+      <c r="U3" s="5"/>
+      <c r="V3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="X3" s="5"/>
+      <c r="Y3" s="5"/>
+      <c r="Z3" s="5"/>
+      <c r="AA3" s="5"/>
+      <c r="AB3" s="5"/>
+      <c r="AC3" s="5"/>
+      <c r="AD3" s="5"/>
+      <c r="AE3" s="5"/>
+      <c r="AF3" s="5"/>
+      <c r="AG3" s="5"/>
+    </row>
+    <row r="4" spans="1:33" ht="22.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="467" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" s="467"/>
+      <c r="C4" s="467"/>
+      <c r="D4" s="467"/>
+      <c r="E4" s="467"/>
+      <c r="F4" s="467"/>
+      <c r="G4" s="467"/>
+      <c r="H4" s="467"/>
+      <c r="I4" s="467"/>
+      <c r="J4" s="467"/>
+      <c r="K4" s="467"/>
+      <c r="L4" s="467"/>
+      <c r="M4" s="467"/>
+      <c r="N4" s="467"/>
+    </row>
+    <row r="5" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="259"/>
+      <c r="B5" s="260"/>
+      <c r="C5" s="260"/>
+      <c r="D5" s="260"/>
+      <c r="E5" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F5" s="260"/>
+      <c r="G5" s="273"/>
+      <c r="H5" s="260"/>
+      <c r="I5" s="275"/>
+      <c r="J5" s="104"/>
+      <c r="K5" s="104"/>
+      <c r="L5" s="104"/>
+      <c r="M5" s="104"/>
+      <c r="N5" s="104"/>
+    </row>
+    <row r="6" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="262"/>
+      <c r="B6" s="468" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="427"/>
-[...13 lines deleted...]
-      <c r="B7" s="83">
+      <c r="C6" s="469"/>
+      <c r="D6" s="469"/>
+      <c r="E6" s="469"/>
+      <c r="F6" s="469"/>
+      <c r="G6" s="469"/>
+      <c r="H6" s="469"/>
+      <c r="I6" s="104"/>
+      <c r="J6" s="104"/>
+      <c r="K6" s="104"/>
+      <c r="L6" s="104"/>
+      <c r="M6" s="104"/>
+      <c r="N6" s="104"/>
+    </row>
+    <row r="7" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="258"/>
+      <c r="B7" s="74">
         <v>2000</v>
       </c>
-      <c r="C7" s="83">
+      <c r="C7" s="74">
         <v>2005</v>
       </c>
-      <c r="D7" s="83">
+      <c r="D7" s="150">
         <v>2010</v>
       </c>
-      <c r="E7" s="187">
+      <c r="E7" s="253">
+        <v>2011</v>
+      </c>
+      <c r="F7" s="151">
         <v>2015</v>
       </c>
-      <c r="F7" s="342">
+      <c r="G7" s="253">
         <v>2018</v>
       </c>
-      <c r="G7" s="105">
+      <c r="H7" s="150">
         <v>2020</v>
       </c>
-      <c r="H7" s="125"/>
-[...10 lines deleted...]
-      <c r="B8" s="85">
+      <c r="I7" s="88">
+        <v>2024</v>
+      </c>
+      <c r="J7" s="104"/>
+      <c r="K7" s="104"/>
+      <c r="L7" s="104"/>
+      <c r="M7" s="104"/>
+      <c r="N7" s="104"/>
+    </row>
+    <row r="8" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="113">
         <v>0.11645072634471927</v>
       </c>
-      <c r="C8" s="85">
+      <c r="C8" s="113">
         <v>0.13589776034417309</v>
       </c>
-      <c r="D8" s="85">
+      <c r="D8" s="114">
         <v>0.16639899623588456</v>
       </c>
-      <c r="E8" s="195">
+      <c r="E8" s="378">
+        <v>0.16657750605018468</v>
+      </c>
+      <c r="F8" s="379">
         <v>0.16818873668188736</v>
       </c>
-      <c r="F8" s="343">
+      <c r="G8" s="378">
         <v>0.15823886354014771</v>
       </c>
-      <c r="G8" s="221">
+      <c r="H8" s="114">
         <v>0.15228081307076979</v>
       </c>
-      <c r="H8" s="125"/>
-[...7 lines deleted...]
-      <c r="A9" s="42" t="s">
+      <c r="I8" s="380">
+        <v>0.15181518151815182</v>
+      </c>
+      <c r="J8" s="104"/>
+      <c r="K8" s="104"/>
+      <c r="L8" s="104"/>
+      <c r="M8" s="104"/>
+      <c r="N8" s="104"/>
+    </row>
+    <row r="9" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="110">
+        <v>0.1216018482864844</v>
+      </c>
+      <c r="C9" s="110">
+        <v>0.14783839423571796</v>
+      </c>
+      <c r="D9" s="112">
+        <v>0.18433381223062029</v>
+      </c>
+      <c r="E9" s="381">
+        <v>0.17970797454137027</v>
+      </c>
+      <c r="F9" s="367">
+        <v>0.18173896807120185</v>
+      </c>
+      <c r="G9" s="381">
+        <v>0.18807311592882736</v>
+      </c>
+      <c r="H9" s="112">
+        <v>0.19190228174603174</v>
+      </c>
+      <c r="I9" s="382">
+        <v>0.18778898111525821</v>
+      </c>
+      <c r="J9" s="104"/>
+      <c r="K9" s="104"/>
+      <c r="L9" s="104"/>
+      <c r="M9" s="104"/>
+      <c r="N9" s="104"/>
+    </row>
+    <row r="10" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="88">
-[...28 lines deleted...]
-      <c r="B10" s="90">
+      <c r="B10" s="110">
         <v>0.17617148554336989</v>
       </c>
-      <c r="C10" s="90">
+      <c r="C10" s="110">
         <v>0.18337051656083747</v>
       </c>
-      <c r="D10" s="90">
+      <c r="D10" s="112">
         <v>0.19021817656408033</v>
       </c>
-      <c r="E10" s="127">
+      <c r="E10" s="381">
+        <v>0.18277310924369747</v>
+      </c>
+      <c r="F10" s="367">
         <v>0.19333992746455655</v>
       </c>
-      <c r="F10" s="345">
+      <c r="G10" s="381">
         <v>0.21161398313268526</v>
       </c>
-      <c r="G10" s="223">
+      <c r="H10" s="112">
         <v>0.21000370050573577</v>
       </c>
-      <c r="H10" s="125"/>
-[...7 lines deleted...]
-      <c r="A11" s="380" t="s">
+      <c r="I10" s="382">
+        <v>0.23359314571309572</v>
+      </c>
+      <c r="J10" s="104"/>
+      <c r="K10" s="104"/>
+      <c r="L10" s="104"/>
+      <c r="M10" s="104"/>
+      <c r="N10" s="104"/>
+    </row>
+    <row r="11" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="366" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" s="383"/>
+      <c r="C11" s="383"/>
+      <c r="D11" s="384"/>
+      <c r="E11" s="385">
+        <v>7.6025459688826028E-2</v>
+      </c>
+      <c r="F11" s="386">
+        <v>6.0142348754448398E-2</v>
+      </c>
+      <c r="G11" s="385">
+        <v>6.020509427720807E-2</v>
+      </c>
+      <c r="H11" s="116">
+        <v>7.0037581141100105E-2</v>
+      </c>
+      <c r="I11" s="387">
+        <v>6.910569105691057E-2</v>
+      </c>
+      <c r="J11" s="104"/>
+      <c r="K11" s="104"/>
+      <c r="L11" s="104"/>
+      <c r="M11" s="104"/>
+      <c r="N11" s="104"/>
+    </row>
+    <row r="12" spans="1:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="373" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="90">
+      <c r="B12" s="115">
         <v>0.12732767069585102</v>
       </c>
-      <c r="C11" s="90">
+      <c r="C12" s="115">
         <v>0.14697285386656275</v>
       </c>
-      <c r="D11" s="90">
+      <c r="D12" s="116">
         <v>0.17524856171360526</v>
       </c>
-      <c r="E11" s="127">
-[...51 lines deleted...]
-      <c r="B14" s="112">
+      <c r="E12" s="385">
+        <v>0.16914172042713671</v>
+      </c>
+      <c r="F12" s="386">
+        <v>0.17214079383759495</v>
+      </c>
+      <c r="G12" s="385">
+        <v>0.17144478404972854</v>
+      </c>
+      <c r="H12" s="116">
+        <v>0.1690848635985793</v>
+      </c>
+      <c r="I12" s="387">
+        <v>0.17309218396522522</v>
+      </c>
+      <c r="J12" s="104"/>
+      <c r="K12" s="104"/>
+      <c r="L12" s="104"/>
+      <c r="M12" s="104"/>
+      <c r="N12" s="104"/>
+    </row>
+    <row r="13" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="135"/>
+      <c r="B13" s="313"/>
+      <c r="C13" s="313"/>
+      <c r="D13" s="313"/>
+      <c r="E13" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="313"/>
+      <c r="G13" s="273"/>
+      <c r="H13" s="104"/>
+      <c r="I13" s="314"/>
+      <c r="J13" s="139"/>
+      <c r="K13" s="139"/>
+      <c r="L13" s="139"/>
+      <c r="M13" s="139"/>
+      <c r="N13" s="139"/>
+    </row>
+    <row r="14" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="471"/>
+      <c r="B14" s="468" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="469"/>
+      <c r="D14" s="469"/>
+      <c r="E14" s="469"/>
+      <c r="F14" s="469"/>
+      <c r="G14" s="469"/>
+      <c r="H14" s="469"/>
+      <c r="I14" s="104"/>
+      <c r="J14" s="104"/>
+      <c r="K14" s="104"/>
+      <c r="L14" s="104"/>
+      <c r="M14" s="104"/>
+      <c r="N14" s="104"/>
+    </row>
+    <row r="15" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="472"/>
+      <c r="B15" s="92">
         <v>2000</v>
       </c>
-      <c r="C14" s="112">
+      <c r="C15" s="92">
         <v>2005</v>
       </c>
-      <c r="D14" s="112">
+      <c r="D15" s="228">
         <v>2010</v>
       </c>
-      <c r="E14" s="194">
+      <c r="E15" s="253">
+        <v>2011</v>
+      </c>
+      <c r="F15" s="158">
         <v>2015</v>
       </c>
-      <c r="F14" s="346">
+      <c r="G15" s="254">
         <v>2018</v>
       </c>
-      <c r="G14" s="302">
+      <c r="H15" s="315">
         <v>2020</v>
       </c>
-      <c r="H14" s="176"/>
-[...10 lines deleted...]
-      <c r="B15" s="113">
+      <c r="I15" s="233">
+        <v>2024</v>
+      </c>
+      <c r="J15" s="140"/>
+      <c r="K15" s="140"/>
+      <c r="L15" s="140"/>
+      <c r="M15" s="140"/>
+      <c r="N15" s="140"/>
+    </row>
+    <row r="16" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="95" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="93">
         <v>38205</v>
       </c>
-      <c r="C15" s="113">
+      <c r="C16" s="93">
         <v>39515</v>
       </c>
-      <c r="D15" s="113">
+      <c r="D16" s="99">
         <v>39850</v>
       </c>
-      <c r="E15" s="120">
+      <c r="E16" s="255">
+        <v>39255</v>
+      </c>
+      <c r="F16" s="99">
         <v>40734</v>
       </c>
-      <c r="F15" s="347">
+      <c r="G16" s="255">
         <v>42518</v>
       </c>
-      <c r="G15" s="215">
+      <c r="H16" s="99">
         <v>44129</v>
       </c>
-      <c r="H15" s="176"/>
-[...7 lines deleted...]
-      <c r="A16" s="41" t="s">
+      <c r="I16" s="173">
+        <v>46965</v>
+      </c>
+      <c r="J16" s="140"/>
+      <c r="K16" s="140"/>
+      <c r="L16" s="140"/>
+      <c r="M16" s="140"/>
+      <c r="N16" s="140"/>
+    </row>
+    <row r="17" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="177">
+      <c r="B17" s="141">
         <v>4449</v>
       </c>
-      <c r="C16" s="177">
+      <c r="C17" s="141">
         <v>5370</v>
       </c>
-      <c r="D16" s="177">
+      <c r="D17" s="307">
         <v>6631</v>
       </c>
-      <c r="E16" s="289">
+      <c r="E17" s="256">
+        <v>6539</v>
+      </c>
+      <c r="F17" s="227">
         <v>6851</v>
       </c>
-      <c r="F16" s="348">
+      <c r="G17" s="256">
         <v>6728</v>
       </c>
-      <c r="G16" s="303">
+      <c r="H17" s="227">
         <v>6720</v>
       </c>
-      <c r="H16" s="176"/>
-[...7 lines deleted...]
-      <c r="A17" s="116" t="s">
+      <c r="I17" s="234">
+        <v>7130</v>
+      </c>
+      <c r="J17" s="140"/>
+      <c r="K17" s="140"/>
+      <c r="L17" s="140"/>
+      <c r="M17" s="140"/>
+      <c r="N17" s="140"/>
+    </row>
+    <row r="18" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="96" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="114">
+      <c r="B18" s="94">
         <v>33756</v>
       </c>
-      <c r="C17" s="114">
+      <c r="C18" s="94">
         <v>34145</v>
       </c>
-      <c r="D17" s="114">
+      <c r="D18" s="89">
         <v>33219</v>
       </c>
-      <c r="E17" s="106">
+      <c r="E18" s="308">
+        <v>32716</v>
+      </c>
+      <c r="F18" s="89">
         <v>33883</v>
       </c>
-      <c r="F17" s="348">
+      <c r="G18" s="256">
         <v>35790</v>
       </c>
-      <c r="G17" s="303">
+      <c r="H18" s="227">
         <v>37409</v>
       </c>
-      <c r="H17" s="176"/>
-[...7 lines deleted...]
-      <c r="A18" s="115" t="s">
+      <c r="I18" s="234">
+        <v>39835</v>
+      </c>
+      <c r="J18" s="140"/>
+      <c r="K18" s="140"/>
+      <c r="L18" s="140"/>
+      <c r="M18" s="140"/>
+      <c r="N18" s="140"/>
+    </row>
+    <row r="19" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="93">
+        <v>12985</v>
+      </c>
+      <c r="C19" s="93">
+        <v>15544</v>
+      </c>
+      <c r="D19" s="99">
+        <v>16009</v>
+      </c>
+      <c r="E19" s="255">
+        <v>16026</v>
+      </c>
+      <c r="F19" s="99">
+        <v>16067</v>
+      </c>
+      <c r="G19" s="255">
+        <v>16467</v>
+      </c>
+      <c r="H19" s="99">
+        <v>16128</v>
+      </c>
+      <c r="I19" s="173">
+        <v>17951</v>
+      </c>
+      <c r="J19" s="140"/>
+      <c r="K19" s="140"/>
+      <c r="L19" s="140"/>
+      <c r="M19" s="140"/>
+      <c r="N19" s="140"/>
+    </row>
+    <row r="20" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="37" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="53">
+        <v>1579</v>
+      </c>
+      <c r="C20" s="53">
+        <v>2298</v>
+      </c>
+      <c r="D20" s="62">
+        <v>2951</v>
+      </c>
+      <c r="E20" s="309">
+        <v>2880</v>
+      </c>
+      <c r="F20" s="62">
+        <v>2920</v>
+      </c>
+      <c r="G20" s="256">
+        <v>3097</v>
+      </c>
+      <c r="H20" s="227">
+        <v>3095</v>
+      </c>
+      <c r="I20" s="234">
+        <v>3371</v>
+      </c>
+      <c r="J20" s="140"/>
+      <c r="K20" s="140"/>
+      <c r="L20" s="140"/>
+      <c r="M20" s="140"/>
+      <c r="N20" s="140"/>
+    </row>
+    <row r="21" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="96" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" s="94">
+        <v>11406</v>
+      </c>
+      <c r="C21" s="94">
+        <v>13246</v>
+      </c>
+      <c r="D21" s="89">
+        <v>13058</v>
+      </c>
+      <c r="E21" s="308">
+        <v>13146</v>
+      </c>
+      <c r="F21" s="89">
+        <v>13147</v>
+      </c>
+      <c r="G21" s="256">
+        <v>13370</v>
+      </c>
+      <c r="H21" s="227">
+        <v>13033</v>
+      </c>
+      <c r="I21" s="234">
+        <v>14580</v>
+      </c>
+      <c r="J21" s="140"/>
+      <c r="K21" s="140"/>
+      <c r="L21" s="140"/>
+      <c r="M21" s="140"/>
+      <c r="N21" s="140"/>
+    </row>
+    <row r="22" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="95" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="113">
-[...25 lines deleted...]
-      <c r="A19" s="41" t="s">
+      <c r="B22" s="93">
+        <v>10030</v>
+      </c>
+      <c r="C22" s="93">
+        <v>11654</v>
+      </c>
+      <c r="D22" s="99">
+        <v>13842</v>
+      </c>
+      <c r="E22" s="255">
+        <v>14280</v>
+      </c>
+      <c r="F22" s="99">
+        <v>15165</v>
+      </c>
+      <c r="G22" s="255">
+        <v>15533</v>
+      </c>
+      <c r="H22" s="99">
+        <v>16214</v>
+      </c>
+      <c r="I22" s="173">
+        <v>16807</v>
+      </c>
+      <c r="J22" s="140"/>
+      <c r="K22" s="140"/>
+      <c r="L22" s="140"/>
+      <c r="M22" s="140"/>
+      <c r="N22" s="140"/>
+    </row>
+    <row r="23" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B19" s="57">
-[...25 lines deleted...]
-      <c r="A20" s="116" t="s">
+      <c r="B23" s="53">
+        <v>1767</v>
+      </c>
+      <c r="C23" s="53">
+        <v>2137</v>
+      </c>
+      <c r="D23" s="62">
+        <v>2633</v>
+      </c>
+      <c r="E23" s="309">
+        <v>2610</v>
+      </c>
+      <c r="F23" s="62">
+        <v>2932</v>
+      </c>
+      <c r="G23" s="256">
+        <v>3287</v>
+      </c>
+      <c r="H23" s="227">
+        <v>3405</v>
+      </c>
+      <c r="I23" s="234">
+        <v>3926</v>
+      </c>
+      <c r="J23" s="140"/>
+      <c r="K23" s="140"/>
+      <c r="L23" s="140"/>
+      <c r="M23" s="140"/>
+      <c r="N23" s="140"/>
+    </row>
+    <row r="24" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="96" t="s">
         <v>8</v>
       </c>
-      <c r="B20" s="114">
-[...54 lines deleted...]
-      <c r="A22" s="41" t="s">
+      <c r="B24" s="94">
+        <v>8263</v>
+      </c>
+      <c r="C24" s="94">
+        <v>9517</v>
+      </c>
+      <c r="D24" s="89">
+        <v>11209</v>
+      </c>
+      <c r="E24" s="308">
+        <v>11670</v>
+      </c>
+      <c r="F24" s="89">
+        <v>12233</v>
+      </c>
+      <c r="G24" s="257">
+        <v>12246</v>
+      </c>
+      <c r="H24" s="316">
+        <v>12809</v>
+      </c>
+      <c r="I24" s="235">
+        <v>12881</v>
+      </c>
+      <c r="J24" s="140"/>
+      <c r="K24" s="140"/>
+      <c r="L24" s="140"/>
+      <c r="M24" s="140"/>
+      <c r="N24" s="140"/>
+    </row>
+    <row r="25" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="103" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="311"/>
+      <c r="C25" s="311"/>
+      <c r="D25" s="312"/>
+      <c r="E25" s="310">
+        <v>2828</v>
+      </c>
+      <c r="F25" s="317">
+        <v>2810</v>
+      </c>
+      <c r="G25" s="318">
+        <v>3023</v>
+      </c>
+      <c r="H25" s="319">
+        <v>2927</v>
+      </c>
+      <c r="I25" s="320">
+        <v>2706</v>
+      </c>
+      <c r="J25" s="140"/>
+      <c r="K25" s="140"/>
+      <c r="L25" s="140"/>
+      <c r="M25" s="140"/>
+      <c r="N25" s="140"/>
+    </row>
+    <row r="26" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="57">
-[...25 lines deleted...]
-      <c r="A23" s="116" t="s">
+      <c r="B26" s="311"/>
+      <c r="C26" s="311"/>
+      <c r="D26" s="312"/>
+      <c r="E26" s="309">
+        <v>215</v>
+      </c>
+      <c r="F26" s="62">
+        <v>169</v>
+      </c>
+      <c r="G26" s="256">
+        <v>182</v>
+      </c>
+      <c r="H26" s="227">
+        <v>205</v>
+      </c>
+      <c r="I26" s="234">
+        <v>187</v>
+      </c>
+      <c r="J26" s="140"/>
+      <c r="K26" s="140"/>
+      <c r="L26" s="140"/>
+      <c r="M26" s="140"/>
+      <c r="N26" s="140"/>
+    </row>
+    <row r="27" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="37" t="s">
         <v>8</v>
       </c>
-      <c r="B23" s="114">
-[...25 lines deleted...]
-      <c r="A24" s="110" t="s">
+      <c r="B27" s="311"/>
+      <c r="C27" s="311"/>
+      <c r="D27" s="312"/>
+      <c r="E27" s="309">
+        <v>2613</v>
+      </c>
+      <c r="F27" s="62">
+        <v>2641</v>
+      </c>
+      <c r="G27" s="256">
+        <v>2841</v>
+      </c>
+      <c r="H27" s="227">
+        <v>2722</v>
+      </c>
+      <c r="I27" s="234">
+        <v>2519</v>
+      </c>
+      <c r="J27" s="140"/>
+      <c r="K27" s="140"/>
+      <c r="L27" s="140"/>
+      <c r="M27" s="140"/>
+      <c r="N27" s="140"/>
+    </row>
+    <row r="28" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="374" t="s">
         <v>0</v>
       </c>
-      <c r="B24" s="113">
+      <c r="B28" s="93">
         <v>61220</v>
       </c>
-      <c r="C24" s="113">
+      <c r="C28" s="93">
         <v>66713</v>
       </c>
-      <c r="D24" s="113">
+      <c r="D28" s="99">
         <v>69701</v>
       </c>
-      <c r="E24" s="120">
-[...16 lines deleted...]
-      <c r="A25" s="41" t="s">
+      <c r="E28" s="255">
+        <v>72389</v>
+      </c>
+      <c r="F28" s="99">
+        <v>74776</v>
+      </c>
+      <c r="G28" s="255">
+        <v>77541</v>
+      </c>
+      <c r="H28" s="99">
+        <v>79398</v>
+      </c>
+      <c r="I28" s="173">
+        <v>84429</v>
+      </c>
+      <c r="J28" s="28"/>
+      <c r="K28" s="28"/>
+      <c r="L28" s="28"/>
+      <c r="M28" s="28"/>
+      <c r="N28" s="28"/>
+    </row>
+    <row r="29" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="57">
+      <c r="B29" s="53">
         <v>7795</v>
       </c>
-      <c r="C25" s="57">
+      <c r="C29" s="53">
         <v>9805</v>
       </c>
-      <c r="D25" s="57">
+      <c r="D29" s="62">
         <v>12215</v>
       </c>
-      <c r="E25" s="66">
-[...16 lines deleted...]
-      <c r="A26" s="116" t="s">
+      <c r="E29" s="309">
+        <v>12244</v>
+      </c>
+      <c r="F29" s="62">
+        <v>12872</v>
+      </c>
+      <c r="G29" s="256">
+        <v>13294</v>
+      </c>
+      <c r="H29" s="227">
+        <v>13425</v>
+      </c>
+      <c r="I29" s="234">
+        <v>14614</v>
+      </c>
+      <c r="J29" s="104"/>
+      <c r="K29" s="104"/>
+      <c r="L29" s="104"/>
+      <c r="M29" s="28"/>
+      <c r="N29" s="28"/>
+    </row>
+    <row r="30" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="96" t="s">
         <v>8</v>
       </c>
-      <c r="B26" s="114">
+      <c r="B30" s="94">
         <v>53425</v>
       </c>
-      <c r="C26" s="114">
+      <c r="C30" s="94">
         <v>56908</v>
       </c>
-      <c r="D26" s="114">
+      <c r="D30" s="89">
         <v>57486</v>
       </c>
-      <c r="E26" s="106">
-[...50 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="E30" s="308">
+        <v>60145</v>
+      </c>
+      <c r="F30" s="89">
+        <v>61904</v>
+      </c>
+      <c r="G30" s="257">
+        <v>64247</v>
+      </c>
+      <c r="H30" s="316">
+        <v>65973</v>
+      </c>
+      <c r="I30" s="235">
+        <v>69815</v>
+      </c>
+      <c r="J30" s="104"/>
+      <c r="K30" s="104"/>
+      <c r="L30" s="104"/>
+      <c r="M30" s="104"/>
+      <c r="N30" s="104"/>
+    </row>
+    <row r="31" spans="1:33" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="470" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" s="470"/>
+      <c r="C31" s="470"/>
+      <c r="D31" s="470"/>
+      <c r="E31" s="470"/>
+      <c r="F31" s="470"/>
+      <c r="G31" s="470"/>
+      <c r="H31" s="470"/>
+      <c r="I31" s="470"/>
+      <c r="J31" s="470"/>
+      <c r="K31" s="470"/>
+      <c r="L31" s="470"/>
+      <c r="M31" s="470"/>
+      <c r="N31" s="470"/>
+      <c r="O31"/>
+      <c r="P31"/>
+      <c r="Q31"/>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
+      <c r="U31"/>
+      <c r="V31"/>
+      <c r="W31"/>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31"/>
+      <c r="AA31"/>
+      <c r="AB31"/>
+      <c r="AC31"/>
+      <c r="AD31"/>
+      <c r="AE31"/>
+      <c r="AF31"/>
+      <c r="AG31"/>
+    </row>
+    <row r="32" spans="1:33" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="432" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="432"/>
+      <c r="C32" s="432"/>
+      <c r="D32" s="432"/>
+      <c r="E32" s="432"/>
+      <c r="F32" s="432"/>
+      <c r="G32" s="432"/>
+      <c r="H32" s="432"/>
+      <c r="I32" s="432"/>
+      <c r="J32" s="432"/>
+      <c r="K32" s="432"/>
+      <c r="L32" s="432"/>
+      <c r="M32" s="432"/>
+      <c r="N32" s="432"/>
+      <c r="O32"/>
+      <c r="P32"/>
+      <c r="Q32"/>
+      <c r="R32"/>
+      <c r="S32"/>
+      <c r="T32"/>
+      <c r="U32"/>
+      <c r="V32"/>
+      <c r="W32"/>
+      <c r="X32"/>
+      <c r="Y32"/>
+      <c r="Z32"/>
+      <c r="AA32"/>
+      <c r="AB32"/>
+      <c r="AC32"/>
+      <c r="AD32"/>
+      <c r="AE32"/>
+      <c r="AF32"/>
+      <c r="AG32"/>
+    </row>
+    <row r="33" spans="1:33" ht="36.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="432" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" s="432"/>
+      <c r="C33" s="432"/>
+      <c r="D33" s="432"/>
+      <c r="E33" s="432"/>
+      <c r="F33" s="432"/>
+      <c r="G33" s="432"/>
+      <c r="H33" s="432"/>
+      <c r="I33" s="432"/>
+      <c r="J33" s="432"/>
+      <c r="K33" s="432"/>
+      <c r="L33" s="432"/>
+      <c r="M33" s="432"/>
+      <c r="N33" s="432"/>
+      <c r="O33"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33"/>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+      <c r="AA33"/>
+      <c r="AB33"/>
+      <c r="AC33"/>
+      <c r="AD33"/>
+      <c r="AE33"/>
+      <c r="AF33"/>
+      <c r="AG33"/>
+    </row>
+    <row r="34" spans="1:33" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="466" t="s">
+        <v>85</v>
+      </c>
+      <c r="B34" s="466"/>
+      <c r="C34" s="466"/>
+      <c r="D34" s="466"/>
+      <c r="E34" s="466"/>
+      <c r="F34" s="466"/>
+      <c r="G34" s="466"/>
+      <c r="H34" s="466"/>
+      <c r="I34" s="466"/>
+      <c r="J34" s="466"/>
+      <c r="K34" s="466"/>
+      <c r="L34" s="466"/>
+      <c r="M34" s="466"/>
+      <c r="N34" s="466"/>
+    </row>
+    <row r="35" spans="1:33" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B29" s="2"/>
-[...15 lines deleted...]
-      <c r="A30" s="3" t="s">
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="82"/>
+      <c r="N35" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="O35" s="64"/>
+      <c r="P35" s="64"/>
+      <c r="Q35" s="64"/>
+      <c r="R35" s="64"/>
+      <c r="S35" s="64"/>
+      <c r="T35" s="64"/>
+      <c r="U35" s="64"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="64"/>
+      <c r="Y35" s="64"/>
+      <c r="Z35" s="64"/>
+      <c r="AA35" s="64"/>
+      <c r="AB35" s="64"/>
+      <c r="AC35" s="64"/>
+      <c r="AD35" s="64"/>
+      <c r="AE35" s="64"/>
+      <c r="AF35" s="64"/>
+      <c r="AG35" s="64"/>
+    </row>
+    <row r="36" spans="1:33" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B30" s="4"/>
-[...10 lines deleted...]
-      <c r="M30" s="33"/>
+      <c r="B36" s="3"/>
+      <c r="C36" s="3"/>
+      <c r="D36" s="3"/>
+      <c r="E36" s="3"/>
+      <c r="F36" s="3"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="3"/>
+      <c r="I36" s="3"/>
+      <c r="J36" s="3"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="3"/>
+      <c r="M36" s="29"/>
+      <c r="N36" s="29"/>
+      <c r="O36" s="5"/>
+      <c r="P36" s="5"/>
+      <c r="Q36" s="5"/>
+      <c r="R36" s="5"/>
+      <c r="S36" s="5"/>
+      <c r="T36" s="5"/>
+      <c r="U36" s="5"/>
+      <c r="V36" s="5"/>
+      <c r="W36" s="5"/>
+      <c r="X36" s="5"/>
+      <c r="Y36" s="5"/>
+      <c r="Z36" s="5"/>
+      <c r="AA36" s="5"/>
+      <c r="AB36" s="5"/>
+      <c r="AC36" s="5"/>
+      <c r="AD36" s="5"/>
+      <c r="AE36" s="5"/>
+      <c r="AF36" s="5"/>
+      <c r="AG36" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...6 lines deleted...]
-    <mergeCell ref="A13:A14"/>
+  <mergeCells count="8">
+    <mergeCell ref="A34:N34"/>
+    <mergeCell ref="A4:N4"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="A31:N31"/>
+    <mergeCell ref="B14:H14"/>
+    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A33:N33"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:T48"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <dimension ref="A1:Z63"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:T4"/>
+      <selection activeCell="A4" sqref="A4:Z4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.81640625" style="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="21" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="27.453125" style="4" customWidth="1"/>
+    <col min="2" max="17" width="5.54296875" style="4" customWidth="1"/>
+    <col min="18" max="18" width="1.54296875" style="4" customWidth="1"/>
+    <col min="19" max="20" width="5.54296875" style="4" customWidth="1"/>
+    <col min="21" max="26" width="5.54296875" style="8" customWidth="1"/>
+    <col min="27" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:26" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="23"/>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="23"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="6"/>
+      <c r="U1" s="102"/>
+      <c r="V1" s="102"/>
+      <c r="W1" s="102"/>
+      <c r="X1" s="102"/>
+      <c r="Y1" s="102"/>
+      <c r="Z1" s="102"/>
+    </row>
+    <row r="2" spans="1:26" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="24"/>
+      <c r="Z2" s="24"/>
+    </row>
+    <row r="3" spans="1:26" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="102"/>
+      <c r="V3" s="102"/>
+      <c r="W3" s="102"/>
+      <c r="X3" s="102"/>
+      <c r="Y3" s="102"/>
+      <c r="Z3" s="102"/>
+    </row>
+    <row r="4" spans="1:26" ht="23.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="431" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" s="431"/>
+      <c r="C4" s="431"/>
+      <c r="D4" s="431"/>
+      <c r="E4" s="431"/>
+      <c r="F4" s="431"/>
+      <c r="G4" s="431"/>
+      <c r="H4" s="431"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="431"/>
+      <c r="K4" s="431"/>
+      <c r="L4" s="431"/>
+      <c r="M4" s="431"/>
+      <c r="N4" s="431"/>
+      <c r="O4" s="431"/>
+      <c r="P4" s="431"/>
+      <c r="Q4" s="431"/>
+      <c r="R4" s="431"/>
+      <c r="S4" s="431"/>
+      <c r="T4" s="431"/>
+      <c r="U4" s="431"/>
+      <c r="V4" s="431"/>
+      <c r="W4" s="431"/>
+      <c r="X4" s="431"/>
+      <c r="Y4" s="431"/>
+      <c r="Z4" s="431"/>
+    </row>
+    <row r="5" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="193"/>
+      <c r="B5" s="193"/>
+      <c r="C5" s="193"/>
+      <c r="D5" s="193"/>
+      <c r="E5" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="F5" s="193"/>
+      <c r="G5" s="226"/>
+      <c r="H5" s="211"/>
+      <c r="I5" s="274"/>
+      <c r="J5" s="193"/>
+      <c r="K5" s="193"/>
+      <c r="L5" s="193"/>
+      <c r="M5" s="274"/>
+      <c r="N5" s="193"/>
+      <c r="O5" s="193"/>
+      <c r="P5" s="211"/>
+      <c r="Q5" s="274"/>
+      <c r="R5" s="193"/>
+      <c r="S5" s="193"/>
+      <c r="T5" s="193"/>
+      <c r="U5" s="193"/>
+      <c r="V5" s="274"/>
+      <c r="W5" s="193"/>
+      <c r="X5" s="193"/>
+      <c r="Y5" s="274"/>
+      <c r="Z5" s="211"/>
+    </row>
+    <row r="6" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="473" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="468" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="469"/>
+      <c r="D6" s="469"/>
+      <c r="E6" s="469"/>
+      <c r="F6" s="469"/>
+      <c r="G6" s="469"/>
+      <c r="H6" s="469"/>
+      <c r="I6" s="377"/>
+      <c r="J6" s="468" t="s">
+        <v>13</v>
+      </c>
+      <c r="K6" s="469"/>
+      <c r="L6" s="469"/>
+      <c r="M6" s="469"/>
+      <c r="N6" s="469"/>
+      <c r="O6" s="469"/>
+      <c r="P6" s="469"/>
+      <c r="Q6" s="371"/>
+      <c r="R6" s="34"/>
+      <c r="S6" s="475" t="s">
+        <v>14</v>
+      </c>
+      <c r="T6" s="475"/>
+      <c r="U6" s="475"/>
+      <c r="V6" s="475"/>
+      <c r="W6" s="475"/>
+      <c r="X6" s="475"/>
+      <c r="Y6" s="475"/>
+      <c r="Z6" s="475"/>
+    </row>
+    <row r="7" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="474"/>
+      <c r="B7" s="92">
+        <v>2000</v>
+      </c>
+      <c r="C7" s="92">
+        <v>2005</v>
+      </c>
+      <c r="D7" s="228">
+        <v>2010</v>
+      </c>
+      <c r="E7" s="321">
+        <v>2011</v>
+      </c>
+      <c r="F7" s="228">
+        <v>2015</v>
+      </c>
+      <c r="G7" s="321">
+        <v>2018</v>
+      </c>
+      <c r="H7" s="331">
+        <v>2020</v>
+      </c>
+      <c r="I7" s="213">
+        <v>2024</v>
+      </c>
+      <c r="J7" s="129">
+        <v>2000</v>
+      </c>
+      <c r="K7" s="129">
+        <v>2005</v>
+      </c>
+      <c r="L7" s="217">
+        <v>2010</v>
+      </c>
+      <c r="M7" s="321">
+        <v>2011</v>
+      </c>
+      <c r="N7" s="217">
+        <v>2015</v>
+      </c>
+      <c r="O7" s="169">
+        <v>2018</v>
+      </c>
+      <c r="P7" s="74">
+        <v>2020</v>
+      </c>
+      <c r="Q7" s="88">
+        <v>2024</v>
+      </c>
+      <c r="R7" s="75"/>
+      <c r="S7" s="218">
+        <v>2000</v>
+      </c>
+      <c r="T7" s="129">
+        <v>2005</v>
+      </c>
+      <c r="U7" s="217">
+        <v>2010</v>
+      </c>
+      <c r="V7" s="321">
+        <v>2011</v>
+      </c>
+      <c r="W7" s="217">
+        <v>2015</v>
+      </c>
+      <c r="X7" s="321">
+        <v>2018</v>
+      </c>
+      <c r="Y7" s="151">
+        <v>2020</v>
+      </c>
+      <c r="Z7" s="88">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="95" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="113"/>
+      <c r="C8" s="113"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="378"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="378"/>
+      <c r="H8" s="388"/>
+      <c r="I8" s="389"/>
+      <c r="J8" s="113"/>
+      <c r="K8" s="113"/>
+      <c r="L8" s="114"/>
+      <c r="M8" s="378"/>
+      <c r="N8" s="114"/>
+      <c r="O8" s="112"/>
+      <c r="P8" s="110"/>
+      <c r="Q8" s="390"/>
+      <c r="R8" s="76"/>
+      <c r="S8" s="388"/>
+      <c r="T8" s="113"/>
+      <c r="U8" s="114"/>
+      <c r="V8" s="378"/>
+      <c r="W8" s="114"/>
+      <c r="X8" s="378"/>
+      <c r="Y8" s="367"/>
+      <c r="Z8" s="390"/>
+    </row>
+    <row r="9" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="110">
+        <v>0.39447066756574511</v>
+      </c>
+      <c r="C9" s="110">
+        <v>0.35679702048417133</v>
+      </c>
+      <c r="D9" s="112">
+        <v>0.31428140551952949</v>
+      </c>
+      <c r="E9" s="381">
+        <v>0.30815109343936381</v>
+      </c>
+      <c r="F9" s="112">
+        <v>0.29032258064516131</v>
+      </c>
+      <c r="G9" s="381">
+        <v>0.30692627824019025</v>
+      </c>
+      <c r="H9" s="391">
+        <v>0.3099702380952381</v>
+      </c>
+      <c r="I9" s="392">
+        <v>0.29396914446002803</v>
+      </c>
+      <c r="J9" s="110">
+        <v>0.6028854129636213</v>
+      </c>
+      <c r="K9" s="110">
+        <v>0.60143505637721484</v>
+      </c>
+      <c r="L9" s="112">
+        <v>0.62494355639844668</v>
+      </c>
+      <c r="M9" s="381">
+        <v>0.62743000366793011</v>
+      </c>
+      <c r="N9" s="112">
+        <v>0.6073547206563763</v>
+      </c>
+      <c r="O9" s="112">
+        <v>0.60477787091366308</v>
+      </c>
+      <c r="P9" s="110">
+        <v>0.6026357293699377</v>
+      </c>
+      <c r="Q9" s="382">
+        <v>0.57391740931341784</v>
+      </c>
+      <c r="R9" s="76"/>
+      <c r="S9" s="391">
+        <v>7.9390210802497058E-2</v>
+      </c>
+      <c r="T9" s="110">
+        <v>8.5337609121681812E-2</v>
+      </c>
+      <c r="U9" s="112">
+        <v>9.1227455787077569E-2</v>
+      </c>
+      <c r="V9" s="381">
+        <v>8.9388696655132646E-2</v>
+      </c>
+      <c r="W9" s="112">
+        <v>8.8133640552995385E-2</v>
+      </c>
+      <c r="X9" s="381">
+        <v>8.7094053142134115E-2</v>
+      </c>
+      <c r="Y9" s="367">
+        <v>8.4581962886263046E-2</v>
+      </c>
+      <c r="Z9" s="382">
+        <v>8.3981088228223422E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="110">
+        <v>0.58102944481906049</v>
+      </c>
+      <c r="C10" s="110">
+        <v>0.6361266294227188</v>
+      </c>
+      <c r="D10" s="112">
+        <v>0.6624943447443824</v>
+      </c>
+      <c r="E10" s="381">
+        <v>0.6638629759902126</v>
+      </c>
+      <c r="F10" s="112">
+        <v>0.64793460808641079</v>
+      </c>
+      <c r="G10" s="381">
+        <v>0.63436385255648042</v>
+      </c>
+      <c r="H10" s="391">
+        <v>0.65104166666666663</v>
+      </c>
+      <c r="I10" s="392">
+        <v>0.68302945301542772</v>
+      </c>
+      <c r="J10" s="110">
+        <v>0.39690721649484534</v>
+      </c>
+      <c r="K10" s="110">
+        <v>0.39850636989310295</v>
+      </c>
+      <c r="L10" s="112">
+        <v>0.3738824166892441</v>
+      </c>
+      <c r="M10" s="381">
+        <v>0.37205037290622328</v>
+      </c>
+      <c r="N10" s="112">
+        <v>0.39152377298350205</v>
+      </c>
+      <c r="O10" s="112">
+        <v>0.39402067616652697</v>
+      </c>
+      <c r="P10" s="110">
+        <v>0.39637520382795582</v>
+      </c>
+      <c r="Q10" s="382">
+        <v>0.42560562319568218</v>
+      </c>
+      <c r="R10" s="76"/>
+      <c r="S10" s="391">
+        <v>0.16173434273916035</v>
+      </c>
+      <c r="T10" s="110">
+        <v>0.20066968219467779</v>
+      </c>
+      <c r="U10" s="112">
+        <v>0.26128590971272231</v>
+      </c>
+      <c r="V10" s="381">
+        <v>0.26288378853024891</v>
+      </c>
+      <c r="W10" s="112">
+        <v>0.250720135554928</v>
+      </c>
+      <c r="X10" s="381">
+        <v>0.23233532934131737</v>
+      </c>
+      <c r="Y10" s="367">
+        <v>0.22782898505441859</v>
+      </c>
+      <c r="Z10" s="382">
+        <v>0.22314882697947214</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="110">
+        <v>2.4499887615194425E-2</v>
+      </c>
+      <c r="C11" s="110">
+        <v>7.07635009310987E-3</v>
+      </c>
+      <c r="D11" s="112">
+        <v>2.3224249736088071E-2</v>
+      </c>
+      <c r="E11" s="381">
+        <v>2.7985930570423614E-2</v>
+      </c>
+      <c r="F11" s="112">
+        <v>6.1742811268427969E-2</v>
+      </c>
+      <c r="G11" s="381">
+        <v>5.8709869203329372E-2</v>
+      </c>
+      <c r="H11" s="391">
+        <v>3.8988095238095238E-2</v>
+      </c>
+      <c r="I11" s="392">
+        <v>2.300140252454418E-2</v>
+      </c>
+      <c r="J11" s="110">
+        <v>2.0737054153335704E-4</v>
+      </c>
+      <c r="K11" s="110">
+        <v>5.8573729682237514E-5</v>
+      </c>
+      <c r="L11" s="112">
+        <v>1.1740269123092207E-3</v>
+      </c>
+      <c r="M11" s="381">
+        <v>5.1962342584668049E-4</v>
+      </c>
+      <c r="N11" s="112">
+        <v>1.1215063601215948E-3</v>
+      </c>
+      <c r="O11" s="112">
+        <v>1.2014529198100029E-3</v>
+      </c>
+      <c r="P11" s="115">
+        <v>9.8906680210644488E-4</v>
+      </c>
+      <c r="Q11" s="387">
+        <v>4.7696749089996235E-4</v>
+      </c>
+      <c r="R11" s="367"/>
+      <c r="S11" s="393"/>
+      <c r="T11" s="115"/>
+      <c r="U11" s="116"/>
+      <c r="V11" s="385"/>
+      <c r="W11" s="116"/>
+      <c r="X11" s="385"/>
+      <c r="Y11" s="386"/>
+      <c r="Z11" s="387"/>
+    </row>
+    <row r="12" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="113"/>
+      <c r="C12" s="113"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="378"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="378"/>
+      <c r="H12" s="388"/>
+      <c r="I12" s="394"/>
+      <c r="J12" s="113"/>
+      <c r="K12" s="113"/>
+      <c r="L12" s="114"/>
+      <c r="M12" s="378"/>
+      <c r="N12" s="114"/>
+      <c r="O12" s="114"/>
+      <c r="P12" s="110"/>
+      <c r="Q12" s="382"/>
+      <c r="R12" s="76"/>
+      <c r="S12" s="388"/>
+      <c r="T12" s="113"/>
+      <c r="U12" s="114"/>
+      <c r="V12" s="378"/>
+      <c r="W12" s="114"/>
+      <c r="X12" s="378"/>
+      <c r="Y12" s="367"/>
+      <c r="Z12" s="382"/>
+    </row>
+    <row r="13" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="110">
+        <v>0.3793540215326156</v>
+      </c>
+      <c r="C13" s="110">
+        <v>0.43342036553524804</v>
+      </c>
+      <c r="D13" s="112">
+        <v>0.37546594374788206</v>
+      </c>
+      <c r="E13" s="381">
+        <v>0.37708333333333333</v>
+      </c>
+      <c r="F13" s="112">
+        <v>0.37328767123287671</v>
+      </c>
+      <c r="G13" s="381">
+        <v>0.36906683887633196</v>
+      </c>
+      <c r="H13" s="391">
+        <v>0.33247172859450724</v>
+      </c>
+      <c r="I13" s="392">
+        <v>0.3280925541382379</v>
+      </c>
+      <c r="J13" s="110">
+        <v>0.60450640014027701</v>
+      </c>
+      <c r="K13" s="110">
+        <v>0.62131964366601233</v>
+      </c>
+      <c r="L13" s="112">
+        <v>0.63600857711747583</v>
+      </c>
+      <c r="M13" s="381">
+        <v>0.63106648410162791</v>
+      </c>
+      <c r="N13" s="112">
+        <v>0.61344793489008898</v>
+      </c>
+      <c r="O13" s="112">
+        <v>0.63380703066566946</v>
+      </c>
+      <c r="P13" s="110">
+        <v>0.63201104887593029</v>
+      </c>
+      <c r="Q13" s="382">
+        <v>0.60459533607681759</v>
+      </c>
+      <c r="R13" s="76"/>
+      <c r="S13" s="391">
+        <v>7.9930611155591136E-2</v>
+      </c>
+      <c r="T13" s="110">
+        <v>0.10795577715152829</v>
+      </c>
+      <c r="U13" s="112">
+        <v>0.11770955062148093</v>
+      </c>
+      <c r="V13" s="381">
+        <v>0.11575357066723513</v>
+      </c>
+      <c r="W13" s="112">
+        <v>0.1190606226105953</v>
+      </c>
+      <c r="X13" s="381">
+        <v>0.11885203285847977</v>
+      </c>
+      <c r="Y13" s="367">
+        <v>0.1110511547593352</v>
+      </c>
+      <c r="Z13" s="382">
+        <v>0.11148069751033161</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="110">
+        <v>0.60861304623179224</v>
+      </c>
+      <c r="C14" s="110">
+        <v>0.5648389904264578</v>
+      </c>
+      <c r="D14" s="112">
+        <v>0.61165706540155884</v>
+      </c>
+      <c r="E14" s="381">
+        <v>0.6069444444444444</v>
+      </c>
+      <c r="F14" s="112">
+        <v>0.5976027397260274</v>
+      </c>
+      <c r="G14" s="381">
+        <v>0.59767516951888922</v>
+      </c>
+      <c r="H14" s="391">
+        <v>0.63392568659127624</v>
+      </c>
+      <c r="I14" s="392">
+        <v>0.65054879857609016</v>
+      </c>
+      <c r="J14" s="110">
+        <v>0.39531825355076278</v>
+      </c>
+      <c r="K14" s="110">
+        <v>0.37860486184508529</v>
+      </c>
+      <c r="L14" s="112">
+        <v>0.3633787716342472</v>
+      </c>
+      <c r="M14" s="381">
+        <v>0.36893351589837214</v>
+      </c>
+      <c r="N14" s="112">
+        <v>0.3857914353084354</v>
+      </c>
+      <c r="O14" s="112">
+        <v>0.36492146596858638</v>
+      </c>
+      <c r="P14" s="110">
+        <v>0.36683802654799358</v>
+      </c>
+      <c r="Q14" s="382">
+        <v>0.39519890260631002</v>
+      </c>
+      <c r="R14" s="76"/>
+      <c r="S14" s="391">
+        <v>0.17568555758683729</v>
+      </c>
+      <c r="T14" s="110">
+        <v>0.20560747663551401</v>
+      </c>
+      <c r="U14" s="112">
+        <v>0.27557251908396946</v>
+      </c>
+      <c r="V14" s="381">
+        <v>0.26492876629281603</v>
+      </c>
+      <c r="W14" s="112">
+        <v>0.25597770280181897</v>
+      </c>
+      <c r="X14" s="381">
+        <v>0.27503714710252603</v>
+      </c>
+      <c r="Y14" s="367">
+        <v>0.29096841168619308</v>
+      </c>
+      <c r="Z14" s="382">
+        <v>0.27567567567567569</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="110">
+        <v>1.2032932235592146E-2</v>
+      </c>
+      <c r="C15" s="110">
+        <v>1.7406440382941688E-3</v>
+      </c>
+      <c r="D15" s="112">
+        <v>1.2876990850559133E-2</v>
+      </c>
+      <c r="E15" s="381">
+        <v>1.5972222222222221E-2</v>
+      </c>
+      <c r="F15" s="112">
+        <v>2.9109589041095889E-2</v>
+      </c>
+      <c r="G15" s="381">
+        <v>3.3257991604778818E-2</v>
+      </c>
+      <c r="H15" s="391">
+        <v>3.3602584814216477E-2</v>
+      </c>
+      <c r="I15" s="392">
+        <v>2.1358647285671908E-2</v>
+      </c>
+      <c r="J15" s="110">
+        <v>1.753463089601964E-4</v>
+      </c>
+      <c r="K15" s="110">
+        <v>7.5494488902310135E-5</v>
+      </c>
+      <c r="L15" s="112">
+        <v>6.1265124827691831E-4</v>
+      </c>
+      <c r="M15" s="381">
+        <v>0</v>
+      </c>
+      <c r="N15" s="112">
+        <v>7.6062980147562184E-4</v>
+      </c>
+      <c r="O15" s="112">
+        <v>1.2715033657442034E-3</v>
+      </c>
+      <c r="P15" s="115">
+        <v>1.1509245760761145E-3</v>
+      </c>
+      <c r="Q15" s="387">
+        <v>2.0576131687242798E-4</v>
+      </c>
+      <c r="R15" s="367"/>
+      <c r="S15" s="393"/>
+      <c r="T15" s="115"/>
+      <c r="U15" s="116"/>
+      <c r="V15" s="385"/>
+      <c r="W15" s="116"/>
+      <c r="X15" s="385"/>
+      <c r="Y15" s="386"/>
+      <c r="Z15" s="387"/>
+    </row>
+    <row r="16" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="95" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="113"/>
+      <c r="C16" s="113"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="378"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="378"/>
+      <c r="H16" s="388"/>
+      <c r="I16" s="394"/>
+      <c r="J16" s="113"/>
+      <c r="K16" s="113"/>
+      <c r="L16" s="114"/>
+      <c r="M16" s="378"/>
+      <c r="N16" s="114"/>
+      <c r="O16" s="114"/>
+      <c r="P16" s="110"/>
+      <c r="Q16" s="382"/>
+      <c r="R16" s="76"/>
+      <c r="S16" s="388"/>
+      <c r="T16" s="113"/>
+      <c r="U16" s="114"/>
+      <c r="V16" s="378"/>
+      <c r="W16" s="114"/>
+      <c r="X16" s="378"/>
+      <c r="Y16" s="367"/>
+      <c r="Z16" s="382"/>
+    </row>
+    <row r="17" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="110">
+        <v>0.30220713073005095</v>
+      </c>
+      <c r="C17" s="110">
+        <v>0.32849789424426767</v>
+      </c>
+      <c r="D17" s="112">
+        <v>0.2916824914546145</v>
+      </c>
+      <c r="E17" s="381">
+        <v>0.2842911877394636</v>
+      </c>
+      <c r="F17" s="112">
+        <v>0.28854024556616642</v>
+      </c>
+      <c r="G17" s="381">
+        <v>0.32674170976574385</v>
+      </c>
+      <c r="H17" s="391">
+        <v>0.30102790014684289</v>
+      </c>
+      <c r="I17" s="392">
+        <v>0.24528782475802344</v>
+      </c>
+      <c r="J17" s="110">
+        <v>0.71366331840735808</v>
+      </c>
+      <c r="K17" s="110">
+        <v>0.73447514973205841</v>
+      </c>
+      <c r="L17" s="112">
+        <v>0.74493710411276648</v>
+      </c>
+      <c r="M17" s="381">
+        <v>0.73804627249357324</v>
+      </c>
+      <c r="N17" s="112">
+        <v>0.72533311534374234</v>
+      </c>
+      <c r="O17" s="112">
+        <v>0.74309978768577489</v>
+      </c>
+      <c r="P17" s="110">
+        <v>0.73495198688422203</v>
+      </c>
+      <c r="Q17" s="382">
+        <v>0.69901405170406028</v>
+      </c>
+      <c r="R17" s="76"/>
+      <c r="S17" s="391">
+        <v>8.3035297776395581E-2</v>
+      </c>
+      <c r="T17" s="110">
+        <v>9.1263650546021841E-2</v>
+      </c>
+      <c r="U17" s="112">
+        <v>8.4228997587190171E-2</v>
+      </c>
+      <c r="V17" s="381">
+        <v>7.9315873864243713E-2</v>
+      </c>
+      <c r="W17" s="112">
+        <v>8.7045992386047946E-2</v>
+      </c>
+      <c r="X17" s="381">
+        <v>0.10556320031452722</v>
+      </c>
+      <c r="Y17" s="367">
+        <v>9.8189481751125587E-2</v>
+      </c>
+      <c r="Z17" s="382">
+        <v>9.6618842179191325E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" s="110">
+        <v>0.67572156196943978</v>
+      </c>
+      <c r="C18" s="110">
+        <v>0.67103416003743566</v>
+      </c>
+      <c r="D18" s="112">
+        <v>0.68780858336498296</v>
+      </c>
+      <c r="E18" s="381">
+        <v>0.6954022988505747</v>
+      </c>
+      <c r="F18" s="112">
+        <v>0.67633015006821284</v>
+      </c>
+      <c r="G18" s="381">
+        <v>0.6483115302707636</v>
+      </c>
+      <c r="H18" s="391">
+        <v>0.67841409691629961</v>
+      </c>
+      <c r="I18" s="392">
+        <v>0.73306164034640853</v>
+      </c>
+      <c r="J18" s="110">
+        <v>0.28633668159264192</v>
+      </c>
+      <c r="K18" s="110">
+        <v>0.26541977513922455</v>
+      </c>
+      <c r="L18" s="112">
+        <v>0.25443839771612098</v>
+      </c>
+      <c r="M18" s="381">
+        <v>0.26152527849185947</v>
+      </c>
+      <c r="N18" s="112">
+        <v>0.27433990026976213</v>
+      </c>
+      <c r="O18" s="112">
+        <v>0.25665523436224075</v>
+      </c>
+      <c r="P18" s="110">
+        <v>0.26442345226012959</v>
+      </c>
+      <c r="Q18" s="382">
+        <v>0.30059777967549101</v>
+      </c>
+      <c r="R18" s="76"/>
+      <c r="S18" s="391">
+        <v>0.33539325842696627</v>
+      </c>
+      <c r="T18" s="110">
+        <v>0.36212121212121212</v>
+      </c>
+      <c r="U18" s="112">
+        <v>0.38837658159982846</v>
+      </c>
+      <c r="V18" s="381">
+        <v>0.37291966303677831</v>
+      </c>
+      <c r="W18" s="112">
+        <v>0.37141786851470315</v>
+      </c>
+      <c r="X18" s="381">
+        <v>0.40405764125900645</v>
+      </c>
+      <c r="Y18" s="367">
+        <v>0.40547656661400738</v>
+      </c>
+      <c r="Z18" s="382">
+        <v>0.42637037037037034</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B19" s="115">
+        <v>2.2071307300509338E-2</v>
+      </c>
+      <c r="C19" s="115">
+        <v>4.6794571829667761E-4</v>
+      </c>
+      <c r="D19" s="116">
+        <v>2.0508925180402583E-2</v>
+      </c>
+      <c r="E19" s="385">
+        <v>2.0306513409961684E-2</v>
+      </c>
+      <c r="F19" s="116">
+        <v>3.5129604365620737E-2</v>
+      </c>
+      <c r="G19" s="385">
+        <v>2.4946759963492545E-2</v>
+      </c>
+      <c r="H19" s="393">
+        <v>2.0558002936857563E-2</v>
+      </c>
+      <c r="I19" s="395">
+        <v>2.1650534895568008E-2</v>
+      </c>
+      <c r="J19" s="115">
+        <v>0</v>
+      </c>
+      <c r="K19" s="115">
+        <v>1.0507512871703268E-4</v>
+      </c>
+      <c r="L19" s="116">
+        <v>6.2449817111249887E-4</v>
+      </c>
+      <c r="M19" s="385">
+        <v>4.2844901456726652E-4</v>
+      </c>
+      <c r="N19" s="116">
+        <v>3.2698438649554482E-4</v>
+      </c>
+      <c r="O19" s="116">
+        <v>2.4497795198432141E-4</v>
+      </c>
+      <c r="P19" s="115">
+        <v>6.2456085564837227E-4</v>
+      </c>
+      <c r="Q19" s="387">
+        <v>3.8816862044872293E-4</v>
+      </c>
+      <c r="R19" s="367"/>
+      <c r="S19" s="393"/>
+      <c r="T19" s="115"/>
+      <c r="U19" s="116"/>
+      <c r="V19" s="385"/>
+      <c r="W19" s="116"/>
+      <c r="X19" s="385"/>
+      <c r="Y19" s="386"/>
+      <c r="Z19" s="387"/>
+    </row>
+    <row r="20" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="117" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" s="396"/>
+      <c r="C20" s="396"/>
+      <c r="D20" s="397"/>
+      <c r="E20" s="381"/>
+      <c r="F20" s="112"/>
+      <c r="G20" s="381"/>
+      <c r="H20" s="391"/>
+      <c r="I20" s="392"/>
+      <c r="J20" s="396"/>
+      <c r="K20" s="396"/>
+      <c r="L20" s="397"/>
+      <c r="M20" s="381"/>
+      <c r="N20" s="112"/>
+      <c r="O20" s="112"/>
+      <c r="P20" s="110"/>
+      <c r="Q20" s="382"/>
+      <c r="R20" s="367"/>
+      <c r="S20" s="398"/>
+      <c r="T20" s="396"/>
+      <c r="U20" s="397"/>
+      <c r="V20" s="381"/>
+      <c r="W20" s="112"/>
+      <c r="X20" s="381"/>
+      <c r="Y20" s="367"/>
+      <c r="Z20" s="382"/>
+    </row>
+    <row r="21" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="396"/>
+      <c r="C21" s="396"/>
+      <c r="D21" s="397"/>
+      <c r="E21" s="381">
+        <v>0.59534883720930232</v>
+      </c>
+      <c r="F21" s="112">
+        <v>0.65680473372781067</v>
+      </c>
+      <c r="G21" s="381">
+        <v>0.68131868131868134</v>
+      </c>
+      <c r="H21" s="391">
+        <v>0.66829268292682931</v>
+      </c>
+      <c r="I21" s="392">
+        <v>0.6203208556149733</v>
+      </c>
+      <c r="J21" s="396"/>
+      <c r="K21" s="396"/>
+      <c r="L21" s="397"/>
+      <c r="M21" s="381">
+        <v>0.59854573287409107</v>
+      </c>
+      <c r="N21" s="112">
+        <v>0.61491859144263539</v>
+      </c>
+      <c r="O21" s="112">
+        <v>0.65469904963041181</v>
+      </c>
+      <c r="P21" s="110">
+        <v>0.668626010286554</v>
+      </c>
+      <c r="Q21" s="382">
+        <v>0.61810242159587137</v>
+      </c>
+      <c r="R21" s="367"/>
+      <c r="S21" s="398"/>
+      <c r="T21" s="396"/>
+      <c r="U21" s="397"/>
+      <c r="V21" s="381">
+        <v>7.5650118203309691E-2</v>
+      </c>
+      <c r="W21" s="112">
+        <v>6.397694524495677E-2</v>
+      </c>
+      <c r="X21" s="381">
+        <v>6.25E-2</v>
+      </c>
+      <c r="Y21" s="367">
+        <v>7.0005109862033732E-2</v>
+      </c>
+      <c r="Z21" s="382">
+        <v>6.9336521219366412E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="396"/>
+      <c r="C22" s="396"/>
+      <c r="D22" s="397"/>
+      <c r="E22" s="381">
+        <v>0.40465116279069768</v>
+      </c>
+      <c r="F22" s="112">
+        <v>0.34319526627218933</v>
+      </c>
+      <c r="G22" s="381">
+        <v>0.31868131868131866</v>
+      </c>
+      <c r="H22" s="391">
+        <v>0.33170731707317075</v>
+      </c>
+      <c r="I22" s="392">
+        <v>0.37967914438502676</v>
+      </c>
+      <c r="J22" s="396"/>
+      <c r="K22" s="396"/>
+      <c r="L22" s="397"/>
+      <c r="M22" s="381">
+        <v>0.40145426712590893</v>
+      </c>
+      <c r="N22" s="112">
+        <v>0.38508140855736461</v>
+      </c>
+      <c r="O22" s="112">
+        <v>0.3445969728968673</v>
+      </c>
+      <c r="P22" s="110">
+        <v>0.331373989713446</v>
+      </c>
+      <c r="Q22" s="382">
+        <v>0.38189757840412863</v>
+      </c>
+      <c r="R22" s="367"/>
+      <c r="S22" s="398"/>
+      <c r="T22" s="396"/>
+      <c r="U22" s="397"/>
+      <c r="V22" s="381">
+        <v>7.6584507042253516E-2</v>
+      </c>
+      <c r="W22" s="112">
+        <v>5.3953488372093024E-2</v>
+      </c>
+      <c r="X22" s="381">
+        <v>5.5930568948891035E-2</v>
+      </c>
+      <c r="Y22" s="367">
+        <v>7.0103092783505155E-2</v>
+      </c>
+      <c r="Z22" s="382">
+        <v>6.8731848983543078E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" s="396"/>
+      <c r="C23" s="396"/>
+      <c r="D23" s="397"/>
+      <c r="E23" s="381">
+        <v>0</v>
+      </c>
+      <c r="F23" s="112">
+        <v>0</v>
+      </c>
+      <c r="G23" s="381">
+        <v>0</v>
+      </c>
+      <c r="H23" s="391">
+        <v>0</v>
+      </c>
+      <c r="I23" s="392">
+        <v>0</v>
+      </c>
+      <c r="J23" s="396"/>
+      <c r="K23" s="396"/>
+      <c r="L23" s="397"/>
+      <c r="M23" s="381">
+        <v>0</v>
+      </c>
+      <c r="N23" s="112">
+        <v>0</v>
+      </c>
+      <c r="O23" s="112">
+        <v>7.0397747272087292E-4</v>
+      </c>
+      <c r="P23" s="115">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="387">
+        <v>0</v>
+      </c>
+      <c r="R23" s="367"/>
+      <c r="S23" s="398"/>
+      <c r="T23" s="396"/>
+      <c r="U23" s="397"/>
+      <c r="V23" s="381"/>
+      <c r="W23" s="112"/>
+      <c r="X23" s="381"/>
+      <c r="Y23" s="386"/>
+      <c r="Z23" s="387"/>
+    </row>
+    <row r="24" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="374" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="113"/>
+      <c r="C24" s="113"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="378"/>
+      <c r="F24" s="114"/>
+      <c r="G24" s="378"/>
+      <c r="H24" s="388"/>
+      <c r="I24" s="394"/>
+      <c r="J24" s="113"/>
+      <c r="K24" s="113"/>
+      <c r="L24" s="114"/>
+      <c r="M24" s="378"/>
+      <c r="N24" s="114"/>
+      <c r="O24" s="114"/>
+      <c r="P24" s="110"/>
+      <c r="Q24" s="382"/>
+      <c r="R24" s="76"/>
+      <c r="S24" s="388"/>
+      <c r="T24" s="113"/>
+      <c r="U24" s="114"/>
+      <c r="V24" s="378"/>
+      <c r="W24" s="114"/>
+      <c r="X24" s="378"/>
+      <c r="Y24" s="367"/>
+      <c r="Z24" s="382"/>
+    </row>
+    <row r="25" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" s="110">
+        <v>0.3704939063502245</v>
+      </c>
+      <c r="C25" s="110">
+        <v>0.36858745537990822</v>
+      </c>
+      <c r="D25" s="112">
+        <v>0.32419156774457636</v>
+      </c>
+      <c r="E25" s="381">
+        <v>0.32432211695524338</v>
+      </c>
+      <c r="F25" s="112">
+        <v>0.31354878806712244</v>
+      </c>
+      <c r="G25" s="381">
+        <v>0.33142771174966151</v>
+      </c>
+      <c r="H25" s="391">
+        <v>0.31836126629422717</v>
+      </c>
+      <c r="I25" s="392">
+        <v>0.29293827836321334</v>
+      </c>
+      <c r="J25" s="110">
+        <v>0.62036499766027142</v>
+      </c>
+      <c r="K25" s="110">
+        <v>0.62831236381528077</v>
+      </c>
+      <c r="L25" s="112">
+        <v>0.6508541210033747</v>
+      </c>
+      <c r="M25" s="381">
+        <v>0.64843295369523646</v>
+      </c>
+      <c r="N25" s="112">
+        <v>0.63228547428276038</v>
+      </c>
+      <c r="O25" s="112">
+        <v>0.63939172257070365</v>
+      </c>
+      <c r="P25" s="110">
+        <v>0.63685143922513754</v>
+      </c>
+      <c r="Q25" s="382">
+        <v>0.60499892573229253</v>
+      </c>
+      <c r="R25" s="76"/>
+      <c r="S25" s="391">
+        <v>8.0153201409897026E-2</v>
+      </c>
+      <c r="T25" s="110">
+        <v>9.179578359156719E-2</v>
+      </c>
+      <c r="U25" s="112">
+        <v>9.5709969788519644E-2</v>
+      </c>
+      <c r="V25" s="381">
+        <v>9.2411161015568635E-2</v>
+      </c>
+      <c r="W25" s="112">
+        <v>9.3475693077332833E-2</v>
+      </c>
+      <c r="X25" s="381">
+        <v>9.6867099043640756E-2</v>
+      </c>
+      <c r="Y25" s="367">
+        <v>9.23329516731837E-2</v>
+      </c>
+      <c r="Z25" s="382">
+        <v>9.2026913734173127E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="110">
+        <v>0.60808210391276463</v>
+      </c>
+      <c r="C26" s="110">
+        <v>0.62702702702702706</v>
+      </c>
+      <c r="D26" s="112">
+        <v>0.6556692591076545</v>
+      </c>
+      <c r="E26" s="381">
+        <v>0.65264619405423063</v>
+      </c>
+      <c r="F26" s="112">
+        <v>0.63898384089496585</v>
+      </c>
+      <c r="G26" s="381">
+        <v>0.62494358357153601</v>
+      </c>
+      <c r="H26" s="391">
+        <v>0.64916201117318439</v>
+      </c>
+      <c r="I26" s="392">
+        <v>0.6850964828246886</v>
+      </c>
+      <c r="J26" s="110">
+        <v>0.37946654188114176</v>
+      </c>
+      <c r="K26" s="110">
+        <v>0.37161734729739226</v>
+      </c>
+      <c r="L26" s="112">
+        <v>0.34820651984831091</v>
+      </c>
+      <c r="M26" s="381">
+        <v>0.35120126361293541</v>
+      </c>
+      <c r="N26" s="112">
+        <v>0.36687451537865079</v>
+      </c>
+      <c r="O26" s="112">
+        <v>0.35959655703768267</v>
+      </c>
+      <c r="P26" s="110">
+        <v>0.36223909781274155</v>
+      </c>
+      <c r="Q26" s="382">
+        <v>0.39461433789300293</v>
+      </c>
+      <c r="R26" s="76"/>
+      <c r="S26" s="391">
+        <v>0.18950145924119458</v>
+      </c>
+      <c r="T26" s="110">
+        <v>0.22523446658851115</v>
+      </c>
+      <c r="U26" s="112">
+        <v>0.28577035609790907</v>
+      </c>
+      <c r="V26" s="381">
+        <v>0.27447276224496808</v>
+      </c>
+      <c r="W26" s="159">
+        <v>0.26587147659684512</v>
+      </c>
+      <c r="X26" s="332">
+        <v>0.26449333036197509</v>
+      </c>
+      <c r="Y26" s="98">
+        <v>0.26722472633612365</v>
+      </c>
+      <c r="Z26" s="323">
+        <v>0.26654597731750174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="115">
+        <v>2.1423989737010905E-2</v>
+      </c>
+      <c r="C27" s="115">
+        <v>4.3855175930647625E-3</v>
+      </c>
+      <c r="D27" s="116">
+        <v>2.0139173147769137E-2</v>
+      </c>
+      <c r="E27" s="385">
+        <v>2.3031688990525972E-2</v>
+      </c>
+      <c r="F27" s="116">
+        <v>4.7467371037911744E-2</v>
+      </c>
+      <c r="G27" s="385">
+        <v>4.362870467880247E-2</v>
+      </c>
+      <c r="H27" s="393">
+        <v>3.2476722532588452E-2</v>
+      </c>
+      <c r="I27" s="395">
+        <v>2.1965238812097988E-2</v>
+      </c>
+      <c r="J27" s="115">
+        <v>1.6846045858680394E-4</v>
+      </c>
+      <c r="K27" s="115">
+        <v>7.0288887326913621E-5</v>
+      </c>
+      <c r="L27" s="116">
+        <v>9.3935914831437225E-4</v>
+      </c>
+      <c r="M27" s="385">
+        <v>3.6578269182808212E-4</v>
+      </c>
+      <c r="N27" s="116">
+        <v>8.4001033858878264E-4</v>
+      </c>
+      <c r="O27" s="116">
+        <v>1.0117203916136161E-3</v>
+      </c>
+      <c r="P27" s="115">
+        <v>9.0946296212086766E-4</v>
+      </c>
+      <c r="Q27" s="387">
+        <v>3.8673637470457639E-4</v>
+      </c>
+      <c r="R27" s="386"/>
+      <c r="S27" s="393"/>
+      <c r="T27" s="115"/>
+      <c r="U27" s="116"/>
+      <c r="V27" s="385"/>
+      <c r="W27" s="116"/>
+      <c r="X27" s="385"/>
+      <c r="Y27" s="386"/>
+      <c r="Z27" s="387"/>
+    </row>
+    <row r="28" spans="1:26" ht="26" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="477" t="s">
+        <v>138</v>
+      </c>
+      <c r="B28" s="477"/>
+      <c r="C28" s="477"/>
+      <c r="D28" s="477"/>
+      <c r="E28" s="477"/>
+      <c r="F28" s="477"/>
+      <c r="G28" s="477"/>
+      <c r="H28" s="477"/>
+      <c r="I28" s="477"/>
+      <c r="J28" s="477"/>
+      <c r="K28" s="477"/>
+      <c r="L28" s="477"/>
+      <c r="M28" s="477"/>
+      <c r="N28" s="477"/>
+      <c r="O28" s="477"/>
+      <c r="P28" s="477"/>
+      <c r="Q28" s="477"/>
+      <c r="R28" s="477"/>
+      <c r="S28" s="477"/>
+      <c r="T28" s="477"/>
+      <c r="U28" s="477"/>
+      <c r="V28" s="477"/>
+      <c r="W28" s="477"/>
+      <c r="X28" s="477"/>
+      <c r="Y28" s="477"/>
+      <c r="Z28" s="477"/>
+    </row>
+    <row r="29" spans="1:26" s="104" customFormat="1" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="432" t="s">
+        <v>135</v>
+      </c>
+      <c r="B29" s="432"/>
+      <c r="C29" s="432"/>
+      <c r="D29" s="432"/>
+      <c r="E29" s="432"/>
+      <c r="F29" s="432"/>
+      <c r="G29" s="432"/>
+      <c r="H29" s="432"/>
+      <c r="I29" s="432"/>
+      <c r="J29" s="432"/>
+      <c r="K29" s="432"/>
+      <c r="L29" s="432"/>
+      <c r="M29" s="432"/>
+      <c r="N29" s="432"/>
+      <c r="O29" s="432"/>
+      <c r="P29" s="432"/>
+      <c r="Q29" s="432"/>
+      <c r="R29" s="432"/>
+      <c r="S29" s="432"/>
+      <c r="T29" s="432"/>
+      <c r="U29" s="432"/>
+      <c r="V29" s="432"/>
+      <c r="W29" s="432"/>
+      <c r="X29" s="432"/>
+      <c r="Y29" s="432"/>
+      <c r="Z29" s="432"/>
+    </row>
+    <row r="30" spans="1:26" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="476" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" s="476"/>
+      <c r="C30" s="476"/>
+      <c r="D30" s="476"/>
+      <c r="E30" s="476"/>
+      <c r="F30" s="476"/>
+      <c r="G30" s="476"/>
+      <c r="H30" s="476"/>
+      <c r="I30" s="476"/>
+      <c r="J30" s="476"/>
+      <c r="K30" s="476"/>
+      <c r="L30" s="476"/>
+      <c r="M30" s="476"/>
+      <c r="N30" s="476"/>
+      <c r="O30" s="476"/>
+      <c r="P30" s="476"/>
+      <c r="Q30" s="476"/>
+      <c r="R30" s="476"/>
+      <c r="S30" s="476"/>
+      <c r="T30" s="476"/>
+      <c r="U30" s="476"/>
+      <c r="V30" s="476"/>
+      <c r="W30" s="476"/>
+      <c r="X30" s="476"/>
+      <c r="Y30" s="476"/>
+      <c r="Z30" s="476"/>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.25">
+      <c r="A31" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="B31" s="67"/>
+      <c r="C31" s="69"/>
+      <c r="D31" s="70"/>
+      <c r="E31" s="70"/>
+      <c r="F31" s="71"/>
+      <c r="G31" s="71"/>
+      <c r="H31" s="71"/>
+      <c r="I31" s="71"/>
+      <c r="J31" s="71"/>
+      <c r="K31" s="70"/>
+      <c r="L31" s="70"/>
+      <c r="M31" s="70"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71"/>
+      <c r="Q31" s="71"/>
+      <c r="R31" s="72"/>
+      <c r="S31" s="65"/>
+      <c r="T31" s="66"/>
+      <c r="U31" s="66"/>
+      <c r="V31" s="66"/>
+      <c r="W31" s="66"/>
+      <c r="X31" s="66"/>
+      <c r="Y31" s="66"/>
+      <c r="Z31" s="66"/>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.25">
+      <c r="A32" s="368" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="67"/>
+      <c r="C32" s="69"/>
+      <c r="D32" s="70"/>
+      <c r="E32" s="70"/>
+      <c r="F32" s="71"/>
+      <c r="G32" s="71"/>
+      <c r="H32" s="71"/>
+      <c r="I32" s="71"/>
+      <c r="J32" s="71"/>
+      <c r="K32" s="70"/>
+      <c r="L32" s="70"/>
+      <c r="M32" s="70"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="72"/>
+      <c r="S32" s="65"/>
+      <c r="T32" s="66"/>
+      <c r="U32" s="66"/>
+      <c r="V32" s="66"/>
+      <c r="W32" s="66"/>
+      <c r="X32" s="66"/>
+      <c r="Y32" s="66"/>
+      <c r="Z32" s="66"/>
+    </row>
+    <row r="33" spans="1:26" s="64" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B33" s="1"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+      <c r="O33" s="1"/>
+      <c r="P33" s="1"/>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="82"/>
+      <c r="U33" s="123"/>
+      <c r="V33" s="123"/>
+      <c r="W33" s="101"/>
+      <c r="X33" s="101"/>
+      <c r="Y33" s="101"/>
+      <c r="Z33" s="101"/>
+    </row>
+    <row r="34" spans="1:26" s="64" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1"/>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
+      <c r="O34" s="1"/>
+      <c r="P34" s="1"/>
+      <c r="Q34" s="1"/>
+      <c r="R34" s="1"/>
+      <c r="S34" s="1"/>
+      <c r="T34" s="82"/>
+      <c r="U34" s="123"/>
+      <c r="V34" s="123"/>
+      <c r="W34" s="101"/>
+      <c r="X34" s="101"/>
+      <c r="Y34" s="101"/>
+      <c r="Z34" s="101"/>
+    </row>
+    <row r="35" spans="1:26" ht="16.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="375"/>
+      <c r="B35" s="105"/>
+      <c r="C35" s="105"/>
+      <c r="D35" s="105"/>
+      <c r="E35" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="105"/>
+      <c r="G35" s="226"/>
+      <c r="H35" s="98"/>
+      <c r="I35" s="98"/>
+      <c r="J35" s="98"/>
+      <c r="K35" s="98"/>
+      <c r="L35" s="98"/>
+      <c r="M35" s="98"/>
+      <c r="N35" s="98"/>
+      <c r="O35" s="98"/>
+      <c r="P35" s="98"/>
+      <c r="Q35" s="98"/>
+      <c r="R35" s="76"/>
+      <c r="S35" s="367"/>
+      <c r="T35" s="367"/>
+      <c r="U35" s="367"/>
+      <c r="V35" s="367"/>
+      <c r="W35" s="367"/>
+      <c r="X35" s="98"/>
+      <c r="Y35" s="98"/>
+      <c r="Z35" s="98"/>
+    </row>
+    <row r="36" spans="1:26" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="40"/>
+      <c r="B36" s="468" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="469"/>
+      <c r="D36" s="469"/>
+      <c r="E36" s="469"/>
+      <c r="F36" s="469"/>
+      <c r="G36" s="469"/>
+      <c r="H36" s="469"/>
+      <c r="I36" s="377"/>
+      <c r="J36" s="468" t="s">
+        <v>13</v>
+      </c>
+      <c r="K36" s="469"/>
+      <c r="L36" s="469"/>
+      <c r="M36" s="469"/>
+      <c r="N36" s="469"/>
+      <c r="O36" s="469"/>
+      <c r="P36" s="469"/>
+      <c r="Q36" s="371"/>
+      <c r="R36" s="34"/>
+      <c r="S36" s="475" t="s">
+        <v>24</v>
+      </c>
+      <c r="T36" s="475"/>
+      <c r="U36" s="475"/>
+      <c r="V36" s="475"/>
+      <c r="W36" s="475"/>
+      <c r="X36" s="475"/>
+      <c r="Y36" s="475"/>
+      <c r="Z36" s="475"/>
+    </row>
+    <row r="37" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="91" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="92">
+        <v>2000</v>
+      </c>
+      <c r="C37" s="92">
+        <v>2005</v>
+      </c>
+      <c r="D37" s="228">
+        <v>2010</v>
+      </c>
+      <c r="E37" s="321">
+        <v>2011</v>
+      </c>
+      <c r="F37" s="228">
+        <v>2015</v>
+      </c>
+      <c r="G37" s="334">
+        <v>2018</v>
+      </c>
+      <c r="H37" s="331">
+        <v>2020</v>
+      </c>
+      <c r="I37" s="213">
+        <v>2024</v>
+      </c>
+      <c r="J37" s="129">
+        <v>2000</v>
+      </c>
+      <c r="K37" s="129">
+        <v>2005</v>
+      </c>
+      <c r="L37" s="217">
+        <v>2010</v>
+      </c>
+      <c r="M37" s="321">
+        <v>2011</v>
+      </c>
+      <c r="N37" s="169">
+        <v>2015</v>
+      </c>
+      <c r="O37" s="324">
+        <v>2018</v>
+      </c>
+      <c r="P37" s="74">
+        <v>2020</v>
+      </c>
+      <c r="Q37" s="88">
+        <v>2024</v>
+      </c>
+      <c r="R37" s="28"/>
+      <c r="S37" s="215">
+        <v>2000</v>
+      </c>
+      <c r="T37" s="168">
+        <v>2005</v>
+      </c>
+      <c r="U37" s="169">
+        <v>2010</v>
+      </c>
+      <c r="V37" s="253">
+        <v>2011</v>
+      </c>
+      <c r="W37" s="169">
+        <v>2015</v>
+      </c>
+      <c r="X37" s="334">
+        <v>2018</v>
+      </c>
+      <c r="Y37" s="152">
+        <v>2020</v>
+      </c>
+      <c r="Z37" s="214">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="95" t="s">
+        <v>35</v>
+      </c>
+      <c r="B38" s="93">
+        <v>4449</v>
+      </c>
+      <c r="C38" s="93">
+        <v>5370</v>
+      </c>
+      <c r="D38" s="99">
+        <v>6631</v>
+      </c>
+      <c r="E38" s="255">
+        <v>6539</v>
+      </c>
+      <c r="F38" s="99">
+        <v>6851</v>
+      </c>
+      <c r="G38" s="255">
+        <v>6728</v>
+      </c>
+      <c r="H38" s="124">
+        <v>6720</v>
+      </c>
+      <c r="I38" s="172">
+        <v>7130</v>
+      </c>
+      <c r="J38" s="93">
+        <v>33756</v>
+      </c>
+      <c r="K38" s="93">
+        <v>34145</v>
+      </c>
+      <c r="L38" s="99">
+        <v>33219</v>
+      </c>
+      <c r="M38" s="255">
+        <v>32716</v>
+      </c>
+      <c r="N38" s="99">
+        <v>33883</v>
+      </c>
+      <c r="O38" s="99">
+        <v>35790</v>
+      </c>
+      <c r="P38" s="335">
+        <v>37409</v>
+      </c>
+      <c r="Q38" s="232">
+        <v>39835</v>
+      </c>
+      <c r="R38" s="28"/>
+      <c r="S38" s="124">
+        <v>38205</v>
+      </c>
+      <c r="T38" s="93">
+        <v>39515</v>
+      </c>
+      <c r="U38" s="99">
+        <v>39850</v>
+      </c>
+      <c r="V38" s="255">
+        <v>39255</v>
+      </c>
+      <c r="W38" s="99">
+        <v>40734</v>
+      </c>
+      <c r="X38" s="255">
+        <v>42518</v>
+      </c>
+      <c r="Y38" s="333">
+        <v>44129</v>
+      </c>
+      <c r="Z38" s="232">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" s="53">
+        <v>1755</v>
+      </c>
+      <c r="C39" s="53">
+        <v>1916</v>
+      </c>
+      <c r="D39" s="62">
+        <v>2084</v>
+      </c>
+      <c r="E39" s="309">
+        <v>2015</v>
+      </c>
+      <c r="F39" s="219">
+        <v>1989</v>
+      </c>
+      <c r="G39" s="309">
+        <v>2065</v>
+      </c>
+      <c r="H39" s="59">
+        <v>2083</v>
+      </c>
+      <c r="I39" s="137">
+        <v>2096</v>
+      </c>
+      <c r="J39" s="53">
+        <v>20351</v>
+      </c>
+      <c r="K39" s="53">
+        <v>20536</v>
+      </c>
+      <c r="L39" s="62">
+        <v>20760</v>
+      </c>
+      <c r="M39" s="309">
+        <v>20527</v>
+      </c>
+      <c r="N39" s="219">
+        <v>20579</v>
+      </c>
+      <c r="O39" s="62">
+        <v>21645</v>
+      </c>
+      <c r="P39" s="53">
+        <v>22544</v>
+      </c>
+      <c r="Q39" s="160">
+        <v>22862</v>
+      </c>
+      <c r="R39" s="28"/>
+      <c r="S39" s="59">
+        <v>22106</v>
+      </c>
+      <c r="T39" s="59">
+        <v>22452</v>
+      </c>
+      <c r="U39" s="63">
+        <v>22844</v>
+      </c>
+      <c r="V39" s="309">
+        <v>22542</v>
+      </c>
+      <c r="W39" s="62">
+        <v>22568</v>
+      </c>
+      <c r="X39" s="309">
+        <v>23710</v>
+      </c>
+      <c r="Y39" s="59">
+        <v>24627</v>
+      </c>
+      <c r="Z39" s="160">
+        <v>24958</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" s="53">
+        <v>2585</v>
+      </c>
+      <c r="C40" s="53">
+        <v>3416</v>
+      </c>
+      <c r="D40" s="62">
+        <v>4393</v>
+      </c>
+      <c r="E40" s="309">
+        <v>4341</v>
+      </c>
+      <c r="F40" s="219">
+        <v>4439</v>
+      </c>
+      <c r="G40" s="309">
+        <v>4268</v>
+      </c>
+      <c r="H40" s="59">
+        <v>4375</v>
+      </c>
+      <c r="I40" s="137">
+        <v>4870</v>
+      </c>
+      <c r="J40" s="53">
+        <v>13398</v>
+      </c>
+      <c r="K40" s="53">
+        <v>13607</v>
+      </c>
+      <c r="L40" s="62">
+        <v>12420</v>
+      </c>
+      <c r="M40" s="309">
+        <v>12172</v>
+      </c>
+      <c r="N40" s="219">
+        <v>13266</v>
+      </c>
+      <c r="O40" s="62">
+        <v>14102</v>
+      </c>
+      <c r="P40" s="53">
+        <v>14828</v>
+      </c>
+      <c r="Q40" s="160">
+        <v>16954</v>
+      </c>
+      <c r="R40" s="28"/>
+      <c r="S40" s="59">
+        <v>15983</v>
+      </c>
+      <c r="T40" s="59">
+        <v>17023</v>
+      </c>
+      <c r="U40" s="63">
+        <v>16813</v>
+      </c>
+      <c r="V40" s="309">
+        <v>16513</v>
+      </c>
+      <c r="W40" s="62">
+        <v>17705</v>
+      </c>
+      <c r="X40" s="309">
+        <v>18370</v>
+      </c>
+      <c r="Y40" s="59">
+        <v>19203</v>
+      </c>
+      <c r="Z40" s="160">
+        <v>21824</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" s="53">
+        <v>109</v>
+      </c>
+      <c r="C41" s="53">
+        <v>38</v>
+      </c>
+      <c r="D41" s="62">
+        <v>154</v>
+      </c>
+      <c r="E41" s="309">
+        <v>183</v>
+      </c>
+      <c r="F41" s="219">
+        <v>423</v>
+      </c>
+      <c r="G41" s="309">
+        <v>395</v>
+      </c>
+      <c r="H41" s="59">
+        <v>262</v>
+      </c>
+      <c r="I41" s="137">
+        <v>164</v>
+      </c>
+      <c r="J41" s="53">
+        <v>7</v>
+      </c>
+      <c r="K41" s="53">
+        <v>2</v>
+      </c>
+      <c r="L41" s="62">
+        <v>39</v>
+      </c>
+      <c r="M41" s="309">
+        <v>17</v>
+      </c>
+      <c r="N41" s="219">
+        <v>38</v>
+      </c>
+      <c r="O41" s="62">
+        <v>43</v>
+      </c>
+      <c r="P41" s="94">
+        <v>37</v>
+      </c>
+      <c r="Q41" s="250">
+        <v>19</v>
+      </c>
+      <c r="R41" s="28"/>
+      <c r="S41" s="97">
+        <v>116</v>
+      </c>
+      <c r="T41" s="97">
+        <v>40</v>
+      </c>
+      <c r="U41" s="322">
+        <v>193</v>
+      </c>
+      <c r="V41" s="308">
+        <v>200</v>
+      </c>
+      <c r="W41" s="89">
+        <v>461</v>
+      </c>
+      <c r="X41" s="308">
+        <v>438</v>
+      </c>
+      <c r="Y41" s="97">
+        <v>299</v>
+      </c>
+      <c r="Z41" s="216">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="B42" s="93">
+        <v>1579</v>
+      </c>
+      <c r="C42" s="93">
+        <v>2298</v>
+      </c>
+      <c r="D42" s="99">
+        <v>2951</v>
+      </c>
+      <c r="E42" s="255">
+        <v>2880</v>
+      </c>
+      <c r="F42" s="220">
+        <v>2920</v>
+      </c>
+      <c r="G42" s="255">
+        <v>3097</v>
+      </c>
+      <c r="H42" s="124">
+        <v>3095</v>
+      </c>
+      <c r="I42" s="172">
+        <v>3371</v>
+      </c>
+      <c r="J42" s="93">
+        <v>11406</v>
+      </c>
+      <c r="K42" s="93">
+        <v>13246</v>
+      </c>
+      <c r="L42" s="99">
+        <v>13058</v>
+      </c>
+      <c r="M42" s="255">
+        <v>13146</v>
+      </c>
+      <c r="N42" s="220">
+        <v>13147</v>
+      </c>
+      <c r="O42" s="99">
+        <v>13370</v>
+      </c>
+      <c r="P42" s="335">
+        <v>13033</v>
+      </c>
+      <c r="Q42" s="232">
+        <v>14580</v>
+      </c>
+      <c r="R42" s="28"/>
+      <c r="S42" s="124">
+        <v>12985</v>
+      </c>
+      <c r="T42" s="93">
+        <v>15544</v>
+      </c>
+      <c r="U42" s="99">
+        <v>16009</v>
+      </c>
+      <c r="V42" s="255">
+        <v>16026</v>
+      </c>
+      <c r="W42" s="99">
+        <v>16067</v>
+      </c>
+      <c r="X42" s="255">
+        <v>16467</v>
+      </c>
+      <c r="Y42" s="333">
+        <v>16128</v>
+      </c>
+      <c r="Z42" s="232">
+        <v>17951</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" s="53">
+        <v>599</v>
+      </c>
+      <c r="C43" s="53">
+        <v>996</v>
+      </c>
+      <c r="D43" s="62">
+        <v>1108</v>
+      </c>
+      <c r="E43" s="309">
+        <v>1086</v>
+      </c>
+      <c r="F43" s="219">
+        <v>1090</v>
+      </c>
+      <c r="G43" s="309">
+        <v>1143</v>
+      </c>
+      <c r="H43" s="59">
+        <v>1029</v>
+      </c>
+      <c r="I43" s="137">
+        <v>1106</v>
+      </c>
+      <c r="J43" s="53">
+        <v>6895</v>
+      </c>
+      <c r="K43" s="53">
+        <v>8230</v>
+      </c>
+      <c r="L43" s="62">
+        <v>8305</v>
+      </c>
+      <c r="M43" s="309">
+        <v>8296</v>
+      </c>
+      <c r="N43" s="219">
+        <v>8065</v>
+      </c>
+      <c r="O43" s="62">
+        <v>8474</v>
+      </c>
+      <c r="P43" s="53">
+        <v>8237</v>
+      </c>
+      <c r="Q43" s="160">
+        <v>8815</v>
+      </c>
+      <c r="R43" s="28"/>
+      <c r="S43" s="59">
+        <v>7494</v>
+      </c>
+      <c r="T43" s="59">
+        <v>9226</v>
+      </c>
+      <c r="U43" s="63">
+        <v>9413</v>
+      </c>
+      <c r="V43" s="309">
+        <v>9382</v>
+      </c>
+      <c r="W43" s="62">
+        <v>9155</v>
+      </c>
+      <c r="X43" s="309">
+        <v>9617</v>
+      </c>
+      <c r="Y43" s="59">
+        <v>9266</v>
+      </c>
+      <c r="Z43" s="160">
+        <v>9921</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="53">
+        <v>961</v>
+      </c>
+      <c r="C44" s="53">
+        <v>1298</v>
+      </c>
+      <c r="D44" s="62">
+        <v>1805</v>
+      </c>
+      <c r="E44" s="309">
+        <v>1748</v>
+      </c>
+      <c r="F44" s="219">
+        <v>1745</v>
+      </c>
+      <c r="G44" s="309">
+        <v>1851</v>
+      </c>
+      <c r="H44" s="59">
+        <v>1962</v>
+      </c>
+      <c r="I44" s="137">
+        <v>2193</v>
+      </c>
+      <c r="J44" s="53">
+        <v>4509</v>
+      </c>
+      <c r="K44" s="53">
+        <v>5015</v>
+      </c>
+      <c r="L44" s="62">
+        <v>4745</v>
+      </c>
+      <c r="M44" s="309">
+        <v>4850</v>
+      </c>
+      <c r="N44" s="219">
+        <v>5072</v>
+      </c>
+      <c r="O44" s="62">
+        <v>4879</v>
+      </c>
+      <c r="P44" s="53">
+        <v>4781</v>
+      </c>
+      <c r="Q44" s="160">
+        <v>5762</v>
+      </c>
+      <c r="R44" s="28"/>
+      <c r="S44" s="59">
+        <v>5470</v>
+      </c>
+      <c r="T44" s="59">
+        <v>6313</v>
+      </c>
+      <c r="U44" s="63">
+        <v>6550</v>
+      </c>
+      <c r="V44" s="309">
+        <v>6598</v>
+      </c>
+      <c r="W44" s="62">
+        <v>6817</v>
+      </c>
+      <c r="X44" s="309">
+        <v>6730</v>
+      </c>
+      <c r="Y44" s="59">
+        <v>6743</v>
+      </c>
+      <c r="Z44" s="160">
+        <v>7955</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B45" s="53">
+        <v>19</v>
+      </c>
+      <c r="C45" s="53">
+        <v>4</v>
+      </c>
+      <c r="D45" s="62">
+        <v>38</v>
+      </c>
+      <c r="E45" s="309">
+        <v>46</v>
+      </c>
+      <c r="F45" s="221">
+        <v>85</v>
+      </c>
+      <c r="G45" s="309">
+        <v>103</v>
+      </c>
+      <c r="H45" s="59">
+        <v>104</v>
+      </c>
+      <c r="I45" s="137">
+        <v>72</v>
+      </c>
+      <c r="J45" s="53">
+        <v>2</v>
+      </c>
+      <c r="K45" s="53">
+        <v>1</v>
+      </c>
+      <c r="L45" s="62">
+        <v>8</v>
+      </c>
+      <c r="M45" s="309">
+        <v>0</v>
+      </c>
+      <c r="N45" s="221">
+        <v>10</v>
+      </c>
+      <c r="O45" s="62">
+        <v>17</v>
+      </c>
+      <c r="P45" s="94">
+        <v>15</v>
+      </c>
+      <c r="Q45" s="250">
+        <v>3</v>
+      </c>
+      <c r="R45" s="28"/>
+      <c r="S45" s="97">
+        <v>21</v>
+      </c>
+      <c r="T45" s="97">
+        <v>5</v>
+      </c>
+      <c r="U45" s="322">
+        <v>46</v>
+      </c>
+      <c r="V45" s="308">
+        <v>46</v>
+      </c>
+      <c r="W45" s="89">
+        <v>95</v>
+      </c>
+      <c r="X45" s="308">
+        <v>120</v>
+      </c>
+      <c r="Y45" s="97">
+        <v>119</v>
+      </c>
+      <c r="Z45" s="216">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="95" t="s">
+        <v>37</v>
+      </c>
+      <c r="B46" s="93">
+        <v>1767</v>
+      </c>
+      <c r="C46" s="93">
+        <v>2137</v>
+      </c>
+      <c r="D46" s="99">
+        <v>2633</v>
+      </c>
+      <c r="E46" s="255">
+        <v>2610</v>
+      </c>
+      <c r="F46" s="220">
+        <v>2932</v>
+      </c>
+      <c r="G46" s="255">
+        <v>3287</v>
+      </c>
+      <c r="H46" s="124">
+        <v>3405</v>
+      </c>
+      <c r="I46" s="172">
+        <v>3926</v>
+      </c>
+      <c r="J46" s="93">
+        <v>8263</v>
+      </c>
+      <c r="K46" s="93">
+        <v>9517</v>
+      </c>
+      <c r="L46" s="99">
+        <v>11209</v>
+      </c>
+      <c r="M46" s="255">
+        <v>11670</v>
+      </c>
+      <c r="N46" s="220">
+        <v>12233</v>
+      </c>
+      <c r="O46" s="99">
+        <v>12246</v>
+      </c>
+      <c r="P46" s="335">
+        <v>12809</v>
+      </c>
+      <c r="Q46" s="232">
+        <v>12881</v>
+      </c>
+      <c r="R46" s="28"/>
+      <c r="S46" s="124">
+        <v>10030</v>
+      </c>
+      <c r="T46" s="93">
+        <v>11654</v>
+      </c>
+      <c r="U46" s="99">
+        <v>13842</v>
+      </c>
+      <c r="V46" s="255">
+        <v>14280</v>
+      </c>
+      <c r="W46" s="99">
+        <v>15165</v>
+      </c>
+      <c r="X46" s="255">
+        <v>15533</v>
+      </c>
+      <c r="Y46" s="333">
+        <v>16214</v>
+      </c>
+      <c r="Z46" s="232">
+        <v>16807</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" s="53">
+        <v>534</v>
+      </c>
+      <c r="C47" s="53">
+        <v>702</v>
+      </c>
+      <c r="D47" s="62">
+        <v>768</v>
+      </c>
+      <c r="E47" s="309">
+        <v>742</v>
+      </c>
+      <c r="F47" s="219">
+        <v>846</v>
+      </c>
+      <c r="G47" s="309">
+        <v>1074</v>
+      </c>
+      <c r="H47" s="59">
+        <v>1025</v>
+      </c>
+      <c r="I47" s="137">
+        <v>963</v>
+      </c>
+      <c r="J47" s="53">
+        <v>5897</v>
+      </c>
+      <c r="K47" s="53">
+        <v>6990</v>
+      </c>
+      <c r="L47" s="62">
+        <v>8350</v>
+      </c>
+      <c r="M47" s="309">
+        <v>8613</v>
+      </c>
+      <c r="N47" s="219">
+        <v>8873</v>
+      </c>
+      <c r="O47" s="62">
+        <v>9100</v>
+      </c>
+      <c r="P47" s="53">
+        <v>9414</v>
+      </c>
+      <c r="Q47" s="160">
+        <v>9004</v>
+      </c>
+      <c r="R47" s="28"/>
+      <c r="S47" s="59">
+        <v>6431</v>
+      </c>
+      <c r="T47" s="59">
+        <v>7692</v>
+      </c>
+      <c r="U47" s="63">
+        <v>9118</v>
+      </c>
+      <c r="V47" s="309">
+        <v>9355</v>
+      </c>
+      <c r="W47" s="62">
+        <v>9719</v>
+      </c>
+      <c r="X47" s="309">
+        <v>10174</v>
+      </c>
+      <c r="Y47" s="59">
+        <v>10439</v>
+      </c>
+      <c r="Z47" s="160">
+        <v>9967</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" s="53">
+        <v>1194</v>
+      </c>
+      <c r="C48" s="53">
+        <v>1434</v>
+      </c>
+      <c r="D48" s="62">
+        <v>1811</v>
+      </c>
+      <c r="E48" s="309">
+        <v>1815</v>
+      </c>
+      <c r="F48" s="219">
+        <v>1983</v>
+      </c>
+      <c r="G48" s="309">
+        <v>2131</v>
+      </c>
+      <c r="H48" s="59">
+        <v>2310</v>
+      </c>
+      <c r="I48" s="137">
+        <v>2878</v>
+      </c>
+      <c r="J48" s="53">
+        <v>2366</v>
+      </c>
+      <c r="K48" s="53">
+        <v>2526</v>
+      </c>
+      <c r="L48" s="62">
+        <v>2852</v>
+      </c>
+      <c r="M48" s="309">
+        <v>3052</v>
+      </c>
+      <c r="N48" s="219">
+        <v>3356</v>
+      </c>
+      <c r="O48" s="62">
+        <v>3143</v>
+      </c>
+      <c r="P48" s="53">
+        <v>3387</v>
+      </c>
+      <c r="Q48" s="160">
+        <v>3872</v>
+      </c>
+      <c r="R48" s="28"/>
+      <c r="S48" s="59">
+        <v>3560</v>
+      </c>
+      <c r="T48" s="59">
+        <v>3960</v>
+      </c>
+      <c r="U48" s="63">
+        <v>4663</v>
+      </c>
+      <c r="V48" s="309">
+        <v>4867</v>
+      </c>
+      <c r="W48" s="62">
+        <v>5339</v>
+      </c>
+      <c r="X48" s="309">
+        <v>5274</v>
+      </c>
+      <c r="Y48" s="59">
+        <v>5697</v>
+      </c>
+      <c r="Z48" s="160">
+        <v>6750</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B49" s="94">
+        <v>39</v>
+      </c>
+      <c r="C49" s="94">
+        <v>1</v>
+      </c>
+      <c r="D49" s="89">
+        <v>54</v>
+      </c>
+      <c r="E49" s="308">
         <v>53</v>
       </c>
-      <c r="B1" s="26"/>
-[...20 lines deleted...]
-      <c r="A2" s="27" t="s">
+      <c r="F49" s="221">
+        <v>103</v>
+      </c>
+      <c r="G49" s="308">
+        <v>82</v>
+      </c>
+      <c r="H49" s="97">
+        <v>70</v>
+      </c>
+      <c r="I49" s="229">
+        <v>85</v>
+      </c>
+      <c r="J49" s="94">
+        <v>0</v>
+      </c>
+      <c r="K49" s="94">
+        <v>1</v>
+      </c>
+      <c r="L49" s="89">
+        <v>7</v>
+      </c>
+      <c r="M49" s="308">
+        <v>5</v>
+      </c>
+      <c r="N49" s="221">
+        <v>4</v>
+      </c>
+      <c r="O49" s="89">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...200 lines deleted...]
-      <c r="A9" s="41" t="s">
+      <c r="P49" s="94">
+        <v>8</v>
+      </c>
+      <c r="Q49" s="250">
+        <v>5</v>
+      </c>
+      <c r="R49" s="28"/>
+      <c r="S49" s="97">
+        <v>39</v>
+      </c>
+      <c r="T49" s="97">
+        <v>2</v>
+      </c>
+      <c r="U49" s="322">
+        <v>61</v>
+      </c>
+      <c r="V49" s="308">
+        <v>58</v>
+      </c>
+      <c r="W49" s="89">
+        <v>107</v>
+      </c>
+      <c r="X49" s="308">
+        <v>85</v>
+      </c>
+      <c r="Y49" s="97">
+        <v>78</v>
+      </c>
+      <c r="Z49" s="216">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="117" t="s">
+        <v>70</v>
+      </c>
+      <c r="B50" s="311"/>
+      <c r="C50" s="311"/>
+      <c r="D50" s="312"/>
+      <c r="E50" s="310">
+        <v>215</v>
+      </c>
+      <c r="F50" s="326">
+        <v>169</v>
+      </c>
+      <c r="G50" s="310">
+        <v>182</v>
+      </c>
+      <c r="H50" s="333">
+        <v>205</v>
+      </c>
+      <c r="I50" s="325">
+        <v>187</v>
+      </c>
+      <c r="J50" s="311"/>
+      <c r="K50" s="311"/>
+      <c r="L50" s="312"/>
+      <c r="M50" s="310">
+        <v>2613</v>
+      </c>
+      <c r="N50" s="326">
+        <v>2641</v>
+      </c>
+      <c r="O50" s="317">
+        <v>2841</v>
+      </c>
+      <c r="P50" s="335">
+        <v>2722</v>
+      </c>
+      <c r="Q50" s="232">
+        <v>2519</v>
+      </c>
+      <c r="R50" s="28"/>
+      <c r="S50" s="327"/>
+      <c r="T50" s="327"/>
+      <c r="U50" s="328"/>
+      <c r="V50" s="310">
+        <v>2828</v>
+      </c>
+      <c r="W50" s="317">
+        <v>2810</v>
+      </c>
+      <c r="X50" s="310">
+        <v>3023</v>
+      </c>
+      <c r="Y50" s="333">
+        <v>2927</v>
+      </c>
+      <c r="Z50" s="232">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="88">
-[...56 lines deleted...]
-      <c r="A10" s="41" t="s">
+      <c r="B51" s="311"/>
+      <c r="C51" s="311"/>
+      <c r="D51" s="312"/>
+      <c r="E51" s="309">
+        <v>128</v>
+      </c>
+      <c r="F51" s="219">
+        <v>111</v>
+      </c>
+      <c r="G51" s="309">
+        <v>124</v>
+      </c>
+      <c r="H51" s="59">
+        <v>137</v>
+      </c>
+      <c r="I51" s="137">
+        <v>116</v>
+      </c>
+      <c r="J51" s="311"/>
+      <c r="K51" s="311"/>
+      <c r="L51" s="312"/>
+      <c r="M51" s="309">
+        <v>1564</v>
+      </c>
+      <c r="N51" s="219">
+        <v>1624</v>
+      </c>
+      <c r="O51" s="62">
+        <v>1860</v>
+      </c>
+      <c r="P51" s="53">
+        <v>1820</v>
+      </c>
+      <c r="Q51" s="160">
+        <v>1557</v>
+      </c>
+      <c r="R51" s="28"/>
+      <c r="S51" s="329"/>
+      <c r="T51" s="329"/>
+      <c r="U51" s="330"/>
+      <c r="V51" s="309">
+        <v>1692</v>
+      </c>
+      <c r="W51" s="62">
+        <v>1735</v>
+      </c>
+      <c r="X51" s="309">
+        <v>1984</v>
+      </c>
+      <c r="Y51" s="59">
+        <v>1957</v>
+      </c>
+      <c r="Z51" s="160">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="88">
-[...128 lines deleted...]
-      <c r="A13" s="41" t="s">
+      <c r="B52" s="311"/>
+      <c r="C52" s="311"/>
+      <c r="D52" s="312"/>
+      <c r="E52" s="309">
+        <v>87</v>
+      </c>
+      <c r="F52" s="219">
+        <v>58</v>
+      </c>
+      <c r="G52" s="309">
+        <v>58</v>
+      </c>
+      <c r="H52" s="59">
+        <v>68</v>
+      </c>
+      <c r="I52" s="137">
+        <v>71</v>
+      </c>
+      <c r="J52" s="311"/>
+      <c r="K52" s="311"/>
+      <c r="L52" s="312"/>
+      <c r="M52" s="309">
+        <v>1049</v>
+      </c>
+      <c r="N52" s="219">
+        <v>1017</v>
+      </c>
+      <c r="O52" s="62">
+        <v>979</v>
+      </c>
+      <c r="P52" s="53">
+        <v>902</v>
+      </c>
+      <c r="Q52" s="160">
+        <v>962</v>
+      </c>
+      <c r="R52" s="28"/>
+      <c r="S52" s="329"/>
+      <c r="T52" s="329"/>
+      <c r="U52" s="330"/>
+      <c r="V52" s="309">
+        <v>1136</v>
+      </c>
+      <c r="W52" s="62">
+        <v>1075</v>
+      </c>
+      <c r="X52" s="309">
+        <v>1037</v>
+      </c>
+      <c r="Y52" s="59">
+        <v>970</v>
+      </c>
+      <c r="Z52" s="160">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B53" s="311"/>
+      <c r="C53" s="311"/>
+      <c r="D53" s="312"/>
+      <c r="E53" s="309"/>
+      <c r="F53" s="219"/>
+      <c r="G53" s="309"/>
+      <c r="H53" s="59"/>
+      <c r="I53" s="137"/>
+      <c r="J53" s="311"/>
+      <c r="K53" s="311"/>
+      <c r="L53" s="312"/>
+      <c r="M53" s="309"/>
+      <c r="N53" s="219"/>
+      <c r="O53" s="62">
+        <v>2</v>
+      </c>
+      <c r="P53" s="94"/>
+      <c r="Q53" s="216"/>
+      <c r="R53" s="28"/>
+      <c r="S53" s="329"/>
+      <c r="T53" s="329"/>
+      <c r="U53" s="330"/>
+      <c r="V53" s="309">
+        <v>0</v>
+      </c>
+      <c r="W53" s="62">
+        <v>0</v>
+      </c>
+      <c r="X53" s="309">
+        <v>2</v>
+      </c>
+      <c r="Y53" s="97">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="216">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="374" t="s">
+        <v>0</v>
+      </c>
+      <c r="B54" s="93">
+        <v>7795</v>
+      </c>
+      <c r="C54" s="93">
+        <v>9805</v>
+      </c>
+      <c r="D54" s="99">
+        <v>12215</v>
+      </c>
+      <c r="E54" s="255">
+        <v>12244</v>
+      </c>
+      <c r="F54" s="99">
+        <v>12872</v>
+      </c>
+      <c r="G54" s="255">
+        <v>13294</v>
+      </c>
+      <c r="H54" s="124">
+        <v>13425</v>
+      </c>
+      <c r="I54" s="172">
+        <v>14614</v>
+      </c>
+      <c r="J54" s="93">
+        <v>53425</v>
+      </c>
+      <c r="K54" s="93">
+        <v>56908</v>
+      </c>
+      <c r="L54" s="99">
+        <v>57486</v>
+      </c>
+      <c r="M54" s="255">
+        <v>60145</v>
+      </c>
+      <c r="N54" s="99">
+        <v>61904</v>
+      </c>
+      <c r="O54" s="99">
+        <v>64247</v>
+      </c>
+      <c r="P54" s="335">
+        <v>65973</v>
+      </c>
+      <c r="Q54" s="232">
+        <v>69815</v>
+      </c>
+      <c r="R54" s="31"/>
+      <c r="S54" s="124">
+        <v>61220</v>
+      </c>
+      <c r="T54" s="93">
+        <v>66713</v>
+      </c>
+      <c r="U54" s="99">
+        <v>69701</v>
+      </c>
+      <c r="V54" s="255">
+        <v>72389</v>
+      </c>
+      <c r="W54" s="99">
+        <v>74776</v>
+      </c>
+      <c r="X54" s="255">
+        <v>77541</v>
+      </c>
+      <c r="Y54" s="333">
+        <v>79398</v>
+      </c>
+      <c r="Z54" s="232">
+        <v>84429</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="88">
-[...56 lines deleted...]
-      <c r="A14" s="41" t="s">
+      <c r="B55" s="53">
+        <v>2888</v>
+      </c>
+      <c r="C55" s="53">
+        <v>3614</v>
+      </c>
+      <c r="D55" s="62">
+        <v>3960</v>
+      </c>
+      <c r="E55" s="309">
+        <v>3971</v>
+      </c>
+      <c r="F55" s="62">
+        <v>4036</v>
+      </c>
+      <c r="G55" s="309">
+        <v>4406</v>
+      </c>
+      <c r="H55" s="59">
+        <v>4274</v>
+      </c>
+      <c r="I55" s="137">
+        <v>4281</v>
+      </c>
+      <c r="J55" s="53">
+        <v>33143</v>
+      </c>
+      <c r="K55" s="53">
+        <v>35756</v>
+      </c>
+      <c r="L55" s="62">
+        <v>37415</v>
+      </c>
+      <c r="M55" s="309">
+        <v>39000</v>
+      </c>
+      <c r="N55" s="62">
+        <v>39141</v>
+      </c>
+      <c r="O55" s="62">
+        <v>41079</v>
+      </c>
+      <c r="P55" s="53">
+        <v>42015</v>
+      </c>
+      <c r="Q55" s="160">
+        <v>42238</v>
+      </c>
+      <c r="R55" s="28"/>
+      <c r="S55" s="59">
+        <v>36031</v>
+      </c>
+      <c r="T55" s="59">
+        <v>39370</v>
+      </c>
+      <c r="U55" s="63">
+        <v>41375</v>
+      </c>
+      <c r="V55" s="309">
+        <v>42971</v>
+      </c>
+      <c r="W55" s="62">
+        <v>43177</v>
+      </c>
+      <c r="X55" s="309">
+        <v>45485</v>
+      </c>
+      <c r="Y55" s="59">
+        <v>46289</v>
+      </c>
+      <c r="Z55" s="160">
+        <v>46519</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="88">
-[...536 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B56" s="53">
+        <v>4740</v>
+      </c>
+      <c r="C56" s="53">
+        <v>6148</v>
+      </c>
+      <c r="D56" s="62">
+        <v>8009</v>
+      </c>
+      <c r="E56" s="309">
+        <v>7991</v>
+      </c>
+      <c r="F56" s="62">
+        <v>8225</v>
+      </c>
+      <c r="G56" s="309">
+        <v>8308</v>
+      </c>
+      <c r="H56" s="59">
+        <v>8715</v>
+      </c>
+      <c r="I56" s="137">
+        <v>10012</v>
+      </c>
+      <c r="J56" s="53">
+        <v>20273</v>
+      </c>
+      <c r="K56" s="53">
+        <v>21148</v>
+      </c>
+      <c r="L56" s="62">
+        <v>20017</v>
+      </c>
+      <c r="M56" s="309">
+        <v>21123</v>
+      </c>
+      <c r="N56" s="62">
+        <v>22711</v>
+      </c>
+      <c r="O56" s="62">
+        <v>23103</v>
+      </c>
+      <c r="P56" s="53">
+        <v>23898</v>
+      </c>
+      <c r="Q56" s="160">
+        <v>27550</v>
+      </c>
+      <c r="R56" s="28"/>
+      <c r="S56" s="59">
+        <v>25013</v>
+      </c>
+      <c r="T56" s="59">
+        <v>27296</v>
+      </c>
+      <c r="U56" s="63">
+        <v>28026</v>
+      </c>
+      <c r="V56" s="309">
+        <v>29114</v>
+      </c>
+      <c r="W56" s="62">
+        <v>30936</v>
+      </c>
+      <c r="X56" s="309">
+        <v>31411</v>
+      </c>
+      <c r="Y56" s="59">
+        <v>32613</v>
+      </c>
+      <c r="Z56" s="160">
+        <v>37562</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B57" s="94">
+        <v>167</v>
+      </c>
+      <c r="C57" s="94">
+        <v>43</v>
+      </c>
+      <c r="D57" s="89">
+        <v>246</v>
+      </c>
+      <c r="E57" s="308">
+        <v>282</v>
+      </c>
+      <c r="F57" s="89">
+        <v>611</v>
+      </c>
+      <c r="G57" s="308">
+        <v>580</v>
+      </c>
+      <c r="H57" s="97">
+        <v>436</v>
+      </c>
+      <c r="I57" s="229">
+        <v>321</v>
+      </c>
+      <c r="J57" s="94">
         <v>9</v>
       </c>
-      <c r="B26" s="2"/>
-[...556 lines deleted...]
-      <c r="C37" s="57">
+      <c r="K57" s="94">
         <v>4</v>
       </c>
-      <c r="D37" s="57">
-[...239 lines deleted...]
-      <c r="D41" s="57">
+      <c r="L57" s="89">
         <v>54</v>
       </c>
-      <c r="E41" s="278">
-[...17 lines deleted...]
-      <c r="K41" s="278">
+      <c r="M57" s="308">
+        <v>22</v>
+      </c>
+      <c r="N57" s="89">
+        <v>52</v>
+      </c>
+      <c r="O57" s="89">
+        <v>65</v>
+      </c>
+      <c r="P57" s="94">
+        <v>60</v>
+      </c>
+      <c r="Q57" s="250">
+        <v>27</v>
+      </c>
+      <c r="R57" s="28"/>
+      <c r="S57" s="97">
+        <v>176</v>
+      </c>
+      <c r="T57" s="97">
+        <v>47</v>
+      </c>
+      <c r="U57" s="322">
+        <v>300</v>
+      </c>
+      <c r="V57" s="308">
+        <v>304</v>
+      </c>
+      <c r="W57" s="89">
+        <v>663</v>
+      </c>
+      <c r="X57" s="308">
+        <v>645</v>
+      </c>
+      <c r="Y57" s="97">
+        <v>496</v>
+      </c>
+      <c r="Z57" s="216">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" s="104" customFormat="1" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="432" t="s">
+        <v>135</v>
+      </c>
+      <c r="B58" s="432"/>
+      <c r="C58" s="432"/>
+      <c r="D58" s="432"/>
+      <c r="E58" s="432"/>
+      <c r="F58" s="432"/>
+      <c r="G58" s="432"/>
+      <c r="H58" s="432"/>
+      <c r="I58" s="432"/>
+      <c r="J58" s="432"/>
+      <c r="K58" s="432"/>
+      <c r="L58" s="432"/>
+      <c r="M58" s="432"/>
+      <c r="N58" s="432"/>
+      <c r="O58" s="432"/>
+      <c r="P58" s="432"/>
+      <c r="Q58" s="432"/>
+      <c r="R58" s="432"/>
+      <c r="S58" s="432"/>
+      <c r="T58" s="432"/>
+      <c r="U58" s="432"/>
+      <c r="V58" s="432"/>
+      <c r="W58" s="432"/>
+      <c r="X58" s="432"/>
+      <c r="Y58" s="432"/>
+      <c r="Z58" s="432"/>
+    </row>
+    <row r="59" spans="1:26" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="476" t="s">
+        <v>136</v>
+      </c>
+      <c r="B59" s="476"/>
+      <c r="C59" s="476"/>
+      <c r="D59" s="476"/>
+      <c r="E59" s="476"/>
+      <c r="F59" s="476"/>
+      <c r="G59" s="476"/>
+      <c r="H59" s="476"/>
+      <c r="I59" s="476"/>
+      <c r="J59" s="476"/>
+      <c r="K59" s="476"/>
+      <c r="L59" s="476"/>
+      <c r="M59" s="476"/>
+      <c r="N59" s="476"/>
+      <c r="O59" s="476"/>
+      <c r="P59" s="476"/>
+      <c r="Q59" s="476"/>
+      <c r="R59" s="476"/>
+      <c r="S59" s="476"/>
+      <c r="T59" s="476"/>
+      <c r="U59" s="476"/>
+      <c r="V59" s="476"/>
+      <c r="W59" s="476"/>
+      <c r="X59" s="476"/>
+      <c r="Y59" s="476"/>
+      <c r="Z59" s="476"/>
+    </row>
+    <row r="60" spans="1:26" x14ac:dyDescent="0.25">
+      <c r="A60" s="68" t="s">
+        <v>91</v>
+      </c>
+      <c r="B60" s="67"/>
+      <c r="C60" s="69"/>
+      <c r="D60" s="70"/>
+      <c r="E60" s="70"/>
+      <c r="F60" s="71"/>
+      <c r="G60" s="71"/>
+      <c r="H60" s="71"/>
+      <c r="I60" s="71"/>
+      <c r="J60" s="71"/>
+      <c r="K60" s="70"/>
+      <c r="L60" s="70"/>
+      <c r="M60" s="70"/>
+      <c r="N60" s="71"/>
+      <c r="O60" s="71"/>
+      <c r="P60" s="71"/>
+      <c r="Q60" s="71"/>
+      <c r="R60" s="72"/>
+      <c r="S60" s="65"/>
+      <c r="T60" s="66"/>
+      <c r="U60" s="66"/>
+      <c r="V60" s="66"/>
+      <c r="W60" s="66"/>
+      <c r="X60" s="66"/>
+      <c r="Y60" s="66"/>
+      <c r="Z60" s="66"/>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.25">
+      <c r="A61" s="368" t="s">
+        <v>87</v>
+      </c>
+      <c r="B61" s="67"/>
+      <c r="C61" s="69"/>
+      <c r="D61" s="70"/>
+      <c r="E61" s="70"/>
+      <c r="F61" s="71"/>
+      <c r="G61" s="71"/>
+      <c r="H61" s="71"/>
+      <c r="I61" s="71"/>
+      <c r="J61" s="71"/>
+      <c r="K61" s="70"/>
+      <c r="L61" s="70"/>
+      <c r="M61" s="70"/>
+      <c r="N61" s="71"/>
+      <c r="O61" s="71"/>
+      <c r="P61" s="71"/>
+      <c r="Q61" s="71"/>
+      <c r="R61" s="72"/>
+      <c r="S61" s="65"/>
+      <c r="T61" s="66"/>
+      <c r="U61" s="66"/>
+      <c r="V61" s="66"/>
+      <c r="W61" s="66"/>
+      <c r="X61" s="66"/>
+      <c r="Y61" s="66"/>
+      <c r="Z61" s="66"/>
+    </row>
+    <row r="62" spans="1:26" s="64" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B62" s="10"/>
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="10"/>
+      <c r="J62" s="10"/>
+      <c r="K62" s="10"/>
+      <c r="L62" s="10"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="10"/>
+      <c r="P62" s="10"/>
+      <c r="Q62" s="10"/>
+      <c r="R62" s="10"/>
+      <c r="S62" s="67"/>
+      <c r="T62" s="100"/>
+      <c r="U62" s="101"/>
+      <c r="V62" s="101"/>
+      <c r="W62" s="101"/>
+      <c r="X62" s="9"/>
+      <c r="Y62" s="9"/>
+      <c r="Z62" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="L41" s="57">
-[...337 lines deleted...]
-      <c r="T48" s="33"/>
+      <c r="B63" s="3"/>
+      <c r="C63" s="3"/>
+      <c r="D63" s="3"/>
+      <c r="E63" s="3"/>
+      <c r="F63" s="3"/>
+      <c r="G63" s="3"/>
+      <c r="H63" s="3"/>
+      <c r="I63" s="3"/>
+      <c r="J63" s="3"/>
+      <c r="K63" s="3"/>
+      <c r="L63" s="3"/>
+      <c r="M63" s="3"/>
+      <c r="N63" s="3"/>
+      <c r="O63" s="3"/>
+      <c r="P63" s="3"/>
+      <c r="Q63" s="3"/>
+      <c r="R63" s="3"/>
+      <c r="S63" s="29"/>
+      <c r="T63" s="29"/>
+      <c r="U63" s="29"/>
+      <c r="V63" s="29"/>
+      <c r="W63" s="29"/>
+      <c r="X63" s="29"/>
+      <c r="Y63" s="29"/>
+      <c r="Z63" s="29"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...4 lines deleted...]
-    <mergeCell ref="A4:T4"/>
+  <mergeCells count="13">
+    <mergeCell ref="A58:Z58"/>
+    <mergeCell ref="A59:Z59"/>
+    <mergeCell ref="A28:Z28"/>
+    <mergeCell ref="B36:H36"/>
+    <mergeCell ref="J36:P36"/>
+    <mergeCell ref="S36:Z36"/>
+    <mergeCell ref="A29:Z29"/>
+    <mergeCell ref="A30:Z30"/>
+    <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A6:A7"/>
-    <mergeCell ref="H6:M6"/>
-[...1 lines deleted...]
-    <mergeCell ref="O6:T6"/>
+    <mergeCell ref="J6:P6"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="S6:Z6"/>
   </mergeCells>
-  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="26" max="16383" man="1"/>
+    <brk id="34" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:U44"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:AA44"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:U4"/>
+    <sheetView zoomScale="83" zoomScaleNormal="83" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:AA4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.1796875" style="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="22" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="3.453125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="16.453125" style="4" customWidth="1"/>
+    <col min="3" max="18" width="5.453125" style="4" customWidth="1"/>
+    <col min="19" max="19" width="2" style="4" customWidth="1"/>
+    <col min="20" max="27" width="5.453125" style="4" customWidth="1"/>
+    <col min="28" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...25 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:27" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="23"/>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="23"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="23"/>
+      <c r="U1" s="23"/>
+      <c r="V1" s="23"/>
+      <c r="W1" s="23"/>
+      <c r="X1" s="23"/>
+      <c r="Y1" s="23"/>
+      <c r="Z1" s="23"/>
+      <c r="AA1" s="23"/>
+    </row>
+    <row r="2" spans="1:27" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...92 lines deleted...]
-      <c r="A6" s="438" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="24"/>
+      <c r="Z2" s="24"/>
+      <c r="AA2" s="24"/>
+    </row>
+    <row r="3" spans="1:27" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
+      <c r="X3" s="6"/>
+      <c r="Y3" s="6"/>
+      <c r="Z3" s="6"/>
+      <c r="AA3" s="6"/>
+    </row>
+    <row r="4" spans="1:27" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="431" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="431"/>
+      <c r="C4" s="431"/>
+      <c r="D4" s="431"/>
+      <c r="E4" s="431"/>
+      <c r="F4" s="431"/>
+      <c r="G4" s="431"/>
+      <c r="H4" s="431"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="431"/>
+      <c r="K4" s="431"/>
+      <c r="L4" s="431"/>
+      <c r="M4" s="431"/>
+      <c r="N4" s="431"/>
+      <c r="O4" s="431"/>
+      <c r="P4" s="431"/>
+      <c r="Q4" s="431"/>
+      <c r="R4" s="431"/>
+      <c r="S4" s="431"/>
+      <c r="T4" s="431"/>
+      <c r="U4" s="431"/>
+      <c r="V4" s="431"/>
+      <c r="W4" s="431"/>
+      <c r="X4" s="431"/>
+      <c r="Y4" s="431"/>
+      <c r="Z4" s="431"/>
+      <c r="AA4" s="431"/>
+    </row>
+    <row r="5" spans="1:27" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="90"/>
+      <c r="B5" s="90"/>
+      <c r="C5" s="90"/>
+      <c r="D5" s="90"/>
+      <c r="E5" s="90"/>
+      <c r="F5" s="212"/>
+      <c r="G5" s="90"/>
+      <c r="H5" s="10"/>
+      <c r="I5" s="212"/>
+      <c r="J5" s="212"/>
+      <c r="K5" s="90"/>
+      <c r="L5" s="90"/>
+      <c r="M5" s="90"/>
+      <c r="N5" s="212"/>
+      <c r="O5" s="90"/>
+      <c r="P5" s="90"/>
+      <c r="Q5" s="212"/>
+      <c r="R5" s="212"/>
+      <c r="S5" s="90"/>
+      <c r="T5" s="90"/>
+      <c r="U5" s="90"/>
+      <c r="V5" s="90"/>
+      <c r="W5" s="212"/>
+      <c r="X5" s="90"/>
+      <c r="Y5" s="28"/>
+      <c r="Z5" s="28"/>
+      <c r="AA5" s="28"/>
+    </row>
+    <row r="6" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="481" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="439"/>
-      <c r="C6" s="426" t="s">
+      <c r="B6" s="482"/>
+      <c r="C6" s="468" t="s">
         <v>12</v>
       </c>
-      <c r="D6" s="427"/>
-[...4 lines deleted...]
-      <c r="I6" s="426" t="s">
+      <c r="D6" s="469"/>
+      <c r="E6" s="469"/>
+      <c r="F6" s="469"/>
+      <c r="G6" s="469"/>
+      <c r="H6" s="469"/>
+      <c r="I6" s="469"/>
+      <c r="J6" s="489"/>
+      <c r="K6" s="468" t="s">
         <v>13</v>
       </c>
-      <c r="J6" s="427"/>
-[...5 lines deleted...]
-      <c r="P6" s="433" t="s">
+      <c r="L6" s="469"/>
+      <c r="M6" s="469"/>
+      <c r="N6" s="469"/>
+      <c r="O6" s="469"/>
+      <c r="P6" s="469"/>
+      <c r="Q6" s="469"/>
+      <c r="R6" s="469"/>
+      <c r="S6" s="34"/>
+      <c r="T6" s="486" t="s">
         <v>14</v>
       </c>
-      <c r="Q6" s="433"/>
-[...8 lines deleted...]
-      <c r="C7" s="83">
+      <c r="U6" s="486"/>
+      <c r="V6" s="486"/>
+      <c r="W6" s="486"/>
+      <c r="X6" s="486"/>
+      <c r="Y6" s="486"/>
+      <c r="Z6" s="486"/>
+      <c r="AA6" s="486"/>
+    </row>
+    <row r="7" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="483"/>
+      <c r="B7" s="484"/>
+      <c r="C7" s="74">
         <v>2000</v>
       </c>
-      <c r="D7" s="83">
+      <c r="D7" s="74">
         <v>2005</v>
       </c>
-      <c r="E7" s="83">
+      <c r="E7" s="74">
         <v>2010</v>
       </c>
-      <c r="F7" s="83">
+      <c r="F7" s="74">
+        <v>2011</v>
+      </c>
+      <c r="G7" s="150">
         <v>2015</v>
       </c>
-      <c r="G7" s="83">
+      <c r="H7" s="74">
         <v>2018</v>
       </c>
-      <c r="H7" s="97">
+      <c r="I7" s="74">
         <v>2020</v>
       </c>
-      <c r="I7" s="210">
+      <c r="J7" s="238">
+        <v>2024</v>
+      </c>
+      <c r="K7" s="168">
         <v>2000</v>
       </c>
-      <c r="J7" s="210">
+      <c r="L7" s="168">
         <v>2005</v>
       </c>
-      <c r="K7" s="210">
+      <c r="M7" s="168">
         <v>2010</v>
       </c>
-      <c r="L7" s="211">
+      <c r="N7" s="168">
+        <v>2011</v>
+      </c>
+      <c r="O7" s="168">
         <v>2015</v>
       </c>
-      <c r="M7" s="211">
+      <c r="P7" s="168">
         <v>2018</v>
       </c>
-      <c r="N7" s="105">
+      <c r="Q7" s="169">
         <v>2020</v>
       </c>
-      <c r="O7" s="84"/>
-      <c r="P7" s="271">
+      <c r="R7" s="339">
+        <v>2024</v>
+      </c>
+      <c r="S7" s="75"/>
+      <c r="T7" s="215">
         <v>2000</v>
       </c>
-      <c r="Q7" s="210">
+      <c r="U7" s="168">
         <v>2005</v>
       </c>
-      <c r="R7" s="210">
+      <c r="V7" s="168">
         <v>2010</v>
       </c>
-      <c r="S7" s="211">
+      <c r="W7" s="168">
+        <v>2011</v>
+      </c>
+      <c r="X7" s="169">
         <v>2015</v>
       </c>
-      <c r="T7" s="211">
+      <c r="Y7" s="74">
         <v>2018</v>
       </c>
-      <c r="U7" s="105">
+      <c r="Z7" s="169">
         <v>2020</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="49" t="s">
+      <c r="AA7" s="339">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="43"/>
-      <c r="C8" s="85">
+      <c r="B8" s="39"/>
+      <c r="C8" s="113">
         <v>0.41731879409878125</v>
       </c>
-      <c r="D8" s="85">
+      <c r="D8" s="113">
         <v>0.44130545639979601</v>
       </c>
-      <c r="E8" s="85">
+      <c r="E8" s="113">
         <v>0.38731068358575521</v>
       </c>
-      <c r="F8" s="85">
+      <c r="F8" s="113">
+        <v>0.38407182641948623</v>
+      </c>
+      <c r="G8" s="114">
         <v>0.35794694166732266</v>
       </c>
-      <c r="G8" s="85">
+      <c r="H8" s="113">
         <v>0.37103416717510679</v>
       </c>
-      <c r="H8" s="217">
+      <c r="I8" s="113">
         <v>0.35922844175491681</v>
       </c>
-      <c r="I8" s="85">
+      <c r="J8" s="394">
+        <v>0.41103486518333682</v>
+      </c>
+      <c r="K8" s="113">
         <v>0.63032288254562474</v>
       </c>
-      <c r="J8" s="85">
+      <c r="L8" s="113">
         <v>0.60900049202221129</v>
       </c>
-      <c r="K8" s="85">
+      <c r="M8" s="113">
         <v>0.59444038548516165</v>
       </c>
-      <c r="L8" s="108">
+      <c r="N8" s="114">
+        <v>0.59698950149482033</v>
+      </c>
+      <c r="O8" s="114">
         <v>0.57649798356478743</v>
       </c>
-      <c r="M8" s="108">
+      <c r="P8" s="114">
         <v>0.57009087059896424</v>
       </c>
-      <c r="N8" s="222">
+      <c r="Q8" s="112">
         <v>0.56212549999209493</v>
       </c>
-      <c r="O8" s="86"/>
-      <c r="P8" s="87">
+      <c r="R8" s="399">
+        <v>0.54194900142653357</v>
+      </c>
+      <c r="S8" s="76"/>
+      <c r="T8" s="388">
         <v>8.8090337954939341E-2</v>
       </c>
-      <c r="Q8" s="85">
+      <c r="U8" s="113">
         <v>0.1109942540529448</v>
       </c>
-      <c r="R8" s="85">
+      <c r="V8" s="113">
         <v>0.12161015859959386</v>
       </c>
-      <c r="S8" s="108">
+      <c r="W8" s="114">
+        <v>0.11856490273571832</v>
+      </c>
+      <c r="X8" s="114">
         <v>0.1174571192395123</v>
       </c>
-      <c r="T8" s="108">
+      <c r="Y8" s="113">
         <v>0.12201544943820225</v>
       </c>
-      <c r="U8" s="222">
+      <c r="Z8" s="112">
         <v>0.11782949583167923</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="39" t="s">
+      <c r="AA8" s="399">
+        <v>0.13985519209452607</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="42"/>
-      <c r="C9" s="88">
+      <c r="B9" s="38"/>
+      <c r="C9" s="110">
         <v>0.41924310455420138</v>
       </c>
-      <c r="D9" s="88">
+      <c r="D9" s="110">
         <v>0.46914839367669559</v>
       </c>
-      <c r="E9" s="88">
+      <c r="E9" s="110">
         <v>0.44445354072861237</v>
       </c>
-      <c r="F9" s="88">
+      <c r="F9" s="110">
+        <v>0.44226452739213568</v>
+      </c>
+      <c r="G9" s="112">
         <v>0.41383925057073134</v>
       </c>
-      <c r="G9" s="88">
+      <c r="H9" s="110">
         <v>0.44852043929225138</v>
       </c>
-      <c r="H9" s="218">
+      <c r="I9" s="110">
         <v>0.44795763993948562</v>
       </c>
-      <c r="I9" s="88">
+      <c r="J9" s="392">
+        <v>0.52207666181465306</v>
+      </c>
+      <c r="K9" s="110">
         <v>0.36537201684604587</v>
       </c>
-      <c r="J9" s="88">
+      <c r="L9" s="110">
         <v>0.38493709144584243</v>
       </c>
-      <c r="K9" s="88">
+      <c r="M9" s="110">
         <v>0.391677973767526</v>
       </c>
-      <c r="L9" s="196">
+      <c r="N9" s="112">
+        <v>0.40149829660015296</v>
+      </c>
+      <c r="O9" s="112">
         <v>0.41010411217791876</v>
       </c>
-      <c r="M9" s="196">
+      <c r="P9" s="112">
         <v>0.41147444875093642</v>
       </c>
-      <c r="N9" s="222">
+      <c r="Q9" s="112">
         <v>0.41746375551374681</v>
       </c>
-      <c r="O9" s="86"/>
-      <c r="P9" s="89">
+      <c r="R9" s="399">
+        <v>0.43653411792677127</v>
+      </c>
+      <c r="S9" s="76"/>
+      <c r="T9" s="391">
         <v>0.14340881165525715</v>
       </c>
-      <c r="Q9" s="88">
+      <c r="U9" s="110">
         <v>0.17354561231419302</v>
       </c>
-      <c r="R9" s="88">
+      <c r="V9" s="110">
         <v>0.19427446770441939</v>
       </c>
-      <c r="S9" s="196">
+      <c r="W9" s="112">
+        <v>0.18719870509166403</v>
+      </c>
+      <c r="X9" s="112">
         <v>0.17783566185176414</v>
       </c>
-      <c r="T9" s="196">
+      <c r="Y9" s="110">
         <v>0.18880827019391294</v>
       </c>
-      <c r="U9" s="222">
+      <c r="Z9" s="112">
         <v>0.18319052185479631</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="39" t="s">
+      <c r="AA9" s="399">
+        <v>0.2040694681513994</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="42"/>
-[...22 lines deleted...]
-      <c r="B11" s="41" t="s">
+      <c r="B10" s="38"/>
+      <c r="C10" s="110"/>
+      <c r="D10" s="110"/>
+      <c r="E10" s="110"/>
+      <c r="F10" s="110"/>
+      <c r="G10" s="112"/>
+      <c r="H10" s="110"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="392"/>
+      <c r="K10" s="110"/>
+      <c r="L10" s="110"/>
+      <c r="M10" s="110"/>
+      <c r="N10" s="112"/>
+      <c r="O10" s="112"/>
+      <c r="P10" s="112"/>
+      <c r="Q10" s="112"/>
+      <c r="R10" s="399"/>
+      <c r="S10" s="76"/>
+      <c r="T10" s="391"/>
+      <c r="U10" s="110"/>
+      <c r="V10" s="110"/>
+      <c r="W10" s="112"/>
+      <c r="X10" s="112"/>
+      <c r="Y10" s="110"/>
+      <c r="Z10" s="112"/>
+      <c r="AA10" s="399"/>
+    </row>
+    <row r="11" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="36"/>
+      <c r="B11" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="88">
+      <c r="C11" s="110">
         <v>0.17613855035279025</v>
       </c>
-      <c r="D11" s="88">
+      <c r="D11" s="110">
         <v>0.23814380418154002</v>
       </c>
-      <c r="E11" s="88">
+      <c r="E11" s="110">
         <v>0.19778960294719608</v>
       </c>
-      <c r="F11" s="88">
+      <c r="F11" s="110">
+        <v>0.18189375675450994</v>
+      </c>
+      <c r="G11" s="112">
         <v>0.1476029284421003</v>
       </c>
-      <c r="G11" s="88">
+      <c r="H11" s="110">
         <v>0.15970103721781573</v>
       </c>
-      <c r="H11" s="218">
+      <c r="I11" s="110">
         <v>0.15264750378214825</v>
       </c>
-      <c r="I11" s="88">
+      <c r="J11" s="392">
+        <v>0.19380328550634227</v>
+      </c>
+      <c r="K11" s="110">
         <v>2.0496022461394477E-2</v>
       </c>
-      <c r="J11" s="88">
+      <c r="L11" s="110">
         <v>2.1666549518521122E-2</v>
       </c>
-      <c r="K11" s="88">
+      <c r="M11" s="110">
         <v>2.3292627770239712E-2</v>
       </c>
-      <c r="L11" s="196">
+      <c r="N11" s="112">
+        <v>2.3221859139261627E-2</v>
+      </c>
+      <c r="O11" s="112">
         <v>2.483843207397533E-2</v>
       </c>
-      <c r="M11" s="196">
+      <c r="P11" s="112">
         <v>2.9150245904309025E-2</v>
       </c>
-      <c r="N11" s="222">
+      <c r="Q11" s="112">
         <v>3.2600275094464913E-2</v>
       </c>
-      <c r="O11" s="86"/>
-      <c r="P11" s="89">
+      <c r="R11" s="399">
+        <v>3.7134450784593438E-2</v>
+      </c>
+      <c r="S11" s="76"/>
+      <c r="T11" s="391">
         <v>0.55632090761750408</v>
       </c>
-      <c r="Q11" s="88">
+      <c r="U11" s="110">
         <v>0.65442825112107628</v>
       </c>
-      <c r="R11" s="88">
+      <c r="V11" s="110">
         <v>0.64340878828229031</v>
       </c>
-      <c r="S11" s="196">
+      <c r="W11" s="112">
+        <v>0.62088535754824059</v>
+      </c>
+      <c r="X11" s="112">
         <v>0.56020316701523754</v>
       </c>
-      <c r="T11" s="196">
+      <c r="Y11" s="110">
         <v>0.53913491246138001</v>
       </c>
-      <c r="U11" s="222">
+      <c r="Z11" s="112">
         <v>0.49460784313725492</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B12" s="41" t="s">
+      <c r="AA11" s="399">
+        <v>0.52804532577903684</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="36"/>
+      <c r="B12" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="88">
+      <c r="C12" s="110">
         <v>4.1821680564464399E-2</v>
       </c>
-      <c r="D12" s="88">
+      <c r="D12" s="110">
         <v>4.3957164711881692E-2</v>
       </c>
-      <c r="E12" s="88">
+      <c r="E12" s="110">
         <v>3.905034793286942E-2</v>
       </c>
-      <c r="F12" s="88">
+      <c r="F12" s="110">
+        <v>3.9155374511596973E-2</v>
+      </c>
+      <c r="G12" s="112">
         <v>3.5031095016925133E-2</v>
       </c>
-      <c r="G12" s="88">
+      <c r="H12" s="110">
         <v>3.5082367297132398E-2</v>
       </c>
-      <c r="H12" s="218">
+      <c r="I12" s="110">
         <v>3.2980332829046902E-2</v>
       </c>
-      <c r="I12" s="88">
+      <c r="J12" s="392">
+        <v>2.9597282872392043E-2</v>
+      </c>
+      <c r="K12" s="110">
         <v>1.2466073935423492E-2</v>
       </c>
-      <c r="J12" s="88">
+      <c r="L12" s="110">
         <v>8.8563998031911152E-3</v>
       </c>
-      <c r="K12" s="88">
+      <c r="M12" s="110">
         <v>6.5929095779842049E-3</v>
       </c>
-      <c r="L12" s="196">
+      <c r="N12" s="112">
+        <v>6.4312035041368286E-3</v>
+      </c>
+      <c r="O12" s="112">
         <v>5.6358942341764679E-3</v>
       </c>
-      <c r="M12" s="196">
+      <c r="P12" s="112">
         <v>5.2600723056378858E-3</v>
       </c>
-      <c r="N12" s="222">
+      <c r="Q12" s="112">
         <v>5.3121689775655718E-3</v>
       </c>
-      <c r="O12" s="86"/>
-      <c r="P12" s="89">
+      <c r="R12" s="399">
+        <v>5.379220161673799E-3</v>
+      </c>
+      <c r="S12" s="76"/>
+      <c r="T12" s="391">
         <v>0.3286290322580645</v>
       </c>
-      <c r="Q12" s="88">
+      <c r="U12" s="110">
         <v>0.46096256684491976</v>
       </c>
-      <c r="R12" s="88">
+      <c r="V12" s="110">
         <v>0.55724299065420557</v>
       </c>
-      <c r="S12" s="196">
+      <c r="W12" s="112">
+        <v>0.56004756242568376</v>
+      </c>
+      <c r="X12" s="112">
         <v>0.57124518613607189</v>
       </c>
-      <c r="T12" s="196">
+      <c r="Y12" s="110">
         <v>0.58748403575989783</v>
       </c>
-      <c r="U12" s="222">
+      <c r="Z12" s="112">
         <v>0.56476683937823835</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B13" s="41" t="s">
+      <c r="AA12" s="399">
+        <v>0.54119138149556401</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="36"/>
+      <c r="B13" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="88">
+      <c r="C13" s="110">
         <v>1.8601667735728029E-2</v>
       </c>
-      <c r="D13" s="88">
+      <c r="D13" s="110">
         <v>2.2641509433962263E-2</v>
       </c>
-      <c r="E13" s="88">
+      <c r="E13" s="110">
         <v>2.9471960704052395E-2</v>
       </c>
-      <c r="F13" s="88">
+      <c r="F13" s="110">
+        <v>2.9844542355973065E-2</v>
+      </c>
+      <c r="G13" s="112">
         <v>3.1252460048807371E-2</v>
       </c>
-      <c r="G13" s="88">
+      <c r="H13" s="110">
         <v>3.5616229408175715E-2</v>
       </c>
-      <c r="H13" s="218">
+      <c r="I13" s="110">
         <v>3.517397881996974E-2</v>
       </c>
-      <c r="I13" s="88">
+      <c r="J13" s="392">
+        <v>3.7984334927566366E-2</v>
+      </c>
+      <c r="K13" s="110">
         <v>3.3299017313991576E-2</v>
       </c>
-      <c r="J13" s="88">
+      <c r="L13" s="110">
         <v>2.5708160539818656E-2</v>
       </c>
-      <c r="K13" s="88">
+      <c r="M13" s="110">
         <v>2.2109731064954945E-2</v>
       </c>
-      <c r="L13" s="196">
+      <c r="N13" s="112">
+        <v>2.2265869429187235E-2</v>
+      </c>
+      <c r="O13" s="112">
         <v>2.3134164655856101E-2</v>
       </c>
-      <c r="M13" s="196">
+      <c r="P13" s="112">
         <v>2.2978210598312867E-2</v>
       </c>
-      <c r="N13" s="222">
+      <c r="Q13" s="112">
         <v>2.3398839544038829E-2</v>
       </c>
-      <c r="O13" s="86"/>
-      <c r="P13" s="89">
+      <c r="R13" s="399">
+        <v>2.3255468378506894E-2</v>
+      </c>
+      <c r="S13" s="76"/>
+      <c r="T13" s="391">
         <v>7.5363825363825368E-2</v>
       </c>
-      <c r="Q13" s="88">
+      <c r="U13" s="110">
         <v>0.13175074183976263</v>
       </c>
-      <c r="R13" s="88">
+      <c r="V13" s="110">
         <v>0.22072348252605764</v>
       </c>
-      <c r="S13" s="196">
+      <c r="W13" s="112">
+        <v>0.21890243902439024</v>
+      </c>
+      <c r="X13" s="112">
         <v>0.2245475113122172</v>
       </c>
-      <c r="T13" s="196">
+      <c r="Y13" s="110">
         <v>0.24866879659211927</v>
       </c>
-      <c r="U13" s="222">
+      <c r="Z13" s="112">
         <v>0.23907455012853471</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B14" s="41" t="s">
+      <c r="AA13" s="399">
+        <v>0.25934690014197825</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="36"/>
+      <c r="B14" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="88">
+      <c r="C14" s="110">
         <v>3.0275817831943552E-2</v>
       </c>
-      <c r="D14" s="88">
+      <c r="D14" s="110">
         <v>2.9474757776644569E-2</v>
       </c>
-      <c r="E14" s="88">
+      <c r="E14" s="110">
         <v>3.151862464183381E-2</v>
       </c>
-      <c r="F14" s="88">
+      <c r="F14" s="110">
+        <v>3.3336104414332032E-2</v>
+      </c>
+      <c r="G14" s="112">
         <v>3.8573565299535539E-2</v>
       </c>
-      <c r="G14" s="88">
+      <c r="H14" s="110">
         <v>4.1336180597925563E-2</v>
       </c>
-      <c r="H14" s="218">
+      <c r="I14" s="110">
         <v>4.2360060514372161E-2</v>
       </c>
-      <c r="I14" s="88">
+      <c r="J14" s="392">
+        <v>5.1223400568378735E-2</v>
+      </c>
+      <c r="K14" s="110">
         <v>6.2648572765559199E-2</v>
       </c>
-      <c r="J14" s="88">
+      <c r="L14" s="110">
         <v>6.5017220777395093E-2</v>
       </c>
-      <c r="K14" s="88">
+      <c r="M14" s="110">
         <v>6.1458442055456981E-2</v>
       </c>
-      <c r="L14" s="196">
+      <c r="N14" s="112">
+        <v>6.2782451505249248E-2</v>
+      </c>
+      <c r="O14" s="112">
         <v>6.5167136324519509E-2</v>
       </c>
-      <c r="M14" s="196">
+      <c r="P14" s="112">
         <v>6.5759046347262484E-2</v>
       </c>
-      <c r="N14" s="222">
+      <c r="Q14" s="112">
         <v>6.6481162353164383E-2</v>
       </c>
-      <c r="O14" s="86"/>
-      <c r="P14" s="89">
+      <c r="R14" s="399">
+        <v>6.9172016167379932E-2</v>
+      </c>
+      <c r="S14" s="76"/>
+      <c r="T14" s="391">
         <v>6.5866592241138708E-2</v>
       </c>
-      <c r="Q14" s="88">
+      <c r="U14" s="110">
         <v>7.2449235397342687E-2</v>
       </c>
-      <c r="R14" s="88">
+      <c r="V14" s="110">
         <v>9.8264420622766718E-2</v>
       </c>
-      <c r="S14" s="196">
+      <c r="W14" s="112">
+        <v>9.9925242960378774E-2</v>
+      </c>
+      <c r="X14" s="112">
         <v>0.11259191176470588</v>
       </c>
-      <c r="T14" s="196">
+      <c r="Y14" s="110">
         <v>0.11834061135371179</v>
       </c>
-      <c r="U14" s="222">
+      <c r="Z14" s="112">
         <v>0.11752360965372508</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B15" s="41" t="s">
+      <c r="AA14" s="399">
+        <v>0.13700407860585836</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="36"/>
+      <c r="B15" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="88">
+      <c r="C15" s="110">
         <v>1.2187299550994226E-2</v>
       </c>
-      <c r="D15" s="88">
+      <c r="D15" s="110">
         <v>1.2034676185619582E-2</v>
       </c>
-      <c r="E15" s="88">
+      <c r="E15" s="110">
         <v>1.2607449856733524E-2</v>
       </c>
-      <c r="F15" s="88">
+      <c r="F15" s="110">
+        <v>1.2719261784021947E-2</v>
+      </c>
+      <c r="G15" s="112">
         <v>1.3776273321262694E-2</v>
       </c>
-      <c r="G15" s="88">
+      <c r="H15" s="110">
         <v>1.4490543014032947E-2</v>
       </c>
-      <c r="H15" s="218">
+      <c r="I15" s="110">
         <v>1.5052950075642965E-2</v>
       </c>
-      <c r="I15" s="88">
+      <c r="J15" s="392">
+        <v>1.8160393706245236E-2</v>
+      </c>
+      <c r="K15" s="110">
         <v>0.11183902667290595</v>
       </c>
-      <c r="J15" s="88">
+      <c r="L15" s="110">
         <v>0.12159977507556055</v>
       </c>
-      <c r="K15" s="88">
+      <c r="M15" s="110">
         <v>0.12474341578819191</v>
       </c>
-      <c r="L15" s="196">
+      <c r="N15" s="112">
+        <v>0.12612111520545088</v>
+      </c>
+      <c r="O15" s="112">
         <v>0.11729072102323541</v>
       </c>
-      <c r="M15" s="196">
+      <c r="P15" s="112">
         <v>0.10381721655864248</v>
       </c>
-      <c r="N15" s="222">
+      <c r="Q15" s="112">
         <v>9.6124962451186541E-2</v>
       </c>
-      <c r="O15" s="86"/>
-      <c r="P15" s="89">
+      <c r="R15" s="399">
+        <v>8.0688302425106995E-2</v>
+      </c>
+      <c r="S15" s="76"/>
+      <c r="T15" s="391">
         <v>1.5650741350906095E-2</v>
       </c>
-      <c r="Q15" s="88">
+      <c r="U15" s="110">
         <v>1.6766126740551293E-2</v>
       </c>
-      <c r="R15" s="88">
+      <c r="V15" s="110">
         <v>2.1023890784982936E-2</v>
       </c>
-      <c r="S15" s="196">
+      <c r="W15" s="112">
+        <v>2.0650560129572143E-2</v>
+      </c>
+      <c r="X15" s="112">
         <v>2.4557956777996069E-2</v>
       </c>
-      <c r="T15" s="196">
+      <c r="Y15" s="110">
         <v>2.8941355674028942E-2</v>
       </c>
-      <c r="U15" s="222">
+      <c r="Z15" s="112">
         <v>3.1692944736423E-2</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C16" s="88">
+      <c r="AA15" s="399">
+        <v>4.6029515108924807E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="36"/>
+      <c r="B16" s="37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" s="110">
         <v>1.796023091725465E-3</v>
       </c>
-      <c r="D16" s="88">
+      <c r="D16" s="110">
         <v>3.4676185619581844E-3</v>
       </c>
-      <c r="E16" s="88">
+      <c r="E16" s="110">
         <v>4.3389275480966022E-3</v>
       </c>
-      <c r="F16" s="88">
+      <c r="F16" s="110">
+        <v>3.9072242081636043E-3</v>
+      </c>
+      <c r="G16" s="112">
         <v>2.6765331024167518E-3</v>
       </c>
-      <c r="G16" s="88">
+      <c r="H16" s="110">
         <v>3.5082367297132396E-3</v>
       </c>
-      <c r="H16" s="218">
+      <c r="I16" s="110">
         <v>3.6308623298033282E-3</v>
       </c>
-      <c r="I16" s="88">
+      <c r="J16" s="392">
+        <v>3.8816108685104317E-3</v>
+      </c>
+      <c r="K16" s="110">
         <v>4.0898455779129622E-2</v>
       </c>
-      <c r="J16" s="88">
+      <c r="L16" s="110">
         <v>4.9413087790820272E-2</v>
       </c>
-      <c r="K16" s="88">
+      <c r="M16" s="110">
         <v>5.4082733187210796E-2</v>
       </c>
-      <c r="L16" s="196">
+      <c r="N16" s="112">
+        <v>5.5881943961621355E-2</v>
+      </c>
+      <c r="O16" s="112">
         <v>5.5464623795622899E-2</v>
       </c>
-      <c r="M16" s="196">
+      <c r="P16" s="112">
         <v>5.7079112790281078E-2</v>
       </c>
-      <c r="N16" s="222">
+      <c r="Q16" s="112">
         <v>5.9698660890736908E-2</v>
       </c>
-      <c r="O16" s="86"/>
-      <c r="P16" s="89">
+      <c r="R16" s="399">
+        <v>6.6259510223490248E-2</v>
+      </c>
+      <c r="S16" s="76"/>
+      <c r="T16" s="391">
         <v>6.3665302410186447E-3</v>
       </c>
-      <c r="Q16" s="88">
+      <c r="U16" s="110">
         <v>1.1946591707659873E-2</v>
       </c>
-      <c r="R16" s="88">
+      <c r="V16" s="110">
         <v>1.6761543327008223E-2</v>
       </c>
-      <c r="S16" s="196">
+      <c r="W16" s="112">
+        <v>1.4408338442673207E-2</v>
+      </c>
+      <c r="X16" s="112">
         <v>1.0237880156579343E-2</v>
       </c>
-      <c r="T16" s="196">
+      <c r="Y16" s="110">
         <v>1.2954097437341595E-2</v>
       </c>
-      <c r="U16" s="222">
+      <c r="Z16" s="112">
         <v>1.2552301255230125E-2</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B17" s="41" t="s">
+      <c r="AA16" s="399">
+        <v>1.2403100775193798E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="36"/>
+      <c r="B17" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="88">
+      <c r="C17" s="110">
         <v>0.1384220654265555</v>
       </c>
-      <c r="D17" s="88">
+      <c r="D17" s="110">
         <v>0.11942886282508924</v>
       </c>
-      <c r="E17" s="88">
+      <c r="E17" s="110">
         <v>0.12967662709783054</v>
       </c>
-      <c r="F17" s="88">
+      <c r="F17" s="110">
+        <v>0.14140826336353812</v>
+      </c>
+      <c r="G17" s="112">
         <v>0.14492639533968354</v>
       </c>
-      <c r="G17" s="88">
+      <c r="H17" s="110">
         <v>0.15878584502745577</v>
       </c>
-      <c r="H17" s="218">
+      <c r="I17" s="110">
         <v>0.16611195158850228</v>
       </c>
-      <c r="I17" s="88">
+      <c r="J17" s="392">
+        <v>0.18742635336521798</v>
+      </c>
+      <c r="K17" s="110">
         <v>8.3724847917641551E-2</v>
       </c>
-      <c r="J17" s="88">
+      <c r="L17" s="110">
         <v>9.2675897940535601E-2</v>
       </c>
-      <c r="K17" s="88">
+      <c r="M17" s="110">
         <v>9.9398114323487455E-2</v>
       </c>
-      <c r="L17" s="196">
+      <c r="N17" s="112">
+        <v>0.10479385385524577</v>
+      </c>
+      <c r="O17" s="112">
         <v>0.11857314007053305</v>
       </c>
-      <c r="M17" s="196">
+      <c r="P17" s="112">
         <v>0.12743054424649058</v>
       </c>
-      <c r="N17" s="222">
+      <c r="Q17" s="112">
         <v>0.13384768620258969</v>
       </c>
-      <c r="O17" s="86"/>
-      <c r="P17" s="89">
+      <c r="R17" s="399">
+        <v>0.15464514978601998</v>
+      </c>
+      <c r="S17" s="76"/>
+      <c r="T17" s="391">
         <v>0.19434438040345822</v>
       </c>
-      <c r="Q17" s="88">
+      <c r="U17" s="110">
         <v>0.18169123351435221</v>
       </c>
-      <c r="R17" s="88">
+      <c r="V17" s="110">
         <v>0.2170457659632776</v>
       </c>
-      <c r="S17" s="196">
+      <c r="W17" s="112">
+        <v>0.22005174644243208</v>
+      </c>
+      <c r="X17" s="112">
         <v>0.20760036084799277</v>
       </c>
-      <c r="T17" s="196">
+      <c r="Y17" s="110">
         <v>0.21015443625719188</v>
       </c>
-      <c r="U17" s="222">
+      <c r="Z17" s="112">
         <v>0.20596510973550927</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C18" s="90">
+      <c r="AA17" s="399">
+        <v>0.20623903592403325</v>
+      </c>
+    </row>
+    <row r="18" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="36" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" s="37"/>
+      <c r="C18" s="115">
         <v>0.16343810134701731</v>
       </c>
-      <c r="D18" s="90">
+      <c r="D18" s="115">
         <v>8.9546149923508414E-2</v>
       </c>
-      <c r="E18" s="90">
+      <c r="E18" s="115">
         <v>0.16823577568563242</v>
       </c>
-      <c r="F18" s="90">
+      <c r="F18" s="115">
+        <v>0.1736636461883781</v>
+      </c>
+      <c r="G18" s="116">
         <v>0.228213807761946</v>
       </c>
-      <c r="G18" s="90">
+      <c r="H18" s="115">
         <v>0.18044539353264186</v>
       </c>
-      <c r="H18" s="219">
+      <c r="I18" s="115">
         <v>0.19281391830559758</v>
       </c>
-      <c r="I18" s="90"/>
-[...2 lines deleted...]
-      <c r="L18" s="196">
+      <c r="J18" s="395">
+        <v>6.6888473002010118E-2</v>
+      </c>
+      <c r="K18" s="115"/>
+      <c r="L18" s="115"/>
+      <c r="M18" s="115"/>
+      <c r="N18" s="112">
+        <v>1.5122019050267676E-3</v>
+      </c>
+      <c r="O18" s="112">
         <v>1.3397904257293758E-2</v>
       </c>
-      <c r="M18" s="196">
+      <c r="P18" s="112">
         <v>1.8434680650099337E-2</v>
       </c>
-      <c r="N18" s="222">
+      <c r="Q18" s="112">
         <v>2.0410744494158195E-2</v>
       </c>
-      <c r="O18" s="86"/>
-[...8 lines deleted...]
-      <c r="A19" s="436" t="s">
+      <c r="R18" s="399">
+        <v>2.1516880646695196E-2</v>
+      </c>
+      <c r="S18" s="76"/>
+      <c r="T18" s="391"/>
+      <c r="U18" s="110"/>
+      <c r="V18" s="110"/>
+      <c r="W18" s="112"/>
+      <c r="X18" s="112"/>
+      <c r="Y18" s="110"/>
+      <c r="Z18" s="112"/>
+      <c r="AA18" s="399"/>
+    </row>
+    <row r="19" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="479" t="s">
         <v>0</v>
       </c>
-      <c r="B19" s="437"/>
-      <c r="C19" s="92">
+      <c r="B19" s="480"/>
+      <c r="C19" s="77">
         <v>0.99999999999999989</v>
       </c>
-      <c r="D19" s="92">
+      <c r="D19" s="77">
         <v>1</v>
       </c>
-      <c r="E19" s="92">
+      <c r="E19" s="77">
         <v>1</v>
       </c>
-      <c r="F19" s="92">
+      <c r="F19" s="77">
         <v>1</v>
       </c>
-      <c r="G19" s="92">
+      <c r="G19" s="161">
         <v>1</v>
       </c>
-      <c r="H19" s="220">
+      <c r="H19" s="77">
         <v>1</v>
       </c>
-      <c r="I19" s="92">
+      <c r="I19" s="77">
+        <v>1</v>
+      </c>
+      <c r="J19" s="175">
+        <v>1</v>
+      </c>
+      <c r="K19" s="77">
         <v>0.99569489939167055</v>
       </c>
-      <c r="J19" s="92">
+      <c r="L19" s="77">
         <v>1</v>
       </c>
-      <c r="K19" s="92">
+      <c r="M19" s="77">
         <v>1</v>
       </c>
-      <c r="L19" s="200">
+      <c r="N19" s="161">
         <v>1</v>
       </c>
-      <c r="M19" s="200">
+      <c r="O19" s="161">
         <v>1</v>
       </c>
-      <c r="N19" s="224">
+      <c r="P19" s="161">
         <v>1</v>
       </c>
-      <c r="O19" s="86"/>
-      <c r="P19" s="93">
+      <c r="Q19" s="77">
+        <v>1</v>
+      </c>
+      <c r="R19" s="341">
+        <v>1</v>
+      </c>
+      <c r="S19" s="76"/>
+      <c r="T19" s="400">
         <v>0.12732767069585102</v>
       </c>
-      <c r="Q19" s="130">
+      <c r="U19" s="401">
         <v>0.14697285386656275</v>
       </c>
-      <c r="R19" s="130">
+      <c r="V19" s="401">
         <v>0.17524856171360526</v>
       </c>
-      <c r="S19" s="200">
+      <c r="W19" s="402">
+        <v>0.17292735872112247</v>
+      </c>
+      <c r="X19" s="161">
         <v>0.17651390934608011</v>
       </c>
-      <c r="T19" s="200">
+      <c r="Y19" s="77">
         <v>0.17595748678171716</v>
       </c>
-      <c r="U19" s="224">
+      <c r="Z19" s="77">
         <v>0.17287599220619582</v>
       </c>
-    </row>
-[...69 lines deleted...]
-      <c r="Q22" s="69"/>
+      <c r="AA19" s="341">
+        <v>0.1765353694798282</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="478" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" s="478"/>
+      <c r="C20" s="478"/>
+      <c r="D20" s="478"/>
+      <c r="E20" s="478"/>
+      <c r="F20" s="478"/>
+      <c r="G20" s="478"/>
+      <c r="H20" s="478"/>
+      <c r="I20" s="478"/>
+      <c r="J20" s="478"/>
+      <c r="K20" s="478"/>
+      <c r="L20" s="478"/>
+      <c r="M20" s="478"/>
+      <c r="N20" s="478"/>
+      <c r="O20" s="478"/>
+      <c r="P20" s="478"/>
+      <c r="Q20" s="478"/>
+      <c r="R20" s="478"/>
+      <c r="S20" s="478"/>
+      <c r="T20" s="478"/>
+      <c r="U20" s="478"/>
+      <c r="V20" s="478"/>
+      <c r="W20" s="478"/>
+      <c r="X20" s="478"/>
+      <c r="Y20" s="478"/>
+      <c r="Z20" s="478"/>
+      <c r="AA20" s="478"/>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A21" s="490" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="490"/>
+      <c r="C21" s="490"/>
+      <c r="D21" s="490"/>
+      <c r="E21" s="490"/>
+      <c r="F21" s="490"/>
+      <c r="G21" s="490"/>
+      <c r="H21" s="490"/>
+      <c r="I21" s="490"/>
+      <c r="J21" s="490"/>
+      <c r="K21" s="490"/>
+      <c r="L21" s="490"/>
+      <c r="M21" s="490"/>
+      <c r="N21" s="490"/>
+      <c r="O21" s="490"/>
+      <c r="P21" s="490"/>
+      <c r="Q21" s="490"/>
+      <c r="R21" s="490"/>
+      <c r="S21" s="490"/>
+      <c r="T21" s="490"/>
+      <c r="U21" s="490"/>
+      <c r="V21" s="490"/>
+      <c r="W21" s="490"/>
+      <c r="X21" s="490"/>
+      <c r="Y21" s="490"/>
+      <c r="Z21" s="490"/>
+      <c r="AA21" s="490"/>
+    </row>
+    <row r="22" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A22" s="68" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="67"/>
+      <c r="C22" s="69"/>
+      <c r="D22" s="70"/>
+      <c r="E22" s="71"/>
+      <c r="F22" s="71"/>
+      <c r="G22" s="71"/>
+      <c r="H22" s="71"/>
+      <c r="I22" s="71"/>
+      <c r="J22" s="71"/>
+      <c r="K22" s="70"/>
+      <c r="L22" s="70"/>
+      <c r="M22" s="71"/>
+      <c r="N22" s="71"/>
+      <c r="O22" s="70"/>
+      <c r="P22" s="70"/>
+      <c r="Q22" s="70"/>
       <c r="R22" s="70"/>
       <c r="S22" s="70"/>
-      <c r="T22" s="32"/>
-[...21 lines deleted...]
-      <c r="Q23" s="69"/>
+      <c r="T22" s="72"/>
+      <c r="U22" s="65"/>
+      <c r="V22" s="66"/>
+      <c r="W22" s="66"/>
+      <c r="X22" s="66"/>
+      <c r="Y22" s="28"/>
+      <c r="Z22" s="28"/>
+      <c r="AA22" s="28"/>
+    </row>
+    <row r="23" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A23" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="67"/>
+      <c r="C23" s="69"/>
+      <c r="D23" s="70"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="71"/>
+      <c r="H23" s="71"/>
+      <c r="I23" s="71"/>
+      <c r="J23" s="71"/>
+      <c r="K23" s="70"/>
+      <c r="L23" s="70"/>
+      <c r="M23" s="71"/>
+      <c r="N23" s="71"/>
+      <c r="O23" s="70"/>
+      <c r="P23" s="70"/>
+      <c r="Q23" s="70"/>
       <c r="R23" s="70"/>
       <c r="S23" s="70"/>
-      <c r="T23" s="32"/>
-[...3 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="T23" s="72"/>
+      <c r="U23" s="65"/>
+      <c r="V23" s="66"/>
+      <c r="W23" s="66"/>
+      <c r="X23" s="66"/>
+      <c r="Y23" s="28"/>
+      <c r="Z23" s="28"/>
+      <c r="AA23" s="28"/>
+    </row>
+    <row r="24" spans="1:27" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="2"/>
-[...46 lines deleted...]
-      <c r="C26" s="442" t="s">
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="1"/>
+      <c r="M24" s="1"/>
+      <c r="N24" s="1"/>
+      <c r="O24" s="1"/>
+      <c r="P24" s="1"/>
+      <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+      <c r="X24" s="1"/>
+      <c r="Y24" s="104"/>
+      <c r="Z24" s="104"/>
+      <c r="AA24" s="104"/>
+    </row>
+    <row r="25" spans="1:27" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="149"/>
+      <c r="B25" s="149"/>
+      <c r="C25" s="163"/>
+      <c r="D25" s="164"/>
+      <c r="E25" s="164"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="165"/>
+      <c r="H25" s="10"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="48"/>
+      <c r="K25" s="166"/>
+      <c r="L25" s="166"/>
+      <c r="M25" s="166"/>
+      <c r="N25" s="166"/>
+      <c r="O25" s="48"/>
+      <c r="P25" s="48"/>
+      <c r="Q25" s="48"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="167"/>
+      <c r="U25" s="167"/>
+      <c r="V25" s="167"/>
+      <c r="W25" s="167"/>
+      <c r="X25" s="47"/>
+      <c r="Y25" s="28"/>
+      <c r="Z25" s="28"/>
+      <c r="AA25" s="28"/>
+    </row>
+    <row r="26" spans="1:27" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="40"/>
+      <c r="B26" s="41"/>
+      <c r="C26" s="487" t="s">
         <v>12</v>
       </c>
-      <c r="D26" s="433"/>
-[...4 lines deleted...]
-      <c r="I26" s="426" t="s">
+      <c r="D26" s="486"/>
+      <c r="E26" s="486"/>
+      <c r="F26" s="486"/>
+      <c r="G26" s="486"/>
+      <c r="H26" s="486"/>
+      <c r="I26" s="486"/>
+      <c r="J26" s="488"/>
+      <c r="K26" s="468" t="s">
         <v>13</v>
       </c>
-      <c r="J26" s="427"/>
-[...5 lines deleted...]
-      <c r="P26" s="433" t="s">
+      <c r="L26" s="469"/>
+      <c r="M26" s="469"/>
+      <c r="N26" s="469"/>
+      <c r="O26" s="469"/>
+      <c r="P26" s="469"/>
+      <c r="Q26" s="485"/>
+      <c r="R26" s="340"/>
+      <c r="S26" s="34"/>
+      <c r="T26" s="486" t="s">
         <v>24</v>
       </c>
-      <c r="Q26" s="433"/>
-[...6 lines deleted...]
-      <c r="A27" s="47" t="s">
+      <c r="U26" s="486"/>
+      <c r="V26" s="486"/>
+      <c r="W26" s="486"/>
+      <c r="X26" s="486"/>
+      <c r="Y26" s="486"/>
+      <c r="Z26" s="486"/>
+      <c r="AA26" s="486"/>
+    </row>
+    <row r="27" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="45"/>
-      <c r="C27" s="83">
+      <c r="B27" s="41"/>
+      <c r="C27" s="74">
         <v>2000</v>
       </c>
-      <c r="D27" s="83">
+      <c r="D27" s="74">
         <v>2005</v>
       </c>
-      <c r="E27" s="83">
+      <c r="E27" s="74">
         <v>2010</v>
       </c>
-      <c r="F27" s="186">
+      <c r="F27" s="74">
+        <v>2011</v>
+      </c>
+      <c r="G27" s="150">
         <v>2015</v>
       </c>
-      <c r="G27" s="83">
+      <c r="H27" s="74">
         <v>2018</v>
       </c>
-      <c r="H27" s="97">
+      <c r="I27" s="74">
         <v>2020</v>
       </c>
-      <c r="I27" s="210">
+      <c r="J27" s="238">
+        <v>2024</v>
+      </c>
+      <c r="K27" s="168">
         <v>2000</v>
       </c>
-      <c r="J27" s="210">
+      <c r="L27" s="168">
         <v>2005</v>
       </c>
-      <c r="K27" s="210">
+      <c r="M27" s="168">
         <v>2010</v>
       </c>
-      <c r="L27" s="210">
+      <c r="N27" s="168">
+        <v>2011</v>
+      </c>
+      <c r="O27" s="168">
         <v>2015</v>
       </c>
-      <c r="M27" s="211">
+      <c r="P27" s="169">
         <v>2018</v>
       </c>
-      <c r="N27" s="105">
+      <c r="Q27" s="74">
         <v>2020</v>
       </c>
-      <c r="O27" s="84"/>
-      <c r="P27" s="271">
+      <c r="R27" s="343">
+        <v>2024</v>
+      </c>
+      <c r="S27" s="75"/>
+      <c r="T27" s="215">
         <v>2000</v>
       </c>
-      <c r="Q27" s="210">
+      <c r="U27" s="168">
         <v>2005</v>
       </c>
-      <c r="R27" s="210">
+      <c r="V27" s="168">
         <v>2010</v>
       </c>
-      <c r="S27" s="211">
+      <c r="W27" s="169">
+        <v>2011</v>
+      </c>
+      <c r="X27" s="169">
         <v>2015</v>
       </c>
-      <c r="T27" s="83">
+      <c r="Y27" s="74">
         <v>2018</v>
       </c>
-      <c r="U27" s="105">
+      <c r="Z27" s="168">
         <v>2020</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="49" t="s">
+      <c r="AA27" s="344">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="28" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="B28" s="43"/>
-      <c r="C28" s="56">
+      <c r="B28" s="39"/>
+      <c r="C28" s="52">
         <v>3253</v>
       </c>
-      <c r="D28" s="56">
+      <c r="D28" s="52">
         <v>4327</v>
       </c>
-      <c r="E28" s="56">
+      <c r="E28" s="52">
         <v>4731</v>
       </c>
-      <c r="F28" s="65">
+      <c r="F28" s="61">
+        <v>4620</v>
+      </c>
+      <c r="G28" s="61">
         <v>4547</v>
       </c>
-      <c r="G28" s="56">
+      <c r="H28" s="52">
         <v>4865</v>
       </c>
-      <c r="H28" s="167">
+      <c r="I28" s="52">
         <v>4749</v>
       </c>
-      <c r="I28" s="56">
+      <c r="J28" s="136">
+        <v>5930</v>
+      </c>
+      <c r="K28" s="52">
         <v>33675</v>
       </c>
-      <c r="J28" s="56">
+      <c r="L28" s="52">
         <v>34657</v>
       </c>
-      <c r="K28" s="56">
+      <c r="M28" s="52">
         <v>34172</v>
       </c>
-      <c r="L28" s="57">
+      <c r="N28" s="53">
+        <v>34346</v>
+      </c>
+      <c r="O28" s="53">
         <v>34165</v>
       </c>
-      <c r="M28" s="66">
+      <c r="P28" s="62">
         <v>35007</v>
       </c>
-      <c r="N28" s="170">
+      <c r="Q28" s="53">
         <v>35555</v>
       </c>
-      <c r="O28" s="94"/>
-      <c r="P28" s="62">
+      <c r="R28" s="160">
+        <v>36471</v>
+      </c>
+      <c r="S28" s="78"/>
+      <c r="T28" s="58">
         <v>36928</v>
       </c>
-      <c r="Q28" s="62">
+      <c r="U28" s="58">
         <v>38984</v>
       </c>
-      <c r="R28" s="62">
+      <c r="V28" s="58">
         <v>38903</v>
       </c>
-      <c r="S28" s="65">
+      <c r="W28" s="336">
+        <v>38966</v>
+      </c>
+      <c r="X28" s="61">
         <v>38712</v>
       </c>
-      <c r="T28" s="56">
+      <c r="Y28" s="52">
         <v>39872</v>
       </c>
-      <c r="U28" s="170">
+      <c r="Z28" s="53">
         <v>40304</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="39" t="s">
+      <c r="AA28" s="160">
+        <v>42401</v>
+      </c>
+    </row>
+    <row r="29" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B29" s="42"/>
-      <c r="C29" s="57">
+      <c r="B29" s="38"/>
+      <c r="C29" s="53">
         <v>3268</v>
       </c>
-      <c r="D29" s="57">
+      <c r="D29" s="53">
         <v>4600</v>
       </c>
-      <c r="E29" s="57">
+      <c r="E29" s="53">
         <v>5429</v>
       </c>
-      <c r="F29" s="66">
+      <c r="F29" s="62">
+        <v>5320</v>
+      </c>
+      <c r="G29" s="62">
         <v>5257</v>
       </c>
-      <c r="G29" s="57">
+      <c r="H29" s="53">
         <v>5881</v>
       </c>
-      <c r="H29" s="168">
+      <c r="I29" s="53">
         <v>5922</v>
       </c>
-      <c r="I29" s="57">
+      <c r="J29" s="137">
+        <v>7532</v>
+      </c>
+      <c r="K29" s="53">
         <v>19520</v>
       </c>
-      <c r="J29" s="57">
+      <c r="L29" s="53">
         <v>21906</v>
       </c>
-      <c r="K29" s="57">
+      <c r="M29" s="53">
         <v>22516</v>
       </c>
-      <c r="L29" s="57">
+      <c r="N29" s="53">
+        <v>23099</v>
+      </c>
+      <c r="O29" s="53">
         <v>24304</v>
       </c>
-      <c r="M29" s="66">
+      <c r="P29" s="62">
         <v>25267</v>
       </c>
-      <c r="N29" s="170">
+      <c r="Q29" s="53">
         <v>26405</v>
       </c>
-      <c r="O29" s="94"/>
-      <c r="P29" s="63">
+      <c r="R29" s="160">
+        <v>29377</v>
+      </c>
+      <c r="S29" s="78"/>
+      <c r="T29" s="59">
         <v>22788</v>
       </c>
-      <c r="Q29" s="63">
+      <c r="U29" s="59">
         <v>26506</v>
       </c>
-      <c r="R29" s="63">
+      <c r="V29" s="59">
         <v>27945</v>
       </c>
-      <c r="S29" s="66">
+      <c r="W29" s="63">
+        <v>28419</v>
+      </c>
+      <c r="X29" s="62">
         <v>29561</v>
       </c>
-      <c r="T29" s="57">
+      <c r="Y29" s="53">
         <v>31148</v>
       </c>
-      <c r="U29" s="170">
+      <c r="Z29" s="53">
         <v>32327</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="39" t="s">
+      <c r="AA29" s="160">
+        <v>36909</v>
+      </c>
+    </row>
+    <row r="30" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="B30" s="42"/>
-[...22 lines deleted...]
-      <c r="B31" s="41" t="s">
+      <c r="B30" s="38"/>
+      <c r="C30" s="53"/>
+      <c r="D30" s="53"/>
+      <c r="E30" s="53"/>
+      <c r="F30" s="62"/>
+      <c r="G30" s="62"/>
+      <c r="H30" s="53"/>
+      <c r="I30" s="53"/>
+      <c r="J30" s="137"/>
+      <c r="K30" s="53"/>
+      <c r="L30" s="53"/>
+      <c r="M30" s="53"/>
+      <c r="N30" s="53"/>
+      <c r="O30" s="53"/>
+      <c r="P30" s="62"/>
+      <c r="Q30" s="53"/>
+      <c r="R30" s="160"/>
+      <c r="S30" s="79"/>
+      <c r="T30" s="59"/>
+      <c r="U30" s="59"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="63"/>
+      <c r="X30" s="62"/>
+      <c r="Y30" s="53"/>
+      <c r="Z30" s="53"/>
+      <c r="AA30" s="338"/>
+    </row>
+    <row r="31" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="36"/>
+      <c r="B31" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C31" s="57">
+      <c r="C31" s="53">
         <v>1373</v>
       </c>
-      <c r="D31" s="57">
+      <c r="D31" s="53">
         <v>2335</v>
       </c>
-      <c r="E31" s="57">
+      <c r="E31" s="53">
         <v>2416</v>
       </c>
-      <c r="F31" s="66">
+      <c r="F31" s="62">
+        <v>2188</v>
+      </c>
+      <c r="G31" s="62">
         <v>1875</v>
       </c>
-      <c r="G31" s="57">
+      <c r="H31" s="53">
         <v>2094</v>
       </c>
-      <c r="H31" s="168">
+      <c r="I31" s="53">
         <v>2018</v>
       </c>
-      <c r="I31" s="57">
+      <c r="J31" s="137">
+        <v>2796</v>
+      </c>
+      <c r="K31" s="53">
         <v>1095</v>
       </c>
-      <c r="J31" s="57">
+      <c r="L31" s="53">
         <v>1233</v>
       </c>
-      <c r="K31" s="57">
+      <c r="M31" s="53">
         <v>1339</v>
       </c>
-      <c r="L31" s="57">
+      <c r="N31" s="53">
+        <v>1336</v>
+      </c>
+      <c r="O31" s="53">
         <v>1472</v>
       </c>
-      <c r="M31" s="66">
+      <c r="P31" s="62">
         <v>1790</v>
       </c>
-      <c r="N31" s="170">
+      <c r="Q31" s="53">
         <v>2062</v>
       </c>
-      <c r="O31" s="94"/>
-      <c r="P31" s="63">
+      <c r="R31" s="160">
+        <v>2499</v>
+      </c>
+      <c r="S31" s="78"/>
+      <c r="T31" s="59">
         <v>2468</v>
       </c>
-      <c r="Q31" s="63">
+      <c r="U31" s="59">
         <v>3568</v>
       </c>
-      <c r="R31" s="63">
+      <c r="V31" s="59">
         <v>3755</v>
       </c>
-      <c r="S31" s="66">
+      <c r="W31" s="63">
+        <v>3524</v>
+      </c>
+      <c r="X31" s="62">
         <v>3347</v>
       </c>
-      <c r="T31" s="57">
+      <c r="Y31" s="53">
         <v>3884</v>
       </c>
-      <c r="U31" s="170">
+      <c r="Z31" s="53">
         <v>4080</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B32" s="41" t="s">
+      <c r="AA31" s="160">
+        <v>5295</v>
+      </c>
+    </row>
+    <row r="32" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="36"/>
+      <c r="B32" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="C32" s="57">
+      <c r="C32" s="53">
         <v>326</v>
       </c>
-      <c r="D32" s="57">
+      <c r="D32" s="53">
         <v>431</v>
       </c>
-      <c r="E32" s="57">
+      <c r="E32" s="53">
         <v>477</v>
       </c>
-      <c r="F32" s="66">
+      <c r="F32" s="62">
+        <v>471</v>
+      </c>
+      <c r="G32" s="62">
         <v>445</v>
       </c>
-      <c r="G32" s="57">
+      <c r="H32" s="53">
         <v>460</v>
       </c>
-      <c r="H32" s="168">
+      <c r="I32" s="53">
         <v>436</v>
       </c>
-      <c r="I32" s="57">
+      <c r="J32" s="137">
+        <v>427</v>
+      </c>
+      <c r="K32" s="53">
         <v>666</v>
       </c>
-      <c r="J32" s="57">
+      <c r="L32" s="53">
         <v>504</v>
       </c>
-      <c r="K32" s="57">
+      <c r="M32" s="53">
         <v>379</v>
       </c>
-      <c r="L32" s="57">
+      <c r="N32" s="53">
+        <v>370</v>
+      </c>
+      <c r="O32" s="53">
         <v>334</v>
       </c>
-      <c r="M32" s="66">
+      <c r="P32" s="62">
         <v>323</v>
       </c>
-      <c r="N32" s="170">
+      <c r="Q32" s="53">
         <v>336</v>
       </c>
-      <c r="O32" s="94"/>
-      <c r="P32" s="63">
+      <c r="R32" s="160">
+        <v>362</v>
+      </c>
+      <c r="S32" s="78"/>
+      <c r="T32" s="59">
         <v>992</v>
       </c>
-      <c r="Q32" s="63">
+      <c r="U32" s="59">
         <v>935</v>
       </c>
-      <c r="R32" s="63">
+      <c r="V32" s="59">
         <v>856</v>
       </c>
-      <c r="S32" s="66">
+      <c r="W32" s="63">
+        <v>841</v>
+      </c>
+      <c r="X32" s="62">
         <v>779</v>
       </c>
-      <c r="T32" s="57">
+      <c r="Y32" s="53">
         <v>783</v>
       </c>
-      <c r="U32" s="170">
+      <c r="Z32" s="53">
         <v>772</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B33" s="41" t="s">
+      <c r="AA32" s="160">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="33" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="36"/>
+      <c r="B33" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="C33" s="57">
+      <c r="C33" s="53">
         <v>145</v>
       </c>
-      <c r="D33" s="57">
+      <c r="D33" s="53">
         <v>222</v>
       </c>
-      <c r="E33" s="57">
+      <c r="E33" s="53">
         <v>360</v>
       </c>
-      <c r="F33" s="66">
+      <c r="F33" s="62">
+        <v>359</v>
+      </c>
+      <c r="G33" s="62">
         <v>397</v>
       </c>
-      <c r="G33" s="57">
+      <c r="H33" s="53">
         <v>467</v>
       </c>
-      <c r="H33" s="168">
+      <c r="I33" s="53">
         <v>465</v>
       </c>
-      <c r="I33" s="57">
+      <c r="J33" s="137">
+        <v>548</v>
+      </c>
+      <c r="K33" s="53">
         <v>1779</v>
       </c>
-      <c r="J33" s="57">
+      <c r="L33" s="53">
         <v>1463</v>
       </c>
-      <c r="K33" s="57">
+      <c r="M33" s="53">
         <v>1271</v>
       </c>
-      <c r="L33" s="57">
+      <c r="N33" s="53">
+        <v>1281</v>
+      </c>
+      <c r="O33" s="53">
         <v>1371</v>
       </c>
-      <c r="M33" s="66">
+      <c r="P33" s="62">
         <v>1411</v>
       </c>
-      <c r="N33" s="170">
+      <c r="Q33" s="53">
         <v>1480</v>
       </c>
-      <c r="O33" s="94"/>
-      <c r="P33" s="63">
+      <c r="R33" s="160">
+        <v>1565</v>
+      </c>
+      <c r="S33" s="78"/>
+      <c r="T33" s="59">
         <v>1924</v>
       </c>
-      <c r="Q33" s="63">
+      <c r="U33" s="59">
         <v>1685</v>
       </c>
-      <c r="R33" s="63">
+      <c r="V33" s="59">
         <v>1631</v>
       </c>
-      <c r="S33" s="66">
+      <c r="W33" s="63">
+        <v>1640</v>
+      </c>
+      <c r="X33" s="62">
         <v>1768</v>
       </c>
-      <c r="T33" s="57">
+      <c r="Y33" s="53">
         <v>1878</v>
       </c>
-      <c r="U33" s="170">
+      <c r="Z33" s="53">
         <v>1945</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B34" s="41" t="s">
+      <c r="AA33" s="160">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="34" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="36"/>
+      <c r="B34" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C34" s="57">
+      <c r="C34" s="53">
         <v>236</v>
       </c>
-      <c r="D34" s="57">
+      <c r="D34" s="53">
         <v>289</v>
       </c>
-      <c r="E34" s="57">
+      <c r="E34" s="53">
         <v>385</v>
       </c>
-      <c r="F34" s="66">
+      <c r="F34" s="62">
+        <v>401</v>
+      </c>
+      <c r="G34" s="62">
         <v>490</v>
       </c>
-      <c r="G34" s="57">
+      <c r="H34" s="53">
         <v>542</v>
       </c>
-      <c r="H34" s="168">
+      <c r="I34" s="53">
         <v>560</v>
       </c>
-      <c r="I34" s="57">
+      <c r="J34" s="137">
+        <v>739</v>
+      </c>
+      <c r="K34" s="53">
         <v>3347</v>
       </c>
-      <c r="J34" s="57">
+      <c r="L34" s="53">
         <v>3700</v>
       </c>
-      <c r="K34" s="57">
+      <c r="M34" s="53">
         <v>3533</v>
       </c>
-      <c r="L34" s="57">
+      <c r="N34" s="53">
+        <v>3612</v>
+      </c>
+      <c r="O34" s="53">
         <v>3862</v>
       </c>
-      <c r="M34" s="66">
+      <c r="P34" s="62">
         <v>4038</v>
       </c>
-      <c r="N34" s="170">
+      <c r="Q34" s="53">
         <v>4205</v>
       </c>
-      <c r="O34" s="94"/>
-      <c r="P34" s="63">
+      <c r="R34" s="160">
+        <v>4655</v>
+      </c>
+      <c r="S34" s="78"/>
+      <c r="T34" s="59">
         <v>3583</v>
       </c>
-      <c r="Q34" s="63">
+      <c r="U34" s="59">
         <v>3989</v>
       </c>
-      <c r="R34" s="63">
+      <c r="V34" s="59">
         <v>3918</v>
       </c>
-      <c r="S34" s="66">
+      <c r="W34" s="63">
+        <v>4013</v>
+      </c>
+      <c r="X34" s="62">
         <v>4352</v>
       </c>
-      <c r="T34" s="57">
+      <c r="Y34" s="53">
         <v>4580</v>
       </c>
-      <c r="U34" s="170">
+      <c r="Z34" s="53">
         <v>4765</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B35" s="41" t="s">
+      <c r="AA34" s="160">
+        <v>5394</v>
+      </c>
+    </row>
+    <row r="35" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="36"/>
+      <c r="B35" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="C35" s="57">
+      <c r="C35" s="53">
         <v>95</v>
       </c>
-      <c r="D35" s="57">
+      <c r="D35" s="53">
         <v>118</v>
       </c>
-      <c r="E35" s="57">
+      <c r="E35" s="53">
         <v>154</v>
       </c>
-      <c r="F35" s="66">
+      <c r="F35" s="62">
+        <v>153</v>
+      </c>
+      <c r="G35" s="62">
         <v>175</v>
       </c>
-      <c r="G35" s="57">
+      <c r="H35" s="53">
         <v>190</v>
       </c>
-      <c r="H35" s="168">
+      <c r="I35" s="53">
         <v>199</v>
       </c>
-      <c r="I35" s="57">
+      <c r="J35" s="137">
+        <v>262</v>
+      </c>
+      <c r="K35" s="53">
         <v>5975</v>
       </c>
-      <c r="J35" s="57">
+      <c r="L35" s="53">
         <v>6920</v>
       </c>
-      <c r="K35" s="57">
+      <c r="M35" s="53">
         <v>7171</v>
       </c>
-      <c r="L35" s="57">
+      <c r="N35" s="53">
+        <v>7256</v>
+      </c>
+      <c r="O35" s="53">
         <v>6951</v>
       </c>
-      <c r="M35" s="66">
+      <c r="P35" s="62">
         <v>6375</v>
       </c>
-      <c r="N35" s="170">
+      <c r="Q35" s="53">
         <v>6080</v>
       </c>
-      <c r="O35" s="94"/>
-      <c r="P35" s="63">
+      <c r="R35" s="160">
+        <v>5430</v>
+      </c>
+      <c r="S35" s="78"/>
+      <c r="T35" s="59">
         <v>6070</v>
       </c>
-      <c r="Q35" s="63">
+      <c r="U35" s="59">
         <v>7038</v>
       </c>
-      <c r="R35" s="63">
+      <c r="V35" s="59">
         <v>7325</v>
       </c>
-      <c r="S35" s="66">
+      <c r="W35" s="63">
+        <v>7409</v>
+      </c>
+      <c r="X35" s="62">
         <v>7126</v>
       </c>
-      <c r="T35" s="57">
+      <c r="Y35" s="53">
         <v>6565</v>
       </c>
-      <c r="U35" s="170">
+      <c r="Z35" s="53">
         <v>6279</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C36" s="57">
+      <c r="AA35" s="160">
+        <v>5692</v>
+      </c>
+    </row>
+    <row r="36" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="36"/>
+      <c r="B36" s="37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C36" s="53">
         <v>14</v>
       </c>
-      <c r="D36" s="57">
+      <c r="D36" s="53">
         <v>34</v>
       </c>
-      <c r="E36" s="57">
+      <c r="E36" s="53">
         <v>53</v>
       </c>
-      <c r="F36" s="66">
+      <c r="F36" s="62">
+        <v>47</v>
+      </c>
+      <c r="G36" s="62">
         <v>34</v>
       </c>
-      <c r="G36" s="57">
+      <c r="H36" s="53">
         <v>46</v>
       </c>
-      <c r="H36" s="168">
+      <c r="I36" s="53">
         <v>48</v>
       </c>
-      <c r="I36" s="57">
+      <c r="J36" s="137">
+        <v>56</v>
+      </c>
+      <c r="K36" s="53">
         <v>2185</v>
       </c>
-      <c r="J36" s="57">
+      <c r="L36" s="53">
         <v>2812</v>
       </c>
-      <c r="K36" s="57">
+      <c r="M36" s="53">
         <v>3109</v>
       </c>
-      <c r="L36" s="57">
+      <c r="N36" s="53">
+        <v>3215</v>
+      </c>
+      <c r="O36" s="53">
         <v>3287</v>
       </c>
-      <c r="M36" s="66">
+      <c r="P36" s="62">
         <v>3505</v>
       </c>
-      <c r="N36" s="170">
+      <c r="Q36" s="53">
         <v>3776</v>
       </c>
-      <c r="O36" s="94"/>
-      <c r="P36" s="63">
+      <c r="R36" s="160">
+        <v>4459</v>
+      </c>
+      <c r="S36" s="78"/>
+      <c r="T36" s="59">
         <v>2199</v>
       </c>
-      <c r="Q36" s="63">
+      <c r="U36" s="59">
         <v>2846</v>
       </c>
-      <c r="R36" s="63">
+      <c r="V36" s="59">
         <v>3162</v>
       </c>
-      <c r="S36" s="66">
+      <c r="W36" s="63">
+        <v>3262</v>
+      </c>
+      <c r="X36" s="62">
         <v>3321</v>
       </c>
-      <c r="T36" s="57">
+      <c r="Y36" s="53">
         <v>3551</v>
       </c>
-      <c r="U36" s="170">
+      <c r="Z36" s="53">
         <v>3824</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B37" s="41" t="s">
+      <c r="AA36" s="160">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="37" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="36"/>
+      <c r="B37" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C37" s="57">
+      <c r="C37" s="53">
         <v>1079</v>
       </c>
-      <c r="D37" s="57">
+      <c r="D37" s="53">
         <v>1171</v>
       </c>
-      <c r="E37" s="57">
+      <c r="E37" s="53">
         <v>1584</v>
       </c>
-      <c r="F37" s="66">
+      <c r="F37" s="62">
+        <v>1701</v>
+      </c>
+      <c r="G37" s="62">
         <v>1841</v>
       </c>
-      <c r="G37" s="57">
+      <c r="H37" s="53">
         <v>2082</v>
       </c>
-      <c r="H37" s="168">
+      <c r="I37" s="53">
         <v>2196</v>
       </c>
-      <c r="I37" s="57">
+      <c r="J37" s="137">
+        <v>2704</v>
+      </c>
+      <c r="K37" s="53">
         <v>4473</v>
       </c>
-      <c r="J37" s="57">
+      <c r="L37" s="53">
         <v>5274</v>
       </c>
-      <c r="K37" s="57">
+      <c r="M37" s="53">
         <v>5714</v>
       </c>
-      <c r="L37" s="57">
+      <c r="N37" s="53">
+        <v>6029</v>
+      </c>
+      <c r="O37" s="53">
         <v>7027</v>
       </c>
-      <c r="M37" s="66">
+      <c r="P37" s="62">
         <v>7825</v>
       </c>
-      <c r="N37" s="170">
+      <c r="Q37" s="53">
         <v>8466</v>
       </c>
-      <c r="O37" s="94"/>
-      <c r="P37" s="63">
+      <c r="R37" s="160">
+        <v>10407</v>
+      </c>
+      <c r="S37" s="78"/>
+      <c r="T37" s="59">
         <v>5552</v>
       </c>
-      <c r="Q37" s="63">
+      <c r="U37" s="59">
         <v>6445</v>
       </c>
-      <c r="R37" s="63">
+      <c r="V37" s="59">
         <v>7298</v>
       </c>
-      <c r="S37" s="66">
+      <c r="W37" s="63">
+        <v>7730</v>
+      </c>
+      <c r="X37" s="62">
         <v>8868</v>
       </c>
-      <c r="T37" s="57">
+      <c r="Y37" s="53">
         <v>9907</v>
       </c>
-      <c r="U37" s="170">
+      <c r="Z37" s="53">
         <v>10662</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C38" s="57">
+      <c r="AA37" s="160">
+        <v>13111</v>
+      </c>
+    </row>
+    <row r="38" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="36" t="s">
+        <v>128</v>
+      </c>
+      <c r="B38" s="37"/>
+      <c r="C38" s="53">
         <v>1274</v>
       </c>
-      <c r="D38" s="57">
+      <c r="D38" s="53">
         <v>878</v>
       </c>
-      <c r="E38" s="57">
+      <c r="E38" s="53">
         <v>2055</v>
       </c>
-      <c r="F38" s="66">
+      <c r="F38" s="62">
+        <v>2089</v>
+      </c>
+      <c r="G38" s="62">
         <v>2899</v>
       </c>
-      <c r="G38" s="57">
+      <c r="H38" s="53">
         <v>2366</v>
       </c>
-      <c r="H38" s="168">
+      <c r="I38" s="53">
         <v>2549</v>
       </c>
-      <c r="I38" s="57">
+      <c r="J38" s="137">
+        <v>965</v>
+      </c>
+      <c r="K38" s="53">
         <v>230</v>
       </c>
-      <c r="J38" s="57">
+      <c r="L38" s="53">
         <v>345</v>
       </c>
-      <c r="K38" s="57">
+      <c r="M38" s="53">
         <v>798</v>
       </c>
-      <c r="L38" s="57">
+      <c r="N38" s="53">
+        <v>87</v>
+      </c>
+      <c r="O38" s="53">
         <v>794</v>
       </c>
-      <c r="M38" s="66">
+      <c r="P38" s="62">
         <v>1132</v>
       </c>
-      <c r="N38" s="170">
+      <c r="Q38" s="53">
         <v>1291</v>
       </c>
-      <c r="O38" s="94"/>
-      <c r="P38" s="63">
+      <c r="R38" s="160">
+        <v>1448</v>
+      </c>
+      <c r="S38" s="78"/>
+      <c r="T38" s="59">
         <v>1504</v>
       </c>
-      <c r="Q38" s="63">
+      <c r="U38" s="59">
         <v>1223</v>
       </c>
-      <c r="R38" s="63">
+      <c r="V38" s="59">
         <v>2853</v>
       </c>
-      <c r="S38" s="66">
+      <c r="W38" s="63">
+        <v>2176</v>
+      </c>
+      <c r="X38" s="62">
         <v>3693</v>
       </c>
-      <c r="T38" s="57">
+      <c r="Y38" s="53">
         <v>3498</v>
       </c>
-      <c r="U38" s="170">
+      <c r="Z38" s="53">
         <v>3840</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="436" t="s">
+      <c r="AA38" s="160">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="39" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="479" t="s">
         <v>0</v>
       </c>
-      <c r="B39" s="437"/>
-      <c r="C39" s="58">
+      <c r="B39" s="480"/>
+      <c r="C39" s="54">
         <v>7795</v>
       </c>
-      <c r="D39" s="58">
+      <c r="D39" s="54">
         <v>9805</v>
       </c>
-      <c r="E39" s="58">
+      <c r="E39" s="54">
         <v>12215</v>
       </c>
-      <c r="F39" s="60">
+      <c r="F39" s="56">
+        <v>12029</v>
+      </c>
+      <c r="G39" s="56">
         <v>12703</v>
       </c>
-      <c r="G39" s="58">
+      <c r="H39" s="54">
         <v>13112</v>
       </c>
-      <c r="H39" s="318">
+      <c r="I39" s="54">
         <v>13220</v>
       </c>
-      <c r="I39" s="58">
+      <c r="J39" s="244">
+        <v>14427</v>
+      </c>
+      <c r="K39" s="54">
         <v>53425</v>
       </c>
-      <c r="J39" s="58">
+      <c r="L39" s="54">
         <v>56908</v>
       </c>
-      <c r="K39" s="58">
+      <c r="M39" s="54">
         <v>57486</v>
       </c>
-      <c r="L39" s="58">
+      <c r="N39" s="54">
+        <v>57532</v>
+      </c>
+      <c r="O39" s="54">
         <v>59263</v>
       </c>
-      <c r="M39" s="60">
+      <c r="P39" s="56">
         <v>61406</v>
       </c>
-      <c r="N39" s="319">
+      <c r="Q39" s="54">
         <v>63251</v>
       </c>
-      <c r="O39" s="96"/>
-      <c r="P39" s="64">
+      <c r="R39" s="342">
+        <v>67296</v>
+      </c>
+      <c r="S39" s="80"/>
+      <c r="T39" s="60">
         <v>61220</v>
       </c>
-      <c r="Q39" s="64">
+      <c r="U39" s="60">
         <v>66713</v>
       </c>
-      <c r="R39" s="64">
+      <c r="V39" s="60">
         <v>69701</v>
       </c>
-      <c r="S39" s="60">
+      <c r="W39" s="337">
+        <v>69561</v>
+      </c>
+      <c r="X39" s="56">
         <v>71966</v>
       </c>
-      <c r="T39" s="58">
+      <c r="Y39" s="54">
         <v>74518</v>
       </c>
-      <c r="U39" s="319">
+      <c r="Z39" s="54">
         <v>76471</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="Q41" s="69"/>
+      <c r="AA39" s="342">
+        <v>81723</v>
+      </c>
+    </row>
+    <row r="40" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A40" s="68" t="s">
+        <v>89</v>
+      </c>
+      <c r="B40" s="69"/>
+      <c r="C40" s="69"/>
+      <c r="D40" s="70"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="71"/>
+      <c r="I40" s="71"/>
+      <c r="J40" s="71"/>
+      <c r="K40" s="70"/>
+      <c r="L40" s="70"/>
+      <c r="M40" s="71"/>
+      <c r="N40" s="71"/>
+      <c r="O40" s="70"/>
+      <c r="P40" s="70"/>
+      <c r="Q40" s="70"/>
+      <c r="R40" s="70"/>
+      <c r="S40" s="70"/>
+      <c r="T40" s="72"/>
+      <c r="U40" s="65"/>
+      <c r="V40" s="32"/>
+      <c r="W40" s="32"/>
+      <c r="X40" s="32"/>
+      <c r="Y40" s="28"/>
+      <c r="Z40" s="28"/>
+      <c r="AA40" s="28"/>
+    </row>
+    <row r="41" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A41" s="68" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="67"/>
+      <c r="C41" s="69"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="71"/>
+      <c r="F41" s="71"/>
+      <c r="G41" s="71"/>
+      <c r="H41" s="71"/>
+      <c r="I41" s="71"/>
+      <c r="J41" s="71"/>
+      <c r="K41" s="70"/>
+      <c r="L41" s="70"/>
+      <c r="M41" s="71"/>
+      <c r="N41" s="71"/>
+      <c r="O41" s="70"/>
+      <c r="P41" s="70"/>
+      <c r="Q41" s="70"/>
       <c r="R41" s="70"/>
       <c r="S41" s="70"/>
-      <c r="T41" s="32"/>
-[...21 lines deleted...]
-      <c r="Q42" s="69"/>
+      <c r="T41" s="72"/>
+      <c r="U41" s="65"/>
+      <c r="V41" s="66"/>
+      <c r="W41" s="66"/>
+      <c r="X41" s="66"/>
+      <c r="Y41" s="28"/>
+      <c r="Z41" s="28"/>
+      <c r="AA41" s="28"/>
+    </row>
+    <row r="42" spans="1:27" x14ac:dyDescent="0.25">
+      <c r="A42" s="68" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" s="67"/>
+      <c r="C42" s="69"/>
+      <c r="D42" s="70"/>
+      <c r="E42" s="71"/>
+      <c r="F42" s="71"/>
+      <c r="G42" s="71"/>
+      <c r="H42" s="71"/>
+      <c r="I42" s="71"/>
+      <c r="J42" s="71"/>
+      <c r="K42" s="70"/>
+      <c r="L42" s="70"/>
+      <c r="M42" s="71"/>
+      <c r="N42" s="71"/>
+      <c r="O42" s="70"/>
+      <c r="P42" s="70"/>
+      <c r="Q42" s="70"/>
       <c r="R42" s="70"/>
       <c r="S42" s="70"/>
-      <c r="T42" s="32"/>
-[...3 lines deleted...]
-      <c r="A43" s="2" t="s">
+      <c r="T42" s="72"/>
+      <c r="U42" s="65"/>
+      <c r="V42" s="66"/>
+      <c r="W42" s="66"/>
+      <c r="X42" s="66"/>
+      <c r="Y42" s="28"/>
+      <c r="Z42" s="28"/>
+      <c r="AA42" s="28"/>
+    </row>
+    <row r="43" spans="1:27" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B43" s="13"/>
-[...23 lines deleted...]
-      <c r="A44" s="3" t="s">
+      <c r="B43" s="10"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="10"/>
+      <c r="H43" s="10"/>
+      <c r="I43" s="10"/>
+      <c r="J43" s="10"/>
+      <c r="K43" s="10"/>
+      <c r="L43" s="10"/>
+      <c r="M43" s="10"/>
+      <c r="N43" s="10"/>
+      <c r="O43" s="10"/>
+      <c r="P43" s="10"/>
+      <c r="Q43" s="10"/>
+      <c r="R43" s="10"/>
+      <c r="S43" s="10"/>
+      <c r="T43" s="10"/>
+      <c r="U43" s="10"/>
+      <c r="V43" s="10"/>
+      <c r="W43" s="10"/>
+      <c r="X43" s="9"/>
+      <c r="Y43" s="9"/>
+      <c r="Z43" s="9"/>
+      <c r="AA43" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="44" spans="1:27" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B44" s="4"/>
-[...18 lines deleted...]
-      <c r="U44" s="4"/>
+      <c r="B44" s="3"/>
+      <c r="C44" s="3"/>
+      <c r="D44" s="3"/>
+      <c r="E44" s="3"/>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3"/>
+      <c r="O44" s="3"/>
+      <c r="P44" s="3"/>
+      <c r="Q44" s="3"/>
+      <c r="R44" s="3"/>
+      <c r="S44" s="3"/>
+      <c r="T44" s="3"/>
+      <c r="U44" s="3"/>
+      <c r="V44" s="3"/>
+      <c r="W44" s="3"/>
+      <c r="X44" s="3"/>
+      <c r="Y44" s="3"/>
+      <c r="Z44" s="3"/>
+      <c r="AA44" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-    <mergeCell ref="A4:U4"/>
+  <mergeCells count="12">
+    <mergeCell ref="A4:AA4"/>
+    <mergeCell ref="A20:AA20"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A6:B7"/>
-    <mergeCell ref="C26:H26"/>
-[...5 lines deleted...]
-    <mergeCell ref="A20:U20"/>
+    <mergeCell ref="K26:Q26"/>
+    <mergeCell ref="T26:AA26"/>
+    <mergeCell ref="C26:J26"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="K6:R6"/>
+    <mergeCell ref="T6:AA6"/>
+    <mergeCell ref="A21:AA21"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="95" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="24" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T25"/>
+  <dimension ref="A1:Z26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:T4"/>
+      <selection activeCell="A4" sqref="A4:Z4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.54296875" style="7" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="21" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="25.81640625" style="4" customWidth="1"/>
+    <col min="2" max="26" width="5.1796875" style="4" customWidth="1"/>
+    <col min="27" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:26" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="23"/>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="23"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="23"/>
+      <c r="U1" s="23"/>
+      <c r="V1" s="23"/>
+      <c r="W1" s="23"/>
+      <c r="X1" s="28"/>
+      <c r="Y1" s="28"/>
+      <c r="Z1" s="28"/>
+    </row>
+    <row r="2" spans="1:26" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...66 lines deleted...]
-      <c r="A5" s="439" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="24"/>
+      <c r="Z2" s="24"/>
+    </row>
+    <row r="3" spans="1:26" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
+      <c r="X3" s="28"/>
+      <c r="Y3" s="28"/>
+      <c r="Z3" s="28"/>
+    </row>
+    <row r="4" spans="1:26" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="431" t="s">
+        <v>109</v>
+      </c>
+      <c r="B4" s="431"/>
+      <c r="C4" s="431"/>
+      <c r="D4" s="431"/>
+      <c r="E4" s="431"/>
+      <c r="F4" s="431"/>
+      <c r="G4" s="431"/>
+      <c r="H4" s="431"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="431"/>
+      <c r="K4" s="431"/>
+      <c r="L4" s="431"/>
+      <c r="M4" s="431"/>
+      <c r="N4" s="431"/>
+      <c r="O4" s="431"/>
+      <c r="P4" s="431"/>
+      <c r="Q4" s="431"/>
+      <c r="R4" s="431"/>
+      <c r="S4" s="431"/>
+      <c r="T4" s="431"/>
+      <c r="U4" s="431"/>
+      <c r="V4" s="431"/>
+      <c r="W4" s="431"/>
+      <c r="X4" s="431"/>
+      <c r="Y4" s="431"/>
+      <c r="Z4" s="431"/>
+    </row>
+    <row r="5" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="345"/>
+      <c r="B5" s="345"/>
+      <c r="C5" s="345"/>
+      <c r="D5" s="345"/>
+      <c r="E5" s="345"/>
+      <c r="F5" s="345"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="345"/>
+      <c r="I5" s="345"/>
+      <c r="J5" s="345"/>
+      <c r="K5" s="345"/>
+      <c r="L5" s="345"/>
+      <c r="M5" s="345"/>
+      <c r="N5" s="345"/>
+      <c r="O5" s="345"/>
+      <c r="P5" s="345"/>
+      <c r="Q5" s="345"/>
+      <c r="R5" s="345"/>
+      <c r="S5" s="345"/>
+      <c r="T5" s="345"/>
+      <c r="U5" s="345"/>
+      <c r="V5" s="345"/>
+      <c r="W5" s="345"/>
+      <c r="X5" s="345"/>
+      <c r="Y5" s="345"/>
+      <c r="Z5" s="345"/>
+    </row>
+    <row r="6" spans="1:26" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="482" t="s">
         <v>27</v>
       </c>
-      <c r="B5" s="426" t="s">
+      <c r="B6" s="468" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="427"/>
-[...4 lines deleted...]
-      <c r="H5" s="426" t="s">
+      <c r="C6" s="469"/>
+      <c r="D6" s="469"/>
+      <c r="E6" s="469"/>
+      <c r="F6" s="469"/>
+      <c r="G6" s="469"/>
+      <c r="H6" s="469"/>
+      <c r="I6" s="489"/>
+      <c r="J6" s="468" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="427"/>
-[...5 lines deleted...]
-      <c r="O5" s="447" t="s">
+      <c r="K6" s="469"/>
+      <c r="L6" s="469"/>
+      <c r="M6" s="469"/>
+      <c r="N6" s="469"/>
+      <c r="O6" s="469"/>
+      <c r="P6" s="469"/>
+      <c r="Q6" s="469"/>
+      <c r="R6" s="104"/>
+      <c r="S6" s="486" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="447"/>
-[...7 lines deleted...]
-      <c r="B6" s="48">
+      <c r="T6" s="486"/>
+      <c r="U6" s="486"/>
+      <c r="V6" s="486"/>
+      <c r="W6" s="486"/>
+      <c r="X6" s="486"/>
+      <c r="Y6" s="486"/>
+      <c r="Z6" s="486"/>
+    </row>
+    <row r="7" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="484"/>
+      <c r="B7" s="44">
         <v>2000</v>
       </c>
-      <c r="C6" s="46">
+      <c r="C7" s="42">
         <v>2005</v>
       </c>
-      <c r="D6" s="46">
+      <c r="D7" s="42">
         <v>2010</v>
       </c>
-      <c r="E6" s="83">
+      <c r="E7" s="42">
+        <v>2011</v>
+      </c>
+      <c r="F7" s="150">
         <v>2015</v>
       </c>
-      <c r="F6" s="83">
+      <c r="G7" s="74">
         <v>2018</v>
       </c>
-      <c r="G6" s="97">
+      <c r="H7" s="74">
         <v>2020</v>
       </c>
-      <c r="H6" s="46">
+      <c r="I7" s="88">
+        <v>2024</v>
+      </c>
+      <c r="J7" s="42">
         <v>2000</v>
       </c>
-      <c r="I6" s="46">
+      <c r="K7" s="42">
         <v>2005</v>
       </c>
-      <c r="J6" s="46">
+      <c r="L7" s="42">
         <v>2010</v>
       </c>
-      <c r="K6" s="186">
+      <c r="M7" s="347">
+        <v>2011</v>
+      </c>
+      <c r="N7" s="150">
         <v>2015</v>
       </c>
-      <c r="L6" s="186">
+      <c r="O7" s="150">
         <v>2018</v>
       </c>
-      <c r="M6" s="105">
+      <c r="P7" s="150">
         <v>2020</v>
       </c>
-      <c r="N6" s="125"/>
-      <c r="O6" s="50">
+      <c r="Q7" s="88">
+        <v>2024</v>
+      </c>
+      <c r="R7" s="104"/>
+      <c r="S7" s="46">
         <v>2000</v>
       </c>
-      <c r="P6" s="46">
+      <c r="T7" s="42">
         <v>2005</v>
       </c>
-      <c r="Q6" s="46">
+      <c r="U7" s="42">
         <v>2010</v>
       </c>
-      <c r="R6" s="186">
+      <c r="V7" s="42">
+        <v>2011</v>
+      </c>
+      <c r="W7" s="151">
         <v>2015</v>
       </c>
-      <c r="S6" s="186">
+      <c r="X7" s="74">
         <v>2018</v>
       </c>
-      <c r="T6" s="105">
+      <c r="Y7" s="150">
         <v>2020</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="49" t="s">
+      <c r="Z7" s="88">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="78">
+      <c r="B8" s="403">
         <v>0.49737010904425916</v>
       </c>
-      <c r="C7" s="78">
+      <c r="C8" s="403">
         <v>0.47231004589495157</v>
       </c>
-      <c r="D7" s="78">
+      <c r="D8" s="403">
         <v>0.41236185018419974</v>
       </c>
-      <c r="E7" s="78">
+      <c r="E8" s="403">
+        <v>0.40319228531049961</v>
+      </c>
+      <c r="F8" s="404">
         <v>0.42430921829489099</v>
       </c>
-      <c r="F7" s="78">
+      <c r="G8" s="403">
         <v>0.400549115314216</v>
       </c>
-      <c r="G7" s="327">
-[...2 lines deleted...]
-      <c r="H7" s="78">
+      <c r="H8" s="403">
+        <v>0.37957639939485599</v>
+      </c>
+      <c r="I8" s="405">
+        <v>0.37318915921536011</v>
+      </c>
+      <c r="J8" s="403">
         <v>0.19891436593355172</v>
       </c>
-      <c r="I7" s="78">
+      <c r="K8" s="403">
         <v>0.19448935123356997</v>
       </c>
-      <c r="J7" s="78">
+      <c r="L8" s="403">
         <v>0.18891556204989041</v>
       </c>
-      <c r="K7" s="201">
+      <c r="M8" s="404">
+        <v>0.18728707501911979</v>
+      </c>
+      <c r="N8" s="404">
         <v>0.19975364055144018</v>
       </c>
-      <c r="L7" s="201">
+      <c r="O8" s="404">
         <v>0.20260235156173664</v>
       </c>
-      <c r="M7" s="330">
+      <c r="P8" s="404">
         <v>0.20393353464767355</v>
       </c>
-      <c r="N7" s="125"/>
-      <c r="O7" s="81">
+      <c r="Q8" s="406">
+        <v>0.21507964812173086</v>
+      </c>
+      <c r="R8" s="104"/>
+      <c r="S8" s="407">
         <v>0.26730557087699947</v>
       </c>
-      <c r="P7" s="81">
+      <c r="T8" s="407">
         <v>0.2949869418434295</v>
       </c>
-      <c r="Q7" s="81">
+      <c r="U8" s="407">
         <v>0.31685223627099451</v>
       </c>
-      <c r="R7" s="203">
+      <c r="V8" s="403">
+        <v>0.31040000000000001</v>
+      </c>
+      <c r="W8" s="408">
         <v>0.31286278151845831</v>
       </c>
-      <c r="S7" s="201">
+      <c r="X8" s="403">
         <v>0.29684055841293167</v>
       </c>
-      <c r="T7" s="330">
+      <c r="Y8" s="404">
         <v>0.28006920801473462</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="79">
+      <c r="Z8" s="409">
+        <v>0.27112498741061536</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="35" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="410">
         <v>0.30750481077613856</v>
       </c>
-      <c r="C8" s="79">
+      <c r="C9" s="410">
         <v>0.36389597144314123</v>
       </c>
-      <c r="D8" s="79">
+      <c r="D9" s="410">
         <v>0.32451903397462134</v>
       </c>
-      <c r="E8" s="79">
+      <c r="E9" s="410">
+        <v>0.31814780946047055</v>
+      </c>
+      <c r="F9" s="411">
         <v>0.34385578209871681</v>
       </c>
-      <c r="F8" s="79">
+      <c r="G9" s="410">
         <v>0.34464612568639413</v>
       </c>
-      <c r="G8" s="328">
+      <c r="H9" s="410">
         <v>0.31906202723146748</v>
       </c>
-      <c r="H8" s="79">
+      <c r="I9" s="412">
+        <v>0.29659665904207388</v>
+      </c>
+      <c r="J9" s="410">
         <v>0.43105287786616753</v>
       </c>
-      <c r="I8" s="79">
+      <c r="K9" s="410">
         <v>0.44220496239544527</v>
       </c>
-      <c r="J8" s="79">
+      <c r="L9" s="410">
         <v>0.44085516473576175</v>
       </c>
-      <c r="K8" s="131">
+      <c r="M9" s="411">
+        <v>0.44251894597789054</v>
+      </c>
+      <c r="N9" s="411">
         <v>0.45514064424683193</v>
       </c>
-      <c r="L8" s="131">
+      <c r="O9" s="411">
         <v>0.45658404716151518</v>
       </c>
-      <c r="M8" s="331">
+      <c r="P9" s="411">
         <v>0.45050671135634218</v>
       </c>
-      <c r="N8" s="125"/>
-      <c r="O8" s="82">
+      <c r="Q9" s="406">
+        <v>0.4451081787922016</v>
+      </c>
+      <c r="R9" s="104"/>
+      <c r="S9" s="413">
         <v>9.4273578227011726E-2</v>
       </c>
-      <c r="P8" s="82">
+      <c r="T9" s="413">
         <v>0.12417777468416107</v>
       </c>
-      <c r="Q8" s="82">
+      <c r="U9" s="413">
         <v>0.135257788241717</v>
       </c>
-      <c r="R8" s="204">
+      <c r="V9" s="410">
+        <v>0.13067677388513282</v>
+      </c>
+      <c r="W9" s="414">
         <v>0.13937015411122811</v>
       </c>
-      <c r="S8" s="131">
+      <c r="X9" s="410">
         <v>0.13880697874431749</v>
       </c>
-      <c r="T8" s="331">
+      <c r="Y9" s="411">
         <v>0.12893956531042705</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="39" t="s">
+      <c r="Z9" s="406">
+        <v>0.12499634855256624</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="35" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="79">
+      <c r="B10" s="410">
         <v>2.4374599101988453E-2</v>
       </c>
-      <c r="C9" s="79">
+      <c r="C10" s="410">
         <v>2.4273329933707292E-2</v>
       </c>
-      <c r="D9" s="79">
+      <c r="D10" s="410">
         <v>1.8010642652476462E-2</v>
       </c>
-      <c r="E9" s="79">
+      <c r="E10" s="410">
+        <v>1.8954194031091529E-2</v>
+      </c>
+      <c r="F10" s="411">
         <v>1.905061796426041E-2</v>
       </c>
-      <c r="F9" s="79">
+      <c r="G10" s="410">
         <v>2.0668090298962782E-2</v>
       </c>
-      <c r="G9" s="328">
+      <c r="H10" s="410">
         <v>1.7246596066565808E-2</v>
       </c>
-      <c r="H9" s="79">
+      <c r="I10" s="412">
+        <v>2.1279545297012547E-2</v>
+      </c>
+      <c r="J10" s="410">
         <v>0.31311183902667289</v>
       </c>
-      <c r="I9" s="79">
+      <c r="K10" s="410">
         <v>0.30027412666057496</v>
       </c>
-      <c r="J9" s="79">
+      <c r="L10" s="410">
         <v>0.2867306822530703</v>
       </c>
-      <c r="K9" s="131">
+      <c r="M10" s="411">
+        <v>0.28300771744420494</v>
+      </c>
+      <c r="N10" s="411">
         <v>0.28321212223478393</v>
       </c>
-      <c r="L9" s="131">
+      <c r="O10" s="411">
         <v>0.26868709898055565</v>
       </c>
-      <c r="M9" s="331">
+      <c r="P10" s="411">
         <v>0.26391677601935148</v>
       </c>
-      <c r="N9" s="125"/>
-      <c r="O9" s="82">
+      <c r="Q10" s="406">
+        <v>0.25474025202092249</v>
+      </c>
+      <c r="R10" s="104"/>
+      <c r="S10" s="413">
         <v>1.1230641919848681E-2</v>
       </c>
-      <c r="P9" s="82">
+      <c r="T10" s="413">
         <v>1.3736580861133557E-2</v>
       </c>
-      <c r="Q9" s="82">
+      <c r="U10" s="413">
         <v>1.3171286595222416E-2</v>
       </c>
-      <c r="R9" s="204">
+      <c r="V10" s="410">
+        <v>1.3809812235009085E-2</v>
+      </c>
+      <c r="W10" s="414">
         <v>1.4213555738282627E-2</v>
       </c>
-      <c r="S9" s="131">
+      <c r="X10" s="410">
         <v>1.6159809183064998E-2</v>
       </c>
-      <c r="T9" s="331">
+      <c r="Y10" s="411">
         <v>1.3474380946752556E-2</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="80">
+      <c r="Z10" s="406">
+        <v>1.7593123209169056E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" s="415">
         <v>0.17075048107761384</v>
       </c>
-      <c r="C10" s="80">
+      <c r="C11" s="415">
         <v>0.13952065272819988</v>
       </c>
-      <c r="D10" s="79">
+      <c r="D11" s="410">
         <v>0.24510847318870241</v>
       </c>
-      <c r="E10" s="80">
+      <c r="E11" s="410">
+        <v>0.25970571119793834</v>
+      </c>
+      <c r="F11" s="416">
         <v>0.21278438164213179</v>
       </c>
-      <c r="F10" s="80">
+      <c r="G11" s="415">
         <v>0.2341366687004271</v>
       </c>
-      <c r="G10" s="329">
+      <c r="H11" s="415">
         <v>0.28411497730711044</v>
       </c>
-      <c r="H10" s="80">
+      <c r="I11" s="417">
+        <v>0.30893463644555347</v>
+      </c>
+      <c r="J11" s="415">
         <v>5.6920917173607859E-2</v>
       </c>
-      <c r="I10" s="80">
+      <c r="K11" s="415">
         <v>6.3031559710409787E-2</v>
       </c>
-      <c r="J10" s="79">
+      <c r="L11" s="410">
         <v>8.3498590961277527E-2</v>
       </c>
-      <c r="K10" s="132">
+      <c r="M11" s="411">
+        <v>8.7186261558784672E-2</v>
+      </c>
+      <c r="N11" s="416">
         <v>6.189359296694396E-2</v>
       </c>
-      <c r="L10" s="132">
+      <c r="O11" s="416">
         <v>7.2126502296192552E-2</v>
       </c>
-      <c r="M10" s="332">
+      <c r="P11" s="416">
         <v>8.164297797663278E-2</v>
       </c>
-      <c r="N10" s="125"/>
-[...8 lines deleted...]
-      <c r="A11" s="172" t="s">
+      <c r="Q11" s="418">
+        <v>8.5071921065145037E-2</v>
+      </c>
+      <c r="R11" s="104"/>
+      <c r="S11" s="419"/>
+      <c r="T11" s="419"/>
+      <c r="U11" s="419"/>
+      <c r="V11" s="420"/>
+      <c r="W11" s="421"/>
+      <c r="X11" s="420"/>
+      <c r="Y11" s="416"/>
+      <c r="Z11" s="418"/>
+    </row>
+    <row r="12" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="372" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="59">
+      <c r="B12" s="55">
         <v>1</v>
       </c>
-      <c r="C11" s="59">
+      <c r="C12" s="55">
         <v>1</v>
       </c>
-      <c r="D11" s="59">
+      <c r="D12" s="55">
         <v>0.99999999999999989</v>
       </c>
-      <c r="E11" s="59">
+      <c r="E12" s="55">
         <v>1</v>
       </c>
-      <c r="F11" s="59">
+      <c r="F12" s="162">
         <v>1</v>
       </c>
-      <c r="G11" s="296">
+      <c r="G12" s="55">
+        <v>1</v>
+      </c>
+      <c r="H12" s="55">
         <v>0.99999999999999989</v>
       </c>
-      <c r="H11" s="59">
+      <c r="I12" s="230">
         <v>1</v>
       </c>
-      <c r="I11" s="59">
+      <c r="J12" s="55">
         <v>1</v>
       </c>
-      <c r="J11" s="59">
+      <c r="K12" s="55">
         <v>1</v>
       </c>
-      <c r="K11" s="202">
+      <c r="L12" s="55">
         <v>1</v>
       </c>
-      <c r="L11" s="202">
+      <c r="M12" s="162">
         <v>1</v>
       </c>
-      <c r="M11" s="297">
+      <c r="N12" s="162">
         <v>1</v>
       </c>
-      <c r="N11" s="125"/>
-      <c r="O11" s="61">
+      <c r="O12" s="162">
+        <v>1</v>
+      </c>
+      <c r="P12" s="162">
+        <v>1</v>
+      </c>
+      <c r="Q12" s="231">
+        <v>1</v>
+      </c>
+      <c r="R12" s="104"/>
+      <c r="S12" s="57">
         <v>0.12732767069585102</v>
       </c>
-      <c r="P11" s="59">
+      <c r="T12" s="55">
         <v>0.14697285386656275</v>
       </c>
-      <c r="Q11" s="59">
+      <c r="U12" s="55">
         <v>0.17524856171360526</v>
       </c>
-      <c r="R11" s="202">
+      <c r="V12" s="55">
+        <v>0.17292735872112247</v>
+      </c>
+      <c r="W12" s="349">
         <v>0.17651390934608011</v>
       </c>
-      <c r="S11" s="202">
+      <c r="X12" s="55">
         <v>0.17595748678171716</v>
       </c>
-      <c r="T11" s="297">
+      <c r="Y12" s="162">
         <v>0.17287599220619582</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="B13" s="426" t="s">
+      <c r="Z12" s="231">
+        <v>0.1765353694798282</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="372"/>
+      <c r="B13" s="85"/>
+      <c r="C13" s="86"/>
+      <c r="D13" s="86"/>
+      <c r="E13" s="86"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="86"/>
+      <c r="K13" s="86"/>
+      <c r="L13" s="86"/>
+      <c r="M13" s="86"/>
+      <c r="N13" s="87"/>
+      <c r="O13" s="48"/>
+      <c r="P13" s="48"/>
+      <c r="Q13" s="48"/>
+      <c r="R13" s="104"/>
+      <c r="S13" s="170"/>
+      <c r="T13" s="170"/>
+      <c r="U13" s="170"/>
+      <c r="V13" s="170"/>
+      <c r="W13" s="171"/>
+      <c r="Y13" s="28"/>
+      <c r="Z13" s="28"/>
+    </row>
+    <row r="14" spans="1:26" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="482" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="468" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="427"/>
-[...4 lines deleted...]
-      <c r="H13" s="426" t="s">
+      <c r="C14" s="469"/>
+      <c r="D14" s="469"/>
+      <c r="E14" s="469"/>
+      <c r="F14" s="469"/>
+      <c r="G14" s="469"/>
+      <c r="H14" s="469"/>
+      <c r="I14" s="489"/>
+      <c r="J14" s="468" t="s">
         <v>13</v>
       </c>
-      <c r="I13" s="427"/>
-[...5 lines deleted...]
-      <c r="O13" s="447" t="s">
+      <c r="K14" s="469"/>
+      <c r="L14" s="469"/>
+      <c r="M14" s="469"/>
+      <c r="N14" s="469"/>
+      <c r="O14" s="469"/>
+      <c r="P14" s="469"/>
+      <c r="Q14" s="469"/>
+      <c r="R14" s="104"/>
+      <c r="S14" s="486" t="s">
         <v>24</v>
       </c>
-      <c r="P13" s="447"/>
-[...9 lines deleted...]
-      <c r="B14" s="83">
+      <c r="T14" s="486"/>
+      <c r="U14" s="486"/>
+      <c r="V14" s="486"/>
+      <c r="W14" s="486"/>
+      <c r="X14" s="486"/>
+      <c r="Y14" s="486"/>
+      <c r="Z14" s="486"/>
+    </row>
+    <row r="15" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="484"/>
+      <c r="B15" s="74">
         <v>2000</v>
       </c>
-      <c r="C14" s="83">
+      <c r="C15" s="74">
         <v>2005</v>
       </c>
-      <c r="D14" s="83">
+      <c r="D15" s="74">
         <v>2010</v>
       </c>
-      <c r="E14" s="83">
+      <c r="E15" s="74">
+        <v>2011</v>
+      </c>
+      <c r="F15" s="150">
         <v>2015</v>
       </c>
-      <c r="F14" s="83">
+      <c r="G15" s="74">
         <v>2018</v>
       </c>
-      <c r="G14" s="97">
+      <c r="H15" s="74">
         <v>2020</v>
       </c>
-      <c r="H14" s="83">
+      <c r="I15" s="81">
+        <v>2024</v>
+      </c>
+      <c r="J15" s="74">
         <v>2000</v>
       </c>
-      <c r="I14" s="83">
+      <c r="K15" s="74">
         <v>2005</v>
       </c>
-      <c r="J14" s="83">
+      <c r="L15" s="74">
         <v>2010</v>
       </c>
-      <c r="K14" s="186">
+      <c r="M15" s="150">
+        <v>2011</v>
+      </c>
+      <c r="N15" s="150">
         <v>2015</v>
       </c>
-      <c r="L14" s="186">
+      <c r="O15" s="150">
         <v>2018</v>
       </c>
-      <c r="M14" s="105">
+      <c r="P15" s="150">
         <v>2020</v>
       </c>
-      <c r="N14" s="125"/>
-      <c r="O14" s="188">
+      <c r="Q15" s="88">
+        <v>2024</v>
+      </c>
+      <c r="R15" s="104"/>
+      <c r="S15" s="152">
         <v>2000</v>
       </c>
-      <c r="P14" s="83">
+      <c r="T15" s="74">
         <v>2005</v>
       </c>
-      <c r="Q14" s="83">
+      <c r="U15" s="74">
         <v>2010</v>
       </c>
-      <c r="R14" s="186">
+      <c r="V15" s="150">
+        <v>2011</v>
+      </c>
+      <c r="W15" s="150">
         <v>2015</v>
       </c>
-      <c r="S14" s="186">
+      <c r="X15" s="74">
         <v>2018</v>
       </c>
-      <c r="T14" s="105">
+      <c r="Y15" s="150">
         <v>2020</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="49" t="s">
+      <c r="Z15" s="88">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="45" t="s">
         <v>25</v>
       </c>
-      <c r="B15" s="56">
+      <c r="B16" s="52">
         <v>3877</v>
       </c>
-      <c r="C15" s="56">
+      <c r="C16" s="52">
         <v>4631</v>
       </c>
-      <c r="D15" s="56">
+      <c r="D16" s="52">
         <v>5037</v>
       </c>
-      <c r="E15" s="56">
+      <c r="E16" s="52">
+        <v>4850</v>
+      </c>
+      <c r="F16" s="61">
         <v>5390</v>
       </c>
-      <c r="F15" s="56">
+      <c r="G16" s="52">
         <v>5252</v>
       </c>
-      <c r="G15" s="167">
+      <c r="H16" s="52">
         <v>5018</v>
       </c>
-      <c r="H15" s="56">
+      <c r="I16" s="136">
+        <v>5384</v>
+      </c>
+      <c r="J16" s="52">
         <v>10627</v>
       </c>
-      <c r="I15" s="56">
+      <c r="K16" s="52">
         <v>11068</v>
       </c>
-      <c r="J15" s="56">
+      <c r="L16" s="52">
         <v>10860</v>
       </c>
-      <c r="K15" s="65">
+      <c r="M16" s="61">
+        <v>10775</v>
+      </c>
+      <c r="N16" s="61">
         <v>11838</v>
       </c>
-      <c r="L15" s="66">
+      <c r="O16" s="62">
         <v>12441</v>
       </c>
-      <c r="M15" s="170">
+      <c r="P16" s="62">
         <v>12899</v>
       </c>
-      <c r="N15" s="125"/>
-      <c r="O15" s="62">
+      <c r="Q16" s="138">
+        <v>14474</v>
+      </c>
+      <c r="R16" s="104"/>
+      <c r="S16" s="58">
         <v>14504</v>
       </c>
-      <c r="P15" s="62">
+      <c r="T16" s="58">
         <v>15699</v>
       </c>
-      <c r="Q15" s="62">
+      <c r="U16" s="58">
         <v>15897</v>
       </c>
-      <c r="R15" s="65">
+      <c r="V16" s="336">
+        <v>15625</v>
+      </c>
+      <c r="W16" s="61">
         <v>17228</v>
       </c>
-      <c r="S15" s="65">
+      <c r="X16" s="52">
         <v>17693</v>
       </c>
-      <c r="T15" s="325">
+      <c r="Y16" s="61">
         <v>17917</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="57">
+      <c r="Z16" s="249">
+        <v>19858</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="35" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" s="53">
         <v>2397</v>
       </c>
-      <c r="C16" s="57">
+      <c r="C17" s="53">
         <v>3568</v>
       </c>
-      <c r="D16" s="57">
+      <c r="D17" s="53">
         <v>3964</v>
       </c>
-      <c r="E16" s="57">
+      <c r="E17" s="53">
+        <v>3827</v>
+      </c>
+      <c r="F17" s="62">
         <v>4368</v>
       </c>
-      <c r="F16" s="57">
+      <c r="G17" s="53">
         <v>4519</v>
       </c>
-      <c r="G16" s="168">
+      <c r="H17" s="53">
         <v>4218</v>
       </c>
-      <c r="H16" s="57">
+      <c r="I17" s="137">
+        <v>4279</v>
+      </c>
+      <c r="J17" s="53">
         <v>23029</v>
       </c>
-      <c r="I16" s="57">
+      <c r="K17" s="53">
         <v>25165</v>
       </c>
-      <c r="J16" s="57">
+      <c r="L17" s="53">
         <v>25343</v>
       </c>
-      <c r="K16" s="66">
+      <c r="M17" s="62">
+        <v>25459</v>
+      </c>
+      <c r="N17" s="62">
         <v>26973</v>
       </c>
-      <c r="L16" s="66">
+      <c r="O17" s="62">
         <v>28037</v>
       </c>
-      <c r="M16" s="170">
+      <c r="P17" s="62">
         <v>28495</v>
       </c>
-      <c r="N16" s="125"/>
-      <c r="O16" s="63">
+      <c r="Q17" s="138">
+        <v>29954</v>
+      </c>
+      <c r="R17" s="104"/>
+      <c r="S17" s="59">
         <v>25426</v>
       </c>
-      <c r="P16" s="63">
+      <c r="T17" s="59">
         <v>28733</v>
       </c>
-      <c r="Q16" s="63">
+      <c r="U17" s="59">
         <v>29307</v>
       </c>
-      <c r="R16" s="66">
+      <c r="V17" s="63">
+        <v>29286</v>
+      </c>
+      <c r="W17" s="62">
         <v>31341</v>
       </c>
-      <c r="S16" s="66">
+      <c r="X17" s="53">
         <v>32556</v>
       </c>
-      <c r="T16" s="170">
+      <c r="Y17" s="62">
         <v>32713</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="39" t="s">
+      <c r="Z17" s="138">
+        <v>34233</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="35" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="57">
+      <c r="B18" s="53">
         <v>190</v>
       </c>
-      <c r="C17" s="57">
+      <c r="C18" s="53">
         <v>238</v>
       </c>
-      <c r="D17" s="57">
+      <c r="D18" s="53">
         <v>220</v>
       </c>
-      <c r="E17" s="57">
+      <c r="E18" s="53">
+        <v>228</v>
+      </c>
+      <c r="F18" s="62">
         <v>242</v>
       </c>
-      <c r="F17" s="57">
+      <c r="G18" s="53">
         <v>271</v>
       </c>
-      <c r="G17" s="168">
+      <c r="H18" s="53">
         <v>228</v>
       </c>
-      <c r="H17" s="57">
+      <c r="I18" s="137">
+        <v>307</v>
+      </c>
+      <c r="J18" s="53">
         <v>16728</v>
       </c>
-      <c r="I17" s="57">
+      <c r="K18" s="53">
         <v>17088</v>
       </c>
-      <c r="J17" s="57">
+      <c r="L18" s="53">
         <v>16483</v>
       </c>
-      <c r="K17" s="66">
+      <c r="M18" s="62">
+        <v>16282</v>
+      </c>
+      <c r="N18" s="62">
         <v>16784</v>
       </c>
-      <c r="L17" s="66">
+      <c r="O18" s="62">
         <v>16499</v>
       </c>
-      <c r="M17" s="170">
+      <c r="P18" s="62">
         <v>16693</v>
       </c>
-      <c r="N17" s="125"/>
-      <c r="O17" s="63">
+      <c r="Q18" s="138">
+        <v>17143</v>
+      </c>
+      <c r="R18" s="104"/>
+      <c r="S18" s="59">
         <v>16918</v>
       </c>
-      <c r="P17" s="63">
+      <c r="T18" s="59">
         <v>17326</v>
       </c>
-      <c r="Q17" s="63">
+      <c r="U18" s="59">
         <v>16703</v>
       </c>
-      <c r="R17" s="66">
+      <c r="V18" s="63">
+        <v>16510</v>
+      </c>
+      <c r="W18" s="62">
         <v>17026</v>
       </c>
-      <c r="S17" s="66">
+      <c r="X18" s="53">
         <v>16770</v>
       </c>
-      <c r="T17" s="170">
+      <c r="Y18" s="62">
         <v>16921</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B18" s="114">
+      <c r="Z18" s="138">
+        <v>17450</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" s="94">
         <v>1331</v>
       </c>
-      <c r="C18" s="114">
+      <c r="C19" s="94">
         <v>1368</v>
       </c>
-      <c r="D18" s="114">
+      <c r="D19" s="94">
         <v>2994</v>
       </c>
-      <c r="E18" s="114">
+      <c r="E19" s="94">
+        <v>3124</v>
+      </c>
+      <c r="F19" s="89">
         <v>2703</v>
       </c>
-      <c r="F18" s="114">
+      <c r="G19" s="94">
         <v>3070</v>
       </c>
-      <c r="G18" s="295">
+      <c r="H19" s="94">
         <v>3756</v>
       </c>
-      <c r="H18" s="114">
+      <c r="I19" s="229">
+        <v>4457</v>
+      </c>
+      <c r="J19" s="94">
         <v>3041</v>
       </c>
-      <c r="I18" s="114">
+      <c r="K19" s="94">
         <v>3587</v>
       </c>
-      <c r="J18" s="114">
+      <c r="L19" s="94">
         <v>4800</v>
       </c>
-      <c r="K18" s="106">
+      <c r="M19" s="89">
+        <v>5016</v>
+      </c>
+      <c r="N19" s="89">
         <v>3668</v>
       </c>
-      <c r="L18" s="66">
+      <c r="O19" s="62">
         <v>4429</v>
       </c>
-      <c r="M18" s="170">
+      <c r="P19" s="62">
         <v>5164</v>
       </c>
-      <c r="N18" s="125"/>
-      <c r="O18" s="63">
+      <c r="Q19" s="138">
+        <v>5725</v>
+      </c>
+      <c r="R19" s="104"/>
+      <c r="S19" s="59">
         <v>4372</v>
       </c>
-      <c r="P18" s="63">
+      <c r="T19" s="59">
         <v>4955</v>
       </c>
-      <c r="Q18" s="63">
+      <c r="U19" s="59">
         <v>7794</v>
       </c>
-      <c r="R18" s="66">
+      <c r="V19" s="63">
+        <v>8140</v>
+      </c>
+      <c r="W19" s="62">
         <v>6371</v>
       </c>
-      <c r="S18" s="66">
+      <c r="X19" s="53">
         <v>7499</v>
       </c>
-      <c r="T18" s="170">
+      <c r="Y19" s="62">
         <v>8920</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="290" t="s">
+      <c r="Z19" s="138">
+        <v>10182</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="372" t="s">
         <v>0</v>
       </c>
-      <c r="B19" s="320">
+      <c r="B20" s="245">
         <v>7795</v>
       </c>
-      <c r="C19" s="320">
+      <c r="C20" s="245">
         <v>9805</v>
       </c>
-      <c r="D19" s="320">
+      <c r="D20" s="245">
         <v>12215</v>
       </c>
-      <c r="E19" s="320">
+      <c r="E20" s="245">
+        <v>12029</v>
+      </c>
+      <c r="F20" s="246">
         <v>12703</v>
       </c>
-      <c r="F19" s="320">
+      <c r="G20" s="245">
         <v>13112</v>
       </c>
-      <c r="G19" s="321">
+      <c r="H20" s="245">
         <v>13220</v>
       </c>
-      <c r="H19" s="320">
+      <c r="I20" s="350">
+        <v>14427</v>
+      </c>
+      <c r="J20" s="245">
         <v>53425</v>
       </c>
-      <c r="I19" s="320">
+      <c r="K20" s="245">
         <v>56908</v>
       </c>
-      <c r="J19" s="320">
+      <c r="L20" s="245">
         <v>57486</v>
       </c>
-      <c r="K19" s="322">
+      <c r="M20" s="246">
+        <v>57532</v>
+      </c>
+      <c r="N20" s="246">
         <v>59263</v>
       </c>
-      <c r="L19" s="322">
+      <c r="O20" s="246">
         <v>61406</v>
       </c>
-      <c r="M19" s="326">
+      <c r="P20" s="246">
         <v>63251</v>
       </c>
-      <c r="N19" s="323"/>
-      <c r="O19" s="324">
+      <c r="Q20" s="174">
+        <v>67296</v>
+      </c>
+      <c r="R20" s="247"/>
+      <c r="S20" s="248">
         <v>61220</v>
       </c>
-      <c r="P19" s="324">
+      <c r="T20" s="248">
         <v>66713</v>
       </c>
-      <c r="Q19" s="324">
+      <c r="U20" s="248">
         <v>69701</v>
       </c>
-      <c r="R19" s="322">
+      <c r="V20" s="348">
+        <v>69561</v>
+      </c>
+      <c r="W20" s="246">
         <v>71966</v>
       </c>
-      <c r="S19" s="322">
+      <c r="X20" s="245">
         <v>74518</v>
       </c>
-      <c r="T19" s="216">
+      <c r="Y20" s="246">
         <v>76471</v>
       </c>
-    </row>
-[...97 lines deleted...]
-      <c r="A24" s="100" t="s">
+      <c r="Z20" s="174">
+        <v>81723</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" ht="22" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="492" t="s">
+        <v>139</v>
+      </c>
+      <c r="B21" s="492"/>
+      <c r="C21" s="492"/>
+      <c r="D21" s="492"/>
+      <c r="E21" s="492"/>
+      <c r="F21" s="492"/>
+      <c r="G21" s="492"/>
+      <c r="H21" s="492"/>
+      <c r="I21" s="492"/>
+      <c r="J21" s="492"/>
+      <c r="K21" s="492"/>
+      <c r="L21" s="492"/>
+      <c r="M21" s="492"/>
+      <c r="N21" s="492"/>
+      <c r="O21" s="492"/>
+      <c r="P21" s="492"/>
+      <c r="Q21" s="492"/>
+      <c r="R21" s="492"/>
+      <c r="S21" s="492"/>
+      <c r="T21" s="492"/>
+      <c r="U21" s="492"/>
+      <c r="V21" s="492"/>
+      <c r="W21" s="492"/>
+      <c r="X21" s="492"/>
+      <c r="Y21" s="492"/>
+      <c r="Z21" s="492"/>
+    </row>
+    <row r="22" spans="1:26" s="33" customFormat="1" ht="17" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="491" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" s="491"/>
+      <c r="C22" s="491"/>
+      <c r="D22" s="491"/>
+      <c r="E22" s="491"/>
+      <c r="F22" s="491"/>
+      <c r="G22" s="491"/>
+      <c r="H22" s="491"/>
+      <c r="I22" s="491"/>
+      <c r="J22" s="491"/>
+      <c r="K22" s="491"/>
+      <c r="L22" s="491"/>
+      <c r="M22" s="491"/>
+      <c r="N22" s="491"/>
+      <c r="O22" s="491"/>
+      <c r="P22" s="491"/>
+      <c r="Q22" s="491"/>
+      <c r="R22" s="491"/>
+      <c r="S22" s="491"/>
+      <c r="T22" s="491"/>
+      <c r="U22" s="491"/>
+      <c r="V22" s="491"/>
+      <c r="W22" s="491"/>
+      <c r="X22" s="491"/>
+      <c r="Y22" s="491"/>
+      <c r="Z22" s="491"/>
+    </row>
+    <row r="23" spans="1:26" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="68" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" s="84"/>
+      <c r="C23" s="66"/>
+      <c r="D23" s="66"/>
+      <c r="E23" s="66"/>
+      <c r="F23" s="66"/>
+      <c r="G23" s="66"/>
+      <c r="H23" s="66"/>
+      <c r="I23" s="66"/>
+      <c r="J23" s="66"/>
+      <c r="K23" s="66"/>
+      <c r="L23" s="66"/>
+      <c r="M23" s="66"/>
+      <c r="N23" s="66"/>
+      <c r="O23" s="66"/>
+      <c r="P23" s="66"/>
+      <c r="Q23" s="66"/>
+      <c r="R23" s="66"/>
+      <c r="S23" s="66"/>
+      <c r="T23" s="66"/>
+      <c r="U23" s="66"/>
+      <c r="V23" s="66"/>
+      <c r="W23" s="66"/>
+      <c r="X23" s="28"/>
+      <c r="Y23" s="28"/>
+      <c r="Z23" s="28"/>
+    </row>
+    <row r="24" spans="1:26" s="33" customFormat="1" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="491" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" s="491"/>
+      <c r="C24" s="491"/>
+      <c r="D24" s="491"/>
+      <c r="E24" s="491"/>
+      <c r="F24" s="491"/>
+      <c r="G24" s="491"/>
+      <c r="H24" s="491"/>
+      <c r="I24" s="491"/>
+      <c r="J24" s="491"/>
+      <c r="K24" s="491"/>
+      <c r="L24" s="491"/>
+      <c r="M24" s="491"/>
+      <c r="N24" s="491"/>
+      <c r="O24" s="491"/>
+      <c r="P24" s="491"/>
+      <c r="Q24" s="491"/>
+      <c r="R24" s="491"/>
+      <c r="S24" s="491"/>
+      <c r="T24" s="491"/>
+      <c r="U24" s="491"/>
+      <c r="V24" s="491"/>
+      <c r="W24" s="491"/>
+      <c r="X24" s="491"/>
+      <c r="Y24" s="491"/>
+      <c r="Z24" s="491"/>
+    </row>
+    <row r="25" spans="1:26" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="83" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="13"/>
-[...22 lines deleted...]
-      <c r="A25" s="3" t="s">
+      <c r="B25" s="10"/>
+      <c r="C25" s="10"/>
+      <c r="D25" s="10"/>
+      <c r="E25" s="10"/>
+      <c r="F25" s="10"/>
+      <c r="G25" s="10"/>
+      <c r="H25" s="10"/>
+      <c r="I25" s="10"/>
+      <c r="J25" s="10"/>
+      <c r="K25" s="10"/>
+      <c r="L25" s="10"/>
+      <c r="M25" s="10"/>
+      <c r="N25" s="10"/>
+      <c r="O25" s="10"/>
+      <c r="P25" s="10"/>
+      <c r="Q25" s="10"/>
+      <c r="R25" s="10"/>
+      <c r="S25" s="10"/>
+      <c r="T25" s="10"/>
+      <c r="U25" s="10"/>
+      <c r="V25" s="10"/>
+      <c r="W25" s="9"/>
+      <c r="X25" s="9"/>
+      <c r="Y25" s="9"/>
+      <c r="Z25" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B25" s="4"/>
-[...17 lines deleted...]
-      <c r="T25" s="4"/>
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="3"/>
+      <c r="U26" s="3"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...9 lines deleted...]
-    <mergeCell ref="O5:T5"/>
+  <mergeCells count="12">
+    <mergeCell ref="A4:Z4"/>
+    <mergeCell ref="A22:Z22"/>
+    <mergeCell ref="A24:Z24"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:I6"/>
+    <mergeCell ref="J6:Q6"/>
+    <mergeCell ref="S6:Z6"/>
+    <mergeCell ref="J14:Q14"/>
+    <mergeCell ref="B14:I14"/>
+    <mergeCell ref="S14:Z14"/>
+    <mergeCell ref="A14:A15"/>
+    <mergeCell ref="A21:Z21"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="89" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U30"/>
+  <dimension ref="A1:AA31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:U4"/>
+      <selection activeCell="A4" sqref="A4:AA4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.54296875" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="22" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="3.54296875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="16.81640625" style="4" customWidth="1"/>
+    <col min="3" max="6" width="4.54296875" style="4" customWidth="1"/>
+    <col min="7" max="18" width="5.453125" style="4" customWidth="1"/>
+    <col min="19" max="19" width="2.453125" style="4" customWidth="1"/>
+    <col min="20" max="25" width="5.453125" style="4" customWidth="1"/>
+    <col min="26" max="27" width="5.54296875" style="8" customWidth="1"/>
+    <col min="28" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...25 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:27" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+      <c r="M1" s="23"/>
+      <c r="N1" s="23"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="23"/>
+      <c r="Q1" s="23"/>
+      <c r="R1" s="23"/>
+      <c r="S1" s="23"/>
+      <c r="T1" s="23"/>
+      <c r="U1" s="23"/>
+      <c r="V1" s="23"/>
+      <c r="W1" s="23"/>
+      <c r="X1" s="23"/>
+      <c r="Y1" s="6"/>
+      <c r="Z1" s="102"/>
+      <c r="AA1" s="102"/>
+    </row>
+    <row r="2" spans="1:27" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...73 lines deleted...]
-      <c r="C5" s="426" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="24"/>
+      <c r="Z2" s="24"/>
+      <c r="AA2" s="24"/>
+    </row>
+    <row r="3" spans="1:27" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
+      <c r="X3" s="6"/>
+      <c r="Y3" s="6"/>
+      <c r="Z3" s="102"/>
+      <c r="AA3" s="102"/>
+    </row>
+    <row r="4" spans="1:27" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="431" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" s="431"/>
+      <c r="C4" s="431"/>
+      <c r="D4" s="431"/>
+      <c r="E4" s="431"/>
+      <c r="F4" s="431"/>
+      <c r="G4" s="431"/>
+      <c r="H4" s="431"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="431"/>
+      <c r="K4" s="431"/>
+      <c r="L4" s="431"/>
+      <c r="M4" s="431"/>
+      <c r="N4" s="431"/>
+      <c r="O4" s="431"/>
+      <c r="P4" s="431"/>
+      <c r="Q4" s="431"/>
+      <c r="R4" s="431"/>
+      <c r="S4" s="431"/>
+      <c r="T4" s="431"/>
+      <c r="U4" s="431"/>
+      <c r="V4" s="431"/>
+      <c r="W4" s="431"/>
+      <c r="X4" s="431"/>
+      <c r="Y4" s="431"/>
+      <c r="Z4" s="431"/>
+      <c r="AA4" s="431"/>
+    </row>
+    <row r="5" spans="1:27" ht="14.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="346"/>
+      <c r="B5" s="346"/>
+      <c r="C5" s="346"/>
+      <c r="D5" s="346"/>
+      <c r="E5" s="346"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="346"/>
+      <c r="H5" s="10"/>
+      <c r="I5" s="346"/>
+      <c r="J5" s="346"/>
+      <c r="K5" s="346"/>
+      <c r="L5" s="346"/>
+      <c r="M5" s="346"/>
+      <c r="N5" s="346"/>
+      <c r="O5" s="346"/>
+      <c r="P5" s="346"/>
+      <c r="Q5" s="346"/>
+      <c r="R5" s="346"/>
+      <c r="S5" s="346"/>
+      <c r="T5" s="346"/>
+      <c r="U5" s="346"/>
+      <c r="V5" s="346"/>
+      <c r="W5" s="346"/>
+      <c r="X5" s="346"/>
+      <c r="Y5" s="346"/>
+      <c r="Z5" s="346"/>
+      <c r="AA5" s="346"/>
+    </row>
+    <row r="6" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="481" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" s="482"/>
+      <c r="C6" s="468" t="s">
         <v>12</v>
       </c>
-      <c r="D5" s="427"/>
-[...4 lines deleted...]
-      <c r="I5" s="426" t="s">
+      <c r="D6" s="469"/>
+      <c r="E6" s="469"/>
+      <c r="F6" s="469"/>
+      <c r="G6" s="469"/>
+      <c r="H6" s="469"/>
+      <c r="I6" s="469"/>
+      <c r="J6" s="489"/>
+      <c r="K6" s="468" t="s">
         <v>13</v>
       </c>
-      <c r="J5" s="427"/>
-[...5 lines deleted...]
-      <c r="P5" s="433" t="s">
+      <c r="L6" s="469"/>
+      <c r="M6" s="469"/>
+      <c r="N6" s="469"/>
+      <c r="O6" s="469"/>
+      <c r="P6" s="469"/>
+      <c r="Q6" s="469"/>
+      <c r="R6" s="485"/>
+      <c r="S6" s="34"/>
+      <c r="T6" s="475" t="s">
         <v>14</v>
       </c>
-      <c r="Q5" s="433"/>
-[...8 lines deleted...]
-      <c r="C6" s="83">
+      <c r="U6" s="475"/>
+      <c r="V6" s="475"/>
+      <c r="W6" s="475"/>
+      <c r="X6" s="475"/>
+      <c r="Y6" s="475"/>
+      <c r="Z6" s="475"/>
+      <c r="AA6" s="475"/>
+    </row>
+    <row r="7" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="483"/>
+      <c r="B7" s="484"/>
+      <c r="C7" s="74">
         <v>2000</v>
       </c>
-      <c r="D6" s="83">
+      <c r="D7" s="74">
         <v>2005</v>
       </c>
-      <c r="E6" s="83">
+      <c r="E7" s="150">
         <v>2010</v>
       </c>
-      <c r="F6" s="83">
+      <c r="F7" s="74">
+        <v>2011</v>
+      </c>
+      <c r="G7" s="150">
         <v>2015</v>
       </c>
-      <c r="G6" s="83">
+      <c r="H7" s="74">
         <v>2018</v>
       </c>
-      <c r="H6" s="307">
+      <c r="I7" s="168">
         <v>2020</v>
       </c>
-      <c r="I6" s="210">
+      <c r="J7" s="238">
+        <v>2024</v>
+      </c>
+      <c r="K7" s="168">
         <v>2000</v>
       </c>
-      <c r="J6" s="210">
+      <c r="L7" s="168">
         <v>2005</v>
       </c>
-      <c r="K6" s="211">
+      <c r="M7" s="169">
         <v>2010</v>
       </c>
-      <c r="L6" s="211">
+      <c r="N7" s="169">
+        <v>2011</v>
+      </c>
+      <c r="O7" s="169">
         <v>2015</v>
       </c>
-      <c r="M6" s="211">
+      <c r="P7" s="169">
         <v>2018</v>
       </c>
-      <c r="N6" s="309">
+      <c r="Q7" s="169">
         <v>2020</v>
       </c>
-      <c r="O6" s="84"/>
-      <c r="P6" s="171">
+      <c r="R7" s="88">
+        <v>2024</v>
+      </c>
+      <c r="S7" s="75"/>
+      <c r="T7" s="152">
         <v>2000</v>
       </c>
-      <c r="Q6" s="83">
+      <c r="U7" s="74">
         <v>2005</v>
       </c>
-      <c r="R6" s="83">
+      <c r="V7" s="74">
         <v>2010</v>
       </c>
-      <c r="S6" s="186">
+      <c r="W7" s="169">
+        <v>2011</v>
+      </c>
+      <c r="X7" s="150">
         <v>2015</v>
       </c>
-      <c r="T6" s="186">
+      <c r="Y7" s="74">
         <v>2018</v>
       </c>
-      <c r="U6" s="105">
+      <c r="Z7" s="150">
         <v>2020</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="49" t="s">
+      <c r="AA7" s="88">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="39"/>
+      <c r="C8" s="113">
+        <v>0.82347658755612574</v>
+      </c>
+      <c r="D8" s="113">
+        <v>0.80407955124936259</v>
+      </c>
+      <c r="E8" s="114">
+        <v>0.78518215309046302</v>
+      </c>
+      <c r="F8" s="113">
+        <v>0.79009061434865746</v>
+      </c>
+      <c r="G8" s="114">
+        <v>0.80020467606077306</v>
+      </c>
+      <c r="H8" s="113">
+        <v>0.82618974984746796</v>
+      </c>
+      <c r="I8" s="113">
+        <v>0.83388804841149777</v>
+      </c>
+      <c r="J8" s="422">
+        <v>0.84889443404727249</v>
+      </c>
+      <c r="K8" s="113">
+        <v>0.98291062236780535</v>
+      </c>
+      <c r="L8" s="113">
+        <v>0.97866732269628176</v>
+      </c>
+      <c r="M8" s="113">
+        <v>0.97187141216991968</v>
+      </c>
+      <c r="N8" s="114">
+        <v>0.9670270458179796</v>
+      </c>
+      <c r="O8" s="114">
+        <v>0.96498658522180791</v>
+      </c>
+      <c r="P8" s="114">
+        <v>0.95927108100185654</v>
+      </c>
+      <c r="Q8" s="114">
+        <v>0.96237213640891051</v>
+      </c>
+      <c r="R8" s="423">
+        <v>0.96918093200190203</v>
+      </c>
+      <c r="S8" s="78"/>
+      <c r="T8" s="388">
+        <v>0.10892399585956458</v>
+      </c>
+      <c r="U8" s="113">
+        <v>0.12400515901727012</v>
+      </c>
+      <c r="V8" s="113">
+        <v>0.14651695692025665</v>
+      </c>
+      <c r="W8" s="114">
+        <v>0.14590337585778104</v>
+      </c>
+      <c r="X8" s="114">
+        <v>0.15092126557094709</v>
+      </c>
+      <c r="Y8" s="113">
+        <v>0.15533855286931084</v>
+      </c>
+      <c r="Z8" s="114">
+        <v>0.15333472425064329</v>
+      </c>
+      <c r="AA8" s="423">
+        <v>0.15808904206844027</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="B7" s="43"/>
-[...57 lines deleted...]
-      <c r="A8" s="39" t="s">
+      <c r="B9" s="38"/>
+      <c r="C9" s="110">
+        <v>0.17652341244387429</v>
+      </c>
+      <c r="D9" s="110">
+        <v>0.19592044875063744</v>
+      </c>
+      <c r="E9" s="112">
+        <v>0.21481784690953745</v>
+      </c>
+      <c r="F9" s="110">
+        <v>0.20990938565134259</v>
+      </c>
+      <c r="G9" s="112">
+        <v>0.19979532393922694</v>
+      </c>
+      <c r="H9" s="110">
+        <v>0.17381025015253204</v>
+      </c>
+      <c r="I9" s="110">
+        <v>0.16611195158850228</v>
+      </c>
+      <c r="J9" s="424">
+        <v>0.15110556595272753</v>
+      </c>
+      <c r="K9" s="110">
+        <v>1.7089377632194664E-2</v>
+      </c>
+      <c r="L9" s="110">
+        <v>2.1332677303718281E-2</v>
+      </c>
+      <c r="M9" s="110">
+        <v>2.8128587830080369E-2</v>
+      </c>
+      <c r="N9" s="112">
+        <v>3.2972954182020439E-2</v>
+      </c>
+      <c r="O9" s="112">
+        <v>3.5013414778192128E-2</v>
+      </c>
+      <c r="P9" s="112">
+        <v>4.0728918998143501E-2</v>
+      </c>
+      <c r="Q9" s="112">
+        <v>3.7627863591089467E-2</v>
+      </c>
+      <c r="R9" s="423">
+        <v>3.0819067998097954E-2</v>
+      </c>
+      <c r="S9" s="78"/>
+      <c r="T9" s="391">
+        <v>0.60113586719091305</v>
+      </c>
+      <c r="U9" s="110">
+        <v>0.6127591706539075</v>
+      </c>
+      <c r="V9" s="110">
+        <v>0.61872199952841311</v>
+      </c>
+      <c r="W9" s="112">
+        <v>0.57100859339665311</v>
+      </c>
+      <c r="X9" s="112">
+        <v>0.55018426186863212</v>
+      </c>
+      <c r="Y9" s="110">
+        <v>0.47677824267782426</v>
+      </c>
+      <c r="Z9" s="112">
+        <v>0.4798951048951049</v>
+      </c>
+      <c r="AA9" s="423">
+        <v>0.51245886224729664</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="38"/>
+      <c r="C10" s="110"/>
+      <c r="D10" s="110"/>
+      <c r="E10" s="112"/>
+      <c r="F10" s="110">
+        <v>0</v>
+      </c>
+      <c r="G10" s="112"/>
+      <c r="H10" s="110"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="424"/>
+      <c r="K10" s="110"/>
+      <c r="L10" s="110"/>
+      <c r="M10" s="110"/>
+      <c r="N10" s="112">
+        <v>0</v>
+      </c>
+      <c r="O10" s="112"/>
+      <c r="P10" s="112"/>
+      <c r="Q10" s="112"/>
+      <c r="R10" s="423">
+        <v>0</v>
+      </c>
+      <c r="S10" s="79"/>
+      <c r="T10" s="391"/>
+      <c r="U10" s="110"/>
+      <c r="V10" s="110"/>
+      <c r="W10" s="112"/>
+      <c r="X10" s="112"/>
+      <c r="Y10" s="110"/>
+      <c r="Z10" s="112"/>
+      <c r="AA10" s="423"/>
+    </row>
+    <row r="11" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="36"/>
+      <c r="B11" s="37" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="42"/>
-[...57 lines deleted...]
-      <c r="A9" s="39" t="s">
+      <c r="C11" s="110">
+        <v>5.2084669660038489E-2</v>
+      </c>
+      <c r="D11" s="110">
+        <v>5.843957164711882E-2</v>
+      </c>
+      <c r="E11" s="112">
+        <v>6.8767908309455589E-2</v>
+      </c>
+      <c r="F11" s="110">
+        <v>6.6505943968742209E-2</v>
+      </c>
+      <c r="G11" s="112">
+        <v>6.8094150987955598E-2</v>
+      </c>
+      <c r="H11" s="110">
+        <v>6.3300793166564978E-2</v>
+      </c>
+      <c r="I11" s="110">
+        <v>6.0287443267776096E-2</v>
+      </c>
+      <c r="J11" s="424">
+        <v>6.1620572537603106E-2</v>
+      </c>
+      <c r="K11" s="110">
+        <v>4.1366401497426302E-3</v>
+      </c>
+      <c r="L11" s="110">
+        <v>5.3243832150137067E-3</v>
+      </c>
+      <c r="M11" s="110">
+        <v>7.3061267091117836E-3</v>
+      </c>
+      <c r="N11" s="112">
+        <v>8.4474727108391854E-3</v>
+      </c>
+      <c r="O11" s="112">
+        <v>1.0478713531208342E-2</v>
+      </c>
+      <c r="P11" s="112">
+        <v>1.1594958147412305E-2</v>
+      </c>
+      <c r="Q11" s="112">
+        <v>1.0070987019968064E-2</v>
+      </c>
+      <c r="R11" s="423">
+        <v>8.5740608654303382E-3</v>
+      </c>
+      <c r="S11" s="78"/>
+      <c r="T11" s="391">
+        <v>0.6475279106858054</v>
+      </c>
+      <c r="U11" s="110">
+        <v>0.65410958904109584</v>
+      </c>
+      <c r="V11" s="110">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="W11" s="112">
+        <v>0.62208398133748055</v>
+      </c>
+      <c r="X11" s="112">
+        <v>0.58209959623149399</v>
+      </c>
+      <c r="Y11" s="110">
+        <v>0.53826199740596625</v>
+      </c>
+      <c r="Z11" s="112">
+        <v>0.55578800557880059</v>
+      </c>
+      <c r="AA11" s="423">
+        <v>0.60641200545702589</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="36"/>
+      <c r="B12" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="110">
+        <v>3.2071840923669021E-2</v>
+      </c>
+      <c r="D12" s="110">
+        <v>3.3656297807241206E-2</v>
+      </c>
+      <c r="E12" s="112">
+        <v>3.9459680720425709E-2</v>
+      </c>
+      <c r="F12" s="110">
+        <v>4.4475850029096348E-2</v>
+      </c>
+      <c r="G12" s="112">
+        <v>4.5264898055577422E-2</v>
+      </c>
+      <c r="H12" s="110">
+        <v>4.1183648566198904E-2</v>
+      </c>
+      <c r="I12" s="110">
+        <v>4.16036308623298E-2</v>
+      </c>
+      <c r="J12" s="424">
+        <v>4.4222638109100994E-2</v>
+      </c>
+      <c r="K12" s="110">
+        <v>9.0032756200280773E-3</v>
+      </c>
+      <c r="L12" s="110">
+        <v>1.3021016377310747E-2</v>
+      </c>
+      <c r="M12" s="110">
+        <v>1.7900010437323869E-2</v>
+      </c>
+      <c r="N12" s="112">
+        <v>1.9328373774595009E-2</v>
+      </c>
+      <c r="O12" s="112">
+        <v>2.2239846109714325E-2</v>
+      </c>
+      <c r="P12" s="112">
+        <v>2.7521740546526396E-2</v>
+      </c>
+      <c r="Q12" s="112">
+        <v>2.588101373891322E-2</v>
+      </c>
+      <c r="R12" s="423">
+        <v>2.1635758440323349E-2</v>
+      </c>
+      <c r="S12" s="78"/>
+      <c r="T12" s="391">
+        <v>0.34199726402188785</v>
+      </c>
+      <c r="U12" s="110">
+        <v>0.3081232492997199</v>
+      </c>
+      <c r="V12" s="110">
+        <v>0.31899404367968232</v>
+      </c>
+      <c r="W12" s="112">
+        <v>0.32483302975106254</v>
+      </c>
+      <c r="X12" s="112">
+        <v>0.30375066032752246</v>
+      </c>
+      <c r="Y12" s="110">
+        <v>0.24215246636771301</v>
+      </c>
+      <c r="Z12" s="112">
+        <v>0.25148605395518975</v>
+      </c>
+      <c r="AA12" s="423">
+        <v>0.30468003820439349</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="36"/>
+      <c r="B13" s="37" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="110">
+        <v>9.1084028223220009E-2</v>
+      </c>
+      <c r="D13" s="110">
+        <v>0.10219275879653238</v>
+      </c>
+      <c r="E13" s="112">
+        <v>0.1051985264019648</v>
+      </c>
+      <c r="F13" s="110">
+        <v>8.7704713608778781E-2</v>
+      </c>
+      <c r="G13" s="112">
+        <v>7.887900495945839E-2</v>
+      </c>
+      <c r="H13" s="110">
+        <v>6.1851738865161682E-2</v>
+      </c>
+      <c r="I13" s="110">
+        <v>5.4538577912254159E-2</v>
+      </c>
+      <c r="J13" s="424">
+        <v>3.6390101892285295E-2</v>
+      </c>
+      <c r="K13" s="110">
+        <v>3.6874122601778195E-3</v>
+      </c>
+      <c r="L13" s="110">
+        <v>2.7061221620861744E-3</v>
+      </c>
+      <c r="M13" s="110">
+        <v>2.7832863653759177E-3</v>
+      </c>
+      <c r="N13" s="112">
+        <v>2.4160467218243761E-3</v>
+      </c>
+      <c r="O13" s="112">
+        <v>1.9742503754450499E-3</v>
+      </c>
+      <c r="P13" s="112">
+        <v>1.3353743933817543E-3</v>
+      </c>
+      <c r="Q13" s="112">
+        <v>1.312232217672448E-3</v>
+      </c>
+      <c r="R13" s="423">
+        <v>4.6065145030908225E-4</v>
+      </c>
+      <c r="S13" s="78"/>
+      <c r="T13" s="391">
+        <v>0.78280044101433299</v>
+      </c>
+      <c r="U13" s="110">
+        <v>0.86678200692041518</v>
+      </c>
+      <c r="V13" s="110">
+        <v>0.88927335640138405</v>
+      </c>
+      <c r="W13" s="112">
+        <v>0.8835845896147404</v>
+      </c>
+      <c r="X13" s="112">
+        <v>0.8954423592493298</v>
+      </c>
+      <c r="Y13" s="110">
+        <v>0.90817469204927215</v>
+      </c>
+      <c r="Z13" s="112">
+        <v>0.89676616915422891</v>
+      </c>
+      <c r="AA13" s="423">
+        <v>0.94424460431654678</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="36"/>
+      <c r="B14" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" s="115">
+        <v>1.2828736369467607E-3</v>
+      </c>
+      <c r="D14" s="115">
+        <v>1.6318204997450281E-3</v>
+      </c>
+      <c r="E14" s="116">
+        <v>1.391731477691363E-3</v>
+      </c>
+      <c r="F14" s="115">
+        <v>1.1222878044725248E-2</v>
+      </c>
+      <c r="G14" s="116">
+        <v>7.5572699362355346E-3</v>
+      </c>
+      <c r="H14" s="115">
+        <v>7.4740695546064674E-3</v>
+      </c>
+      <c r="I14" s="115">
+        <v>9.682299546142208E-3</v>
+      </c>
+      <c r="J14" s="425">
+        <v>8.8722534137381306E-3</v>
+      </c>
+      <c r="K14" s="115">
+        <v>2.6204960224613944E-4</v>
+      </c>
+      <c r="L14" s="115">
+        <v>2.8115554930765449E-4</v>
+      </c>
+      <c r="M14" s="115">
+        <v>1.3916431826879589E-4</v>
+      </c>
+      <c r="N14" s="116">
+        <v>2.7810609747618716E-3</v>
+      </c>
+      <c r="O14" s="116">
+        <v>3.2060476182440981E-4</v>
+      </c>
+      <c r="P14" s="116">
+        <v>2.7684591082304661E-4</v>
+      </c>
+      <c r="Q14" s="116">
+        <v>3.6363061453573858E-4</v>
+      </c>
+      <c r="R14" s="423">
+        <v>1.4859724203518783E-4</v>
+      </c>
+      <c r="S14" s="78"/>
+      <c r="T14" s="393"/>
+      <c r="U14" s="115"/>
+      <c r="V14" s="115"/>
+      <c r="W14" s="116"/>
+      <c r="X14" s="116"/>
+      <c r="Y14" s="115"/>
+      <c r="Z14" s="116"/>
+      <c r="AA14" s="423"/>
+    </row>
+    <row r="15" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="479" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="480"/>
+      <c r="C15" s="77">
+        <v>1</v>
+      </c>
+      <c r="D15" s="77">
+        <v>1</v>
+      </c>
+      <c r="E15" s="161">
+        <v>1</v>
+      </c>
+      <c r="F15" s="77">
+        <v>1</v>
+      </c>
+      <c r="G15" s="161">
+        <v>1</v>
+      </c>
+      <c r="H15" s="77">
+        <v>1</v>
+      </c>
+      <c r="I15" s="77">
+        <v>1</v>
+      </c>
+      <c r="J15" s="175">
+        <v>1</v>
+      </c>
+      <c r="K15" s="77">
+        <v>1</v>
+      </c>
+      <c r="L15" s="77">
+        <v>1</v>
+      </c>
+      <c r="M15" s="77">
+        <v>1</v>
+      </c>
+      <c r="N15" s="161">
+        <v>1</v>
+      </c>
+      <c r="O15" s="161">
+        <v>1</v>
+      </c>
+      <c r="P15" s="161">
+        <v>1</v>
+      </c>
+      <c r="Q15" s="161">
+        <v>1</v>
+      </c>
+      <c r="R15" s="176">
+        <v>1</v>
+      </c>
+      <c r="S15" s="80"/>
+      <c r="T15" s="134">
+        <v>0.12732767069585102</v>
+      </c>
+      <c r="U15" s="77">
+        <v>0.14697285386656275</v>
+      </c>
+      <c r="V15" s="77">
+        <v>0.17524856171360526</v>
+      </c>
+      <c r="W15" s="161">
+        <v>0.17292735872112247</v>
+      </c>
+      <c r="X15" s="161">
+        <v>0.17651390934608011</v>
+      </c>
+      <c r="Y15" s="77">
+        <v>0.17595748678171716</v>
+      </c>
+      <c r="Z15" s="161">
+        <v>0.17287599220619582</v>
+      </c>
+      <c r="AA15" s="176">
+        <v>0.1765353694798282</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="372"/>
+      <c r="B16" s="372"/>
+      <c r="C16" s="49"/>
+      <c r="D16" s="50"/>
+      <c r="E16" s="50"/>
+      <c r="F16" s="50"/>
+      <c r="G16" s="51"/>
+      <c r="H16" s="51"/>
+      <c r="I16" s="87"/>
+      <c r="J16" s="87"/>
+      <c r="K16" s="86"/>
+      <c r="L16" s="86"/>
+      <c r="M16" s="86"/>
+      <c r="N16" s="86"/>
+      <c r="O16" s="87"/>
+      <c r="P16" s="48"/>
+      <c r="Q16" s="48"/>
+      <c r="R16" s="48"/>
+      <c r="S16" s="48"/>
+      <c r="T16" s="170"/>
+      <c r="U16" s="170"/>
+      <c r="V16" s="170"/>
+      <c r="W16" s="170"/>
+      <c r="X16" s="171"/>
+      <c r="Y16" s="31"/>
+      <c r="Z16" s="239"/>
+      <c r="AA16" s="239"/>
+    </row>
+    <row r="17" spans="1:27" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="40"/>
+      <c r="B17" s="41"/>
+      <c r="C17" s="468" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" s="469"/>
+      <c r="E17" s="469"/>
+      <c r="F17" s="469"/>
+      <c r="G17" s="469"/>
+      <c r="H17" s="469"/>
+      <c r="I17" s="469"/>
+      <c r="J17" s="489"/>
+      <c r="K17" s="468" t="s">
+        <v>13</v>
+      </c>
+      <c r="L17" s="469"/>
+      <c r="M17" s="469"/>
+      <c r="N17" s="469"/>
+      <c r="O17" s="469"/>
+      <c r="P17" s="469"/>
+      <c r="Q17" s="469"/>
+      <c r="R17" s="485"/>
+      <c r="S17" s="34"/>
+      <c r="T17" s="475" t="s">
+        <v>24</v>
+      </c>
+      <c r="U17" s="475"/>
+      <c r="V17" s="475"/>
+      <c r="W17" s="475"/>
+      <c r="X17" s="475"/>
+      <c r="Y17" s="475"/>
+      <c r="Z17" s="475"/>
+      <c r="AA17" s="475"/>
+    </row>
+    <row r="18" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="43" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="41"/>
+      <c r="C18" s="74">
+        <v>2000</v>
+      </c>
+      <c r="D18" s="74">
+        <v>2005</v>
+      </c>
+      <c r="E18" s="150">
+        <v>2010</v>
+      </c>
+      <c r="F18" s="74">
+        <v>2011</v>
+      </c>
+      <c r="G18" s="150">
+        <v>2015</v>
+      </c>
+      <c r="H18" s="74">
+        <v>2018</v>
+      </c>
+      <c r="I18" s="168">
+        <v>2020</v>
+      </c>
+      <c r="J18" s="238">
+        <v>2024</v>
+      </c>
+      <c r="K18" s="168">
+        <v>2000</v>
+      </c>
+      <c r="L18" s="168">
+        <v>2005</v>
+      </c>
+      <c r="M18" s="169">
+        <v>2010</v>
+      </c>
+      <c r="N18" s="169">
+        <v>2011</v>
+      </c>
+      <c r="O18" s="169">
+        <v>2015</v>
+      </c>
+      <c r="P18" s="169">
+        <v>2018</v>
+      </c>
+      <c r="Q18" s="169">
+        <v>2020</v>
+      </c>
+      <c r="R18" s="88">
+        <v>2024</v>
+      </c>
+      <c r="S18" s="75"/>
+      <c r="T18" s="152">
+        <v>2000</v>
+      </c>
+      <c r="U18" s="74">
+        <v>2005</v>
+      </c>
+      <c r="V18" s="74">
+        <v>2010</v>
+      </c>
+      <c r="W18" s="169">
+        <v>2011</v>
+      </c>
+      <c r="X18" s="150">
+        <v>2015</v>
+      </c>
+      <c r="Y18" s="74">
+        <v>2018</v>
+      </c>
+      <c r="Z18" s="150">
+        <v>2020</v>
+      </c>
+      <c r="AA18" s="88">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="19" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="39"/>
+      <c r="C19" s="52">
+        <v>6419</v>
+      </c>
+      <c r="D19" s="52">
+        <v>7884</v>
+      </c>
+      <c r="E19" s="61">
+        <v>9591</v>
+      </c>
+      <c r="F19" s="52">
+        <v>9504</v>
+      </c>
+      <c r="G19" s="61">
+        <v>10165</v>
+      </c>
+      <c r="H19" s="52">
+        <v>10833</v>
+      </c>
+      <c r="I19" s="52">
+        <v>11024</v>
+      </c>
+      <c r="J19" s="136">
+        <v>12247</v>
+      </c>
+      <c r="K19" s="52">
+        <v>52512</v>
+      </c>
+      <c r="L19" s="52">
+        <v>55694</v>
+      </c>
+      <c r="M19" s="61">
+        <v>55869</v>
+      </c>
+      <c r="N19" s="61">
+        <v>55635</v>
+      </c>
+      <c r="O19" s="61">
+        <v>57188</v>
+      </c>
+      <c r="P19" s="62">
+        <v>58905</v>
+      </c>
+      <c r="Q19" s="62">
+        <v>60871</v>
+      </c>
+      <c r="R19" s="138">
+        <v>65222</v>
+      </c>
+      <c r="S19" s="78"/>
+      <c r="T19" s="58">
+        <v>58931</v>
+      </c>
+      <c r="U19" s="58">
+        <v>63578</v>
+      </c>
+      <c r="V19" s="58">
+        <v>65460</v>
+      </c>
+      <c r="W19" s="336">
+        <v>65139</v>
+      </c>
+      <c r="X19" s="61">
+        <v>67353</v>
+      </c>
+      <c r="Y19" s="52">
+        <v>69738</v>
+      </c>
+      <c r="Z19" s="61">
+        <v>71895</v>
+      </c>
+      <c r="AA19" s="138">
+        <v>77469</v>
+      </c>
+    </row>
+    <row r="20" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="38"/>
+      <c r="C20" s="53">
+        <v>1376</v>
+      </c>
+      <c r="D20" s="53">
+        <v>1921</v>
+      </c>
+      <c r="E20" s="62">
+        <v>2624</v>
+      </c>
+      <c r="F20" s="53">
+        <v>2525</v>
+      </c>
+      <c r="G20" s="62">
+        <v>2538</v>
+      </c>
+      <c r="H20" s="53">
+        <v>2279</v>
+      </c>
+      <c r="I20" s="53">
+        <v>2196</v>
+      </c>
+      <c r="J20" s="137">
+        <v>2180</v>
+      </c>
+      <c r="K20" s="53">
+        <v>913</v>
+      </c>
+      <c r="L20" s="53">
+        <v>1214</v>
+      </c>
+      <c r="M20" s="53">
+        <v>1617</v>
+      </c>
+      <c r="N20" s="62">
+        <v>1897</v>
+      </c>
+      <c r="O20" s="62">
+        <v>2075</v>
+      </c>
+      <c r="P20" s="62">
+        <v>2501</v>
+      </c>
+      <c r="Q20" s="62">
+        <v>2380</v>
+      </c>
+      <c r="R20" s="138">
+        <v>2074</v>
+      </c>
+      <c r="S20" s="63"/>
+      <c r="T20" s="59">
+        <v>2289</v>
+      </c>
+      <c r="U20" s="53">
+        <v>3135</v>
+      </c>
+      <c r="V20" s="53">
+        <v>4241</v>
+      </c>
+      <c r="W20" s="62">
+        <v>4422</v>
+      </c>
+      <c r="X20" s="62">
+        <v>4613</v>
+      </c>
+      <c r="Y20" s="53">
+        <v>4780</v>
+      </c>
+      <c r="Z20" s="62">
+        <v>4576</v>
+      </c>
+      <c r="AA20" s="138">
+        <v>4254</v>
+      </c>
+    </row>
+    <row r="21" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="42"/>
-[...22 lines deleted...]
-      <c r="B10" s="41" t="s">
+      <c r="B21" s="38"/>
+      <c r="C21" s="53"/>
+      <c r="D21" s="53"/>
+      <c r="E21" s="62"/>
+      <c r="F21" s="53"/>
+      <c r="G21" s="62"/>
+      <c r="H21" s="53"/>
+      <c r="I21" s="53"/>
+      <c r="J21" s="137"/>
+      <c r="K21" s="53"/>
+      <c r="L21" s="53"/>
+      <c r="M21" s="62"/>
+      <c r="N21" s="62"/>
+      <c r="O21" s="62"/>
+      <c r="P21" s="62"/>
+      <c r="Q21" s="62"/>
+      <c r="R21" s="138"/>
+      <c r="S21" s="79"/>
+      <c r="T21" s="59"/>
+      <c r="U21" s="59"/>
+      <c r="V21" s="59"/>
+      <c r="W21" s="63"/>
+      <c r="X21" s="62"/>
+      <c r="Y21" s="53"/>
+      <c r="Z21" s="62"/>
+      <c r="AA21" s="138"/>
+    </row>
+    <row r="22" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="36"/>
+      <c r="B22" s="37" t="s">
+        <v>30</v>
+      </c>
+      <c r="C22" s="53">
+        <v>406</v>
+      </c>
+      <c r="D22" s="53">
+        <v>573</v>
+      </c>
+      <c r="E22" s="62">
+        <v>840</v>
+      </c>
+      <c r="F22" s="53">
+        <v>800</v>
+      </c>
+      <c r="G22" s="62">
+        <v>865</v>
+      </c>
+      <c r="H22" s="53">
+        <v>830</v>
+      </c>
+      <c r="I22" s="53">
+        <v>797</v>
+      </c>
+      <c r="J22" s="137">
+        <v>889</v>
+      </c>
+      <c r="K22" s="53">
+        <v>221</v>
+      </c>
+      <c r="L22" s="53">
+        <v>303</v>
+      </c>
+      <c r="M22" s="62">
+        <v>420</v>
+      </c>
+      <c r="N22" s="62">
+        <v>486</v>
+      </c>
+      <c r="O22" s="62">
+        <v>621</v>
+      </c>
+      <c r="P22" s="62">
+        <v>712</v>
+      </c>
+      <c r="Q22" s="62">
+        <v>637</v>
+      </c>
+      <c r="R22" s="138">
+        <v>577</v>
+      </c>
+      <c r="S22" s="78"/>
+      <c r="T22" s="59">
+        <v>627</v>
+      </c>
+      <c r="U22" s="59">
+        <v>876</v>
+      </c>
+      <c r="V22" s="59">
+        <v>1260</v>
+      </c>
+      <c r="W22" s="63">
+        <v>1286</v>
+      </c>
+      <c r="X22" s="62">
+        <v>1486</v>
+      </c>
+      <c r="Y22" s="53">
+        <v>1542</v>
+      </c>
+      <c r="Z22" s="62">
+        <v>1434</v>
+      </c>
+      <c r="AA22" s="138">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="23" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="36"/>
+      <c r="B23" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="53">
+        <v>250</v>
+      </c>
+      <c r="D23" s="53">
+        <v>330</v>
+      </c>
+      <c r="E23" s="62">
+        <v>482</v>
+      </c>
+      <c r="F23" s="53">
+        <v>535</v>
+      </c>
+      <c r="G23" s="62">
+        <v>575</v>
+      </c>
+      <c r="H23" s="53">
+        <v>540</v>
+      </c>
+      <c r="I23" s="53">
+        <v>550</v>
+      </c>
+      <c r="J23" s="137">
+        <v>638</v>
+      </c>
+      <c r="K23" s="53">
+        <v>481</v>
+      </c>
+      <c r="L23" s="53">
+        <v>741</v>
+      </c>
+      <c r="M23" s="62">
+        <v>1029</v>
+      </c>
+      <c r="N23" s="62">
+        <v>1112</v>
+      </c>
+      <c r="O23" s="62">
+        <v>1318</v>
+      </c>
+      <c r="P23" s="62">
+        <v>1690</v>
+      </c>
+      <c r="Q23" s="62">
+        <v>1637</v>
+      </c>
+      <c r="R23" s="138">
+        <v>1456</v>
+      </c>
+      <c r="S23" s="78"/>
+      <c r="T23" s="59">
+        <v>731</v>
+      </c>
+      <c r="U23" s="59">
+        <v>1071</v>
+      </c>
+      <c r="V23" s="59">
+        <v>1511</v>
+      </c>
+      <c r="W23" s="63">
+        <v>1647</v>
+      </c>
+      <c r="X23" s="62">
+        <v>1893</v>
+      </c>
+      <c r="Y23" s="53">
+        <v>2230</v>
+      </c>
+      <c r="Z23" s="62">
+        <v>2187</v>
+      </c>
+      <c r="AA23" s="138">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="24" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="36"/>
+      <c r="B24" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="C10" s="88">
-[...118 lines deleted...]
-      <c r="B12" s="41" t="s">
+      <c r="C24" s="53">
+        <v>710</v>
+      </c>
+      <c r="D24" s="53">
+        <v>1002</v>
+      </c>
+      <c r="E24" s="62">
+        <v>1285</v>
+      </c>
+      <c r="F24" s="53">
+        <v>1055</v>
+      </c>
+      <c r="G24" s="62">
+        <v>1002</v>
+      </c>
+      <c r="H24" s="53">
+        <v>811</v>
+      </c>
+      <c r="I24" s="53">
+        <v>721</v>
+      </c>
+      <c r="J24" s="137">
+        <v>525</v>
+      </c>
+      <c r="K24" s="53">
+        <v>197</v>
+      </c>
+      <c r="L24" s="53">
+        <v>154</v>
+      </c>
+      <c r="M24" s="62">
+        <v>160</v>
+      </c>
+      <c r="N24" s="62">
+        <v>139</v>
+      </c>
+      <c r="O24" s="62">
+        <v>117</v>
+      </c>
+      <c r="P24" s="62">
+        <v>82</v>
+      </c>
+      <c r="Q24" s="62">
+        <v>83</v>
+      </c>
+      <c r="R24" s="138">
+        <v>31</v>
+      </c>
+      <c r="S24" s="78"/>
+      <c r="T24" s="59">
+        <v>907</v>
+      </c>
+      <c r="U24" s="59">
+        <v>1156</v>
+      </c>
+      <c r="V24" s="59">
+        <v>1445</v>
+      </c>
+      <c r="W24" s="63">
+        <v>1194</v>
+      </c>
+      <c r="X24" s="62">
+        <v>1119</v>
+      </c>
+      <c r="Y24" s="53">
+        <v>893</v>
+      </c>
+      <c r="Z24" s="62">
+        <v>804</v>
+      </c>
+      <c r="AA24" s="138">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="25" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="36"/>
+      <c r="B25" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="53">
+        <v>10</v>
+      </c>
+      <c r="D25" s="53">
+        <v>16</v>
+      </c>
+      <c r="E25" s="62">
+        <v>17</v>
+      </c>
+      <c r="F25" s="53">
+        <v>135</v>
+      </c>
+      <c r="G25" s="62">
+        <v>96</v>
+      </c>
+      <c r="H25" s="53">
+        <v>98</v>
+      </c>
+      <c r="I25" s="53">
+        <v>128</v>
+      </c>
+      <c r="J25" s="137">
+        <v>128</v>
+      </c>
+      <c r="K25" s="53">
+        <v>14</v>
+      </c>
+      <c r="L25" s="53">
+        <v>16</v>
+      </c>
+      <c r="M25" s="62">
+        <v>8</v>
+      </c>
+      <c r="N25" s="62">
+        <v>160</v>
+      </c>
+      <c r="O25" s="62">
+        <v>19</v>
+      </c>
+      <c r="P25" s="62">
+        <v>17</v>
+      </c>
+      <c r="Q25" s="62">
+        <v>23</v>
+      </c>
+      <c r="R25" s="138">
+        <v>10</v>
+      </c>
+      <c r="S25" s="78"/>
+      <c r="T25" s="59">
+        <v>24</v>
+      </c>
+      <c r="U25" s="59">
         <v>32</v>
       </c>
-      <c r="C12" s="88">
-[...105 lines deleted...]
-      <c r="A14" s="436" t="s">
+      <c r="V25" s="59">
+        <v>25</v>
+      </c>
+      <c r="W25" s="63">
+        <v>295</v>
+      </c>
+      <c r="X25" s="89">
+        <v>115</v>
+      </c>
+      <c r="Y25" s="94">
+        <v>115</v>
+      </c>
+      <c r="Z25" s="89">
+        <v>151</v>
+      </c>
+      <c r="AA25" s="138">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="26" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="479" t="s">
         <v>0</v>
       </c>
-      <c r="B14" s="437"/>
-[...565 lines deleted...]
-      <c r="C25" s="320">
+      <c r="B26" s="480"/>
+      <c r="C26" s="245">
         <v>7795</v>
       </c>
-      <c r="D25" s="320">
+      <c r="D26" s="245">
         <v>9805</v>
       </c>
-      <c r="E25" s="320">
+      <c r="E26" s="246">
         <v>12215</v>
       </c>
-      <c r="F25" s="320">
+      <c r="F26" s="245">
+        <v>12029</v>
+      </c>
+      <c r="G26" s="246">
         <v>12703</v>
       </c>
-      <c r="G25" s="320">
+      <c r="H26" s="245">
         <v>13112</v>
       </c>
-      <c r="H25" s="321">
+      <c r="I26" s="245">
         <v>13220</v>
       </c>
-      <c r="I25" s="320">
+      <c r="J26" s="350">
+        <v>14427</v>
+      </c>
+      <c r="K26" s="245">
         <v>53425</v>
       </c>
-      <c r="J25" s="320">
+      <c r="L26" s="245">
         <v>56908</v>
       </c>
-      <c r="K25" s="320">
+      <c r="M26" s="245">
         <v>57486</v>
       </c>
-      <c r="L25" s="322">
+      <c r="N26" s="246">
+        <v>57532</v>
+      </c>
+      <c r="O26" s="246">
         <v>59263</v>
       </c>
-      <c r="M25" s="322">
+      <c r="P26" s="246">
         <v>61406</v>
       </c>
-      <c r="N25" s="326">
+      <c r="Q26" s="246">
         <v>63251</v>
       </c>
-      <c r="O25" s="340"/>
-      <c r="P25" s="324">
+      <c r="R26" s="174">
+        <v>67296</v>
+      </c>
+      <c r="S26" s="251"/>
+      <c r="T26" s="248">
         <v>61220</v>
       </c>
-      <c r="Q25" s="324">
+      <c r="U26" s="248">
         <v>66713</v>
       </c>
-      <c r="R25" s="324">
+      <c r="V26" s="248">
         <v>69701</v>
       </c>
-      <c r="S25" s="322">
+      <c r="W26" s="348">
+        <v>69561</v>
+      </c>
+      <c r="X26" s="246">
         <v>71966</v>
       </c>
-      <c r="T25" s="322">
+      <c r="Y26" s="245">
         <v>74518</v>
       </c>
-      <c r="U25" s="326">
+      <c r="Z26" s="246">
         <v>76471</v>
       </c>
-    </row>
-[...76 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="AA26" s="174">
+        <v>81723</v>
+      </c>
+    </row>
+    <row r="27" spans="1:27" s="30" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="478" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" s="478"/>
+      <c r="C27" s="478"/>
+      <c r="D27" s="478"/>
+      <c r="E27" s="478"/>
+      <c r="F27" s="478"/>
+      <c r="G27" s="478"/>
+      <c r="H27" s="478"/>
+      <c r="I27" s="478"/>
+      <c r="J27" s="478"/>
+      <c r="K27" s="478"/>
+      <c r="L27" s="478"/>
+      <c r="M27" s="478"/>
+      <c r="N27" s="478"/>
+      <c r="O27" s="478"/>
+      <c r="P27" s="478"/>
+      <c r="Q27" s="478"/>
+      <c r="R27" s="478"/>
+      <c r="S27" s="478"/>
+      <c r="T27" s="478"/>
+      <c r="U27" s="478"/>
+      <c r="V27" s="478"/>
+      <c r="W27" s="478"/>
+      <c r="X27" s="478"/>
+      <c r="Y27" s="478"/>
+      <c r="Z27" s="478"/>
+      <c r="AA27" s="478"/>
+    </row>
+    <row r="28" spans="1:27" s="30" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A28" s="490" t="s">
+        <v>88</v>
+      </c>
+      <c r="B28" s="490"/>
+      <c r="C28" s="490"/>
+      <c r="D28" s="490"/>
+      <c r="E28" s="490"/>
+      <c r="F28" s="490"/>
+      <c r="G28" s="490"/>
+      <c r="H28" s="490"/>
+      <c r="I28" s="490"/>
+      <c r="J28" s="490"/>
+      <c r="K28" s="490"/>
+      <c r="L28" s="490"/>
+      <c r="M28" s="490"/>
+      <c r="N28" s="490"/>
+      <c r="O28" s="490"/>
+      <c r="P28" s="490"/>
+      <c r="Q28" s="490"/>
+      <c r="R28" s="490"/>
+      <c r="S28" s="490"/>
+      <c r="T28" s="490"/>
+      <c r="U28" s="490"/>
+      <c r="V28" s="490"/>
+      <c r="W28" s="490"/>
+      <c r="X28" s="490"/>
+      <c r="Y28" s="490"/>
+      <c r="Z28" s="490"/>
+      <c r="AA28" s="490"/>
+    </row>
+    <row r="29" spans="1:27" s="30" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A29" s="68" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="67"/>
+      <c r="C29" s="69"/>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+      <c r="F29" s="71"/>
+      <c r="G29" s="70"/>
+      <c r="H29" s="70"/>
+      <c r="I29" s="70"/>
+      <c r="J29" s="70"/>
+      <c r="K29" s="70"/>
+      <c r="L29" s="71"/>
+      <c r="M29" s="70"/>
+      <c r="N29" s="70"/>
+      <c r="O29" s="72"/>
+      <c r="P29" s="72"/>
+      <c r="Q29" s="72"/>
+      <c r="R29" s="72"/>
+      <c r="S29" s="73"/>
+      <c r="T29" s="67"/>
+      <c r="U29" s="67"/>
+      <c r="V29" s="67"/>
+      <c r="W29" s="67"/>
+      <c r="X29" s="67"/>
+      <c r="Y29" s="140"/>
+      <c r="Z29" s="140"/>
+      <c r="AA29" s="140"/>
+    </row>
+    <row r="30" spans="1:27" s="30" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B29" s="13"/>
-[...23 lines deleted...]
-      <c r="A30" s="3" t="s">
+      <c r="B30" s="10"/>
+      <c r="C30" s="10"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="10"/>
+      <c r="I30" s="10"/>
+      <c r="J30" s="10"/>
+      <c r="K30" s="10"/>
+      <c r="L30" s="10"/>
+      <c r="M30" s="10"/>
+      <c r="N30" s="10"/>
+      <c r="O30" s="10"/>
+      <c r="P30" s="10"/>
+      <c r="Q30" s="10"/>
+      <c r="R30" s="10"/>
+      <c r="S30" s="10"/>
+      <c r="T30" s="10"/>
+      <c r="U30" s="10"/>
+      <c r="V30" s="10"/>
+      <c r="W30" s="10"/>
+      <c r="X30" s="9"/>
+      <c r="Y30" s="9"/>
+      <c r="Z30" s="9"/>
+      <c r="AA30" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="31" spans="1:27" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B30" s="4"/>
-[...18 lines deleted...]
-      <c r="U30" s="33"/>
+      <c r="B31" s="3"/>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3"/>
+      <c r="P31" s="3"/>
+      <c r="Q31" s="3"/>
+      <c r="R31" s="3"/>
+      <c r="S31" s="3"/>
+      <c r="T31" s="3"/>
+      <c r="U31" s="3"/>
+      <c r="V31" s="3"/>
+      <c r="W31" s="3"/>
+      <c r="X31" s="29"/>
+      <c r="Y31" s="29"/>
+      <c r="Z31" s="29"/>
+      <c r="AA31" s="29"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-[...10 lines deleted...]
-    <mergeCell ref="A25:B25"/>
+  <mergeCells count="12">
+    <mergeCell ref="A28:AA28"/>
+    <mergeCell ref="A4:AA4"/>
+    <mergeCell ref="A27:AA27"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A6:B7"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="C17:J17"/>
+    <mergeCell ref="K6:R6"/>
+    <mergeCell ref="K17:R17"/>
+    <mergeCell ref="T17:AA17"/>
+    <mergeCell ref="T6:AA6"/>
   </mergeCells>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="91" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G19"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:G4"/>
+      <selection activeCell="A4" sqref="A4:I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.54296875" style="7" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="11.453125" style="7"/>
+    <col min="1" max="1" width="21.54296875" style="4" customWidth="1"/>
+    <col min="2" max="9" width="9" style="4" customWidth="1"/>
+    <col min="10" max="16384" width="11.453125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:9" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+    </row>
+    <row r="2" spans="1:9" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...16 lines deleted...]
-      <c r="A4" s="456" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+    </row>
+    <row r="3" spans="1:9" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+    </row>
+    <row r="4" spans="1:9" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="500" t="s">
+        <v>111</v>
+      </c>
+      <c r="B4" s="500"/>
+      <c r="C4" s="500"/>
+      <c r="D4" s="500"/>
+      <c r="E4" s="500"/>
+      <c r="F4" s="500"/>
+      <c r="G4" s="500"/>
+      <c r="H4" s="500"/>
+      <c r="I4" s="500"/>
+    </row>
+    <row r="5" spans="1:9" ht="13" x14ac:dyDescent="0.25">
+      <c r="A5" s="354"/>
+      <c r="B5" s="354"/>
+      <c r="C5" s="354"/>
+      <c r="D5" s="354"/>
+      <c r="E5" s="354"/>
+      <c r="F5" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="G5" s="354"/>
+      <c r="H5" s="354"/>
+      <c r="I5" s="354"/>
+    </row>
+    <row r="6" spans="1:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="494"/>
+      <c r="B6" s="493" t="s">
+        <v>74</v>
+      </c>
+      <c r="C6" s="494"/>
+      <c r="D6" s="493" t="s">
+        <v>75</v>
+      </c>
+      <c r="E6" s="505"/>
+      <c r="F6" s="497" t="s">
+        <v>76</v>
+      </c>
+      <c r="G6" s="494"/>
+      <c r="H6" s="501" t="s">
+        <v>57</v>
+      </c>
+      <c r="I6" s="502"/>
+    </row>
+    <row r="7" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="499"/>
+      <c r="B7" s="495"/>
+      <c r="C7" s="496"/>
+      <c r="D7" s="495"/>
+      <c r="E7" s="506"/>
+      <c r="F7" s="498"/>
+      <c r="G7" s="499"/>
+      <c r="H7" s="503"/>
+      <c r="I7" s="504"/>
+    </row>
+    <row r="8" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="496"/>
+      <c r="B8" s="198" t="s">
+        <v>1</v>
+      </c>
+      <c r="C8" s="198" t="s">
+        <v>2</v>
+      </c>
+      <c r="D8" s="198" t="s">
+        <v>1</v>
+      </c>
+      <c r="E8" s="355" t="s">
+        <v>2</v>
+      </c>
+      <c r="F8" s="357" t="s">
+        <v>1</v>
+      </c>
+      <c r="G8" s="198" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="199" t="s">
+        <v>1</v>
+      </c>
+      <c r="I8" s="200" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="369" t="s">
+        <v>120</v>
+      </c>
+      <c r="B9" s="27">
+        <v>5584</v>
+      </c>
+      <c r="C9" s="179">
+        <v>0.71635663887107115</v>
+      </c>
+      <c r="D9" s="351">
+        <v>9033</v>
+      </c>
+      <c r="E9" s="426">
+        <v>0.73950061399918132</v>
+      </c>
+      <c r="F9" s="224">
+        <v>9484</v>
+      </c>
+      <c r="G9" s="179">
+        <v>0.64896674421787326</v>
+      </c>
+      <c r="H9" s="153">
+        <v>451</v>
+      </c>
+      <c r="I9" s="301">
+        <v>4.9928041625152221E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="194" t="s">
+        <v>121</v>
+      </c>
+      <c r="B10" s="178">
+        <v>1707</v>
+      </c>
+      <c r="C10" s="180">
+        <v>0.21898652982681205</v>
+      </c>
+      <c r="D10" s="352">
+        <v>2283</v>
+      </c>
+      <c r="E10" s="427">
+        <v>0.18690135079819895</v>
+      </c>
+      <c r="F10" s="278">
+        <v>3121</v>
+      </c>
+      <c r="G10" s="180">
+        <v>0.21356233748460379</v>
+      </c>
+      <c r="H10" s="156">
+        <v>838</v>
+      </c>
+      <c r="I10" s="195">
+        <v>0.36706088480070082</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="194" t="s">
+        <v>122</v>
+      </c>
+      <c r="B11" s="178">
+        <v>504</v>
+      </c>
+      <c r="C11" s="180">
+        <v>6.4656831302116746E-2</v>
+      </c>
+      <c r="D11" s="352">
+        <v>899</v>
+      </c>
+      <c r="E11" s="427">
+        <v>7.3598035202619733E-2</v>
+      </c>
+      <c r="F11" s="278">
+        <v>2009</v>
+      </c>
+      <c r="G11" s="180">
+        <v>0.13747091829752292</v>
+      </c>
+      <c r="H11" s="156">
+        <v>1110</v>
+      </c>
+      <c r="I11" s="195">
+        <v>1.2347052280311457</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="201" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="202">
+        <v>7795</v>
+      </c>
+      <c r="C12" s="203">
+        <v>0.99999999999999989</v>
+      </c>
+      <c r="D12" s="353">
+        <v>12215</v>
+      </c>
+      <c r="E12" s="356">
+        <v>0.99999999999999989</v>
+      </c>
+      <c r="F12" s="358">
+        <v>14614</v>
+      </c>
+      <c r="G12" s="203">
+        <v>1</v>
+      </c>
+      <c r="H12" s="204">
+        <v>2399</v>
+      </c>
+      <c r="I12" s="205">
+        <v>0.19639787146950471</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="30" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="507" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="507"/>
+      <c r="C13" s="507"/>
+      <c r="D13" s="507"/>
+      <c r="E13" s="507"/>
+      <c r="F13" s="507"/>
+      <c r="G13" s="507"/>
+      <c r="H13" s="507"/>
+      <c r="I13" s="507"/>
+    </row>
+    <row r="14" spans="1:9" s="30" customFormat="1" ht="24.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="491" t="s">
+        <v>140</v>
+      </c>
+      <c r="B14" s="491"/>
+      <c r="C14" s="491"/>
+      <c r="D14" s="491"/>
+      <c r="E14" s="491"/>
+      <c r="F14" s="491"/>
+      <c r="G14" s="491"/>
+      <c r="H14" s="491"/>
+      <c r="I14" s="491"/>
+    </row>
+    <row r="15" spans="1:9" s="252" customFormat="1" ht="37.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="470" t="s">
+        <v>82</v>
+      </c>
+      <c r="B15" s="470"/>
+      <c r="C15" s="470"/>
+      <c r="D15" s="470"/>
+      <c r="E15" s="470"/>
+      <c r="F15" s="470"/>
+      <c r="G15" s="470"/>
+      <c r="H15" s="470"/>
+      <c r="I15" s="470"/>
+    </row>
+    <row r="16" spans="1:9" s="252" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="470" t="s">
         <v>84</v>
       </c>
-      <c r="B4" s="456"/>
-[...222 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="B16" s="470"/>
+      <c r="C16" s="470"/>
+      <c r="D16" s="470"/>
+      <c r="E16" s="470"/>
+      <c r="F16" s="470"/>
+      <c r="G16" s="470"/>
+      <c r="H16" s="470"/>
+      <c r="I16" s="470"/>
+    </row>
+    <row r="17" spans="1:9" s="252" customFormat="1" ht="61" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="470" t="s">
+        <v>83</v>
+      </c>
+      <c r="B17" s="470"/>
+      <c r="C17" s="470"/>
+      <c r="D17" s="470"/>
+      <c r="E17" s="470"/>
+      <c r="F17" s="470"/>
+      <c r="G17" s="470"/>
+      <c r="H17" s="470"/>
+      <c r="I17" s="470"/>
+    </row>
+    <row r="18" spans="1:9" s="252" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="470" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="470"/>
+      <c r="C18" s="470"/>
+      <c r="D18" s="470"/>
+      <c r="E18" s="470"/>
+      <c r="F18" s="470"/>
+      <c r="G18" s="470"/>
+      <c r="H18" s="470"/>
+      <c r="I18" s="470"/>
+    </row>
+    <row r="19" spans="1:9" s="30" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B18" s="13"/>
-[...8 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="B19" s="10"/>
+      <c r="C19" s="10"/>
+      <c r="D19" s="10"/>
+      <c r="E19" s="10"/>
+      <c r="F19" s="10"/>
+      <c r="G19" s="10"/>
+      <c r="I19" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B19" s="4"/>
-[...4 lines deleted...]
-      <c r="G19" s="4"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...8 lines deleted...]
-    <mergeCell ref="A15:G15"/>
+  <mergeCells count="12">
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="B6:C7"/>
+    <mergeCell ref="F6:G7"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="H6:I7"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="D6:E7"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A14:I14"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J28"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:J4"/>
+      <selection activeCell="A4" sqref="A4:L4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.81640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="9" width="7.6328125" customWidth="1"/>
+    <col min="1" max="1" width="20.54296875" customWidth="1"/>
+    <col min="2" max="2" width="7.1796875" customWidth="1"/>
+    <col min="3" max="3" width="7.1796875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="7.1796875" customWidth="1"/>
+    <col min="5" max="5" width="7.1796875" style="4" customWidth="1"/>
+    <col min="6" max="6" width="7.1796875" customWidth="1"/>
+    <col min="7" max="9" width="7.1796875" style="4" customWidth="1"/>
+    <col min="10" max="11" width="7.1796875" customWidth="1"/>
+    <col min="12" max="12" width="14.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="8" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="A2" s="27" t="s">
+    <row r="1" spans="1:12" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+    </row>
+    <row r="2" spans="1:12" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="24" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="27"/>
-[...55 lines deleted...]
-      <c r="D6" s="461" t="s">
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+    </row>
+    <row r="3" spans="1:12" s="5" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+    </row>
+    <row r="4" spans="1:12" s="4" customFormat="1" ht="27.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="467" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" s="467"/>
+      <c r="C4" s="467"/>
+      <c r="D4" s="467"/>
+      <c r="E4" s="467"/>
+      <c r="F4" s="467"/>
+      <c r="G4" s="467"/>
+      <c r="H4" s="467"/>
+      <c r="I4" s="467"/>
+      <c r="J4" s="467"/>
+      <c r="K4" s="467"/>
+      <c r="L4" s="467"/>
+    </row>
+    <row r="5" spans="1:12" s="4" customFormat="1" ht="44.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="494"/>
+      <c r="B5" s="510" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" s="511"/>
+      <c r="D5" s="510" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" s="511"/>
+      <c r="F5" s="510" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" s="511"/>
+      <c r="H5" s="508" t="s">
         <v>55</v>
       </c>
-      <c r="E6" s="462"/>
-[...4 lines deleted...]
-      <c r="H6" s="463" t="s">
+      <c r="I5" s="509"/>
+      <c r="J5" s="512" t="s">
         <v>0</v>
       </c>
-      <c r="I6" s="461"/>
-[...4 lines deleted...]
-      <c r="B7" s="237" t="s">
+      <c r="K5" s="510"/>
+      <c r="L5" s="28"/>
+    </row>
+    <row r="6" spans="1:12" s="4" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="496"/>
+      <c r="B6" s="187" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="237" t="s">
+      <c r="C6" s="187" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="237" t="s">
+      <c r="D6" s="187" t="s">
         <v>1</v>
       </c>
-      <c r="E7" s="237" t="s">
+      <c r="E6" s="187" t="s">
         <v>2</v>
       </c>
-      <c r="F7" s="237" t="s">
+      <c r="F6" s="187" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="237" t="s">
+      <c r="G6" s="187" t="s">
         <v>2</v>
       </c>
-      <c r="H7" s="230" t="s">
+      <c r="H6" s="187" t="s">
         <v>1</v>
       </c>
-      <c r="I7" s="235" t="s">
+      <c r="I6" s="187" t="s">
         <v>2</v>
       </c>
-      <c r="J7" s="32"/>
-[...23 lines deleted...]
-      <c r="H8" s="231">
+      <c r="J6" s="181" t="s">
+        <v>1</v>
+      </c>
+      <c r="K6" s="185" t="s">
+        <v>2</v>
+      </c>
+      <c r="L6" s="28"/>
+    </row>
+    <row r="7" spans="1:12" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="369" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" s="182">
+        <v>-103</v>
+      </c>
+      <c r="C7" s="188">
+        <v>-2.516491570974835E-2</v>
+      </c>
+      <c r="D7" s="182">
+        <v>198</v>
+      </c>
+      <c r="E7" s="188">
+        <v>9.2740046838407489E-2</v>
+      </c>
+      <c r="F7" s="182">
+        <v>245</v>
+      </c>
+      <c r="G7" s="188">
+        <v>8.4019204389574761E-2</v>
+      </c>
+      <c r="H7" s="188" t="s">
+        <v>62</v>
+      </c>
+      <c r="I7" s="188" t="s">
+        <v>62</v>
+      </c>
+      <c r="J7" s="182">
+        <v>340</v>
+      </c>
+      <c r="K7" s="243">
+        <v>3.7182852143482062E-2</v>
+      </c>
+      <c r="L7" s="28"/>
+    </row>
+    <row r="8" spans="1:12" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="194" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" s="184">
+        <v>135</v>
+      </c>
+      <c r="C8" s="189">
+        <v>0.10530421216848673</v>
+      </c>
+      <c r="D8" s="184">
+        <v>49</v>
+      </c>
+      <c r="E8" s="189">
+        <v>6.4052287581699341E-2</v>
+      </c>
+      <c r="F8" s="184">
+        <v>394</v>
+      </c>
+      <c r="G8" s="189">
+        <v>1.2750809061488673</v>
+      </c>
+      <c r="H8" s="184">
+        <v>5</v>
+      </c>
+      <c r="I8" s="189">
+        <v>2.7472527472527472E-2</v>
+      </c>
+      <c r="J8" s="184">
+        <v>583</v>
+      </c>
+      <c r="K8" s="191">
+        <v>0.22970843183609141</v>
+      </c>
+      <c r="L8" s="28"/>
+    </row>
+    <row r="9" spans="1:12" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="194" t="s">
+        <v>119</v>
+      </c>
+      <c r="B9" s="184">
+        <v>370</v>
+      </c>
+      <c r="C9" s="189">
+        <v>0.27346637102734661</v>
+      </c>
+      <c r="D9" s="184">
         <v>27</v>
       </c>
-      <c r="I8" s="317">
-[...164 lines deleted...]
-      <c r="H15" s="462" t="s">
+      <c r="E9" s="189">
+        <v>0.13705583756345177</v>
+      </c>
+      <c r="F9" s="184">
         <v>0</v>
       </c>
-      <c r="I15" s="461"/>
-[...40 lines deleted...]
-      <c r="D17" s="233">
+      <c r="G9" s="189">
+        <v>0</v>
+      </c>
+      <c r="H9" s="189" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" s="189" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" s="184">
+        <v>397</v>
+      </c>
+      <c r="K9" s="191">
+        <v>0.24627791563275434</v>
+      </c>
+      <c r="L9" s="28"/>
+    </row>
+    <row r="10" spans="1:12" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="197" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="183">
+        <v>402</v>
+      </c>
+      <c r="C10" s="242">
+        <v>5.9750297265160526E-2</v>
+      </c>
+      <c r="D10" s="183">
+        <v>274</v>
+      </c>
+      <c r="E10" s="242">
+        <v>8.847271553115918E-2</v>
+      </c>
+      <c r="F10" s="183">
+        <v>639</v>
+      </c>
+      <c r="G10" s="190">
+        <v>0.19440219044721629</v>
+      </c>
+      <c r="H10" s="359">
         <v>5</v>
       </c>
-      <c r="E17" s="368">
-[...26 lines deleted...]
-      <c r="D18" s="367">
+      <c r="I10" s="192">
+        <v>2.7472527472527472E-2</v>
+      </c>
+      <c r="J10" s="186">
+        <v>1320</v>
+      </c>
+      <c r="K10" s="192">
+        <v>9.9292914096584931E-2</v>
+      </c>
+      <c r="L10" s="28"/>
+    </row>
+    <row r="11" spans="1:12" s="30" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="513" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" s="513"/>
+      <c r="C11" s="513"/>
+      <c r="D11" s="513"/>
+      <c r="E11" s="513"/>
+      <c r="F11" s="513"/>
+      <c r="G11" s="513"/>
+      <c r="H11" s="513"/>
+      <c r="I11" s="513"/>
+      <c r="J11" s="513"/>
+      <c r="K11" s="513"/>
+      <c r="L11" s="513"/>
+    </row>
+    <row r="12" spans="1:12" s="30" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="470" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="470"/>
+      <c r="C12" s="470"/>
+      <c r="D12" s="470"/>
+      <c r="E12" s="470"/>
+      <c r="F12" s="470"/>
+      <c r="G12" s="470"/>
+      <c r="H12" s="470"/>
+      <c r="I12" s="470"/>
+      <c r="J12" s="470"/>
+      <c r="K12" s="470"/>
+      <c r="L12" s="470"/>
+    </row>
+    <row r="13" spans="1:12" s="30" customFormat="1" ht="52.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="470" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" s="470"/>
+      <c r="C13" s="470"/>
+      <c r="D13" s="470"/>
+      <c r="E13" s="470"/>
+      <c r="F13" s="470"/>
+      <c r="G13" s="470"/>
+      <c r="H13" s="470"/>
+      <c r="I13" s="470"/>
+      <c r="J13" s="470"/>
+      <c r="K13" s="470"/>
+      <c r="L13" s="470"/>
+    </row>
+    <row r="14" spans="1:12" s="252" customFormat="1" ht="60.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="470" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="470"/>
+      <c r="C14" s="470"/>
+      <c r="D14" s="470"/>
+      <c r="E14" s="470"/>
+      <c r="F14" s="470"/>
+      <c r="G14" s="470"/>
+      <c r="H14" s="470"/>
+      <c r="I14" s="470"/>
+      <c r="J14" s="470"/>
+      <c r="K14" s="470"/>
+      <c r="L14" s="470"/>
+    </row>
+    <row r="15" spans="1:12" s="30" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="10"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="10"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="10"/>
+      <c r="K15" s="140"/>
+      <c r="L15" s="9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="5" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E18" s="369">
-[...204 lines deleted...]
-      <c r="J28" s="4"/>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="17">
-[...16 lines deleted...]
-    <mergeCell ref="A5:J5"/>
+  <mergeCells count="11">
+    <mergeCell ref="A12:L12"/>
+    <mergeCell ref="A13:L13"/>
+    <mergeCell ref="A14:L14"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="A4:L4"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="A11:L11"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -15590,27 +19008,36 @@
       <vt:lpstr>'tableau B4.b'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.c'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.d'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.e'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.f'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.g'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.h'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'tableau B4.i'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>OLZ_LM</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus>Final</cp:contentStatus>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_MarkAsFinal">
+    <vt:bool>true</vt:bool>
+  </property>
+</Properties>
+</file>