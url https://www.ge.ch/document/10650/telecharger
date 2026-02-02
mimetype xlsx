--- v0 (2025-10-13)
+++ v1 (2026-02-02)
@@ -47,60 +47,61 @@
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\UO0884\16_Stat\Annuaire\Travail\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nasadm01.ge-admin.ad.etat-ge.ch\uo$\UO0884\16_Stat\Annuaire\Travail\CO\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52335334-05D6-4A54-BD7B-BCC2A51BF6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="360" yWindow="372" windowWidth="25440" windowHeight="12048" tabRatio="800"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="800" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2024" sheetId="27" r:id="rId1"/>
     <sheet name="2023" sheetId="26" r:id="rId2"/>
     <sheet name="2022" sheetId="25" r:id="rId3"/>
     <sheet name="2021" sheetId="24" r:id="rId4"/>
     <sheet name="2020" sheetId="23" r:id="rId5"/>
     <sheet name="2019" sheetId="22" r:id="rId6"/>
     <sheet name="2018" sheetId="21" r:id="rId7"/>
     <sheet name="2017" sheetId="20" r:id="rId8"/>
     <sheet name="2016" sheetId="19" r:id="rId9"/>
     <sheet name="2015" sheetId="18" r:id="rId10"/>
     <sheet name="2014" sheetId="2" r:id="rId11"/>
     <sheet name="2013" sheetId="3" r:id="rId12"/>
     <sheet name="2012" sheetId="4" r:id="rId13"/>
     <sheet name="2011" sheetId="5" r:id="rId14"/>
     <sheet name="2010" sheetId="6" r:id="rId15"/>
     <sheet name="2009" sheetId="7" r:id="rId16"/>
     <sheet name="2008" sheetId="8" r:id="rId17"/>
     <sheet name="2007" sheetId="9" r:id="rId18"/>
     <sheet name="2006" sheetId="10" r:id="rId19"/>
     <sheet name="2005" sheetId="11" r:id="rId20"/>
     <sheet name="2004" sheetId="12" r:id="rId21"/>
     <sheet name="2003" sheetId="13" r:id="rId22"/>
     <sheet name="2002" sheetId="14" r:id="rId23"/>
@@ -110,53 +111,66 @@
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="24">'2000'!$A$1:$I$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="23">'2001'!$A$1:$I$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="22">'2002'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="21">'2003'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="20">'2004'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="19">'2005'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="18">'2006'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="17">'2007'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="16">'2008'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="15">'2009'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="14">'2010'!$A$1:$I$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="13">'2011'!$A$1:$I$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'2012'!$A$1:$I$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'2013'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'2014'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'2015'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'2016'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'2017'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'2018'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'2019'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'2020'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2021'!$A$1:$I$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'2022'!$A$1:$I$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2023'!$A$1:$I$43</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2024'!$A$1:$I$43</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2024'!$A$1:$I$44</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1152" uniqueCount="78">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Nationalité</t>
   </si>
   <si>
     <t>Catégorie socioprofessionnelle</t>
   </si>
   <si>
     <t>Masculin</t>
   </si>
   <si>
     <t>Féminin</t>
   </si>
   <si>
     <t>Accueil</t>
   </si>
   <si>
     <t>9ème année</t>
@@ -354,57 +368,57 @@
   <si>
     <t>Année scolaire 2022-2023</t>
   </si>
   <si>
     <t>Année scolaire 2023-2024</t>
   </si>
   <si>
     <t>Accueil en immersion</t>
   </si>
   <si>
     <t>Accueil plein temps</t>
   </si>
   <si>
     <t>N.B. Accueil en immersion : élèves de classes d'accueil suivant la majorité de leurs cours dans des classes ordinaires.</t>
   </si>
   <si>
     <t>Date de mise à jour: avril 2024</t>
   </si>
   <si>
     <t>Année scolaire 2024-2025</t>
   </si>
   <si>
     <t>T15.02.3.01</t>
   </si>
   <si>
-    <t>Données publiées le 29/04/2025</t>
+    <t>Données publiées le 29/04/2025 - Données révisées le 27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
@@ -1032,87 +1046,87 @@
     <xf numFmtId="3" fontId="3" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -1204,51 +1218,57 @@
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1277,51 +1297,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1350,51 +1376,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="4" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1423,51 +1455,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>495300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>655666</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>235700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5543550" y="47625"/>
           <a:ext cx="827116" cy="473825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -1495,51 +1533,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1568,51 +1612,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>495300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>655666</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>235700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="4" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5543550" y="47625"/>
           <a:ext cx="827116" cy="473825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
@@ -1640,51 +1690,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1713,51 +1769,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1786,51 +1848,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1859,51 +1927,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1932,51 +2006,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2005,51 +2085,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2078,51 +2164,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1300-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2151,51 +2243,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1400-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2224,51 +2322,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1500-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2297,51 +2401,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1600-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2370,51 +2480,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1700-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2443,51 +2559,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="3" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1800-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5553075" y="47625"/>
           <a:ext cx="822325" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2516,51 +2638,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2589,51 +2717,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2662,51 +2796,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5715000" y="47625"/>
           <a:ext cx="812800" cy="472440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2735,51 +2875,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2808,51 +2954,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2881,51 +3033,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -2954,51 +3112,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>660400</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge"/>
+        <xdr:cNvPr id="2" name="Picture 2" descr="logo stat-ge">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="47625"/>
           <a:ext cx="793750" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -3011,163 +3175,163 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3396,126 +3560,126 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="9" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="K42" sqref="K42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>72</v>
@@ -3615,155 +3779,155 @@
       </c>
       <c r="D13" s="30">
         <v>79</v>
       </c>
       <c r="E13" s="29">
         <v>5</v>
       </c>
       <c r="F13" s="30">
         <v>177</v>
       </c>
       <c r="G13" s="58">
         <v>19</v>
       </c>
       <c r="H13" s="32">
         <v>37</v>
       </c>
       <c r="I13" s="58">
         <v>126</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="33">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="C14" s="34">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D14" s="35">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E14" s="34">
         <v>5</v>
       </c>
       <c r="F14" s="35">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G14" s="26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H14" s="36">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I14" s="26">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="28">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C15" s="29">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D15" s="30">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E15" s="29">
         <v>2</v>
       </c>
       <c r="F15" s="30">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G15" s="31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15" s="32">
         <v>4</v>
       </c>
       <c r="I15" s="31">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A16" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="28">
+        <v>10</v>
+      </c>
+      <c r="C16" s="29">
         <v>6</v>
       </c>
-      <c r="C16" s="29">
+      <c r="D16" s="30">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="E16" s="29">
         <v>1</v>
       </c>
       <c r="F16" s="30">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G16" s="31"/>
       <c r="H16" s="32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I16" s="31">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A17" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="28">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C17" s="29">
         <v>2</v>
       </c>
       <c r="D17" s="30">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E17" s="29">
         <v>2</v>
       </c>
       <c r="F17" s="30">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G17" s="31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H17" s="32"/>
       <c r="I17" s="31">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="33">
         <v>81</v>
       </c>
       <c r="C18" s="34">
         <v>44</v>
       </c>
       <c r="D18" s="35">
         <v>37</v>
       </c>
       <c r="E18" s="34">
         <v>35</v>
       </c>
       <c r="F18" s="35">
         <v>46</v>
       </c>
       <c r="G18" s="26">
         <v>3</v>
       </c>
       <c r="H18" s="36">
@@ -3901,101 +4065,101 @@
       </c>
       <c r="D23" s="30">
         <v>438</v>
       </c>
       <c r="E23" s="29">
         <v>494</v>
       </c>
       <c r="F23" s="30">
         <v>483</v>
       </c>
       <c r="G23" s="31">
         <v>84</v>
       </c>
       <c r="H23" s="32">
         <v>421</v>
       </c>
       <c r="I23" s="31">
         <v>472</v>
       </c>
     </row>
     <row r="24" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="33">
-        <v>3340</v>
+        <v>3335</v>
       </c>
       <c r="C24" s="34">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="D24" s="35">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="E24" s="34">
         <v>2252</v>
       </c>
       <c r="F24" s="35">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="G24" s="26">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="H24" s="36">
         <v>1602</v>
       </c>
       <c r="I24" s="26">
-        <v>920</v>
+        <v>916</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A25" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="28">
-        <v>3340</v>
+        <v>3335</v>
       </c>
       <c r="C25" s="29">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="D25" s="30">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="E25" s="29">
         <v>2252</v>
       </c>
       <c r="F25" s="30">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="G25" s="31">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="H25" s="32">
         <v>1602</v>
       </c>
       <c r="I25" s="31">
-        <v>920</v>
+        <v>916</v>
       </c>
     </row>
     <row r="26" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="33">
         <v>879</v>
       </c>
       <c r="C26" s="34">
         <v>544</v>
       </c>
       <c r="D26" s="35">
         <v>335</v>
       </c>
       <c r="E26" s="34">
         <v>371</v>
       </c>
       <c r="F26" s="35">
         <v>508</v>
       </c>
       <c r="G26" s="26">
         <v>45</v>
       </c>
       <c r="H26" s="36">
@@ -4133,130 +4297,130 @@
       </c>
       <c r="D31" s="30">
         <v>475</v>
       </c>
       <c r="E31" s="29">
         <v>577</v>
       </c>
       <c r="F31" s="30">
         <v>488</v>
       </c>
       <c r="G31" s="31">
         <v>98</v>
       </c>
       <c r="H31" s="32">
         <v>474</v>
       </c>
       <c r="I31" s="31">
         <v>493</v>
       </c>
     </row>
     <row r="32" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="33">
-        <v>6393</v>
+        <v>6387</v>
       </c>
       <c r="C32" s="34">
-        <v>3052</v>
+        <v>3050</v>
       </c>
       <c r="D32" s="35">
-        <v>3341</v>
+        <v>3337</v>
       </c>
       <c r="E32" s="34">
         <v>4461</v>
       </c>
       <c r="F32" s="35">
-        <v>1932</v>
+        <v>1926</v>
       </c>
       <c r="G32" s="26">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="H32" s="36">
-        <v>3188</v>
+        <v>3186</v>
       </c>
       <c r="I32" s="26">
-        <v>1650</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A33" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="28">
-        <v>3357</v>
+        <v>3353</v>
       </c>
       <c r="C33" s="29">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="D33" s="30">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="E33" s="29">
         <v>2309</v>
       </c>
       <c r="F33" s="30">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="G33" s="31">
         <v>808</v>
       </c>
       <c r="H33" s="32">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="I33" s="31">
-        <v>864</v>
+        <v>862</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A34" s="22" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="37">
-        <v>3036</v>
+        <v>3034</v>
       </c>
       <c r="C34" s="38">
         <v>1426</v>
       </c>
       <c r="D34" s="39">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="E34" s="38">
         <v>2152</v>
       </c>
       <c r="F34" s="39">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="G34" s="40">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="H34" s="41">
         <v>1503</v>
       </c>
       <c r="I34" s="40">
-        <v>786</v>
+        <v>785</v>
       </c>
     </row>
     <row r="35" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B35" s="33">
         <v>14580</v>
       </c>
       <c r="C35" s="34">
         <v>7376</v>
       </c>
       <c r="D35" s="35">
         <v>7204</v>
       </c>
       <c r="E35" s="34">
         <v>8815</v>
       </c>
       <c r="F35" s="35">
         <v>5765</v>
       </c>
       <c r="G35" s="26">
         <v>2792</v>
       </c>
       <c r="H35" s="36">
@@ -4333,103 +4497,107 @@
       </c>
       <c r="C38" s="43">
         <v>2428</v>
       </c>
       <c r="D38" s="44">
         <v>2381</v>
       </c>
       <c r="E38" s="43">
         <v>2966</v>
       </c>
       <c r="F38" s="44">
         <v>1843</v>
       </c>
       <c r="G38" s="45">
         <v>893</v>
       </c>
       <c r="H38" s="46">
         <v>2188</v>
       </c>
       <c r="I38" s="45">
         <v>1728</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="68" t="s">
+      <c r="A40" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="B40" s="68"/>
-[...6 lines deleted...]
-      <c r="I40" s="68"/>
+      <c r="B40" s="61"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="61"/>
+      <c r="E40" s="61"/>
+      <c r="F40" s="61"/>
+      <c r="G40" s="61"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="61"/>
     </row>
     <row r="41" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="I42" s="70" t="s">
+      <c r="I42" s="60" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="43" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I43" s="4"/>
+    <row r="43" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="9"/>
+      <c r="I43" s="60"/>
+    </row>
+    <row r="44" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="10"/>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+      <c r="I44" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -4440,71 +4608,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -5244,51 +5412,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -5299,71 +5467,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -6103,51 +6271,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
     <mergeCell ref="A8:A9"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -6158,71 +6326,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -6960,51 +7128,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:I42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -7015,71 +7183,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -7964,51 +8132,51 @@
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -8019,71 +8187,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -8921,51 +9089,51 @@
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -8976,71 +9144,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -9867,51 +10035,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -9922,71 +10090,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -10813,51 +10981,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -10868,71 +11036,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -11759,51 +11927,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -11814,71 +11982,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -12705,51 +12873,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -12760,71 +12928,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -13651,51 +13819,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -13706,71 +13874,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>72</v>
@@ -14590,100 +14758,100 @@
       </c>
       <c r="C38" s="43">
         <v>2374</v>
       </c>
       <c r="D38" s="44">
         <v>2356</v>
       </c>
       <c r="E38" s="43">
         <v>2847</v>
       </c>
       <c r="F38" s="44">
         <v>1883</v>
       </c>
       <c r="G38" s="45">
         <v>919</v>
       </c>
       <c r="H38" s="46">
         <v>2067</v>
       </c>
       <c r="I38" s="45">
         <v>1744</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="68" t="s">
+      <c r="A40" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="B40" s="68"/>
-[...6 lines deleted...]
-      <c r="I40" s="68"/>
+      <c r="B40" s="61"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="61"/>
+      <c r="E40" s="61"/>
+      <c r="F40" s="61"/>
+      <c r="G40" s="61"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="61"/>
     </row>
     <row r="41" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="10"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -14694,71 +14862,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -15585,51 +15753,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -15640,71 +15808,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -16531,51 +16699,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -16586,71 +16754,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -17477,51 +17645,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1600-000000000000}">
   <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -17532,71 +17700,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -18423,51 +18591,51 @@
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1700-000000000000}">
   <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -18478,71 +18646,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -19572,51 +19740,51 @@
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1800-000000000000}">
   <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -19627,71 +19795,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="69" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -20759,51 +20927,51 @@
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
       <c r="I51" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -20814,71 +20982,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>72</v>
@@ -21696,103 +21864,103 @@
       </c>
       <c r="C38" s="43">
         <v>2288</v>
       </c>
       <c r="D38" s="44">
         <v>2217</v>
       </c>
       <c r="E38" s="43">
         <v>2783</v>
       </c>
       <c r="F38" s="44">
         <v>1722</v>
       </c>
       <c r="G38" s="45">
         <v>863</v>
       </c>
       <c r="H38" s="46">
         <v>2013</v>
       </c>
       <c r="I38" s="45">
         <v>1629</v>
       </c>
     </row>
     <row r="39" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="40" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="68" t="s">
+      <c r="A40" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="B40" s="68"/>
-[...6 lines deleted...]
-      <c r="I40" s="68"/>
+      <c r="B40" s="61"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="61"/>
+      <c r="E40" s="61"/>
+      <c r="F40" s="61"/>
+      <c r="G40" s="61"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="61"/>
     </row>
     <row r="41" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="9" t="s">
         <v>21</v>
       </c>
       <c r="I42" s="59" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:9" s="2" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="10"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -21803,71 +21971,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -22607,51 +22775,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -22662,71 +22830,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -23466,51 +23634,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -23521,71 +23689,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -24325,51 +24493,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -24380,71 +24548,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -25184,51 +25352,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -25239,71 +25407,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>
@@ -26043,51 +26211,51 @@
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Arial Narrow,Normal"&amp;8&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L42" sqref="L42"/>
       <selection pane="bottomLeft" activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="6" width="7.109375" customWidth="1"/>
     <col min="7" max="9" width="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="2" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="4"/>
@@ -26098,71 +26266,71 @@
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>61</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="55" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="8" spans="1:9" ht="14.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="60"/>
-      <c r="B8" s="62" t="s">
+      <c r="A8" s="62"/>
+      <c r="B8" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="64" t="s">
+      <c r="C8" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="65"/>
-      <c r="E8" s="64" t="s">
+      <c r="D8" s="67"/>
+      <c r="E8" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="66"/>
-      <c r="G8" s="67" t="s">
+      <c r="F8" s="68"/>
+      <c r="G8" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="H8" s="67"/>
-      <c r="I8" s="67"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
     </row>
     <row r="9" spans="1:9" ht="66" x14ac:dyDescent="0.25">
-      <c r="A9" s="61"/>
-      <c r="B9" s="63"/>
+      <c r="A9" s="63"/>
+      <c r="B9" s="65"/>
       <c r="C9" s="14" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="17" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="19" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="11" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
         <v>5</v>